--- v1 (2025-11-25)
+++ v2 (2026-01-29)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA247"/>
+  <dimension ref="A1:AA233"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,881 +228,6226 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>544</v>
+        <v>74577</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Financer des projets immobiliers pour des populations spécifiques</t>
-[...4 lines deleted...]
-          <t>Prêt PHARE : financer des projets d’habitat en faveur des personnes fragilisées</t>
+          <t>Suivre les trajets de covoiturage sans risque de fraude et inciter la pratique du covoiturage sur votre territoire - Registre de preuve de covoiturage</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Registre de preuve de covoiturage</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Vous souhaitez bénéficier de l&amp;#039;
+  &lt;a href="https://www.youtube.com/watch?v&amp;#61;kRqDjg30TZY&amp;amp;feature&amp;#61;youtu.be"&gt;
+   accès découverte
+  &lt;/a&gt;
+  ?
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Il est réservé aux territoires n&amp;#039;ayant pas mis en place de politique incitative du covoiturage ou ne l&amp;#039;ayant pas encore justifiée auprès du Registre.
+ &lt;br /&gt;
+ Il permet aux territoires d&amp;#039;accéder gratuitement, sans contrainte aux statistiques des trajets de covoiturage effectués sur votre territoire, et préfigurer une campagne d&amp;#039;incitation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Vous souhaitez bénéficier de l&amp;#039;accès complet ?
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Il est réservé aux autorités organisatrices ayant mis en place une politique d&amp;#039;incitations au covoiturage sur leur territoire.
+ &lt;br /&gt;
+ Il permet aux territoires d&amp;#039;accéder gratuitement, sans contrainte aux statistiques des trajets de covoiturage effectués sur votre territoire,  de réaliser des exportations des statistiques et de configurer une campagne d&amp;#039;incitation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Accéder à la version découverte : vous n&amp;#039;avez pas (encore) voté de campagne d&amp;#039;incitation au covoiturage
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous vous invitons à nous communiquer :
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 1
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les pièces d&amp;#039;identification de la personne morale de droit public (Exemple :
+  &lt;a href="https://avis-situation-sirene.insee.fr/jsp/avis-formulaire.jsp"&gt;
+   avis de situation au répertoire SIRENE
+  &lt;/a&gt;
+  ) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les renseignements suivants :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Identité délégué à la protection des données (Nom, Prénom, Email) ➡️
+  &lt;a href="https://www.cnil.fr/fr/definition/delegue-protection-donnees"&gt;
+   définition CNIL
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identité responsable de traitement (Nom, Prénom, Email) ➡️
+  &lt;a href="https://www.cnil.fr/fr/definition/responsable-de-traitement"&gt;
+   définition CNIL
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identité responsable technique (Nom, Prénom, Email, N° téléphone)
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un logo à mettre sur notre site. Pour information, votre contact n&amp;#039;est pas communiqué.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 2
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Nous vous ouvrons un accès au Registre sur
+ &lt;a href="https://app.covoiturage.beta.gouv.fr"&gt;
+  https://app.covoiturage.beta.gouv.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Accéder à la version complète : vous avez voté une campagne d&amp;#039;incitation au covoiturage
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous vous invitons à nous communiquer :
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 1
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Vous trouverez nos
+ &lt;a href="https://doc.covoiturage.beta.gouv.fr/presentation/cgu"&gt;
+  Conditions Générales d&amp;#039;Utilisation (CGU) en ligne
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de nous indiquer par retour de mail votre acceptation de ces CGU.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 2
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les pièces d&amp;#039;identification de la personne morale de droit public (Exemple :
+  &lt;a href="https://avis-situation-sirene.insee.fr/jsp/avis-formulaire.jsp"&gt;
+   avis de situation au répertoire SIRENE
+  &lt;/a&gt;
+  ) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les renseignements suivants :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Identité délégué à la protection des données (Nom, Prénom, Email) ➡️
+  &lt;a href="https://www.cnil.fr/fr/definition/delegue-protection-donnees"&gt;
+   définition CNIL
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identité responsable de traitement (Nom, Prénom, Email) ➡️
+  &lt;a href="https://www.cnil.fr/fr/definition/responsable-de-traitement"&gt;
+   définition CNIL
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identité responsable technique (Nom, Prénom, Email, N° téléphone)
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un logo à mettre sur notre site. Pour information, votre contact n&amp;#039;est pas communiqué.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un dossier décrivant la politique incitative sur le territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sélection des opérateurs de covoiturage partenaires ou présents sur votre territoire afin de les encourager à rejoindre le registre si ce n&amp;#039;est pas déjà fait.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Etape 3
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Nous vous ouvrons un accès au Registre sur
+ &lt;a href="https://app.covoiturage.beta.gouv.fr"&gt;
+  https://app.covoiturage.beta.gouv.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://doc.covoiturage.beta.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://doc.covoiturage.beta.gouv.fr/territoires/onboarding#en-tant-quautorite-organisatrice-de-la-mobilite</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez nous communiquer ces informations par mail à
+ &lt;a&gt;
+  territoire&amp;#64;covoiturage.beta.gouv.fr
+ &lt;/a&gt;
+ ou directement via le
+ &lt;a href="https://startupdetat.typeform.com/to/zOoV4Mkz"&gt;
+  formulaire suivant
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6e81-suivre-les-trajets-de-covoiturage-sans-risque/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>71878</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'extension de la couverture THD</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques : nous investissons à vos côtés</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions de financement à destination des raccordements complexes en zone d&amp;#039;initiative publique qui présenteraient une économie dégradée, dont le nombre est estimé à 500 000 en France. Il s&amp;#039;agit de projets dont le coût du raccordement est très élevé :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À cause de leur complexité technique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En raison de leur localisation (site isolé).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les acteurs souhaitant contribuer au développement de la couverture fixe THD pour de tels raccordements, à condition qu&amp;#039;ils ne soient pas encore financés, la Banque des Territoires propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un compte courant d&amp;#039;associés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une dette mezzanine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt subordonné ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des Prêts au Secteur Public Local (PSPL) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un Crédit d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Ext_couverture_THD_psat</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+  &lt;strong&gt;
+   Nous contacter par mail via notre f
+   ormulaire de contact
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fecc-trouver-les-moyens-de-favoriser-lachevement-d/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>49549</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans le développement d'une dynamique territoriale autour de l’alimentation durable</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’alimentation durable et de la transition agricole</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne le développement des circuits courts alimentaires de proximité sur le territoire et les Projets Alimentaires Territoriaux (PAT) avec :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des investissements directs, en fonds propres et quasi-fonds propres dans les structures de projet qui ont pour objectif un impact social et environnemental fort
+ &lt;/li&gt;
+ &lt;li&gt;
+  la possibilité de mobiliser des crédits d&amp;#039;ingénierie  en amont, jusqu&amp;#039;à 10% du montant de l&amp;#039;investissement prévu.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-alimentation-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Territoire_alim_durable_psat</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eaba-investir-dans-les-projets-de-re-territorialis/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>94574</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser et accompagner aux économies d'énergie dans les ZNI</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Programme SEIZE</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Eco CO2</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...7 lines deleted...]
-      <c r="K2" s="0" t="inlineStr">
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
-[...40 lines deleted...]
-  des aires permanentes d&amp;#039;accueil et des terrains familiaux locatifs pour les gens du voyage.
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme SEIZE est un dispositif d&amp;#039;accompagnement aux économies d&amp;#039;énergie dédié aux entreprises et Collectivités territoriales de Corse, Guadeloupe, Guyane, Martinique et La Réunion. Financé à 100% dans le cadre du dispositif des Certificats d&amp;#039;Économies d&amp;#039;Énergie (CEE) et porté par Eco CO2, le programme propose un accompagnement à la maîtrise de la demande en énergie à travers différentes actions :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ateliers de sensibilisation aux économies d&amp;#039;énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;un kit de mesure et suivi des consommations d&amp;#039;énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement vers les dispositifs d&amp;#039;aides disponibles sur chaque territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite énergie des locaux profesionnels
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une plateforme permet à chacun de s&amp;#039;informer, de suivre ses consommations et d&amp;#039;agir pour aller plus loin dans la démarche :
+ &lt;a href="https://seize-maitrise-energie.fr/" rel="noopener" target="_blank"&gt;
+  www.seize-maitrise-energie.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ateliers de sensibilisation aux économies d&amp;#039;énergie
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Collectifs ou personnalisés, à destination des dirigeants et des collaborateurs, les ateliers permettent de s&amp;#039;informer sur les économies d&amp;#039;énergie et de connaître les écogestes en fonction du secteur d&amp;#039;activité des participants.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Kit de mesure et suivi des consommations d&amp;#039;énergie
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mise à disposition d&amp;#039;un équipement de mesure composé de capteurs pour suivre la consommation électrique, la température et l&amp;#039;hygrométrie de ses locaux professionnels. L&amp;#039;objectif : réduire sa consommation tout en optimisant son confort.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagnement vers les aides &amp;amp; dispositifs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement vers les dispositifs d&amp;#039;aides disponibles sur chaque territoire et informations sur les actions à mettre en place afin d&amp;#039;améliorer sa performance énergétique.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Visite énergie
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Visite des locaux professionnels par un conseiller SEIZE et remise d&amp;#039;un rapport personnalisé contenant des préconisations d&amp;#039;actions pour réaliser des économies d&amp;#039;énergie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2021</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Programme SEIZE s&amp;#039;adresse aux collectivités et entreprises des Zones Non Interconnectées (ZNI) suivantes : Corse, Guadeloupe, Guyane, Martinique et La Réunion.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier des offres, il suffit de se rendre sur le site du Programme SEIZE :
+ &lt;a href="https://seize-maitrise-energie.fr/" rel="noopener" target="_blank"&gt;
+  www.seize-maitrise-energie.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://seize-maitrise-energie.fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact par territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Corse :
+  &lt;/strong&gt;
+  &lt;a href="https://seize-maitrise-energie.fr/corsica" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/corsica
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I
+  mail : corse&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Guadeloupe
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/gp" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/gp
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : guadeloupe&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Martinique
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/mq" target="_self"&gt;
+   seize-maitrise-energie.fr/mq
+  &lt;/a&gt;
+  I mail: martinique&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Guyane
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/gf" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/gf
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : guyane&amp;#64;seize-maitrise-energie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La Réunion
+  &lt;/strong&gt;
+  :
+  &lt;a href="https://seize-maitrise-energie.fr/re" rel="noopener" target="_blank"&gt;
+   seize-maitrise-energie.fr/re
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  I mail : reunion&amp;#64;seize-maitrise-energie.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
-[...7 lines deleted...]
-Réhabilitation
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>gil.doat@ecoco2.com</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01c8-programme-seize/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>143273</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pour réaliser des études géotechniques</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réalisation de reconnaissances, essais, études et suivi dans le domaine géotechnique
+ &lt;/strong&gt;
+ est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez  un appui technique et une expertise géotechnique pointue notamment pour
+ &lt;strong&gt;
+  les terrassements et pour les ouvrages construits dans des environnements techniques défavorables notamment souterrains.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne pour réaliser des études géotechniques en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisations de missions géotechniques G1, G2, G4 et G5 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de programmes géotechniques et rédaction de pièces techniques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconnaissances et essais en place : prélèvement de sols, pose de piézomètres, essais pressiométriques Ménard, essais perméabilité ; pénétromètre dynamique, diagraphies de la radioactivité naturelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Essais de laboratoires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utilisation des bases de données historiques : études géotechniques, sondages ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Modélisation en mécanique des sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;études géologiques et géotechniques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôles extérieur des travaux géotechniques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Risques naturels
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/etudes-geotechniques</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acda-accompagner-pour-realiser-des-etudes-geotechn/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>143281</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser l’intérieur du béton précontraint avec la Gammagraphie</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Collectivité d’outre-mer à statut particulier
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La radiographie est l&amp;#039;unique méthode de contrôle non destructif (CND) permettant d&amp;#039;obtenir une image directe des éléments de structure à l&amp;#039;intérieur du béton précontraint ou armé.
+&lt;/p&gt;
+&lt;p&gt;
+ Venez découvrir l&amp;#039;activité gammagraphie que le Cerema met à votre disposition partout en France métropolitaine pour contribuer à vos diagnostics de structures en béton.
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de son expérience de plus de 50 ans dans le domaine, le Cerema dispose d&amp;#039;un matériel mobile permettant d&amp;#039;intervenir sur des structures jusqu&amp;#039;à 60 cm d&amp;#039;épaisseur de béton.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Un produit adapté pour :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Estimer
+  &lt;strong&gt;
+   la durabilité
+  &lt;/strong&gt;
+  des structures en
+  &lt;strong&gt;
+   béton précontraint
+  &lt;/strong&gt;
+  sans recourir à des méthodes destructives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Distinguer
+  &lt;/strong&gt;
+  des objets ou
+  &lt;strong&gt;
+   pathologies internes
+  &lt;/strong&gt;
+  au béton (hors oxydation) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Diagnostiquer
+  &lt;/strong&gt;
+  tout type de structure à forte épaisseur de béton (ouvrage d&amp;#039;art, château d&amp;#039;eau, bateau porte...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  solutions
+ &lt;/strong&gt;
+ offertes par la
+ &lt;strong&gt;
+  gammagraphie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Toutes les infrastructures en béton (routières, ferroviaires, portuaires) peuvent être radiographiées si elles sont accessibles sur leurs 2 faces :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Réalisation d&amp;#039;un diagnostic de structure en béton précontraint :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visualisation du remplissage des gaines de précontrainte par le coulis de ciment.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observation de fils ou torons rompus ou détendus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investigation en amont des campagnes de diagnostic par arbalète ou vidéo endoscope.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Repérage d&amp;#039;éléments internes au béton :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rositionnement d&amp;#039;objets à l&amp;#039;intérieur du béton.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconstitution de plans de ferraillage actifs ou passifs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation de forage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sécurité
+ et
+  certification
+ des interventions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place du balisage de la zone d&amp;#039;opération garantissant une zone publique sécurisée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Respect des mesures de radioprotection définies par la réglementation et surveillées par l&amp;#039;Autorité de Sûreté Nucléaire (ASN).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Respect des normes Nf A09-202 (principes généraux d&amp;#039;examens radiographiques avec rayons X et Gamma).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Indicateur
+ &lt;/strong&gt;
+ de la qualité d&amp;#039;injection
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Extrait du Guide technique VIPP, techniques et méthodes des laboratoires des ponts et chaussées (2001)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Catégorie A : Injection correcte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Catégorie B : Manque partiel de coulis quantitativement peu important
+ &lt;/li&gt;
+ &lt;li&gt;
+  Catégorie C : Manque partiel de coulis quantitativement important
+ &lt;/li&gt;
+ &lt;li&gt;
+  Catégorie D : Manque total ou quantitativement très important
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le résultat du contrôle est mauvais si D &amp;gt; 15 % et • si C &amp;#43; D &amp;gt; 30 %
+&lt;/p&gt;
+&lt;p&gt;
+ Déploiement
+ de l&amp;#039;équipe et du matériel dans toute la France métropolitaine
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Préparation du chantier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude du dossier d&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévisite sur site.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation du plan
+  d&amp;#039;implantation des tirs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix du matériel.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte de toutes les démarches administratives et de sécurité nécessaires imposées par la réglementation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une équipe Cerema
+  qualifiée
+ pour la radiographie et le diagnostic d&amp;#039;ouvrage d&amp;#039;art,
+  habilitée
+ à l&amp;#039;accès aux OA (cordistes, CACES, Epsilon), disposant de
+  2 véhicules spécialement aménagés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un
+  matériel
+ adapté à
+  différentes
+  utilisations
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un GMA2500 transportable dans sa remorque spécialisée, contenant une source de Cobalt 60 pour des épaisseurs de béton de l&amp;#039;ordre de 30 cm à 60 cm.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un GAM120 mobile contenant une source d&amp;#039;Iridium 192 pour des épaisseurs de béton jusqu&amp;#039;à 30 cm.
+ &lt;/li&gt;
+ &lt;li&gt;
+  crans photosensibles (30 x 40 cm) pour développement numérique à l&amp;#039;aide de matériels spécifiques.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DIR Massif Central
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Investigations par gammagraphie afin de déterminer la qualité de remplissage du coulis dans les gaines de précontrainte du pont de l&amp;#039;Allagnon sur l&amp;#039;A75
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Groupement Chantiers Modernes Construction (Vinci Construction France)/    Freyssinet
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Repérage des aciers actifs par gammagraphie dans le cadre du renforcement de la tranchée couverte permettant à la piste 3 de l&amp;#039;aéroport d&amp;#039;Orly de franchir la RN7 et le tramway T7
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conseil Départemental des Alpes de Haute Provence
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Quantifier la durabilité du Pont de Sourribes
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   SNCF
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Affiner l&amp;#039;état de la précontrainte des éléments en béton dans le cadre de projet de Confortement de la Tranché Couverte Rouen Rive Gauche permettant l&amp;#039;accès du FRET ferroviaire au Grand Port Maritime de Rouen
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
 Logement et habitat
-Accessibilité</t>
-[...2 lines deleted...]
-      <c r="O2" s="0" t="inlineStr">
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="U2" s="0" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
-[...42 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/gammagraphie-visualiser-interieur-du-beton-precontraint</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f135-visualiser-linterieur-du-beton-precontraint-a/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>102583</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise habitat (juridique, études, observations, formations)</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Agences départementales d'information sur le logement (ADIL)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Collectivité d’outre-mer à statut particulier
-[...148 lines deleted...]
-          <t>Commune
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement (art. L.366-1 et suivants du CCH). Constituées d&amp;#039;une équipe de spécialistes de  l&amp;#039;habitat (juriste, statisticien, géographe, urbaniste, travailleur social...) elles apportent un conseil neutre et une expertise auprès des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Imprégnées des besoins des ménages et des enjeux des territoires, les ADIL informent et/ou forment les acteurs locaux et participent aux instances de l&amp;#039;habitat. Elles  pilotent également des groupes de travail pour les collectivités locales et les associations d&amp;#039;usagers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Formation d&amp;#039;élus et de techniciens de l&amp;#039;habitat sur l&amp;#039;ensemble des thématiques en lien avec le logement et l&amp;#039;habitat (copropriété, lutte contre l&amp;#039;habitat indigne, prévention des impayés et des expulsions, accession à la propriété, dispositifs d&amp;#039;aides à l&amp;#039;amélioration de l&amp;#039;habitat, actualités en matière de logement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition des politiques publiques par des études ou des observatoires (niveau des loyers, diagnostic préalable au Programme local de l&amp;#039;habitat , logement des jeunes, études de peuplement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de dispositifs locaux (Logement d&amp;#039;Abord, Plan Départemental d&amp;#039;Action pour le Logement et l&amp;#039;Hébergement des Personnes Défavorisées...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction d&amp;#039;aides locales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anil.org/lanil-et-les-adil/votre-adil/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez créer une ADIL dans votre département, contactez l&amp;#039;ANIL :
+ &lt;a href="mailto:anil&amp;#64;anil.org" target="_self"&gt;
+  anil&amp;#64;anil.org
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/59a4-copie-14h47-beneficier-dune-expertise-habitat/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>72752</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Enrichir les collections des services d'archives</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Service Interministériel des Archives de France</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Présentation du dispositif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est accordée ponctuellement et annuellement. Elle permet de pourvoir, dans une limite de 50% du prix d&amp;#039;achat, à l&amp;#039;acquisition de documents originaux isolés, ensembles de documents, fonds iconographiques, fonds audiovisuels, cartes, plans, ouvrages imprimés anciens et toutes autres typologies documentaires correspondant à la définition légale des archives.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont éligibles que les pièces dont l&amp;#039;intérêt patrimonial au plan local est avéré.
+&lt;/p&gt;
+&lt;p&gt;
+ La priorité porte sur l&amp;#039;acquisition de fonds d&amp;#039;archives. Toutefois, l&amp;#039;intérêt patrimonial majeur d&amp;#039;un document isolé peut également justifier l&amp;#039;attribution d&amp;#039;une subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;attribution et de versement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes sont instruites par le Bureau de la protection du patrimoine archivistique du Service interministériel des archives de France (SIAF). Le montant de la subvention est modulé en fonction des capacités financières de la collectivité territoriale et des crédits d&amp;#039;acquisition du SIAF.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement est effectué après réception du dossier complet de demande de la collectivité et une fois le paiement de l&amp;#039;achat effectué par la collectivité (https://francearchives.fr/fr/article/91645360).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour candidater, il est toujours préférable d&amp;#039;informer au préalable le Bureau de tout projet de demande de subvention, afin qu&amp;#039;il puisse vérifier la disponibilité des crédits.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous devez ensuite remplir le formulaire en ligne. Votre dossier sera transmis pour instruction au Service interministériel des Archives de France, Sous-direction de la collecte, de la conservation et de l&amp;#039;archivage électronique, Bureau de la protection du patrimoine archivistique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Après transmission aux services financiers, en cas d&amp;#039;accord, une notification est ensuite adressée à la collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.culture.gouv.fr/loc_fr/mcc/requests/ARCHI_ARCHI_enrichissement_02/?__CSRFTOKEN__=2f018248-09ec-4da1-90cb-3a3b68622b01</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.culture.gouv.fr/loc_fr/mcc/account/authentification/?callback=requests/ARCHI_ARCHI_enrichissement_02/&amp;__CSRFTOKEN__=2f018248-09ec-4da1-90cb-3a3b68622b01</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ frederique.bazzoni&amp;#64;culture.gouv.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ nathalie.albin-portier&amp;#64;culture.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.albin-portier@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0bf-enrichir-les-collections-des-services-darchiv/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>62847</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser la gestion de votre trésorerie par la ligne de trésorerie</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...23 lines deleted...]
- Les projets soutenus peuvent concerner des travaux d&amp;#039;humanisation et de réhabilitation, voire la construction ou l&amp;#039;acquisition de foncier pour des centres d&amp;#039;hébergement et d&amp;#039;insertion (CHU, CHRS, CADA, LHSS, CPH, hôtels sociaux, centres de stabilisation, ...).
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une ligne de trésorerie, aussi appelée crédit de trésorerie ou ouverture de crédit, vous permet de gérer vos décalages de trésorerie et de limiter votre recours à des financements moyen long terme pour des besoins ponctuels.
+&lt;/p&gt;
+&lt;p&gt;
+ Répondant à des besoins de court terme, la ligne de trésorerie a une durée de 364 jours maximum. Elle peut être renouvelée.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez effectuer des tirages et des remboursements via un accès internet.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations sur
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/tresorerie/ligne-de-tresorerie.html" target="_self"&gt;
+  la ligne de trésorerie  .
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O4" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="U4" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation définitive de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 50 000 euros
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
-[...14 lines deleted...]
-   https://www.banquedesterritoires.fr/directions-regionales
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/tresorerie/ligne-de-tresorerie.html</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7f2d-augmenter-votre-tresorerie-par-la-ligne-de-tr/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>143278</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer l'économie circulaire dans vos projets de construction et d'aménagement (Label 2EC)</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Label 2ECEngager une démarche d&amp;#039;économie circulaire dans le BTP répond à de fortes attentes sociétales. En tant que porteur de projet, votre levier d&amp;#039;action consiste à réduire la production et à recycler les déchets dans une double motivation environnementale et économique. Le label 2EC, concourt à la réussite et à l&amp;#039;acceptabilité de vos projets. Le Cerema pilote son déploiement pour le compte du Ministère de la Transition écologique. A ce titre, il vous accompagne pour obtenir le label et promouvoir vos engagements à chaque étape clé de vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous envisagez de réaliser un projet de construction ou d&amp;#039;aménagement et vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser son acceptabilité sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire son empreinte environnementale par l&amp;#039;utilisation de matériaux alternatifs, la prévention et le recyclage des déchets, tout en optimisant les couts de gestion associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les risques en appliquant une méthodologie éprouvée d&amp;#039;infrastructures de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer la visibilité de vos engagements en faveur de l&amp;#039;économie circulaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un maillage territorial permettant de répondre à vos besoins au plus près de vos projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise règlementaire et technique avérée, en matière de prévention et de recyclage des déchets de construction et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un positionnement guidé par l&amp;#039;intérêt général de part notre  statut d&amp;#039;établissement public indépendant, sous tutelle du Ministère de la Cohésion des territoires et des Relations avec les collectivités territoriales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une légitimité nationale à faire valoir vos initiatives via le site web du label 2EC
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   LE LABEL 2EC : Un label pour structurer et promouvoir vos pratiques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sécuriser votre démarche  d&amp;#039;économie circulaire
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La charte d&amp;#039;engagement du label 2EC permet de s&amp;#039;assurer que  votre projet répond aux règles de l&amp;#039;art et aux méthodes reconnues par le ministère en charge de l&amp;#039;environnement pour la prévention et gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction de vos engagements  par le Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audits de chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attribution de labels aux stades de conception, réalisation et achèvement des travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Communiquer sur votre engagement en faveur d&amp;#039;une économie circulaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;un kit de communication, enrichit tout au long du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en visibilité, au plan national, sur le site internet du label 2EC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Une charte pour formaliser vos engagements
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Respecter les référentiels réglementaires et normatifs de l&amp;#039;économie circulaire :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La réglementation sur la prévention et la gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les guides méthodologiques validés par le ministère en charge de l&amp;#039;environnement pour la valorisation des matériaux alternatifs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Prévenir et gérer les déchets de vos projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic des déchets générés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser le réemploi et gérer les déchets selon la hiérarchie des modes de traitement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscrire les engagements du porteur de projet dans les marchés ou les contrats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tracer les déchets depuis leur lieu de production jusqu&amp;#039;à la filière de traitement final
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Valoriser des matériaux alternatifs dans le cadre de vos projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tracer l&amp;#039;origine des matériaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérifier la conformité environnementale des matériaux utilisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formaliser un bilan afin de capitaliser sur l&amp;#039;expérience acquise.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, rendez-vous sur le site du Label :
+ &lt;a target="_self"&gt;
+  www.label-2ec.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/integrer-economie-circulaire-vos-projets-construction</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa3a-integrer-leconomie-circulaire-dans-vos-projet/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>102204</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Aider citoyens et collaborateurs à chiffrer les avantages du télétravail en termes d'émissions CO2 évitées</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le télétravail a récemment pris une place importante dans bon nombre de structures. Changement fort tant côté employé que pour l&amp;#039;organisation dans son ensemble, le télétravail a également des avantages indéniables en termes d&amp;#039;émissions carbone et de temps de transport... Encore faut-il pouvoir les estimer.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
+ &lt;strong&gt;
+  librement diffusable
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  intégrable sur tout type de site
+ &lt;/strong&gt;
+ pour permettre à chacun de calculer l&amp;#039;impact du télétravail en termes d&amp;#039;
+ &lt;strong&gt;
+  émissions CO2 évitées sur les déplacements et en temps gagné
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;a href="https://impactco2.fr/transport/teletravail" target="_self"&gt;
+   impactco2.fr/transport/teletravail
   &lt;/a&gt;
- &lt;/li&gt;
-[...8 lines deleted...]
-  Contactez-nous à travers notre formulaire de contact
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet outil est par exemple repris sur le site de
+ &lt;a href="https://www.seineouest.fr/mon-impact-transport" rel="noopener" target="_blank"&gt;
+  Grand Paris Seine Ouest (GPSO)
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Technologies numériques et numérisation
+Appui méthodologique
+Valorisation d'actions
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/transport/teletravail</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04f9-copie-12h21-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>82918</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Analyser les dynamiques de mon territoire</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K5" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
-[...10 lines deleted...]
-  une base de 1 000 questions/réponses
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ANCT propose aux acteurs des territoires des analyses territoriales et des outils produits par l&amp;#039;Observatoire des  territoires  :  mise  à  disposition  de  données,  d&amp;#039;indicateurs, de  typologies  de  territoires,  d&amp;#039;analyses  à différentes échelles et sur le temps long, de cartes interactives, d&amp;#039;outils d&amp;#039;analyses et de data-visualisations. En particulier, découvrez les espaces de consultation mis à votre disposition comme :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Visiothèque, un catalogue de tous les graphiques et cartes produits, avec accès à des indicateurs, aux publications et aux contributeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;espace des données ouvertes : espace de recherche et de téléchargement de plus de 600 indicateurs, disponibles  à  différents  échelons  territoriaux  (plus  de  25  échelles  géographiques  de  la  commune  à  la région européenne).
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;annuaire  des  acteurs  de  l&amp;#039;observation  (*):  plus  de  30  références  nationales  et  200  références  régionales et locales -fiches, logos et liens des sites produisant une information territorialisée nationale ou locale en France.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des outils d&amp;#039;aide aux diagnostics territoriaux sont à votre disposition :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser des portraits de territoires (à l&amp;#039;échelle de commune, EPCI, département, région) et ainsi obtenir et comparer les chiffres clés de votre territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un module de consultation de zonages de politique publique (ZRR, AFR, zone de montagne...) mais également par les programmes de l&amp;#039;ANCT.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un  catalogue  d&amp;#039;outils  interactifs  :  des  outils  de  datavisualisations  interactives  qui  permettent  de  répondre à des questions simples : D&amp;#039;où viennent les nouveaux arrivants dans mon territoire, où partent ceux qui le quittent, quels impacts ces mobilités ont sur la composition de sa population?
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Cartographie interactive :permettant à un public averti de produire ses propres cartes ou portraits de territoire  avec  plus  de  600  indicateurs  multithématiques,  plus  de  25  échelles  géographique  de  la commune au pays européen, et la possibilité d&amp;#039;intégrer ses propres données.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.observatoire-des-territoires.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.observatoire-des-territoires.gouv.fr/form/nous-contacter"&gt;
+  https://www.observatoire-des-territoires.gouv.fr/form/nous-contacter
  &lt;/a&gt;
- déjà posées par d&amp;#039;autres collectivités. Des webinaires sont également organisés régulièrement pour aborder des sujets autour du développement territorial, en s&amp;#039;appuyant notamment sur des retours d&amp;#039;expérience et le partage de nos experts territoriaux.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
-[...75 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f96c-analyser-les-dynamiques-de-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>23774</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Créer un site internet pour votre commune - Campagnol.fr</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires Ruraux de France - AMRF</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
-[...2 lines deleted...]
-Autre aide financière
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRÉEZ VOTRE SITE COMMUNAL AVEC CAMPAGNOL.FR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Faire du site internet communal, l&amp;#039;entrée vers tous les services au public.&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ Campagnol.fr est un service de création de sites internet communaux, conçu par l&amp;#039;Association des Maires Ruraux de France (AMRF), pour répondre aux besoins et contraintes spécifiques des maires ruraux.
+&lt;/p&gt;
+&lt;p&gt;
+ Lancé en juin 2010,  l&amp;#039;AMRF a fait évoluer Campagnol afin de garantir une simplicité d&amp;#039;utilisation en phase avec les enjeux numériques et réglementaires.
+&lt;/p&gt;
+&lt;p&gt;
+ En 2018, l&amp;#039;AMRF s&amp;#039;associe avec le groupe La Poste, spécialiste de la Gestion Relation Citoyen (GRC) et des collectivités, afin de permettre à votre commune de valoriser son action publique, au niveau communal, intercommunal, départemental... et faciliter l&amp;#039;accès à l&amp;#039;information et aux services par vos administrés.
+&lt;/p&gt;
+&lt;h3&gt;
+ CAMPAGNOL.FR EST...
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Simple d&amp;#039;utilisation
+  &lt;/strong&gt;
+  : aucune connaissance spécifique en informatique n&amp;#039;est requise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accessible partout
+  &lt;/strong&gt;
+  : grâce à simple connexion internet, aucun logiciel n&amp;#039;est à installer,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Coût très raisonnable
+  &lt;/strong&gt;
+  : sans surprise (tout est compris), sans présence de publicité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Niveau de sécurité performant :
+  &lt;/strong&gt;
+  hébergement des données en France, sur des serveurs publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un site évolutif :
+  &lt;/strong&gt;
+  des fonctionnalités et des outils régulièrement développés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Autonomie de la commune :
+  &lt;/strong&gt;
+  seul maître d&amp;#039;œuvre dans la conception et la gestion de son site,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Accompagnement sur-mesure illimité :
+  &lt;/strong&gt;
+  formation initiale, assistance téléphonique illimitée, maintenance, conseils...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Un service tout
+   inclus
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   pour 220€ par an
+  &lt;/strong&gt;
+  (tarif adhérent AMRF pour un site en version complète).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://campagnol.fr</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Assistance Campagnol
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : assistance(at)campagnol.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 04 26 78 05 59
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>sophie.cretinon@amrf.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/150a-campagnolfr-une-solution-de-site-internet-pou/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>25936</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Trouver la plateforme de crowdfunding la plus adaptée pour faire financer mon projet</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Financement Participatif France</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le financement participatif (ou crowdfunding) est un outil de collecte de fonds, opéré via une plateforme internet, permettant à un ensemble de contributeurs de choisir collectivement de financer directement et de manière traçable des projets identifiés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités peuvent lancer des campagnes de financement participatif en dons, prêts ou obligations via les plateformes de crowdfunding pour collecter tout ou partie du besoin de financement d&amp;#039;un projet. Outre la collecte de fonds, la campagne va permettre à la collectivité de faire connaître son projet, en tester l&amp;#039;intérêt et l&amp;#039;engouement et fédérer une communauté autour de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Retrouvez la cartographie des plateformes de financement participatif ici : &lt;a href="https://financeparticipative.org/college-du-financement-participatif/" target="_self"&gt;https://financeparticipative.org/college-du-financement-participatif/&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour comprendre le fonctionnement d&amp;#039;une campagne de financement participatif (ou crowdfunding), vous pouvez accéder au
+ &lt;em&gt;
+  &lt;strong&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ &lt;a href="https://issuu.com/financementparticipatiffrance/docs/fpf-guide-pratique_dvpt_territoire-"&gt;
+  &lt;em&gt;
+   &lt;strong&gt;
+    Guide du financement participatif pour le développement des territoires
+   &lt;/strong&gt;
+  &lt;/em&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://financeparticipative.org/portail-du-crowdfunding/</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://financeparticipative.org/college-du-financement-participatif/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : de Maupeou Florence
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : info&amp;#64;financeparticipative.org&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>florence.demaupeou@financeparticipative.org</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d93f-quelle-plateforme-de-crowdfunding-pour-financ/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>102051</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Impact CO2 - L’impact sur le climat des objets et gestes de quotidien</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ On parle de plus en plus de kilos ou de tonnes de CO2, et tant mieux. Mais concrètement, quelles sont les émissions nécessaires pour fabriquer et consommer les objets qui nous entourent ? et comment les communiquer auprès des citoyens ? &lt;span&gt;🤔&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   &lt;a href="https://impactco2.fr/" rel="noopener" target="_blank"&gt;
+    Impact CO2
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ vous propose de
+ &lt;strong&gt;
+  découvrir l&amp;#039;impact sur le climat
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  des objets et gestes du quotidien pour les comparer avoir les bons ordres de grandeur : usages numérique, transport, alimentation, chauffage ...
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des infographies peuvent être directement reprises pour illustrer vos contenus et communications.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet outil simple et ludique est intégrable sur tout type de site.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Diffusé par différentes entreprises ou à l&amp;#039;issue de certaines
+ &lt;a href="https://fresqueduclimat.org/" rel="noopener" target="_blank"&gt;
+  &lt;em&gt;
+   Fresques du climat
+  &lt;/em&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , ce simulateur est aussi intégré sur les sites de
+ &lt;a href="https://www.grenoble.fr/2297-mon-convertisseur-co2.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.larochelle-zerocarbone.fr/s-engager/la-boite-a-outils-du-zero-carbone/mon-convertisseur-co2" rel="noopener" target="_blank"&gt;
+  La Rochelle
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/lutter-contre-le-changement-climatique/action-1-je-calcule-mon" rel="noopener" target="_blank"&gt;
+  Issy
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.defimobilite-lemans.fr/" rel="noopener" target="_blank"&gt;
+  Le Mans
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Technologies numériques et numérisation
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Logement et habitat
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/516c-copie-14h12-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>66398</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Implanter une micro-folie</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture
+Ministères de l'Aménagement du territoire et de la Transition écologique
+La Villette</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le ministère de la Culture et le Ministère de la cohésion des territoires et des relations avec les collectivités territoriales vous proposent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un accompagnement global de votre projet de Micro-Folie par la Direction régionale des affaires culturelles (DRAC) ou la Direction des affaires culturelles (DAC) de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accompagnement technique de votre projet de Micro-Folie par l&amp;#039;établissement public du parc et de la grande halle de la Villette (calibrage et faisabilité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide à l&amp;#039;investissement (DETR, DSIL)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise à disposition des collections numériques des Micro-Folies, des outils de médiation et des formations
+ &lt;/li&gt;
+ &lt;li&gt;
+  La participation au réseau national des Micro-Folies
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Musée</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>http://www.micro-folies.com</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez le référent Micro-Folie de votre DRAC ou DAC :
+ &lt;a href="https://www.culture.gouv.fr/Regions"&gt;
+  https://www.culture.gouv.fr/Regions
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2a6c-implanter-une-micro-folie/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>50278</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser le déploiement du numérique à l'école</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires met à votre disposition eCarto, un outil développé de manière collaborative par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Caisse des Dépôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Ministère de l&amp;#039;Éducation nationale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ eCarto vous permet de prendre connaissance du déploiement du numérique éducatif au sein des 63 000 établissements scolaires français. Pour cela, il se base sur les données en open data relatives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la connectivité des établissements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux ressources ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et aux expérimentations.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_ecole_psat</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/27c6-obtenir-un-outil-permettant-de-visualiser-le-/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>49781</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Financer l’immobilier d’entreprise et d’aménagement au sein des territoires</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’entreprise</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet d’immobilier d’entreprise et d’aménagement en tant que
+collectivité locale, artisan, TPE, créateur d’entreprise, travailleur
+indépendant, start-up ou encore investisseur ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Vous êtes à la recherche
+d’un financement pour développer l’attractivité commerciale d’un territoire,
+l’offre immobilière tertiaire de bureaux, le commerce de proximité, l’économie
+de centre-ville ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La Banque des Territoires &lt;/span&gt;&lt;span&gt;peut&lt;span&gt;
+investir dans les projets d’aménagement et d’immobilier d’activité au meilleur
+prix, en facilitant l’acceptabilité des projets et en soutenant l’innovation.&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’offre
+d’investissement concerne les projets portant sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’aménagement, le foncier et le redéveloppement
+immobilier ;&lt;/li&gt;&lt;li&gt;l’immobilier industriel ;&lt;/li&gt;&lt;li&gt;l’immobilier tertiaire ; &lt;/li&gt;&lt;li&gt;l’immobilier et l’exploitation de
+tiers-lieux ; &lt;/li&gt;&lt;li&gt;l’immobilier de logistique urbaine ; &lt;/li&gt;&lt;li&gt;les autres aménagements et
+immobiliers.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La Banque
+des Territoires intervient au cas par cas ou via des foncières (privées ou
+SEM), dans des opérations immobilières de construction ou de réhabilitation des
+bâtiments avec des objectifs de forte valeur ajoutée et une qualité
+environnementale exemplaire.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Artisanat
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=amenagement_immo_etp_psat</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/immobilier-d-entreprise-et-l-amenagement/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>143843</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les collectivités territoriales et les acteurs économiques aux enjeux de la logistique urbaine</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>LUD+ (lOGISTIQUE URBAINE DURABLE+)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ROZO
+Logistic Low Carbon</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Ingénierie financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Programme LUD&amp;#43; vise à contribuer à l&amp;#039;accompagnement des acteurs publics et privés vers une logistique urbaine durable, à engager et accélérer la mise en œuvre concrète d&amp;#039;actions opérationnelles qui découlent des chartes LUD en accompagnant leur démarrage et certaines actions inscrites dans leur plan d&amp;#039;actions, en soutenant des expérimentations, en mettant à disposition un centre de ressources pérenne abondé par des outils, des communs, des formations... Le Programme LUD&amp;#43; se décline autour de 4 volets principaux :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Volet 1 :  Accompagner 61 territoires urbains dans l&amp;#039;élaboration de chartes LUD et la mise en œuvre de 120 actions opérationnelles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volet 2 : Former les acteurs, expérimenter des solutions et partager les pratiques entres les acteurs de la logistique urbaine ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Volet 3 : Construire un centre de ressource pour pérenniser les actions
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  VOLET 1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Programme LUD&amp;#43; propose d&amp;#039;accompagner les agglomérations françaises et les représentants des acteurs économiques présents dans ces territoires dans l&amp;#039;élaboration, la réalisation et le suivi des actions de chartes LUD concertées :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   Le Programme LUD&amp;#43; vise l&amp;#039;engagement de 20 EPCI. Une priorité sera donnée aux EPCI devant créer une ZFE-m. Le Programme LUD&amp;#43; vise également à poursuivre et accélérer les démarches initiées sur les 41 territoires avec le Programme InTerLUD. L&amp;#039;objectif du Programme LUD&amp;#43; est donc d&amp;#039;initier la réalisation des chartes LUD, en accompagnant financièrement et en apportant un appui méthodologique.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;objectif du Programme est d&amp;#039;accompagner également les EPCI engagés dans la réalisation de 120 actions qui découlent de la dynamique des chartes LUD. Les premiers bénéficiaires de cette action seront les acteurs des territoires ayant validé une charte LUD à l&amp;#039;issue du Programme InTerLUD.  Tout au long du Programme, chaque territoire ayant engagé sa charte LUD pourra bénéficier de cette action. Pour les actions des chartes LUD relevant des compétences communales, les communes ou les acteurs privés de ces territoires pourront bénéficier de ce financement si l&amp;#039;action est inscrite dans la charte LUD de l&amp;#039;EPCI. L&amp;#039;objectif du Programme LUD&amp;#43; est donc d&amp;#039;initier la réalisation des actions des chartes LUD, en accompagnant financièrement et en apportant un appui méthodologique pour certaines actions afin de viser à la pérennisation de la démarche.
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ APPUI METHODOLOGIQUE
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement proposé par le Cerema et Logistic-Low-Carbon depuis le début de la démarche jusqu&amp;#039;à la finalisation de la charte LUD, puis lors de la mise en œuvre du plan d&amp;#039;action de la charte LUD consiste à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aider les acteurs à maîtriser les enjeux de la LUD et la méthodologie de la charte LUD ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner la mise en place de la gouvernance au sein de la collectivité, afin que le dossier soit suivi et géré par un(e) chargé(e) de mission et que le sujet soit considéré par les élus ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Cartographier et structurer la représentativité des acteurs économiques de la logistique urbaine sur le territoire afin de les associer à la démarche, de préparer une concertation efficace et de pérenniser le dialogue avec la collectivité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Faciliter les différents échanges entre les acteurs, ainsi que leur mobilisation afin de s&amp;#039;assurer du bon déroulement de la concertation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner la recherche de solutions efficaces, qui permettent de répondre aux enjeux et contraintes des différents acteurs, et qui s&amp;#039;adaptent aux spécificités du territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagner les territoires dans la mise en œuvre des actions par les équipes des Porteurs associés (méthodologie, suivi des actions engagées, évaluation et gouvernance de l&amp;#039;action).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ APPUI FINANCIER
+&lt;/p&gt;
+&lt;p&gt;
+ Un appui au financement d&amp;#039;un poste de chargé de mission LUD et/ou d&amp;#039;une prestation par un bureau d&amp;#039;études pour l&amp;#039;élaboration et la mise en œuvre d&amp;#039;une charte LUD. Ce financement, venant en complément de l&amp;#039;accompagnement des EPCI par le Cerema et LLC, permet aux EPCI de disposer d&amp;#039;un levier incitatif pour élaborer une charte LUD, puis pour assurer un suivi de sa mise en œuvre, pour compenser le fait que de nombreuses collectivités ne disposent pas de l&amp;#039;ingénierie nécessaire. Le Programme LUD&amp;#43; participera ainsi pour chaque EPCI au financement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    De postes de techniciens des EPCI dont la logistique urbaine s&amp;#039;inscrit dans leur mission (via un recrutement ou une modification de leur mission) ;
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Ou de prestations d&amp;#039;études ou d&amp;#039;ingénierie.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le Programme contribue également au financement de l&amp;#039;ingénierie associée à certaines actions initiées dans le cadre des chartes LUD pour les territoires volontaires et ceux ayant finalisés leur charte LUD. Cette action vise en particulier le financement d&amp;#039;ingénierie pour la réalisation de 120 actions. Les actions retenues sont celles qui sont le moins facilement réalisables par les territoires et qui de fait nécessitent un appui particulier par le Programme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Exemples d&amp;#039;actions à mettre en œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ Harmonisation des réglementations
+&lt;/p&gt;
+&lt;p&gt;
+ Optimisation des aires de livraison
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;ELU
+&lt;/p&gt;
+&lt;p&gt;
+ Report modal dont fluvial
+&lt;/p&gt;
+&lt;p&gt;
+ Déploiement de la cyclo logistique
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement des acteurs économiques en lien avec les ZFE-m
+&lt;/p&gt;
+&lt;p&gt;
+ Logistique des chantiers
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2023</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les EPCI éligibles à la démarche sont les 214 établissements publics de coopération intercommunale à fiscalité propre du territoire français n&amp;#039;ayant pas initié de démarche de charte LUD pour le moment. En plus des EPCI ciblés par le Programme InTerLUD, la démarche sera accessible aux communes dans la mesure où l&amp;#039;EPCI dont elles dépendent ne souhaite pas s&amp;#039;engager.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.interlud.green/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.interlud.green/
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>l.bonifay@rozo.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cbef-lud-logistique-urbaine-durable/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>163140</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Développer des réseaux collaboratifs européens de centres d'excellence professionnelle</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>AP Centres d'Excellence Professionnelle Erasmus+ (Centres of Vocational Excellence- CoVE)</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>80%</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les projets de
+centres d’excellence professionnelle Erasmus&amp;#43; visent à répondre à la priorité
+sur l&amp;#039;excellence professionnelle en soutenant les réformes dans le secteur de
+l&amp;#039;Enseignement et Formation Professionnels (EFP) et en garantissant des
+aptitudes et des compétences de haute qualité et qui répondent aux besoins
+d’une économie innovante, inclusive et durable. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Cette action soutient
+la mise en place progressive et le développement de réseaux collaboratifs
+internationaux de centres d’excellence professionnelle.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Ces centres d’excellence professionnelle opéreront à
+deux niveaux :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;1.&lt;span&gt;      &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Au niveau national&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;, en associant un large éventail de parties prenantes locales, créant des
+écosystèmes de compétences pour l’innovation, le développement régional et
+l’inclusion sociale tout en collaborant avec les centres d&amp;#039;excellence
+professionnelle d’autres pays par l’intermédiaire de réseaux de collaboration
+internationaux&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;2.&lt;span&gt;      &lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Au niveau européen/international&lt;/span&gt;&lt;/strong&gt;&lt;span&gt;, en rassemblant les centres qui partagent un intérêt commun pour : &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;des secteurs ou des écosystèmes
+industriels spécifiques,&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;ou des approches innovantes
+pour relever les défis économiques et sociétaux (par exemple le changement
+climatique, la numérisation, l’intelligence artificielle, les objectifs de développement
+durable, l’intégration des migrants et des groupes défavorisés, le
+développement des compétences des personnes ayant un niveau de qualification
+peu élevé, etc.)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les centres d’excellence professionnelle sont
+caractérisés par l’adoption d’une approche systémique qui reflète la mise en
+œuvre d’un large éventail d’activités réparties en 3 groupes (liste
+d’activités non exhaustive) :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 1 / Enseignement et
+apprentissage&lt;/span&gt;&lt;/strong&gt;&lt;span&gt; : doter les intéressés de
+compétences pertinentes pour le marché du travail, adopter une approche
+inclusive fondée sur l’apprentissage tout au long de la vie dans le domaine de
+l’EFP, concevoir des programmes d’études et des certifications d’EFP en
+permettant une certaine flexibilité et l’individualisation de l’enseignement,
+mettre au point du matériel et des méthodes d’enseignement et d’apprentissage
+innovants centrés sur l’apprenant, investir dans le développement professionnel
+initial et continu des enseignants et des formateurs,  mettre en place des
+mécanismes solides d’assurance de la qualité, mettre en place des mécanismes de
+retour d’informations efficaces et des systèmes de suivi des diplômés, fournir
+des services d’orientation…&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 2 / Coopérations et
+partenariats &lt;/span&gt;&lt;/strong&gt;&lt;span&gt;: établir des partenariats entre
+le monde des entreprises et l’enseignement, recherche appliquée et innovation,
+internationalisation de l’EFP et mobilité à l’étranger, encourager les
+compétences et les initiatives entrepreneuriales, améliorer l’attractivité de
+l’EFP...&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;&lt;strong&gt;&lt;span&gt;Groupe 3 / Gouvernance et
+financement&lt;/span&gt;&lt;/strong&gt;&lt;span&gt; : autonomie et gouvernance
+efficace en matière d’EFP, approche stratégique du développement et de la
+gouvernance des compétences, cocréer des écosystèmes de compétences, élaborer
+des modèles financiers durables, tirer pleinement parti des instruments
+financiers nationaux et de l’UE…&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Les activités proposées dans la
+candidature devront apporter une valeur ajoutée et auront un impact direct sur
+les résultats du projet. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Durée du projet : 4 ans&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Subvention maximale de l&amp;#039;UE: 4M€&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;font face="Gotham Rounded, Gotham Rounded Book"&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Liste des projets CoVEs financés : &lt;a href="https://ec.europa.eu/social/BlobServlet?docId&amp;#61;27311&amp;amp;langId&amp;#61;en" target="_self"&gt;https://ec.europa.eu/social/BlobServlet?docId&amp;#61;27311&amp;amp;langId&amp;#61;en&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Site du projet &amp;#34;MOSAIC&amp;#34; coordonné par la SEPR à Lyon : &lt;a href="https://mosaiceuproject.eu/" target="_self"&gt;https://mosaiceuproject.eu/&lt;/a&gt;  &lt;/p&gt;&lt;p&gt;Vidéo de présentation des CoVEs :  &lt;a href="https://audiovisual.ec.europa.eu/en/video/I-191615?language&amp;#61;EN" target="_self"&gt;https://audiovisual.ec.europa.eu/en/video/I-191615?language&amp;#61;EN&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+Innovation, créativité et recherche
+International</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2025</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>03/09/2026</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligibles, les demandeurs doivent : &lt;/p&gt;&lt;p&gt;·       
+Être une entité juridique
+(organismes publics ou privés) active dans le domaine de l&amp;#039;enseignement et de
+la formation professionnels ou dans le monde du travail&lt;/p&gt;&lt;p&gt;·       
+Être établi dans un État membre
+de l&amp;#039;UE ou dans un pays tiers associé au programme.&lt;/p&gt;&lt;p&gt;Le partenariat doit
+comprendre au moins&lt;strong&gt; 8 partenaires à part entière issus d&amp;#039;au moins
+4 États membres de l’UE ou pays tiers associés au programme&lt;/strong&gt; avec :&lt;/p&gt;&lt;p&gt;·        &lt;strong&gt;Au moins une entreprise, une
+industrie ou une organisation représentative d’un secteur&lt;/strong&gt;, et&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;·       
+&lt;strong&gt;Au moins un prestataire
+d&amp;#039;enseignement et de formation professionnels &lt;/strong&gt;(au niveau secondaire et/ou supérieur).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/centre-excellence-prof</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-VET&amp;#64;ec.europa.eu" target="_blank"&gt;&lt;span&gt;EACEA-EPLUS-VET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lexcellence-dans-la-formation-professionnelle/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>143276</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Programmer et suivre une opération de réparation d’ouvrage d’art</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un ouvrage d&amp;#039;art est unique par sa typologie, son exploitation et son environnement. Une approche globale de l&amp;#039;opération de réparation est donc requise afin de répondre à l&amp;#039;ensemble des impératifs techniques et aux objectifs spécifiques du gestionnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maître d&amp;#039;ouvrage, le Cerema vous accompagne à chaque étape clé, du diagnostic au choix de la solution.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment définir le périmètre d&amp;#039;une opération de réparation ou de transformation ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles expertises complémentaires planifier ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment élaborer un programme de réparation ? Selon quel scénario ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment bien choisir son maître d&amp;#039;oeuvre ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour programmer et suivre une opération de réparation d&amp;#039;ouvrage d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des compétences pluridisciplinaires en génie civil, y compris en géotechnique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expertise reconnue en matière d&amp;#039;analyse d&amp;#039;ouvrages pathologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  La capacité de réaliser des interventions de haut niveau sur tous types d&amp;#039;ouvrages (inspections, instrumentation, haute surveillance, essais de laboratoire, évaluations structurales théoriques)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema, garant de la cohérence d&amp;#039;ensemble, assiste le maître d&amp;#039;ouvrage pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Réaliser le diagnostic et le pronostic de l&amp;#039;état de l&amp;#039;ouvrage pathologique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recueil des données existantes, analyse, définition des mesures d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Programmation des études et diagnostics préalables, en adéquation avec les bénéfices attendus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix des analyses structurales et adaptation des règles de calcul selon l&amp;#039;historique de l&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Répartition des tâches entre intervenants avec consultation de tiers (le cas échéant)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle qualité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Elaborer le programme d&amp;#039;intervention sur l&amp;#039;ouvrage (réparation, transformation, adaptation des usages)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de scénarios à approfondir avec le gestionnaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix du scénario à mettre en oeuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Réaliser l&amp;#039;opération
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cadrage des études d&amp;#039;avant-projet et de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition de la mission du maître d&amp;#039;oeuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DIR Centre-Est
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Production d&amp;#039;un projet de réparation innovante du viaduc de la Ricamarie et assistance technique en phase travaux pour la DIR Centre-Est
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Département du Haut-Rhin
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Réparation des Viaducs Indépendants à Poutres Précontraintes (VIPP) du patrimoine Ouvrages d&amp;#039;Art du département du Haut-Rhin (68)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Département de l&amp;#039;Hérault
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Elaboration de réparations pour le département de l&amp;#039;Hérault
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Bâtiments et construction
+Réhabilitation
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/programmer-suivre-operation-reparation-ouvrage-art</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6173-programmer-et-suivre-une-operation-de-reparat/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>163771</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Echanger des pratiques et découvrir la coopération européenne</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Projets de partenariats simplifiés AC210</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Jeunesse et Sport
+Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats simplifiés dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats simplifiés sont conçus pour
+faciliter l’accès au programme Erasmus&amp;#43; en s’adressant notamment aux
+organisations peu expérimentées. Ils permettent de découvrir la coopération
+européenne et d’échanger des pratiques avec des partenaires localisés dans les
+pays du programme Erasmus&amp;#43;. Les collaborations et les échanges peuvent porter
+sur de multiples sujets. Ces projets sont composés d’au moins deux
+organisations issues de deux pays du programme Erasmus&amp;#43; et peuvent durer de 6 à
+24 mois.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe deux forfaits
+au choix : 30 000€ ou 60 000€. &lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, à l&amp;#039;échange de pratiques, aux visites apprenantes, à la publication d&amp;#039;une page web par exemple.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet de la Commune de Rennes qui s&amp;#039;intitule « &lt;em&gt;Plus de nature dans les crèches&lt;/em&gt; » cible le secteur de la petite enfance, et plus spécifiquement la pédagogie centrée sur la nature. Il consiste en un échange de bonnes pratiques avec deux partenaires situés à Erlangen (Allemagne) et Brno (Tchéquie), ces deux villes étant jumelées avec la Ville de Rennes. Il repose sur des visites d’étude de personnels, de cadres du secteur de l’enfance et d’élus, dans chacun des trois pays. A travers ce projet, les partenaires souhaitent partager leurs pratiques d’accueil des enfants, différentes selon les pays, et ainsi enrichir leurs compétences au service des plus jeunes. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR01-KA210-SCH-000243744" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet “&lt;em&gt;Tomorrow is built today&lt;/em&gt;” vise à sensibiliser les élu·es, les agent·es et les habitant·es de la ville de Billère et des villes jumelles, Petersberg et Sabiñanigo, aux enjeux du Développement durable et les leviers d’actions possibles pour atteindre les 17 objectifs fixés par l’ONU. Fin janvier 2024, des délégations allemandes et espagnoles sont venues travailler avec des technicien·nes et des élu·es billérois. En juin, tout le monde se retrouvera en Allemagne, puis en novembre en Espagne. Ces ateliers déboucheront, en 2025, sur une campagne de communication déclinée dans les trois villes. Pour en savoir plus, &lt;a href="https://www.billere.fr/actualite/demain-se-construit-aujourdhui/" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet YouthPlayInclusive porté par la Métropole
+de Lyon a pour objectifs de faire connaître à l’échelle européenne les
+activités sportives inclusives, de recenser les conditions d’inclusion durable
+des jeunes en situation de handicap au sein des organismes de jeunesse
+(associations sportives, centres sociaux, etc.), d’écouter et de donner la
+parole à ces jeunes, d’accompagner la montée en compétences des éducateurs
+jeunesse et de poser les fondements d’un réseau européen dédié à la jeunesse,
+au sport et à l’inclusion. Le projet vise à produire un recueil d’activités
+sportives inclusives et des bonnes pratiques associées, un livret de
+recommandations de la jeunesse, des capsules vidéo mêlant activités et
+témoignages afin de poser les bases d’un réseau européen Jeunesse, Inclusion,
+Sport. Ce projet est mené conjointement avec la Ville de Francfort-sur-le-Main
+(Allemagne). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA210-YOU-000253102"&gt;cliquez
+ici &lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse : &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/echanger-des-pratiques-et-decouvrir-la-cooperation-europeenne/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>30505</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir des investissements grâce aux titres participatifs</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Titres Participatifs</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Vous êtes une collectivité locale, un établissement d&amp;#039;enseignement supérieur, de santé ou un syndicat d&amp;#039;énergie et vous souhaitez réaliser des travaux de rénovation énergétique de vos bâtiments publics ? Le dispositif Intracting peut contribuer à les réaliser via des avances remboursables si vos travaux contribuent à une amélioration des performances énergétiques et génèrent des économies d&amp;#039;énergie avec un temps de retour court (moins de 13 ans).
-[...11 lines deleted...]
- &lt;br /&gt;
+ Dans le cadre de la loi ELAN qui permet aux partenaires et bailleurs sociaux de se doter de titres participatifs en fonds propres, la Banque des Territoires intervient aux côtés des organismes en tant qu&amp;#039;investisseur. Un dispositif sécurisé et personnalisable.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=titres_participatifs_psat</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vos contacts régionaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1df4-titres-participatifs-a-impact-social-emis-par/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>71807</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Financer la sécurisation physique des réseaux</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques : nous investissons à vos côtés</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions de financement pour la sécurisation physique des réseaux face à différents risques (vandalisme, aléas climatiques, etc.). Elles permettent de financer les projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enfouir les réseaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécuriser l&amp;#039;alimentation énergétique et de télécommunication des principaux sites ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir une sécurisation renforcée des raccordements d&amp;#039;infrastructures aux réseaux de communications électroniques (data centers, sites mobiles, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour un tel projet, la Banque des Territoires peut vous proposer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une prise minoritaire de participation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une dette mezzanine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt subordonné ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des Prêts au Secteur Public Local (PSPL) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un crédit d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=securisation_physique_reseaux</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/82c1-securiser-les-reseaux-de-votre-collectivite-s/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>42869</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>S'engager dans le programme de labellisation Climat-Air-Énergie Cit'ergie</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="F26" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cit&amp;#039;ergie est un programme de management et de labellisation qui
+ récompense les collectivités pour la mise en œuvre d&amp;#039;une politique climat­-air-énergie ambitieuse.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide consiste en un accompagnement financier par un conseiller Cit&amp;#039;ergie accrédité par l&amp;#039;ADEME et un accompagnement technique à la prise en main de la démarche d&amp;#039;évaluation et de labellisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour répondre au défi que constitue le changement climatique, les collectivités locales ont un rôle déterminant à jouer dans la définition et la mise en œuvre d&amp;#039;actions visant à la réduction des émissions de gaz à effet de serre, l&amp;#039;amélioration de l&amp;#039;efficacité énergétique, la réduction de la pollution atmosphérique, le développement des énergies renouvelables ou encore l&amp;#039;adaptation au changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est maintenant acquis qu&amp;#039;un engagement fort de la collectivité dans la transition énergétique est synonyme de développement économique, d&amp;#039;attractivité et de qualité de vie pour ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Cependant, même motivées pour agir, les collectivités se trouvent face à de nombreuses interrogations :
+&lt;/p&gt;
+&lt;p&gt;
+ Comment mettre en place une politique énergétique efficace ?
+&lt;/p&gt;
+&lt;p&gt;
+ Quelle méthode suivre pour conduire et réussir un Plan Climat Air Energie Territorial (PCAET) ambitieux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Comment s&amp;#039;intégrer dans les objectifs air-énergie-climat régionaux et nationaux ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le label européen European Energy Award (EEA), décliné en France via le programme Cit&amp;#039;ergie, est destiné en particulier aux intercommunalités souhaitant conduire des politiques actives.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label Cit&amp;#039;ergie évalue les collectivités sur les actions qu&amp;#039;elles conduisent dans le cadre de leurs compétences propres et dans leur sphère d&amp;#039;influence. Via un catalogue de mesures concrètes, la labellisation prend en compte tous les leviers possibles pour l&amp;#039;engagement d&amp;#039;actions énergie climat sur le territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Structuration, suivi, et évaluation du plan climat-air-énergie (PCAET)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
-Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Réhabilitation</t>
-[...2 lines deleted...]
-      <c r="O6" s="1" t="inlineStr">
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un seul déposant est attendu par dossier ; les projets collaboratifs ne sont pas éligibles. Il est vivement conseillé de contacter l&amp;#039;ADEME en amont du dépôt du dossier pour tous renseignements ou conseils relatifs au montage et à la soumission de votre dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr</t>
+        </is>
+      </c>
+      <c r="W26" s="1" t="inlineStr">
+        <is>
+          <t>https://citergie.ademe.fr/contact/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:citergie&amp;#64;ademe.fr?subject&amp;#61;Contact%20via%20aides-territoires.beta.gouv.fr"&gt;
+  citergie&amp;#64;ademe.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 15 09 82 07 (permanence de 9h à 12h30 et de 14h à 16h30, du lundi au vendredi)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.vallee@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a3ba-sengager-dans-le-programme-de-labellisation-c/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>50024</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une offre adaptée aux acteurs de l’Economie Sociale et Solidaire</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et financer les acteurs de l’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités et les structures de l&amp;#039;Economie Sociale et Solidaire (association, coopérative, mutuelle, entreprise sociale) qui jouent un rôle actif dans l&amp;#039;accompagnement des personnes fragiles et le développement social et économique du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires intervient en :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement des acteurs de l&amp;#039;ESSS par les Dispositifs Locaux d&amp;#039;Accompagnement (DLA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  investissements directs, en fonds propres et quasi-fonds propres dans les structures de projet ou intermédiés via les outils financiers créés ou abondés par la Banque des Territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  ingénierie de projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Education et renforcement des compétences
+Tiers-lieux
+Emploi</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
-[...6 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offres/accompagnement-financement-acteurs-ESS?mtm_campaign=Aides_Territoires&amp;mtm_kwd=OT&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projets_sociaux_solidaires_oat#segment-1307</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
- &lt;br /&gt;
-[...4 lines deleted...]
-   Contactez-nous via notre formulaire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e8a2-soutenir-le-developpement-des-acteurs-de-leco/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>73058</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Engager des démarches de contrat de territoires (ECLAT - Engagement Commun pour le Logement et l'Autonomie sur les Territoires)</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale d'assurance vieillesse (CNAV)</t>
+        </is>
+      </c>
+      <c r="F28" s="1" t="inlineStr">
+        <is>
+          <t>Caisse d'assurance retraite et de la santé au travail (CARSAT)</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   NB :
+  &lt;/strong&gt;
+  l&amp;#039;ingénierie de cette démarche est assurée par des partenaires de la Cnav (SOLIHA et la Fédération des Centres Sociaux) et financée par elle. Le pilotage est réalisé par le binôme Carsat/Collectivité.
+ &lt;/em&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ECLAT
+ &lt;/strong&gt;
+ est une démarche visant à faire émerger, à une échelle infra-départementale, un cadre favorable à la prévention de la perte d&amp;#039;autonomie des personnes retraitées.
+ &lt;br /&gt;
+&lt;/p&gt;
+Cette démarche prend la forme d&amp;#039;un contrat de territoire : assise sur un diagnostic partagé des besoins, elle mobilise des partenariats locaux, identifie des priorités d&amp;#039;action et soutient financièrement leur concrétisation.
+&lt;br /&gt;
+&lt;p&gt;
+ Elle repose sur 3 étapes principales qui se succèdent sur une période de 12 mois environ (du lancement public de la démarche au soutien financier des actions) :
+ &lt;br /&gt;
+ ✓ Réaliser un diagnostic (dont une consultation des habitants retraités)
+ &lt;br /&gt;
+ ✓ Lancer un appel à projets dédié au territoire afin de soutenir financièrement les solutions issues du diagnostic ; puis valoriser l&amp;#039;engagement des parties prenantes (signature d&amp;#039;une convention)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A titre d&amp;#039;exemples, une démarche ECLAT peut venir soutenir : la rénovation d&amp;#039;une résidence autonomie, un programme coordonné d&amp;#039;actions collectives de prévention / de maintien du lien social, des actions favorisant l&amp;#039;inclusion numérique des habitants du territoire, l&amp;#039;organisation de bilan de prévention pour les retraités, l&amp;#039;adaptation de logements dans le parc social, etc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Logement et habitat
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>16/12/2020</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collectivité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - volontaire pour s&amp;#039;inscrire dans la démarche, en partenariat avec la Carsat du territoire
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - dont le nombre d&amp;#039;habitants est compris entre 50 000 et 100 000 (recommandation)
+&lt;/p&gt;
+&lt;p&gt;
+ Un premier niveau d&amp;#039;analyse d&amp;#039;indicateurs statistiques (notamment issus des observatoires des situations de fragilités - https://www.observatoires-fragilites-national.fr) permettra d&amp;#039;approfondir l&amp;#039;opportunité de s&amp;#039;engager dans la démarche.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Benjamin Leroux
+ &lt;br /&gt;
+ Responsable animation &amp;amp; développement du territoire
+ &lt;br /&gt;
+ Direction nationale de l&amp;#039;action sociale - Cnav
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ benjamin.leroux&amp;#64;cnav.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>magalie.raimbault@cnav.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0792-engager-des-demarches-de-contrat-de-territoir/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>50023</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour ses projets de développement territorial</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie territoriale</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un service d&amp;#039;accompagnement aux communes portant un projet de développement territorial. Pour cela, nous mettons à votre disposition une équipe d&amp;#039;experts dont la mission est triple :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous apporter un appui méthodologique pour simplifier la conception et la réalisation des projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décrypter les évolutions réglementaires et institutionnelles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous aider à réfléchir en amont de la concrétisation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Economie sociale et solidaire
+Paysage</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acc_projets_dev_territorial_psat</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2511-etre-accompagne-par-des-experts-du-developpem/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>143366</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des Pôles d'Echanges Multimodaux (PEM) en territoires peu denses et villes moyennes (formation)</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les pôles d&amp;#039;échanges multimodaux se développent dans les territoires à faible ou moyenne densité. Pôles d&amp;#039;échanges ferroviaires ou routiers, ce sont des lieux sources d&amp;#039;innovation pour les collectivités. Ils visent à rassembler, dans un endroit stratégique du territoire, différents services de mobilités, les rendant ainsi particulièrement visibles dans les territoires.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Avec la prise de compétence AOM des communautés de communes, beaucoup d&amp;#039;entre elles cherchent à mettre en place des services de mobilité, et à les structurer par l&amp;#039;aménagement de « petits » pôles d&amp;#039;échanges.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette formation vise à former les collectivités aux fondamentaux nécessaires pour aménager ces pôles d&amp;#039;échanges sur le territoire : où les implanter, quels services y inclure, quels aménagements prévoir ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir les enjeux d&amp;#039;un pôle d&amp;#039;échanges selon le contexte territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identifier les acteurs à mobiliser pour un projet de pôle d&amp;#039;échanges et leur implication dans les projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaitre les principes d&amp;#039;aménagement et de fonctionnement d&amp;#039;un pôle d&amp;#039;échanges en zones peu denses
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comprendre le principe de la méthode de design thinking et son intérêt pour les projets de pôles d&amp;#039;échanges
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Agents des collectivités (notamment des communautés de communes nouvellement AOM, des Région AOM locales, des communautés d&amp;#039;agglomérations de villes moyennes)
+ &lt;br /&gt;
+ Acteurs de la mobilité et de l&amp;#039;aménagement de l&amp;#039;espace public (bureaux d&amp;#039;études...)
+ &lt;br /&gt;
+ Élus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Aucun prérequis
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  exposés théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  apports techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  retours d&amp;#039;expériences
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-amenager-poles-echanges-multimodaux-territoires</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c84d-amenager-des-poles-dechanges-multimodaux-pem-/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>143365</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Engager votre démarche de résilience territoriale - Formation</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Engager votre démarche de résilience territoriale - Formation</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La pandémie de Covid-19 vient rappeler que les chocs et les crises prennent souvent des formes imprévisibles. Les collectivités, en première ligne de cette crise sanitaire, éprouvent leurs vulnérabilités, mais révèlent, dans le même temps, leur capacité à réagir et à s&amp;#039;adapter, voire se transformer, dans l&amp;#039;espoir d&amp;#039;être mieux préparés à de futures perturbations, par exemple celles qui seront liées au changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ A partir d&amp;#039;une approche opérationnelle, cette formation vous permettra d&amp;#039;acquérir des méthodes et des outils pour définir et mettre en œuvre une démarche de résilience, adaptée à vos enjeux et vos ambitions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comprendre les enjeux globaux qui fondent la pertinence du concept de résilience, devenue aujourd&amp;#039;hui incontournable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les fondamentaux du concept de résilience territoriale et connaître les méthodes et outils pour l&amp;#039;élaboration d&amp;#039;une démarche de résilience territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appliquer les principes et méthodes à des cas concrets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public :
+ &lt;/strong&gt;
+ Agents des collectivités, acteurs de l&amp;#039;aménagement, services de l&amp;#039;Etat, entreprises, bureau d&amp;#039;études
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Niveau pré-requis :
+ &lt;/strong&gt;
+ Aucun
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conférence inversée et apports méthodologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers participatifs autour de cas concrets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Illustrations par des cas concrets et des retours d&amp;#039;expérience
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniques d&amp;#039;intelligence collective
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Appui méthodologique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-engager-demarche-resilience-territoriale</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6087-engager-votre-demarche-de-resilience-territor/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>80365</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bâtir le volet énergie-climat du projet de territoire et le mettre en œuvre</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Agences Locales de l'Energie et du Climat (FLAME)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous  souhaiter  mettre  un  accent  particulier  sur  la  lutte  contre  le  changement  climatique  et  la  transition énergétique dans votre projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence  Locale  de  l&amp;#039;Energie  et  du  Climat  (ALEC)  de  votre  territoire  vous accompagne  dans  toutes  les étapes  de  votre  Projet de  Territoire  sur les  enjeux  énergie  et  climat,  que  vous  ayez  entamé  une  démarche Plan Climat Air Energie Territorial (PCAET) ou pas grâce à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sa connaissance des acteurs du territoire, l&amp;#039;ALEC vous facilite la concertation indispensable à votre Plan territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ses liens privilégiés avec l&amp;#039;observatoire régional Energie-Climat et les gestionnaires de réseaux, l&amp;#039;ALEC vous apportera les données nécessaires à l&amp;#039;établissement du diagnostic initial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  sa connaissance fine du territoire, l&amp;#039;ALEC vous aidera à définir les axes stratégiques de votre PT en lien avec les enjeux énergie-climat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux actions qu&amp;#039;elle mène déjà sur le territoire, l&amp;#039;ALEC vous aidera à définir et mettre en oeuvre un plan d&amp;#039;actions concret adapté à votre territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  à sa présence dans la durée, l&amp;#039;ALEC vous permettra de réaliser un suivi précis de votre Plan territorial.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Risques naturels
+Qualité de l'air</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.federation-flame.org/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un site internet :
+ &lt;a href="https://www.federation-flame.org/"&gt;
+  https://www.federation-flame.org/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez la Fédération :
+ &lt;a&gt;
+  contact&amp;#64;federation-flame.org
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/90ea-batir-le-volet-energie-climat-du-projet-de-te/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>34663</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer et diversifier les actions collectives de prévention et de développement du lien social</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale d'assurance vieillesse (CNAV)</t>
+        </is>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t>Caisse d'assurance retraite et de la santé au travail (CARSAT)</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>Suivant programme et caisse locale</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Participation de la Branche retraite aux actions collectives de prévention, au développement du partenariat interrégimes et autres projets visant à renforcer et diversifier les offres sur les territoires.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objet de la présente circulaire n&amp;#039;est pas de traiter des lieux de vie collectifs relevant de la circulaire n° 2015-32 du 28 mai 2015.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La présente circulaire concerne cinq domaines qui font l&amp;#039;objet d&amp;#039;une définition et d&amp;#039;un développement dans les chapitres suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   1 les
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   actions collectives de prévention et de maintien du lien social
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les actions d&amp;#039;information et de conseil (forum, salons, colloques, réunions d&amp;#039;information collectives et autre média de communication),
+&lt;/p&gt;
+&lt;p&gt;
+ Les ateliers thématiques de prévention et les actions du maintien du lien social tels que définis dans le cadre de la note d&amp;#039;orientation stratégique des programmes de prévention.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   2 les actions de diversification permettant le développement d&amp;#039;aides et de services de proximité
+  &lt;/strong&gt;
+  ,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   3 les solutions innovantes dans le domaine de la Silver Economie,
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   4 les actions de formation/ études et recherches et les structures pluridisciplinaires
+  s&amp;#039;inscrivant dans ces disciplines,
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   5 l&amp;#039;appui à l&amp;#039;ingénierie de projets, d&amp;#039;actions, d&amp;#039;expérimentations.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces actions peuvent être portées par des partenaires conventionnés et/ou des structures interrégimes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles l&amp;#039;ensemble des opérateurs (public, privé, non lucratif et lucratif) qui respectent les référentiels de l&amp;#039;offre en prévention. Les structures déjà conventionnées avec la caisse et/ou l&amp;#039;interrégime pour d&amp;#039;autres prestations peuvent déposer un dossier dès lors qu&amp;#039;elles répondent aux référentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Des projets portés par des lieux de vie collectifs pour personnes âgées autonomes sont susceptibles d&amp;#039;être retenus dès lors que les services proposés s&amp;#039;adressent également aux retraités extérieurs à l&amp;#039;établissement, ce dernier jouant alors le rôle d&amp;#039;un service de proximité pour les non-résidents. La loi d&amp;#039;Adaptation de la société au vieillissement et les cahiers des charges des résidences autonomie prévoient l&amp;#039;octroi d&amp;#039;un forfait autonomie pour accompagner les structures dans leur transformation.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;appel à projet lancé par la caisse et/ou l&amp;#039;interrégime, le critère de recherche systématique d&amp;#039;au moins un autre financeur peut être facultatif étant donné que les caisses de retraite sont à l&amp;#039;initiative de la réalisation de l&amp;#039;action.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.partenairesactionsociale.fr/files/live/sites/ppas/files/base%20documentaire/textes%20nationaux/2016-31_du_24_06_2016-Participation_retraite_actions_co_prev.pdf</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Prenez contact avec votre caisse locale :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Alsace-Moselle	Moselle (57), Bas-Rhin (67), Haut-Rhin (68)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hubert MOSSER - 03.88.25.25.07 - hubert.mosser&amp;#64;carsat-am.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Aquitaine	Dordogne (24), Gironde (33), Landes (40), Lot-et-Garonne (47), Pyrénées-Atlantiques (64)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nelly GIVRAN - 05 56 11 64 62 - nelly.givran&amp;#64;carsat-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Auvergne	Allier (03), Cantal (15), Haute-Loire (43), Puy-de-Dôme (63)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud VILLAUME - 04 73 42 89 67 - arnaud.villaume&amp;#64;carsat-auvergne.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Bourgogne et Franche-Comté	Côte d&amp;#039;Or(21), Doubs (25), Jura (39), Nièvre (58), Haute-Saône (70), Saône-et-Loire (71), Yonne (89), Territoire de Belfort (90)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maryse JAVOY (Dpt 21/25/58/90) - 03 80 33 11 64
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mariette De Freitas (Dpt 70/89) - 03 80 33 11 65
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile DARBON (Dpt 71) - 03 80 33 11 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adresse mail commune : prets.subventions&amp;#64;carsat-bfc.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Bretagne	Côtes d&amp;#039;Armor (22), Finistère (29), lle-et-Vilaine (35), Morbihan (56)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;&lt;span&gt;Cécilia Roméro, 02 99 26 74 84 - actionimmo&amp;#64;carsat-bretagne.fr&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Carsat Centre	Cher(18), Eure-et-Loir(28), Indre (36), Indre-et-Loire (37), Loiret (45), Loir-et-Cher(41)&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud POIRIER, chargé de développement - 02 38 81 54 35 - 
+arnaud.poirier&amp;#64;carsat-centre.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Centre-Ouest	Charente (16), Charente-Maritime (17), Corrèze (19), Creuse (23), Deux-Sèvres (79), Vienne (86), Haute-Vienne (87)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie Christine JUDE - 05 55 45 39 61 - marie-christine.jude&amp;#64;carsat-centreouest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cnav Ile-de-France	Paris (75), Seine-et-Marne (77), Yvelines (78), Essonne (91), Hauts-de-Seine (92), Seine-Saint-Denis (93), Val-de-Marne (94), Val-d&amp;#039;Oise (95)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cnavparisdasifappelaprojets&amp;#64;cnav.fr
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Languedoc-Roussillon	Aude (11), Gard (30), Hérault (34), Lozère (48) Pyrénées Orientales (66)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Corinne CLAVEL Chargée de Conseils et Développement en Action Sociale - 04 67 12 94 45 - corinne.clavel&amp;#64;carsat-lr.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Midi-Pyrénées	Ariège (09), Aveyron (12), Haute-Garonne (31), Gers (32), Lot (46), Hautes-Pyrénées (65), Tarn (81), Tarn-et-Garonne (82)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Catherine LATAPIE Chargée d&amp;#039;Action Sociale Collective Service Action Sociale - 05 62 14 88 25 - Catherine.LATAPIE&amp;#64;carsat-mp.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Nord-Est	Ardennes (08), Aube (10), Marne (51), Haute-Marne (52), Meurthe-et-Moselle (54), Meuse (55), Vosges (88)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nadine FRIRY - 03.83.34.48.74 - nadine.friry&amp;#64;carsat-nordest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christophe ROYET - 03.83.34.49.09 - christophe.royet&amp;#64;carsat-nordest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Nord-Picardie	Aisne (02), Nord (59), Oise (60), Pas-de-Calais (62), Somme (80)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie VANDECAVEYE - sophie.vandecaveye&amp;#64;carsat-nordpicardie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Damien Vitel (sup) - damien.vitel&amp;#64;carsat-nordpicardie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Normandie	Calvados
+ (14), Eure (27), Manche (50), Orne (61), Seine-Maritime (76)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie NOBLET - Sophie.noblet&amp;#64;carsat-normandie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Pays de la Loire	L
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  oire-Atlantique
+ (44), Maine-et-Loire (49), Mayenne (53), Sarthe (72), Vendée (85)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie GIRAUD - 02.51.72.81.83 - nathalie.giraud&amp;#64;carsat-pl.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Rhône-Alpes	Ain (01), Ardèche (07), Drôme (26), Isère (38), Loire (42), Rhône (69), Savoie (73), Haute-Savoie (74)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mme Nathalie VOGE Responsable du Département Accompagnement de projets et Relations Partenariales –Direction de l&amp;#039;Action Sociale - nathalie.voge&amp;#64;carsat-ra.fr - 04.72.91.96.84
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mme Nadia BASSET Responsable Adjointe du Département Accompagnement de Projets et Relations Partenariales - 04.72.91.96.48 - nadia.basset&amp;#64;carsat-ra.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Sud-Est	Alpes de Haute-Provence
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  (04), Hautes-Alpes (05), Alpes-Maritimes (06), Bouches-du-Rhône (13), Corse-du-Sud (2a), Haute-Corse (2b), Var(83), Vaucluse (84)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marion AMBROSETTI - 04 91 85 97 53 - marion.ambrosetti&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Patricia AMIRAULT - 04 91 85 99 34 - patricia.amirault&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valérie MERLIN - 04 91 85 76 31 - valérie.merlin&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Guadeloupe	Guadeloupe (971)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franciane MASSINA - 0590 90 50 77 - franciane.massina&amp;#64;cgss-guadeloupe.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Martinique	Martinique (972)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Patricia CHEVON - 05 96 66 50 5 - Patricia.chevon&amp;#64;cgss-martinique.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Réunion	Réunion (974)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hélène MERCADIER - 02 62 40 35 34 - Helene.mercadier&amp;#64;cgss.re
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>magalie.raimbault@cnav.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fdf1-actionscollectives/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>142697</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Caractériser et évaluer les risques d’effets induits des vibrations environnementales</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez prendre en compte les phénomènes vibratoires dans vos nouveaux projets d&amp;#039;aménagement allant de la création à la rénovation en passant par l&amp;#039;entretien et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue capable d&amp;#039;intervenir sur un projet de petite ou grande envergure pour caractériser et évaluer les risques d&amp;#039;effets induits des vibrations environnementales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema intervient sur des actions méthodologiques et de recherche relatives à l&amp;#039;étude des vibrations environnementales. Il vous permet d&amp;#039;obtenir une offre complète de la phase d&amp;#039;étude au dimensionnement en intégrant la maîtrise du risque, de suivi et de contrôle des travaux et d&amp;#039;expertise :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes de risques vibratoires et vulnérabilité des récepteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de dimensionnement des travaux en fonction des contraintes vibratoires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de cahier des charges et prescriptions pour maîtriser les vibrations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de documents méthodologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rapports d&amp;#039;expertise suite à plaintes / expert en qualité de sapiteur auprès d&amp;#039;experts judiciaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi et contrôle des vibrations dans les chantiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO auprès des maîtres d&amp;#039;ouvrages publics ou privés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/caracteriser-evaluer-risques-effets-induits-vibrations</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7336-caracteriser-et-evaluer-les-risques-deffets-i/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>40792</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner aux démarches de prévention des risques professionnels portant sur une thématique prioritaire : réalisation d'un diagnostic approfondi</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale de retraites des agents des collectivités locales (CNRACL)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J35" s="1" t="inlineStr">
+        <is>
+          <t>L'accompagnement financier est plafonné à 25 % et selon le  nombre d'affiliés à la CNRACL</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche de prévention, destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail, s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les représentants du personnel. Elle porte sur
+ &lt;strong&gt;
+  la réalisation
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  diagnostic approfondi
+ &lt;/strong&gt;
+ et cible un thème défini comme prioritaire par le FNP.
+&lt;/p&gt;
+&lt;p&gt;
+ L
+ &lt;strong&gt;
+  es axes prioritaires
+ &lt;/strong&gt;
+ sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Métiers :
+  &lt;strong&gt;
+   auxiliaires de puériculture
+  &lt;/strong&gt;
+  ,
+  &lt;strong&gt;
+   aides à domicile
+  &lt;/strong&gt;
+  ,
+  &lt;strong&gt;
+   aides-soignants
+  &lt;/strong&gt;
+  ,
+  &lt;strong&gt;
+   ATSEM
+  &lt;/strong&gt;
+  ,
+  &lt;strong&gt;
+   police municipale
+  &lt;/strong&gt;
+  et
+  &lt;strong&gt;
+   métiers en lien avec le transport logistique
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Thématiques :
+  &lt;strong&gt;
+   les transitions professionnelles
+  &lt;/strong&gt;
+  et
+  &lt;strong&gt;
+   le travail sur écran
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures :
+  &lt;strong&gt;
+   toutes les structures d&amp;#039;accueil institutionnalisé pour personnes âgées
+  &lt;/strong&gt;
+  (EHPAD, ULSD...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La réalisation du diagnostic approfondi doit
+ &lt;strong&gt;
+  couvrir l&amp;#039;ensemble des dimensions
+ &lt;/strong&gt;
+ liées au métier, à la structure ou à la thématique prioritaire identifié.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;accompagnement du FNP se traduit par un appui méthodologique au montage de projet, à son suivi et son évaluation, et par une aide financière destinée
+ &lt;/strong&gt;
+ à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Si le plafond n&amp;#039;est pas atteint au vu du nombre de jours passés en interne, le montant de l&amp;#039;accompagnement financier peut être complété pour des achats externes, selon un pourcentage maximum, portant sur des prestations d&amp;#039;accompagnement spécialisées (hors conduite et méthodologie de projet), du matériel (hors situation individuelle d&amp;#039;adaptation de poste), de la formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Santé
+Education et renforcement des compétences
+Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre immatriculé et à jour de ses cotisations de retraite auprès de la CNRACL
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;au moins un agent affilié à la CNRACL
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un document unique d&amp;#039;évaluation des risques professionnels à jour
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ne pas mener de démarche en cours bénéficiant du soutien financier du FNP et que la démarche sur laquelle porte la demande ne soit pas finalisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utiliser ou s&amp;#039;engager à l&amp;#039;utilisation du logiciel de saisie des AT/MP Prorisq
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remettre toutes les pièces attendues dans le dossier de demande d&amp;#039;accompagnement
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/dispositifs-generaux-les-demarches-de-prevention</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toutes questions, et pour déposer la demande, utilisez le courriel :
+&lt;/p&gt;
+&lt;p&gt;
+ demarche-prevention&amp;#64;caissedesdepots.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>celine.thenieres@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/838d-accompagnement-aux-demarches-de-prevention-de/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>381</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un prêt secteur public - PSP</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>PSP</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Agence Française de Développement (AFD)
 Ministère des Outre-mer</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissement de long terme.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Caractéristiques du prêt :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type de prêt : prêt au secteur public
 &lt;/p&gt;
 &lt;p&gt;
  Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
 &lt;/p&gt;
 &lt;p&gt;
  Montant : pas de montant maximal de prêt
 &lt;/p&gt;
 &lt;p&gt;
  Durée : de 3 à 25 ans, avec possibilité de différé
 &lt;/p&gt;
 &lt;p&gt;
  Taux : prêt à taux fixe ou taux variable
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;instruction : 0,5 %
 &lt;/p&gt;
 &lt;p&gt;
  Amortissement : constant
 &lt;/p&gt;
 &lt;p&gt;
  Échéances : trimestrielles, semestrielles ou annuelles
 &lt;/p&gt;
 &lt;p&gt;
  Mobilisation des Fonds : possible dès la signature de la convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
@@ -1124,9709 +6469,8724 @@
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les opérations d&amp;#039;investissement du secteur public local, sous forme de projet, programme ou financement budgétaire.
 &lt;/p&gt;
 &lt;p&gt;
  Tous secteurs d&amp;#039;intervention des bénéficiaires (aménagement, énergie, déchets, équipements, transports, eau et assainissement, agriculture, santé etc.)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agence régionale du Pacifique :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
   &lt;/li&gt;
   &lt;li&gt;
    Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>belliotl@afd.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa29-pret-secteur-public-psp/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G8" s="1" t="inlineStr">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>133055</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour créer un observatoire de l’habitat et du foncier (OHF)</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La loi Climat et résilience du 22 août 2021 prévoit de faire évoluer les anciens dispositifs d&amp;#039;observation de l&amp;#039;habitat, en observatoires de l&amp;#039;habitat et du foncier (OHF). Ces observatoires doivent être créé au plus tard dans les trois années après la mise en place d&amp;#039;un PLH. Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. La loi climat a renforcé leur rôle ainsi que celui des EPF pour aider les collectivités dans la mise en place de ces outils.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les observatoires de l&amp;#039;habitat et du foncier (OHF) ont pour mission de suivre la conjoncture des marchés fonciers et immobiliers et d&amp;#039;identifier les disponibilités foncières. Cette analyse s&amp;#039;appuie sur le recensement des friches constructibles, des locaux vacants, des secteurs à densifier, des secteurs à enjeux et des surfaces pour la surélévation, des surfaces non imperméabilisées ou éco-aménageables et des espaces non bâtis nécessaires au maintien des continuités écologiques dans les secteurs urbanisés et sur un inventaire des zones d&amp;#039;activités économiques et sur le suivi du parc de logements (privés, sociaux, en accession à la propriété, l&amp;#039;habitat dégradé).
+&lt;/p&gt;
+&lt;p&gt;
+ Les observatoires doivent rendre compte annuellement du nombre de logement construits sur des espaces déjà urbanisés et sur des zones ouvertes à l&amp;#039;urbanisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Addrn, l&amp;#039;agence d&amp;#039;urbanisme de la région de Saint-Nazaire a réalisé un Observatoire du Foncier, de l&amp;#039;habitat et économique.
+  &lt;a href="https://addrn.fr/page-mosaique/foncier_habitat_economie/" target="_self"&gt;
+   Consulter l&amp;#039;observatoire
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;Epures, l&amp;#039;agence d&amp;#039;urbanisme de la région Stéphanoise a réalisé un Observatoire des marchés fonciers de la Loire.
+  &lt;a href="https://www.epures.com/index.php/publications/epures/foncier" target="_self"&gt;
+   Consulter l&amp;#039;observatoire
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;Aurg, l&amp;#039;agence d&amp;#039;urbanisme de la region Grenobloise a réalisé l&amp;#039;observatoire foncier partenarial de l&amp;#039;isere (Ofpi).
+  &lt;a href="https://ofpi.aurg.org/#c&amp;#61;home" target="_self"&gt;
+   Consulter l&amp;#039;observatoire
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Topos, l&amp;#039;agence d&amp;#039;urbanisme des territoires de l&amp;#039;orléannais a réalisé un observatoire des copropriétés de la métropole d&amp;#039;Orléans.
+  &lt;a href="https://www.topos-urba.org/publications/focus-n4-lobservatoire-des-coproprietes-un-outil-pour-prevenir-les-situations-de-fragilite/" target="_self"&gt;
+   Consulter l&amp;#039;observatoire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/92de-etre-aide-pour-observer-les-territoires/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>133057</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour créer un observatoire des secteurs prioritaires de précarité énergétique</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les logements dont les consommations énergétiques et/ou les émissions de gaz à effet de serre sont élevées (classés E, F, G), vont progressivement faire l&amp;#039;objet de restriction et d&amp;#039;interdiction à la location. Ce sont donc des cibles prioritaires pour la politique publique de rénovation de l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eu égard à leur période de construction, leur typologie (maisons individuelles, copropriétés), leur taille, leur énergie de chauffage ou leur statut d&amp;#039;occupation, ces logements ne nécessiteront pas le même type de réhabilitation ou d&amp;#039;accompagnement des ménages. Une connaissance territoriale fine de l&amp;#039;habitat et sa précarité énergétique est indispensable pour orienter les choix stratégiques des collectivités en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise dans l&amp;#039;identification des « passoires thermiques » et dans les stratégies territoriales à mettre en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;agence d&amp;#039;urbanisme de Rennes réalise une série de travaux afin de brosser le portrait global des performances énergétiques des logements de la métropole. Ces travaux permettront d&amp;#039;orienter les choix stratégiques de celle-ci en matière de rénovation du parc, qu&amp;#039;il soit public ou privé.
+  &lt;a href="https://www.audiar.org/sites/default/files/documents/etudes/audiar_note-performance-energetique-logements-rm_web_0.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;atelier parisien d&amp;#039;urbanisme a inscrit dans son programme partenarial d&amp;#039;accompagner les besoins de demain et notamment d&amp;#039;accélérer la rénovation du bâti et l&amp;#039;adaptation climatique.  Dans ce cadre, l&amp;#039;atelier a publié récemment des travaux sur l&amp;#039;enjeu de la rénovation énergétique des logements à Paris.
+  &lt;a href="https://www.apur.org/sites/default/files/8p212_logement_enjeux_renovation_energie_forts_paris.pdf?token&amp;#61;GMthf7Bn" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ba78-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>142827</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Requalifier et moderniser les infrastructures de transports en préservant les continuités écologiques</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au-delà des projets neufs, les maîtres d&amp;#039;ouvrage publics et privés (État, sociétés concessionnaires d&amp;#039;autoroutes, VNF, RFF...) s&amp;#039;investissent dans la
+ &lt;strong&gt;
+  requalification environnementale et la modernisation de leurs infrastructures existantes.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils réservent un volet de leurs investissements pour améliorer la qualité environnementale de leurs infrastructures les plus anciennes, et pour accroître la qualité des services proposés à leurs clients. Dans ce cadre, ces maîtres d&amp;#039;ouvrages expriment des attentes fortes en termes d&amp;#039;expertise depuis
+ &lt;strong&gt;
+  le diagnostic de l&amp;#039;existant jusqu&amp;#039;à l&amp;#039;élaboration de recommandations de solutions rectificatives.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne dans la requalification environnementale et la modernisation de vos infrastructures existantes en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un diagnostic d&amp;#039;efficacité fonctionnelle des ouvrages existants au regard de différents paramètres (nature des ouvrages, dimension, aménagement, points de conflits, etc.) avec possibilité de mise en place de suivi par piégeage photographique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Propositions d&amp;#039;adaptations nécessaires à l&amp;#039;amélioration de la fonctionnalité des ouvrages existants (nature du revêtement, dispositif d&amp;#039;accompagnement dans l&amp;#039;ouvrage en entrée et en sortie, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations relatives à la création de nouveaux ouvrages (passages inférieurs ou supérieurs à grande faune, ouvrages spécialisés à petite faune, ouvrages mixtes), en explorant différentes techniques, dans le cadre d&amp;#039;un projet neuf ou dans l&amp;#039;optique de défragmentation des infrastructures existantes (proposition optimale de localisation),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement du maître d&amp;#039;ouvrage lors de la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/requalifier-moderniser-infrastructures-transports-preservant</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0f6-requalifier-et-moderniser-les-infrastructures/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>163772</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Développer des outils innovants et renforcer son réseau de partenaires européens</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats de coopération - Action clé 2</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France / Education &amp; Formation
+Agence Erasmus+ France Jeunesse et Sport</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de partenariats de coopération dans les domaines de l’éducation, de la formation, de la jeunesse et du sport. &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la jeunesse, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires?&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les projets de partenariats de coopération offrent la possibilité de développer des collaborations avec des organismes travaillant dans les champs de l&amp;#039;éducation, de la formation, de la jeunesse et du sport en Europe et parfois au delà. Ces partenariats peuvent impliquer des acteurs de tout type : entreprises, associations, ONG, établissements et organismes d’éducation et de formation, collectivités, etc.&lt;/p&gt;&lt;p&gt;Ces projets permettent aux organisations participantes de mettre en œuvre leur stratégie de coopération internationale en développant leur réseau et de renforcer leurs capacités par la construction d&amp;#039;outils ou de méthodes innovantes d&amp;#039;éducation, de formation ou d&amp;#039;accompagnement.&lt;/p&gt;&lt;p&gt;Les financements sont forfaitaires. Il existe trois forfaits au choix : 120 000€, 250 000€ ou 400 000€.&lt;/p&gt;&lt;p&gt;La subvention couvre tous les types de coûts directement liés aux activités du projet: de la conduite et du suivi du projet, au développement et à l&amp;#039;expérimentation d&amp;#039;outils pédagogiques, à la construction d&amp;#039;une plateforme en ligne par exemple.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le projet de la &lt;strong&gt;ville de Saint-Denis&lt;/strong&gt; a pour objectif d’apporter des solutions au problème de surexposition aux écrans chez les enfants, particulièrement présent dans les quartiers défavorisés. Le projet regroupe différents partenaires issus de 5 pays européens et se proposent développer des outils de formation innovants dédiés aux éducateurs qui travaillent avec les jeunes parents vivant dans les zones urbaines périphériques des grandes villes et dans des situations précaires. Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2021-1-FR01-KA220-ADU-000033578" target="_self"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Le projet Street
+for the youth de Saint-Brieuc Armor Agglomération, porté par la Direction
+Prospective, vise à favoriser la participation des jeunes européens de 15 à 20
+ans à la construction de la ville de demain ; une ville adaptable,
+accueillante et résiliente,  qui répond aux besoins des usagers. Le projet
+créera des liens entre les jeunes, les professionnels de l’urbanisme et les
+élus locaux et leur permettra de co-construire et tester des méthode innovantes
+d’implication des jeunes dans le développement et l’aménagement d’espaces
+urbains. Ce projet rassemble quatre collectivités locales de quatre pays
+européens (France, Pologne, Belgique, Portugal). Pour en savoir plus, &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2024-1-FR02-KA220-YOU-000245435"&gt;cliquez ici&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, consultez les recueils des projets Erasmus&amp;#43; portés par des Collectivités territoriales : &lt;/p&gt;&lt;p&gt;&lt;a href="https://www.erasmusplus.fr/upload/9333/recueil-projets-ct.pdf" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43; Education et Formation&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://drive.google.com/file/d/1dE_Vp4hXsBYwo4IDgXhI-P3ePq5uH51d/view?usp&amp;#61;drive_link" target="_self"&gt;- Recueil de projets Agence Erasmus&amp;#43;  Jeunesse et Spor&lt;/a&gt;t&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Formation professionnelle
+Innovation, créativité et recherche
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q40" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43; : &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/docs/documents/programme_guide_2026_fr_565.pdf</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement supérieur : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Erasmus&amp;#43; Jeunesse :  &lt;a target="_self"&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/a&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-des-outils-innovants-et-renforcer-son-reseau-de-partenaires-europeens/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>165397</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Financer des terrains de Futnet (Tennis ballon)</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA) - Chapitre Equipement</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="F41" s="1" t="inlineStr">
+        <is>
+          <t>District / Comité départemental de football d'appartenance</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire de 15 000 € (dans la limite de 50 % du montant HT des travaux si le porteur du projet est une collectivité et TTC si le porteur du  projet est un club affilié à la FFF).</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le Futnet (Tennis-ballon) est un sport en plein
+ développement&lt;/strong&gt;. Extrêmement complet, il requiert
+vitesse, précision et habileté. Il se pratique sur un
+terrain rectangulaire constitué d’une aire de jeu, d’une
+zone de dégagement et séparé d’un filet. La pratique
+emprunte des caractéristiques au football, au tennis et
+au volley et permet aux joueur(euse)s de progresser
+d’un point de vue technique et stratégique dans un
+format ludique et convivial. &lt;/p&gt;&lt;p&gt;Créer un espace d’activités supplémentaires pour les
+ clubs et les collectivités pour développer la pratique
+ spécifique du Futnet s’inscrit dans une volonté de
+pratique mixte et intergénérationnelle, de loisir et de
+compétition, ou de pratique associée (exercices de
+Futnet lors d’entraînements de Foot à 11, Futsal…).&lt;/p&gt;&lt;p&gt;Dans ce cadre, et sous réserve du strict respect du présent cahier des charges et du cahier des charges
+technique fédéral relatif à la &lt;strong&gt;construction de terrains de Futnet&lt;/strong&gt;, une subvention peut être
+accordée selon les modalités de financement en vigueur, à savoir &lt;strong&gt;une aide forfaitaire de 15 000 € (dans la limite de 50 % du montant HT des travaux si le porteur du projet est une collectivité et TTC si le porteur du  projet est un club affilié à la FFF).&lt;/strong&gt; &lt;/p&gt;&lt;p&gt;La base subventionnable se limite à l’emprise du terrain (terrassement, fourniture et pose du revêtement,
+acquisition du/des filets de Futnet…). Ainsi les frais de Bureau d’études/Maîtrise d’œuvre, de travaux de voirie,
+d’extension des réseaux (eau, téléphone, électricité...) et d’aménagement périphérique (plantation, mobilier
+urbain, places de stationnement autres que pour personnes à mobilité réduite...) ne sont pas éligibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P41" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q41" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;u&gt;Seuls les projets suivants seront éligibles&lt;/u&gt;&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le porteur du projet doit être, &lt;strong&gt;soit un club affilié à la FFF&lt;/strong&gt;, &lt;strong&gt;soit une collectivité locale&lt;/strong&gt; en
+collaboration avec un club support affilié à la FFF ; &lt;/li&gt;&lt;li&gt;Le terrain, et l’éclairage (recommandé) de celui-ci, &lt;strong&gt;doivent être conformes au cahier des charges
+ technique fédéral&lt;/strong&gt; relatif à la réalisation d’un terrain de Futnet – Édition juillet 2025
+(cf. Annexe - pages 1 à 8) ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;La date de commencement des travaux &lt;/strong&gt;&lt;strong&gt;ne doit pas être antérieure de plus de 3 mois&lt;/strong&gt; à celle du
+dépôt du dossier au District d’appartenance ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’équipement projeté&lt;/strong&gt; doit être situé &lt;strong&gt;au sein d’un complexe sportif&lt;/strong&gt; utilisé par le club support
+dont &lt;strong&gt;au moins une installation est classée au niveau T6 min. ou adossé à un gymnase classé
+Futsal 4 min&lt;/strong&gt;. équipé de deux vestiaires de minimum chacun 14 m2, douches et sanitaires avec un
+accès direct piétons ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le terrain pourra être situé au sein d’un établissement scolaire&lt;/strong&gt; (collège, lycée). Le club support,
+affilié à la FFF, qui sera associé au projet, devra alors bénéficier d’un accès privilégié au terrain,
+encadré par la mise en place d’une &lt;strong&gt;convention d’utilisation et d’un planning d’utilisation&lt;/strong&gt; ;&lt;/li&gt;&lt;li&gt;Le porteur de projet doit impérativement présenter un projet d’utilisation des installations
+envisagées dans le respect des attentes de la FFF ; &lt;/li&gt;&lt;li&gt;&lt;strong&gt;Le maître d’ouvrage doit réaliser son opération dans un délai de 24 mois&lt;/strong&gt; à compter de la date
+ d’attribution de la subvention par le Bureau Exécutif de la Ligue du Football Amateur.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_equipement_futnet-25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Michaël LANGOT - Chef de Projet Déploiement des pratiques à la FFF : mlangot&amp;#64;fff.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>mlangot@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-des-terrains-de-futnet-tennis-ballon/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>77361</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès aux services publics digitalisés avec le programme France Services</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>subvention maximale de 30 000 euros par projet</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la digitalisation des services publics, la Banque des Territoires accompagne les collectivités territoriales et les associations dans la création d&amp;#039;une structure France Services sur leur territoire, et notamment dans l&amp;#039;animation, la formation des agents et l&amp;#039;outillage numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec l&amp;#039;offre France Services, vous accompagnez les usagers dans la réalisation de leurs démarches administratives en ligne et proposez un service public de proximité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_public_digitalisation_psat</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez : busfranceservices&amp;#64;caissedesdepots.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f8c-decouvrir-le-programme-france-services-et-bus/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>133058</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour réaliser un inventaire des zones d'activités économiques (ZAE)</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans un contexte de rareté du foncier, les zones d&amp;#039;activités économiques (ZAE) représentent une part importante de foncier artificialisé dont les usages sont à repenser en raison de leur perte d&amp;#039;attractivité. Sont considérés comme zone d&amp;#039;activité : « les zones d&amp;#039;activités industrielle, commerciale, tertiaire, artisanale, touristique, portuaire ou aéroportuaire ».  Pour améliorer la connaissance sur les ZAE et réfléchir sur leurs potentiels de requalification, la loi impose aux collectivités de réaliser un inventaire de leurs zones d&amp;#039;activités économiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;inventaire doit être établit par l&amp;#039;EPCI qui est l&amp;#039;autorité compétente en matière de création, d&amp;#039;aménagement et de gestion des zones d&amp;#039;activités. L&amp;#039;inventaire doit contenir trois étapes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un état parcellaire des unités foncières de la zone d&amp;#039;activité économique (qui identifie la surface de chaque unité foncière et le propriétaire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des occupants de la zone d&amp;#039;activité économique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification du taux de vacance de la zone d&amp;#039;activité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La vacance est définie selon trois critères :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une absence d&amp;#039;affectation de l&amp;#039;unité foncière à « une activité assujettie à la cotisation foncière des entreprises (CFE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une durée de vacance supérieure ou égale à 2 ans ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inoccupation au cours de la même période
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La dernière étape est celle de la consultation des propriétaires et des occupants des ZAE par l&amp;#039;EPCI compétent pendant une période de trente jours avant l&amp;#039;arrêt de l&amp;#039;inventaire qui doit ensuite être adressé autorités compétentes en matière de SCoT, PLU et PLH.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;inventaire doit être réalisé dans un délai d&amp;#039;un an à compter de la promulgation de la loi climat et finalisé dans un délai de deux ans. Il devra être actualisé tous les 6 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Certaines agences d&amp;#039;urbanisme ont été missionnées pour la réalisation d&amp;#039;inventaires des ZAE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Audélor, l&amp;#039;agence d&amp;#039;urbanisme, de développement économique et technopole du Pays de Lorient a réalisé un observatoire des sites d&amp;#039;activités du Pays de Lorient. L&amp;#039;observatoire est composé de tableau de bord sur le foncier économique disponible dans les zones d&amp;#039;activités et de fiches descriptives pour chacune des zones d&amp;#039;activités.
+  &lt;a href="https://www.audelor.com/observatoires-et-etudes/zones-d-activites/" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;agape, l&amp;#039;agence d&amp;#039;urbanisme et de développement durable Lorraine Nord a créé un outil de connaissance web cartographique de suivi des zones d&amp;#039;activités économiques.
+  &lt;a href="https://www.agape-lorrainenord.eu/les-ressources/les-produits-de-donnees/actualite/occaze.html" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c38-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>77360</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Financer l’industrie locale avec le Prêt Gaïa Territorial</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Gaïa Territorial : soutenir le financement industriel local</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En tant qu&amp;#039;acteur public local (collectivité territoriale, entreprise public locale, EPA, EPF), vous souhaitez lancer des travaux d&amp;#039;aménagement urbain afin d&amp;#039;accélérer le développement de l&amp;#039;industrie locale ? La Banque des territoires vous propose un produit adapté pour financer vos projets et dynamiser l&amp;#039;écosystème industriel local de votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement concerne les projets incluant des opérations sur des terrains situés sur des friches industrielles ou destinés à l&amp;#039;implantation d&amp;#039;activités industrielles telles que le remembrement des parcelles, des études liées au foncier ou encore des coûts liés à la dépollution, démolition, viabilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt dispose de nombreux avantages : modalités d&amp;#039;amortissement, mobilisation sur plusieurs années, couverture jusqu&amp;#039;à 100% et exonération des indemnités de remboursement en cas de revente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Industrie</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-gaia-territorial?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=gaia_territorial_psat</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1268-beneficier-du-pret-gaia-territorial-pour-sout/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>143285</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Limiter les rejets en mer (diagnostics portuaires et plans d’actions)</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les gestionnaires portuaires vont être incités à réaliser des diagnostics environnementaux et à mettre en place des actions en faveur de la réduction des pollutions portuaires, via la mise en œuvre de différentes politiques publiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Programme de mesures de la Directive Cadre Stratégie Milieu Marin, qui comporte plusieurs actions en faveur de l&amp;#039;amélioration de l&amp;#039;état environnemental des ports : diminution des rejets liés aux opérations de carénage, amélioration des dispositifs de collecte et de gestion des déchets portuaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les SDAGE, qui prévoient la limitation ou la suppression des rejets en mer et comportent également des mesures dédiées à la limitation des rejets de carénage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les Services Police de l&amp;#039;Eau des départements littoraux peuvent quant à eux imposer, au titre de la Loi sur l&amp;#039;eau, la réalisation de ce type de diagnostics aux gestionnaires portuaires, notamment lors de l&amp;#039;instruction des dossiers de demande d&amp;#039;autorisation de dragage.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, les Agences de l&amp;#039;Eau peuvent financer des actions préventives et curatives concourant à la réalisation des objectifs des SDAGE.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sur le volet préventif, le Cerema est à même d&amp;#039;assister les acteurs portuaires dans la réalisation des diagnostics environnementaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Synthèse et analyse des données de qualité des sédiments portuaires (à partir des bases de données Dragage et REPOM et des données locales)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des rejets liés aux activités portuaires et aux rejets industriels spécifiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de l&amp;#039;adéquation des systèmes de traitement des effluents de carénage avec les besoins nautiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des types de déchets collectés sur la zone portuaire et analyse de l&amp;#039;adéquation de la collecte avec les besoins liés à l&amp;#039;activité portuaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Sur le volet curatif, le Cerema peut intervenir pour la définition et la mise en œuvre de programmes d&amp;#039;actions visant à limiter les rejets dans les zones portuaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Optimisation des dispositifs de traitement des effluents de carénage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimisation des dispositifs de collecte des déchets portuaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation des usagers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Cerema travaille en lien avec les gestionnaires portuaires, les collectivités locales, les services instructeurs (DIRM, DREAL, DDTM), et les organismes publics concernés (Agences de l&amp;#039;Eau, AFB..).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
+Appui méthodologique
+Valorisation d'actions
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/rejets-mer-diagnostics-portuaires-plans-actions</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f07c-limiter-les-rejets-en-mer-diagnostics-portuai/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>147307</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transition écologique et numérique : sciences du climat et réponses</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Sciences du climat et réponses - 2024</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.5 Climat, Energie et Mobilité - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Le cluster &amp;#34;Climate Energy and Mobility&amp;#34; vise à accélérer la double transition verte et numérique et la transformation associée de notre économie, de notre industrie et de notre société en vue d&amp;#039;atteindre la neutralité climatique en Europe d&amp;#039;ici 2050.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Budget total de l&amp;#039;appel : 103 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  Budget total par topic :
+  &lt;ul&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-01 : 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-02 : 22 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-03 : 15 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-04: 12 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-05 : 14 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-06 : 5 millions d&amp;#039;euros
+   &lt;/li&gt;
+   &lt;li&gt;
+    HORIZON-CL5-2024-D1-01-07 : 20 millions d&amp;#039;euros
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Certains budgets Horizon Europe sont structurés en réponse à des ambitions politiques (&amp;#34;destinations&amp;#34;) et déployés par le biais d&amp;#039;appels à propositions ciblant des thèmes/secteurs plus spécifiques (&amp;#34;sujets&amp;#34;). Ainsi, votre candidature doit être liée à un thème d&amp;#039;un appel à propositions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Différentes catégories de projets sont éligibles :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Actions de Recherche et d&amp;#039;Innovation : Recherche fondamentale et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Actions d&amp;#039;innovation : Prototypes, essais, démonstrations, projets pilotes, mise sur le marché. Ces actions peuvent inclure des activités limitées de R&amp;amp;D.
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Actions de coordination et de soutien : Mise en réseau, études et conférences, communication, études pour de nouvelles infrastructures de recherche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Actions Marie Skłodowska-Curie / subventions individuelles du CER : Réseaux de formation pour les chercheurs, bourses individuelles pour les chercheurs expérimentés, échange de personnel - mobilité pour les chercheurs et le personnel non scientifique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   En outre, les appels précisent les catégories de bénéficiaires éligibles :
+  &lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composés d&amp;#039;un coordinateur et de plusieurs organisations partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets à bénéficiaire unique, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes aux personnes physiques en leur nom propre avec leur institution d&amp;#039;origine.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  TOPICS
+ &lt;/span&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ A venir
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-01: Amélioration de la quantification et de la compréhension des émissions et des puits de méthane naturels et anthropiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-02 : Glaces continentales, y compris la couverture neigeuse, les glaciers, les nappes glaciaires et le pergélisol, et leur interaction avec le changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-03: La science du paléoclimat pour une meilleure compréhension de l&amp;#039;évolution à court et à long terme du système terrestre
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-04: Boîte à outils améliorée pour l&amp;#039;évaluation des impacts climatiques et environnementaux des politiques commerciales
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-05: Prochaine génération de trajectoires à faibles émissions et résilientes au changement climatique et NDCs pour un avenir aligné sur l&amp;#039;Accord de Paris
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-06: Le rôle de la prospective du changement climatique pour l&amp;#039;approvisionnement en matières premières primaires et secondaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL5-2024-D1-01-07: Quantification du rôle des principaux écosystèmes terrestres dans le cycle du carbone et les effets climatiques connexes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl5-2024-d1-01-04;callCode&amp;#61;HORIZON-CL5-2024-D1-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;0,1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site de la Direction générale
+ &lt;br /&gt;
+ &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43;
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/cluster-5-climate-energy-and-mobility_en" rel="nofollow noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e536-horizon-europe-sciences-du-climat-et-reponses/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>143287</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la gestion de vos eaux pluviales et leurs interactions avec les réseaux d'assainissement en ville</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez en charge la gestion des eaux pluviales et devez l&amp;#039;adapter aux contraintes de pollution des sols, de dissolution du gypse, de faible perméabilité, tout en gérant le risque d&amp;#039;inondation par ruissellement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne pour la conception et le dimensionnement de solutions de gestion innovantes et appropriées comme par exemple le traitement ou la reperméabilisation.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment élaborer un diagnostic de l&amp;#039;écoulement et du devenir des eaux pluviales et des réseaux d&amp;#039;assainissement ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment éviter le ruissellement des eaux de pluie ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions innovantes de reperméabilisation des sols mettre en oeuvre ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment se former à la gestion des eaux pluviales ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des compétences et moyens matériels dans le domaine de l&amp;#039;eau : hydrologie quantitative, hydrogéologie, approche qualitative, hydrobiologie, écologie urbaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des analyses depuis l&amp;#039;amont (ruissellement, sources de pollution) jusqu&amp;#039;au milieu récepteur (cours d&amp;#039;eau, nappe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des outils développés pour évaluer les services écosystémiques rendus par les ouvrages, leurs performances        hydrauliques et épuratoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises entre ingénierie et recherche pour des solutions innovantes, adaptées aux contextes locaux et aux caractéristiques des sols et du sous-sol
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner l&amp;#039;élaboration d&amp;#039;un diagnostic de l&amp;#039;existant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser le diagnostic de territoire et de réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les services écosystémiques rendus par les aménagements en place
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Expertiser les enjeux, déterminer des critères
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Évaluer le potentiel de reperméabilisation à l&amp;#039;échelle du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Exploiter les résultats du diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaborer des solutions d&amp;#039;amélioration de la qualité de l&amp;#039;eau, la prévention des inondations, la régulation de l&amp;#039;îlot de chaleur urbain, le développement de paysages naturels, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer la gestion intégrée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser le zonage pluvial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fournir des recommandations concrètes pour une stratégie de reperméabilisation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Assister la construction de nouveaux projets d&amp;#039;aménagement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer la maîtrise d&amp;#039;ouvrage dans l&amp;#039;élaboration d&amp;#039;un cahier des charges
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyser les scénarios d&amp;#039;aménagement et de modalités d&amp;#039;exploitation associées (gestion différenciée, gestion naturelle, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Examiner, étudier les problématiques locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Grand Paris Seine &amp;amp; Oise
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude de faisabilité d&amp;#039;une politique d&amp;#039;infiltration des eaux pluviales dans des contextes hydrogéologiques sensibles (risque de dissolution du gypse).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Grand Narbonne Communauté d&amp;#039;Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des solutions pour la désimperméabilisation des sols du Grand Narbonne
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Toulouse Métropole
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toulouse Métropole lance une étude sur la débitumisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/ameliorer-gestion-vos-eaux-pluviales-leurs-interactions</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be77-ameliorer-la-gestion-de-vos-eaux-pluviales-et/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>161824</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Rembourser l'achat de matériel à visée de prévention des risques</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Remboursement de matériel</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale de retraites des agents des collectivités locales (CNRACL)</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
+          <t>Plafonné à 3 000 € ou 1 500 € selon le % d'affiliés</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le dispositif s&amp;#039;adresse aux employeurs de moins de 50 affiliés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le remboursement est destiné au financement de tout type de matériel ayant trait à la prévention des risques professionnels et prioritairement aux matériels techniques et d’équipements de protection individuelle.&lt;/p&gt;&lt;p&gt;Ce matériel doit être identifié comme utile à la prévention des risques professionnels et en lien avec votre DUERP (Document Unique d’Évaluation des Risques Professionnels).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Il est ouvert une fois sur l’exercice,&lt;/li&gt;&lt;li&gt;Il vise à couvrir 80 % de la dépense réalisée et est plafonné à 3 000 € TTC,&lt;/li&gt;&lt;li&gt;Il est minoré de 50 % pour les employeurs ayant moins de 50 % de leurs effectifs affiliés à la CNRACL.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;&lt;strong&gt;Il est précisé que sont notamment exclus du dispositif, les &lt;/strong&gt;:&lt;/em&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;sièges ergonomiques de bureau standard,&lt;/em&gt;&lt;/font&gt;&lt;/li&gt;&lt;li&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;aménagements de poste de travail prescrits par la médecine du travail à titre individuel et aménagements de poste au titre des travailleurs en situation de handicap,&lt;/em&gt;&lt;/font&gt;&lt;/li&gt;&lt;li&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;aménagements bâtimentaires et accessoires au bâti,&lt;/em&gt;&lt;/font&gt;&lt;/li&gt;&lt;li&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;montants ayant trait à de la facturation de main d’œuvre, aux abonnements et frais annexes (frais de port/préparation) …*&lt;/em&gt;&lt;/font&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;&lt;/em&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;&lt;/em&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;font face="Open Sans, sans-serif"&gt;&lt;em&gt;* liste non exhaustive&lt;/em&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les employeurs souhaitant déposer une demande, doivent :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;être immatriculés à la CNRACL et être à jour de leurs cotisations,&lt;/li&gt;&lt;li&gt;avoir au moins un agent affilié à la CNRACL,&lt;/li&gt;&lt;li&gt;avoir au moins un agent bénéficiaire du matériel affilié à la CNRACL,&lt;/li&gt;&lt;li&gt;disposer d’un document unique à jour,&lt;/li&gt;&lt;li&gt;ne pas avoir bénéficié d’un remboursement total ou partiel de ce matériel par d’autres organismes,&lt;/li&gt;&lt;li&gt;ne pas avoir déjà effectué une demande de remboursement de matériel auprès du FNP ,&lt;/li&gt;&lt;li&gt;ne pas mener de démarche en cours financée par le FNP,&lt;/li&gt;&lt;li&gt;remettre toutes les pièces attendues dans le dossier de demande d’accompagnement sur le site &lt;em&gt;Mes démarches simplifiées&lt;/em&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;ul&gt;&lt;/ul&gt;&lt;ul&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/remboursement-de-materiel</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/fnp-cnracl-accompagnement-financier-en-materiel</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/Contact-FNP&amp;#64;caissedesdepots.fr"&gt;Contact-FNP&amp;#64;caissedesdepots.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>celine.thenieres@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-aux-demarches-de-prevention-des-risques-professionnels-toutes-thematiques/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>165399</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Permettre à des jeunes de différents pays de se rencontrer, de vivre ensemble et de travailler sur des projets communs</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Erasmus+ Jeunesse - Projets de mobilité pour les jeunes - “Échanges de jeunes”</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Jeunesse et Sport
+Commission européenne</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 95</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>Le financement se fait essentiellement sur forfait (selon le nombre de participants, la durée de la mobilité et la distance parcourue). Des frais réels peuvent également être pris en charge (exemple : Visas).</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr" id="docs-internal-guid-0cb649b3-7fff-27f4-013a-1cb9eef688cf"&gt;Les échanges permettent à des groupes de jeunes de différents pays de se rencontrer, de vivre ensemble et de travailler sur des projets communs pendant de courtes périodes. Erasmus&amp;#43; soutient les activités de mobilité des jeunes à des fins d’apprentissage non formel se présentant sous la forme d’échanges de jeunes, dans le but d’autonomiser les jeunes et de leur donner les moyens de devenir des citoyens actifs, de les associer au projet européen et de les aider à acquérir et à développer des compétences utiles pour leur vie et leur avenir professionnel. Les échanges de jeunes sont des rencontres entre des groupes de jeunes issus d’au moins deux pays différents qui se rassemblent pendant une courte période pour mettre en œuvre conjointement un programme d’apprentissage non formel (un mélange d’ateliers, d’exercices, de débats, de jeux de rôle, de simulations, d’activités extérieures, etc.) sur un sujet qui les intéresse, en s’inspirant des objectifs pour la jeunesse européenne. Cet appel à projets s’inscrit dans le cadre de stratégie de l’Union européenne en faveur de la jeunesse 2019-2027.&lt;/p&gt;&lt;p dir="ltr"&gt;&lt;br /&gt;&lt;/p&gt;&lt;p dir="ltr"&gt;Les échanges de jeunes visent plus spécifiquement:  &lt;/p&gt;&lt;p dir="ltr"&gt;▪ à encourager l’apprentissage et le dialogue interculturels, ainsi qu’à nourrir le sentiment d’appartenance à l’Europe; &lt;/p&gt;&lt;p dir="ltr"&gt;▪ à développer les compétences et les attitudes des jeunes; &lt;/p&gt;&lt;p dir="ltr"&gt;▪ à renforcer les valeurs européennes et à éradiquer les préjugés et les stéréotypes; &lt;/p&gt;&lt;p dir="ltr"&gt;▪ à sensibiliser aux sujets de société pertinents et à stimuler ainsi l’engagement dans la société et la participation active à la vie démocratique. Cette action est ouverte à tous les jeunes, en particulier aux jeunes ayant moins d’opportunités.&lt;/p&gt;&lt;p dir="ltr"&gt;Le Youthpass (passeport jeunesse) permet de reconnaître les expériences d&amp;#039;apprentissage des participants. Ces échanges se déroulent en dehors du cadre scolaire. La période d’apprentissage comprend une période de planification avant la candidature, une phase de préparation préalable ainsi qu’une évaluation et un suivi après l’échange.&lt;/p&gt;&lt;p dir="ltr"&gt;La durée des échanges de jeunes varie entre &lt;strong&gt;5 et 21 jours&lt;/strong&gt;, voyage non inclus.&lt;/p&gt;&lt;p dir="ltr"&gt;Les échanges sont ouverts &lt;strong&gt;aux jeunes âgés de 13 à 30 ans&lt;/strong&gt;. Pour diriger un groupe dans le cadre d&amp;#039;un échange, il faut avoir au moins 18 ans. Les échanges sont généralement gérés par des organisations de jeunesse (associations), des collectivités locales, des groupes informels de jeunes ou d&amp;#039;autres organisations. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q49" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr" id="docs-internal-guid-cd7fdab1-7fff-2eef-c16a-1b8bb92f96db"&gt;&lt;strong&gt;Durée de l’activité : &lt;/strong&gt;De 5 à 21 jours, hors durée du voyage. &lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Lieu(x) de l’activité :&lt;/strong&gt; L’activité doit avoir lieu dans le pays de l’une (ou, en cas d’activités itinérantes, de plusieurs) des organisations participant à l’activité. Exception: les activités ne peuvent avoir lieu en Biélorussie ou en Russie. &lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Nombre d’organisations participantes :&lt;/strong&gt; Au minimum deux organisations participantes (au moins une organisation d’envoi et au moins une organisation d’accueil) de différents pays doivent prendre part au projet. Activités dans les États membres de l’UE et les pays tiers associés au programme: toutes les organisations participantes doivent être établies dans un État membre de l’UE ou un pays tiers associé au programme. Activités avec des pays tiers voisins de l’UE non associés au programme: l’activité doit associer au moins une organisation participante d’un État membre de l’UE ou d’un pays tiers associé au programme et une organisation participante d’un pays tiers voisin de l’UE non associé au programme (régions 1 à 4). &lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Participants éligibles :&lt;/strong&gt; les jeunes âgés de 13 à 30 ans résidant dans le pays de leur organisation d’envoi ou d’accueil. Les chefs de groupe, les facilitateurs et les accompagnateurs ne doivent pas être considérés comme des participants à l’activité, mais peuvent bénéficier d’un soutien au titre de certaines catégories budgétaires. Ils doivent être âgés d’au moins 18 ans. &lt;/p&gt;&lt;p dir="ltr"&gt;&lt;strong&gt;Nombre de participants par activité et composition des groupes nationaux :&lt;/strong&gt; Minimum 16 et maximum 60 participants par activité, minimum 4 participants par groupe. Pour les échanges de jeunes auxquels participent uniquement des jeunes ayant moins d’opportunités, le nombre minimal de participants est de 10. Au minimum deux groupes de jeunes issus de deux pays différents. Chaque groupe doit inclure au moins un chef de groupe. Au maximum deux facilitateurs par activité. &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.erasmusplus-jeunesse.fr/</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour des informations générales, contactez-nous via cette adresse mail: &lt;strong&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour trouver la personne de contact au sein de l&amp;#039;équipe selon votre région: &lt;a href="https://www.erasmusplus-jeunesse.fr/contacts-agence" target="_self"&gt;https://www.erasmusplus-jeunesse.fr/contacts-agence&lt;/a&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>erasmusplus@service-civique.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-a-des-jeunes-de-differents-pays-de-se-rencontrer-de-vivre-ensemble-et-de-travailler-sur-des-projets-communs/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>165498</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d'innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CREATIVE - Laboratoire d&amp;apos;innovation créative - 2026</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;7 021 561 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 7 021 561 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : pas de limite&lt;/li&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 80 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Promouvoir la coopération politique et les actions innovantes soutenant tous les volets du programme, en favorisant un environnement médiatique diversifié, indépendant et pluraliste ainsi que l&amp;#039;éducation aux médias&lt;/li&gt;    &lt;li&gt;Encourager les approches innovantes en matière de création, d&amp;#039;accès, de distribution et de promotion de contenus dans les secteurs culturels et créatifs et avec d&amp;#039;autres secteurs&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : encourager de nouvelles formes de création à la croisée de différents secteurs culturels et créatifs&lt;/li&gt;    &lt;li&gt;Priorité 2 : favoriser des approches et des outils intersectoriels innovants&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Longs métrages, animations et documentaires créatifs&lt;/li&gt;    &lt;li&gt;Œuvres audiovisuelles de fiction, animation&lt;/li&gt;    &lt;li&gt;Fiction interactive et non linéaire&lt;/li&gt;    &lt;li&gt;Jeux vidéo narratifs et expériences narratives immersives interactives&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cross-2026-innovlab_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CROSS-2026-INNOVLAB?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;CREA-CROSS-2026-INNOVLAB&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P50" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q50" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2026</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant au programme Europe créative : États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;      - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays participant au programme Europe créative et détenus directement ou indirectement, en totalité ou en majorité, par des ressortissants de ces pays.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les candidatures individuelles sont autorisées (bénéficiaires uniques), ainsi que les propositions soumises par un consortium d&amp;#039;au moins deux candidats (bénéficiaires ; pas d&amp;#039;entités affiliées).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-laboratoire-dinnovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CROSS-INNOVLAB&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-laboratoire-d-apos-innovation-creative-2026/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>165503</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>DITIGAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>DITIGAL EUROPE - Continent IA - 2026</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 3 millions et 3,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir l&amp;#039;adoption continue et l&amp;#039;expansion du domaine des données pour la fabrication&lt;/li&gt;    &lt;li&gt;Développer des solutions juridiques, techniques et commerciales afin de regrouper suffisamment de données et permettre aux développeurs d&amp;#039;IA de former des modèles d&amp;#039;IA générative&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : créer des cas d&amp;#039;utilisation dans le secteur manufacturier afin de débloquer des modèles d&amp;#039;IA avancés&lt;/li&gt;    &lt;li&gt;Priorité 2 : collecter des données massives et de haute qualité provenant d&amp;#039;environnements industriels réels, qui pourraient être utilisées pour former ou affiner des modèles d&amp;#039;IA générative pour le secteur manufacturier&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Projets de collecte de données&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles, si elles sont dument justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-dsm-ai-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-DSM-AI-09-DS-MANUFACTUR-STEP?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-DSM-AI-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE répertoriés et les pays suivants associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a target="_self"&gt;registre des participants&lt;/a&gt; — avant de soumettre la proposition — et devront être validés par le service central de validation (REA Validation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 3 entités, établies dans au moins 3 différents États membres de l’UE ou pays participant au programme doit être constitué&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/ditigal-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ditigal-europe-continent-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>165494</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>I3 INSTRUMENT - I3-2026-CAP2B - Capacité de construction - 2026</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;I3 - Investissements interrégionaux dans l’innovation - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;9,8 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 9,8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 500 000 et 1,5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Renforcer les capacités des régions moins développées afin qu&amp;#039;elles puissent développer et consolider leurs écosystèmes d&amp;#039;innovation régionaux et leurs chaînes de valeur&lt;/li&gt;    &lt;li&gt;Améliorer les capacités des autorités publiques et des intermédiaires en matière d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Renforcer les capacités afin de participer avec succès aux appels à projets relevant du volet 1 ou du volet 2a ou à d&amp;#039;autres programmes complémentaires de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Veiller à ce que les connaissances et les capacités acquises au cours du projet puissent être reproduites, adaptées et intégrées dans l&amp;#039;écosystème régional&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : Renforcer les écosystèmes régionaux d&amp;#039;innovation&lt;/li&gt;    &lt;li&gt;Priorité 2 : Faciliter la mobilisation des connaissances et des talents&lt;/li&gt;    &lt;li&gt;Priorité 3 : Accroître la propension à investir grâce à une meilleure planification des activités et des investissements&lt;/li&gt;    &lt;li&gt;Priorité 4 : Améliorer l&amp;#039;intégration de la chaîne de valeur grâce à la création d&amp;#039;écosystèmes et à des partenariats S3&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Actions de coordination et de soutien ciblant les acteurs régionaux&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Les propositions doivent inclure au moins une action clé (voir le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;call document&lt;/a&gt;).&lt;/p&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 18 et 24 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des extensions sont possibles, si elles sont dûment justifiées par un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/I3-2026-CAP2B?order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://eismea.ec.europa.eu/programmes/interregional-innovation-investments-i3-instrument_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Revitalisation
+Innovation, créativité et recherche
+International
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P52" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2025</t>
+        </is>
+      </c>
+      <c r="Q52" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale (organisme public ou privé)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établi dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;  - les pays de l&amp;#039;EEE et les pays associés à l&amp;#039;instrument I3 ou les pays qui sont en cours de négociation d&amp;#039;un accord d&amp;#039;association et où l&amp;#039;accord entre en vigueur avant la signature de la subvention (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/guidance/list-3rd-country-participation_i3_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Un consortium composé d’au moins 2 entités juridiques indépendantes représentant 2 écosystèmes régionaux de 2 pays éligibles différents doit être constitué. Autres conditions détaillées dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/i3/wp-call/2026/call-fiche_i3-2026-cap2b_en.pdf" target="_self"&gt;call document.&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EISMEA-I3-INSTRUMENT-CALLS&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/i3-instrument-i3-2026-cap2b-capacite-de-construction-2026/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>383</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt bonifié Vert</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>PSP Vert</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
-[...10 lines deleted...]
- Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les territoires ultramarins sont de plus en plus sensibles
+ aux impacts du changement climatique et aux risques
+ naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les soutenir, l&amp;#039;AFD accompagne la réalisation
+ des investissements s&amp;#039;inscrivant dans les objectifs
+ d&amp;#039;atténuation des effets du changement climatique, de
+ protection de la biodiversité, et de réduction des vulnérabilités
+ liées aux aléas climatiques, afin d&amp;#039;accélérer et
+ d&amp;#039;amplifier le
+ développement durable et la résilience de
+ ces territoires.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Caractéristiques du prêt :
  &lt;/strong&gt;
- &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type de prêt : prêt au secteur public bonifié
 &lt;/p&gt;
 &lt;p&gt;
  Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
 &lt;/p&gt;
 &lt;p&gt;
  Montant : pas de montant maximal de prêt
 &lt;/p&gt;
 &lt;p&gt;
- Plafonnement de la bonification (au 1er janvier 2020) :
-[...3 lines deleted...]
- Durée : de 3 à 25 ans, avec ou sans différé
+ Plafonnement de la bonification : 15 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans avec ou sans différé
 &lt;/p&gt;
 &lt;p&gt;
  Taux : prêt bonifié, à taux fixe ou taux variable
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;instruction : 0,5 %
 &lt;/p&gt;
 &lt;p&gt;
  Commission d&amp;#039;engagement : 0,5%
 &lt;/p&gt;
 &lt;p&gt;
- Amortissement : capital constant ou échéances constantes
+ Amortissement : capital constant ou échéances
+constantes
 &lt;/p&gt;
 &lt;p&gt;
  Échéances : trimestrielles, semestrielles ou annuelles
 &lt;/p&gt;
 &lt;p&gt;
  Mobilisation des fonds : possible dès la signature de la
 convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Risques naturels
+Qualité de l'air
+Biodiversité
+Mers et océans
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet d&amp;#039;investissement intégrant une dimension en
+faveur de l&amp;#039;atténuation au changement climatique et
+ de la préservation de la biodiversité ou de l&amp;#039;adaptation
+ au changement climatique et de la réduction des vulnérabilités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+  Atténuation et biodiversité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Efficacité et transition énergétique (production
+   d&amp;#039;énergie renouvelable : éolien, photovoltaïque, biomasse) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éco-quartiers (construction HQE ou norme équivalente) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et mise à niveau d&amp;#039;équipements et d&amp;#039;infrastructures de transport durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement intégrant une dimension atténuation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports collectifs et mobilités douces ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de circuits d&amp;#039;approvisionnement courts, investissements liés à la mise en œuvre du Plan Climat-Air-Énergie Territorial (PCAET) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de parc naturel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restauration des écosystèmes fragiles ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Prêt Secteur Public bonifié -Vert, « Composantes
+   Adaptation et vulnérabilité » :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction ou reconstruction aux normes parasismiques suite à destruction par un évènement climatique majeur, avec prise en compte des vulnérabilités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau et/ou assainissement traitant une vulnérabilité en lien avec le changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prévention des risques climatiques y compris les inondations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les algues sargasses ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet de lutte contre les épisodes de sécheresse ou canicules ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>71805</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’infrastructures d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), un développeur
+indépendant, un énergéticien, une entreprise ou un acteur financier et vous
+portez un projet de production, stockage ou distribution d’énergies
+renouvelables (EnR) ? La Banque des Territoires vous accompagne via des
+partenariats nationaux sous forme de holdings de projets, ou via des sociétés
+d’économie mixte (SEM) dédiées au développement des EnR pour démultiplier les
+projets développés, dans une démarche de concertation ou d’association des
+territoires.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous adressons les
+secteurs suivants : photovoltaïque, agrivoltaïsme, éolien terrestre,
+hydro-électricité, éolien en mer posé et flottant, accompagnement de
+l’émergence des projets innovants, comme l’hydrogène décarboné ou le stockage.
+Les modalités de financement diffèrent selon les projets : prise de
+participation minoritaire en fonds propres et quasi-fonds propres dans les
+structures de portage, co-investissement dans les SEM, etc. Contactez-nous pour
+que nous puissions étudier ensemble l’accompagnement le plus approprié pour
+vous.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=energies_renouvelables_psat</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-energies-renouvelables/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>143369</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir et gérer les déchets de chantier du BTP - Anticiper pour s’engager dans l’économie circulaire (Formation)</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Les déchets du BTP représentent le principal flux de déchets de l&amp;#039;Union Européenne. Leurs prévention et gestion est en enjeu incontournable pour les acteurs de l&amp;#039;acte de construire afin de promouvoir l&amp;#039;économie circulaire dans les territoires.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Une bonne gestion de ces déchets peut générer des effets bénéfiques considérables en matière de préservation des ressources non-renouvelables, d&amp;#039;amélioration de la qualité de vie et du développement d&amp;#039;un tissu économique local.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette formation s&amp;#039;inscrit comme un module d&amp;#039;amélioration des connaissances dans le domaine des déchets du BTP permettant de pousser le réemploi et la valorisation des déchets issus des chantiers du BTP et de faire le point sur le contexte réglementaire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtriser les fondamentaux d&amp;#039;une politique favorable au développement de l&amp;#039;économie circulaire des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître le rôle et les responsabilités des acteurs vis-à-vis de la prévention et de la gestion des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir caractériser les déchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concevoir une politique de gestion des déchets générés dans le cadre de la conception d&amp;#039;un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identifier sur le territoire les filières de traitement des déchets du BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les outils et les coûts de gestion des déchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les pratiques permettant de développer une économie circulaire des matériaux du BTP
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Commanditaires de travaux d&amp;#039;aménagement et de construction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénieur de bureaux d&amp;#039;études en environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maitres d&amp;#039;ouvrage et d&amp;#039;œuvre ainsi qu&amp;#039;entreprises du BTB
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services déconcentrés de l&amp;#039;Etat (MO DREAL), collectivités territoriales (Région, Département, Commune et agglomération)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Une bonne connaissance du déroulement des chantiers du BTP
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas
+ &lt;/li&gt;
+ &lt;li&gt;
+  Retours d&amp;#039;expérience
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie circulaire
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-prevenir-gerer-dechets-chantier-du-btp-anticiper-s</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f835-prevenir-et-gerer-les-dechets-de-chantier-du-/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>63646</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner à la création, au développement, à la consolidation et à la professionalisation d'un garage solidaire -SOLIDARAUTO</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Solidarauto</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité au quotidien des personnes en situation de précarité et de recherche d&amp;#039;emploi est un enjeu majeur, surtout dans les zones péri-urbaines et rurales qui manquent, dans la quasi-totalité des situations, de transports en commun. D&amp;#039;après le Laboratoire de la Mobilité Inclusive, 7 millions de personnes rencontrent des difficultés de mobilité pour leurs déplacements quotidiens et 1 personne sur 2 a déjà refusé un emploi à cause de difficultés de mobilité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  86% des français estiment que les problèmes de mobilité quotidienne sont un frein à l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  23% des français ont déjà renoncé à un job du fait des difficultés de mobilité pour s&amp;#039;y rendre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% des français estiment ne pas disposer d&amp;#039;un accès facile et rapide au réseau de transport local.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La problématique de la mobilité touche tous les territoires, et impacte les plus précaires tant sur leur insertion professionnelle et leur maintien dans l&amp;#039;emploi que sur leur mobilité sociale et personnelle.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Les garages Solidarauto ont fait le choix d&amp;#039;accueillir directement les bénéficiaires sous présentation d&amp;#039;un quotient familial et de s&amp;#039;entourer d&amp;#039;un réseau de &amp;#34;prescripteurs&amp;#34; qui redirigent les personnes vers le garage.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mission, valeurs, principes
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les structures SOLIDARAUTO ont pour mission principale d&amp;#039;aider à la mobilité des personnes rencontrant des difficultés sociales ou économiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Nos structures ont vocation à fonctionner dans un cadre partenarial. Elles prennent place dans leur environnement social et économique, dans une logique d&amp;#039;accompagnement global des personnes en difficulté. Elles s&amp;#039;inscrivent dans l&amp;#039;économie sociale et solidaire, sous une forme associative ou coopérative.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout en étant ouverts à tous, les garages solidaires pratiquent des tarifs en fonction des revenus des personnes, en utilisant comme base pour les définir une référence transparente et connue du grand public (quotient familial par exemple).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Notre activité de référence
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une structure Solidarauto gère en pratique un garage automobile solidaire, et est centré autour d&amp;#039;un modèle couvrant obligatoirement les activités suivantes, bases du modèle économique:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accueil, conseil, accompagnement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  réception des dons de véhicules
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  vente de véhicules d&amp;#039;occasion à un public à faibles ressources
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  entretien et réparation de véhicules
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une structure Solidarauto peut développer d&amp;#039;autres activités favorisant la mobilité de publics en recherche d&amp;#039;autonomie, soit seul, soit en partenariat, comme par exemple :
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions apprenantes, éducation, sensibilisation, initiation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Location
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Covoiturage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conduite accompagnée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garage connexe, en relais livraison-réparation ou pour des auto-réparations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plateforme de mobilité, activité d&amp;#039;aide à la mobilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Casse, démantèlement, dépollution
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Self-garage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Auto-école sociale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Retrouvez plus d&amp;#039;informations sur notre site: www.solidarauto.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie sociale et solidaire
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;engagement premier d&amp;#039;une structure Solidarauto est de favoriser la mobilité de personnes en situation de précarité afin de favoriser leur insertion personnelle et professionnelle.
+ &lt;/strong&gt;
+ Les garages Solidarauto sont tous des associations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://solidarauto.org/en-bref/</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://solidarauto.org/rejoindre-notre-reseau/</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Jean Giraudeau - Chargé de développement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ reseau.solidarauto&amp;#64;gmail.com
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>reseau.solidarauto@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c300-accompagner-a-la-creation-au-developpement-a-/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>142680</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Construire collectivement une stratégie ou un projet d'aménagement et se doter d'un plan d'actions partagé à l'échelle d'un grand territoire (Atelier Local)</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Tourisme Ingénierie Développement
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Démarche Atelier des territoires  : dispositif "Atelier Local"</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ PRÉSENTATION
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  OBJECTIFS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local vise à mobiliser, faire participer et fédérer les acteurs locaux autour d&amp;#039;une vision prospective, d&amp;#039;un projet de territoire et d&amp;#039;un plan d&amp;#039;actions. L&amp;#039;Atelier Local est un outil d&amp;#039;ingénierie de projet d&amp;#039;aménagement durable au service de la transition écologique et du développement territorial. A mobiliser en amont de la phase d&amp;#039;avant-projet, il permet aux collectivités de se doter d&amp;#039;un plan-guide stratégique à visée opérationnelle, lequel se décline en une feuille de route définissant les grands axes d&amp;#039;intervention et les actions-clés à mettre en place. Celles-ci sont organisées par thématique et par niveau de priorisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉCHELLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Atelier Local porte sur une échelle de réflexion intercommunale,laquelle peut-être toutefois plus vaste (échelle SCOT, PETR, OIN etc) ou plus éventuellement inférieure (échelle infra-intercommunale ou communale).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  THÉMATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier Local est un outil permettant aux territoires de s&amp;#039;engager pleinement dans la transition de leur modèle de développement soit plus particulièrement dans les transitions territoriales et urbaines, les transitions culturelles, sociales, économiques et citoyennes et les transitions environnementales et énergétiques, lesquelles sont abordées par le prisme de l&amp;#039;aménagement et de l&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Plus précisément, l&amp;#039;Atelier peut traiter des objets suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  projets en lien avec l&amp;#039;actualité législative et réglementaire (loi Climat et résilience, projets de loi Industrie verte, Accélération de la production d&amp;#039;énergies renouvelables etc)
+ &lt;/li&gt;
+ &lt;li&gt;
+  projets portés par l&amp;#039;État aménageur (OIN, PPA) et gestionnaire d&amp;#039;infrastructure stratégies croisant les politiques publiques (activités, risques (érosion, inondation, sécheresse) et ressources (eau, sols, air, biodiversité) naturelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  autres sujets innovants (coopération et transaction territoriale, transformation de l&amp;#039;écologie culturelle territoriale)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PILOTAGE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le pilotage local de la démarche est assuré par les services déconcentrés de l&amp;#039;Etat (DDT(M) ou DREAL) avec le cas échéant l&amp;#039;opérateur local de l&amp;#039;État (EPA, Agence de l&amp;#039;Eau etc), en lien étroit avec la ou les collectivités concernées. Le pilotage implique de lancer et mettre en œuvre le marché subséquent de l&amp;#039;accord-cadre multi-attributaire de la DGALN, c&amp;#039;est-à-dire d&amp;#039;accompagner les collectivités et l&amp;#039;équipe pluridisciplinaire dans toutes les phases de l&amp;#039;Atelier (lancement, animation in situ, approfondissement). L&amp;#039;Atelier Local requiert une forte mobilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement par l&amp;#039;équipe pluridisciplinaire, d&amp;#039;un montant environ de 100 000 €, est pris en charge à 100% par la DGALN. Les frais d&amp;#039;organisation des trois sessions d&amp;#039;ateliers (logistique et restauration) sont à la charge des co-porteurs de l&amp;#039;Atelier , principalement de la ou des collectivités.
+&lt;/p&gt;
+&lt;h4&gt;
+ ACCOMPAGNEMENT
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉQUIPES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois groupements sont titulaires de l&amp;#039;accord-cadre multi-attributaire à marchés subséquents de la DGALN. Mis en concurrence pour chacun des Ateliers Locaux dans le cadre des marchés subséquents, les groupements formulent une offre d&amp;#039;accompagnement spécifique. L&amp;#039;équipe est sélectionnée de manière collégiale par le service déconcentré qui pilote de l&amp;#039;Atelier, le cas échéant avec l&amp;#039;opérateur de l&amp;#039;État associé, et la ou les collectivités concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 1
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ LANCEMENT &amp;amp; CADRAGE : passation du marché subséquent et réunion de cadrage
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 2
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°1 : établissement d&amp;#039;un diagnostic et des enjeux
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 3
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°2 : définition d&amp;#039;une stratégie
+ &lt;br /&gt;
+ INTER-ATELIER - APPROFONDISSEMENT : analyse documentaire et entretiens et préparation de la phase suivante
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ÉTAPE 4
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ATELIER IN SITU - SESSION N°3 : élaboration d&amp;#039;une feuille de route
+&lt;/p&gt;
+&lt;p&gt;
+ PRODUCTION &amp;amp; RESTITUTION
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DURÉE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Durée totale : 10 à 12 mois
+&lt;/p&gt;
+&lt;p&gt;
+ Nombre de sessions d&amp;#039;ateliers : 3
+&lt;/p&gt;
+&lt;p&gt;
+ Durée des ateliers : 1 à 2 jours
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LIVRABLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  note de cadrage : méthodologie, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  carnet de suivi : déroulé, compte-rendu, propositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  rapport final : synthèse et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  feuille de route : objectifs, plan d&amp;#039;actions et de financement, calendrier
+ &lt;/li&gt;
+ &lt;li&gt;
+  livret de capitalisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
-[...1 lines deleted...]
-Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
-Personnes âgées
-[...3 lines deleted...]
-Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
-Education et renforcement des compétences
 Alimentation
 Commerces et services
-Formation professionnelle
-Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
-International
 Attractivité économique
+Appui méthodologique
+Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
+Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
-Mers et océans</t>
-[...2 lines deleted...]
-      <c r="O8" s="1" t="inlineStr">
+Industrie
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
-[...48 lines deleted...]
-  Les projets culturels et de valorisation du patrimoine.
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CANDIDATURE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de candidature est constitué collectivement les services de l&amp;#039;Etat (DDT(M) ou DREAL) et la commune et, le cas échéant, son EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les pièces
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Le dossier est constitué des pièces suivantes : la fiche de candidature, un courrier de soutien signé par le maire de la commune et/ou le président de l&amp;#039;EPCI et un courrier de soutien signé par le préfet ou le sous-préfet adressé à la Sous-direction de l&amp;#039;Aménagement durable (AD1/DHUP/DGALN).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA FICHE DE CANDIDATURE
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle comporte plusieurs sections à renseigner :
+ &lt;br /&gt;
+ Section 1 - les porteurs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 2 - la localisation de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 3 - l&amp;#039;objet de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 4 - les objectifs de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Section 5 - les ressources de l&amp;#039;Atelier
+ &lt;br /&gt;
+ Annexe 1 - les dynamiques du territoire
+ &lt;br /&gt;
+ Annexe 2 - les dynamiques d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour renseigner la fiche de candidature, il est nécessaire, d&amp;#039;une part, de bien identifier, d&amp;#039;une part, l&amp;#039;intention de la stratégie d&amp;#039;aménagement à travailler, ses thématiques, son secteur, ses enjeux et ses problématiques, et d&amp;#039;autre part, les acteurs à mobiliser et les ressources documentaires fournir à l&amp;#039;équipe pluridisciplinaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉROULEMENT
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Manifestation mutuelle d&amp;#039;intérêt et échange entre la collectivité et la DDT(M) ou la DREAL sur l&amp;#039;opportunité d&amp;#039;une candidature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise de contact par les services de l&amp;#039;Etat du bureau des Stratégies territoriales de la DGALN (AD1/DHUP/DGALN) pour échanger sur l&amp;#039;opportunité de la candidature. Si l&amp;#039;opportunité est caractérisée, alors la DGALN transmet la fiche de candidature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration de la fiche de candidature par la collectivité et les services de l&amp;#039;Etat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signature des courriers de soutien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi des documents à la DGALN
+ &lt;/li&gt;
+ &lt;li&gt;
+  Echange entre la DGALN et les co-porteurs, le cas échéant, sur le dossier de candidature
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DGALN analyse les dossiers de candidature et évalue leur éligibilité, au fil de l&amp;#039;eau. Les porteurs du dossier sont informés de la validation de l&amp;#039;éligibilité. Environ 30 candidatures sont sélectionnées chaque année.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez le kit technique de l&amp;#039;Atelier local : https://www.atelier-territoires.logement.gouv.fr/ateliers-locaux-presentation-a222.html
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités : contacter la DDT(M) de votre départemental ou la DREAL de votre région.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les DDT(M) ou les DREAL : contacter le Bureau AD1 Stratégies territoriales de la DHUP de la Direction générale de l&amp;#039;Aménagement, du Logement et de la Nature (DGALN) :
+ &lt;a href="mailto:atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr" target="_self"&gt;
+  atelier-des-territoires.ad1.dhup.dgaln&amp;#64;developpement-durable.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>ad1.dgaln@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6ca3-construire-collectivement-une-strategie-ou-un/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>133037</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et des travaux sur les monuments historiques</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>France Ruralités</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Études et travaux sur monuments historiques</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaque année, plusieurs milliers d&amp;#039;immeubles et d&amp;#039;objets mobiliers protégés au titre des monuments historiques (MH) font l&amp;#039;objet d&amp;#039;études et de travaux d&amp;#039;entretien, de réparation, de restauration ou de mise en sécurité. Les propriétaires d&amp;#039;immeubles ou d&amp;#039;objets mobiliers classés ou inscrits au titre des monuments historiques peuvent, sous certaines conditions, bénéficier de subventions pour ces études et travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce qu&amp;#039;un monument historique ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un monument historique est un
+ &lt;strong&gt;
+  immeuble
+ &lt;/strong&gt;
+ (bâti ou non bâti : bâtiment, ouvrage d&amp;#039;art, jardin, place publique, grotte ornée, site archéologique, etc.) ou un
+ &lt;strong&gt;
+  objet mobilier
+ &lt;/strong&gt;
+ (objet d&amp;#039;art, meuble, orgue, bateau, machine, etc.) recevant un
+ &lt;strong&gt;
+  statut juridique destiné à le protéger pour son intérêt
+ &lt;/strong&gt;
+ historique, artistique, technique ou scientifique afin qu&amp;#039;il soit conservé, restauré et mis en valeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce statut de « monument historique » est une reconnaissance par la Nation de l&amp;#039;intérêt patrimonial d&amp;#039;un bien. Cette protection implique une responsabilité partagée entre les propriétaires et la collectivité nationale au regard de sa conservation et de sa transmission aux générations à venir.
+&lt;/p&gt;
+&lt;p&gt;
+ Il existe deux niveaux de protection au titre des monuments historiques : l&amp;#039;inscription et le classement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   monuments historiques classés
+  &lt;/strong&gt;
+  sont des
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006845801/" rel="noopener" target="_blank"&gt;
+   immeubles
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou des
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006845875" rel="noopener" target="_blank"&gt;
+   objets mobiliers
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  dont la protection et la conversation
+  &lt;strong&gt;
+   présentent, du point de vue de l&amp;#039;histoire ou de l&amp;#039;art, un intérêt public
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les
+  &lt;strong&gt;
+   monuments inscrits
+  &lt;/strong&gt;
+  sont des
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006845840" rel="noopener" target="_blank"&gt;
+   immeubles
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou des
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006845902?init&amp;#61;true&amp;amp;page&amp;#61;1&amp;amp;query&amp;#61;L.&amp;#43;622-7&amp;amp;searchField&amp;#61;ALL&amp;amp;tab_selection&amp;#61;all" rel="noopener" target="_blank"&gt;
+   objets mobiliers
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  qui, sans justifier d&amp;#039;une demande de classement,
+  &lt;strong&gt;
+   présentent un intérêt suffisant pour en rendre désirable la préservation
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vous souhaitez en savoir plus sur le statut juridique particulier des monuments historiques ? Rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Monuments-Sites" rel="noopener" target="_blank"&gt;
+  En savoir plus
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez rechercher un bien protégé au titre des monuments historiques ? Consultez la plateforme ouverte du patrimoine (base Mérimée pour les immeubles et base Palissy pour les objets mobiliers) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pop.culture.gouv.fr/" rel="noopener" target="_blank"&gt;
+  Plateforme ouverte du patrimoine
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez géolocaliser un bien protégé au titre des monuments historiques ? Consultez l&amp;#039;atlas des patrimoines :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://atlas.patrimoines.culture.fr/atlas/trunk/" rel="noopener" target="_blank"&gt;
+  Atlas des patrimoines
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Qu&amp;#039;est-ce que l&amp;#039;aide en faveur des études, de l&amp;#039;entretien, de la restauration et de la mise en sécurité des monuments historiques ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les propriétaires peuvent, sous certaines conditions, bénéficier de subventions octroyées par le ministère de la Culture : le ministère de la Culture soutient les propriétaires de biens classés ou inscrits au titre des monuments historiques, responsables de la conservation de leur immeuble ou objet mobilier.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subventions sont déposées auprès de / adressées aux services déconcentrés du ministère de la Culture (DRAC/DAC/DCJS) par les maîtres d&amp;#039;ouvrage responsables des travaux envisagés sur des biens protégés au titre des monuments historiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Le service déconcentré du ministère de la Culture apprécie l&amp;#039;intérêt général de l&amp;#039;opération, la priorité des travaux et l&amp;#039;application de critères de modulation du taux pour définir l&amp;#039;éligibilité et le montant de la subvention, en tenant compte des crédits disponibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi les taux moyens de subvention sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  40 % sur un immeuble classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 % pour un immeuble inscrit au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour un objet mobilier classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  30 % pour un objet mobilier inscrit au titre des monuments historiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;attribution d&amp;#039;une subvention par l&amp;#039;État, dans la limite des crédits disponibles, est une possibilité et non un droit.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services déconcentrés du ministère de la Culture, dans le cadre du contrôle scientifique et technique, aident les propriétaires, à définir les travaux adaptés et les conseillent sur le choix d&amp;#039;une
+ &lt;a href="https://www.culture.gouv.fr/fr/Thematiques/Monuments-Sites/Acteurs-metiers-formations/Les-partenaires/Les-maitres-d-aeuvre" rel="noopener" target="_blank"&gt;
+  maîtrise d&amp;#039;œuvre
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ qualifiée pour les immeubles classés et les orgues.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;échanger sur l&amp;#039;éligibilité du projet et pour la bonne constitution du dossier, il est recommandé de consulter, en amont de la demande de subvention, le service déconcentré du ministère de la Culture (conservation régionale des monuments historiques) de la région dans laquelle se situe le monument historique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;opération doit porter sur la
+ &lt;strong&gt;
+  conservation
+ &lt;/strong&gt;
+ (entretien, réparation, mise en sécurité) ou la
+ &lt;strong&gt;
+  restauration
+ &lt;/strong&gt;
+ d&amp;#039;un immeuble ou d&amp;#039;un objet mobilier inscrit ou classé au titre des monuments historiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément au décret du 25 juin 2018 relatif aux subventions de l&amp;#039;État pour des projets d&amp;#039;investissement, aucun commencement d&amp;#039;exécution du projet ne peut être opéré avant la date de réception par le service déconcentré du ministère de la Culture de la demande de subvention. Le commencement d&amp;#039;exécution est réputé constitué par le premier acte juridique passé pour la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, pour les travaux de restauration, il est conseillé de joindre l&amp;#039;accusé de réception de la demande d&amp;#039;autorisation de travaux, voire de déposer la demande de subvention concomitamment à la demande d&amp;#039;autorisation de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus sur la demande d&amp;#039;autorisation, rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Monuments-Sites/Interventions-demarches/Travaux-sur-un-objet-un-immeuble-un-espace" rel="noopener" target="_blank"&gt;
+  En savoir plus sur la demande d&amp;#039;autorisation de travaux
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs de la démarche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions de l&amp;#039;État pour l&amp;#039;entretien, la réparation, la restauration ou la mise en sécurité des monuments historiques constituent un levier majeur de
+ &lt;strong&gt;
+  préservation du patrimoine national
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Tous les ans, plus de 6 000 opérations sont engagées sur plus de 3 500 immeubles inscrits ou classés. Près de 1 000 opérations sont engagées chaque année sur les objets mobiliers, notamment les orgues.
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions accordées par l&amp;#039;État ont un effet de levier important (1,67 en 2021). L&amp;#039;investissement qu&amp;#039;elles génèrent permet à de nombreuses entreprises (TPE et PME), hautement qualifiées, de se maintenir, de se développer et de préserver leurs savoir-faire et compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propriétaires privés de monuments historiques (immeubles ou objets mobiliers) peuvent bénéficier en outre d&amp;#039;un régime fiscal particulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus sur les subventions et dispositifs fiscaux, rendez-vous ici :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.culture.gouv.fr/Thematiques/Monuments-Sites/Interventions-demarches/Subventions-et-dispositifs-fiscaux" rel="noopener" target="_blank"&gt;
+  En savoir plus sur les subventions et dispositifs fiscaux
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Sanctions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les infractions constatées, telles que la destruction, la dégradation ou la détérioration d&amp;#039;un immeuble ou d&amp;#039;un objet mobilier protégé sont
+ &lt;a href="https://www.culture.gouv.fr/fr/Thematiques/Monuments-Sites/Interventions-demarches/Sanctions-administratives-et-penales" rel="noopener" target="_blank"&gt;
+  sanctionnées par les dispositions du code du patrimoine, du code de l&amp;#039;urbanisme et du code pénal
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de subvention versé aux bénéficiaires dépend notamment des crédits disponibles, de la nature des travaux à réaliser et de leur complexité, et des capacités financières du pétitionnaire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;assiette pour le calcul de la subvention est le montant des travaux éligibles sur les parties protégées au titre des monuments historiques uniquement. Le calcul est effectué hors taxes (HT) pour les propriétaires publics et les sociétés, qui récupèrent la TVA, et toutes taxes comprises (TTC) pour les propriétaires privés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités territoriales (à l&amp;#039;exception de celles situées en outre-mer) qui assurent la maîtrise d&amp;#039;ouvrage des travaux d&amp;#039;investissement sur leurs propres monuments historiques doivent apporter au moins 20 % du montant total des financements publics, sauf dérogation du préfet de département.
+&lt;/p&gt;
+&lt;p&gt;
+ La dotation d&amp;#039;équipement des territoires ruraux (DETR) et la dotation de soutien à l&amp;#039;investissement local (DSIL) ne peuvent bénéficier directement aux travaux de restauration des immeubles protégés au titre des monuments historiques, mais peuvent financer des travaux d&amp;#039;équipements sur ces mêmes édifices.
+&lt;/p&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  taux moyens
+ &lt;/strong&gt;
+ de subvention sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  40 % sur un immeuble classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 % pour un immeuble inscrit au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour un objet mobilier classé au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  30 % pour un objet mobilier inscrit au titre des monuments historiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément à l&amp;#039;article 7 du décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;État pour des projets d&amp;#039;investissement, l&amp;#039;autorité compétente dispose d&amp;#039;un délai maximum de
+ &lt;strong&gt;
+  huit mois
+ &lt;/strong&gt;
+ à compter de la date d&amp;#039;accusé de réception de la demande de subvention pour instruire la demande et attribuer la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément à l&amp;#039;article 12 du même décret :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le versement de la subvention est effectué sur justification de la réalisation du projet et de la conformité de ses caractéristiques avec celles visées par la décision attributive
+ &lt;/li&gt;
+ &lt;li&gt;
+  une avance peut être versée lors du commencement d&amp;#039;exécution du projet. Sauf dispositions particulières prévues dans la réglementation européenne relative aux fonds structurels et d&amp;#039;investissement, cette avance ne peut excéder 30 % du montant maximum de la subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  des acomptes peuvent être versés au fur et à mesure de l&amp;#039;avancement du projet, sans pouvoir excéder 80 % du montant maximum de la subvention. Ce taux peut être porté à 90 % pour les projets dont le délai de réalisation excède 48 mois.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;examen des dossiers et la détermination du montant de la subvention prennent en compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les caractéristiques particulières du monument historique
+ &lt;/li&gt;
+ &lt;li&gt;
+  son état actuel (notamment l&amp;#039;urgence en terme de conservation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la nature des travaux projetés (notamment leur complexité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les efforts consentis par le propriétaire ou toute autre personne intéressée à la conservation du monument
+ &lt;/li&gt;
+ &lt;li&gt;
+  la disponibilité des crédits budgétaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  le montant de la participation éventuelle des autres collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les objets mobiliers, l&amp;#039;existence d&amp;#039;un projet de mise en valeur avec présentation au public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation de l&amp;#039;État dépend du niveau de protection du bien (inscrit ou classé) et des disponibilités budgétaires l&amp;#039;année considérée. Les subventions accordées par les services déconcentrés du ministère de la Culture sont toutefois cumulables avec d&amp;#039;autres sources de financement (subventions de la Région, du Département, de l&amp;#039;Union européenne, mécénats, dons, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt des dossiers s&amp;#039;effectue tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dossier de demande de subvention doit, dans le cas général, être déposé l&amp;#039;année précédant celle de la réalisation du projet.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Église Saint-Yves - Minihy Tréguier (Côtes d&amp;#039;Armor)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;opération : 1,3 M€ subventionnés à hauteur de 50% par le ministère de la Culture au titre du Fonds Incitatif et Partenarial
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet porté par la commune de Minihy Tréguier accompagnée par la DRAC Bretagne vise à une restauration complète de l&amp;#039;édifice (façades, clocher, intérieurs). Les travaux ont débuté en 2020 et devraient s&amp;#039;achever en 2023.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fort Cigogne - Fouesnant (Finistère)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;opération : 2,9 M€ subventionnés à hauteur de 25% par le ministère de la Culture au titre de la Mission Patrimoine en Péril
+&lt;/p&gt;
+&lt;p&gt;
+ Porté par la commune de Fouesnant - Les Glénans le projet vise à la restauration complète et à la mise en valeur de ce fort construit dans la seconde partie du XVIIIe siècle. Les travaux ont débuté en 2019 et devraient se poursuivre jusqu&amp;#039;en 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Collégiale Notre-Dame de l&amp;#039;Assomption - Crécy la Chapelle (Seine-et-Marne)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de l&amp;#039;opération : 139 800 € HT subventionnés à hauteur de 50% par le ministère de la Culture au titre du Fonds Incitatif et Partenarial
+&lt;/p&gt;
+&lt;p&gt;
+ Phasé en cinq étapes, le projet de restauration globale de cet édifice du XIIIe siècle a commencé en 2021 par la réfection de la toiture et en 2022 par la restauration des parements intérieurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout propriétaire d&amp;#039;un monument historique peut déposer un dossier, et notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les collectivités territoriales et leurs groupements au sens de l&amp;#039;
+  &lt;a href="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000037739105/2019-04-01" rel="noopener" target="_blank"&gt;
+   article L. 5111-1 du code général des collectivités territoriales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  les personnes morales (associations, fondations, entreprises, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les immeubles ou objets mobiliers classés ou inscrits au titre des monuments historiques en application du code du patrimoine sont éligibles aux aides financières de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Le propriétaire (particulier ou personne morale publique ou privée) ou l&amp;#039;affectataire domanial d&amp;#039;un bien protégé au titre des monuments historiques a la responsabilité de sa conservation. Il est le maître d&amp;#039;ouvrage des travaux qu&amp;#039;il planifie. À ce titre, il lui revient de solliciter une subvention auprès du service déconcentré du ministère de la Culture de la région dans laquelle se trouve le monument historique. S&amp;#039;il délègue sa maîtrise d&amp;#039;ouvrage à un tiers, le mandataire devra faire la preuve de son lien juridique avec le propriétaire pour demander la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions accordées par les services déconcentrés du ministère de la Culture ne sont pas versées de plein droit aux propriétaires maîtres d&amp;#039;ouvrage mais dépendent des crédits disponibles et tiennent compte de plusieurs critères.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les travaux éligibles à ces subventions de l&amp;#039;État sont ceux nécessaires à la conservation (entretien, réparation, mise en sécurité) et à la restauration des parties (extérieures ou intérieures) classées ou inscrites au titre des monuments historiques des immeubles ou des objets mobiliers classés ou inscrits au titre des monuments historiques
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;entretien
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de réparation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;urgence : clôture de chantier, étaiement, consolidation, couverture provisoire, purges, déposes d&amp;#039;éléments en péril, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et par ailleurs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les missions de maîtrise d&amp;#039;œuvre afférentes à ces travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études d&amp;#039;évaluation et de diagnostic préalables aux travaux de restauration, incluant le cas échéant les expertises historiques, scientifiques et techniques, pour les immeubles
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de mise en sécurité strictement nécessaires à la conservation de l&amp;#039;immeuble (dispositifs de sécurité incendie, suppression ou neutralisation de réseaux ou d&amp;#039;installations techniques présentant un risque pour la sécurité, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux permettant de garantir la sûreté des objets mobiliers protégés au titre des monuments historiques conservés dans un immeuble protégé ou non au titre des monuments historiques (soclage, fixation, vitrine, protection électronique, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les missions de maîtrise d&amp;#039;œuvre afférentes aux travaux de réparation, relevage et restauration des orgues classés ou inscrits au titre des monuments historiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études préalables aux travaux ou interventions de conservation et de restauration, incluant le cas échéant les expertises historiques, scientifiques et techniques, pour les objets mobiliers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ À noter : Les travaux de reconstitution (aussi appelés « restitution ») sont des travaux de restauration. Cependant, leur financement n&amp;#039;est pas prioritaire, sauf si la reconstitution est indispensable à la conservation du MH (reconstitution d&amp;#039;une toiture).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non éligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les immeubles protégés au titre des monuments historiques,
+ &lt;strong&gt;
+  ne sont pas éligibles les travaux de modification, les aménagements et les opérations de maintenance
+ &lt;/strong&gt;
+ , tels que :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de rénovation (remise à neuf) d&amp;#039;éléments sans valeur patrimoniale (travaux d&amp;#039;aménagements ou de décoration)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux d&amp;#039;extension et d&amp;#039;aménagement d&amp;#039;espaces supplémentaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création de mobilier
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création artistique (ces interventions relèvent le cas échéant des aides en faveur de la création artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création de mobilier liturgique et d&amp;#039;instruments de musique
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation d&amp;#039;installations de réseaux électriques, de chauffage, de plomberie, d&amp;#039;installations sanitaires, etc. si elle ne relève pas de travaux de sécurité nécessaires à la conservation de l&amp;#039;immeuble
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation ou la mise en œuvre de systèmes de mise en lumière
+ &lt;/li&gt;
+ &lt;li&gt;
+  les vérifications périodiques des fluides, éclairage, chauffage, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements ou les installations liés à l&amp;#039;accessibilité (création et entretien des ascenseurs, rampes, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par principe,
+ &lt;strong&gt;
+  les travaux sur des parties non protégées d&amp;#039;un immeuble partiellement protégé au titre des monuments historiques ne sont pas éligibles
+ &lt;/strong&gt;
+ . Une exception existe à ce principe pour les travaux qui sont strictement nécessaires à la conservation de la partie protégée de l&amp;#039;immeuble.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-monuments-historiques</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les conservations régionales des monuments historiques dans les services déconcentrés du ministère de la Culture sont les interlocuteurs des propriétaires de monuments historiques pour les accompagner et les conseiller dans leurs projets d&amp;#039;études ou de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conservations régionales des monuments historiques dans les services déconcentrés du ministère de la Culture sont les interlocuteurs des propriétaires de monuments historiques pour les accompagner et les conseiller dans leurs projets d&amp;#039;études ou de travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question sur les travaux sur monuments historiques (immeubles, objets mobiliers et orgues), vous êtes invités à vous adresser au service déconcentré du ministère de la Culture territorialement compétent :
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:subvention.crmh.drac.ara&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   subvention.crmh.drac.ara&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bourgogne-Franche-Comté
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh.drac.bfc&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh.drac.bfc&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Bretagne
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demandes-crmh.bretagne&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demandes-crmh.bretagne&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Centre-Val de Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:secretariat-crmh.drac-centre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   secretariat-crmh.drac-centre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Corse
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:crmh.corse&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   crmh.corse&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Grand Est
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:secretariat.crmh-drac.acal&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   secretariat.crmh-drac.acal&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Hauts-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh.drac.hdf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh.drac.hdf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Ile-de-France
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh.dracidf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh.dracidf&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Normandie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:coordination.patrimoine.drac.normandie&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   coordination.patrimoine.drac.normandie&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Nouvelle Aquitaine
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh-bordeaux.drac.nouvelleaquitaine&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh-bordeaux.drac.nouvelleaquitaine&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Occitanie
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:crmh.drac.occitanie&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   crmh.drac.occitanie&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Pays de la Loire
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:demarches.crmh.drac.pdl&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   demarches.crmh.drac.pdl&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:secretariat-crmh.paca&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   secretariat-crmh.paca&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guadeloupe
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:courriers.guadeloupe&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   courriers.guadeloupe&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Guyane
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:guyane&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   guyane&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  La Réunion
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:la-reunion&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   la-reunion&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Martinique
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:secretaire.martinique&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   secretaire.martinique&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Mayotte
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:dac-mayotte&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   dac-mayotte&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Barthélemy
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:courriers.guadeloupe&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   courriers.guadeloupe&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Martin
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:courriers.guadeloupe&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   courriers.guadeloupe&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;a&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/a&gt;
+&lt;/h2&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizaraga&amp;#64;spm975.gouv.fr" rel="noopener" target="_blank"&gt;
+   rosiane.de-lizaraga&amp;#64;spm975.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci d&amp;#039;indiquer dans le titre de votre courriel le département et la commune, ainsi que l&amp;#039;appellation/dénomination du monument historique concerné.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bb9d-aide-aux-etudes-et-travaux-sur-monuments-hist/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>142826</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la sécurité des déplacements des usagers</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Améliorer la sécurité des déplacements des usagers
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accident de la circulation résulte, le plus souvent, de la conjonction de multiples éléments liés au comportement du conducteur, à l&amp;#039;état du véhicule et à la qualité de l&amp;#039;infrastructure. Si le comportement des impliqués est à l&amp;#039;origine de la plupart des accidents de la circulation, il est souvent induit par une configuration inappropriée de l&amp;#039;infrastructure.
+ &lt;strong&gt;
+  L&amp;#039;action sur l&amp;#039;infrastructure routière et sur l&amp;#039;espace public reste donc l&amp;#039;un des leviers majeurs d&amp;#039;une démarche d&amp;#039;amélioration de la sécurité des déplacements.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les objectifs de sécurité sont à articuler avec d&amp;#039;autres objectifs de l&amp;#039;action sur la ville ou sur le réseau routier : accessibilité, attractivité, qualité de l&amp;#039;espace public, équité sociale, valeurs patrimoniales, développement des modes doux, ... Les aménagements doivent intégrer la mixité croissante des usages de l&amp;#039;espace public (véhicules individuels, transports en commun, cycles, piétons, deux-roues motorisés, etc.) dont les besoins et contraintes sont parfois divergents, et dont la cohabitation peut être source de conflits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema réalise des études pour améliorer la sécurité des déplacements des usagers. Ces études comprennent quatre phases ayant des objectifs bien distincts afin de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir et hiérarchiser les enjeux de sécurité sur un territoire, un réseau, un itinéraire, un quartier, à partir du fichier des accidents, pour connaître
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudier les mécanismes d&amp;#039;accidents à partir de l&amp;#039;exploitation des procédures d&amp;#039;accidents, de l&amp;#039;analyse des comportements et de l&amp;#039;environnement, pour comprendre et identifier les pistes d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en œuvre des actions de sécurité par l&amp;#039;aménagement ou par l&amp;#039;information et la sensibilisation, pour agir ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluer les actions mises en œuvre.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/ameliorer-securite-deplacements-usagers</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7a67-ameliorer-la-securite-des-deplacements-des-us/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>63650</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les logements à la perte d'autonomie</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F60" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez sur votre territoire une population en perte d&amp;#039;autonomie (personnes âgées, personnes en situation de handicap) qui souhaite rester vivre chez elle dans les meilleures conditions. Vous souhaitez donc développer un parc de logements adaptés.
+ &lt;br /&gt;
+ Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention pertinent, pour calibrer les besoins d&amp;#039;adaptation du parc privé sur votre territoire et convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+ &lt;br /&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Programme d&amp;#039;intérêt général (PIG )
+  &lt;/strong&gt;
+  dédié à l&amp;#039;adaptation des logements à la perte d&amp;#039;autonomie : il s&amp;#039;applique sur une échelle relativement vaste, qui peut aller par exemple de l&amp;#039;agglomération au département. Un opérateur est chargé de repérer les personnes souhaitant adapter leur logement. Cet opérateur explique la démarche et propose un accompagnement gratuit pour le montage du projet et pendant tout son déroulement.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH)
+  &lt;/strong&gt;
+  avec un volet &amp;#34;autonomie&amp;#34;. L&amp;#039;OPAH permet de cibler votre action à une échelle resserrée, un quartier par exemple. Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat. L&amp;#039;offre de commerces, d&amp;#039;équipements et de services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du quartier.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Établir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+ : Cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Financer la phase opérationnelle
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah participe de deux manières au financement de l&amp;#039;opération dont vous êtes le maître d&amp;#039;ouvrage. Elle verse directement des aides aux travaux aux propriétaires privés (sous condition) et participe au financement du suivi et de l&amp;#039;animation de l&amp;#039;opération.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage  ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 35 % des dépenses HT dans la limite annuelle de 87 500 € d&amp;#039;aide de l&amp;#039;Anah. Ce taux est porté à 50 % en cas d&amp;#039;OPAH-RU dans la limite annuelle de 125 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une prime variable s&amp;#039;ajoute au montant de la partie fixe .Cette prime est versée en fonction du nombre de logements de propriétaires occupants et bailleurs engagés dans des travaux d&amp;#039;adaptation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+ &lt;br /&gt;
+ L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Association de la rénovation énergétique et de l&amp;#039;adaptation au handicap/vieillissement dans le Calvados :
+ &lt;a href="https://www.anah.fr/dossiers/calvados-aide-a-lautonomie-et-habiter-mieux-une-association-efficace/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Handicap
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/adapter-les-logements-a-la-perte-dautonomie/preparer-votre-intervention/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/62f3-adapter-les-logements-a-la-perte-dautonomie/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>60115</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Implanter France Services dans mon territoire</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F61" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vos enjeux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez faciliter l&amp;#039;accès aux services publics sur votre territoire et fournir un service moderne et de qualité, adapté aux besoins des citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;offre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ France Services a pour vocation de permettre à chaque citoyen, quel que soit l&amp;#039;endroit où il vit, d&amp;#039;accéder aux services publics et d&amp;#039;être accueilli dans un lieu unique, par des personnes formées et disponibles, pour effectuer ses démarches du quotidien.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque structure labellisée bénéficie d&amp;#039;une aide de fonctionnement de 30 000 € par an. Les dépenses liées à la formation des agents, à l&amp;#039;animation du réseau et au déploiement des outils informatiques sont également prises en charge.
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;à 80 % des dépenses d&amp;#039;investissement liées à la création d&amp;#039;une France Services peuvent en outre être couvertes, via la dotation d&amp;#039;équipement des territoires ruraux ou la dotation de soutien à l&amp;#039;investissement local.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est de déployer au moins 800 France Services d&amp;#039;ici 2022 dans les territoires engagés dans le programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cohesion-territoires.gouv.fr/france-services</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si vous souhaitez candidater au programme
+ &lt;em&gt;
+  Petites villes de demain
+ &lt;/em&gt;
+ , contactez votre préfecture de département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fcac-implanter-france-services-dans-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>63648</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Lutter contre l'habitat indigne et dégradé</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I62" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 100</t>
+        </is>
+      </c>
+      <c r="J62" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;habitat ancien sur votre territoire peut parfois s&amp;#039;avérer en très mauvais état et se traduire pour certains habitants par des conditions de vie indignes,  qui peuvent générer des risques pour leur santé et leur sécurité. L&amp;#039;intervention publique permet de mener des actions incitatives et/ou coercitives pour réhabiliter le parc de logements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. L&amp;#039;Anah peut participer à leur financement, il faut pour cela vous adresser à votre Direction départementale des territoires (DDT). Celle-ci met à votre disposition les outils statistiques et méthodologiques nécessaires pour bien calibrer vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préparatoires ont pour objectif d&amp;#039;élaborer un diagnostic partagé entre l&amp;#039;ensemble des partenaires que vous souhaitez impliquer dans le projet. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention afin de convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Programme d&amp;#039;intérêt général (PIG) dédié à l&amp;#039;habitat indigne
+  &lt;/strong&gt;
+  : il s&amp;#039;applique sur une échelle relativement vaste, qui peut aller par exemple de l&amp;#039;agglomération au département. Un opérateur est chargé de repérer les logements concernés. Cet opérateur explique la démarche aux propriétaires et propose un accompagnement gratuit pour le montage du projet et pendant tout son déroulement.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH) avec un volet &amp;#34;habitat indigne&amp;#34; :
+  &lt;/strong&gt;
+  l&amp;#039;objet de l&amp;#039;OPAH plus large que celui du PIG. Elle comprend plusieurs volets dont le volet &amp;#34;habitat indigne&amp;#34; et permet de cibler votre action à une échelle resserrée, un quartier par exemple. Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat ainsi que des actions coercitives (travaux d&amp;#039;office, recyclage foncier, restauration immobilière..) . L&amp;#039;offre de commerces, d&amp;#039;équipements et de services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du territoire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Établir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+ : cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Financer la phase opérationnelle
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah participe de deux manières au financement de l&amp;#039;opération dont vous êtes le maître d&amp;#039;ouvrage. Elle verse directement des aides aux travaux aux propriétaires privés. Et elle participe au financement du suivi et de l&amp;#039;animation de l&amp;#039;opération. Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux. Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 35 % des dépenses HT dans la limite annuelle de 87 500 € d&amp;#039;aide de l&amp;#039;Anah. Ce taux est porté à 50 % en cas d&amp;#039;OPAH-RU dans la limite annuelle de 125 000 € d&amp;#039;aide de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Utiliser des outils coercitifs de résorption de l&amp;#039;habitat insalubre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans les cas les plus graves d&amp;#039;habitat indigne, où la défaillance du propriétaire est avérée, vous disposez de moyens d&amp;#039;action coercitifs pour lesquelles vous pouvez obtenir une aide de l&amp;#039;Anah. Ces opérations doivent s&amp;#039;intégrer dans une stratégie de traitement d&amp;#039;ensemble de l&amp;#039;habitat indigne et très dégradé. Elles doivent offrir une solution de relogement durable aux occupants des logements et leur proposer un accompagnement social adapté à leurs besoins.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;opération de RHI
+ &lt;/strong&gt;
+ , sous maîtrise d&amp;#039;ouvrage publique locale, concerne les immeubles insalubres irrémédiables ou dangereux et définitivement interdits à l&amp;#039;habitation.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dispositif THIRORI
+ &lt;/strong&gt;
+ vise la réhabilitation lourde d&amp;#039;un immeuble ou d&amp;#039;un ensemble d&amp;#039;immeubles acquis par expropriation ou à l&amp;#039;amiable. Il concerne notamment les immeubles sous arrêté d&amp;#039;insalubrité remédiable, de péril ordinaire ou de prescription de mise en sécurité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;étude de faisabilité
+  &lt;/strong&gt;
+  : elle est nécessaire à la définition des conditions de mise en place d&amp;#039;une opération RHI ou Thirori.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude, pour un plafond de    dépenses subventionnables de 200 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La phase opérationnelle
+  &lt;/strong&gt;
+  : le montant alloué par l&amp;#039;Anah est établi à partir de l&amp;#039;état prévisionnel du déficit de l&amp;#039;opération de RHI ou THIRORI. Ce déficit est le total des dépenses diminué des recettes. Les recettes sont constituées des cessions de charges foncières, des cessions de terrains, de la valorisation des commerces, etc. Les dépenses sont constituées des études de calibrage, des mesures d&amp;#039;accompagnement social et de relogement, des dépenses d&amp;#039;acquisition, de démolition et de réhabilitation lourde.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ :  40% du déficit dans le cadre d&amp;#039;une opération de THIRORI, 70 % dans le cadre d&amp;#039;une opération de RHI et jusqu&amp;#039;à 100 % dans le cas de bidonvilles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses relatives aux études de calibrage et aux mesures d&amp;#039;accompagnement social et de relogement sont couvertes à hauteur de 70%.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les travaux d&amp;#039;office
+  &lt;/strong&gt;
+  : les arrêtés de police permettent d&amp;#039;obliger un propriétaire de logements insalubres ou dangereux à réaliser des travaux. Si le propriétaire ne peut pas réaliser ces travaux, vous pouvez, en tant que collectivité locale, vous substituer à lui pour exécuter d&amp;#039;office les travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/em&gt;
+ L&amp;#039;Anah vous aide à financer ces travaux à hauteur de 50 % sans plafond d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  5
+ &lt;/strong&gt;
+ .
+ &lt;strong&gt;
+  Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+ &lt;br /&gt;
+ L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une opération THIRORI à Saint Florentin :
+ &lt;a href="https://www.dailymotion.com/video/x4rwwmi"&gt;
+  en savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lutte contre l&amp;#039;habitat dégradé au Havre :
+ &lt;a href="https://www.anah.fr/dossiers/le-havre-la-lutte-contre-lhabitat-degrade-dans-les-quartiers-anciens/"&gt;
+  en savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation locale contre l&amp;#039;habitat indigne dans le Gard :
+ &lt;a href="https://www.anah.fr/dossiers/gard-les-acteurs-locaux-se-mobilisent-contre-lhabitat-indigne/"&gt;
+  en savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lutte contre l&amp;#039;habitat indigne à Valenciennes :
+ &lt;a href="https://www.anah.fr/actualites/detail/actualite/a-valenciennes-la-lutte-contre-lhabitat-indigne-saccelere/?tx_news_pi1%5Bcontroller%5D&amp;#61;News&amp;amp;tx_news_pi1%5Baction%5D&amp;#61;detail&amp;amp;cHash&amp;#61;1b5ba7b5e825e5a1f50fde004c0ec78f"&gt;
+  en savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/lutter-contre-lhabitat-indigne/preparer-votre-intervention/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5a58-lutter-contre-lhabitat-indigne/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>95203</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités vers le LABEL "AMI DES AÎNÉS"®</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>LABEL "AMI DES AÎNÉS"®</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Réseau francophone des villes amies des aînés</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sensibilisation aux enjeux de l&amp;#039;adaptation des territoires au vieillissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche Villes Amies des Aînés (VADA), initiée par l&amp;#039;Organisation Mondiale de la Santé (OMS) et développée en France par le Réseau Francophone des Villes amies des aînés (RFVAA), consiste à
+ &lt;strong&gt;
+  interroger les particularités territoriales et les politiques locales au prisme des particularités liées au vieillissement de la population
+ &lt;/strong&gt;
+ . Cette méthodologie, qui s&amp;#039;appuie sur de la conduite de projet, a pour particularité de
+ &lt;strong&gt;
+  rendre incontournable la consultation des habitants, la transversalité des politiques publiques, le partenariat avec les acteurs du territoire et la lutte contre les stéréotypes liés à l&amp;#039;âge
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce contexte, les collectivités peuvent s&amp;#039;engager vers le LABEL &amp;#34;AMI DES AÎNÉS&amp;#34;&lt;span&gt;®&lt;/span&gt; pour
+ &lt;strong&gt;
+  être accompagnées dans l&amp;#039;amélioration de leurs politiques locales et pour affirmer leur volonté d&amp;#039;améliorer l&amp;#039;environnement social et bâti
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A travers leur appartenance au programme Petites Villes de Demain ou Action Cœur de Ville, les collectivités qui le souhaitent pourront
+ &lt;strong&gt;
+  bénéficier d&amp;#039;un accompagnement approfondi pour aller vers ce processus de labellisation
+ &lt;/strong&gt;
+ (facilitation pour la participation aux événements du RFVAA, interlocuteurs dédiés, accès à une banque de bonnes pratiques, organisation de webinaires réservés...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour des retours d&amp;#039;expériences de territoires labellisés, rendez-vous sur le numéro spécial de la Gazette des communes grâce au lien suivant : http://villesamiesdesaines-rf.fr/pdf/HS-GazettexRFVAA.pdf
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Santé
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être adhérent au Réseau Francophone des Villes Amies des Aînés
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>http://villesamiesdesaines-rf.fr/label-ami-des-aines</t>
+        </is>
+      </c>
+      <c r="W63" s="1" t="inlineStr">
+        <is>
+          <t>http://villesamiesdesaines-rf.fr/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus contactez :
+ &lt;a href="mailto:contact&amp;#64;rfvaa.com" rel="noopener" target="_blank"&gt;
+  contact&amp;#64;rfvaa.com
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>agiacomini@rfvaa.com</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/76d9-accompagner-les-collectivites-vers-le-label-a/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>147249</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'ouverture des données mobilités</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Le Point d’Accès National aux données de transport</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le règlement (UE) n° 2017/1926 du 31 mai 2017 sur la mise à disposition, dans l&amp;#039;ensemble de l&amp;#039;Union, de services d&amp;#039;information sur les déplacements multimodaux définit les règles en matière d&amp;#039;ouverture des données. Ce règlement demande à chaque État membre la création d&amp;#039;un Point d&amp;#039;Accès National (PAN) qui référence l&amp;#039;ensemble des données de mobilité nécessaires à l&amp;#039;information des voyageurs sur le territoire. Le décret 2020-183 du 28 février 2020, paru au Journal Officiel du 1er mars, désigne la plateforme transport.data.gouv.fr comme Point d&amp;#039;accès national (PAN) aux données de l&amp;#039;information multimodale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Point d&amp;#039;Accès National a pour objectif de rendre l&amp;#039;information voyageur sur l&amp;#039;ensemble des modes de transport disponibles sur le maximum de supports numériques, grâce à l&amp;#039;ouverture des données, et ainsi faciliter les déplacements des usagers, favoriser l&amp;#039;intermodalité et lutter contre l&amp;#039;omniprésence de la voiture individuelle.
+ &lt;br /&gt;
+ Celui-ci est destiné aux producteurs de données (collectivités territoriales, entreprises de transport...) et aux réutilisateurs de données (développeurs, applications de calcul d&amp;#039;itinéraires comme Mappy, services d&amp;#039;information,...).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe du Point d&amp;#039;accès national accompagne
+ &lt;span&gt;
+  les producteurs de données pour mener à bien ces ouvertures de données, tant sur un plan technique que juridique, en étroite collaboration avec les réutilisateurs, pour conjuguer au mieux les contraintes et les attentes de cet écosystème.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sur un plan juridique, le PAN joue en particulier un rôle de pédagogie autour des exigences législatives et règlementaires relatives à l&amp;#039;ouverture des données de transport, notamment pour sensibiliser les acteurs, et leur apporter tout éclairage nécessaire. Nous accordons par ailleurs une attention particulière aux conditions d&amp;#039;accès et de mise à disposition des données, afin qu&amp;#039;elles soient les plus uniformes possibles entre les différents jeux de données et qu&amp;#039;elles favorisent la réutilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur un plan technique, nous accompagnons les collectivités dans la compréhension des formats attendus et nous développons des outils pour leur permettre d&amp;#039;améliorer la publication, les mises à jour et la qualité de leurs données.
+ &lt;br /&gt;
+ N
+ &lt;span&gt;
+  ous veillons à proposer une plateforme parfaitement opérationnelle pour répondre à la demande de l&amp;#039;écosystème. En constante évolution, la plateforme évolue selon les besoins exprimés par les producteurs, réutilisateurs ou l&amp;#039;équipe avec de nouvelles fonctionnalités, ou de nouveaux outils, pour faciliter l&amp;#039;ouverture de données, améliorer leur qualité, et inciter à leur réutilisation.
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PAN a accompagné plus de 268 autorités organisatrices de la mobilité et une dizaine d&amp;#039;entreprises dans l&amp;#039;ouverture de leurs données mobilité.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces données sont intégrées dans des applications d&amp;#039;information voyageur comme ViaTransit, MyBus, Google Maps, Transit etc.,  ce qui a permis d&amp;#039;accroitre la couverture géographique de ces applications. Cela a notamment été impulsée par l&amp;#039;article 122 de la loi dite « Climat et résilience » qui prévoit un ensemble d&amp;#039;obligations de réutilisation des données du Point d&amp;#039;accès national auprès des services numériques multimodaux, relatives aux informations sur les modes et services de mobilité alternatifs à l&amp;#039;usage individuel du véhicule. Dans ce cadre, les collectivités n&amp;#039;ont plus à faire de demandes d&amp;#039;intégration de leurs données dans les services numériques multimodaux. Elles doivent être intégrées dès lors qu&amp;#039;elles sont publiées dans un format standardisé, sous licence ouverte et avec une qualité suffisante à leur utilisation.
+ &lt;a href="https://transport.data.gouv.fr/loi-climat-resilience" target="_self"&gt;
+  Plus d&amp;#039;informations
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les producteurs et réutilisateurs ont accès à différents outils leur permettant d&amp;#039;améliorer la qualité et la découvrabilité des données :
+ &lt;a href="https://transport.data.gouv.fr/validation" target="_self"&gt;
+  validateurs à la demande
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://transport.data.gouv.fr/tools/siri-querier" target="_self"&gt;
+  générateur de requêtes SIRI
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://transport.data.gouv.fr/tools/gtfs_diff" target="_self"&gt;
+  comparateur de GTFS (GTFS diff)
+ &lt;/a&gt;
+ , conversion en GeoJSON des ressources etc.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;transport.data.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>contact@transport.beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e693-accompagner-louverture-des-donnees-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>71879</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Étendre et améliorer la couverture 4G en Outre-mer</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques : nous investissons à vos côtés</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose des solutions dédiées pour résoudre les problèmes de sous-équipement en infrastructures 4G en Outre-mer, notamment en ce qui concerne la couverture et la qualité de service :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sur les principaux axes de transports ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans les zones avec un potentiel économique et démographique important ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur les sites prioritaires : administrations, écoles, hôpitaux et mairies ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur les zones touristiques (à condition que l&amp;#039;installation d&amp;#039;infrastructures se fasse dans le respect de l&amp;#039;environnement).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les collectivités et acteurs privés souhaitant participer au développement de projets de mutualisation de nouveaux points hauts et d&amp;#039;amélioration de la qualité de service, la Banque des Territoires propose des outils spécifiques d&amp;#039;investissement et de prêt. L&amp;#039;enjeu ? Épauler les engagements qui ont déjà été pris par les acteurs publics et privés intervenant sur le projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour résorber ces situations et garantir une couverture de qualité, tout en soutenant les chantiers locaux de travaux, la Banque des Territoires propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une prise de participation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un compte courant d&amp;#039;associés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une dette mezzanine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt subordonné
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des Prêts au Secteur Public Local (PSPL) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un crédit d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
-[...65 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Outre_Mer_4G_psat</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Nous contacter par mail via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80f3-resoudre-les-problemes-de-sous-equipement-en-/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>101961</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les citoyens aux émissions CO2 des déplacements</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...7 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
-[...54 lines deleted...]
-convention
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Premier secteur émetteur de gaz à effet de serre avec 30% des émissions, le secteur des transports est un secteur clé de la transition écologique. Mais comment
+ &lt;strong&gt;
+  transmettre les bons ordres de grandeur et sensibiliser les citoyens
+ &lt;/strong&gt;
+ ?
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
+ &lt;strong&gt;
+  librement diffusable
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  intégrable sur tout type de site
+ &lt;/strong&gt;
+ pour permettre à chacun de comparer facilement l&amp;#039;impact de ses déplacements, mais aussi de montrer l&amp;#039;impact concret du
+ &lt;strong&gt;
+  covoiturage
+ &lt;/strong&gt;
+ :
+ &lt;strong&gt;
+  &lt;a href="https://impactco2.fr/transport" target="_self"&gt;
+   impactco2.fr/transport
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt src="https://raw.githubusercontent.com/datagir/datagir-site/master/content/applications/mon-impact-transport/mon-impact-transport.png" /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
-[...4 lines deleted...]
-Sols
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déjà utilisé dans différents défis et challenges de la mobilité aux 4 coins de la France (
+ &lt;a href="https://www.defimobilite-paysdelaloire.fr/page/73/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Pays de la Loire
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="http://challenge-mobilite-hdf.fr/blog/votre-%C3%A9co-calculateur-mobilit%C3%A9" rel="noopener" target="_blank"&gt;
+  Haut-de-France
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.challengemobilite-bfc.fr/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Bourgogne-Franche-Comté
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.challengedelamobilite.com/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
+  Nouvelle-Aquitaine
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...), ce simulateur est aussi intégré sur les sites de
+ &lt;a href="https://www.grenoble.fr/2295-mon-impact-transport.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.larochelle-zerocarbone.fr/s-engager/la-boite-a-outils-du-zero-carbone/mon-impact-transport" rel="noopener" target="_blank"&gt;
+  La Rochelle
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/mobilites/action-5-je-privilegie-des-modes-de-transport-doux" rel="noopener" target="_blank"&gt;
+  Issy
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://www.normandie-tourisme.fr/preparer-son-sejour/informations-pratiques/venir-en-normandie/" rel="noopener" target="_blank"&gt;
+  Normandie Tourisme
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+ &lt;a href="https://sudrhone.fr/2020/06/29/vacances-partir-sans-oublier-la-planete/#" rel="noopener" target="_blank"&gt;
+  Sud Rhône Environnement
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-[...5 lines deleted...]
-Mers et océans
+Animation et mise en réseau
+Valorisation d'actions
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O66" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
-[...81 lines deleted...]
-          <t>Mise en œuvre / réalisation
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable et intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La section
+ &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
+  impactco2.fr/integration
+ &lt;/a&gt;
+ vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T9" s="1" t="inlineStr">
-[...68 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://impactco2.fr/transport/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
+ &lt;strong&gt;
+  impactco2&amp;#64;ademe.fr
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/21a8-sensibiliser-les-citoyens-aux-emissions-co2-d/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...14 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>141291</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets en faveur de la cohésion sociale et territoriale</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Prêt au Secteur Public Local pour soutenir vos investissements dans les projets en faveur de la cohésion sociale et territoriale</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les acteurs du secteur public local dans leurs projets de transformation en faveur d&amp;#039;une cohésion sociale et territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez vous engager dans un grand projet territorial de modernisation de vos infrastructures et de vos équipements ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le Prêt au Secteur Public Local pour soutenir vos investissements dans les projets en faveur de la cohésion sociale et territoriale peut couvrir de nombreux domaines : éducation, santé, tourisme, mobilité, rénovation énergétique de bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est indexé sur le Livret A et/ou à taux fixe pour les projets liés à l&amp;#039;éducation ou la santé.
+&lt;/p&gt;
+&lt;p&gt;
+ Il couvre toute la durée de vie du projet et l&amp;#039;intégralité de votre besoin d&amp;#039;emprunt si celui-ci est inférieur ou égal à 5 M€.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/pret-cohesion-sociale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=pspl_pretcs&amp;mtm_source=Affiliation&amp;mtm_content=pret_spl_cohesion_soc</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01d4-financer-vos-projets-en-faveur-de-la-cohesion/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>77077</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Développer les lieux de vie collectifs s'adressant à des retraités autonomes</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale d'assurance vieillesse (CNAV)</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>Caisse d'assurance retraite et de la santé au travail (CARSAT)</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...7 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>Le montant maximum de la subvention qui peut être accordé est de 100 000 euros. Les investissements</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide poursuit 3 objectifs. A noter que les EHPAD ne relèvent pas des financements de l&amp;#039;Assurance Retraite.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aider les structures permettant l&amp;#039;amélioration de la vie sociale
+  &lt;/strong&gt;
+  et la prévention de la perte d&amp;#039;autonomie, grâce à des actions d&amp;#039;animation culturelle et sociale ou des activités physiques..
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Favoriser les modes d&amp;#039;accueil intermédiaires
+  &lt;/strong&gt;
+  entre l&amp;#039;habitat individuel et l&amp;#039;hébergement collectif en institution, par la création de différentes formes de logements individuels regroupés autour d&amp;#039;un projet de vie sociale, tels que, par exemple, les domiciles services, les béguinages, les appartements d&amp;#039;accueil...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Soutenir le développement d&amp;#039;un cadre de vie de qualité
+  &lt;/strong&gt;
+  au sein des établissements d&amp;#039;hébergement pour personnes âgées (EHPA), notamment en participant aux actions visant à amplifier la rénovation des résidence autonomie.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Structures visées
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Axe 1 Aider les structures permettant l&amp;#039;amélioration de la vie sociale et la prévention de la perte d&amp;#039;autonomie pour les personnes retraitées :
+  &lt;/strong&gt;
+  L&amp;#039;ensemble des structures, à destination des personnes retraitées relevant des Gir 5 et 6, sont éligibles à une aide financière de l&amp;#039;Assurance Retraite, au titre de l&amp;#039;axe 1. Du fait des compétences incombant légalement au département, les EHPAD ne relèvent pas des financements de l&amp;#039;Assurance Retraite.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Axe 2 Favoriser les modes d&amp;#039;accueil intermédiaires entre l&amp;#039;habitat individuel et l&amp;#039;hébergement collectif en institution :
+  &lt;/strong&gt;
+  Structures destinées à l&amp;#039;accueil des personnes retraitées relevant des Gir 5 et 6 et proposant des logements, avec ou sans services intégrés, constituant une alternative attractive à l&amp;#039;hébergement en institution, tels que les logements individuels regroupés autour d&amp;#039;un projet de vie collective, les béguinages, les appartements d&amp;#039;accueils, les résidences sociales, les Marpa...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Axe 3 Soutenir le développement d&amp;#039;un cadre de vie de qualité au sein des établissements d&amp;#039;hébergement pour personnes âgées (EHPA) :
+  &lt;/strong&gt;
+  Structures entrant dans la catégorie des EHPA, c&amp;#039;est à dire les maisons de retraite non médicalisées et les logements-foyers pour personnes âgées ainsi que des structures d&amp;#039;hébergement temporaire. Les logements-foyers, ayant obtenu une aide financiére de l&amp;#039;Assurance retraite devront s&amp;#039;engager conventionnellement à évoluer, afin de répondre aux exigences des « résidences autonomie ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.partenairesactionsociale.fr/sites/ppas/home.html</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.partenairesactionsociale.fr/files/live/sites/ppas/files/base%20documentaire/Actualités/Circulaire%20CNAV%20n°2015-32%20du%2028%20mai%202015%20LVC.pdf</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Prenez contact avec votre caisse locale :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Alsace-Moselle	Moselle (57), Bas-Rhin (67), Haut-Rhin (68)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hubert MOSSER - 03.88.25.25.07 - hubert.mosser&amp;#64;carsat-am.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Aquitaine	Dordogne (24), Gironde (33), Landes (40), Lot-et-Garonne (47), Pyrénées-Atlantiques (64)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nelly GIVRAN - 05 56 11 64 62 - nelly.givran&amp;#64;carsat-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Auvergne	Allier (03), Cantal (15), Haute-Loire (43), Puy-de-Dôme (63)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud VILLAUME - 04 73 42 89 67 - arnaud.villaume&amp;#64;carsat-auvergne.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Bourgogne et Franche-Comté	Côte d&amp;#039;Or(21), Doubs (25), Jura (39), Nièvre (58), Haute-Saône (70), Saône-et-Loire (71), Yonne (89), Territoire de Belfort (90)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maryse JAVOY (Dpt 21/25/58/90) - 03 80 33 11 64
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mariette De Freitas (Dpt 70/89) - 03 80 33 11 65
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile DARBON (Dpt 71) - 03 80 33 11 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adresse mail commune : prets.subventions&amp;#64;carsat-bfc.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Bretagne	Côtes d&amp;#039;Armor (22), Finistère (29), lle-et-Vilaine (35), Morbihan (56)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Régine GAUTIER - 02 99 26 74 84 - regine.gautier&amp;#64;carsat-bretagne.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Centre	Cher(18), Eure-et-Loir(28), Indre (36), Indre-et-Loire (37), Loiret (45), Loir-et-Cher(41)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud POIRIER, chargé de développement - 02 38 81 54 35 - 
+arnaud.poirier&amp;#64;carsat-centre.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Centre-Ouest	Charente (16), Charente-Maritime (17), Corrèze (19), Creuse (23), Deux-Sèvres (79), Vienne (86), Haute-Vienne (87)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie Christine JUDE - 05 55 45 39 61 - marie-christine.jude&amp;#64;carsat-centreouest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cnav Ile-de-France	Paris (75), Seine-et-Marne (77), Yvelines (78), Essonne (91), Hauts-de-Seine (92), Seine-Saint-Denis (93), Val-de-Marne (94), Val-d&amp;#039;Oise (95)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Richard GUSTON
+  Chargé d&amp;#039;études aides collectives - Dasif-lvc&amp;#64;cnav.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clémence LE MARREC Responsable des actions collectives de prévention - 01 55 45 79 29 - clemence.le-marrec&amp;#64;cnav.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Languedoc-Roussillon	Aude (11), Gard (30), Hérault (34), Lozère (48) Pyrénées Orientales (66)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Corinne CLAVEL Chargée de Conseils et Développement en Action Sociale - 04 67 12 94 45 - corinne.clavel&amp;#64;carsat-lr.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Midi-Pyrénées	Ariège (09), Aveyron (12), Haute-Garonne (31), Gers (32), Lot (46), Hautes-Pyrénées (65), Tarn (81), Tarn-et-Garonne (82)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Catherine LATAPIE Chargée d&amp;#039;Action Sociale Collective Service Action Sociale - 05 62 14 88 25 - Catherine.LATAPIE&amp;#64;carsat-mp.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Nord-Est	Ardennes (08), Aube (10), Marne (51), Haute-Marne (52), Meurthe-et-Moselle (54), Meuse (55), Vosges (88)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nadine FRIRY - 03.83.34.48.74 - nadine.friry&amp;#64;carsat-nordest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christophe ROYET - 03.83.34.49.09 - christophe.royet&amp;#64;carsat-nordest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Nord-Picardie	Aisne (02), Nord (59), Oise (60), Pas-de-Calais (62), Somme (80)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie VANDECAVEYE - sophie.vandecaveye&amp;#64;carsat-nordpicardie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Damien Vitel (sup) - damien.vitel&amp;#64;carsat-nordpicardie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Normandie	Calvados
+ (14), Eure (27), Manche (50), Orne (61), Seine-Maritime (76)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie NOBLET - Sophie.noblet&amp;#64;carsat-normandie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Pays de la Loire	L
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  oire-Atlantique
+ (44), Maine-et-Loire (49), Mayenne (53), Sarthe (72), Vendée (85)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle Action Sociale Collective - nantesbalactionsocialecollective&amp;#64;carsat-pl.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Rhône-Alpes	Ain (01), Ardèche (07), Drôme (26), Isère (38), Loire (42), Rhône (69), Savoie (73), Haute-Savoie (74)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mme Nathalie VOGE Responsable du Département Accompagnement de projets et Relations Partenariales –Direction de l&amp;#039;Action Sociale - nathalie.voge&amp;#64;carsat-ra.fr - 04.72.91.96.84
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mme Nadia BASSET Responsable Adjointe du Département Accompagnement de Projets et Relations Partenariales - 04.72.91.96.48 - nadia.basset&amp;#64;carsat-ra.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Sud-Est	Alpes de Haute-Provence
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  (04), Hautes-Alpes (05), Alpes-Maritimes (06), Bouches-du-Rhône (13), Corse-du-Sud (2a), Haute-Corse (2b), Var(83), Vaucluse (84)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marion AMBROSETTI - 04 91 85 97 53 - marion.ambrosetti&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Patricia AMIRAULT - 04 91 85 99 34 - patricia.amirault&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valérie MERLIN - 04 91 85 76 31 - valérie.merlin&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Guadeloupe	Guadeloupe (971)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franciane MASSINA - 0590 90 50 77 - franciane.massina&amp;#64;cgss-guadeloupe.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Martinique	Martinique (972)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Patricia CHEVON - 05 96 66 50 5 - Patricia.chevon&amp;#64;cgss-martinique.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Réunion	Réunion (974)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hélène MERCADIER - 02 62 40 35 34 - Helene.mercadier&amp;#64;cgss.re
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf5e-developper-les-lieux-de-vie-collectifs-sadres/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>34662</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Développer les lieux de vie collectifs s'adressant à des retraités autonomes</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale d'assurance vieillesse (CNAV)</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>Caisse d'assurance retraite et de la santé au travail (CARSAT)</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>Le montant maximum de la subvention qui peut être accordé est de 100 000 euros. Les investissements</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide poursuit 3 objectifs. A noter que les EHPAD ne relèvent pas des financements de l&amp;#039;Assurance Retraite.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aider les structures permettant l&amp;#039;amélioration de la vie sociale
+  &lt;/strong&gt;
+  et la prévention de la perte d&amp;#039;autonomie, grâce à des actions d&amp;#039;animation culturelle et sociale ou des activités physiques..
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Favoriser les modes d&amp;#039;accueil intermédiaires
+  &lt;/strong&gt;
+  entre l&amp;#039;habitat individuel et l&amp;#039;hébergement collectif en institution, par la création de différentes formes de logements individuels regroupés autour d&amp;#039;un projet de vie sociale, tels que, par exemple, les domiciles services, les béguinages, les appartements d&amp;#039;accueil...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Soutenir le développement d&amp;#039;un cadre de vie de qualité
+  &lt;/strong&gt;
+  au sein des établissements d&amp;#039;hébergement pour personnes âgées (EHPA), notamment en participant aux actions visant à amplifier la rénovation des résidence autonomie.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Structures visées
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Axe 1 Aider les structures permettant l&amp;#039;amélioration de la vie sociale et la prévention de la perte d&amp;#039;autonomie pour les personnes retraitées :
+  &lt;/strong&gt;
+  L&amp;#039;ensemble des structures, à destination des personnes retraitées relevant des Gir 5 et 6, sont éligibles à une aide financière de l&amp;#039;Assurance Retraite, au titre de l&amp;#039;axe 1. Du fait des compétences incombant légalement au département, les EHPAD ne relèvent pas des financements de l&amp;#039;Assurance Retraite.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Axe 2 Favoriser les modes d&amp;#039;accueil intermédiaires entre l&amp;#039;habitat individuel et l&amp;#039;hébergement collectif en institution :
+  &lt;/strong&gt;
+  Structures destinées à l&amp;#039;accueil des personnes retraitées relevant des Gir 5 et 6 et proposant des logements, avec ou sans services intégrés, constituant une alternative attractive à l&amp;#039;hébergement en institution, tels que les logements individuels regroupés autour d&amp;#039;un projet de vie collective, les béguinages, les appartements d&amp;#039;accueils, les résidences sociales, les Marpa...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Axe 3 Soutenir le développement d&amp;#039;un cadre de vie de qualité au sein des établissements d&amp;#039;hébergement pour personnes âgées (EHPA) :
+  &lt;/strong&gt;
+  Structures entrant dans la catégorie des EHPA, c&amp;#039;est à dire les maisons de retraite non médicalisées et les logements-foyers pour personnes âgées ainsi que des structures d&amp;#039;hébergement temporaire. Les logements-foyers, ayant obtenu une aide financiére de l&amp;#039;Assurance retraite devront s&amp;#039;engager conventionnellement à évoluer, afin de répondre aux exigences des « résidences autonomie ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.partenairesactionsociale.fr/sites/ppas/home.html</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.partenairesactionsociale.fr/files/live/sites/ppas/files/base%20documentaire/Actualités/Circulaire%20CNAV%20n°2015-32%20du%2028%20mai%202015%20LVC.pdf</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Prenez contact avec votre caisse locale :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Alsace-Moselle	Moselle (57), Bas-Rhin (67), Haut-Rhin (68)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hubert MOSSER - 03.88.25.25.07 - hubert.mosser&amp;#64;carsat-am.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Aquitaine	Dordogne (24), Gironde (33), Landes (40), Lot-et-Garonne (47), Pyrénées-Atlantiques (64)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nelly GIVRAN - 05 56 11 64 62 - nelly.givran&amp;#64;carsat-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Auvergne	Allier (03), Cantal (15), Haute-Loire (43), Puy-de-Dôme (63)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud VILLAUME - 04 73 42 89 67 - arnaud.villaume&amp;#64;carsat-auvergne.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Bourgogne et Franche-Comté	Côte d&amp;#039;Or(21), Doubs (25), Jura (39), Nièvre (58), Haute-Saône (70), Saône-et-Loire (71), Yonne (89), Territoire de Belfort (90)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maryse JAVOY (Dpt 21/25/58/90) - 03 80 33 11 64
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mariette De Freitas (Dpt 70/89) - 03 80 33 11 65
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cécile DARBON (Dpt 71) - 03 80 33 11 67
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adresse mail commune : prets.subventions&amp;#64;carsat-bfc.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Bretagne	Côtes d&amp;#039;Armor (22), Finistère (29), lle-et-Vilaine (35), Morbihan (56)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Régine GAUTIER - 02 99 26 74 84 - regine.gautier&amp;#64;carsat-bretagne.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Centre	Cher(18), Eure-et-Loir(28), Indre (36), Indre-et-Loire (37), Loiret (45), Loir-et-Cher(41)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud POIRIER, chargé de développement - 02 38 81 54 35 - 
+arnaud.poirier&amp;#64;carsat-centre.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Centre-Ouest	Charente (16), Charente-Maritime (17), Corrèze (19), Creuse (23), Deux-Sèvres (79), Vienne (86), Haute-Vienne (87)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marie Christine JUDE - 05 55 45 39 61 - marie-christine.jude&amp;#64;carsat-centreouest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cnav Ile-de-France	Paris (75), Seine-et-Marne (77), Yvelines (78), Essonne (91), Hauts-de-Seine (92), Seine-Saint-Denis (93), Val-de-Marne (94), Val-d&amp;#039;Oise (95)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Joachim Da Silva, Chargé d&amp;#039;études aides collectives - Dasif-lvc&amp;#64;cnav.fr - 01.55.45.51.88.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Languedoc-Roussillon	Aude (11), Gard (30), Hérault (34), Lozère (48) Pyrénées Orientales (66)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Corinne CLAVEL Chargée de Conseils et Développement en Action Sociale - 04 67 12 94 45 - corinne.clavel&amp;#64;carsat-lr.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Midi-Pyrénées	Ariège (09), Aveyron (12), Haute-Garonne (31), Gers (32), Lot (46), Hautes-Pyrénées (65), Tarn (81), Tarn-et-Garonne (82)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Catherine LATAPIE Chargée d&amp;#039;Action Sociale Collective Service Action Sociale - 05 62 14 88 25 - Catherine.LATAPIE&amp;#64;carsat-mp.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Nord-Est	Ardennes (08), Aube (10), Marne (51), Haute-Marne (52), Meurthe-et-Moselle (54), Meuse (55), Vosges (88)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nadine FRIRY - 03.83.34.48.74 - nadine.friry&amp;#64;carsat-nordest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christophe ROYET - 03.83.34.49.09 - christophe.royet&amp;#64;carsat-nordest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Nord-Picardie	Aisne (02), Nord (59), Oise (60), Pas-de-Calais (62), Somme (80)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie VANDECAVEYE - sophie.vandecaveye&amp;#64;carsat-nordpicardie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Damien Vitel (sup) - damien.vitel&amp;#64;carsat-nordpicardie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Normandie	Calvados
+ (14), Eure (27), Manche (50), Orne (61), Seine-Maritime (76)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sophie NOBLET - Sophie.noblet&amp;#64;carsat-normandie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Pays de la Loire	L
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  oire-Atlantique
+ (44), Maine-et-Loire (49), Mayenne (53), Sarthe (72), Vendée (85)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie GIRAUD - 02.51.72.81.83 - nathalie.giraud&amp;#64;carsat-pl.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Rhône-Alpes	Ain (01), Ardèche (07), Drôme (26), Isère (38), Loire (42), Rhône (69), Savoie (73), Haute-Savoie (74)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mme Nathalie VOGE Responsable du Département Accompagnement de projets et Relations Partenariales –Direction de l&amp;#039;Action Sociale - nathalie.voge&amp;#64;carsat-ra.fr - 04.72.91.96.84
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mme Nadia BASSET Responsable Adjointe du Département Accompagnement de Projets et Relations Partenariales - 04.72.91.96.48 - nadia.basset&amp;#64;carsat-ra.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Carsat Sud-Est	Alpes de Haute-Provence
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  (04), Hautes-Alpes (05), Alpes-Maritimes (06), Bouches-du-Rhône (13), Corse-du-Sud (2a), Haute-Corse (2b), Var(83), Vaucluse (84)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Marion AMBROSETTI - 04 91 85 97 53 - marion.ambrosetti&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Patricia AMIRAULT - 04 91 85 99 34 - patricia.amirault&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valérie MERLIN - 04 91 85 76 31 - valérie.merlin&amp;#64;carsat-sudest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Guadeloupe	Guadeloupe (971)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Franciane MASSINA - 0590 90 50 77 - franciane.massina&amp;#64;cgss-guadeloupe.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Martinique	Martinique (972)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Patricia CHEVON - 05 96 66 50 5 - Patricia.chevon&amp;#64;cgss-martinique.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CGSS Réunion	Réunion (974)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hélène MERCADIER - 02 62 40 35 34 - Helene.mercadier&amp;#64;cgss.re
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>magalie.raimbault@cnav.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc47-lieuxdeviecollectifs/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>154980</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Développer et professionnaliser les garages et loueurs solidaires</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Agil'ess</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Agil'ess</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...43 lines deleted...]
- Mobilisation des fonds : possible au démarrage des travaux
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous avons développé une expertise importante sur la création d&amp;#039;activité de mobilité solidaire. Nous proposons différentes
+&lt;/p&gt;
+&lt;p&gt;
+ formes d&amp;#039;accompagnements, adaptés chaque situation : étude de faisabilité du projet, modélisation économique et mise en
+&lt;/p&gt;
+&lt;p&gt;
+ place du projet. Ainsi, notre accompagnement peut vous permettre d&amp;#039;accéder à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une étude de marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une cartographie des acteurs sur votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;état des lieux de l&amp;#039;activité sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La compréhension les besoins et la actions pour structurer votre projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide pour mettre en place d&amp;#039;un modèle économique pérenne (création de budget prévisionnel, notes explicatives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La préparation d&amp;#039;une gouvernance et d&amp;#039;un modèle de gestion d&amp;#039;un garage solidaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un focus sur les partenariats
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une aide au fonctionnement et gestion quotidienne du garage.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2017 nous avons effectué plus de 120 journées d&amp;#039;accompagnement auprès de 14 porteurs de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement à la création d&amp;#039;un garage solidaire dans le departement 64
+&lt;/p&gt;
+&lt;p&gt;
+ Contexte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CIEL est une structure d&amp;#039;insertion qui souhaitait la création d&amp;#039;un garage solidaire afin d&amp;#039;offrir des solutions de mobilité à ses salariés en insertion et aux bénéficiaires en situation de précarité sur le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Accompagnement proposé :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner la modélisation du projet de garage solidaire de l&amp;#039;association
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former les salariés aux spécificités d&amp;#039;une activité de réparation sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer un atelier mécanique, de l&amp;#039;organisation de l&amp;#039;atelier à la gestion des stocks et procédures d&amp;#039;hygiène et sécurité
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Associations loi 1901
+&lt;/p&gt;
+&lt;p&gt;
+ Srructures IAE
+&lt;/p&gt;
+&lt;p&gt;
+ Agrement ESUS
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
-[...114 lines deleted...]
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
-[...70 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agiless.fr/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nathan Crouzevialle - Chargé d&amp;#039;accompagnements et de formation : nathan.crouzevialle&amp;#64;agiless.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Michèle Morgan - Déléguée Générale : michele.morgan&amp;#64;agiless.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>contact@agiless.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f71b-developper-et-professionnaliser-les-garages-e/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...226 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>164009</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer les capacités des organisations d'enseignement supérieur dans les pays hors Europe</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Renforcement des capacités dans l'enseignement supérieur / Capacity Building in Higher Education (CBHE)</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...164 lines deleted...]
-      <c r="U13" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 90</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets de renforcement des capacités de l&amp;#039;enseignement supérieur sont des projets de coopération transnationale, basés sur des partenariats multilatéraux entre des établissements d&amp;#039;enseignement supérieur issus de &lt;a href="https://erasmus-plus.ec.europa.eu/fr/programme-guide/part-a/eligible-countries" target="_self"&gt;pays membres du programme Erasmus&amp;#43; et de pays tiers non associés&lt;/a&gt;. &lt;/p&gt;&lt;p&gt;Ces projets ont pour objectif de soutenir la pertinence, la modernisation, la réforme et la capacité de réaction de l&amp;#039;enseignement supérieur - ses établissements, ses systèmes - dans les pays tiers non associés. La formation et notamment l&amp;#039;enseignement supérieur sont considérés comme un moyen essentiel pour faire face aux grands défis socio-économiques.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ces projets sont mis en œuvre dans le cadre de la dimension internationale du programme Erasmus&amp;#43;, financée par l&amp;#039;action extérieure de l&amp;#039;Union européenne, via deux instruments financiers : &lt;a href="https://ec.europa.eu/commission/presscorner/detail/fr/ip_21_2885"&gt;l’Instrument de voisinage, de coopération au développement et
+de coopération internationale (NDICI)&lt;/a&gt; et &lt;a href="https://ec.europa.eu/commission/presscorner/detail/fr/ip_21_2810"&gt;l’Instrument d’aide de pré-adhésion (IPA III)&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;Si les établissements d&amp;#039;enseignement supérieur sont évidemment les principaux protagonistes de ces projets, les collectivités territoriales peuvent être impliquées en tant que partenaire à part entière ou partenaire associé. En revanche, elles ne peuvent pas être coordinatrices.&lt;/p&gt;&lt;p&gt;Les projets doivent répondre aux besoins identifiés dans les pays tiers non associés mais également s&amp;#039;inscrire dans les priorités thématiques et/ou régionales identifiées par la Commission européenne.&lt;/p&gt;&lt;p&gt;Les priorités thématiques sont les suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pacte vert&lt;/li&gt;&lt;li&gt;Transformation numérique&lt;/li&gt;&lt;li&gt;Intégration des migrants&lt;/li&gt;&lt;li&gt;Gouvernance, paix, sécurité et développement humain&lt;/li&gt;&lt;li&gt;Croissance et emplois durables&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ces priorités sont ensuite déclinées pour chaque région du monde éligible à cet appel à projets.&lt;/p&gt;&lt;p&gt;La &lt;a href="https://international-partnerships.ec.europa.eu/erasmus-capacity-building-higher-education-priorities_en" target="_self"&gt;stratégie &amp;#34;Global Gateway&amp;#34;&lt;/a&gt; est également un fil conducteur de l&amp;#039;impact des projets de renforcement des capacités. Les candidats doivent donc expliciter en quoi leur projet permettra de faire avancer cette stratégie européenne, dans les régions du monde où elle est déployée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets de renforcement des capacités doivent réunir &lt;em&gt;a minima&lt;/em&gt; 4 organisations participantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins 2 établissements d&amp;#039;enseignement supérieur de 2 pays membres du programme Erasmus&amp;#43; (autrement dit, 1 établissement d&amp;#039;enseignement supérieur par pays programme)&lt;/li&gt;&lt;li&gt;Au moins 2 établissements d&amp;#039;enseignement supérieur de chacun des pays tiers non associés impliqué dans le projet&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le coordinateur peut tout autant être un établissement d&amp;#039;un pays programme ou d&amp;#039;un pays tiers non associé.&lt;/p&gt;&lt;p&gt;Il existe 3 types de projets, qui dépendent du niveau d&amp;#039;ambition et de l&amp;#039;impact attendu.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Volet 1 : Promouvoir l&amp;#039;accès à la coopération dans l&amp;#039;enseignement supérieur&lt;/li&gt;&lt;li&gt;Volet 2 : Partenariat pour la transformation dans l&amp;#039;enseignement supérieur&lt;/li&gt;&lt;li&gt;Volet 3 : Projet de réforme structurelle&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Selon le volet sélectionné, le projet peut durer de 24 à 48 mois et 
+percevoir un budget Erasmus&amp;#43; allant de 200 000€ à 1 000 000€.&lt;/p&gt;&lt;p&gt;Il existe également une dimension géographique pour construire son partenariat. Les projets de renforcement des capacités peuvent donc être :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;nationaux : implication d&amp;#039;établissements d&amp;#039;enseignement supérieur d&amp;#039;un seul pays tiers non associé&lt;br /&gt;&lt;/li&gt;&lt;li&gt;plurinationaux au sein d&amp;#039;une seule région du monde : implication d&amp;#039;établissements d&amp;#039;enseignement supérieur d&amp;#039;au moins deux pays tiers non associés au sein d&amp;#039;une même région&lt;/li&gt;&lt;li&gt;plurinationaux couvrant plusieurs régions du monde : implication d&amp;#039;établissements d&amp;#039;enseignement supérieur d&amp;#039;au moins un pays tiers non associé de chaque région concernée&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour en savoir plus sur les attendus de chacun de ces volets et la constitution des partenariats, consultez la page dédiée : &lt;a href="https://monprojet.erasmusplus.fr/renforcement-des-capacites-es" target="_self"&gt;https://monprojet.erasmusplus.fr/renforcement-des-capacites-es&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/renforcement-des-capacites-es</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe du Département Promotion - Pôle Enseignement supérieur, de l&amp;#039;Agence Erasmus&amp;#43; France / Education Formation : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Equipe dédiée au sein de l&amp;#039;Agence exécutive européenne Education et Culture (EACEA) : &lt;a href="mailto:EACEA-EPLUS-CBHE&amp;#64;ec.europa.eu"&gt;EACEA-EPLUS-CBHE&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-capacites-des-organisations-denseignement-superieur-dans-les-pays-hors-europe/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>161672</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Etudier le potentiel de développement des réseaux de chaleur et de froid sur mon territoire</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>EnRezo</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
+Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...7 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
-[...53 lines deleted...]
-      <c r="O14" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour tous les territoires et les collectivités de France, le projet &amp;#34;&lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/enrezo" target="_self"&gt;EnRezo&lt;/a&gt;&amp;#34; du Cerema permet de faciliter la réalisation des études d’opportunité, des schémas directeurs (en identifiant des zones d’extension possibles) et permet d’engager plus rapidement des études de faisabilité sur les secteurs identifiés par les acteurs locaux. En seconde approche, des analyses thématiques peuvent également venir étayer le sujet du potentiel de verdissement des réseaux de chaleur à partir de différentes filières (solaire thermique, chaleur fatale…).&lt;br /&gt;Ces possibilités techniques, amenant à une décision politique plus rapide, participent à l’objectif de massification des réseaux de chaleur et de froid et de décarbonation de la chaleur en France.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="U14" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La plateforme EnRezo du Cerema est accessible à toutes et à tous.&lt;/p&gt;&lt;p&gt;Pour les collectivités adhérentes du Cerema, un accompagnement à son utilisation peut vous être proposé.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
-[...11 lines deleted...]
-  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://reseaux-chaleur.cerema.fr/espace-documentaire/enrezo</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question ou demande d&amp;#039;accompagnement : &lt;a href="https://reseaux-chaleur.cerema.fr/contact" target="_self"&gt;https://reseaux-chaleur.cerema.fr/contact&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>luc.petitpain@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudier-le-potentiel-de-developpement-des-reseaux-de-chaleur-et-de-froid-sur-mon-territoire/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>143286</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un schéma directeur Réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Recherche</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le concept de schéma directeur s&amp;#039;inscrit dans une démarche d&amp;#039;anticipation dont l&amp;#039;objectif est d&amp;#039;aider chaque maître d&amp;#039;ouvrage d&amp;#039;un réseau existant à réaliser un exercice de projection sur le devenir de son réseau à l&amp;#039;horizon 2020, en lien avec les abonnés et de lui fournir différents scénarios qui lui permettront de décider d&amp;#039;une programmation de travaux à entreprendre durant cette période.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema peut vous accompagner dans votre démarche Schéma Directeur sur le volet Réseaux de chaleur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce aux outils et aux données du groupe Réseaux de chaleur, le Cerema vous accompagne au stade amont de la réflexion sur le schéma directeur afin d&amp;#039;orienter les premiers choix (schéma multi-énergie, schéma multi-réseaux de chaleur, recherches des opportunités locales et régionales de développement, amorce des contacts avec les acteurs locaux et régionaux des réseaux de chaleur etc). L&amp;#039;équipe « Réseaux de chaleur » du Cerema définit le cahier des charges de l&amp;#039;étude et le choix des prestataires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema apporte son expertise tout au long des étapes clés de la réalisation d&amp;#039;un schéma directeur, à savoir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  constituer un comité de pilotage,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dresser un diagnostic technico-économique du réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réaliser un exercice de projection à l&amp;#039;horizon 2020 sur le potentiel d&amp;#039;évolution du        réseau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaborer différents scénarios d&amp;#039;évolution,
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer un plan d&amp;#039;actions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour en savoir plus, consultez le site Réseaux de chaleur du Cerema :
+  &lt;a href="https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur" target="_self"&gt;
+   https://reseaux-chaleur.cerema.fr/espace-documentaire/realiser-schema-directeur-reseau-chaleur
+  &lt;/a&gt;
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/realiser-schema-directeur-reseau-chaleur</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a85b-realiser-un-schema-directeur-reseau-de-chaleu/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>165505</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l&amp;apos;Europe - 2026</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique
+Industrie
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>28/10/2025</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2026</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>50513</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un conseil financier et un réaménagement de la dette</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Prêts long terme</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires vous conseille dans la gestion de votre dette afin d&amp;#039;optimiser vos capacités d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous bénéficiez d&amp;#039;une réponse sur mesure apportée par nos spécialistes, permettant de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Reprofiler votre dette de façon à accroître vos marges de manœuvre financières afin de réaliser de nouvelles opérations.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser la gestion de votre trésorerie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer une gestion active de votre dette en diversifiant les différents index de taux d&amp;#039;intérêt.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=reamenagement_dette_psat</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a878-obtenir-un-conseil-financier-et-un-reamenagem/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...175 lines deleted...]
-      <c r="A16" s="1">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
         <v>23773</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Ouvrir les portes de votre mairie aux télétravailleurs avec RuraConnect</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Association des Maires Ruraux de France - AMRF</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Travailler à la campagne est une chance, saisissez-la !
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   « Imaginez un monde dans lequel chaque professionnel, où qu&amp;#039;il soit en France, puisse trouver et réserver en 3 clics, un bureau ou une salle de réunion communale pour travailler dans de bonnes conditions. »
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Association des maires ruraux de France (AMRF) a créé RuraConnect pour ça !
  C&amp;#039;est une plateforme de réservation de tiers-lieux dans les communes rurales (mais pas que !) qui vise à faciliter le travail à distance de nombreux actifs et à réduire le temps des trajets domicile/travail.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt;&amp;gt;&amp;gt; MAIRIES : VALORISEZ VOTRE IMMOBILIER COMMUNAL &amp;lt;&amp;lt;&amp;lt;
 &lt;/p&gt;
 &lt;p&gt;
  Engagez-vous
  en
  faveur
  d&amp;#039;une ruralité tournée vers l&amp;#039;avenir en rejoignant la communauté des précurseurs !
  Vous avez un espace de travail dans votre mairie
  qui pourrait être loué ? N&amp;#039;attendez plus, r
  endez-vous sur www.ruraconnect.fr
  c&amp;#039;est très simple :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Inscrivez sans frais et sans engagement votre commune ;
  &lt;/li&gt;
  &lt;li&gt;
   Prenez au moins deux belles photos de l&amp;#039;espace de travail ;
  &lt;/li&gt;
  &lt;li&gt;
   Créez facilement votre annonce en ligne en 3 minutes.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  &amp;gt;&amp;gt;&amp;gt; EN SAVOIR PLUS &amp;lt;&amp;lt;&amp;lt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour participer au webinaire (durée 30 minutes) et découvrir la plateforme, envoyez un mail aux contacts indiqués ci-dessous. Plusieurs sessions ont lieu chaque mois.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://www.amrf.fr/wp-content/uploads/sites/46/2020/01/Guide-présentation-RuraConnect-BD.pdf</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W76" s="1" t="inlineStr">
         <is>
           <t>https://ruraconnect.fr</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   E-mail : ruraconnect&amp;#64;amrf.fr
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 04 37 43 39 80
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Nom / Prénom : PANIER Thibault
  &lt;/li&gt;
  &lt;li&gt;
   E-mail : t.panier(at)base10.fr
  &lt;/li&gt;
  &lt;li&gt;
   Téléphone : 06 23 41 67 07
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>sophie.cretinon@amrf.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cd20-ouvrez-les-portes-de-votre-mairie-aux-teletra/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...316 lines deleted...]
-      <c r="E19" s="1" t="inlineStr">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>50276</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou acquérir des logements sociaux avec le prêt Locatif à Usage Social</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Locatif à Usage Social (PLUS) : financer les opérations de production et construction de logements</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
-[...3089 lines deleted...]
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K36" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
- La Banque des Territoires accompagne les collectivités dans leur volonté d&amp;#039;évolution et de redynamisation de leur centre-ville.
-[...15 lines deleted...]
-  un investissement en fonds propres et quasi fonds propres dans les Sociétés d&amp;#039;Economie Mixte opératrices d&amp;#039;un projet « commerces ».
+ La Banque des Territoires finance vos projets de construction et d&amp;#039;acquisition de logements locatifs sociaux avec ou sans travaux d&amp;#039;amélioration avec son offre de prêt PLUS.
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt PLUS permet le financement de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La construction de logements sociaux à usage locatif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de logements avec ou sans travaux d&amp;#039;amélioration ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de locaux en vue de leur transformation en logements locatifs sociaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition par la formule de vente en état futur d&amp;#039;achèvement (VEFA) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;opérations de logements en structure collective destinés à des personnes âgées, des personnes handicapées, des étudiants et des jeunes actifs.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
-[...1135 lines deleted...]
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Handicap
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T77" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X44" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-plus?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=ope_prod_plus_psat</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d74-trouver-une-offre-de-pret-dediee-au-financeme/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...2707 lines deleted...]
-      <c r="E59" s="1" t="inlineStr">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>62848</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Donner vie à vos projets d'investissement grâce à un financement à moyen-long terme</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Crédit moyen long terme</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>La Banque Postale</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
-[...276 lines deleted...]
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Donnez vie à vos projets !
 &lt;/p&gt;
 &lt;p&gt;
  Le prêt moyen long terme accompagne les différents projets d&amp;#039;investissements de tous les acteurs locaux.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;adresse à toutes les collectivités locales, y compris les plus petites. La Banque Postale, premier prêteur bancaire des collectivités locales, octroit un prêt sur deux à une commune de moins de 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  Les caractéristiques et la durée du prêt s&amp;#039;adaptent notamment en fonction de votre stratégie financière et de l&amp;#039;amortissement de vos projets à financer.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations sur
   le
  &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html" target="_self"&gt;
   prêt à moyen long terme
  &lt;/a&gt;
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Pour affiner votre besoin, plusieurs ressources sont à votre disposition :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunt-cinq-questions-a-se-poser-avant-emprunter-collectivite-territoriale.html" target="_self"&gt;
    Les 6 questions à se poser avant d&amp;#039;emprunter
   &lt;/a&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/emprunter-taux-variable-taux-revisable.html" target="_self"&gt;
    Empruntez à taux variable ou révisable ?
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.labanquepostale.fr/collectivites/mode-d-emploi/prets-verts-obligation-verte.html" target="_self"&gt;
    Prêt vert : comment l&amp;#039;analyser ?
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M61" s="1" t="inlineStr">
+      <c r="M78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le crédit moyen long terme peut être mobilisé sur tout type de projet d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -10872,2132 +15232,469 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Après analyse et acceptation de votre dossier par La Banque Postale.
 &lt;/p&gt;
 &lt;p&gt;
  Montant minimum : 40 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
+      <c r="T78" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/credit-moyen-long-terme.html</t>
         </is>
       </c>
-      <c r="W61" s="1" t="inlineStr">
+      <c r="W78" s="1" t="inlineStr">
         <is>
           <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
 &lt;/p&gt;
 &lt;p&gt;
  Vous pouvez le joindre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   via le
   &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
    formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>laurent.gautier-falret@labanquepostale.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a49e-adopter-un-financement-a-moyen-long-terme/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-[...26 lines deleted...]
-      <c r="G62" s="1" t="inlineStr">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>87182</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'agriculture urbaine</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’alimentation durable et de la transition agricole</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires investit dans les acteurs de l&amp;#039;économie sociale et solidaire portant des projets d&amp;#039;agriculture urbaine, en faveur d&amp;#039;une alimentation durable, de la végétalisation des espaces urbains, de l&amp;#039;impact social et de la mise en place de circuits courts de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de développer l&amp;#039;agriculture urbaine La Banque des Territoires vous propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un accompagnement de Territoires Conseils, un co-financement d&amp;#039;études d&amp;#039;ingénierie en amont ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un investissement en fonds propres et/ou quasi-fonds propres.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Alimentation
+Agriculture et agroalimentaire
+Emploi</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-alimentation-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Agri_argumentaire_psat</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+  https://www.banquedesterritoires.fr/directions-regionales
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e400-developper-lagriculture-urbaine-agriculture-u/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>71654</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Développer une école de conduite à statut associatif</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Mob'In France</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Entreprise publique locale (Sem, Spl, SemOp)
-[...20 lines deleted...]
-      <c r="K62" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
-[...179 lines deleted...]
- &lt;/em&gt;
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  écoles de conduite à statut associatif
+ &lt;/strong&gt;
+ sont des associations qui accueillent des publics en insertion sociale et/ou professionnelle, présentant des risques du point de vue de leur socialisation ou leur insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ Elles ont pour finalité de prévenir ou de gérer des risques sociaux, de permettre l&amp;#039;accès à la mobilité, l&amp;#039;accès à la mobilisation de personnes en manque ou ruptures de liens et d&amp;#039;accompagner à l&amp;#039;insertion sociale et professionnelle.
+ &lt;br /&gt;
+ L&amp;#039;enseignement du code et de la conduite est considéré comme un vecteur d&amp;#039;insertion grâce à une approche globale de la personne (le rapport à la règle et à la loi, l&amp;#039;estime de soi, l&amp;#039;apprentissage, les savoirs fondamentaux, les repérages espace-temps, les motivations personnelles, la santé, le développement cognitif, la reconnaissance et l&amp;#039;intégration sociale) et à la double dimension « formation - éducation ».
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;arrêté du 08 janvier 2001 relatif aux conditions d&amp;#039;agrément ECSA (école de conduite à statut associatif) précise le cadre réglementaire et législatif qui s&amp;#039;impose à ces associations qui s&amp;#039;appuient sur la formation à la conduite et à la sécurité routière pour faciliter l&amp;#039;insertion ou la réinsertion sociale ou professionnelle.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Plusieurs acteurs territoriaux du réseau Mob&amp;#039;In France possèdent l&amp;#039;agrément ECSA et peuvent vous accompagner dans les démarches législatives, juridiques ou organisationnelles dans la création et le développement d&amp;#039;une école de conduite à statut associatif.
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M62" s="1" t="inlineStr">
-[...24 lines deleted...]
- &lt;/a&gt;
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ AFODIL, acteur membre du réseau Mob&amp;#039;In Pays de la Loire (https://www.afodil.org/) a aidé à la création d&amp;#039;une ECSA à Laval et à la Roche-sur-Yon.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="O62" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Emploi
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programmes disponibles sur les Régions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Grand Est
+ &lt;br /&gt;
+ - Bourgogne Franche Comté
+ &lt;br /&gt;
+ - Auvergne Rhône Alpes
+ &lt;br /&gt;
+ - Corse
+ &lt;br /&gt;
+ - Occitanie
+ &lt;br /&gt;
+ - Nouvelle Aquitaine
+ &lt;br /&gt;
+ - Centre Val de Loire
+ &lt;br /&gt;
+ - Pays de la Loire
+ &lt;br /&gt;
+ - Bretagne
+ &lt;br /&gt;
+ - Normandie
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...9 lines deleted...]
-      <c r="U62" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
-[...13 lines deleted...]
- &lt;/a&gt;
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pascal GRAND
+&lt;/p&gt;
+&lt;p&gt;
+ professionnalisation&amp;#64;mobin-solutions.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>contact@mobin-solutions.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/65c1-developper-une-ecode-de-conduite-a-statut-ass/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...1617 lines deleted...]
-      <c r="A69" s="1">
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
         <v>70923</v>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Prévenir les risques naturels majeurs  - Fonds de Prévention des Risques Naturels Majeurs (FPRNM)</t>
         </is>
       </c>
-      <c r="E69" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique
 Direction Générale de la Prévention des Risques (DGPR)</t>
         </is>
       </c>
-      <c r="F69" s="1" t="inlineStr">
+      <c r="F81" s="1" t="inlineStr">
         <is>
           <t>Directions départementales des territoires et de la mer (DDTM)</t>
         </is>
       </c>
-      <c r="G69" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H69" s="1" t="inlineStr">
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I69" s="1" t="inlineStr">
+      <c r="I81" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J69" s="1" t="inlineStr">
+      <c r="J81" s="1" t="inlineStr">
         <is>
           <t>en fonction du type d'investissement (études, travaux ou équipements)</t>
         </is>
       </c>
-      <c r="K69" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L69" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le fonds de prévention des risques naturels majeurs (FPRNM), dit fonds Barnier, permet de soutenir des mesures de prévention et de protection des personnes et des biens exposés aux risques naturels majeurs.
 &lt;/p&gt;
 &lt;p&gt;
  Ce fonds peut être mobilisé par les collectivités territoriales, les petites entreprises, les particuliers et les services de l&amp;#039;État afin de garantir la préservation des vies humaines et de mettre en place des démarches de prévention des dommages selon le cadre fixé par la loi.
 &lt;/p&gt;
 &lt;p&gt;
  Face à des catastrophes toujours plus fréquentes et intenses, le fonds Barnier est aujourd&amp;#039;hui un levier indispensable pour l&amp;#039;adaptation des territoires au changement climatique.
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du projet de loi de finances 2021, le Gouvernement proposera au Parlement de fixer les moyens du fonds à 205M€ pour la prévention des risques naturels dans le contexte du changement climatique.
 &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;
  Accompagner les démarches globales de prévention des risques naturels
 &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;
  Le fonds Barnier peut être mobilisé pour des dépenses d&amp;#039;investissement afin de réaliser des études, des travaux ou des équipements de prévention ou de protection contre les risques naturels. Il est aussi mobilisable pour les actions d&amp;#039;information préventive sur les risques majeurs qui contribuent à développer la conscience du risque.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qui peut bénéficier du fonds ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -13063,51 +15760,51 @@
  &lt;li&gt;
   60 % pour les établissements scolaires ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   40 à 50 % pour les SDIS ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   50 % pour les bâtiments domaniaux utiles à la gestion de crise ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   35 % pour les HLM.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Résorption de l&amp;#039;habitat informel dans une zone exposée à un risque naturel
 &lt;/p&gt;
 &lt;p&gt;
  Le fonds Barnier peut intervenir sous la forme d&amp;#039;une aide financière plafonnée à hauteur de 40 000 € par unité foncière* de biens à usage d&amp;#039;habitation, y compris non assurés à titre exceptionnel et participer aux frais de démolition sous-conditions dans tous les outre-mer.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M69" s="1" t="inlineStr">
+      <c r="M81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   LA MOBILISATION DU FONDS PAR DES COLLECTIVITÉS TERRITORIALES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   1) Accompagner les démarches globales de prévention des risques naturels
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le fonds Barnier peut être mobilisé pour des dépenses d&amp;#039;investissement afin de réaliser des études, des travaux ou des équipements de prévention ou de protection contre les risques naturels. Il est aussi mobilisable pour les actions d&amp;#039;information préventive sur les risques majeurs qui contribuent à développer la conscience du risque.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Exemples d&amp;#039;études :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Acquisition de connaissances
 &lt;/p&gt;
 &lt;p&gt;
  • Prise en compte des risques dans l&amp;#039;élaboration et la révision des documents d&amp;#039;urbanisme
@@ -13182,1976 +15879,2215 @@
     1) Travaux individuels de réduction de la vulnérabilité aux inondations
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Un particulier ou une entreprise de moins de vingt salariés peut bénéficier d&amp;#039;une subvention du fonds pour la réalisation de travaux de réduction de la vulnérabilité sur des biens existants exposés à un risque d&amp;#039;inondation.
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux doivent être inscrits dans un plan de prévention des risques d&amp;#039;inondation (PPRI) ou identifiés par un diagnostic et inscrits dans un programme d&amp;#039;action de prévention des inondations (PAPI). Le financement possible s&amp;#039;élève à hauteur de 80 % pour les biens à usage d&amp;#039;habitation ou mixte et 20 % à pour les biens à usage professionnel.
   &lt;/li&gt;
   &lt;li&gt;
    Exemple de travaux finançables : barrières anti-inondation, équipements adaptés
    à l&amp;#039;inondation (évacuation, drains, pompes...), création d&amp;#039;une zone refuge, travaux pour rehausser le plancher, les circuits électriques, batardeaux...
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     2) Cas particulier pour les cavités souterraines
    &lt;/strong&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Pour les biens couverts par un contrat d&amp;#039;assurance, situés en zone à risques d&amp;#039;effondrement du sol causés par des cavités souterraines ou des marnières (cavités provoquées par l&amp;#039;extraction de la craie), le fonds peut participer aux opérations de reconnaissance, travaux de traitement ou de comblement de ces cavités à hauteur de 30 % des coûts
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N69" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Risques naturels</t>
         </is>
       </c>
-      <c r="O69" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S69" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T69" s="1" t="inlineStr">
+      <c r="T81" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U69" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V69" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.ecologie.gouv.fr/sites/default/files/20121_Fonds%20Barnier-A4_WEB.pdf</t>
         </is>
       </c>
-      <c r="X69" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &amp;gt; Les directions départementales des territoires - et de la mer (DDT-M) sont vos interlocuteurs privilégiés pour toute demande de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  &amp;gt; La note technique du 11 février 2019 relative au fonds de prévention des risques naturels majeurs intègre un guide qui précise les modalités de gestion et les conditions d&amp;#039;éligibilité aux différentes mesures du fonds.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y69" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z69" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e47c-fonds-de-prevention-des-risques-naturels-maje/</t>
         </is>
       </c>
-      <c r="AA69" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="70" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G70" s="1" t="inlineStr">
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>40600</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner aux démarches de prévention des risques professionnels toutes thématiques</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale de retraites des agents des collectivités locales (CNRACL)</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Commune
-Collectivité d’outre-mer à statut particulier</t>
-[...156 lines deleted...]
-Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...2 lines deleted...]
-      <c r="H71" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J71" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K71" s="1" t="inlineStr">
+      <c r="J82" s="1" t="inlineStr">
+        <is>
+          <t>L'accompagnement financier est forfaitaire, selon le nombre d'affiliés à la CNRACL</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
-[...8 lines deleted...]
-&lt;ol&gt;
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche de prévention, conduite par une ou plusieurs collectivités,  est destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail.
+ &lt;strong&gt;
+  Elle cible un thème donné, un métier ou une structure et s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les instances représentatives du personnel
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;accompagnement du FNP se traduit par un appui méthodologique au montage de projet, à son suivi et son évaluation, et par une aide financière destinée
+ &lt;/strong&gt;
+ à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Peuvent également être financés, sous certaines conditions, les achats de matériel, de prestations ou de formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prévention des risques psychosociaux, gestion des transitions professionnelles, amélioration des conditions de travail des agents techniques des collèges, prévention des troubles musculosquelettiques liés au métier d&amp;#039;ATSEM, voici quelques exemples de thématiques de prévention des risques professionnels que le FNP accompagne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre immatriculé et à jour de ses cotisations de retraite auprès de la CNRACL
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;au moins un agent affilié à la CNRACL et avoir un document unique d&amp;#039;évaluation des risques professionnels à jour
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ne pas mener de démarche en cours bénéficiant du soutien financier du FNP et que la démarche sur laquelle porte la demande ne soit pas finalisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utiliser ou s&amp;#039;engager à l&amp;#039;utilisation du logiciel de saisie des AT/MP Prorisq
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un document unique à jour
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir réalisé son diagnostic
+ &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
-   Sous- programme - Sites isolés
+   Remettre toutes les pièces attendues dans le dossier de demande d&amp;#039;accompagnement
   &lt;/strong&gt;
-  : aide pour le développement d&amp;#039;un projet EnR
-[...21 lines deleted...]
- &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/dispositifs-generaux-les-demarches-de-prevention</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toutes questions, et pour déposer la demande, utilisez le courriel :
+&lt;/p&gt;
+&lt;p&gt;
+ demarche-prevention&amp;#64;caissedesdepots.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
-[...78 lines deleted...]
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>celine.thenieres@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d4df-appel-a-projets-sur-la-prevention-des-risques/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...591 lines deleted...]
-      <c r="G76" s="1" t="inlineStr">
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>382</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un Prêt Secteur Public bonifié</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>PSP B</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H76" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
+      <c r="K83" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L76" s="1" t="inlineStr">
-[...59 lines deleted...]
- &lt;br /&gt;
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence française de développement accompagne les acteurs publics locaux dans le financement de leurs projets d&amp;#039;investissements de long terme en cohérence avec les objectifs de réduction des déchets et de convergence économique et sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Répondre aux besoins de financement des acteurs publics, pour les projets d&amp;#039;investissement relevant des secteurs d&amp;#039;intervention priorisés par le Livre bleu Outre-mer et le Plan de Relance 2021-2022.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du prêt :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public bonifié
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonnement de la bonification (au 1er janvier 2020) :
+6 M€ par projet
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : de 3 à 25 ans, avec ou sans différé
+&lt;/p&gt;
+&lt;p&gt;
+ Taux : prêt bonifié, à taux fixe ou taux variable
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : 0,5%
+&lt;/p&gt;
+&lt;p&gt;
+ Amortissement : capital constant ou échéances constantes
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible dès la signature de la
+convention
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O76" s="1" t="inlineStr">
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T76" s="1" t="inlineStr">
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toutes les petites  collectivités ultramarines de moins de 10 000 habitants, et l&amp;#039;ensemble des collectivités de Guyane et de Mayotte
+uniquement : toutes les opérations d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les autres acteurs publics locaux, y compris les associations, les opérations d&amp;#039;investissement s&amp;#039;inscrivant dans les secteurs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assainissement, adduction d&amp;#039;eau potable, déchets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets eau dans les DROM conformes aux contrats de progrès du plan d&amp;#039;action « eau-DOM » et projets eau dans les COM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le secteur sanitaire et médico-social (notamment EHPAD et petite enfance) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secteur du numérique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructures sportives ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opérations éligibles au titre du fonds exceptionnel d&amp;#039;investissement (FEI) et au Plan de Relance ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation professionnelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le logement social et intermédiaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;économie sociale et solidaire (ESS) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets culturels et de valorisation du patrimoine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc29-pret-secteur-public-bonifie-psp-b/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G77" s="1" t="inlineStr">
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>384</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un préfinancement de subventions européennes et d'Etat - PS2E</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat</t>
-[...9 lines deleted...]
-      <c r="K77" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
-[...14 lines deleted...]
-  les montages juridiques et financiers
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039; Agence française
+de développement
+répond aux besoins
+de financement de
+court terme des
+acteurs publics
+en préfinançant
+les subventions
+européennes, d&amp;#039;État
+ou de la Caisse
+d&amp;#039;allocations
+familiales (CAF).  Ce préfinancement permet d&amp;#039;avancer la trésorerie nécessaire au paiement des entreprises mobilisées pour la réalisation des investissements des acteurs publics; et le cas échéant, de compléter un prêt d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Type de prêt : prêt au secteur public
+&lt;/p&gt;
+&lt;p&gt;
+ Quotité de financement : jusqu&amp;#039;à 100 % de la subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : pas de montant maximal de prêt
+&lt;/p&gt;
+&lt;p&gt;
+ Durée : 3 à 5 ans maximum
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;instruction : 0,5 %
+&lt;/p&gt;
+&lt;p&gt;
+ Commission d&amp;#039;engagement : non applicable
+&lt;/p&gt;
+&lt;p&gt;
+ Échéances : trimestrielles, semestrielles ou annuelles
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : possible au démarrage des travaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tout préfinancement de subventions européennes,
+d&amp;#039;État, ou de la CAF
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...43 lines deleted...]
-  &lt;/a&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions européennes :
+fonds structurels européens et assimilés
+(FEDER, FEADER, FEAMP); 
+fonds européen de développement (FED); 
+autres fonds européens spécifiques
+(RTE-T, Marco-Polo, etc.)
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...24 lines deleted...]
-      <c r="AA77" s="1" t="inlineStr">
+&lt;ul&gt;
+ &lt;li&gt;
+  Subventions d&amp;#039;État et subventions des établissements
+publics nationaux et des Organismes divers d&amp;#039;adminitration
+centrale (ODAC); 
+Fonds exceptionnel d&amp;#039;investissement (FEI); dotations d&amp;#039;équipement des territoires ruraux
+(DETR); C
+entre national d&amp;#039;études spatiales (CNES); 
+Office National de l&amp;#039;Eau et des Milieux Aquatiques
+(ONEMA); 
+Agence de l&amp;#039;environnement et de la maîtrise de
+l&amp;#039;énergie (ADEME); 
+Agence nationale pour la rénovation urbaine
+(ANRU); etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f5b-prefinancement-de-subventions-europeennes-et-/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G78" s="1" t="inlineStr">
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>101583</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à la gestion durable de l'eau et de zones humides</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Chambres d'agriculture</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Notre offre d&amp;#039;accompagnement vous aide à mettre en place une gestion durable de l&amp;#039;eau et des zones humides, en fournissant une expertise environnementale et des solutions sur mesure pour gérer au mieux les ressources hydriques, et adapter votre territoire aux défis climatiques en conciliant les besoins économiques, agricoles et écologiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://chambres-agriculture.fr/</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre d&amp;#039;agriculture : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>anne.lemaire@apca.chambagri.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d79-mettre-en-place-une-gestion-durable-de-leau-d/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>71318</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des économies d'énergie sur votre éclairage public via un conseil en énergie partage (CEP)</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Eclairage public  : un gisement d&amp;#039;économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour  aider les collectivités à rénover leurs installations, l&amp;#039;ADEME met à disposition plusieurs outils et propose des financements.
+&lt;/p&gt;
+&lt;p&gt;
+ Les petites communes peuvent aussi recourrir à un CEP (conseil en énergie partagé) dont les missions couvrent l&amp;#039;éclairage public :
+ &lt;a href="https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/batiments-publics-reduire-depense-energetique/conseil-energie-partage-cep"&gt;
+  lien vers la page
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéfices du Conseil en Energie Partagé (CEP)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mutualisation d&amp;#039;une compétence dans le cadre d&amp;#039;une démarche territoriale ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil objectif et indépendant : priorité est donnée à la maîtrise de l&amp;#039;énergie sans privilégier une solution énergétique en particulier ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un coût potentiellement compensé par les économies ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un réseau de conseillers énergie sur l&amp;#039;ensemble du territoire français, formé, outillé et animé par l&amp;#039;ADEME ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accompagnement et une assistance technique sur le long terme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au niveau national, l&amp;#039;ADEME met à la disposition des conseillers énergie différents outils et leur fournit différents services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accès à un logiciel (GEPweb360) de comptabilité énergie ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accès à un forum d&amp;#039;échanges et à une plateforme de téléchargement de documents de référence ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise à disposition d&amp;#039;un guide méthodologique et de supports de communication (plaquettes, vidéos...) ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la tenue annuellement d&amp;#039;une journée d&amp;#039;échanges ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise en œuvre d&amp;#039;un parcours de formation dédié.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au niveau régional, l&amp;#039;ADEME assure la mobilisation des partenaires, la contractualisation et le financement des projets, ainsi que le suivi des conseillers énergie embauchés.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans les régions regroupant un nombre significatif de Conseils en Energie Partagé (CEP), l&amp;#039;ADEME organise aussi une animation complémentaire pouvant comprendre des réunions de travail ou des visites d&amp;#039;installations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour le CEP (conseil en énergie partagé) avoir moins de 10 000 habitants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ademe.fr/collectivites-secteur-public/patrimoine-communes-comment-passer-a-laction/eclairage-public-gisement-deconomies-denergie</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact avec votre agence régionale : https://www.ademe.fr/lademe/presentation-lademe/liste-implantations-lademe
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8630-eclairage-public-un-gisement-deconomies-dener/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>83477</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Financer de nouvelles missions de services civiques</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Ministère du Travail, du Plein emploi et de l'Insertion</t>
+        </is>
+      </c>
+      <c r="F87" s="1" t="inlineStr">
+        <is>
+          <t>Agence du Service Civique
+Directions départementales de l'emploi, du travail, des solidarités et de la protection des populations (DDETS / DDETSPP)
+Délégations Régionales Académiques à la Jeunesse, à l'Engagement et aux Sport (DRAJES)</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J87" s="1" t="inlineStr">
+        <is>
+          <t>523 euros bruts</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Service Civique est un engagement volontaire au service de l&amp;#039;intérêt général d&amp;#039;une durée de 6 à 12 mois (8 mois en moyenne), sur au moins 24 heures par semaine, en France ou à l&amp;#039;étranger. Il est ouvert aux jeunes âgés de 16 à 25 ans, et jusqu&amp;#039;à 30 ans en cas de situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ Les missions de Service Civique peuvent se déployer dans l&amp;#039;un des 9 domaines prioritaires pour la Nation suivants : éducation, solidarité, sport, culture et loisirs, environnement, santé, mémoire et citoyenneté, intervention d&amp;#039;urgence, développement international et action humanitaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le volontaire effectue une mission complémentaire de l&amp;#039;action des salariés, des stagiaires ou des bénévoles de la structure d&amp;#039;accueil, à laquelle il ne se substitue pas. Cette mission permet d&amp;#039;expérimenter ou de développer de nouveaux projets, de démultiplier l&amp;#039;impact d&amp;#039;actions existantes en touchant davantage de bénéficiaires, ou encore de renforcer la qualité ou la diversité du service rendu.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Cohésion sociale et inclusion
+Emploi</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Demander un agrément en vous rendant sur le site du Service Civique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficier de l&amp;#039;agrément collectif d&amp;#039;une union ou d&amp;#039;une fédération d&amp;#039;associations : si votre structure est membre d&amp;#039;une union ou d&amp;#039;une fédération d&amp;#039;associations, il est probable qu&amp;#039;elle ait déjà obtenu un agrément au titre du Service Civique. Contactez votre union ou fédération à ce sujet pour en savoir plus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accueillir un volontaire mis à disposition par un organisme agréé, afin de faciliter le montage et le suivi du projet d&amp;#039;accueil (une telle modalité d&amp;#039;entrée simplifiée dans le dispositif pourra ensuite donner lieu à un agrément direct). Cette intermédiation se formalise par la signature d&amp;#039;une convention tripartite entre le ou les volontaires, la structure agréée qui met à disposition le ou les volontaires, et votre organisme.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/collectivites/financement-de-nouvelles-missions-de-service-civique</t>
+        </is>
+      </c>
+      <c r="W87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-civique.gouv.fr/organisme/creation</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les référents locaux service civique en vous référent à la fiche locale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e6c-financer-de-nouvelles-missions-de-services-ci/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>50281</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements dans les EHPAD et les résidences services</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’immobilier de santé et médico-social</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K78" s="1" t="inlineStr">
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
- _________________________________________________________________
-[...8 lines deleted...]
- Ce prêt dispose de nombreux avantages afin de vous permettre de financer sereinement vos travaux. Vous avez notamment la possibilité d&amp;#039;adapter la durée de votre emprunt en fonction de votre besoin ou encore de bénéficier d&amp;#039;une exonération des indemnités de remboursement en cas de revente des lots.
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose plusieurs solutions pour financer les projets favorisant le maintien à domicile des personnes âgées et le développement de services nécessaires aux personnes dépendantes. Elles s&amp;#039;adressent aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construire au moins 90 appartements en Résidence Services Senior (RSS), dont au moins 10 % de la surface est occupée par des locaux communs de services ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construire des EHPAD d&amp;#039;au moins 84 lits* ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;accueil de jour et les espaces Alzheimer au sein des EHPAD*.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des investissements directs en fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des investissements en quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des crédits d&amp;#039;ingénierie préalables à l&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * Sous réserve d&amp;#039;autorisation de l&amp;#039;Agence Régionale de Santé (ARS) et du Conseil départemental.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
-[...3 lines deleted...]
-Recyclage et valorisation des déchets
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
 Bâtiments et construction
-Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O88" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="T78" s="1" t="inlineStr">
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U88" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X78" s="1" t="inlineStr">
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-immobilier-sante-medico-social?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=invest_ehpad_rss_psat</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_dr_at"&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
- &lt;br /&gt;
-[...4 lines deleted...]
-   Contactez-nous via notre formulaire
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y88" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6931-developper-loffre-dhebergement-et-de-services/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-      <c r="A79" s="1">
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
         <v>71876</v>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Soutenir la reprise des chantiers de logements sociaux affectés par la crise sanitaire</t>
         </is>
       </c>
-      <c r="D79" s="1" t="inlineStr">
+      <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Soutien aux chantiers touchés par la crise sanitaire</t>
         </is>
       </c>
-      <c r="E79" s="1" t="inlineStr">
+      <c r="E89" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G89" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H79" s="1" t="inlineStr">
+      <c r="H89" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="K89" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
+      <c r="L89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires vous propose une offre visant à financer la reprise des chantiers de construction et de réhabilitation de logements sociaux, et ce, suite à la crise sanitaire.
 &lt;/p&gt;
 &lt;p&gt;
  Assimilable à des quasi-fonds propres, ce financement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Prend la forme d&amp;#039;un forfait accordé par logement, dans la limite de 3 500 €/logement pour la construction et de 2 000 €/ logement pour la réhabilitation ;
  &lt;/li&gt;
  &lt;li&gt;
   Est versé en une seule fois et distribué à l&amp;#039;opérateur du projet sous forme de prêt (enveloppe de 400 millions d&amp;#039;euros) ;
  &lt;/li&gt;
  &lt;li&gt;
   Est accordé sans droits de réservation demandés par Action Logement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N79" s="1" t="inlineStr">
+      <c r="N89" s="1" t="inlineStr">
         <is>
           <t>Logement et habitat</t>
         </is>
       </c>
-      <c r="O79" s="1" t="inlineStr">
+      <c r="O89" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S79" s="1" t="inlineStr">
+      <c r="S89" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T79" s="1" t="inlineStr">
+      <c r="T89" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U89" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
+      <c r="V89" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/soutien-aux-chantiers-touches-par-la-crise-sanitaire?pk_campaign=Aides_Territoires&amp;pk_kwd=soutien_chantiers_touches_par_la_crise&amp;pk_source=Affiliation</t>
         </is>
       </c>
-      <c r="X79" s="1" t="inlineStr">
+      <c r="X89" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="Y89" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
+      <c r="Z89" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/268e-appuyer-les-territoires-aux-problematiques-sp/</t>
         </is>
       </c>
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="AA89" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E80" s="1" t="inlineStr">
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>165566</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>ERASMUS + - Jeunesse européenne ensemble 2026</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>ERASMUS + - Jeunesse européenne ensemble 2026 - 2026</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Erasmus&amp;#43; - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;8 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel: 8 million euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : maximum 500 000 euros par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;La subvention sera versée sous forme de somme forfaitaire.&lt;/em&gt;  &lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 80% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Créer une coopération permettant aux jeunes de toute l&amp;#039;Europe de mettre en place des projets communs, d&amp;#039;organiser des échanges et de promouvoir des formations par le biais d&amp;#039;activités physiques et en ligne&lt;/li&gt;    &lt;li&gt;Promouvoir et développer une coopération transnationale structurée, en ligne et hors ligne, entre différentes organisations de jeunesse afin de construire ou de renforcer des partenariats axés sur la solidarité et la participation démocratique inclusive&lt;/li&gt;    &lt;li&gt;Soutenir des modes de coopération innovants et la création, le développement et la gestion de réseaux&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;span&gt;Parmi les actions financées&lt;/span&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Échanges transfrontaliers&lt;/li&gt;    &lt;li&gt;Formations non formelles ou informelles pour les jeunes&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être une entité juridique établie dans un État membre de l&amp;#039;UE ou un pays tiers associé au Programme :  &lt;ul&gt;    &lt;li&gt;ONG œuvrant dans le domaine de la jeunesse&lt;/li&gt;    &lt;li&gt;Organismes publics locaux, régionaux ou nationaux œuvrant dans le domaine de la jeunesse&lt;/li&gt;    &lt;li&gt;Organisations à but lucratif&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins 5 candidats originaires d&amp;#039;au moins 5 États membres de l&amp;#039;UE et/ou pays tiers associés au Programme&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 24 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et par le biais d’un avenant à la convention de subvention.&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Contact: EACEA-YOUTH&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Guidelines (EN) : &lt;a title="Click here" href="https://erasmus-plus.ec.europa.eu/sites/default/files/2025-11/programme-guide-2026_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l&amp;#039;appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERASMUS-YOUTH-2026-YOUTH-TOG?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;ERASMUS-YOUTH-2026-YOUTH-TOG&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l&amp;#039;Agence exécutive (EN) : &lt;a title="Click here" href="https://www.eacea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d&amp;#039;informations (EN) : &lt;a title="Click here" href="https://erasmus-plus.ec.europa.eu/" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Education et renforcement des compétences
+Formation professionnelle
+International</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P90" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2025</t>
+        </is>
+      </c>
+      <c r="Q90" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2026</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/erasmus-jeunesse-europeenne-ensemble-2026-2026/</t>
+        </is>
+      </c>
+      <c r="W90" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/ERASMUS-YOUTH-2026-YOUTH-TOG?isExactMatch=true&amp;status=31094501,31094502,31094503&amp;callIdentifier=ERASMUS-YOUTH-2026-YOUTH-TOG&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-jeunesse-europeenne-ensemble-2026-2026/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>50516</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Garantir les opérations financières et les projets importants</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Optimisez vos opérations bancaires</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G80" s="1" t="inlineStr">
+      <c r="G91" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H80" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K80" s="1" t="inlineStr">
+      <c r="K91" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...11 lines deleted...]
-  En raison de leur localisation (site isolé).
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose plusieurs solutions pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sécuriser les opérations financières importantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir les projets contre le risque de défaillance.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Pour les acteurs souhaitant contribuer au développement de la couverture fixe THD pour de tels raccordements, à condition qu&amp;#039;ils ne soient pas encore financés, la Banque des Territoires propose :
-[...15 lines deleted...]
-  Un Crédit d&amp;#039;études.
+ Dans cette optique, la Banque des Territoires peut notamment proposer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une caution bancaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des garanties financières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un engagement par signature.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O80" s="1" t="inlineStr">
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S91" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U80" s="1" t="inlineStr">
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X80" s="1" t="inlineStr">
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-bancaires/offre-virement-prelevement-SEPA?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_bancaires&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=outils_securisation_bancaire</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
-[...4 lines deleted...]
- &lt;/a&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aefd-obtenir-une-garantie-pour-les-projets-damenag/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>105065</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d'investissement portant sur des équipements publics collectifs via le fonds exceptionnel d'investissement (FEI)</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Fonds exceptionnel d'investissement (FEI)</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du fonds exceptionnel d&amp;#039;investissement (FEI) est de favoriser et d&amp;#039;accélérer les projets d&amp;#039;investissements innovants et/ou structurants, portés par les collectivités ultramarines dont l&amp;#039;impact est visible sur l&amp;#039;emploi, le développement économique et durable et l&amp;#039;amélioration de la vie quotidienne.
+ &lt;br /&gt;
+ Il porte ainsi sur la réalisation ou la modernisation d&amp;#039;infrastructures ou d&amp;#039;équipements à usage collectif (eau et assainissement, construction et rénovations scolaires, équipements sportifs, prévention des risques majeurs, désenclavement du territoire, infrastructure numérique, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Un appel à projets du ministère des outre-mer est lancé chaque année au dernier trimestre. L&amp;#039;instruction est réalisée par les services territoriaux de l&amp;#039;Etat. La décision d&amp;#039;attribution relève de la compétence du ministre des outre-mer.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Construction du groupe scolaire de Chateaubrun (Guadeloupe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de protection contre les inondations de la Plaine de Rivière Salée (Martinique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de la ressource en eau potable sur la commune de Houaïlou (Nouvelle Calédonie)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Natitua Sud, câble numérique vers l&amp;#039;archipel des Australes (Polynésie Française)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude de réhabilitation des ouvrages maritimes sur Amsterdam (TAAF)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Sports et loisirs
+Tourisme
+Transition énergétique
+Recyclage et valorisation des déchets
+Jeunesse
+Accès aux services
+Risques naturels
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projets matures dont la réalisation peut débuter dans les 6 mois après la signature de la convention
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée maximale du projet : 4 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenabilité du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets co-financés (octroi de financement bancaires, européens...) ou qui ne pourraient être réalisés sans l&amp;#039;attribution du fonds
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="W92" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.outre-mer.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Guadeloupe :
+  &lt;a href="https://www.guadeloupe.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.guadeloupe.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique :
+  &lt;a href="https://www.martinique.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.martinique.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guyane :
+  &lt;a href="https://www.guyane.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.guyane.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Réunion :
+  &lt;a href="https://www.guyane.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.reunion.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saint-Pierre-et-Miquelon :
+  &lt;a href="http://www.saint-pierre-et-miquelon.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.saint-pierre-et-miquelon.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte :
+  &lt;a href="https://www.mayotte.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.mayotte.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Terres australes et antarctiques françaises :
+  &lt;a href="https://taaf.fr/" rel="noopener" target="_blank"&gt;
+   https://taaf.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Wallis-et-Futuna :
+  &lt;a href="https://www.wallis-et-futuna.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.wallis-et-futuna.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie Française :
+  &lt;a href="http://www.polynesie-francaise.pref.gouv.fr/" rel="noopener" target="_blank"&gt;
+   http://www.polynesie-francaise.pref.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie :
+  &lt;a href="https://www.nouvelle-caledonie.gouv.fr/" rel="noopener" target="_blank"&gt;
+   https://www.nouvelle-caledonie.gouv.fr/
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>contribution-aides-terr@outre-mer.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/698a-financer-les-projets-dinvestissement-portant-/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E81" s="1" t="inlineStr">
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>94237</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Créer des tiers-lieux d’innovation sociale pour contribuer au développement économique des territoires</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G93" s="1" t="inlineStr">
         <is>
           <t>Commune
+Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H81" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K81" s="1" t="inlineStr">
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
+      <c r="L93" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
- ________________________________________________________________________
-[...15 lines deleted...]
-  Sur les zones touristiques (à condition que l&amp;#039;installation d&amp;#039;infrastructures se fasse dans le respect de l&amp;#039;environnement).
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez participer au développement économique local et mettre en place un tiers-lieu d&amp;#039;innovation sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires peut apporter, sous certaines conditions dont notamment le soutien de la collectivité territoriale, un appui à l&amp;#039;émergence du projet et à la structuration de sa gouvernance, une aide aux études de programmation ou de montage juridique et financier, une part des fonds propres de la structure d&amp;#039;exploitation ou de la structure portant les murs, sous forme d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=tierslieux_innov_sociale_psat</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Pour les collectivités et acteurs privés souhaitant participer au développement de projets de mutualisation de nouveaux points hauts et d&amp;#039;amélioration de la qualité de service, la Banque des Territoires propose des outils spécifiques d&amp;#039;investissement et de prêt. L&amp;#039;enjeu ? Épauler les engagements qui ont déjà été pris par les acteurs publics et privés intervenant sur le projet.
-[...21 lines deleted...]
-  Un crédit d&amp;#039;études.
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
-[...53 lines deleted...]
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y93" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b33b-developper-les-tiers-lieux-dinnovation-social/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
         <v>72011</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Identifier et développer des activités économiques à impact social avec la Fabrique à initiatives</t>
         </is>
       </c>
-      <c r="C82" s="1" t="inlineStr">
+      <c r="C94" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E94" s="1" t="inlineStr">
         <is>
           <t>Avise</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G94" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H94" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K94" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   La
   &lt;a href="https://fabriqueainitiatives.org/"&gt;
    Fabrique à initiatives
   &lt;/a&gt;
   est un dispositif d&amp;#039;ingénierie territoriale
  &lt;/strong&gt;
  créé en 2010 par l&amp;#039;
  &lt;a href="https://www.avise.org/"&gt;
   Avise
  &lt;/a&gt;
  - agence d&amp;#039;ingénierie pour entreprendre autrement, afin d&amp;#039;
  &lt;strong&gt;
   accompagner les acteurs d&amp;#039;un territoire dans la co-construction de projets économiques à impact en partant des enjeux et des besoins locaux
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Porté localement par des structures de l&amp;#039;accompagnement et présent dans 22 territoires,
  &lt;strong&gt;
   le dispositif permet, en partant d&amp;#039;un besoin social / environnemental, d&amp;#039;une idée de projet ou d&amp;#039;un lieu, de faciliter la création d&amp;#039;activités d&amp;#039;utilité sociale
  &lt;/strong&gt;
  en apportant
@@ -15219,51 +18155,51 @@
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Concevoir des activités innovantes
   &lt;/strong&gt;
   &lt;strong&gt;
    durables
   &lt;/strong&gt;
   à travers l&amp;#039;étude d&amp;#039;opportunité et la mobilisation collective
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Transmettre le projet
   &lt;/strong&gt;
   à un entrepreneur qualifié ou une entreprise de l&amp;#039;ESS existante
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Accompagner le porteur de projet jusqu&amp;#039;à la création
   &lt;/strong&gt;
   de l&amp;#039;activité, en partenariat avec les réseaux et acteurs spécialisés existants
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="M82" s="1" t="inlineStr">
+      <c r="M94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Exemples de projets réalisés :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Espace de couture mutualisé en QPV
   &lt;/strong&gt;
   , dans le cadre du contrat de ville avec Toulouse métropole, la Ville de Toulouse et la Région Occitanie
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Plateforme de circuits-courts
   &lt;/strong&gt;
   avec la Métropole du Havre
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Commerce de proximité local et solidaire
   &lt;/strong&gt;
   avec la commue du Juch
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
@@ -15304,903 +18240,577 @@
  &lt;li&gt;
   &lt;strong&gt;
    Tiers-lieu numérique et intergénérationnel
   &lt;/strong&gt;
   , avec la commune de Moncontour
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Restaurant-traiteur d&amp;#039;insertion en QPV
   &lt;/strong&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Tiers-lieu café associatif / repair café
   &lt;/strong&gt;
   etc. avec la commune d&amp;#039;Annonay
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Conserverie à partir d&amp;#039;invendus alimentaires
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N94" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O94" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R94" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ne pas avoir identifié de porteurs de projet
  &lt;/li&gt;
  &lt;li&gt;
   Autres conditions d&amp;#039;intervention selon les structures porteuses (cf.
   &lt;a href="https://fabriqueainitiatives.org/contact/" target="_self"&gt;
    carte du réseau
   &lt;/a&gt;
   ). Le dispositif est partenaire du programme Petites villes de demain de l&amp;#039;ANCT.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S94" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U94" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V82" s="1" t="inlineStr">
+      <c r="V94" s="1" t="inlineStr">
         <is>
           <t>https://fabriqueainitiatives.org/</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
+      <c r="W94" s="1" t="inlineStr">
         <is>
           <t>https://fabriqueainitiatives.org/contact/</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X94" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://fabriqueainitiatives.org/contact/
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y94" s="1" t="inlineStr">
         <is>
           <t>contact@avise.org</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z94" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6dba-identifier-et-developper-des-activites-econom/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA94" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G83" s="1" t="inlineStr">
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>71863</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans les projets de centrales biomasses et CSR</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour la valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...45 lines deleted...]
- &lt;br /&gt;
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre des objectifs sur la chaleur durable de la Programmation Pluriannuelle de l&amp;#039;Energie, la Banque des Territoires soutient le développement de réseaux de chaleur propres (cogénération biomasse, centrale 100 % électrogène, chaufferie collective, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets sont accompagnés sur toute leur durée, du cofinancement d&amp;#039;études préalables (si nécessaires pour le dossier d&amp;#039;investissement), au financement du projet (fonds propres et quasi-fonds propres, participations minoritaires, ...).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O83" s="1" t="inlineStr">
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P83" s="1" t="inlineStr">
-[...11 lines deleted...]
- &lt;br /&gt;
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-valorisation-energetique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_biomasse_csr_psat</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Nous contacter par mail via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
-[...35 lines deleted...]
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c315-investir-dans-les-projets-de-centrales-biomas/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G84" s="1" t="inlineStr">
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>165396</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K84" s="1" t="inlineStr">
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
-[...96 lines deleted...]
-      <c r="U84" s="1" t="inlineStr">
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
+Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;
+&lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
-[...72 lines deleted...]
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W96" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.cadiou@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-[...278 lines deleted...]
-      <c r="E87" s="1" t="inlineStr">
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
-      <c r="G87" s="1" t="inlineStr">
+      <c r="G97" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H87" s="1" t="inlineStr">
+      <c r="H97" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K87" s="1" t="inlineStr">
+      <c r="K97" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
+      <c r="L97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
- Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
-[...16 lines deleted...]
-&lt;/p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ses particularités :
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...35 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M87" s="1" t="inlineStr">
-[...21 lines deleted...]
-&lt;/p&gt;
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N87" s="1" t="inlineStr">
+      <c r="N97" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -16243,3475 +18853,5844 @@
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O87" s="1" t="inlineStr">
+      <c r="O97" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R87" s="1" t="inlineStr">
+      <c r="R97" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;adhésion
  &lt;/strong&gt;
  est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
-&lt;p&gt;
-[...28 lines deleted...]
-&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S87" s="1" t="inlineStr">
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
+      <c r="U97" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V87" s="1" t="inlineStr">
+      <c r="V97" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W87" s="1" t="inlineStr">
-[...15 lines deleted...]
- : adhesion&amp;#64;agence-france-locale.fr
+      <c r="W97" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y87" s="1" t="inlineStr">
+      <c r="Y97" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z87" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="88" spans="1:27" customHeight="0">
-[...462 lines deleted...]
-      <c r="G90" s="1" t="inlineStr">
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>143362</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H90" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K90" s="1" t="inlineStr">
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L90" s="1" t="inlineStr">
-[...22 lines deleted...]
-  Études liées à la refonte d&amp;#039;une tarification existante.
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de neutralité carbone à horizon 2050 implique d&amp;#039;importants changements sur l&amp;#039;organisation des systèmes de transports, les usages et comportements, ainsi que les choix technologiques associés. Tous les leviers (report modal, taux de remplissage, efficacité énergétique, sobriété des déplacements) doivent être mobilisés, à la fois pour les voyageurs et les marchandises.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Expert public des mobilités, le Cerema accompagne le passage à l&amp;#039;action des collectivités dans le déploiement de solutions structurantes pour la mobilité décarbonée de tous, dans une dynamique vertueuse de réduction des émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA REPONSE DU CEREMA
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Du diagnostic des besoins de déplacements à la mise en place des services de mobilité les plus adaptés, le Cerema s&amp;#039;engage à vos côtés !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Développer les modes actifs : vélo, marche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema sécurise et adapte la conception des espaces publics et voiries urbaines au développement de la marche et du vélo.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage, expertise et conseil pour élaborer votre politique modes actifs et réaliser des aménagements cyclables et piétons
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations aux politiques de développement des modes actifs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Programmes et références
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recommandations d&amp;#039;aménagement pour déployer les « coronapistes »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil technique de proximité pour développer les politiques cyclables (programme CEE AVELO2 avec Ademe) ; faire évoluer la doctrine et la diffuser (programme CEE ADMA).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Favoriser le report modal vers les transports collectifs et services de mobilités partagés (covoiturage, autopartage)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organiser l&amp;#039;intermodalité : pôles d&amp;#039;échanges, coordination des services de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Redynamiser les petites lignes ferroviaires, via des outils d&amp;#039;analyse du potentiel ferroviaire et de la redynamisation des capillaires fret
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser les mobilités et leur intermodalité en villes moyennes et territoires peu denses (programmes France Mobilités et Action Coeur de ville)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des solutions de covoiturage (services et voies réservées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer l&amp;#039;offre de services numériques (systèmes tout en un « MaaS »).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Organiser des actions de logistique urbaine durable pour la décarbonation du dernier kilomètre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Programme InTerLUD (d&amp;#039;Innovations Territoriales et Logistique Urbaine Durable) avec LLC, Rozo et Ademe, dans le cadre du dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  250 métropoles, communautés urbaines et d&amp;#039;agglomérations sensibilisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 chartes locales de logistique urbaine élaborées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des actions spécifiques déployées (espaces logistiques, optimisation des tournées, gestion des livraisons, logistique fluviale...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Accompagner la transition énergétique des systèmes de transport
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en oeuvre des SDIRVE (bornes de recharge électriques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation de systèmes pour les autoroutes électriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil aux collectivités pour la transition des flottes de bus (potentiel d&amp;#039;usage des différentes motorisations, pertinence avec le réseau de transport).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Adapter les conditions d&amp;#039;usages des mobilités
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation des revêtements et voiries urbaines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Management de la mobilité ; adaptation des horaires et politiques temporelles des activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification de la vulnérabilité des réseaux de transports.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O90" s="1" t="inlineStr">
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagné pour préparer un projet MaaS sur votre territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des aménagements cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser une logistique urbaine vertueuse
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;efficacité d&amp;#039;un service de mobilité autonome
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R90" s="1" t="inlineStr">
-[...30 lines deleted...]
- Auvergne-Rhône-Alpes, Bourgogne-Franche-Comté, Bretagne, Corse, Grand Est, Hauts-de-France, Île-de-France, La Réunion, Martinique, Mayotte, Normandie, Occitanie, Pays de la Loire, Provence-Alpes-Côte d&amp;#039;Azur
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-mobilite-decarbonee</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U90" s="1" t="inlineStr">
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38c4-agir-pour-une-mobilite-decarbonee/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>41742</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Financer des services de mobilité durable en ville et en périphérie</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Financement des services de mobilité durable</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, une société ou un acteur financier privé et vous
+souhaitez participer au développement de services de mobilité durable ? La
+Banque des Territoires met à disposition des solutions de financement pour vous
+accompagner dans votre projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Solutions d’autopartage, service de vélos
+partagés, covoiturage courte distance, ou encore corporate venture au profit de
+jeunes entreprises innovantes : l’accompagnement de la Banque des Territoires
+peut se faire sur différents types de projets, en fonction de leur éligibilité.
+L’objectif est ainsi de développer des alternatives à la possession d’un véhicule
+et à l’autosolisme, libérer de l’espace urbain utilisé pour le stationnement de
+véhicules et réduire l’empreinte carbone.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement de ces solutions de mobilité
+durable est toutefois conditionné à des prérequis et des objectifs spécifiques,
+comme la justification territoriale du projet ou encore la réduction du volume
+de véhicules en circulation en agglomération. La Banque des Territoires met à
+disposition de nombreuses compétences et expertises pour étudier votre projet
+et vous apporter les meilleures solutions possibles.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V90" s="1" t="inlineStr">
-[...21 lines deleted...]
-      <c r="AA90" s="1" t="inlineStr">
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_mobilite_durable_psat</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;service_mobilite_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-mobilite-durable/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="91" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G91" s="1" t="inlineStr">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>87183</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction de bornes IRVE et de stations GNV et hydrogène</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’infrastructures de recharge et avitaillement</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un acteur public (collectivité
+territoriale, etc.), privé (opérateur de flottes, de recharge, etc.) ou un maître
+d’ouvrage (SEM locale, énergéticien, etc.) et vous souhaitez financer la
+construction de bornes de recharge collectives pour véhicules électriques, de
+stations d’avitaillement d’hydrogène ou GNV ? La Banque des Territoires peut
+vous aider à financer ce type de projet, selon certains critères.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Par ses investissements, la Banque des
+Territoires vise à permettre à chacun, sur tout le territoire, de pouvoir se
+déplacer en limitant son impact sur l’environnement. Pour cela, l’offre
+Infrastructures de recharge et avitaillement se compose de 3 volets pour
+financer plusieurs types d’infrastructures : les bornes IRVE, les stations GNV
+et les stations hydrogène.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Si votre projet respecte les critères de la
+Banque des Territoires, l’établissement propose différentes modalités
+d’investissement : sous forme d’investissement en fonds propres et quasi-fonds
+propres, de co-investissement dans la société de projet (SPV) ou encore sous
+forme de prêt mezzanine.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=IRVE_GNV_psat</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;IRVE_GNV_psat" rel="noopener" target="_blank"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-bornes-irve/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>58075</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la valorisation des travaux de rénovation grâce aux Certificats d'Economie d'Energie</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Hellio Solutions</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Min : 5 Max : 100</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hellio est expert de la réglementation des CEE pour les collectivités et les territoires. Nous déployons des solutions sur-mesure destinées au secteur public,
+ au travers de son pôle dédié. Grâce à une pluralité de métiers complémentaires, nos équipes accompagnent les collectivités étape par étape,
+ jusqu&amp;#039;à
+ l&amp;#039;optimisation des performances énergétiques de leurs bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous proposons un accompagnement tout le long du cycle de vie des projets d&amp;#039;économies d&amp;#039;énergie et cela inclut notamment les axes suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- L&amp;#039; identification des gisements d&amp;#039;économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Des recommandations techniques sur les projets à venir
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Le montage et la validation des dossiers CEE
+&lt;/p&gt;
+&lt;p&gt;
+ Tout cet accompagnement est articulé autour d&amp;#039;une mobilisation optimale du dispositif CEE comme levier de financement  pour accélérer et améliorer les travaux réalisés.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2018, Hellio a versé plus de 30 millions d&amp;#039;euros pour la rénovation de ces bâtiments divers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  278 écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  175 mairies
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  138 salles des fêtes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &amp;#43; de 200 logements communaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Exemple de rénovation d&amp;#039;un bâtiment scolaire dans la Marne (51)
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  isolation des combles, de la toiture-terrasse, des murs et du plancher : 73 600 € de versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  remplacement des menuiseries : 1000 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pose d&amp;#039;une pompe à chaleur air/eau : 9760 € versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un système de gestion technique du bâtiment pour le chauffage et l&amp;#039;eau chaude sanitaire : 1 700€ versés
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au total, le montant de prime versé a été de 86 060 € ce qui a couvert 37% du montant total des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible aux dispositif des CEE, chaque opération doit respecter des critères spécifiques définis. Au cas par cas, nous vous indiquerons si votre opération est éligible aux CEE et nous serons force de propositions et préconisations.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hellio.com/solutions/collectivites</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Léa Monnier
+  &lt;/strong&gt;
+  &lt;br /&gt;
+  Responsable développement commercial - Secteur Public - Hellio
+  &lt;br /&gt;
+  01 44 94 21 36
+  &lt;br /&gt;
+  &lt;a href="mailto:lmonnier&amp;#64;hellio.com" target="_self"&gt;
+   lmonnier&amp;#64;hellio.com
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>lmonnier@hellio.com</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-dans-la-valorisation-des-travaux-de-re/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>89886</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les infrastructures de distribution d’eau potable, d’assainissement et de gestion des eaux pluviales en métropole et dans les outre-mer</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Agences de l'eau
+Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Plan de relance, une aide à l&amp;#039;investissement soutient les projets pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la modernisation des réseaux d&amp;#039;eau potable et d&amp;#039;assainissement et les stations d&amp;#039;épuration,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;hygiénisation des boues en zone rurale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accélération du « plan eau DOM » en outre-mer pour faire face aux difficultés structurelles renforcées par la crise du Coronavirus Covid-19.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si votre projet est en métropole, déposez votre demande de subvention auprès de votre agence de l&amp;#039;eau.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre projet est en outre-mer, adressez votre demande à l&amp;#039;Office français de la biodiversité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les conditions de subventionnement diffèrent en fonction de votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter l&amp;#039;OFB ou votre agence de l&amp;#039;eau.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/163b-securiser-les-infrastructures-de-distribution/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>81524</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la performance environnementale des produits et des services - Études d’écoconception</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
-[...91 lines deleted...]
-      <c r="S91" s="1" t="inlineStr">
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Financement ADEME des diagnostics et études de mise en œuvre des actions pour conduire une démarche d&amp;#039;écoconception, améliorer la performance environnementale, aller vers la certification ou communiquer sur l&amp;#039;impact de vos produits.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisez votre étude d&amp;#039;écoconception de produits ou services
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les démarches d&amp;#039;amélioration de la performance environnementale des produits et services se déploient en France, au sein des entreprises, depuis plus d&amp;#039;une dizaine d&amp;#039;années. Elles contribuent à créer une offre permettant de se différencier, plus respectueuse de l&amp;#039;environnement, disponible pour les consommateurs ou les acheteurs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;amélioration de la performance environnementale des produits et services intègrent aussi les démarches permettant une communication environnementales associées, telles que l&amp;#039;Écolabel européen ou l&amp;#039;affichage environnemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Les diagnostics, les études relatives à la mise en œuvre de ces projets peuvent être aidées jusqu&amp;#039;à 70 % du montant des dépenses internes et de prestation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout type de porteurs de projet (entreprises de toutes tailles, collectivités, syndicats, associations...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T91" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U91" s="1" t="inlineStr">
+      <c r="U103" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V91" s="1" t="inlineStr">
-[...250 lines deleted...]
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etudes-decoconception-visant-a-ameliorer-performance-environnementale-produits</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Plus d&amp;#039;informations sur lien vers
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/etudes-decoconception-visant-a-ameliorer-performance-environnementale-produits"&gt;
+  le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/783a-ameliorer-la-performance-environnementale-des/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-[...337 lines deleted...]
-      <c r="G94" s="1" t="inlineStr">
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>143296</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Prendre en compte les enjeux et exigences de la RE 2020 dans ses projets de construction neuve (Formation)</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H94" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K94" s="1" t="inlineStr">
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
-[...29 lines deleted...]
- Ce prêt dispose de nombreux avantages : modalités d&amp;#039;amortissement, mobilisation sur plusieurs années, couverture jusqu&amp;#039;à 100% et exonération des indemnités de remboursement en cas de revente.
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le respect des engagements de la France pris dans la lutte contre le changement climatique, récemment réaffirmés dans la loi Energie-Climat, suppose que la France atteigne la neutralité carbone en 2050. Dans cette optique, la RE 2020 remplace la RT 2012 à compter du 1er juillet 2021 pour un certain nombre de bâtiments. Les évolutions sont majeures et ont pour objectif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La baisse des consommations énergétiques des bâtiments neufs avec des évolutions importantes dans le calcul thermique réglementaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La diminution de l&amp;#039;impact sur le climat grâce à la prise en compte des émissions de gaz à effet de serre sur l&amp;#039;ensemble du cycle de vie des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;adaptation aux changements climatiques avec une meilleure prise en compte du confort d&amp;#039;été
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;ajout d&amp;#039;un calcul d&amp;#039;analyse en cycle de vie est une nouveauté majeure qui nécessite pour les acteurs actuels le développement de nouvelles compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de cette formation est de pouvoir prendre en compte les enjeux et les exigences de la RE 2020 dans ses projets de construction neuve :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être sensibilisé aux fondamentaux de la performance énergétique et environnementale (ACV)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comprendre l&amp;#039;origine et le contexte de la réglementation environnementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les évolutions de la RE2020 par rapport à la RT 2012 : énergie carbone et confort d&amp;#039;été
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et comprendre les nouveaux indicateurs clés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir des ordres de grandeur RE 2020.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Matin (9h30-12h30)
+&lt;/p&gt;
+&lt;p&gt;
+ 9h30 - Contexte, enjeux et présentation générale de la RE 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ 10h15 - Méthodes et exigences sur la performance énergétique et le confort d&amp;#039;été, et leviers d&amp;#039;amélioration.
+&lt;/p&gt;
+&lt;p&gt;
+ 11h30 - Méthode et exigences sur la performance environnementale et l&amp;#039;analyse de cycle de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ 12h30 Déjeuner
+&lt;/p&gt;
+&lt;p&gt;
+ Après-midi (14h-17h30)
+&lt;/p&gt;
+&lt;p&gt;
+ 14h00 - Retours d&amp;#039;expérience et enseignements
+&lt;/p&gt;
+&lt;p&gt;
+ 15h15 - Eléments pratiques pour mener à bien un projet à haute performance environnementale
+&lt;/p&gt;
+&lt;p&gt;
+ 17h00 - Echanges et évaluation
+&lt;/p&gt;
+&lt;p&gt;
+ 17h30 - Fin de la journée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Séquences participatives.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;évaluation
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité de nos formations aux personnes en situation de handicap
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations. Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Délais d&amp;#039;accès
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Frais d&amp;#039;inscription
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 500€ HT par stagiaire (TVA à 0%)
+&lt;/p&gt;
+&lt;p&gt;
+ Déjeuner inclus
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O94" s="1" t="inlineStr">
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S94" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Public : L&amp;#039;offre de formation s&amp;#039;adresse aux maîtres d&amp;#039;ouvrage, constructeurs et promoteurs, architectes, économistes du bâtiment et bureaux d&amp;#039;études, souhaitant s&amp;#039;acculturer avec les fondamentaux de la RE 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Aucun pré-requis nécessaire pour cette formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-reglementation-environnementale-2020</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2add-prendre-en-compte-les-enjeux-et-exigences-de-/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>50263</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets de valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour la valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet de valorisation énergétique des
+ressources ? Vous souhaitez bénéficier du soutien d&amp;#039;un tiers de confiance en
+tant qu’investisseur dans les projets, faisant le lien entre industriels,
+collectivités et territoires ? Répartir au mieux les risques industriels et
+commerciaux ? Bénéficier d&amp;#039;une expertise éprouvée permettant d’élaborer des
+montages innovants, économiquement équilibrés ? Créer des emplois directs et
+indirects, réduire les émissions de CO&lt;sub&gt;2&lt;/sub&gt; ? Générer des revenus issus
+de ressources locales ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des
+Territoires finance les projets de valorisation énergétique des ressources au
+meilleur prix, en facilitant l’acceptabilité des projets et en soutenant
+l’innovation. Nous accompagnons par exemple les projets de réseaux de chaleur
+et de froid, de centrales biomasse et de chaufferies collectives, de
+géothermie, de valorisation des déchets et du biogaz.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement des
+projets de valorisation énergétique des ressources est principalement réalisé
+via une prise de participation minoritaire en fonds propres et quasi-fonds
+propres dans les sociétés de portage des projets, aux côtés d’un ou plusieurs
+partenaires disposant de compétences techniques et financières reconnues dans
+leur domaine, notamment dans le cadre de délégation du service public. Le
+financement peut également porter sur la capitalisation (fonds propres et
+quasi-fonds propres) d’un opérateur territorial dédié aux énergies (SEM par
+exemple), ayant des projets de valorisation énergétique de ressources. &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T94" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-valorisation-energetique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=valorisation_ener_psat</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-valorisation-energetique-ressources/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>56752</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de prestations en ingénierie pour la mise en œuvre de vos projets</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Subventions financées par le Fonds Outre-mer (FOM)</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Agence Française de Développement (AFD)
+Ministère des Outre-mer</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de
+son offre de prêts,
+l&amp;#039;AFD assure le
+pilotage du Fonds
+Outre-mer 5.0 pour le
+compte du Ministère
+de l&amp;#039;Outre-mer.
+Ce fonds d&amp;#039;assistance
+à maîtrise d&amp;#039;ouvrage
+vise à appuyer
+le renforcement
+des capacités des
+territoires ultramarins,
+pour la réalisation des
+projets structurants
+s&amp;#039;inscrivant dans la
+Trajectoire Outre-mer
+5.0 du Ministère.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer le renforcement des capacités techniques
+et de gestion des maîtrises d&amp;#039;ouvrage
+publiques locales, pour soutenir leurs projets
+d&amp;#039;investissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir le renforcement des capacités et l&amp;#039;accès
+aux financements des associations et des acteurs
+de la solidarité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apporter un soutien technique et financier aux
+projets de coopération régionale permettant de
+répondre aux grands enjeux de la Trajectoire 5.0 à
+l&amp;#039;échelle des bassins géographiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Caractéristiques du financement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Type de dispositif : subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de financement : jusqu&amp;#039;à 100% du besoin
+&lt;/p&gt;
+&lt;p&gt;
+ Projets ciblés : besoins d&amp;#039;appui des maîtrises d&amp;#039;ouvrage
+locales en renforcement des capacités de gestion et
+en ingénierie technique et financière
+&lt;/p&gt;
+&lt;p&gt;
+ Mobilisation des fonds : après accord de la Préfecture
+ou du Haut-commissariat, puis de la DGOM.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Transition énergétique
+Recyclage et valorisation des déchets
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Secteurs éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Infrastructures
+: construction ou réhabilitation d&amp;#039;infrastructures publiques
+de santé, médico-sociales, culturelles, sportives, sociales,
+et d&amp;#039;enseignement ; 
+infrastructures de transport collectif, d&amp;#039;eau potable et
+d&amp;#039;assainissement, de collecte / traitement / valorisation
+des déchets ; 
+mise en oeuvre des projets intégrés au Plan Eau DOM ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Energie :  
+élaboration des PCAET ; 
+appuis techniques pour la maîtrise des consommations
+énergétiques, la création ou l&amp;#039;acquisition d&amp;#039;unités de production
+d&amp;#039;énergie renouvelable, la construction aux normes HQE, les
+démarches Port Vert.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Environnement et risques naturels : 
+constructions adaptées aux risques naturels (cyclones,
+séismes, inondations, sargasses, etc.) ; 
+investissements liés au changement climatique (protection
+des littoraux, montée des eaux, plans de prévention, etc.) ; 
+appui aux investissements visant à protéger la biodiversité
+(études d&amp;#039;impact, mise en sécurité, parcs naturels, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en oeuvre des contrats de convergence et de transformation
+et des contrats Etat-COM.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.afd.fr/fr/page-region-pays/outre-mer</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4b7d-le-fonds-outre-mer-50/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>80363</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Libérer l’initiative économique dans les territoires</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Association pour le Droit à l'Initiative Economique (ADIE)</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Particulier</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Prêt
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la création ou le développement d&amp;#039;entreprises sur votre territoire en communiquant sur les aides accessibles aux créateurs d&amp;#039;entreprise,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter l&amp;#039;accès à l&amp;#039;emploi, grâce à la mobilité (achat, réparation de véhicule) des usagers de votre territoires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ADIE propose partout en France métropolitaine et Outre-mer (au moyen de ses 158 antennes et 292 permanences), pour les personnes n&amp;#039;ayant pas accès au crédit bancaire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un  financement  sous  la  forme  d&amp;#039;un  microcrédit  professionnel  remboursable  (en  moyenne  d&amp;#039;un montant de 4700€) pouvant aller jusqu&amp;#039;à 10 000 euros (15 000 euros en Outre-mer) pour financer la création  ou  le  développement  de  son  entreprise,  quel  que  soit  le  secteur  d&amp;#039;activité  (artisanat, commerces  de  proximité,  restauration,  service  à  la  personne,  agriculture,  culture,  BTP,  etc)  et  son statut juridique;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un financement sous la forme d&amp;#039;un microcrédit personnel remboursable pouvant aller jusqu&amp;#039;à 5000 euros pour financer un besoin de mobilité (permis, achat ou réparation de véhicule);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un  accompagnement  personnalisé  grâce  à  des  services  de formations  gratuites,  de  conseils  et  de coaching  personnalisé  avant,  pendant  et  après  la  création  d&amp;#039;entreprise  (notamment  sur  le  volet administratif, financier, commercial et juridique);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un plaidoyer en faveur de l&amp;#039;évolution de la législation sur l&amp;#039;entrepreneuriat, la protection des micro-entrepreneurs et l&amp;#039;inclusion bancaire des plus fragiles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez quelques exemples de personnes accompagnées :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.adie.org/a-la-une/" rel="noopener" target="_blank"&gt;
+  https://www.adie.org/a-la-une/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adie.org</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Adie couvre toutes les régions de France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus contacter :
+  partenariat&amp;#64;adie.org
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouverez ici la liste des antennes de l&amp;#039;Adie :
+ &lt;a href="https://www.adie.org/nos-agences/"&gt;
+  https://www.adie.org/nos-agences/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c827-liberer-linitiative-economique-dans-les-terri/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>45613</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le développement commercial et l’attractivité économique des cœurs de ville</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires aide les collectivités à la mise en place de foncières dédiées à la revitalisation des cœurs de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vous accompagne dans les opérations de restructuration immobilière des commerces et dans la création de locaux d&amp;#039;activités. Elle se caractérise par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  des prises de participations en fonds propres et quasi-fonds propres
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement en fonds propres et quasi-fonds propres de SEM et filiales de SEM intégrant une activité de foncière de redynamisation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Crea_foncieres_locale_ps</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b76-developper-des-foncieres-locales-repondant-a-/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>89471</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Débloquer les projets de revitalisation des friches - UrbanVitaliz</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Établissement Public Foncier des Hauts-de-France (EPF)
+Cerema</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://urbanvitaliz.fr/" target="_self"&gt;
+  UrbanVitaliz
+ &lt;/a&gt;
+ est un service humain et numérique gratuit qui permet de
+ &lt;strong&gt;
+  lever les blocages rencontrés par les collectivités en déficit d&amp;#039;ingénierie qui souhaitent débloquer le foncier à l&amp;#039;abandon
+ &lt;/strong&gt;
+ sur leur territoire (anciennes zones commerciales, industrielles, ferroviaires, résidences à l&amp;#039;abandon, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Le foncier artificialisé qui a perdu son usage représente une belle opportunité de renouvellement urbain, pour limiter l&amp;#039;artificialisation de sols naturels ou agricoles. Mais il est aussi très complexe à réhabiliter, et de nombreuses collectivités en déficit d&amp;#039;ingénierie renoncent face aux difficultés et inconnues rencontrées.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En lien avec les acteurs ressources des territoires,
+ &lt;a href="https://urbanvitaliz.fr/" target="_self"&gt;
+  UrbanVitaliz
+ &lt;/a&gt;
+ agit d&amp;#039;ores et déjà avec succès auprès des communes et intercommunalités pour
+ &lt;strong&gt;
+  les aiguiller gratuitement dans leur démarche
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+ &lt;span&gt;👩‍💼&lt;/span&gt;
+ En les orientant vers un
+ &lt;strong&gt;
+  acteur public ou privé
+ &lt;/strong&gt;
+ qui peut intervenir aux côtés de la collectivité en fonction de son cas de figure (EPF, Ademe, services de l&amp;#039;Etat, prestation d&amp;#039;acteur privé, etc.) ;
+ &lt;br /&gt;
+ &lt;span&gt;💸&lt;/span&gt;
+ En faisant le tri parmi les
+ &lt;strong&gt;
+  financements existants
+ &lt;/strong&gt;
+ pour un type de projet donné ;
+ &lt;br /&gt;
+ &lt;span&gt;📌&lt;/span&gt;
+ En proposant les
+ &lt;strong&gt;
+  prochaines étapes à suivre
+ &lt;/strong&gt;
+ jusqu&amp;#039;à la phase travaux, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ La construction du parcours numérique et l&amp;#039;alimentation de l&amp;#039;outil avec les bonnes ressources sont réalisées au fil de l&amp;#039;eau à partir des besoins des collectivités qui sollicitent le service, en partenariat avec l&amp;#039;ensemble des acteurs du territoire (Ademe, Établissements Publics Fonciers, Agences d&amp;#039;urbanisme, SAFER, etc.).
+ &lt;br /&gt;
+ L&amp;#039;équipe est composée de 2 urbanistes conseillères qui prennent contact directement avec les communes pour apporter des solutions pertinentes, et d&amp;#039;une personne chargée de déploiement disponible pour vous aider sur le service.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 72 % des dossiers sont déposés par des communes de moins de 5000 habitants
+ &lt;br /&gt;
+ 40% des dossiers par des communes de moins de 2000 habitants
+&lt;/p&gt;
+&lt;p&gt;
+ Revitalisation - Renouvellement urbain - Renaturation - Sobriété foncière - Lien entre acteurs du territoire - Appui à l&amp;#039;ingénierie
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une initiative du Cerema et de beta.gouv.fr en partenariat avec le MTE (DGALN), l&amp;#039;ANCT et l&amp;#039;EPF Hauts-de-France, qui s&amp;#039;inscrit dans le cadre du Zéro Artificialisation Nette.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;appui aux collectivités a démarré en décembre 2020 et déjà 440 collectivités furent mises sur les bons rails pour le démarrage de leur projet. À titre d&amp;#039;exemple, UrbanVitaliz a permis aux collectivités de faire maturer leurs projets pour pouvoir candidater au Fonds vert / fonds friches, de progresser dans leurs démarches en prenant un contact efficace avec les acteurs locaux ou en candidatant aux financements pertinents.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Economie d'énergie et rénovation énergétique
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Réhabilitation
+Logement et habitat
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Avoir repéré une friche à revitaliser/renaturer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être une collectivité ou en lien avec la collectivité&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
+      <c r="U109" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V94" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X94" s="1" t="inlineStr">
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>http://www.urbanvitaliz.fr</t>
+        </is>
+      </c>
+      <c r="W109" s="1" t="inlineStr">
+        <is>
+          <t>https://urbanvitaliz.fr/onboarding/</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ friches&amp;#64;beta.gouv.fr
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;https://urbanvitaliz.fr/onboarding/&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>friches@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f1b-service-gratuit-urbanvitaliz-debloquer-les-pr/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>973</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans la rénovation des bâtiments grâce au dispositif Intracting</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie
+EduRénov</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Offre Intracting</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Avance récupérable
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes une collectivité locale, un établissement d&amp;#039;enseignement supérieur, de santé ou un syndicat d&amp;#039;énergie et vous souhaitez réaliser des travaux de rénovation énergétique de vos bâtiments publics ? Le dispositif Intracting peut contribuer à les réaliser via des avances remboursables si vos travaux contribuent à une amélioration des performances énergétiques et génèrent des économies d&amp;#039;énergie avec un temps de retour court (moins de 13 ans).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif concerne donc les travaux permettant de réaliser des économies d&amp;#039;énergie à court-terme sur des équipements tels que le chauffage, l&amp;#039;éclairage, la ventilation etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les économies réalisées sont affectées au remboursement des avances, voire au financement de nouveaux projets.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un bout à l&amp;#039;autre du projet (conseils et ingénierie, financement, réalisation et mise à disposition d&amp;#039;un outil de suivi et de pilotage des consommations énergétiques), la Banque des territoires vous accompagne en tant que tiers de confiance. Le dispositif Intracting dispose de nombreux avantages tels qu&amp;#039;un apport jusqu&amp;#039;à 100% du besoin ou encore la possibilité de remboursement retardé si les économies d&amp;#039;énergies attendues ne sont pas réalisées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/investissement-dans-la-renovation-des-batiments-dispositif-intracting?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=in</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
    Contactez-nous via notre formulaire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y94" s="1" t="inlineStr">
+      <c r="Y110" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z94" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA94" s="1" t="inlineStr">
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4e6-investissement-dans-la-renovation-des-batimen/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="95" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G95" s="1" t="inlineStr">
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>48333</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la rénovation du patrimoine remarquable</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie territoriale</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un accompagnement des projets de rénovation du patrimoine remarquable. Vous pouvez y prétendre si vous remplissez les deux conditions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez identifier les pratiques appropriées de restauration responsable et durable du bâti, tout en favorisant la performance énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez réaliser au moins une opération d&amp;#039;amélioration du bâti et de performance énergétique sur votre patrimoine remarquable, à condition que celle-ci respecte sa valeur architecturelle, culturelle et technique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires s&amp;#039;associe à Sites et Cités Remarquables de France pour cofinancer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une étude de connaissance du patrimoine bâti remarquable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une étude des besoins en efficience énergétique du bâtiment ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les audits de préconisation visant à garantir une restauration combinant préservation du patrimoine et performance énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acc_renov_pat_remarquable_psat</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68d0-etre-accompagner-dans-la-renovation-du-patrim/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>133056</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné pour créer un observatoire des friches</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Introduit par la loi Climat et résilience du 22 août 2021, l&amp;#039;objectif de Zéro artificialisation nette (ZAN) vise à réduire au maximum l&amp;#039;étalement urbain en limitant, d&amp;#039;une part les constructions sur des espaces naturels, agricoles ou forestiers et en compensant d&amp;#039;autre part, l&amp;#039;urbanisation par une plus grande place accordée à la nature dans les espaces urbanisés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les friches sont perçues aujourd&amp;#039;hui comme une opportunité pour atteindre les objectifs du ZAN, encore faut-il savoir les repérer et connaitre leurs caractéristiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Au regard de leurs caractéristiques, de leur localisation, du contexte et des dynamiques dans lesquels elles s&amp;#039;inscrivent, il peut aussi bien être préférable de privilégier des opérations de renouvellement urbain (habitat, industrie, data center, bureaux...), ou au contraire de les désimperméabiliser et de les renaturer afin de répondre à des enjeux environnementaux (carence en espaces verts, inondations, îlots de chaleur urbains...), de préserver celles qui se sont réensauvagées et constituent désormais des réservoirs de biodiversité, ou encore de remettre en état des espaces agricoles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie territoriale qui assurent des missions d&amp;#039;observation. Elles ont développé une expertise conséquente dans l&amp;#039;identification des friches et leur potentialité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les agences d&amp;#039;urbanisme participent à l&amp;#039;observation des territoires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour élaborer leurs stratégies d&amp;#039;intervention et leurs mises en œuvre, les collectivités ont le besoin crucial d&amp;#039;une connaissance territoriale fine, objective, réactive et au plus proche de leurs questionnements. Les agences d&amp;#039;urbanisme animent ainsi de nombreux observatoires. Chacun d&amp;#039;eux construit sa pertinence et sa légitimité sur un réseau de partenaires locaux garant de l&amp;#039;objectivité des débats et des analyses. Les agences d&amp;#039;urbanisme travaillent également de plus en plus sur des approches sensibles, autour de méthodes d&amp;#039;enquête et d&amp;#039;analyse des ressentis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les agences d&amp;#039;urbanisme lorraines (AGURAM, Agape et Scalen) ont construit un observatoire des friches pour les 4 départements – Moselle, Meurthe-et-Moselle, Meuse, Vosges. La base de données constituée dans le cadre de l&amp;#039;observatoire regroupe les friches militaires, industrielles, commerciales, administratives et touristiques recensées entre 2015 et 2018 sur le périmètre de l&amp;#039;ancienne Région Lorraine.
+  &lt;a href="http://www.epfge.fr/website_operations/FRICHE_WEB/carto/frichesfOrigine.html" target="_self"&gt;
+   Consulter la cartographie intéractive
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;institut Paris Region a créé un observatoire des friches franciliennes.
+  &lt;a href="https://www.institutparisregion.fr/amenagement-et-territoires/observatoire-des-friches-franciliennes/" target="_self"&gt;
+   Consulter l&amp;#039;Observatoire
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b05-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>101387</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Financer la santé numérique et les services liés au prendre soin</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+entreprise privée (opérateur, investisseur, exploitant ou société de services
+portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
+entreprise à mission ou corporate venture) et vous développez un projet de
+services relatifs à la santé et au prendre soin ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des Territoires vous permet de
+bénéficier d’un financement adapté à votre projet, de profiter de l’expertise
+d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
+propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
+service lié à la e-santé et au médico-social, comme la transition numérique des
+établissements de santé, l’usage du numérique pour la prévention, les
+technologies innovantes au service des soignants, ou encore un service à impact
+social lié au prendre soin dans la santé, le vieillissement, le handicap, la
+petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
+« tiers de confiance », la Banque des Territoires propose de financer
+les projets portant une logique d’intérêt général sous la forme d’apports en
+capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
+d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
+aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
+la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
+données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
+de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
+sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
+des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
+&lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
+l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
+transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
+et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Santé
+Technologies numériques et numérisation
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>312</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un appui en expertise sur les thématiques de transitions écologique et énergétique et d'aménagement durable</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les questions d&amp;#039;environnement, d&amp;#039;énergie, de mobilité et d&amp;#039;aménagement urbain sont au cœur du développement de votre territoire.
+La Banque des territoires mobilise de l&amp;#039;ingénierie en faveur d&amp;#039;un développement durable des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Le chemin vers des territoires plus durables et plus résilients comporte de nombreux défis, dont celui de disposer d&amp;#039;une ingénierie adéquate. Nous pouvons mobiliser des experts pour vous accompagner dans l&amp;#039;identification de vos enjeux, notamment de vulnérabilité, mais aussi dans la mise en lumière de vos atouts imaginer avec vous les pistes d&amp;#039;actions et quantifier les moyens à mobiliser.
+&lt;/p&gt;
+&lt;p&gt;
+ Qu&amp;#039;il s&amp;#039;agisse de vous proposer un appui à l&amp;#039;élaboration d&amp;#039;une stratégie globale de transition ou de mobiliser une expertise précise (énergie, littoral, changement climatique, biodiversité...), nos experts vous accompagnent dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ Elément essentiel de toute stratégie d&amp;#039;aménagement durable, la mise en œuvre d&amp;#039;une stratégie foncière est indispensable afin de créer les conditions de la réussite de nombreuses politiques publiques, qu&amp;#039;il s&amp;#039;agisse de développement économique, de production de logements ou encore de la protection d&amp;#039;espaces remarquables. Nos experts peuvent vous appuyer dans le choix des outils réglementaires, financiers et opérationnels mobilisables. Nous pouvons également vous aider à identifier les acteurs locaux et nationaux mobilisables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/accompagnement-pour-lelaboration-dune-strategie-de-transition-ecologique</t>
+        </is>
+      </c>
+      <c r="W114" s="1" t="inlineStr">
+        <is>
+          <t>https://mon-compte.banquedesterritoires.fr/#/contact/form/produit/47021</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ffe7-expertise-transition-ecologique-energetique-e/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>14068</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets favorables à la transition écologique - Prêt vert</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le prêt vert permet de financer des projets favorables à la transition écologique : eau, assainissement et GEMAPI, mobilités propres, valorisation des déchets, énergies renouvelables, rénovation énergétique et éclairage public. 
+Grâce à un prêt vert, votre collectivité pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adopter une démarche cohérente pour l&amp;#039;ensemble de son projet en faveur de la transition énergétique, y compris sur son financement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communiquer sur sa stratégie en faveur de l&amp;#039;environnement, via un crédit spécifiquement dédié à cette thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à une finance plus responsable en ciblant des investisseurs éthiques qui se préoccupent des projets sous-jacents et de leurs impacts environnementaux dans leurs choix d&amp;#039;investissement (ces prêts sont refinancés par des obligations vertes).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les prêts peuvent être à taux fixe ou à taux révisable, jusqu&amp;#039;à 30 ans. Ils peuvent comporter une phase de mobilisation permettant une mobilisation progressive des fonds.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;eau et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eau-et-assainissement.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de transports
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/3e-ligne-de-tramway-saint-etienne.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-trevoux.html
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière de déchets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/dechets-objectif-cent-pour-cent-de-valorisation.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;énergie (éclairage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html"&gt;
+  https://www.labanquepostale.fr/collectivites/les-collectivites-s-engagent/eclairage-public-comment-mieux-consommer-et-payer-nos-investissements-avec-les-economies-realisees.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet en matière d&amp;#039;efficacité énergétique du bâti
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html" rel="noopener" target="_blank"&gt;
+  https://www.labanquepostale.fr/collectivites/actualite/pret-vert-comines.html
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
+Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Alimentation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Réhabilitation
+Paysage
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P115" s="1" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Montant minimum : 300 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt affecté à un des projets éligibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture d&amp;#039;indicateurs qui permettent à la banque de calculer des économies de CO2 ou d&amp;#039;eau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T115" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-transition-ecologique/pret-vert.html</t>
+        </is>
+      </c>
+      <c r="W115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/vos_besoins/financement/contacts.financement.html</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a&gt;
+  secteurpubliclocal&amp;#64;labanquepostale.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 09 69 36 88 00
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques : Appel non surtaxé, du lundi au vendredi de 9h à 17h (hors jours fériés)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/de5f-pret-vert-financement-des-projets-favorables-/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>546</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’implantation de logements sociaux sur votre territoire avec le prêt Gaïa</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Gaïa : favoriser l’implantation du logement social</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne dans le financement de vos acquisitions foncières et opérations de viabilisation dédiées aux logements sociaux sur votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre se décline à long et à court terme.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Gaia à court terme est destiné au portage et à la constitution de réserves foncières, afin d&amp;#039;y réaliser à terme des logements sociaux dans une proportion minimale de 25% du programme immobilier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Gaïa à long-terme sert à financer l&amp;#039;acquisition d&amp;#039;un terrain à condition que celui-ci soit mis à bail, au bénéfice d&amp;#039;organismes réalisant des logements sociaux ou des opérations d&amp;#039;accession sociale à la propriété, dans un délai maximal de 2 ans suite à la signature du contrat de prêt.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-gaia-acquisition-foncier-implantation-logement-social?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=gaia_ols_psat</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9571-pret-gaia-long-terme/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>544</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets immobiliers pour des populations spécifiques</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Prêt PHARE : financer des projets d’habitat en faveur des personnes fragilisées</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez développer un projet immobilier pour des populations spécifiques (construction, acquisition, réhabilitation, ...) ?
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un financement en prêt sur fonds d&amp;#039;épargne de la Caisse des Dépôts avec son offre de prêts PHARE.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets immobiliers peuvent être :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des établissements et services médico-sociaux destinés aux personnes handicapées ou âgées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des logements en structure collective pour jeunes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des institutions pour l&amp;#039;aide sociale à l&amp;#039;enfance et la protection judiciaire de la jeunesse,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des aires permanentes d&amp;#039;accueil et des terrains familiaux locatifs pour les gens du voyage.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-phare?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=phare_populations_specifiques_psat</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f17f-pret-habitat-amelioration-restructuration-ext/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>77082</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans les projets de transition écologique et environnementale</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à la mise en œuvre de projets relevant de la transition écologique (SGREEN+)</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec SGREEN&amp;#43;, la Banque des Territoires propose un accompagnement visant à accélérer la mise en œuvre des projets de transition écologique et environnementale, dont la finalité est de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser la gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir la transition climatique et le bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les experts de la Banque des Territoires vous proposent un accompagnement complet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide dans la définition de votre projet de transition écologique ou d&amp;#039;adaptation au changement climatique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse de votre feuille de route ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des éventuelles interdépendances d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Calcul des gains potentiels apportés par chaque action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Priorisation des actions à entreprendre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de la solution d&amp;#039;accompagnement SGREEN&amp;#43;, nos experts vous aident également à identifier les démarches nécessaires à la mise en place de chaque action retenue :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études techniques à réaliser en amont ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formalités administratives :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  actualisation des documents de planification ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ordre dans lequel réaliser ces formalités ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  délais légaux à respecter pour chacune ;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le budget prévisionnel nécessaire à la réalisation des démarches préalables à l&amp;#039;établissement d&amp;#039;une commande publique de travaux afin de réaliser les dits travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les indicateurs indispensables pour le suivi et l&amp;#039;analyse de l&amp;#039;effet de l&amp;#039;aménagement réalisé. Des indicateurs définis en fonction des objectifs pour lesquels l&amp;#039;aménagement en question a été retenu par les élus ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les moyens à mettre en œuvre pour pouvoir collecter ces indicateurs et le budget nécessaire à leur collecte et analyse.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sources de financement envisageables et les moyens pour mobiliser ces financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Espace public
+Voirie et réseaux
+Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-la-mise-en-oeuvre-de-projets-relevant-de?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transitio</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c06d-beneficier-dun-accompagnement-des-projets-act/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>105341</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des collectivités pour obtenir le label Station Verte</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Station Verte</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Stations Vertes</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner des communes touristiques à se positionner sur l&amp;#039;écotourisme en s&amp;#039;appuyant sur le label Station Verte, porteur de valeurs autour d&amp;#039;un tourisme de proximité, à visage humain, respectueux  du cadre de vie et des terroirs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer avec les Stations Vertes des offres de séjours et de loisirs de type nature en lien avec l&amp;#039;écotourisme et d&amp;#039;itinérances douces,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les Stations Vertes dans la mise en avant du label et dans la démarche écotouristique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les liens et le rapprochement entre communes labellisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la préservation des terroirs et à leur dynamisme économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lien vers la plaquette :
+ &lt;a href="https://drive.google.com/file/d/1yvkR5rVYC9dPzt7iw9zgC0cZpqU3xmnh/view" rel="noopener" target="_blank"&gt;
+  https://drive.google.com/file/d/1yvkR5rVYC9dPzt7iw9zgC0cZpqU3xmnh/view
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les DécouVertes de Flora l&amp;#039;écotouriste : une invitation à vivre des expériences écotouristiques dans nos Stations Vertes &amp;#61;&amp;gt; flora.stationverte.com
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Escapades inter Stations Vertes : mettre en réseau des élus et techniciens des communes labellisées pour construire des itinéraires en mode slow tourisme &amp;#61;&amp;gt; exemple des Escapades à vélo dans 10 Stations Vertes du PNR des Ballons des Vosges
+  &lt;a rel="noopener" target="_blank"&gt;
+   bit.ly/2AA77vk
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quant au territoire souhaitant candidater au label Station Verte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un office de tourisme investi sur le territoire de la commune candidate au label Station Verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  mener au moins 2 actions en faveur de l&amp;#039;éducation à l&amp;#039;environnement tant auprès des habitants que de touristes
+ &lt;/li&gt;
+ &lt;li&gt;
+  mener au moins 2 actions en faveur de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir au moins un restaurant et un commerce mettant à l&amp;#039;honneur les produits du terroir en circuits courts
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir 2 modes d&amp;#039;hébergements classés, marqués ou labellisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer une offre de déplacements doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir une démarche écoresponsable et impliquer les socioprofessionnels et acteurs associatifs, notamment l&amp;#039;AAPPMMA
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accessibilité pour tous
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.stationverte.com/fr/obtenir-le-label-station-verte_45.html</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ BERNEZ Philippe, Directeur de la Fédération des Stations Vertes
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 06.80.30.50.65 philippe.bernez&amp;#64;stationverte.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>philippe.bernez@stationverte.com</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5c2-accompagner-des-collectivites-pour-obtenir-le/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>161864</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers l’autonomie numérique - Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>Mission Société Numérique</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J95" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="O95" s="1" t="inlineStr">
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif Conseiller numérique a été lancé en 2021 dans le cadre du volet inclusion numérique du plan France Relance. Aujourd&amp;#039;hui,  4000 conseillers numériques sont déployés partout en France pour accompagner les citoyens dans leurs usages quotidiens du numérique. &lt;/p&gt;&lt;p&gt;Les Conseillers numériques accompagnent les Français sur trois thématiques considérées comme
+prioritaires : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutenir les Français dans leurs usages quotidiens du numérique : travailler à distance,
+consulter un médecin, vendre un objet, acheter en ligne, etc. ;&lt;/li&gt;&lt;li&gt;Sensibiliser aux enjeux du numérique et favoriser des usages citoyens et critiques : s’informer et
+apprendre à vérifier les sources, protéger ses données personnelles, maitriser les réseaux sociaux,
+suivre la scolarité de ses enfants, etc. ;&lt;/li&gt;&lt;li&gt;Accompagner les Français vers l’autonomie pour réaliser des démarches administratives en
+ligne seul.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les structures d&amp;#039;accueil, publiques ou privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) doivent s&amp;#039;inscrire sur la plateforme conseiller-numérique.gouv.fr. Leur candidature sera alors étudiée par leur préfecture de rattachement, chargée de donner un avis motivé à l&amp;#039;Agence nationale de la Cohésion des Territoires, qui attribue les postes dans le cadre d&amp;#039;un Comité de sélection national.  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier de l&amp;#039;Etat s&amp;#039;organise selon les modalités suivantes : &lt;a href="https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/" target="_self"&gt;https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;A l’issue de sa formation initiale, le Conseiller numérique pourra engager des actions d’accompagnement auprès de tous types de publics au travers d’ateliers de groupes, de présentations et d’accompagnements individuels :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Prendre en main un équipement informatique (ordinateur, smartphone, tablette, etc.) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Naviguer sur internet ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer, recevoir, gérer ses courriels ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Installer et utiliser des applications utiles sur son smartphone ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer et gérer (stocker, ranger, partager) ses contenus numériques ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaître l’environnement et le vocabulaire numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprendre les bases du traitement de texte ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Échanger avec ses proches ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Trouver un emploi ou une formation ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner son enfant ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre ce que le numérique peut apporter à sa TPE/PME ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre la culture numérique.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les structures d’accueil, publiques et privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) France Services doivent s’inscrire sur la plateforme conseiller-numerique.gouv.fr. Leur candidature sera alors étudiée par la préfecture de département, chargée de donner un avis motivé à l’Agence nationale de la cohésion des territoires, qui attribue les postes dans le cadre d’un Comité de sélection national.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour les structures publiques, ce dispositif est ouvert aux :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collectivités territoriales et leurs groupements au sens de l’article L. 5111-1 du Code général des collectivités territoriales, la Métropole du Grand Paris ainsi que les établissements publics territoriaux et la Métropole de Lyon, les territoires et collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;établissements publics locaux qui leur sont rattachés : CCAS, CIAS, Offices publics de l’habitat… ;&lt;/li&gt;&lt;li&gt;GIP constitués de personnes morales de droit public ;&lt;/li&gt;&lt;li&gt;chambres consulaires, établissements publics administratifs sous tutelle de l’État ;&lt;/li&gt;&lt;li&gt;EPIC préalablement identifiés par l’État.&lt;/li&gt;&lt;li&gt;les services déconcentrés de l’État ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Les structures privées listées ci-dessous peuvent aussi accueillir des Conseillers numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;associations déclarées au sens de la loi du 1er juillet 1901 (loi 1908 en Alsace-Moselle) ;&lt;/li&gt;&lt;li&gt;entreprises relevant de l’économie sociale et solidaire au sens de la loi n°2014-856 du 31 juillet 2014 ;&lt;/li&gt;&lt;li&gt;entreprises sociales pour l’habitat ;&lt;/li&gt;&lt;li&gt;toute personne morale de droit privé poursuivant une mission d’intérêt général et n’ayant pas, à titre exclusif, un but lucratif.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des Conseillers numériques France Services. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l’ensemble du territoire. Les initiatives coordonnées sur un même territoire sont donc à favoriser.&lt;/span&gt;&lt;p&gt;&lt;span&gt;Un projet peut être porté par plusieurs structures, qu’elles soient publiques ou privées, dans la mesure où le Conseiller numérique exerce bien les activités présentées dans l’offre de services. Dans ce cas, une seule structure d’accueil sera identifiée pour instruire la demande de subvention, signaler la convention et percevoir la subvention. Elle sera l’employeur du Conseiller numérique et signataire à ce titre du contrat de travail.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conformément à la &lt;/span&gt;&lt;a href="https://cdn.conseiller-numerique.gouv.fr/cir_45126.pdf" target="_blank" rel="noopener noreferrer" role="link"&gt;circulaire interministérielle du 26 janvier 2021 relative à la mise en œuvre du volet « inclusion numérique » du plan France Relance&lt;/a&gt;&lt;span&gt; : « un Conseiller numérique ne peut venir qu’en complément des deux agents (ou plus) animant la France Services, sur les missions de conseil numérique qui sont les siennes ». Un Conseiller numérique ne peut pas être un des deux ETP d’un espace France Services.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T95" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="U95" s="1" t="inlineStr">
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="W120" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/aide-structure</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:conseiller-numerique&amp;#64;anct.gouv.fr" target="_self"&gt;conseiller-numerique&amp;#64;anct.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>societe.numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-vers-lautonomie-dans-lusage-du-numerique/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-      <c r="A96" s="1">
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
         <v>77364</v>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Financer les projets autour de l’économie inclusive</t>
         </is>
       </c>
-      <c r="D96" s="1" t="inlineStr">
+      <c r="D121" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’économie inclusive</t>
         </is>
       </c>
-      <c r="E96" s="1" t="inlineStr">
+      <c r="E121" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G96" s="1" t="inlineStr">
+      <c r="G121" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H96" s="1" t="inlineStr">
+      <c r="H121" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K96" s="1" t="inlineStr">
+      <c r="K121" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L96" s="1" t="inlineStr">
+      <c r="L121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
 structure d’insertion par l’activité économique ou adaptée aux personnes en
 situation de handicap, une entreprise engagée dans l’inclusion numérique
 relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
 circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
 sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
 bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
 long terme via des dispositifs adaptés ? La Banque des Territoires vous
 accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
 de l’économie inclusive : insertion par l’activité économique, inclusion
 numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
 social. Le financement peut se faire sous forme d’investissement direct en
 fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
 la Banque des Territoires soutient également l’opérationnalisation de
 programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
 numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
+      <c r="N121" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Economie sociale et solidaire
 Attractivité économique
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O96" s="1" t="inlineStr">
+      <c r="O121" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S96" s="1" t="inlineStr">
+      <c r="S121" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T96" s="1" t="inlineStr">
+      <c r="T121" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U96" s="1" t="inlineStr">
+      <c r="U121" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V96" s="1" t="inlineStr">
+      <c r="V121" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
         </is>
       </c>
-      <c r="X96" s="1" t="inlineStr">
+      <c r="X121" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
   Contactez-nous à travers notre formulaire de contact
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y96" s="1" t="inlineStr">
+      <c r="Y121" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z96" s="1" t="inlineStr">
+      <c r="Z121" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
         </is>
       </c>
-      <c r="AA96" s="1" t="inlineStr">
+      <c r="AA121" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-[...640 lines deleted...]
-      <c r="G101" s="1" t="inlineStr">
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...8 lines deleted...]
-      <c r="K101" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
-[...480 lines deleted...]
-          <t>Eau pluviale
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
+Alimentation
 Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W122" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>143364</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Concevoir, entretenir, aménager et exploiter vos infrastructures routières</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La conception, l&amp;#039;entretien, l&amp;#039;exploitation ou encore la modernisation d&amp;#039;un réseau routier peut nécessiter une assistance technique spécialisée, voire experte, pour répondre aux enjeux de sécurité, de développement durable, de résilience ou encore de maîtrise des dépenses publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaires de patrimoine routier, le Cerema vous accompagne pour réussir et optimiser vos projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment optimiser vos projets tout en intégrant vos contraintes (coût, complexité, sécurité et prise en compte de l&amp;#039;ensemble des usagers, résilience, durabilité, économie circulaire, environnement) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment contrôler la maîtrise d&amp;#039;œuvre externalisée ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous avez besoin d&amp;#039;outils, méthodes et conseils pour sécuriser vos prises de décisions ?• Comment gérer efficacement imprévus, réclamations, malfaçons, pathologies
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1) Assistance à maîtrise d&amp;#039;ouvrage pour concevoir une infrastructure
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → En phase d&amp;#039;étude :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définition du programme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contractualisation avec le Maître d&amp;#039;Œuvre études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Approbation des études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit de sécurité en phase étude
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contractualisation avec l&amp;#039;entreprise
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → En phase travaux :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contractualisation avec les prestataires intellectuels (Maître d&amp;#039;Œuvre travaux, contrôle extérieur, suivi environnemental, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérification de l&amp;#039;exécution et de l&amp;#039;efficacité des prestations intellectuelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil continu en phase travaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2) Optimisation des opérations d&amp;#039;entretien, d&amp;#039;exploitation et d&amp;#039;aménagement
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Evaluation des solutions étudiées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition de solutions alternatives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des variantes pour un scénario optimal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démarches de sécurité sur les routes existantes
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → En phase de réception :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à la réception
+ &lt;/li&gt;
+ &lt;li&gt;
+  Examen des réclamations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit de sécurité préalable à la mise en service
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3) Appui technique pour gérer une situation d&amp;#039;urgence
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Préparation de la gestion des situations d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en sécurité et rétablissement des itinéraires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ils nous font confiance :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  SANEF : Contrôles extérieurs et audits de sécurité en phase conception des projets autoroutiers du groupe (2022-2025)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Strasbourg eurométropole : Assistance à maîtrise d&amp;#039;ouvrage et réalisation d&amp;#039;études de simulation acoustique et de trafics (2021-2022)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Alsace collectivité européenne : Assistance technique, d&amp;#039;études, de contrôle et mesures dans le domaine routier départemental (2020-2024)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil département de la Lozère : Assistance technique et contrôles ponctuels pour les travaux routiers du département de la Lozère
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/concevoir-entretenir-amenager-exploiter-vos-infrastructures</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a73b-concevoir-entretenir-amenager-et-exploiter-vo/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>162563</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Recherche</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I125" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J125" s="1" t="inlineStr">
+        <is>
+          <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Financer vos projets
+ &lt;/strong&gt;
+ grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
+ &lt;strong&gt;
+  lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
+ &lt;/strong&gt;
+ qui font vivre nos territoires.
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
+financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
+&lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
+forces vives pour construire ensemble les moyens
+de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+  Cadre réglementaire
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
+(PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
+Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
-Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
+Médias et communication
+Industrie
 Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
 Milieux humides
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O103" s="1" t="inlineStr">
+Inclusion numérique
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S103" s="1" t="inlineStr">
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;investissement liés aux 
+programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
+Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
+ &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+ &lt;p&gt;&lt;strong&gt;Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>133059</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Etudes pré opératoire à la renaturation des espaces en ville
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
+  &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
+  &lt;em&gt;
+   Renaturer les milieux urbains
+  &lt;/em&gt;
+  » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
+  &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le réseau des 7 agences d&amp;#039;urbanisme du Grand Est a recensé des outils concrets pour mener une politique de protection et de développement de la nature au sein des espaces urbanisés au sein des documents de planification. Ce guide favorise une culture commune, en diffusant les bonnes pratiques.
+  &lt;a href="https://www.aguram.org/wp-content/uploads/2020/11/La_Nature_7Est.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes d&amp;#039;identification des gisements de renaturation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
+  &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
+   Consulter les travaux
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
+  &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U126" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
-[...217 lines deleted...]
-  Retrouvez l&amp;#039;annuaire des CAUE ici
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>41744</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d’infrastructure de transport durable</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’infrastructures de transport durable</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, ou une société ou un acteur financier privé, et
+vous souhaitez trouver des financements pour un projet d’infrastructure de
+transport durable ? La Banque des Territoires peut vous accompagner dans votre
+projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Cette offre de financements vous permet de
+construire, régénérer, moderniser ou réaliser la maintenance d’infrastructures
+de transport durable, autour de trois grands types de projet : les marchés de
+partenariat pour les voiries, les routes et les ponts, les ports de commerce
+maritimes et fluviaux, et le stationnement en gestion déléguée. En fonction de
+critères identifiés, la Banque des Territoires peut proposer plusieurs modes de
+financement à même de vous aider à développer une mobilité durable, via des
+prises de participation, co-investissements, etc. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transport_durable_psat</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;infra_transport_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructure-transport-durable/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>60102</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Investir en faveur de l’efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants - ELENA</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="F128" s="1" t="inlineStr">
+        <is>
+          <t>Banque Européenne d'Investissement (BEI)</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le mécanisme ELENA fournit une assistance technique pour les investissements en faveur de l&amp;#039;efficacité énergétique et des énergies renouvelables dans le bâti et les transports urbains innovants.
+&lt;/p&gt;
+&lt;p&gt;
+ Les activités qui peuvent faire l&amp;#039;objet de subventions ELENA sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  études techniques, audits énergétiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  business plans et conseils financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  conseils juridiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  préparation de procédures d&amp;#039;appels d&amp;#039;offres
+ &lt;/li&gt;
+ &lt;li&gt;
+  regroupement de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion de projets
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ELENA soutient généralement des programmes d&amp;#039;investissement
+ &lt;strong&gt;
+  supérieurs à 30 millions d&amp;#039;euros
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  , avec une période d&amp;#039;exécution de trois ans pour l&amp;#039;efficacité énergétique
+ &lt;/strong&gt;
+ (y compris s&amp;#039;agissant des projets résidentiels) et une période de
+ &lt;strong&gt;
+  quatre ans pour les transports urbains et la mobilité.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA apporte son assistance à trois secteurs différents, d&amp;#039;où l&amp;#039;existence de trois enveloppes distinctes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Efficacité énergétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA soutient l&amp;#039;élaboration de projets qui améliorent l&amp;#039;efficacité énergétique et favorisent le recours aux énergies renouvelables dans les bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles couvrent :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;efficacité énergétique dans les bâtiments résidentiels et non résidentiels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les énergies renouvelables intégrées dans le bâti (panneaux solaires, par exemple)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  le chauffage urbain (centrales de cogénération et chaufferies à biomasse, notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les réseaux intelligents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Résidentiel durable
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA aide les particuliers et les associations de propriétaires à préparer et à réaliser des rénovations d&amp;#039;efficacité énergétique et des projets axés sur les énergies renouvelables dans les bâtiments résidentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les logements individuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  les logements sociaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Transport et mobilité en ville
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ ELENA appuie également les projets innovants liés aux transports et à la mobilité dans les zones urbaines qui permettent de réaliser des économies d&amp;#039;énergie et de réduire les émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets admissibles couvrent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements visant à encourager l&amp;#039;utilisation et l&amp;#039;intégration de solutions innovantes axées sur les combustibles de substitution dans le domaine de la mobilité urbaine, par exemple ceux ayant trait aux véhicules et aux installations de recharge
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements promouvant l&amp;#039;introduction à grande échelle de nouveaux modes de transport plus économes en énergie, qui, dans les zones urbaines, peuvent revêtir de nombreuses formes, comme par exemple : mobilité partagée, logistique urbaine, systèmes de transport intelligents, infrastructures urbaines (y compris les investissements dans les modes de déplacement doux ou dans la mobilité qui ne repose pas sur les transports motorisés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/map.htm" rel="noopener" target="_blank"&gt;
+  Exemples de projets en cours
+  &lt;span&gt;
    Ouvre une nouvelle fenêtre
-   Ouvre une nouvelle fenêtre
-[...3 lines deleted...]
-   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/completed-projects/index.htm"&gt;
+  Exemples de projets achevés
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Réhabilitation
+Logement et habitat
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets d&amp;#039;assistance technique relevant d&amp;#039;ELENA ne doivent pas poursuivre de but lucratif.
+&lt;/p&gt;
+&lt;p&gt;
+ C&amp;#039;est la Commission européenne qui donnera son approbation définitive, sur la base de l&amp;#039;évaluation de la BEI.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eib.org/fr/products/advising/elena/index.htm</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour présenter une demande initiale de financement, contactez directement la Banque Européenne d&amp;#039;Investissement par courriel à l&amp;#039;adresse elena&amp;#64;eib.org et utilisez
+ &lt;a href="https://www.eib.org/attachments/documents/elena-pre-application-formfr.docx"&gt;
+  le formulaire de préadmission
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Pour soumettre sa candidature :
+ &lt;a href="https://www.eib.org/fr/products/advising/elena/index.htm" rel="noopener" target="_blank"&gt;
+  https://www.eib.org/fr/products/advising/elena/index.htm
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b772-investir-en-faveur-de-lefficacite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-      <c r="A104" s="1">
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
         <v>82912</v>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Se former à l'architecture, l'urbanisme, l'environnement et le paysage</t>
         </is>
       </c>
-      <c r="C104" s="1" t="inlineStr">
+      <c r="C129" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Nouveaux lieux, nouveaux liens
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E104" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>CAUE de l'Ain
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Manche
+CAUE de la Guyane
+CAUE d'Alsace
+CAUE du Tarn
+CAUE du Gers
+CAUE du Gard
+CAUE du Cher
+CAUE du Var
 CAUE du Lot
-CAUE du Var
-[...5 lines deleted...]
-CAUE de Corse
 CAUE de la Vendée
-CAUE de l'Aude
-[...7 lines deleted...]
-CAUE de l'Yonne
 CAUE du Morbihan
 CAUE de Mayotte
 CAUE des Landes
 CAUE des Vosges
 CAUE de l'Ariège
 CAUE de la Drôme
 CAUE de la Meuse
 CAUE de la Somme
-CAUE du Calvados
+CAUE de l'Yonne
 CAUE du Maine-et-Loire
 CAUE de l'Ardèche
 CAUE de l'Aveyron
 CAUE de l'Essonne
 CAUE de l'Hérault
 CAUE de la Creuse
-CAUE de la Guyane
-CAUE de la Manche
+CAUE de la Seine-Maritime
+CAUE de la Haute-Loire
+CAUE du Pas-de-Calais
+CAUE des Hautes-Alpes
+CAUE de la Martinique
+CAUE du Val-de-Marne
+CAUE du Loir-et-Cher
+CAUE des Deux-Sèvres
+CAUE de la Sarthe
 CAUE du Puy-de-Dôme
+CAUE de la Dordogne
+CAUE de la Charente
+CAUE du Val d'Oise
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE de Guadeloupe
 CAUE de la Côte-d'Or
-CAUE de Guadeloupe
-[...5 lines deleted...]
-CAUE de la Dordogne
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
-CAUE de la Sarthe
-[...6 lines deleted...]
-CAUE de la Haute-Loire
+CAUE des Hautes-Pyrénées
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime
+CAUE de l'Île-de-la-Réunion
+CAUE de Meurthe-et-Moselle
+CAUE des Bouches-du-Rhône
 CAUE Lot-et-Garonne
+CAUE de la Seine-et-Marne
+CAUE de la Savoie
+CAUE de la Haute-Garonne
+CAUE du Tarn-et-Garonne
+CAUE des Hauts-de-Seine
+CAUE de Rhône-Métropole
+CAUE de la Haute-Vienne
 CAUE de la Haute-Savoie
-CAUE de la Haute-Vienne
-[...17 lines deleted...]
-      <c r="G104" s="1" t="inlineStr">
+CAUE du Calvados
+CAUE de l'Isère
+CAUE de l'Aisne
+CAUE de Corrèze
+CAUE du Loiret
+CAUE du Cantal
+CAUE de l'Orne
+CAUE de l'Oise
+CAUE de l'Aude
+CAUE de l'Ain
+CAUE de Corse</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H104" s="1" t="inlineStr">
+      <c r="H129" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K104" s="1" t="inlineStr">
+      <c r="K129" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L104" s="1" t="inlineStr">
+      <c r="L129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous forment en étant dégagés de tout intérêt dans la maîtrise d&amp;#039;oeuvre.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les Caue ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  ils sont répartis sur quasiment tout le territoire national et travaillent en réseau.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les équipes sont pluridisciplinaires et sauront aller chercher les expertises nécessaires pour vos besoin de formation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les formations proposées par les CAUE ont plusieurs objectifs :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   mettre à jour ou approfondir les connaissances des professionnels
@@ -19735,91 +24714,91 @@
  &lt;li&gt;
   de nombreux CAUE sont datadockés
  &lt;/li&gt;
  &lt;li&gt;
   les formations peuvent être basées sur des cas pratiques, des visites de chantiers et/ou des retours d&amp;#039;expérience, des pratiques innovantes et/ou expérimentales...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ces temps de travail peuvent prendre la forme d&amp;#039;interventions de quelques heures, de plusieurs jours ou de voyages d&amp;#039;étude qui nourrissent les réflexions à partir de vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  Leurs formations s&amp;#039;appuyent toujours sur une connaissance fine du territoire et/ou des actions inspirantes liées au travail en réseau.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  NB : Nature de l&amp;#039;aide complémentaire aux formations
  &lt;br /&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M104" s="1" t="inlineStr">
+      <c r="M129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formations dans les domaines de:
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
   &lt;br /&gt;
  &lt;/strong&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
   &lt;br /&gt;
  &lt;/strong&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
   &lt;br /&gt;
  &lt;/strong&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;strong&gt;
   &lt;br /&gt;
   &lt;br /&gt;
   TRANSVERSALEMENT
   &lt;br /&gt;
  &lt;/strong&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences / Place de l&amp;#039;élu
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N104" s="1" t="inlineStr">
+      <c r="N129" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Cohésion sociale et inclusion
 Citoyenneté
@@ -19833,79 +24812,79 @@
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans</t>
         </is>
       </c>
-      <c r="O104" s="1" t="inlineStr">
+      <c r="O129" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S104" s="1" t="inlineStr">
+      <c r="S129" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T104" s="1" t="inlineStr">
+      <c r="T129" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U104" s="1" t="inlineStr">
+      <c r="U129" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V104" s="1" t="inlineStr">
+      <c r="V129" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="X104" s="1" t="inlineStr">
+      <c r="X129" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
  &lt;br /&gt;
  &lt;br /&gt;
@@ -20088,1267 +25067,126 @@
  CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y104" s="1" t="inlineStr">
+      <c r="Y129" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z104" s="1" t="inlineStr">
+      <c r="Z129" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56d5-copie-13h45-se-former-a-larchitecture-lurbani/</t>
         </is>
       </c>
-      <c r="AA104" s="1" t="inlineStr">
+      <c r="AA129" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="105" spans="1:27" customHeight="0">
-[...1141 lines deleted...]
-      <c r="A108" s="1">
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
         <v>83479</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
         </is>
       </c>
-      <c r="C108" s="1" t="inlineStr">
+      <c r="C130" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Territoires d'industrie
 Avenir Montagnes
 Cités éducatives
 Tourisme Ingénierie Développement
 Destination France
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E130" s="1" t="inlineStr">
         <is>
           <t>Union régionale des CAUE des Hauts de France
 Union régionale des CAUE Normands
 Union régionale des CAUE d'Auvergne-Rhône-Alpes
 Union régionale des CAUE Bourgogne-Franche-Comté
 Union régionale des CAUE d'Île-de-France
 Union régionale des CAUE d'Occitanie
 Union régionale des CAUE des Pays de la Loire
 Union régionale des CAUE de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G130" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H130" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
+      <c r="K130" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L108" s="1" t="inlineStr">
+      <c r="L130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -21406,77 +25244,77 @@
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
  &lt;/li&gt;
  &lt;li&gt;
   Animations interprofessionnelles, mise en réseaux des acteurs du territoire
  &lt;/li&gt;
  &lt;li&gt;
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M108" s="1" t="inlineStr">
+      <c r="M130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N130" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -21498,79 +25336,79 @@
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O130" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S108" s="1" t="inlineStr">
+      <c r="S130" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T108" s="1" t="inlineStr">
+      <c r="T130" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U130" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V130" s="1" t="inlineStr">
         <is>
           <t>http://www.fncaue.fr</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X130" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts des unions régionales :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -21603,122 +25441,15209 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y130" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z130" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA130" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-      <c r="A109" s="1">
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Morbihan
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Atlantiques
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+CAUE de Meurthe-et-Moselle
+CAUE de la Mayenne
+CAUE de la Manche
+CAUE du Maine-et-Loire
+CAUE Lot-et-Garonne
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE de l'Ardèche
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
+CAUE de l'Hérault
+CAUE de la Gironde
+CAUE de la Haute-Garonne
+CAUE du Gard
+CAUE de l'Oise
+CAUE de la Drôme
+CAUE de l'Aude
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE du Calvados
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
+CAUE des Landes
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
+CAUE du Tarn
+CAUE de la Dordogne</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>77367</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'amorçage d'un projet de transition écologique</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à l'amorçage d'une feuille de route relative à la transition écologique - SGREEN</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose SGREEN, une solution d&amp;#039;accompagnement pour amorcer un projet de transition écologique ou d&amp;#039;adaptation au changement climatique en centre-ville. Il porte sur les projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir une meilleure gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la transition climatique et bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;accompagnement SGREEN, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic portant sur la fonctionnalité écologique du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaborer une feuille de route et des préconisations définies en fonction des enjeux identifiés sur le territoire et des objectifs de la collectivité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-lamorcage-dune-feuille-de-route-relative?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=sgreen_pr</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9185-obtenir-un-accompagnement-pour-lamorcage-dune/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>16244</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets de construction, rénovation et transformation des bâtiments éducatifs</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>EduRénov</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Edu Prêt pour soutenir vos investissement dans l'école de demain</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  🚩
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Vous êtes une
+collectivité territoriale ou un groupement, une entreprise publique locale
+(SEM, SPL,…), un établissement public local (OPH et EPSMS) ou un établissement
+public national ? L&amp;#039;Edu Prêt est une solution de financement proposée par la
+Banque des Territoires pour accompagner la modernisation des bâtiments
+scolaires et périscolaires. Ce prêt permet aux collectivités de financer leurs
+projets d&amp;#039;acquisition, de construction et de rénovation avec des conditions
+avantageuses.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Grâce à l&amp;#039;Edu
+Prêt, vous pouvez bénéficier :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;D’un
+     taux bonifié pour les opérations les plus vertueuses.&lt;/li&gt;
+ &lt;li&gt;De
+     prêts à taux compétitif, quelle que soit la nature de votre projet.&lt;/li&gt;
+ &lt;li&gt;D’un
+     taux fixe, rendu possible par le partenariat entre la Banque des
+     Territoires et la BEI.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;Que votre
+projet concerne des écoles, collèges, lycées ou équipements périscolaires comme
+les internats et espaces culturels, l&amp;#039;Edu Prêt vous offre une solution sur
+mesure. L’objectif est d’assurer des financements accessibles et pérennes pour
+soutenir la qualité et l’efficacité énergétique des infrastructures éducatives.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Si vous
+souhaitez en savoir plus, vous pouvez consulter la page dédiée à l&amp;#039;Edu Prêt et
+découvrir comment structurer votre projet avec un accompagnement adapté.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Education et renforcement des compétences
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/edu-pret-investir-dans-les-projets-du-secteur-educatif</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c660-edu-pret/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>143288</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Développer l’usage des matériaux alternatifs en construction routière</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;utilisation de matériaux alternatifs en substitution de matériaux naturels présente un enjeu majeur pour les acteurs de la construction. La construction routière notamment constitue, par les quantités de matière en jeu, une filière de choix pour valoriser les matériaux alternatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Maîtres d&amp;#039;ouvrages de la construction routière
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi sur la transition énergétique pour la croissance verte (LTECV) engage l&amp;#039;Etat et les collectivités territoriales maîtres d&amp;#039;ouvrages de la construction et de l&amp;#039;entretien routier sur la voie d&amp;#039;une consommation raisonnée des ressources naturelles granulaires en favorisant le réemploi et le recyclage ou toutes autres formes de valorisation matière, au sens de la directive 2008/98/CE du Parlement européen relative aux déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ La LTECV fixe ainsi à l&amp;#039;Etat et aux collectivités territoriales des objectifs ambitieux pour leurs chantiers de construction et d&amp;#039;entretien routier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   l
+  &lt;/strong&gt;
+  a priorité à l&amp;#039;utilisation des matériaux issus du réemploi, de la réutilisation ou du recyclage de déchets dans les  marchés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des taux élevés de réemploi, de réutilisation ou de recyclage de déchets : au moins 50 % en masse en 2017 et 60 % en 2020.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les besoins des maîtres d&amp;#039;ouvrages concernent donc principalement l&amp;#039;assistance technique pour des actions opérationnelles sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Entreprises du BTP et industriels
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les producteurs de déchets et les entreprises de TP doivent par ailleurs développer l&amp;#039;usage de matériaux alternatifs et investir dans le développement de nouvelles techniques constructives et de traitement des matériaux minéraux et organiques afin de favoriser le recyclage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de sa connaissance historique des matériaux minéraux et biosourcés et de son positionnement entre maîtres d&amp;#039;ouvrages et maîtres d&amp;#039;œuvre, le Cerema propose une offre de services à destination des maîtres d&amp;#039;ouvrages publics et des entreprises des TP.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ces services permettent de rassembler et croiser des compétences variées indispensables pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organiser les filières de gestion, dont la valorisation en technique routière des déchets issus des chantiers du BTP, des industries, des collectivités et des mines et carrières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concevoir et dimensionner les infrastructures routières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractériser les matériaux granulaires utilisés en construction (géotechnique, mécanique et environnement) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les risques environnementaux et sanitaires liés à l&amp;#039;emploi de nouveaux matériaux alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôler les chantiers de construction ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#039;
+  &lt;/strong&gt;
+  Monitorer&amp;#039; la durabilité des constructions routières (environnement et géotechnique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assister techniquement les maîtres d&amp;#039;ouvrage dans la gestion des déchets générés par leur chantier et l&amp;#039;emploi des matériaux alternatifs, sur toutes les phases de leur chantier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema propose en particulier aux maîtres d&amp;#039;ouvrages de la construction routière :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Assistance pour :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; La promotion des matériaux alternatifs, leur domaine d&amp;#039;emploi au travers une vulgarisation des documents techniques et environnementaux existants ; o l&amp;#039;élaboration de marchés intégrant la gestion des matériaux et des déchets générés dans le cadre de la construction et de l&amp;#039;entretien routier ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;élaboration de marchés « matériaux » favorisant le réemploi et l&amp;#039;utilisation de matériaux alternatifs dans les ouvrages routiers (dont volets mécanique, géotechnique, environnemental et sanitaire, élaboration du plan de contrôle) ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;élaboration et le suivi de marchés de contrôle de chantiers de mise en œuvre de matériaux alternatifs ;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance technique chantier lors de la mise en œuvre de matériaux alternatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et/ou mise en œuvre de méthodologies et d&amp;#039;outils pour faciliter l&amp;#039;application des politiques publiques en matière de réemploi, de réutilisation ou de recyclage de déchets en construction et entretien routier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transfert de connaissances (formation des ingénieurs territoriaux).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;établissement propose aux entreprises du BTP et aux industriels une variété de prestations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes de gisements actuels et nouveaux de matériaux alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de méthodologies et de guides régionaux sur de nouveaux gisements, en collaboration avec les acteurs de la construction, calqués sur les méthodologies nationales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de nouveaux usages d&amp;#039;emploi de matériaux recyclés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;outil d&amp;#039;échanges pour mettre en relation fournisseur et utilisateurs de matériaux alternatifs...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transition énergétique
+Innovation, créativité et recherche
+Bâtiments et construction
+Appui méthodologique
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/developper-usage-materiaux-alternatifs-construction-routiere</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b2f-developper-lusage-des-materiaux-alternatifs-e/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>50028</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d’efficacité énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un maître
+d’ouvrage privé ou une entreprise du secteur tertiaire, un maître d’ouvrage
+public (collectivité territoriale, EPCI, établissement de l&amp;#039;État, SEM, SPL) ou
+encore un industriel engagé dans une démarche de réduction de consommation
+énergétique ou de décarbonation de vos process ? Vous souhaitez réduire la
+consommation d’énergie et les émissions de gaz à effet de serre de vos bâtiments,
+bénéficier d’une démarche d’accompagnement pour favoriser la conduite du
+changement ou du soutien d’un tiers de confiance, ou encore être soutenu dans
+le développement de solutions de décarbonation innovantes ? La Banque des
+Territoires vous accompagne à travers différentes offres d’investissement, en
+fonction de vos besoins et de vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Ces solutions
+d’investissement permettent ainsi de financer la rénovation des bâtiments
+tertiaires publics, selon différentes modalités : par exemple MGPE (Marchés
+Publics Globaux de Performance Energétique) à paiement différé, ou MPPE
+(Marchés de Partenariat de Performance Energétique), avec ou sans création de
+SAS ou SEMOp. Nous finançons également les entreprises publiques locales
+(sociétés d’économie mixte, sociétés publiques locales). Selon des modalités
+particulières, nous accompagnons également les projets concernant les bâtiments
+tertiaires privés. Enfin, l’efficacité énergétique et la décarbonation de
+l’industrie peuvent également faire l’objet de financement, selon certains
+prérequis.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-efficacite-energetique-batiments?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=efeb_psat</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-travaux-efficacite-energetique-batiment/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>71870</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné en ingénierie pour la rénovation énergétique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique des bâtiments tertiaires</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires facilite les études nécessaires à la mise en œuvre des projets de rénovation énergétiques des collectivités. Nous pouvons également soutenir les rénovations des universités dans certaines conditions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;accompagnement concerne 2 types d&amp;#039;études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les schémas directeurs immobiliers énergétiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  les montages juridiques et financiers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plusieurs modalités d&amp;#039;intervention sont envisageables : soit la mobilisation d&amp;#039;experts pour mener les études, soit un cofinancement dans la limite de 50 % du montant TTC de l&amp;#039;étude (80 % en outremer), avec un plafond à 50 K€ pour les schémas directeurs immobiliers et 10 K€ pour les montages juridiques et financiers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offres/renovation-energetique-batiments-tertiaires?mtm_campaign=Aides_Territoires&amp;mtm_kwd=OT&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=rebtcl_otat#segment-13071</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Nous contacter par mail via notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1836-assurer-la-transition-energetique-de-votre-pa/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>143307</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, de la réflexion à l’évaluation, la mise en œuvre des mesures de la trame verte et bleue régionale</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mettre en œuvre les mesures de la trame verte et bleue dans la réalisation de vos opérations, travaux et aménagements sur votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue pour vous accompagner dans la prise en compte en compte de l&amp;#039;ensemble des enjeux liés à la trame verte et bleue (de la réflexion à l&amp;#039;évaluation).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la mise en œuvre des mesures de la trame verte et bleue en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des expertises en amont des projets à partir d&amp;#039;études environnementales établies, auprès des Maîtres d&amp;#039;ouvra­ge afin de choisir le type de mesure en adéquation avec les en­jeux identifiés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des contrôles de la bonne réalisation de me­sures pour la restauration ou le renforcement de continuités écologiques, fort de notre connaissance des règles de l&amp;#039;art.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Après la réalisation des mesures, un suivi des mesures réalisées pour vérifier la bonne efficacité et l&amp;#039;atteinte des objectifs de ces mesures en s&amp;#039;appuyant sur une expérience solide auprès des services de l&amp;#039;État et sur un matériel performant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/accompagner-reflexion-evaluation-mise-oeuvre-mesures-tvb</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d17-accompagner-de-la-reflexion-a-levaluation-la-/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>161692</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Développer les équipements sportifs de proximité - Plan 5000 équipements – Génération 2024</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale du Sport (ANS)</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Plan 5000 équipements sportifs – Génération 2024, s’inscrit dans la continuité du Plan 5000 terrains de sport (2022-2023) qui a connu un grand succès qualitatif et quantitatif avec plus de 5500 terrains de sport financés sur tout le territoire français ainsi que dans le prolongement des politiques publiques destinées à renforcer le lien avec le milieu scolaire : 2h de sport au collège et 30 minutes d’Activité Physique et Sportive (APQ) à l’école.&lt;/p&gt;&lt;p&gt;Ce nouveau Plan 5000 équipements – Génération 2024 se déploiera selon 3 axes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les équipements de proximité ;&lt;/li&gt;&lt;li&gt;Les cours d’écoles actives et sportives ;&lt;/li&gt;&lt;li&gt;Les équipements structurants.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une enveloppe pluriannuelle de 300 M€ sur 3 ans est allouée à l’Agence nationale du Sport pour la mise en place de ce programme.&lt;/p&gt;&lt;p&gt;Entre 2024 et 2026, ce plan doit permettre la création de 5000 équipements supplémentaires (3000 équipements de proximité, 1500 cours d’écoles actives et sportives et 500 équipements structurants). 1/3 des projets devront être situés dans des Quartiers Prioritaires de la politique de la Ville (QPV) ou à proximité immédiate.&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.agencedusport.fr/plan-5000-equipements-generation-2024" title="Agence nationale du Sport" target="_blank"&gt;En savoir plus ...&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;À destination&lt;/strong&gt; des collectivités ou leurs mandataires, des associations à vocation sportive, des universités publiques et des établissements médico-sociaux publics accueillant des jeunes en situation de handicap ayant une association sportive affiliée à une fédération sportive, ce plan contribuera à l’action de l’Agence en matière de correction des inégalités sociales et territoriales. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les territoires éligibles ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Tous les territoires sont éligibles. Néanmoins, une priorité d’examen sera donnée aux projets situés en territoires carencés. Les territoires carencés sont définis de la façon suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;En territoire urbain : projets situés dans les quartiers prioritaires de la politique de la ville (QPV) ou leurs environs immédiats. 1/3 des projets devront être situés dans ou à proximité de Quartiers Prioritaires de la politique de la Ville (QPV). &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;En territoire rural : projets situés dans les zones de revitalisation rurale (ZRR) ou dans une commune appartenant à une intercommunalité ayant signé un Contrat de Relance et de Transition Ecologique (CRTE) qualifié de rural, ou dans un bassin de vie comprenant au moins 50 % de la population en ZRR ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;En territoire ultramarin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelques points de vigilance. P&lt;/strong&gt;our pouvoir bénéficier d’une subvention d’équipement, les porteurs de projet doivent :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;S’engager à ne pas bénéficier de plus de 80 % d’aides publiques par rapport au coût total de l’opération, sauf pour les territoires d’Outre-mer ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Garantir de manière pérenne le caractère sportif de l’équipement ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Ne pas commencer l’exécution de l’opération avant la réception de l’accusé de réception de dossier conforme, éligible et complet, de la part des services instructeurs. Les devis, bons de commande, ordres de service ou le cas échéant, le marché, ne doivent pas avoir été signés. Les études préalables ou l’acquisition de terrains ne constituent pas un commencement d’exécution.&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Une convention d’utilisation et d’animation de l’équipement sportif d’une durée minimale de 5 ans devra être signée par le porteur de projet et le(s) utilisateur(s) du(des) équipement(s), avec un ou plusieurs établissements scolaires et/ou le propriétaire foncier précisant les créneaux prévisionnels qui seront réservés aux utilisateurs signataires et les créneaux en accès libre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.agencedusport.fr/plan-5000-equipements-generation-2024" title="Agence nationale du Sport" target="_blank"&gt;En savoir plus..&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agencedusport.fr/plan-5000-equipements-generation-2024</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://infrasport.agencedusport.fr/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.agencedusport.fr/contactez-nous?question&amp;#61;71"&gt;Contactez-nous | Agence nationale du sport (agencedusport.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>benoit.zedet@agencedusport.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-5000-equipements-generation-2024/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>105268</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Financer des installations sportives relatives au football</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA) - Chapitre Equipement</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="F140" s="1" t="inlineStr">
+        <is>
+          <t>District / Comité départemental de football d'appartenance</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J140" s="1" t="inlineStr">
+        <is>
+          <t>Les modalités de financement sont définies par les Ligues et Districts dans le cadre d'une stratégie territoriale des équipements sportifs, et sont propres à chaque territoire.</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Par l&amp;#039;intermédiaire de ce dispositif, la Fédération Française de Football souhaite accompagner la mise en place de projets d&amp;#039;équipements visant à améliorer l&amp;#039;accueil, la sécurité et les conditions de pratique de ses licencié(e)s, et de leur proposer de nouveaux espaces répondant à leurs attentes.&lt;/p&gt;
+&lt;p&gt;
+ Veuillez contacter votre District/Ligue d&amp;#039;appartenance avant de déposer un éventuel dossier (contact dans le cahier des charges en annexe).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets éligibles à un financement FAFA Equipement Clubs-Collectivités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un club house
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou travaux pour mise en conformité réglementaire d&amp;#039;un ensemble vestiaires ou locaux pour un classement fédéral
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou mise en conformité d&amp;#039;un éclairage ou rénovation pour un classement fédéral. Remplacement par des projecteurs LED
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation d&amp;#039;une installation contribuant à un classement fédéral (main-courantes, banc de touches, clôture de l&amp;#039;installation sportive et/ou de l&amp;#039;aire de jeu, mise en conformité des zones de sécurité autour d&amp;#039;un terrain, remplacement de buts fixes de football à 11)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de grands jeux en pelouse naturelle ou pelouse naturelle renforcée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement/Amélioration d&amp;#039;un terrain en pelouse naturelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de grands jeux éclairé en gazon synthétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Changement du revêtement gazon synthétique sur un terrain de grands jeux éclairé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un terrain de Football à 8 contre 8 éclairé en gazon synthétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet d&amp;#039;équipement donnant lieu à un classement de l&amp;#039;installation en T7 ou un éclairage d&amp;#039;entraînement en E7
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autre projet participant à l&amp;#039;amélioration de la trajectoire environnementale
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P140" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2025</t>
+        </is>
+      </c>
+      <c r="Q140" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Le porteur du projet doit être, soit un club affilié à la F.F.F., soit une collectivité locale en collaboration avec un club support affilié à la F.F.F. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier doit être saisi par le District au plus tard trois mois après la date de commencement des travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;équipement projeté doit être situé obligatoirement au sein d&amp;#039;une installation sportive utilisée par le club support ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur de projet doit impérativement présenter un plan d&amp;#039;utilisation des installations envisagées dans le respect des attentes de la F.F.F. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage doit réaliser son opération dans un délai de 24 mois à compter de la date d&amp;#039;attribution de la subvention par la F.F.F.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W140" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_equipement_clubs-collectivites_25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Madame Cynthia TRUONG, Responsable des Financements et aides aux clubs à la FFF : ctruong&amp;#64;fff.fr &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>ctruong@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8568-financer-les-installations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>130980</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir financièrement les projets visant à développer et à valoriser le patrimoine linguistique (français, langues régionales et non territoriales, langue des signes...)</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Valorisation des langues de France</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J141" s="1" t="inlineStr">
+        <is>
+          <t>1.500 à 20.000 €</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La France dispose d&amp;#039;un patrimoine linguistique d&amp;#039;une grande richesse : français, langues régionales, langues non territoriales, langue des signes française... Le ministère de la Culture soutient financièrement les projets visant à développer et à valoriser ce patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Présentation du dispositif
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Que sont les langues de France ? Aux côtés du français, langue nationale, les langues de France façonnent notre identité culturelle et constituent une richesse immatérielle vivante et créative. Sont considérées comme langues de France :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   les langues régionales
+  &lt;/strong&gt;
+  , inscrites dans la Constitution depuis 2008 : &amp;#34;
+  &lt;em&gt;
+   Les langues régionales appartiennent au patrimoine de la France
+  &lt;/em&gt;
+  &amp;#34; (
+  &lt;a href="https://www.legifrance.gouv.fr/loda/article_lc/LEGIARTI000019241104" rel="noopener" target="_blank"&gt;
+   article 75-1
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ). Il s&amp;#039;agit des langues historiquement parlées sur une partie du territoire de la République, depuis plus longtemps que le français : alsacien, basque, breton, catalan, corse, créoles, flamand occidental, francique, francoprovençal, futunien, langues autochtones de Nouvelle-Calédonie, langues autochtones de Guyane, langues autochtones de Polynésie française, langues d&amp;#039;oïl (bourguignon-morvandiau, champenois, franc-comtois, gallo, lorrain, normand, picard, poitevin-saintongeais, wallon), kibushi, mahorais, occitan, parlers du Croissant, parlers liguriens, wallisien.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   six langues non-territoriales
+  &lt;/strong&gt;
+  , sans lien géographique avec le territoire de la République mais pratiquées par des citoyens français depuis plusieurs générations : arabe dialectal maghrébin, arménien occidental, berbère, judéo-espagnol, rromani, yiddish.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   la langue des signes française
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le ministère de la Culture encourage
+ &lt;strong&gt;
+  la création culturelle en langues de France
+ &lt;/strong&gt;
+ , considérées comme des vecteurs de création artistique, dans des disciplines comme l&amp;#039;audiovisuel, la chanson, le livre ou le spectacle vivant. Il soutient également
+ &lt;strong&gt;
+  les projets de recherche
+ &lt;/strong&gt;
+ visant à documenter et mieux faire connaître les langues de France.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a&gt;
+   → Montant de la subvention
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé selon la nature et la qualité du projet, et selon le budget de réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention varie entre 1500 et 20 000 euros en moyenne.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;attribution de la subvention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est versée en une seule fois, dès réception des justificatifs nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets à dimension régionale doivent être adressés en priorité aux services déconcentrés du ministère : directions régionales des affaires culturelles (DRAC- France hexagonale), directions des affaires culturelles (DAC- Guadeloupe, Martinique, Mayotte, La Réunion), DCJS de Guyane, missions aux affaires culturelles (MAC- Nouvelle-Calédonie, Polynésie française).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Modalités d&amp;#039;évaluation des dossiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les interventions de la DGLFLF privilégient les projets susceptibles d&amp;#039;élargir les publics aux questions relatives aux langues de France, et prennent en compte leur exigence scientifique. Elles s&amp;#039;efforcent dans la mesure du possible de respecter un équilibre des différentes langues dans le choix des projets retenus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Calendrier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions allouées par la DGLFLF sont attribuées sur une base annuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes doivent être déposées
+ &lt;strong&gt;
+  avant le 15 décembre chaque année
+ &lt;/strong&gt;
+ pour pouvoir être prises en compte pour l&amp;#039;année suivante.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bilan du projet devra être transmis au plus tard 6 mois après la réalisation du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Colloque &amp;#34;Rencontres sur les parlers du Croissant&amp;#34; (CNRS / INALCO, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Organisé à Boussac (Creuse) en octobre 2022, ce colloque a présenté les travaux de recherche les plus récents sur ces parlers gallo-romans encore pratiqués de nos jours dans la frange nord du Massif central et dont la caractéristique est de présenter simultanément des traits typiques de l&amp;#039;occitan (auvergnat, limousin) et des langues d&amp;#039;oïl (français, berrichon, poitevin-saintongeais).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet de recherche et d&amp;#039;édition en langues amérindiennes (Association IPÊ, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 6 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association Ipê, spécialisée dans la recherche et le développement des langues amérindiennes de Guyane, a réalisé deux dictionnaires bilingues (wayana-français et apalaï-français) et un jeu de dominos thématique bilingue wayana-français.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Spectacle &amp;#34;Le Tabou (l&amp;#039;illettrisme chez les sourds&amp;#34; (Association Art&amp;#039;Sign, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 5 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un spectacle-performance visuel en langue des signes et en dessins afin d&amp;#039;aborder le délicat sujet de l&amp;#039;illettrisme chez les personnes sourdes et de lever ce tabou.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ateliers éducatifs en arménien occidental (Association Mgnig, 2022)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de la subvention : 3 500 €
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;activité principale de l&amp;#039;association Mgnig est l&amp;#039;organisation d&amp;#039;ateliers hebdomadaires linguistiques et culturels en arménien occidental (cours de théâtre, ateliers scientifiques, travaux manuels, séances de lectures et discussions) à destination du jeune public.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Qui peut déposer un dossier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises privées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises publiques locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI à fiscalité propre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics / Services de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organismes de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Régions
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères d&amp;#039;éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible à cette aide, le demandeur doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être majeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  disposer d&amp;#039;un numéro SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  présenter un projet en rapport avec une ou plusieurs langues de France, réalisé sur le territoire français et porté par une structure de droit français ou par une collectivité territoriale française
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du demandeur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un demandeur sans numéro fiscal (SIRET) n&amp;#039;est pas éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les formes d&amp;#039;expression artistique peuvent bénéficier d&amp;#039;une aide : théâtre, chanson et spectacle vivant en général, cinéma et audiovisuel, littérature. Il s&amp;#039;agit de
+ &lt;strong&gt;
+  montrer la vitalité des langues de France
+ &lt;/strong&gt;
+ et leur actualité, en manifestant leur capacité à produire des œuvres de valeur.
+&lt;/p&gt;
+&lt;p&gt;
+ Les
+ &lt;strong&gt;
+  projets de recherche
+ &lt;/strong&gt;
+ sur une ou plusieurs langues de France sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Critères de non-éligibilité du projet
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets sans rapport avec au moins une langue de France ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Nature des dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention ne peut couvrir les dépenses de fonctionnement ou d&amp;#039;équipement d&amp;#039;une structure.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle sert à financer la réalisation d&amp;#039;un projet culturel ou de recherche.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/valorisation-des-langues-de-france</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_transmission-culturelle</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour toute question sur la valorisation des langues de France, vous êtes invités à vous adresser à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Délégation générale à la langue française et aux langues de France (DGLFLF)
+&lt;/p&gt;
+&lt;p&gt;
+ Mission Langues de France et Outre-mer
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:dglflf.min&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+  dglflf.min&amp;#64;culture.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 40 15 36 62
+&lt;/p&gt;
+&lt;p&gt;
+ 3 rue de Valois, 75001 Paris
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ou au service déconcentré du ministère de la Culture du lieu de réalisation de votre projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Auvergne-Rhône-Alpes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Noëlle DROGNAT-LANDRE :
+  &lt;a href="mailto:noelle.drognat-landre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   noelle.drognat-landre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bourgogne-Franche-Comté
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sylviane JOURDHEUIL (Dijon) :
+  &lt;a href="mailto:sylviane.jourdheuil&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sylviane.jourdheuil&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Habiba IMAAINGFEN (Besançon) :
+  &lt;a href="mailto:habiba.imaaingfen&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   habiba.imaaingfen&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bretagne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Enora OULC&amp;#039;HEN :
+  &lt;a href="mailto:enora.oulchen&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   enora.oulchen&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Corse
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jean-Luc SARROLA :
+  &lt;a href="mailto:jean-luc.sarrola&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   jean-luc.sarrola&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Grand Est
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Delphine QUÉREUX-SBAÏ (Châlons-en-Champagne) :
+  &lt;a href="mailto:delphine.quereux-sbai&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   delphine.quereux-sbai&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Colette GRAVIER (Metz) :
+  &lt;a href="mailto:colette.gravier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   colette.gravier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Philippe CHARRIER (Strasbourg) :
+  &lt;a href="mailto:philippe.charrier&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   philippe.charrier&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Hauts-de-France
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Jacques SAUTERON (Lille) :
+  &lt;a href="mailto:jacques.sauteron&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   jacques.sauteron&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Laëtitia BONTAN (Amiens) :
+  &lt;a href="mailto:laetitia.bontan&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   laetitia.bontan&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nouvelle Aquitaine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Justine DUJARDIN (Bordeaux) :
+  &lt;a href="mailto:justine.dujardin&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   justine.dujardin&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sandrine PANTALEAO (Limoges) :
+  &lt;a href="mailto:sandrine.pantaleao&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   sandrine.pantaleao&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Occitanie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Magali CASTILLON :
+  &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   magali.castillon&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pays de la Loire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laure JOUBERT :
+  &lt;a href="mailto:laure.joubert&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   laure.joubert&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Provence-Alpes-Côte d&amp;#039;Azur
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  William JOUVE :
+  &lt;a href="mailto:william.jouve&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   william.jouve&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Guadeloupe
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nathalie ERNY :
+  &lt;a href="mailto:nathalie.erny&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   nathalie.erny&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Guyane
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Abdoulaye KEÏTA :
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;guyane.pref.gouv.fr" rel="noopener" target="_blank"&gt;
+   abdoulaye.keita&amp;#64;guyane.pref.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  /
+  &lt;a href="mailto:abdoulaye.keita&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   abdoulaye.keita&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Réunion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Katia LELOUTRE :
+  &lt;a href="mailto:katia.leloutre&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   katia.leloutre&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Martinique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Yolande-Salomé TOUMSON :
+  &lt;a href="mailto:yolande-salome.toumson&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   yolande-salome.toumson&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mayotte
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Djaouharia MOHAMED :
+  &lt;a href="mailto:djaouharia.mohamed&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
+   djaouharia.mohamed&amp;#64;culture.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nouvelle-Calédonie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Michel RICHARD :
+  &lt;a href="mailto:michel.richard&amp;#64;nouvelle-caledonie.gouv.fr" rel="noopener" target="_blank"&gt;
+   michel.richard&amp;#64;nouvelle-caledonie.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Polynésie française
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Emmanuelle CHARRIER :
+  &lt;a href="mailto:emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr" rel="noopener" target="_blank"&gt;
+   emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Saint-Pierre-et-Miquelon
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rosiane DE LIZARAGA :
+  &lt;a href="mailto:rosiane.de-lizaraga&amp;#64;spm975.gouv.fr" rel="noopener" target="_blank"&gt;
+   rosiane.de-lizaraga&amp;#64;spm975.gouv.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2a09-valorisation-des-langues-de-france/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>129711</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement d’infrastructures numériques au sein des territoires</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet d’infrastructures numériques en tant que collectivité
+locale, entreprise publique locale, entreprise, opérateur ou exploitant de
+réseau ou acteur financier ? Vous êtes à la recherche d’un financement
+pour développer le Très Haut Débit fixe ou mobile au sein d’un territoire ? La
+Banque des Territoires peut investir dans le développement d’infrastructures
+contribuant à l’amélioration de la connectivité, la création d’emploi, la
+transformation numérique ou encore à l’attractivité des territoires.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre
+d’investissement concerne les projets portant sur :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les réseaux 4G/5G ;&lt;/li&gt;&lt;li&gt;la sécurisation des réseaux ;&lt;/li&gt;&lt;li&gt;les réseaux fixes des territoires ;&lt;/li&gt;&lt;li&gt;les data centers.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;En tant
+que « tiers de confiance », la Banque des Territoires propose de
+financer les projets portant une logique d’intérêt général sous la forme
+d’apports en capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=infrastructures_numeriques_psat</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>131815</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Aider les responsables de restauration collective à suivre leurs achats de bio et durable</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>ma cantine</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Direction Interministérielle du Numérique (DINUM)
+Ministère de l'Agriculture et de la Souveraineté alimentaire</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 🤔 Vous avez besoin d&amp;#039;outils pour mettre en oeuvre la transition alimentaire en proposant des repas de meilleurs qualité, et plus durable ?
+&lt;/p&gt;
+&lt;p&gt;
+ 💡 Commencez par
+ &lt;strong&gt;
+  valoriser vos achats gratuitement
+ &lt;/strong&gt;
+ grâce à la
+ &lt;strong&gt;
+  plateforme institutionnelle ma cantine
+ &lt;/strong&gt;
+ !
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le sillage de la loi EGAlim, la Direction Interministérielle du Numérique et le Ministère de l&amp;#039;Agriculture et de la Souveraineté Alimentaire ont financé le développement de la plateforme ma cantine !
+&lt;/p&gt;
+&lt;p&gt;
+ En ligne depuis février 2021, elle a pour vocation l&amp;#039;accompagnement des gestionnaires de restauration collective autour de quatre axes : une meilleure connaissance de la loi, un outillage des établissements pour mettre en oeuvre la loi EGAlim, offrir une publicité des actions déployées et permettre à l&amp;#039;administration de constituer des points d&amp;#039;étape annuel évaluant le déploiement de la transition alimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit et facile d&amp;#039;utilisation, l&amp;#039;outil de suivi des achats proposée ma cantine permet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de réaliser un diagnostic sur les mesures de la loi EGAlim
+ &lt;/li&gt;
+ &lt;li&gt;
+  de suivre en ligne ses achats en les valorisant par labels ou famille de produit
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;avoir des leviers politiques pour améliorer sa part de bio et durable.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Grâce à ma cantine, vous pourrez en quelques clics générer des documents de communication auprès des bénéficiaires de votre service de restauration, les convives, ou même de vos directions ou élu.e.s.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous aurez accès à des ressources pour mettre en oeuvre la loi EGAlim et la transition vers un alimentation de qualité et durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>http://ma-cantine.agriculture.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ support-egalim&amp;#64;beta.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>andre.gauthier@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fd02-aider-les-responsables-de-restauration-collec/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>131407</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Développer des technologies numériques et émergentes pour la compétitivité en  adéquation avec le Pacte Vert</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Horizon Europe - Technologies numériques et émergentes pour la compétitivité et l'adéquation avec le Pacte Vert - 2024</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.4 Numérique, Industrie et Espace - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Technologies numériques et émergentes au service de la compétitivité et de l&amp;#039;adaptation au Pacte Vert qui vise à réaliser et à exploiter des avancées majeures dans le domaine de la science et de la technologie, à maintenir l&amp;#039;excellence scientifique de l&amp;#039;Europe et à garantir la souveraineté de ces technologies clés qui devraient avoir une incidence sur la société en contribuant à relever les grands défis sociétaux touchant à l&amp;#039;environnement.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Montant par topic :
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : 15 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04: 60 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : 18 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22 : 13,5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03 : 30 millions d&amp;#039;euros
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;strong&gt;
+ Différentes catégories de projets sont éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ De même, les appels précisent les bénéficiaires attendus :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ TOPICS
+&lt;/span&gt;
+:   A venir
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-55 : Usine d&amp;#039;innovation photonique pour l&amp;#039;Europe (Partenariat photonique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-04 : Leadership industriel en matière d&amp;#039;IA, de données et de robotique au service de la compétitivité et de la transition écologique (Partenariat IA, données et robotique) (IA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-54 : Photonique intelligente pour la communication, la détection et l&amp;#039;accès conjoints partout (Partenariat Photonique) (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-22: Fondamentaux du génie logiciel (RIA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL4-2024-DIGITAL-EMERGING-01-03: Nouveaux paradigmes et approches, vers des robots alimentés par l&amp;#039;IA - changement d&amp;#039;étape dans la fonctionnalité (Partenariat IA, données et robotique) (RIA)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  États membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
+ Cliquez ici
+&lt;/a&gt;
+(EN)</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+ (EN)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-7-digital-industry-and-space_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL4-2024-DIGITAL-EMERGING-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,0;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;43120193;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;45355292;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la Direction Générale (EN)
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43; (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0ee-horizon-europe-technologies-numeriques-et-eme/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>163770</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l'étranger - Projet de mobilité de courte durée</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Projet de mobilité de courte durée - Action Clé 1</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J146" s="1" t="inlineStr">
+        <is>
+          <t>Les co-financements sont recommandés.</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen Erasmus&amp;#43; finance des projets de mobilité dans les domaines de l’éducation et de la formation. Il est possible de partir en mobilité en Europe et au-delà pour se former, découvrir des systèmes éducatifs différents, de nouvelles approches et méthodes de travail, approfondir ses compétences linguistiques et professionnelles, ou tout simplement s’ouvrir à une autre culture. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Vous êtes élu ou agent d’une commune, d’une intercommunalité, d’un département ou d’une région?&lt;/li&gt;&lt;li&gt;Vous agissez au sein de votre collectivité dans les domaines de l’action éducative, de la mobilité des jeunes, de la petite enfance, du développement durable, du numérique, de la culture, de l’action sociale, de la lutte contre l’exclusion et la pauvreté, de l’aide aux personnes âgées, de l’économie locale...?&lt;/li&gt;&lt;li&gt;Vous travaillez en lien avec les écoles, structures périscolaires, collèges, lycées et établissements d’enseignement supérieur, ou avec les acteurs de l’économie sociale et solidaire, et de l’insertion professionnelle, et vous souhaitez encourager les initiatives citoyennes sur vos territoires&lt;/li&gt;&lt;li&gt;Vous êtes engagé auprès de publics prioritaires habitant en zone rurale, dans un quartier de la politique de la ville ou sur un territoire relevant de la politique d’éducation prioritaire?&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le projet de mobilité de courte durée est un moyen simple et direct de permettre à des organismes de bénéficier d’une subvention Erasmus&amp;#43; pour faire partir personnels et apprenants (usagers) vers un pays membre du programme Erasmus&amp;#43;. L’objectif principal est d&amp;#039;organiser facilement des activités de mobilité et d&amp;#039;acquérir ainsi de l&amp;#039;expérience dans le programme Erasmus&amp;#43;. Ces projets concernent aussi bien les secteurs de l&amp;#039;enseignement scolaire, de l&amp;#039;enseignement et de la formation professionnels et celui de l&amp;#039;éducation tout au long de la vie des adultes.&lt;/p&gt;&lt;p&gt;Ces projets de mobilité de courte durée limitent le nombre de participants (30 mobilités maximum) et la durée du projet (de 6 à 18 mois). Un seul organisme peut organiser des mobilités pour ses personnels ou ses apprenants/usagers.&lt;/p&gt;&lt;p&gt;Le financement Erasmus&amp;#43; couvre les frais de déplacement, les frais d’hébergement, de restauration et de transport sur place. Ils peuvent également prendre en charge les frais d’inscription à des cours ou à des séminaires de formation. Un montant forfaitaire soutient par ailleurs les dépenses de la collectivité territoriale pour la gestion administrative et financière du projet européen.&lt;/p&gt;&lt;p&gt;Les cofinancements ne sont pas obligatoires mais sont à privilégier. Le financement européen Erasmus&amp;#43; peut être complété par d’autres aides, nationales ou locales.&lt;/p&gt;&lt;p&gt;Pour chaque appel à propositions, un seul projet de mobilité de courte durée peut être porté par un organisme candidat pour un même secteur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Avec son projet &amp;#34;Repenser l&amp;#039;attractivité dans les périphéries des métropoles&amp;#34;, &lt;strong&gt;la ville d&amp;#039;Evry-Courcouronnes&lt;/strong&gt; &lt;span&gt;souhaite prendre appui sur une meilleure connaissance
+d’autres villes européennes afin d’y puiser de l’inspiration,
+créer des contacts et des échanges et ainsi jeter les bases d’un réseau européen
+de villes partageant des problématiques d’attractivité plus ou moins similaires. Les participants
+concernés par les mobilités sont de deux catégories : des agents de la
+commune, travaillant dans divers services en lien avec la notion d’attractivité, voire certains habitants, membres de conseils citoyens, de tous âges,
+genres, quartiers de résidence et d’origines diverses. Pour en savoir plus : &lt;/span&gt;&lt;span&gt;&lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2022-1-FR01-KA122-ADU-000070697" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;commune de Toulouges&lt;/strong&gt; (7255 habitants) porte un projet
+Erasmus&amp;#43; au bénéfice de 11 Agents Territoriaux Spécialisés des Ecoles. L&amp;#039;équipe
+d&amp;#039;ATSEM souhaite faire évoluer ses pratiques, ses connaissances, ses
+compétences dans le but d&amp;#039;améliorer leur école. Pour la réussite des élèves,
+elle entend observer de nouvelles pratiques éducatives italiennes et espagnoles
+afin d&amp;#039;en transposer les plus pertinentes au sein de leur établissement, tout
+en visant l&amp;#039;inclusion des élèves dans un parcours éducatif de qualité. Pour en savoir plus : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/details/2023-1-FR01-KA122-SCH-000120068" target="_self"&gt;cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour consultez d&amp;#039;autres exemples de projets, consultez &lt;a href="https://agence.erasmusplus.fr/publications/recueil-de-projets-erasmus-collectivites-territoriales/" target="_self"&gt;le recueil de projets Erasmus&amp;#43; portés par des collectivités territoriales&lt;/a&gt;.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+Emploi
+International</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q146" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d&amp;#039;éligibilité sont publiés chaque année dans une note de service qui parait au BOEN et dans le guide du programme Erasmus&amp;#43;: &lt;a href="https://monprojet.erasmusplus.fr/base-legale" target="_self"&gt;https://monprojet.erasmusplus.fr/base-legale&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/mobilite</t>
+        </is>
+      </c>
+      <c r="W146" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellpadding="0" cellspacing="0" width="542"&gt;&lt;tbody&gt;&lt;tr height="88"&gt;&lt;td height="88" width="542"&gt;Secteurs:&lt;br /&gt;Enseignement Scolaire : &lt;a target="_self"&gt;promotion.scolaire&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Enseignement Professionnel : &lt;a target="_self"&gt;promotion.formpro&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;Education des Adultes : &lt;a target="_self"&gt;promotion.educadultes&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/se-former-a-letranger-1/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>163266</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer les capacités des organisations d'Enseignement et de Formation Professionnels dans les pays hors Europe</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>AP Renforcement des capacités dans le domaine de l'Enseignement et la Formation Professionnels</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Agence exécutive européenne pour l’éducation et la culture (EACEA)</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets de renforcement des
+capacités sont des projets de coopération internationale fondés sur des
+partenariats multilatéraux entre des organismes actifs dans le domaine de l’Enseignement
+et la Formation Professionnels (EFP) dans des États membres et des pays tiers
+associés au programme, et des pays tiers non associés au programme. Ils visent
+à soutenir la pertinence, l’accessibilité et la réactivité des établissements
+et systèmes d’EFP dans les pays tiers non associés au programme, en tant que
+catalyseurs du développement socio-économique durable.&lt;/p&gt;&lt;p&gt;Ces projets visent le renforcement
+des capacités dans les domaines de la gestion, de la gouvernance, de
+l’inclusion, de l’assurance de la qualité et de l’innovation.&lt;/p&gt;&lt;p&gt;Plus particulièrement, les
+projets de renforcement des capacités EFP visent à :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Renforcer les capacités des prestataires d’EFP
+pour améliorer la coopération entre les parties prenantes privées et publiques
+dans le domaine de l’enseignement et de la formation professionnels afin de
+concevoir des interventions axées sur la demande et sur les nouvelles
+perspectives dans le domaine de l’EFP&lt;/li&gt;&lt;li&gt;Améliorer la qualité et la réactivité de l’EFP
+face aux évolutions économiques et sociales afin d’accroître la pertinence de
+l’offre de compétences sur le marché du travail&lt;/li&gt;&lt;li&gt;Aligner l’offre d’EFP sur les stratégies de
+développement locales, régionales et nationales&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Des objectifs par zone
+géographique (Balkans occidentaux, Voisinage Est, Pays du sud de la
+Méditerranée, Afrique subsaharienne, Amérique latine, Caraïbes) sont fixés pour
+cette action.&lt;/p&gt;&lt;p&gt;La durée du projet est de 3 ans.&lt;/p&gt;&lt;p&gt;La subvention maximale de l&amp;#039;UE est de 500 000€&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Liste des projets &amp;#34;Renforcement des Capacités dans le domaine de l&amp;#039;EFP&amp;#34; financés : &lt;a href="https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects" target="_self"&gt;https://erasmus-plus.ec.europa.eu/projects/search/?page&amp;#61;1&amp;amp;sort&amp;#61;&amp;amp;domain&amp;#61;eplus2021&amp;amp;view&amp;#61;list&amp;amp;map&amp;#61;false&amp;amp;level2&amp;#61;ka2%3A&amp;#43;partnerships&amp;#43;for&amp;#43;cooperation&amp;#43;and&amp;#43;exchanges&amp;#43;of&amp;#43;practices__31046221%3B43353410&amp;amp;level3&amp;#61;ka233%3A&amp;#43;capacity&amp;#43;building&amp;#43;in&amp;#43;vocational&amp;#43;education&amp;#43;and&amp;#43;training__43431411&amp;amp;searchType&amp;#61;projects&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Formation professionnelle
+Emploi
+International
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P147" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2025</t>
+        </is>
+      </c>
+      <c r="Q147" s="1" t="inlineStr">
+        <is>
+          <t>26/03/2026</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tout organisme public ou privé
+actif dans le domaine de l’EFP et légalement établi dans un État membre de l’UE
+ou un pays tiers éligible associé au programme peut candidater. Les
+organisations participantes éligibles peuvent être des prestataires
+d’enseignement et de formation professionnels, d’autres organismes publics ou
+privé actif dans le domaine de l’EFP et sur le marché du travail et des
+partenaires associés du secteur public ou privé.&lt;/p&gt;&lt;p&gt;Les projets de renforcement des
+capacités sont transnationaux et associent au moins 4 organismes de 3 pays au
+minimum : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au moins deux États membres de l’UE ou pays
+tiers associé au programme. Chacun des pays participants doit associer au moins
+une organisation &lt;/li&gt;&lt;li&gt;Au moins un pays tiers éligible non associé au
+programme et au moins deux organisations issues du (ou des) pays tiers
+éligibles participants non associés au programme de la même région.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le nombre d’organisations des
+États membres de l’UE et de pays tiers associés au programme ne doit pas être
+supérieur au nombre d’organisations de pays tiers éligibles non associés au
+programme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/renforcement-des-capacites-efp</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/home</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu"&gt;&lt;span lang="EN-IE"&gt;EACEA-EPLUS-CBVET&amp;#64;ec.europa.eu&lt;/span&gt;&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-les-capacites-des-organisations-denseignement-et-de-formation-professionnels-dans-les-pays-hors-europe/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>148615</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Se former à l’urbanisme expérimental vivrier : récits, outils et méthodes de permanence architecturale et programmation ouverte</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>L'École du terrain</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain est une plateforme numérique regroupant des outils et ressources pour l&amp;#039;expérimentation architecturale, urbaine et paysagère.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle
+réunit et explore des projets et démarches singulières qui permettent, par l&amp;#039;expérimentation, la mise en œuvre de nouvelles manières de faire. Chacun de ces projets s&amp;#039;ancre dans son territoire aux fins de travailler à sa meilleure habitabilité en répondant à des problématiques sociétales. Ainsi, ces projets s&amp;#039;élaborent à partir des besoins et des désirs. Ils s&amp;#039;appuient sur le déjà-là matériel - le bâti, le paysage, le vivant - et immatériel - les habitant.es, les usager.es, leurs savoirs, leurs mémoires, leur organisation sociale. Cet urbanisme vivrier et partagé porte l&amp;#039;ambition profonde de réactiver nos démocraties locales, grâce à l&amp;#039;alliance d&amp;#039;acteurs et d&amp;#039;actrices autour d&amp;#039;un intérêt commun sur le terrain.
+&lt;/p&gt;
+&lt;p&gt;
+ Confrontés aux cadres normés de l&amp;#039;architecture et de l&amp;#039;aménagement du territoire, ces acteurs et actrices les (ré)interprètent et les mettent à l&amp;#039;épreuve. Nous faisons l&amp;#039;hypothèse que ces multiples projets, tels des laboratoires en actes, créent des précédents et font jurisprudence. C&amp;#039;est pourquoi l&amp;#039;École du terrain veut contribuer à l&amp;#039;essaimage de ces démarches et à la transformation des cadres – culturels, économiques, administratifs, réglementaires – pour donner voix à des pratiques jusque-là en marge.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit désormais de prendre acte de ces pas de côté, de transmettre les récits de ces expérimentations, mais aussi les outils techniques et juridiques, afin de tirer des enseignements pour le passage à d&amp;#039;autres échelles et ainsi mieux les inscrire dans les pratiques, dans les politiques publiques et dans le droit.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ En accès libre et gratuit, l&amp;#039;École du terrain s&amp;#039;adresse aux collectivités, services déconcentrés de l&amp;#039;État, porteurs de projets, associations, habitant.es , professionnell.es de l&amp;#039;architecture, urbanisme et paysage...etc. désireux.ses de se former à la programmation ouverte à travers notamment l&amp;#039;outil de permanence architecturale.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous pouvez nous écrire pour nous proposer un projet d&amp;#039;architecture, d&amp;#039;urbanisme ou de paysage expérimental que vous menez, et qui interroge ou produit des enseignements et/ou des jurisprudences à essaimer. Mais aussi pour nous partager une recherche théorique sur ces nouvelles manières de faire, ou pour toute autre contribution.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;École du terrain va à la rencontre de celles et ceux qui œuvrent sur le terrain à de nouvelles expérimentations, questionnant les pratiques de l&amp;#039;architecture et de l&amp;#039;urbanisme, et parviennent à créer des jurisprudences. Répondant à des enjeux locaux, ces acteurs et actrices ont notamment profité de la plasticité du droit et de son pouvoir d&amp;#039;imagination pour dénouer des situations en inventant, chemin faisant, des dispositifs singuliers qui pourront, en retour, inspirer la loi, les politiques publiques et légitimer des pratiques de la société civile. A Roubaix ou à Billom, comment rouvrir au public un monument historique et y construire une programmation ouverte avec les usager.es ? A Boulogne-sur-Mer ou à Bordeaux, comment dénormer le logement social en le rénovant sur mesure avec la participation de ses habitant.es ? A Beaumont, comment mobiliser la commande artistique pour construire collectivement sept logements sociaux en milieu rural ?
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site en accès libre et gratuit
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://lecoleduterrain.fr/</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;lecoleduterrain.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>caroline.niemant@lapreuvepar7.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a82f-se-former-a-lurbanisme-experimental-vivrier-r/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>50518</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’hébergements et d’équipements touristiques</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets d’équipements et d’hébergements touristiques</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet lié à l’hébergement ou aux équipements touristiques en
+tant que collectivité locale ou encore acteur du développement touristique ?
+Vous êtes à la recherche d’un financement pour développer l’attractivité d’un
+territoire, les capacités d’hébergement touristique, l’animation culturelle du
+patrimoine, le déploiement de solutions digitales pour développer le e-tourisme
+ou encore pour porter des projets promouvant un  tourisme durable et inclusif ? La Banque des
+Territoires peut investir et financer votre  projet touristique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre d’investissement concerne les
+projets portant sur :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’hébergement
+touristique &lt;/li&gt;&lt;li&gt;les
+équipements touristiques, de loisirs, culturel, événementiel et de bien-être ;&lt;/li&gt;&lt;li&gt;les
+services numériques dans le tourisme.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La Banque des Territoires intervient en
+tant qu’investisseur en fonds propres et devient actionnaire minoritaire dans
+les sociétés qui développent le projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;La Banque des Territoires peut aussi
+accompagner la réalisation des projets touristiques via son offre de
+financement sur la ressource fonds d’épargne.&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Equipement public
+Bâtiments et construction
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projets-equipements-hebergements-touristiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_tourisme_psat</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/hebergement-et-equipements-touristiques/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>165522</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets en faveur de la réduction des impacts dus aux produits phytopharmaceutiques dans des territoires de convergence d’enjeux sur l’eau potable et la biodiversité</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>AAP Territoires de convergence eau potable et Natura 2000 : initiatives pour réduire l’usage et l’impact des produits phytopharmaceutiques</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique
+Ministère de l'Agriculture et de la Souveraineté alimentaire
+Ministère de la Santé et de la Prévention
+Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I150" s="1" t="inlineStr">
+        <is>
+          <t> Max : 75</t>
+        </is>
+      </c>
+      <c r="J150" s="1" t="inlineStr">
+        <is>
+          <t>du coût total</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le cadre de la stratégie
+Ecophyto 2030, faisant suite au plan Ecophyto II&amp;#43;, des appels à projets
+nationaux sont lancés pour soutenir des projets en faveur d&amp;#039;une réduction de
+l’utilisation des produits phytopharmaceutiques, et de la limitation des
+risques et des impacts qui y sont liés.&lt;/p&gt;&lt;p&gt;L’appel à projets 2025 est le
+premier appel à projet thématique de la stratégie Ecophyto 2030. Il est lancé
+par l’OFB en lien avec les ministères pilote de la stratégie. &lt;/p&gt;&lt;p&gt;Il concerne l’ensemble du
+territoire métropolitain et ultramarin (Départements et Régions d’Outre-Mer).
+Il vise la suppression ou une forte réduction des produits phytopharmaceutiques
+dans des territoires présentant des enjeux croisés autour de la préservation de la qualité de l’eau destinées à la consommation humaine et de la protection de la biodiversité.&lt;/p&gt;&lt;p&gt;Le territoire visé par l’AAP doit
+contenir obligatoirement une aire d’alimentation de captages. &lt;/p&gt;&lt;p&gt;Les projets attendus seront multi
+partenariaux. &lt;/p&gt;&lt;p&gt;Doté d’une enveloppe allant
+jusqu’à 2,06 millions d’euros, les projets seront soutenus pour un montant de
+financement maximum de 300 000 € par projet et pour une durée maximale de 36
+mois.&lt;/p&gt;&lt;p&gt;Le 11 décembre 2025, un &lt;a href="https://ofb-fr.zoom.us/webinar/register/WN_Ipjm7ALMQjC8VH9-n93pDw" target="_self"&gt;Webinaire de présentation de l’AAPN&lt;/a&gt;
+et du règlement sera organisé à l’intention des porteurs de projets.
+Le support de présentation et le replay seront disponibles sur le site de
+l’OFB.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le règlement via le lien
+suivant : &lt;a href="https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf" target="_self"&gt;https://ofb.gouv.fr/sites/ofb-gouv-fr/files/2025-11/reglement_aap_ecophyto_2025_aacxn2k.pdf&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous pouvez trouver la liste des projets lauréats aux
+éditions précédentes sur le portail technique de l’OFB :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;a href="https://ofb.gouv.fr/financements/resultats-de-appel-a-projets-national-ecophyto-2023" target="_self"&gt;Résultats de l’appel à projets national Écophyto 2023&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Alimentation
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P150" s="1" t="inlineStr">
+        <is>
+          <t>12/11/2025</t>
+        </is>
+      </c>
+      <c r="Q150" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les critères d’éligibilité et de sélection sont mentionnés
+dans le règlement de l’appel à projet.&lt;/p&gt;&lt;p&gt;Les dépenses éligibles et le taux de financement sont
+précisés dans le règlement.&lt;/p&gt;&lt;p&gt;Les règles générales de subvention applicables sont celles
+prévues dans le règlement d’interventions de l’OFB, disponible à l’adresse
+suivante : &lt;a href="https://ofb.gouv.fr/doc/le-programme-intervention" target="_self"&gt;Office français de la biodiversité&lt;/a&gt;&lt;a&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/financements/territoires-de-convergence-eau-potable-et-natura-2000-initiatives-pour-reduire-impact</t>
+        </is>
+      </c>
+      <c r="W150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/appel-a-projets-national-ecophyto-2030-territoires</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute demande, merci d’écrire à l’adresse &lt;a href="mailto:ecophyto&amp;#64;ofb.gouv.fr"&gt;ecophyto&amp;#64;ofb.gouv.fr&lt;/a&gt;, en précisant dans
+l’objet de votre mail : « AAPN 2025 Écophyto Captages/ Natura 2000 ».&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>emma.schwartz@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-des-projets-en-faveur-de-la-reduction-des-impacts-dus-aux-produits-phytopharmaceutiques-dans-des-territoires-de-convergence-denjeux-sur-leau-potable-et-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>547</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Financer des centres d'hébergement et d'insertion en faveur des personnes démunies</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Logement d’Urgence (PLU) : financer des logements destinés aux plus démunis</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous soutient financièrement dans vos projets en faveur des personnes démunies. Nous proposons un financement en prêt sur fonds d&amp;#039;épargne dédié avec le prêt PLU.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus peuvent concerner des travaux d&amp;#039;humanisation et de réhabilitation, voire la construction ou l&amp;#039;acquisition de foncier pour des centres d&amp;#039;hébergement et d&amp;#039;insertion (CHU, CHRS, CADA, LHSS, CPH, hôtels sociaux, centres de stabilisation, ...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Citoyenneté</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-plu?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=hbg_insertion_plu_psat</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+  Contactez-nous à travers notre formulaire de contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5055-pret-locatif-durgence/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>50274</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’une offre de prêt dédiée au financement des opérations de production de logements locatifs sociaux</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Prêt PLAI</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose aux organismes de logements sociaux, aux collectivités territoriales et aux organismes à gestion désintéressée le prêt PLAI.
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt PLAI, soit Le Prêt Locatif Aidé d&amp;#039;Intégration, est une offre de prêt dédiée au financement des opérations de production de logements locatifs sociaux. Cette offre permet le financement de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La construction de logements locatifs sociaux  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de logements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de locaux pour les transformer en logements locatifs sociaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition par la formule VEFA (vente en état futur d&amp;#039;achèvement) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La réalisation d&amp;#039;opérations de logements en structure collective destinés à des personnes âgées, des personnes handicapées, des étudiants ou des jeunes actifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction et l&amp;#039;acquisition-amélioration de centres d&amp;#039;hébergements d&amp;#039;urgence et d&amp;#039;insertion (CHU, CHRS et CADA) qui répondent aux normes du logement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Handicap
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-plai?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=ope_prod_plai_psat</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/78aa-financer-des-operations-de-production-de-loge/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>77372</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans la production d'hydrogène vert</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous aide à développer la production d&amp;#039;hydrogène vert sur votre territoire, notamment si vous voulez :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en œuvre des solutions simples ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantir la consommation locale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la décarbonation de l&amp;#039;industrie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser les énergies industrielles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Nous pouvons vous accompagner si votre projet porte sur une solution de fabrication d&amp;#039;hydrogène par électrolyse de l&amp;#039;eau, dans l&amp;#039;optique de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en place un démonstrateur de production d&amp;#039;hydrogène vert en local, à condition qu&amp;#039;il :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Soit de taille petite et/ou modulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit multi-usages ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cible des processus industriels simples ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réponde à une consommation locale ;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser l&amp;#039;hydrogène fatal dans le cadre d&amp;#039;un projet industriel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faciliter la consommation locale d&amp;#039;hydrogène vert afin de décarboner l&amp;#039;industrie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un tel projet, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investir directement de manière minoritaire en fonds propres et quasi-fonds propres au sein de la société de projet qui porte une infrastructure de production d&amp;#039;hydrogène vert (électrolyseur et unité de stockage) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étudier les possibilités de montages mixtes (Sociétés d&amp;#039;Économie Mixte, Sociétés d&amp;#039;Économie Mixte à Opération Unique, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études préalables qui sont nécessaires au montage du dossier d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=prod_hydro_vert_psat</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0205-investir-dans-la-production-dhydrogene-vert/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>92103</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’implantation d'usines sur des sites nouveaux ou reconvertis</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  __________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose une offre complète  (ingénierie, financement, investissement) et sur mesure pour les EPL, les collectivités ou les aménageurs privés ou publics qui souhaitent faciliter l&amp;#039;implantation d&amp;#039;usines sur des sites nouveaux ou reconvertis.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre concerne l&amp;#039;aménagement des sites depuis l&amp;#039;acquisition de fonciers jusqu&amp;#039;au développement de sites industriels innovants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Industrie</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=immo_usines_psat</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2f8b-faciliter-limplantations-dusines-sur-des-site/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>92106</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une offre de prêt dédiée au financement de logements de fonction</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Logement de Fonction (PLF) : financer les logements de fonction</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires finance en prêt sur fonds d&amp;#039;épargne de la Caisse des Dépôts vos projets de construction, d&amp;#039;acquisition-amélioration et de réhabilitation avec son offre de Prêt Logement de Fonction (PLF).
+&lt;/p&gt;
+&lt;p&gt;
+ Le PLF peut ainsi permettre le financement de casernes de gendarmeries, de sapeurs-pompiers professionnels, de logements de policiers ou de personnels d&amp;#039;établissements hospitaliers, sociaux ou médico-sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-plf?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=financement_dedie_plf_psat</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+  https://www.banquedesterritoires.fr/directions-regionales
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+  Contactez-nous à travers notre formulaire de contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a7d1-obtenir-une-offre-de-pret-dediee-au-financeme/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>165400</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Assurer le développement professionnel et le renforcement des capacités des animateurs socio-éducatifs et de leur organisation.</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Erasmus+ Jeunesse - Projets de mobilité pour les animateurs socio-éducatifs</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France Jeunesse et Sport</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I156" s="1" t="inlineStr">
+        <is>
+          <t> Max : 95</t>
+        </is>
+      </c>
+      <c r="J156" s="1" t="inlineStr">
+        <is>
+          <t>Le financement se fait essentiellement sur forfait (selon le nombre de participants, la durée de la mobilité et la distance parcourue). Des frais réels peuvent également être pris en charge (exemple : Visas).</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr" id="docs-internal-guid-07a76b4c-7fff-953e-a90a-46862e52ffa5"&gt;Cette action soutient le développement professionnel des acteurs de jeunesse et, par conséquent, le développement d&amp;#039;un travail de jeunesse de qualité aux niveaux local, régional, national, européen et international, grâce à des expériences d&amp;#039;apprentissage non formelles et informelles dans le cadre d&amp;#039;activités de mobilité. L&amp;#039;action contribue aux objectifs de la stratégie de l&amp;#039;UE pour la jeunesse 2019-2027, notamment à l&amp;#039;agenda européen du travail de jeunesse pour la qualité, l&amp;#039;innovation et la reconnaissance du travail de jeunesse.&lt;/p&gt;&lt;p dir="ltr"&gt;Plus spécifiquement, les projets de mobilité pour les acteurs de jeunesse visent à :&lt;/p&gt;&lt;ul&gt;&lt;li dir="ltr"&gt;&lt;p dir="ltr" role="presentation"&gt;Fournir des opportunités d&amp;#039;apprentissage non formel et informel pour le développement éducatif et professionnel des acteurs de jeunesse, contribuant à une pratique individuelle de haute qualité ainsi qu&amp;#039;à l&amp;#039;évolution des organisations et des systèmes du travail de jeunesse ;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr"&gt;&lt;p dir="ltr" role="presentation"&gt;Construire une communauté de acteurs de jeunesse qui peut soutenir la qualité des projets et des activités pour les jeunes dans les programmes de l&amp;#039;UE et au-delà ;&lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr"&gt;&lt;p dir="ltr" role="presentation"&gt;Développer des pratiques locales de travail de jeunesse et contribuer au renforcement des capacités des participants et de leur organisation en matière de travail de jeunesse de qualité, ce qui aura un impact évident sur le travail régulier des acteurs de jeunesse participants avec les jeunes.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p dir="ltr"&gt;Les projets incluent deux types d’activités potentielles : &lt;/p&gt;&lt;ul&gt;&lt;li dir="ltr"&gt;&lt;p dir="ltr" role="presentation"&gt;Les activités de développement professionnel (APD) sont des activités de mobilité d&amp;#039;apprentissage transnationales ou internationales qui soutiennent le développement professionnel des acteurs de jeunesse. Elles peuvent prendre la forme de visites d&amp;#039;étude et différents types de missions, mise en réseau et création de communautés entre les animateurs de jeunesse participant à l&amp;#039;action et soutenant ses objectifs, cours de formation soutenant le développement des compétences (par exemple, sur la base des modèles de compétences existants), séminaires et ateliers soutenant en particulier le développement des connaissances et le partage des meilleures pratiques liées aux objectifs, valeurs et priorités de la stratégie de l&amp;#039;UE en faveur de la jeunesse et des programmes de l&amp;#039;UE contribuant à sa mise en œuvre… &lt;/p&gt;&lt;/li&gt;&lt;li dir="ltr"&gt;&lt;p dir="ltr" role="presentation"&gt;Les projets peuvent également comprendre des activités de sensibilisation et de développement des systèmes, qui sont des activités complémentaires visant à amplifier les résultats du projet de mobilité sur le terrain. Ces activités peuvent par exemple inclure la production d&amp;#039;outils et le partage de pratiques contribuant au développement et à l&amp;#039;évolution des organisations et/ou des réseaux d’acteurs de jeunesse, les activités de sensibilisation et de renforcement de la communauté avec l&amp;#039;introduction de méthodes innovantes, y compris l&amp;#039;utilisation des technologies numériques dans le cadre du travail de jeunesse. &lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q156" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.erasmusplus-jeunesse.fr/</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour des informations générales, contactez-nous via cette adresse mail: &lt;strong&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour trouver la personne de contact au sein de l&amp;#039;équipe selon votre région: &lt;a href="https://www.erasmusplus-jeunesse.fr/contacts-agence" target="_self"&gt;https://www.erasmusplus-jeunesse.fr/contacts-agence&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>erasmusplus@service-civique.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/assurer-le-developpement-professionnel-et-le-renforcement-des-capacites-des-animateurs-socio-educatifs-et-de-leur-organisation/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>74892</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des études préparatoires à la mise en œuvre de la tarification incitative du service public Déchets »</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Instauration ou extension de la tarification incitative : financement de l’étude préalable</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I157" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;br /&gt;
+ Avec la tarification incitative, le montant de la taxe ou de la redevance d&amp;#039;enlèvement des ordures ménagères varie en fonction de la quantité de déchets produits.
+&lt;/p&gt;
+&lt;p&gt;
+ Son objectif est de réduire la production de déchets des usagers, d&amp;#039;améliorer les performances de collecte séparée et également de maîtriser leurs coûts de collecte.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets soutenus :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à la mise en œuvre ou à l&amp;#039;extension à un nouveau périmètre de la tarification incitative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études liées à la refonte d&amp;#039;une tarification existante.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations éligibles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables à la mise en œuvre ou à l&amp;#039;extension à un nouveau périmètre de la tarification incitative.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études liées à la refonte d&amp;#039;une tarification existante.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Conditions d&amp;#039;éligibilité
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maitrise d&amp;#039;ouvrage de l&amp;#039;étude par une collectivité compétente en matière de collecte des déchets.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude réalisée par un bureau d&amp;#039;étude tiers, sur la base du cahier des charges de l&amp;#039;ADEME
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude ne doit pas avoir commencé ou être commandée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Régions concernées:
+&lt;/p&gt;
+&lt;p&gt;
+ Auvergne-Rhône-Alpes, Bourgogne-Franche-Comté, Bretagne, Corse, Grand Est, Hauts-de-France, Île-de-France, La Réunion, Martinique, Mayotte, Normandie, Occitanie, Pays de la Loire, Provence-Alpes-Côte d&amp;#039;Azur
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dune-etude-prealable-a-mise-place-a-lextension-tarification-incitative</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter directement l&amp;#039;ADEME via leur formulaire en ligne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>sylviane.philippe@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f06d-mettre-en-oeuvre-etudes-preparatoires-a-la-mi/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>163965</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer à des projets de réduction et de séquestration de carbone pour participer à l'objectif de neutralité carbone</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Leyton</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Contexte&lt;/u&gt; : Les acteurs publics et privés doivent s&amp;#039;engager dans une démarche de décarbonation, encadrée de manière réglementaire par le Green Deal Européen et la Stratégie Nationale Bas Carbone , qui vise notamment à réduire les émissions de GES de 40% d&amp;#039;ici 2030 (vs. 1990) et à doubler nos puits de carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Méthodologie&lt;/u&gt; : Une fois que les acteurs publics et privés ont réalisé leur 1er Bilan Carbon, ils entament des actions de réduction de leur empreinte mais font face à des émissions résiduelles tous les ans. Réduire certaines émissions peut prendre du temps : absence de technologie, mobilisation des parties prenantes, etc. Cependant, il existe une solution temporaire en face de ces émissions résiduelles afin de contribuer à la neutralité carbone : La contribution carbone.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Dispositif&lt;/u&gt; : Les acteurs peuvent financer des projets qui vont permettre de réduire ou de séquestrer des émissions de GES ailleurs en France ou à l&amp;#039;étranger. Ces projets vont permettre de réduire les émissions de CO2e globalement et vont présenter de nombreux autres avantages socio-économiques et de biodiversité en fonction du projet. Par leur action, ces acteurs recevront des crédits carbone, qu&amp;#039;ils pourront valoriser, au titre de leur engagement envers la neutralité mondiale, en complément de toutes les actions de réduction préalablement engagées.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Aide&lt;/u&gt; : LEYTON vous accompagne dans la recherche de ces projets au plus proche de vos territoires, de votre activité, de vos enjeux, ou de vos valeurs afin de maximiser votre impact stratégique, extra-financier, climatique, environnemental et social avec une communication maîtrisée et légitime.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;En France :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration de forêts incendiés,&lt;/li&gt;&lt;li&gt;Conversion de friches en forêts,&lt;/li&gt;&lt;li&gt;Changement de pratiques agricoles (intrants, couvert contenu, alimentation des bovins, etc.) pour accompagner la transition agro-écologique,&lt;/li&gt;&lt;li&gt;Diversification de pratiques agricoles (vergers)...&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Forêts
+Sols
+Agriculture et agroalimentaire
+Biodiversité
+Emploi
+Attractivité économique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aucun critère&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://leyton.com/fr/progres-environnemental/contribution-carbone-volontaire/</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aurélie BARBOTIN - Mylène OBONE - Marc LA ROSA&lt;/p&gt;&lt;p&gt;carbonevolontaire&amp;#64;leyton.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>pdeniau@leyton.com</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contribuer-a-des-projets-de-reduction-et-de-sequestration-de-carbone-pour-participer-a-lobjectif-de-neutralite-carbone/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>138963</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Être conseillé et accompagné sur les thématiques du développement économique et de l'attractivité (CNER Expertise)</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des agences d'attractivité, de développement et d'innovation (CNER)</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lancé le 1er mars 2017 avec le soutien de la Caisse des dépôts et des consignations, CNER Expertise apporte à l&amp;#039;ensemble des acteurs du développement territorial (agences, collectivités, etc.) un accompagnement spécifique en matière de développement économique, en s&amp;#039;appuyant sur l&amp;#039;expertise des professionnels du réseau CNER (directeurs/cadres d&amp;#039;agences expérimentés, en transition professionnelle, en poste, en retraite active ou en consultant indépendant).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de ce réseau d&amp;#039;experts qualifiés est d&amp;#039;apporter à tous les territoires et les acteurs économiques des solutions concrètes, rapides, accessibles et adaptées à tous les enjeux de développement.
+&lt;/p&gt;
+&lt;p&gt;
+ Face à une demande croissante d&amp;#039;ingénierie des collectivités et de leurs structures dédiées à l&amp;#039;attractivité et au développement économique, le CNER poursuit le développement de ce service d&amp;#039;accompagnement. Avec des missions courtes, opérationnelles, orientées résultats, sur les métiers de l&amp;#039;attractivité et du développement économique ainsi que la création d&amp;#039;agences.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 - L&amp;#039;offre CNER Expertise
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les points forts du service :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Connaissances des bonnes pratiques territoriales dans les principales catégories de l&amp;#039;attractivité : talents, investisseurs, international, résidentiel, touristique ; et facilité à construire des benchmarks pertinents
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité à mobiliser des personnalités reconnues de l&amp;#039;attractivité, de l&amp;#039;entreprise, de la communication pour participer à des évènements ou des réunions de créativité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proximité terrain opérationnelle avec d&amp;#039;autres agences qui font face aux mêmes problématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agilité pour intervenir avec des experts volontaires et disponibles dans les délais les plus rapides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ressources internes du CNER disponibles pour compléter si besoin ces informations et obtenir d&amp;#039;autres conseils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 - Le fonctionnement de CNER Expertise
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sollicitation d&amp;#039;un acteur du développement économique (collectivité, agence de développement, autre) pour un besoin en ingénierie avec production d&amp;#039;un cahier des charges synthétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recherche dans le réseau CNER Expertise de l&amp;#039;expert le plus pertinent pour répondre à la problématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges avec CNER Expertise et l&amp;#039;expert sélectionné pour cerner la problématique du territoire et mieux appréhender le contexte de la démarche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction par CNER Expertise, et transmission rapide au demandeur, d&amp;#039;une note complète recapitulant la demande et détaillant la méthodologie choisie pour répondre au cahier des charges, le calendrier, le budget associé et la présentation détaillée du (ou des) expert(s) proposé(s)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3 - Les principales problématiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Définir une démarche d&amp;#039;attractivité pour un territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construire une stratégie de mobilisation des entreprises locales et/ou des acteurs du développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la création d&amp;#039;une agence d&amp;#039;attractivité ou de développement économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir la stratégie économique locale et les modalités de mobilisation des acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place un réseau de développeurs et l&amp;#039;animer sur la durée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coacher une équipe ou un salarié
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.cner-france.com/Les-services/CNER-Expertise/Les-references-de-CNER-Expertise" target="_self"&gt;
+  Missions CNER Expertise, quelques références
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ A la demande de certaines collectivités, le nom du commanditaire a été anonymisé
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Industrie</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cner-france.com/Les-services/CNER-Expertise</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Lucas Finet&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Responsable Développement, Partenariats et Expertise&lt;/p&gt;
+&lt;p&gt;lfinet&amp;#64;cner-france.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>cner@cner-france.com</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/55e3-cner-expertise/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>49784</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter les friches urbaines et reconquérir des emprises foncières pour recomposer le tissu urbain</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités locales et les EPL d&amp;#039;aménagement dans leur projet de réhabilitation de friches urbaines polluées ou désaffectées pour favoriser le redéveloppement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;offre s&amp;#039;articule  autour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;investissement en fonds propres et quasi fonds propres dans les sociétés de projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;investissement en fonds propres et quasi fonds propres dans les Sociétés d&amp;#039;Economie Mixte aménageurs ou opératrices
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;interventions intermédiées à travers les fonds de dépollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les références de notre offre sur la
+ &lt;a href="https://www.banquedesterritoires.fr/investissement-dans-la-requalification-des-friches" rel="noopener" target="_blank"&gt;
+  site de la Banque des Territoires.
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=amenagement_immo_psat</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f6c-rehabiliter-les-friches-urbaines-et-reconquer/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>57803</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la rénovation énergétique du parc privé</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J161" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de subvention varie entre le financement d'étude et de suivi-animation d'opération.</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. L&amp;#039;Anah peut participer à leur financement, il faut pour cela vous adresser à votre Direction départementale des territoires (DDT). Celle-ci met à votre disposition les outils statistiques et méthodologiques nécessaires pour bien calibrer les besoins de rénovation énergétique du parc privé sur votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préparatoires ont pour objectif d&amp;#039;élaborer un diagnostic partagé entre l&amp;#039;ensemble des partenaires que vous souhaitez impliquer dans le projet. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention afin de convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsque vous souhaitez prolonger ou renouveler un programme, les études préparatoires se feront à partir de l&amp;#039;évaluation du programme précédent.
+ &lt;br /&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ À l&amp;#039;issue de la phase d&amp;#039;études préparatoires, vous avez conclu à la nécessité d&amp;#039;agir sur votre territoire et vous avez déterminé avec l&amp;#039;ensemble de vos partenaires une stratégie d&amp;#039;intervention. Pour mettre en œuvre cette stratégie, vous disposez d&amp;#039;un outil contractuel d&amp;#039;amélioration de l&amp;#039;habitat privé, l&amp;#039;opération programmée. Elle vous permet de déterminer vos objectifs, les moyens de les atteindre et les contributions attendues.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   Le Programme d&amp;#039;intérêt général (PIG) de rénovation énergétique
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il s&amp;#039;applique sur une échelle relativement vaste, qui peut aller par exemple de l&amp;#039;agglomération au département. Un opérateur est chargé de repérer les personnes dont les logements affichent une mauvaise performance énergétique. Cet opérateur explique la démarche et propose un accompagnement gratuit pour le montage du projet et pendant tout son déroulement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   L&amp;#039;opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH) avec un volet rénovation énergétique
+  &lt;/em&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;objet de l&amp;#039;OPAH est plus large que celui du PIG. Elle comprend plusieurs volets dont le volet &amp;#34;précarité énergétique&amp;#34; et permet de cibler votre action à une échelle resserrée, un quartier par exemple.  Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat. L&amp;#039;offre de commerces, d&amp;#039;équipements et services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du territoire.
+ &lt;br /&gt;
+ L&amp;#039;OPAH copropriété peut également contenir un volet de lutte contre la précarité énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etablir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis
+ &lt;strong&gt;
+  .
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Financer la phase opérationnelle
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah participe de deux manières au financement de l&amp;#039;opération dont vous êtes le maître d&amp;#039;ouvrage. Elle verse directement des aides aux travaux aux propriétaires (au titre du programme Habiter Mieux ou de MaPrimeRénov&amp;#039;). Et elle participe au financement du suivi et de l&amp;#039;animation de l&amp;#039;opération.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux. Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;aide au suivi-animation est de 35 % des dépenses HT dans la limite annuelle de 87 500 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Cas particulier de l&amp;#039;Opah de rénovation urbaine (Opah–RU) : 50 % des dépenses HT dans la limite annuelle de 125 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Une prime variable s&amp;#039;ajoute au montant de la partie fixe .Cette prime est versée en fonction du nombre de logements de propriétaires occupants et bailleurs engagés dans des travaux de rénovation énergétique.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui expliquent les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet. Il est souhaitable que l&amp;#039;évaluation puisse être lancée dès que le projet entre en phase opérationnelle. Ainsi, on peut évaluer régulièrement les actions menées et procéder à des adaptations selon les résultats de chaque phase d&amp;#039;évaluation. Cela permet à l&amp;#039;évaluateur de conduire ses études en ayant une parfaite connaissance du projet et de ses enjeux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;Anah peut financer l&amp;#039;évaluation à hauteur de 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.anah.fr/actualites/detail/actualite/dans-la-sarthe-une-charte-pour-accelerer-la-renovation-energetique/"&gt;
+  Dans la Sarthe, une charte pour accélérer la rénovation énergétique
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.anah.fr/dossiers/puy-de-dome-mission-reperage-pour-les-artisans/"&gt;
+  Puy-de-Dôme : mission repérage pour les artisans
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5ef-lutter-contre-la-precarite-energetique/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
+        <v>71326</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Développer les réseaux électriques et la transition énergétique en zone rurale</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J162" s="1" t="inlineStr">
+        <is>
+          <t>Les taux de subvention varient selon les sous-programmes (cliquer sur le lien dans l'espace Contact</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La mission du FACÉ est d&amp;#039;apporter une aide au financement du développement des réseaux électriques des zones rurales, comprenant les lignes BT et les antennes HTA des communes relevant du régime de l&amp;#039;électrification rurale (ER).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de cette mission, des aides du FACÉ peuvent être accordées aux Collectivités maîtres d&amp;#039;ouvrage pour un programme spécial comprenant les sous programmes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sous- programme - Sites isolés
+  &lt;/strong&gt;
+  : aide pour le développement d&amp;#039;un projet EnR
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sous Programme - Intempéries
+  &lt;/strong&gt;
+  : aide suite à des intempéries
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sous-programme - Déclaration d&amp;#039;utilité publique - Très Haute Tension :
+  &lt;/strong&gt;
+  aide à l&amp;#039;enfouissement de réseaux sous maîtrise d&amp;#039;ouvrage d&amp;#039;autorités organisatrices d&amp;#039;un réseau public de distribution d&amp;#039;électricité et situés sur le territoire de communes rurales traversées par des lignes à très haute tension nouvellement créées, en contrepartie des contraintes qui s&amp;#039;imposent à ces dernières.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sous-programme - MDE :
+  &lt;/strong&gt;
+  aide réservée spécifiquement aux actions de Maîtrise de l&amp;#039;Energie
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T162" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/collectivites/amelioration-resilience-reseaux-electriques</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour accéder aux dossiers de candidatures :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ cliquer sur
+ &lt;a href="http://extranet.face.developpement-durable.gouv.fr"&gt;
+  &lt;strong&gt;
+   ce lien
+  &lt;/strong&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  et saisisser l&amp;#039;identifiant face&amp;#64;face et le mot de passe face&amp;#64;face
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour contacter la mission FACE du Ministère de la Transition Ecologique (DGEC) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 01.40.81.96.81  ou 01.40.81.97.93
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail : contact-face&amp;#64;developpement-durable.gouv.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5eb1-developper-les-reseaux-electriques-et-la-tran/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>72363</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Assurer la viabilité des salles de cinéma à court terme et à long terme - soutien automatique renforcé et avances à l'exploitation</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Centre National du Cinéma et de l'image animée (CNC)</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les salles de cinéma sont durablement impactées par la mise en place des mesures sanitaires et les reports de tournages et de sorties de films, en particulier concernant les blockbusters étrangers, qui se traduiront par une diminution conséquente des recettes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cette aide correspond à la Mesure 1 : Soutiens automatiques renforcés et avances à l&amp;#039;exploitation ad hoc dédiées à la couverture des besoins en trésorerie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de préserver le tissu dense de salles de cinéma qui garantit une diffusion des œuvres dans leur diversité sur tout le territoire, les exploitants pourront bénéficier d&amp;#039;un soutien financier supplémentaire correspondant à une année normale de soutien généré.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le montant de l&amp;#039;aide est calculé, pour chacun des établissements cinématographiques, en fonction du soutien automatique généré par l&amp;#039;établissement lors des trois années 2017, 2018 et 2019.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide sera versée sous une double forme :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1° versement à l&amp;#039;exploitant de l&amp;#039;établissement d&amp;#039;une subvention.
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces sommes pourront être utilisées pour couvrir des besoins de trésorerie ne donnant pas lieu
+ à une mobilisation du compte automatique (loyers, salaires, fluides, frais financiers, remboursement de prêts bancaires ou PGE ...) auxquels les établissements pourraient faire face dans cette période.
+&lt;/p&gt;
+&lt;p&gt;
+ La période de fermeture des salles a conduit les exploitants à négocier des reports ou des
+ échelonnements d&amp;#039;échéances bancaires, se traduisant par des frais financiers, pouvant remettre en cause la viabilité financière de certaines petites salles dans un contexte de dégradation durable de la fréquentation. Une partie de ces frais financiers pourront être pris en charge avec cette mesure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2° versement au titulaire du compte de soutien de l&amp;#039;établissement d&amp;#039;une avance
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  supplémentaire au titre des investissements réalisés.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette avance, comme les avances habituelles du CNC au titre du soutien automatique, sera
+ remboursée au fur et à mesure de la génération de soutien par l&amp;#039;établissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au total, l&amp;#039;aide cumulée (volet subvention &amp;#43; volet avance) permettra d&amp;#039;atteindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une année de soutien pour la petite et moyenne exploitation, soit 7 mois de soutien
+ sous forme de subvention et 5 mois sous forme d&amp;#039;avances (remboursables sur le soutien à venir) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  neuf mois de soutien pour les grands circuits (exploitants réalisant plus de 1 % de la
+ fréquentation nationale), soit 2,5 mois sous forme de subvention et 6,5 mois sous forme d&amp;#039;avances remboursables.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Attention : les deux aides doivent être sollicitées séparément.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces sommes pourront être mobilisées pour couvrir des besoins de trésorerie ne donnant pas lieu à une mobilisation du compte automatique (loyers, salaires, fluides, frais financiers, remboursement de prêts bancaires ou PGE ...) auxquels les établissements pourraient faire face dans cette période de faible fréquentation, pour ce qui concerne la part de subvention définitive et pour couvrir des investissements de modernisation des salles, récents ou futurs, pour la part d&amp;#039;avance remboursable.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La période de fermeture des salles a conduit les exploitants à négocier des reports ou des échelonnements d&amp;#039;échéances bancaires, se traduisant par des frais financiers, pouvant remettre en cause la viabilité financière de certaines petites salles dans un contexte de dégradation durable de la fréquentation. Une partie de ces frais financiers pourront être pris en charge avec cette mesure.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Commerces et services</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="T163" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnc.fr/professionnels/actualites/plan-de-relance-des-filieres-du-cinema-et-de-laudiovisuel_1319933</t>
+        </is>
+      </c>
+      <c r="W163" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnc.fr/documents/36995/1140711/Plan+de+relance+-+Soutiens+automatiques+renforc%C3%A9s+-+notice.pdf/d18afc3b-9a2a-4b03-04fe-853099e99035</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;un des gestionnaires régionaux du soutien automatique des salles :
+&lt;/p&gt;
+&lt;p&gt;
+ Didier GROUPIERRE / Tél. 01 44 34 36 89 / Didier.Groupierre&amp;#64;cnc.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Agnès MAURICE / Tél. 01 44 34 37 18 / Agnes.Maurice&amp;#64;cnc.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Sophie LELEU / Tél. 01 44 34 36 96 / Sophie.Leleu&amp;#64;cnc.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Dominique DUPUY / Tél. 01 44 34 37 14 / Dominique.Dupuy&amp;#64;cnc.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Ghislaine BOUDOT / Tél. 01 44 34 34 77 / Ghislaine.Boudot&amp;#64;cnc.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Jeanne DUBOST / Tél. 01 44 34 35 86 / Jeanne.Dubost&amp;#64;cnc.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez
+ &lt;a href="https://www.cnc.fr/documents/36995/160730/Autorisation&amp;#43;d%27exercice&amp;#43;%28exploitation%29&amp;#43;liste&amp;#43;des&amp;#43;gestionnaires&amp;#43;-.pdf/3235bc88-debb-abfe-532f-5e47173eec63"&gt;
+  la répartition départementale
+ &lt;/a&gt;
+ des gestionnaires du soutien.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour vos démarches :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Demande d&amp;#039;attribution du soutien automatique renforcé (
+  &lt;a href="https://www.demarches-simplifiees.fr/commencer/subvention-soutien-renforce"&gt;
+   volet subvention
+  &lt;/a&gt;
+  )
+ &lt;/li&gt;
+ &lt;li&gt;
+  Demande d&amp;#039;une avance supplémentaire sollicitée auprès des gestionnaires régionaux du service de l&amp;#039;exploitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e4b8-assurer-la-viabilite-des-salles-de-cinema-a-c/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>63653</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Humaniser et améliorer les conditions d'accueil des structures d'hébergement</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F164" s="1" t="inlineStr">
+        <is>
+          <t>Directions départementales des territoires (DDT)</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I164" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 90</t>
+        </is>
+      </c>
+      <c r="J164" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Anah aide financièrement les structures d&amp;#039;hébergement qui s&amp;#039;engagent dans un projet de travaux qui permet l&amp;#039;humanisation et l&amp;#039;amélioration de leurs conditions d&amp;#039;accueil des publics.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dortoirs, locaux vétustes ou ne répondant pas aux normes de sécurité... Vous souhaitez améliorer les conditions d&amp;#039;accueil d&amp;#039;une structure d&amp;#039;hébergement sur votre territoire pour que les personnes sans abri y soient reçues dignement. Pour garantir la réussite de ce projet de travaux, une phase d&amp;#039;études préalables est indispensable. L&amp;#039;Anah participe au financement de ces études.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans la plupart des cas, les structures d&amp;#039;hébergement sont propriétés d&amp;#039;associations qui doivent assurer une fonction de maître d&amp;#039;ouvrage. Le soutien des acteurs publics est alors indispensable. C&amp;#039;est pourquoi l&amp;#039;Anah est aux côtés du maître d&amp;#039;ouvrage et de la commune qui souhaitent mener ce type d&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préalables permettent de définir un diagnostic du bâti, ainsi que la faisabilité du projet et la liste des travaux prioritaires. Le montage financier et juridique de l&amp;#039;opération, le projet social d&amp;#039;accueil des personnes sans abri sont également définis.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La structure qui porte le projet doit d&amp;#039;abord rédiger un cahier des charges afin de trouver un prestataire. Celui-ci devra disposer d&amp;#039;une bonne connaissance technique mais également en ingénierie sociale, administrative et financière. Un prestataire différent pour chaque phase peut également être retenu.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : jusqu&amp;#039;à 100 % des dépenses engagées. À titre indicatif, le coût d&amp;#039;une étude préalable est estimé entre 10 000 et 12 000 € HT.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Concevoir le projet de travaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au terme des études préalables, le projet entre dans une phase de conception précisant ses aspects techniques et financiers. La maîtrise des coûts de fonctionnement de la structure devra notamment être intégrée à ce stade.
+ &lt;br /&gt;
+ Le porteur du projet peut-être accompagné par une mission d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) dans ces domaines ainsi que sur le plan administratif.
+ &lt;br /&gt;
+ Les fonctions de l&amp;#039;AMO sont les suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La rédaction du cahier des charges
+  &lt;/strong&gt;
+  : l&amp;#039;AMO prend en charge la rédaction du cahier des charges du projet, appelé communément &amp;#34;programme de l&amp;#039;opération&amp;#34;. C&amp;#039;est sur cette base qui précise les compétences requises, que sera engagée une consultation pour retenir un maître d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La validation de l&amp;#039;avant-projet
+  &lt;/strong&gt;
+  : l&amp;#039;AMO participe aux réunions avec le maître d&amp;#039;œuvre désigné. Il s&amp;#039;assure que ce dernier est en mesure d&amp;#039;atteindre les objectifs définis.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   La consultation des entreprises
+  &lt;/strong&gt;
+  : les résultats de l&amp;#039;appel d&amp;#039;offres lancé par le maître d&amp;#039;ouvrage permettent ensuite d&amp;#039;effectuer un chiffrage précis du projet. L&amp;#039;AMO conseille le maître d&amp;#039;ouvrage lors de la comparaison des offres  pour choisir les meilleures entreprises de travaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;évaluation des besoins d&amp;#039;hébergement temporaire
+  &lt;/strong&gt;
+  : les besoins d&amp;#039;hébergement des personnes pendant les travaux doivent être évalués et des solutions doivent être recherchées en concertation entre le maître d&amp;#039;ouvrage, votre collectivité et les autres collectivités impliquées, et l&amp;#039;Etat.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : Jusqu&amp;#039;à 50 % des dépenses HT liées à l&amp;#039;Amo pour la phase de rédaction du cahier des charges et de conception du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Réaliser et financer des travaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage peut bénéficier d&amp;#039;aides de l&amp;#039;Anah pour la réalisation des travaux. Ces aides permettent de financer une assistance à maîtrise d&amp;#039;ouvrage à la fois administrative, technique et financière, ainsi que les travaux eux-mêmes. Les honoraires du maître d&amp;#039;œuvre peuvent aussi être financés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;aide aux travaux
+  &lt;/strong&gt;
+  : jusqu&amp;#039;à 50 % des dépenses de travaux de réhabilitation. L&amp;#039;aide de l&amp;#039;Anah est au maximum de 15 000 € par place d&amp;#039;hébergement en Île-de-France, et de 10 000 € dans les autres régions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par dérogation exceptionnelle, afin d&amp;#039;éviter de peser sur les charges de fonctionnement de la structure maître d&amp;#039;ouvrage : jusqu&amp;#039;à 80 % des dépenses de travaux de réhabilitation du centre d&amp;#039;hébergement. L&amp;#039;aide de l&amp;#039;Anah est dans ce cas portée à 26 250 € par place d&amp;#039;hébergement en Île-de-France, et à 17 500 € dans les autres régions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de France Relance, les structures qui comptent moins de 15 places sont éligibles à un taux d&amp;#039;aide de 90% de la dépense TTC sans nécessiter une dérogation régionale. La subvention maximale reste à 26 250 € par place d&amp;#039;hébergement en Île-de-France, et à 17 500 € dans les autres régions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;aide à l&amp;#039;assistance à la maîtrise d&amp;#039;ouvrage &amp;#34;suivi de chantier&amp;#34;
+  &lt;/strong&gt;
+  : cette prestation vous permet d&amp;#039;être épaulé lors de deux missions distinctes : la mission financière qui concerne le montage, le dépôt et le suivi du dossier de subvention de la phase travaux et la mission technique et administrative : elle concerne en premier lieu la mise en place de solutions alternatives pour héberger les personnes pendant les travaux. L&amp;#039;assistant à maîtrise d&amp;#039;ouvrage sera également en charge du suivi financier de l&amp;#039;opération et du bon déroulement du chantier. Il accompagnera le maitre d&amp;#039;ouvrage lors de la réception des travaux.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : cette mission d&amp;#039;AMO est financée par l&amp;#039;Anah au même titre que les travaux. La subvention est de 50 % des coûts engagés et peut être portée exceptionnellement à 80%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer l&amp;#039;opération
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+ &lt;br /&gt;
+ L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  CHRS Quai de Metz (Paris 19e) : un nouveau centre pour une vie plus digne
+  :
+  &lt;a href="https://www.dailymotion.com/video/x4k0vo8"&gt;
+   En savoir plus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le nouveau visage des centres d&amp;#039;hébergement à Lyon :
+  &lt;a href="https://www.anah.fr/dossiers/lyon-le-nouveau-visage-des-centres-dhebergement/"&gt;
+   En savoir plus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Centre d&amp;#039;hébergement de Vélane (Toulouse) : plus de sérénité pour les femmes hébergées :
+  &lt;a href="https://www.anah.fr/actualites/detail/actualite/gite-du-velane-plus-de-serenite-pour-les-femmes-hebergees/"&gt;
+   En savoir plus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CHRS : le nouveau visage de la Cité Saint-Martin
+  &lt;a href="https://www.anah.fr/actualites/detail/actualite/chrs-le-nouveau-visage-de-la-cite-saint-martin/"&gt;
+   En savoir plus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Éligibilité du projet de travaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah aide financièrement les structures d&amp;#039;hébergement qui s&amp;#039;engagent dans une démarche d&amp;#039;humanisation et d&amp;#039;amélioration de leurs conditions d&amp;#039;accueil des publics. Cette démarche se traduit par une opération de travaux qui a vocation à
+ transformer des locaux d&amp;#039;hébergement en vue d&amp;#039;assurer le respect de la dignité, l&amp;#039;intimité et la sécurité des personnes accueillies.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout en tenant compte des contraintes du bâti, et en cohérence avec le projet social de la structure, les travaux doivent permettre à la structure de se rapprocher des standards du logement (chambre et bloc sanitaire individualisé de manière à garantir l&amp;#039;intimé personnelle).
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;humanisation s&amp;#039;entendent comme des projets de réhabilitation totale ou partielle, de mise aux normes ou de transformation de structures déjà existantes, qui doivent viser à la disparition des dortoirs, des locaux sommairement boxés, et permettre notamment de doter la structure de conditions de confort suffisantes, et autant que possible de limiter son coût de fonctionnement (dépenses d&amp;#039;énergie, consommation de fluides, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Sont ainsi subventionnables les travaux suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mises aux normes d&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en sécurité des locaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  travaux de mise aux normes sanitaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  rénovations énergétiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  transformation de dortoirs en chambres individuelles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  création d&amp;#039;espaces de vie communs,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  privatisation et individualisation des blocs sanitaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les travaux d&amp;#039;entretien courant ne sont pas éligibles aux aides de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  A noter : l&amp;#039;Anah ne subventionne pas la création de structures / places d&amp;#039;hébergement
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux subventionnables par l&amp;#039;Anah doivent concerner des structures qui sont d&amp;#039;ores et déjà « dédiées à la fonction d&amp;#039;hébergement » . Autrement dit, tout projet relatif à la création d&amp;#039;une structure ou de places d&amp;#039;hébergement ne peut être financé par les subventions humanisation de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Éligibilité de la structure
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;
+ Anah peut subventionner les établissements d&amp;#039;hébergement suivants à condition qu&amp;#039;ils fassent l&amp;#039;objet d&amp;#039;une convention avec l&amp;#039;Etat ou une collectivité territoriale :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les centres d&amp;#039;hébergement d&amp;#039;urgence (C.H.U) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les logements d&amp;#039;urgence appartenant à des collectivités locales ou des associations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les hôtels sociaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les centres d&amp;#039;hébergement et de réinsertion sociale (CHRS);
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements de lits Haltes soins santé (LHSS);
+ &lt;/li&gt;
+ &lt;li&gt;
+  à titre exceptionnel, la rénovation des accueils de jour est subventionnable lorsque celle-ci s&amp;#039;inscrit dans un projet d&amp;#039;amélioration global d&amp;#039;une structure comprenant des places d&amp;#039;hébergement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Éligibilité du maitre d&amp;#039;ouvrage
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah peut accorder des aides aux propriétaires ou aux gestionnaires  titulaires d&amp;#039;un droit réel immobilier   (via un bail) sur les établissements d&amp;#039;hébergement précités. Dès lors, les organismes (propriétaires ou gestionnaires) qui peuvent bénéficier des aides de l&amp;#039;Anah sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les organismes de logement social, les sociétés d&amp;#039;économie mixte (SEM) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités locales ou leurs groupements et leurs établissements publics,
+   notamment les centres communaux ou intercommunaux d&amp;#039;action sociale (CCAS ou
+   CIAS) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les organismes (associations, union d&amp;#039;économie sociale, GIP, GCSMS, ...) pouvant
+   œuvrer dans le domaine de l&amp;#039;hébergement ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le maitre d&amp;#039;ouvrage doit être titulaire d&amp;#039;un droit réel immobilier
+ et disposer de l&amp;#039;agrément
+ relatif aux organismes agissant en faveur du logement et de l&amp;#039;hébergement des personnes
+ défavorisées
+ (agrément MOI). Cet agrément n&amp;#039;est toutefois pas requis pour obtenir les
+ financements de l&amp;#039;Anah dans le cas où le montant des travaux est inférieur à 100 000 € TTC.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T164" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/humaniser-les-centres-dhebergement/preparer-votre-intervention/</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0cdc-humaniser-les-centres-dhebergement/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>63642</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Traiter les copropriétés fragiles et en difficulté</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F165" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I165" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J165" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Mettre en place des dispositifs d&amp;#039;observation et de prévention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La réhabilitation de copropriétés dégradées peut constituer une lourde charge pour votre collectivité. Deux dispositifs proposés par l&amp;#039;Anah contribuent à prévenir la dégradation des copropriétés. Leur mise en place permet de détecter le plus en amont possible des copropriétés en fragilité et d&amp;#039;intervenir avant qu&amp;#039;elles basculent en difficulté
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Veille et observation des copropriétés (VOC)
+  &lt;/strong&gt;
+  : la VOC est une aide méthodologique et financière au développement des démarches d&amp;#039;observation locales des copropriétés fragiles. Elle repose sur la mise en place d&amp;#039;indicateurs, sur un périmètre que vous définissez, qui englobe tout ou partie de votre territoire. Vous pouvez ainsi ajuster au mieux votre politique d&amp;#039;intervention et détecter au plus tôt la fragilité de certaines copropriétés. Vous assurez la maîtrise d&amp;#039;ouvrage de cet observatoire ou la confiez à un organisme spécialisé comme par exemple une agence d&amp;#039;urbanisme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50% de la dépense dans la limite de 60 000 € d&amp;#039;aides de l&amp;#039;Anah, pour une durée minimum de trois ans.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Programme opérationnel de prévention et d&amp;#039;accompagnement des copropriétés (POPAC)
+  &lt;/strong&gt;
+  : le POPAC est un dispositif qui permet d&amp;#039;accompagner les copropriétés pour éviter l&amp;#039;accentuation de leurs difficultés. L&amp;#039;accompagnement permet en général de résorber les dettes avant qu&amp;#039;elles ne deviennent trop importantes. Il intervient aussi sur la gouvernance de la copropriété afin que les décisions nécessaires au redressement puissent être prises.
+  &lt;br /&gt;
+  Cet outil peut également vous aider à moduler votre intervention avant l&amp;#039;engagement d&amp;#039;un dispositif opérationnel. Plus tard, il peut aussi être utilisé pour consolider le redressement des copropriétés à l&amp;#039;issue d&amp;#039;un programme d&amp;#039;intervention.
+  &lt;br /&gt;
+  Vous assurez la maîtrise d&amp;#039;ouvrage de cet outil ou la confiez à un prestataire compétent en matière de diagnostic et de suivi-animation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % de la dépense HT au maximum dans la limite de 50 000 € d&amp;#039;aide de l&amp;#039;Anah par an. En contrepartie vous vous engagez pour une durée minimum de 3 ans.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Expertises complémentaires
+  &lt;/strong&gt;
+  : il peut s&amp;#039;agir par exemple d&amp;#039;un audit comptable ou d&amp;#039;expertises techniques. Ces expertises peuvent être demandées dans le cadre d&amp;#039;un POPAC, d&amp;#039;une étude préparatoire ou du suivi-animation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % des dépenses HT par an dans la limite de 25 000 €          d&amp;#039;aides annuelles de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Préparer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préparatoires ont pour objectif d&amp;#039;élaborer un diagnostic partagé entre l&amp;#039;ensemble des partenaires que vous souhaitez impliquer dans le projet. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention afin de convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+ &lt;br /&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ À l&amp;#039;issue de la phase d&amp;#039;études préparatoires, vous avez conclu à la nécessité d&amp;#039;agir sur votre territoire et en particulier sur les copropriétés. Vous avez déterminé avec l&amp;#039;ensemble de vos partenaires une stratégie d&amp;#039;intervention. Pour mettre en œuvre cette stratégie, vous disposez d&amp;#039;un outil contractuel d&amp;#039;amélioration de l&amp;#039;habitat privé : l&amp;#039;opération programmée. Elle vous permet de déterminer vos objectifs, les moyens de les atteindre et les contributions attendues.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH simple)
+  &lt;/strong&gt;
+  : l&amp;#039; OPAH permet de cibler votre action à une échelle resserrée, un quartier par exemple. Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat. L&amp;#039;offre de commerces, d&amp;#039;équipements et de services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du quartier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;OPAH Copropriété
+ Dégradées
+  &lt;/strong&gt;
+  (OPAH - CD) : c&amp;#039;est un dispositif incitatif, préventif ou curatif, qui ne      concerne que les actions de redressement des copropriétés dégradées. Il porte sur un ou plusieurs immeubles et permet d&amp;#039;accompagner les syndicats de copropriétaires pour redresser la gestion des copropriétés. L&amp;#039;OPAH - CD facilite également la mise en œuvre d&amp;#039;un programme de travaux d&amp;#039;amélioration des bâtiments, sur les parties communes comme privatives. L&amp;#039;Anah finance de 35 à 50% les travaux réalisées par les copropriétés.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039; OPAH simple avec un volet &amp;#34;copropriétés en difficulté&amp;#34;
+  &lt;/strong&gt;
+  : ce volet s&amp;#039;insère dans un dispositif d&amp;#039;intervention dont l&amp;#039;objet est plus large que la copropriété. Il dépasse en effet la seule intervention ciblée sur une ou plusieurs copropriétés. Dans ce cas l&amp;#039;intervention s&amp;#039;opère sur un échantillon d&amp;#039;immeubles préalablement définis.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le plan de sauvegarde (PDS) :
+  &lt;/strong&gt;
+  le PDS permet d&amp;#039;intervenir sur les situations particulièrement difficiles. Il est décidé directement par le préfet du département ou sur proposition du maire de la commune. Le préfet désigne un coordinateur chargé du bon déroulement du plan.  Vous devez signer une convention à l&amp;#039;appui de ce plan. Cette convention précise les engagements financiers de chaque partenaire et l&amp;#039;accompagnement prévu. L&amp;#039;Anah finance à 50% l&amp;#039;ensemble des travaux prévus par la copropriété.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Établir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+ : cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Financement du suivi-animation
+  &lt;/strong&gt;
+  : Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes : assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ; sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage ; accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux. Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % des dépenses HT dans la limite annuelle de 75 000 € d&amp;#039;aide de l&amp;#039;Anah et de 250 € par logement.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aide au redressement de la gestion urbaine de proximité
+  &lt;/strong&gt;
+  : aide pour la réalisation par la collectivité d&amp;#039;actions d&amp;#039;amélioration du cadre de vie des occupants et contribuant au redressement global de la copropriété (propreté de l&amp;#039;immeuble et des abords, actions favorisant le lien social...) .
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50% des dépenses HT dans la limite annuelle de 450€ par   logement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui expliquent les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+&lt;/p&gt;
+&lt;p&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet. Il est souhaitable que l&amp;#039;évaluation puisse être lancée dès que le projet entre en phase opérationnelle. Ainsi, on peut évaluer régulièrement les actions menées et procéder à des adaptations selon les résultats de chaque phase d&amp;#039;évaluation. Cela permet à l&amp;#039;évaluateur de conduire ses études en ayant une parfaite connaissance du projet et de ses enjeux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  L&amp;#039;Anah peut financer l&amp;#039;évaluation à hauteur de 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La VOC mise en oeuvre par Grenoble :
+ &lt;a href="https://www.anah.fr/dossiers/grenoble-la-voc-outil-de-ciblage-de-laction-publique/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le POPAC mis en œuvre par la Métropole du Grand Lyon dans le quartier de la Duchère :
+ &lt;a href="https://www.anah.fr/dossiers/metropole-de-lyon-un-popac-pour-accompagner-le-quartier-de-la-duchere/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un Plan de Sauvegarde à Mulhouse :
+ &lt;a href="https://www.anah.fr/dossiers/mulhouse-vers-le-redressement-de-la-copropriete-peupliers-nations/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie copropriétés de Nîmes :
+ &lt;a href="https://www.anah.fr/dossiers/nimes-une-strategie-ambitieuse-pour-les-coproprietes-en-difficulte/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/traiter-les-coproprietes-fragiles-et-en-difficulte/mettre-en-place-des-dispositifs-dobservation-et-de-prevention/</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b862-traiter-les-coproprietes-fragiles-et-en-diffi/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>82633</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Financer la mise en œuvre du tri à la source et du traitement des biodéchets ménagers</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I166" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Après avoir réalisé une étude préalable, vous pouvez mettre en place des investissements de gestion de proximité des biodéchets et mettre en place une collecte séparée des biodéchets, suivie d&amp;#039;une valorisation et bénéficier d&amp;#039;une aide de l&amp;#039;ADEME.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissez dans le tri à la source et le traitement des biodéchets ménagers avec l&amp;#039;aide de l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre collectivité souhaite agir ? L&amp;#039;ADEME peut vous apporter une aide pour la solution de tri à la source et de valorisation des biodéchets adaptée à votre territoire, et anticiper l&amp;#039;obligation règlementaire de début 2024.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez bénéficier d&amp;#039;une aide allant jusqu&amp;#039;à 55 % des dépenses d&amp;#039;équipement en gestion de proximité des biodéchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également bénéficier d&amp;#039;un accompagnement de l&amp;#039;ADEME pour la collecte séparée des déchets de cuisine et de table en porte-à-porte et/ou aux points d&amp;#039;apport volontaire :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   subvention pouvant atteindre 70 % des dépenses pour l&amp;#039;expérimentation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide à la mise en œuvre pouvant aller jusqu&amp;#039;à 10 € par habitant desservi.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour encourager une démarche globale de réorganisation du service de collecte et de traitement des déchets, si vous vous engagez ou êtes déjà engagé dans un tel projet de collecte séparée des biodéchets, votre projet de mise en œuvre de la tarification incitative pourra bénéficier d&amp;#039;une aide bonifiée de 2 € par habitant.
+&lt;p&gt;
+ Enfin, l&amp;#039;ADEME finance jusqu&amp;#039;à 55 % des dépenses d&amp;#039;équipements d&amp;#039;installation de traitement par compostage ou jusqu&amp;#039;à 45 % des dépenses de méthanisation des biodéchets ainsi collectés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide s&amp;#039;adresse aux collectivités territoriales exerçant la compétence collecte ou traitement des déchets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T166" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-mise-oeuvre-tri-a-source-traitement-biodechets-menagers</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, cliquez sur le
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-mise-oeuvre-tri-a-source-traitement-biodechets-menagers"&gt;
+  lien vers le descriptif complet
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c0e-financer-la-mise-en-uvre-du-tri-a-la-source-e/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>102299</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création d'épiceries solidaires</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Appel à candidatures pour la création épiceries solidaires - Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Association Nationale Des Epiceries Solidaires (ANDES)</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de
+ &lt;strong&gt;
+  France Relance
+ &lt;/strong&gt;
+ , et avec le soutien de ses partenaires, le réseau des épiceries solidaires ANDES soutient massivement la création de nouvelles épiceries solidaires et  lutte contre la précarité alimentaire tout en favorisant l&amp;#039;accès aux produits frais et de qualité, pour les populations isolées ou modestes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La crise sanitaire que nous traversons, devenue une crise économique et sociale, affecte durablement les ménages déjà fragiles, et de nouvelles catégories de population peu habituées à l&amp;#039;aide alimentaire (étudiants, travailleurs indépendants, familles monoparentales, familles modestes touchées par le chômage partiel...).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les épiceries solidaires sont une réponse pertinente à ces nouveaux besoins, en permettant à la fois un accès digne et non stigmatisant à une alimentation de qualité, un accompagnement personnalisé et une aide pour surmonter les difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les épiceries solidaires sont des structures d&amp;#039;aide alimentaire et d&amp;#039;accompagnement social, proposant à leurs bénéficiaires d&amp;#039;effectuer leurs courses comme dans un commerce classique, pour un coût entre 10% et 30% de la valeur marchande des produits. Les bénéficiaires, orientés par des travailleurs sociaux, accèdent à l&amp;#039;épicerie pour une durée limitée et ont également accès à un accompagnement social pour les aider à sortir des difficultés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de France Relance, et avec le soutien de ses partenaires, ANDES vous accompagne dans votre projet. Les frais d&amp;#039;accompagnement sont pris en charge et une subvention est proposée pour les premiers investissements matériels. L&amp;#039;objectif : développer 300 nouvelles épiceries solidaires dans toute la France.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les porteurs de projet sélectionnés pourront bénéficier :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   d&amp;#039;un accompagnement à la création par les équipes ANDES ;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   du financement d&amp;#039;une partie des investissements nécessaires à l&amp;#039;ouverture de l&amp;#039;épicerie : de 2 000€ à 15 000€ selon les projets
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Alimentation
+Economie sociale et solidaire
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Organismes public ou privé et porteurs de projet souhaitant voir s&amp;#039;implanter une épicerie solidaire sur son territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T167" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/creer-une-epicerie-solidaire/</t>
+        </is>
+      </c>
+      <c r="W167" s="1" t="inlineStr">
+        <is>
+          <t>https://andes-france.com/nos-actions/les-epiceries-solidaires/appel-candidatures-creation-epiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Audrey LATRA :
+ &lt;a href="mailto:audrey.latra&amp;#64;andes-france.com" rel="noopener" target="_blank"&gt;
+  audrey.latra&amp;#64;andes-france.com
+ &lt;/a&gt;
+ - 07 87 35 58 75
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>caroline.bechade@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19a-soutenie-la-creation-depiceries-solidaires/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>163124</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Financer l’immobilier de santé et médico-social</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’immobilier de santé et médico-social</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;_________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;_______________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une entreprise publique locale (EPL), une entreprise ou un acteur financier, et vous avez pour objectif de diversifier et améliorer l’offre de santé du territoire, renforcer l’articulation entre les différents établissements de santé et médico-sociaux, réduire la consommation énergétique et les émissions de gaz à effet de serre de vos bâtiments de santé, ou encore renforcer l’attractivité de votre territoire ? La Banque des Territoires vous propose une offre d’investissement dédiée à l’immobilier santé et médico-social : résidences services, Ehpad, logements sociaux, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous pouvons financer les projets d’habitat de santé et médico-social qui répondent aux besoins de soins dans les territoires, tout en renforçant l’offre de soins de proximité, préventive et primaire. Ils contribuent ainsi à la modernisation et à la (re)structuration de l’offre d&amp;#039;hébergement médicalisé et non médicalisé. Nous finançons également les projets d’habitat social structurants pour le développement économique, l’attractivité et la mixité sociale de certains territoires et répondant aux besoins spécifiques des populations fragiles.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Santé
+Bâtiments et construction
+Logement et habitat
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T168" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-immobilier-sante-medico-social?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=immo_sms_psat</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-limmobilier-de-sante-et-medico-social/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>143277</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les citadins dans leur besoin de nature : la canopée urbaine !</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Collectivités, vous recherchez des conseils pour intégrer la nature en ville et renaturer les espaces urbanisés ?
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet de canopée urbaine peut vous aider :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  A une échelle globale, à planifier des actions pour améliorer l&amp;#039;ambiance urbaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;échelle de chaque projet concret, à déployer des solutions fondées sur la nature.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Collectivités, le Cerema accompagne vos projets de canopée urbaine, à toute échelle (rue, quartier, ville), en mettant à disposition son expertise. À chaque besoin, une réponse adaptée et construite sur mesure. À l&amp;#039;écoute de vos préoccupations concrètes, au plus proche des territoires, les équipes pluridisciplinaires du Cerema vous proposent outils, méthodes et retours d&amp;#039;expérience.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Conseil, expertise et assistance à maîtrise d&amp;#039;ouvrage
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménager des espaces de nature en ville adaptés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rafraîchir les rues, quartiers, cours d&amp;#039;écoles et créer des îlots de fraîcheur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la biodiversité pour créer un écosystème urbain équilibré
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réguler le ruissellement des eaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stabiliser les sols
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabiliter les friches pour limiter l&amp;#039;étalement urbain et lutter contre l&amp;#039;artificialisation des sols
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;amélioration du cadre de vie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Formation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sensibilisation des agents territoriaux aux enjeux de la nature en ville et du paysage urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Webinaires sur les enjeux de la nature en ville et de l&amp;#039;adaptation au changement climatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Webinaires sur la dés-imperméabilisation des cours d&amp;#039;écoles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Choisir de manière pertinente les espèces à planter en fonction des services souhaités, avec l&amp;#039;outil innovant SESAME - Services EcoSystémiques rendus par les Arbres, Modulés selon l&amp;#039;Essence – pour la ville de Metz et Metz Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter la ville aux îlots de chaleur urbains, avec l&amp;#039;outil de diagnostic climatique urbain Diaclimap pour la Métropole Européenne de Lille et Clermont Auvergne Métropole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Explorer des solutions pour la ville de demain avec la renaturation des sols pour les bureaux d&amp;#039;études et collectivités d&amp;#039;Ile-de-France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Optimiser l&amp;#039;évapotranspiration de la végétation sur le futur village des athlètes Paris 2024 et son impact sur le microclimat pour la Société de livraison des ouvrages olympiques (SOLIDEO).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Espace public
+Biodiversité
+Appui méthodologique
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/accompagner-citadins-leur-besoin-nature-canopee-urbaine</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aed3-accompagner-les-citadins-dans-leur-besoin-de-/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>32414</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Créer ou rénover des terrains de Basket 3x3 (Nouvelle discipline olympique) - Plan INFRA FFBB</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Basketball</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J170" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire de 2.000€ par terrain de Basket 3x3</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Plan INFRA FFBB - Fonds Fédéral
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Plan INFRA mis en place par la FFBB a pour ambition de décliner territorialement FFBB 2024 comme véritable outil d&amp;#039;aménagement et de reconnaissance d&amp;#039;innovation sociale en s&amp;#039;adaptant aux spécificités de chaque territoire (urbain (au sein des métropoles et des Quartier Politique de la Ville), rural (Zone de Revitalisation Rurale), ultramarins).
+&lt;/p&gt;
+&lt;p&gt;
+ La FFBB soutiendra la création et la réhabilitation d&amp;#039;espaces de pratique « oubliés » ou « abandonnés » en accès libre ou contrôlé par la mise en œuvre d&amp;#039;un
+ &lt;strong&gt;
+  LABEL INFRA FFBB
+ &lt;/strong&gt;
+ valorisant la qualité de l&amp;#039;équipement adapté aux nouvelles pratiques du Basket (3x3 et VxE).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.ffbb.com/sites/default/files/infrastructure-ffbb-v9-165x310.pdf"&gt;
+  Téléchargez la plaquette de présentation du plan INFRA
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.ffbb.com/sites/default/files/2019-03-22_ffbb2024_-_plan_infra_-_cahier_des_prescriptions_techniques_1.0_vfin.pdf"&gt;
+  Téléchargez le cahier des prescriptions techniques
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Réalisation d&amp;#039;un terrain de Basket 3x3 à l&amp;#039;extrémité d&amp;#039;un &amp;#34;city-stade&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ - Rénovation de playgrounds extérieurs en milieu urbain avec design particulier (Exemple à Paris, Bordeaux, Lyon, etc...) sur des plans spécifiques amorcés par la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de terrains de Basket 3x3 en milieu rural, proche du gymnase utilisé par le club local.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de terrains de Basket 3x3 couverts sur un site dédié aux pratiques urbaines (skate-park, StreetWorkout, etc...).
+&lt;/p&gt;
+&lt;p&gt;
+ - Tout autre projet répondant à un besoin sur le territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les critères du LABEL INFRA FFBB
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3 critères cumulatifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet déposé par un club affilié à la FFBB ou une collectivité territoriale en lien avec un club support existant affilié à la FFBB.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet concernant un ou plusieurs équipements extérieurs dédiés à la pratique du Basketball (5x5 ou 3x3), couverts ou non, en accès contrôlé ou en accès libre, en rénovation ou création, en zone QPV, ZRR ou sur toute autre zone proche d&amp;#039;équipements couverts habituellement utilisés par un club affilié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet respectant l&amp;#039;esprit de la plaquette INFRA FFBB et le cahier des prescriptions techniques établis à cet effet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les critères du FONDS FFBB INFRA
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3 critères cumulatifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet ayant obtenu le label INFRA FFBB.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet qui concerne un ou plusieurs équipements en accès libre (mais proche d&amp;#039;un équipement existant utilisé par un club affilié FFBB) ou en accès contrôlé au profit du club.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet abouti et prêt à recevoir l&amp;#039;aide fédérale de la FFBB.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ffbb.com/ffbb/ffbb-2024/le-plan-infra</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FFBB : infra&amp;#64;ffbb.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>lsaillard@ffbb.com</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/52ab-plan-infra-ffbb-fonds-federal-terrains-de-bas/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>71865</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Financer la création d’écoles de production</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour développer les offres de formation dans les métiers industriels, la Banque des Territoires accompagne les collectivités locales, les chambres de commerce et d&amp;#039;industrie, les branches professionnelles ou les industriels
+ &lt;strong&gt;
+  dans leur projet de création d&amp;#039;école de production.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les porteurs de projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  en finançant,
+  &lt;strong&gt;
+   avant la création
+  &lt;/strong&gt;
+  , un chef de projet en préfiguration/ingénierie et une partie de l&amp;#039;étude de faisabilité (50 % du montant total TTC) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et en accordant un
+  &lt;strong&gt;
+   prêt subordonné
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ &lt;p&gt;
+  &lt;span&gt;
+   &lt;br /&gt;
+  &lt;/span&gt;
+ &lt;/p&gt;
+ Les écoles de production, établissements privés appartenant au réseau national des Ecoles de production, préparent les jeunes à partir de 15 ans à des diplômes d&amp;#039;Etat. Elles ont pour objectif de les
+ &lt;strong&gt;
+  former à des métiers en tension
+ &lt;/strong&gt;
+ et qui
+ &lt;strong&gt;
+  répondent aux besoins des entreprises du territoire.
+ &lt;/strong&gt;
+&lt;/span&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=invest_ecole_de_production_psat</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Réseau national des
+ &lt;a href="https://www.ecoles-de-production.com/"&gt;
+  Ecoles de Production
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Nous contacter par mail via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/90d3-rendre-plus-attractifs-les-metiers-industriel/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>164008</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Gérer ses projets de mobilité en groupe d'établissements d'enseignement supérieur</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Accréditation Erasmus des consortia de mobilité dans l'enseignement supérieur (Action-Clé 130 / AC130)</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Agence Erasmus+ France / Education &amp; Formation</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un groupe d&amp;#039;établissements d&amp;#039;enseignement supérieur, du même pays et titulaires de la  &lt;a href="https://monprojet.erasmusplus.fr/eche"&gt;Charte Erasmus pour l’enseignement supérieur (ECHE)&lt;/a&gt; peut gérer de manière collective ses projets de mobilité Erasmus&amp;#43; de l&amp;#039;enseignement supérieur. Ce groupe d&amp;#039;établissements est appelé &amp;#34;consortium de mobilité&amp;#34;. Il faut au préalable obtenir une &amp;#34;accréditation Erasmus pour consortium de mobilité de l&amp;#039;enseignement supérieur&amp;#34;. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Être
+ membre d’un consortium est un moyen pour des établissements de confier 
+l’organisation des mobilités et la gestion administrative et financière à
+ un établissement ou organisme disposant des ressources pour le faire. 
+Mais c’est aussi la possibilité de s’organiser par territoire, cursus 
+spécifique ou thématique, et avoir ainsi une meilleure visibilité 
+internationale.&lt;/p&gt;&lt;p&gt;De
+ nombreuses organisations peuvent assurer le rôle de coordinateur : 
+établissement d&amp;#039;enseignement supérieur, regroupement d’établissements 
+d’enseignement supérieur (COMUE ou EPE), 
+association, chambre de commerce et d’industrie, fédération professionnelle, etc., et bien évidemment collectivité territoriale.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La
+ structure coordinatrice candidate à l’accréditation de 
+consortium auprès de l’Agence Erasmus&amp;#43; France / Education Formation, au nom de ses différents membre et en 
+regroupant leurs objectifs partagés. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une fois obtenue, l&amp;#039;accréditation de consortium permet d&amp;#039;organiser toutes les formes de mobilités prévues par le Guide du programme Erasmus&amp;#43; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mobilités
+d&amp;#039;études et de stage pour les étudiants&lt;/li&gt;&lt;li&gt;Mobilités d&amp;#039;enseignement et de formation pour les personnels de l&amp;#039;enseignement
+supérieur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour ce faire, il faudra déposer une demande de financement de projets de mobilité de l&amp;#039;enseignement supérieur (Action-Clé 131 / AC131). Autrement dit, l&amp;#039;obtention de l&amp;#039;accréditation de consortium n&amp;#039;emporte pas la perception automatique d&amp;#039;un financement pour organiser ses projets de mobilité ; il s&amp;#039;agit d&amp;#039;une candidature distincte.&lt;/p&gt;&lt;p&gt;Enfin, une fois obtenue, l&amp;#039;accréditation de consortium est valable jusqu&amp;#039;à la fin de la programmation Erasmus&amp;#43; en cours (2027).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;région Bretagne&lt;/strong&gt; coordonne un consortium d&amp;#039;établissements proposant des formations sanitaires et sociales de l&amp;#039;enseignement supérieur (IFPS, IRFSS, IFSI, etc.), répartis sur l&amp;#039;ensemble du territoire breton. A travers ce consortium, les établissements ont pour stratégie d&amp;#039;améliorer leur visibilité et attractivité internationale, ainsi que l&amp;#039;employabilité des étudiants formés.&lt;/p&gt;&lt;p&gt;La &lt;strong&gt;région Nouvelle Aquitaine&lt;/strong&gt; coordonne un consortium d&amp;#039;établissements d&amp;#039;enseignement supérieur opérant sur divers domaines et filières de formation (Universités, écoles de commerce, écoles d&amp;#039;ingénieurs, etc.). L&amp;#039;objectif de ce consortium est d&amp;#039;optimiser l&amp;#039;organisation et la gestion des mobilités de stage étudiants, et ce en rendant cette expérience financièrement et socialement ouverte à tous.&lt;/p&gt;&lt;p&gt;Le &lt;strong&gt;CNEAP Hauts-de-France&lt;/strong&gt; coordonne un consortium de lycées agricoles proposant des formations de BTSA. Il s&amp;#039;agit ici de mutualiser les procédures de gestion des mobilités d&amp;#039;études et de stage des étudiants inscrits dans ces formations, afin de s&amp;#039;adapter à leurs enjeux communs.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q172" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le
+ consortium se compose au minimum de 3 organisations éligibles établies 
+en France, dont au moins 2 établissements d’enseignement supérieur titulaires de la Charte Erasmus pour l&amp;#039;enseignement supérieur (ECHE). &lt;/p&gt;&lt;p&gt;Comme indiqué précédemment, le coordinateur peut être une collectivité territoriale, un établissement d&amp;#039;enseignement supérieur ou un regroupement d’établissements 
+d’enseignement supérieur (COMUE ou EPE), une association, une chambre de commerce et d’industrie, une fédération professionnelle, etc. Si le coordinateur est un organisme autre qu&amp;#039;un établissement d&amp;#039;enseignement supérieur, il ne lui est pas demandé d&amp;#039;être titulaire de la Charte ECHE.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous les membres du consortium national de mobilité doivent être identifiés dès la candidature à l’accréditation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://monprojet.erasmusplus.fr/fiche-action/appel=2026&amp;codeAction=KA130-HED</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe du Département Promotion - Pôle Enseignement supérieur de l&amp;#039;Agence Erasmus&amp;#43; France / Education Formation : &lt;a target="_self"&gt;promotion.superieur&amp;#64;agence-erasmus.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>promotion.formpro@agence-erasmus.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-ses-projets-de-mobilite-en-groupe-detablissements-denseignement-superieur/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>63652</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Développer un parc locatif privé à vocation sociale</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Agence Nationale de l'Habitat (ANAH)</t>
+        </is>
+      </c>
+      <c r="F173" s="1" t="inlineStr">
+        <is>
+          <t>Délégations locales de l'Agence nationale de l'habitat (ANAH)
+Directions départementales des territoires (DDT)</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="I173" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="J173" s="1" t="inlineStr">
+        <is>
+          <t>Plafonds de dépenses subventionnables variables</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1. Préparer votre intervention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez bâtir une politique locale de l&amp;#039;habitat dont l&amp;#039;un des objectifs est de produire des logements privés à des loyers abordables pour des locataires modestes. Cette politique doit s&amp;#039;appuyer sur un diagnostic du marché local du logement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour définir une stratégie d&amp;#039;intervention efficace, qui permet de rassembler les partenaires autour du projet, des études préparatoires sont indispensables. Elles permettent d&amp;#039;élaborer une stratégie d&amp;#039;intervention afin de convaincre les propriétaires à s&amp;#039;engager. Les conclusions de ces études définissent les objectifs du programme et les enjeux financiers pour l&amp;#039;Anah et l&amp;#039;ensemble des partenaires.
+ &lt;br /&gt;
+ Elles sont généralement confiées à un cabinet d&amp;#039;étude spécialisé dans la définition des politiques publiques relatives au logement et à l&amp;#039;habitat.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Le montant de votre aide
+ &lt;/em&gt;
+ : 50 % du montant HT de l&amp;#039;étude dans la limite de 100 000 € d&amp;#039;aide de l&amp;#039;Anah.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2. Choisir un outil d&amp;#039;intervention
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Programme d&amp;#039;intérêt général -  (PIG )
+  &lt;/strong&gt;
+  : il s&amp;#039;applique sur une échelle relativement vaste, qui peut aller par exemple de l&amp;#039;agglomération au département. Un opérateur est chargé de repérer les propriétaires souhaitant réaliser des travaux dans leurs biens. Cet opérateur explique la démarche et propose un accompagnement gratuit pour le montage du projet et pendant tout son déroulement. Le PIG-PST favorise une offre de logements locatifs privés à vocation sociale en ciblant les propriétaires bailleurs dont les logements sont situés dans son périmètre. Son objectif est de permettre aux ménages aux ressources limitées d&amp;#039;accéder ou de se maintenir dans un logement décent. Il favorise pour cela la réhabilitation lourde des logements du parc privé destinés à être loués à ces ménages à un niveau de loyer très social.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   L&amp;#039;Opération programmée d&amp;#039;amélioration de l&amp;#039;habitat (OPAH)
+  &lt;/strong&gt;
+  : l&amp;#039;OPAH permet de cibler votre action à une échelle resserrée, un quartier par exemple. Elle intègre des actions d&amp;#039;accompagnement destinées à revaloriser ou requalifier l&amp;#039;habitat. L&amp;#039;offre de commerces, d&amp;#039;équipements et de services publics est également prise en compte afin d&amp;#039;améliorer durablement l&amp;#039;attractivité du quartier.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Établir une convention d&amp;#039;opération programmée
+ &lt;/strong&gt;
+ : cette convention est signée entre votre collectivité maître d&amp;#039;ouvrage, l&amp;#039;Etat et l&amp;#039;Anah. D&amp;#039;autres partenaires souhaitant s&amp;#039;inscrire dans cette démarche peuvent être amenés à signer aussi cette convention. Son objectif est de préciser le périmètre de l&amp;#039;opération, les objectifs prioritaires, les actions prévues. Y figurent également les engagements des partenaires, l&amp;#039;organisation de la gouvernance du programme et de la maîtrise d&amp;#039;ouvrage. Le rôle de l&amp;#039;opérateur et les indicateurs d&amp;#039;évaluation de l&amp;#039;opération doivent aussi être définis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3. Financer la phase opérationnelle
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Anah participe de deux manières au financement de l&amp;#039;opération dont vous êtes le maître d&amp;#039;ouvrage. Elle verse directement des aides aux travaux aux propriétaires. Et elle participe au financement du suivi et de l&amp;#039;animation de l&amp;#039;opération. Les prestations financées par l&amp;#039;Anah en phase opérationnelle sont destinées à la mise en œuvre des opérations programmées sur le terrain. Ces prestations sont réalisées pour votre compte, en tant que collectivité maître d&amp;#039;ouvrage, par un opérateur externe. Ses missions sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assistance administrative, financière et technique au maître d&amp;#039;ouvrage pour toute action que vous envisagez dans le cadre du programme ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sensibilisation, information du public, assistance pour le montage d&amp;#039;opérations complexes que vous souhaitez monter en tant que maître d&amp;#039;ouvrage ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagnement social, technique, financier des propriétaires qui souhaitent réaliser des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, les propriétaires bénéficient d&amp;#039;un accompagnement gratuit co-financé par l&amp;#039;Anah et votre collectivité territoriale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 35 % des dépenses HT dans la limite annuelle de 87 500 € d&amp;#039;aide de l&amp;#039;Anah. Ce taux est porté à 50 % en cas d&amp;#039;OPAH-RU dans la limite annuelle de 125 000 € d&amp;#039;aide de l&amp;#039;Anah.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une prime variable s&amp;#039;ajoute au montant de la partie fixe .Cette prime est versée en fonction du nombre de logements de propriétaires occupants et bailleurs engagés dans des travaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Évaluer votre intervention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une évaluation est une étude spécifique qui consiste à comprendre les écarts entre les objectifs, la réalisation des actions et le résultat final. Les écarts se mesurent à partir d&amp;#039;indicateurs définis le plus en amont possible et qui font l&amp;#039;objet d&amp;#039;un suivi régulier. Ils sont complétés par des enquêtes ou des observations spécifiques qui peuvent porter sur les aspects économiques et sociaux du projet.
+ &lt;br /&gt;
+ L&amp;#039;évaluation permet ainsi de vérifier si les objectifs initiaux ont bien été atteints et les raisons qui d&amp;#039;expliquer les résultats obtenus. Ainsi le maître d&amp;#039;ouvrage, les acteurs du projet, les services ou organismes impliqués peuvent échanger autour de ces analyses objectives. Cela permet de modifier ou d&amp;#039;adapter les objectifs, d&amp;#039;apporter des mesures correctives, de décider de prolonger ou non les actions. Enfin, le retour d&amp;#039;expérience de l&amp;#039;opération évaluée permet d&amp;#039;envisager ce type d&amp;#039;actions sur d&amp;#039;autres sites.
+ &lt;br /&gt;
+ En tant que maître d&amp;#039;ouvrage, vous définissez un cahier des charges précisant la méthode d&amp;#039;évaluation et les compétences requises. Cela vous permet de choisir un prestataire, indépendant des parties prenantes du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Montant de l&amp;#039;aide
+ &lt;/em&gt;
+ : 50 % du montant HT engagé, dans la limite de 50 000 € d&amp;#039;aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations en plateaux en Auvergne :
+ &lt;a href="https://www.anah.fr/dossiers/auvergne-des-operations-en-plateaux-pour-redynamiser-les-centres-anciens/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Plan Logement d&amp;#039;Abord gagne du terrain en Gironde :
+ &lt;a href="https://www.anah.fr/dossiers/gironde-le-plan-logement-dabord-gagne-du-terrain/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bail à réhabilitation dans le Calvados :
+ &lt;a href="https://www.anah.fr/dossiers/calvados-cinq-logements-tres-sociaux-grace-au-bail-a-rehabilitation/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier conventionnement avec ou sans travaux :
+ &lt;a href="https://www.anah.fr/dossiers/conventionnement-avec-ou-sans-travaux-un-outil-pour-developper-le-parc-prive-social/"&gt;
+  En savoir plus
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T173" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.anah.fr/collectivite/developper-un-parc-prive-a-vocation-sociale/preparer-votre-intervention/</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les référents Anah de votre collectivité sont les DDT(M) ou les collectivités délégataires de compétences.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être redirigé vers le bon interlocuteur, contactez votre Espace Conseil France Rénov&amp;#039; (cliquez sur le lien ci-contre et indiquez votre code postal dans le champ approprié pour avoir les coordonnées de l&amp;#039;Espace Conseil de votre EPCI) :
+ &lt;a href="https://france-renov.gouv.fr/espaces-conseil-fr" target="_self"&gt;
+  https://france-renov.gouv.fr/espaces-conseil-fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>dsrt.anah@anah.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/276e-developper-un-parc-prive-a-vocation-sociale/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>143283</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Modéliser et proposer des solutions face aux nuisances (via des études environnementales)</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous désirez modéliser et proposer des solutions face aux nuisances et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue capable de réaliser l&amp;#039;exploitation de données environnementales en Air, Bruit et/ou Vibrations (enrichissement, croisement ou interprétation) afin de proposer des solutions adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous vous proposons un accompagnement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Modéliser des nuisances (pollution de l&amp;#039;air, bruit, vibrations), leurs impacts sanitaires et des scénarios d&amp;#039;atténuation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Faire un diagnostic d&amp;#039;une situation particulière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Produire des PPBE, PPA ou autres cartographies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identifier des gains, des évolutions ou des investissements nécessaires face à des nuisances grâce à l&amp;#039;étude de scénarios prospectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer de techniques de réduction des nuisances
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vérifier la conformité ou l&amp;#039;efficacité d&amp;#039;équipements mis en place pour réduire des nuisances - disposer d&amp;#039;une expertise pour des nuisances, dans un cadre juridique ou non.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Cerema travaille depuis de nombreuses années sur la collecte et l&amp;#039;exploitation de données environnementales. Sa connaissance des différentes disciplines lui permet une exploitation experte des données, en apportant au commanditaire une vision globale des enjeux et un appui à une exploitation ultérieure.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Cerema dispose de plus d&amp;#039;une excellente connaissance et de liens historiques avec les acteurs qui peuvent être concernés dans ces différents domaines (services de l&amp;#039;État, collectivités, gestionnaires d&amp;#039;infrastructures, établissements publics travaillant dans ces thématiques, acteurs de la santé environnementale...). Cela permet au Cerema de mettre en œuvre une offre complète, diversifiée et adaptée à chaque situation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sa connaissance de l&amp;#039;état de l&amp;#039;art, des liens possibles entre thématiques et des opérations déjà réalisées permet au commanditaire de mieux définir les besoins, afin de répondre pleinement à l&amp;#039;usage qui va en être fait ensuite.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transition énergétique
+Qualité de l'air
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/etudes-environnementales-modeliser-proposer-solutions-face</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7e6-modeliser-et-proposer-des-solutions-face-aux-/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>132670</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Développer des solutions innovantes nécessaires à la transformation du système alimentaire</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Horizon Europe</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>HEU - Gouvernance innovante, des observations environnementales et solutions numériques pour soutenir le Green Deal - 2024</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Horizon Europe - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
+ &lt;br /&gt;
+ Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Horizon Europe - Gouvernance innovante, observations environnementales et solutions numériques à l&amp;#039;appui du Green Deal visant à accélérer et à maîtriser les solutions innovantes nécessaires à la transformation du système alimentaire et à la mise en œuvre de solutions durables.
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Budget détaillé par topic ci-après
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Montant par topic:
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-1 : 60 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-10 : 4 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-11 : 3 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-12 : 4 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-13 : 4 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-2 : 3.5 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-3 : 3 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-4 : 4 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-5 : 19 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-6 : 8 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-7 : 15 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-8 : 4 millions d&amp;#039;euros
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE01-9 : 6 millions d&amp;#039;euros
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+Certains financements au titre du programme Horizon Europe sont structurés en réponse à des ambitions politiques (« destinations ») et déployés à travers des appels à propositions (« Calls for proposals ») ciblant des thématiques ou secteurs plus précis (« Topics »). Ainsi, votre candidature doit être directement reliée à un topic d&amp;#039;un appel à propositions.
+&lt;strong&gt;
+ Différentes catégories de projets sont éligibles :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  RIA, Research and Innovation Actions : Recherche basique et appliquée / Développement et adoption de technologies / Essai et validation d&amp;#039;un prototype en laboratoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  IA, Innovation Actions : Prototypes, tests, démonstrations, projets pilotes, placement sur le marché. Ces actions peuvent inclure un volet limité aux activités de R&amp;amp;D
+ &lt;/li&gt;
+ &lt;li&gt;
+  CSA, Coordination and Support Actions : Réseautage, études &amp;amp; conférences, communication, études pour de nouvelles infrastructures de recherche
+ &lt;/li&gt;
+ &lt;li&gt;
+  MSCA, Marie Skłodowska-Curie Actions / Bourses ERC : Réseaux de formation pour les chercheurs, Bourses individuelles pour les chercheurs expérimentés, Echange de personnels – mobilité pour les chercheurs et le personnel non scientifique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ De même, les appels précisent les bénéficiaires attendus :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets collaboratifs, composées d&amp;#039;un coordinateur et des partenaires (consortium)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets mono-bénéficiaires, impliquant une seule organisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bourses individuelles, ouvertes à des personnes physiques en leur nom propre avec leur établissement de rattachement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ TOPICS
+&lt;/span&gt;
+:   A venir
+&lt;ul&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-1 : Activités supplémentaires pour le partenariat européen pour une économie bleue neutre du point de vue climatique, durable et productive
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-2 : Écosystèmes régionaux d&amp;#039;innovation pour favoriser la transformation du système alimentaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-3 : Le rôle des médias grand public, des médias sociaux et du marketing dans la promotion de modes de consommation sains et durables et la manière d&amp;#039;encourager les bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-4 : Soutien à l&amp;#039;Alliance atlantique pour la recherche et l&amp;#039;innovation dans le domaine des océans et à sa déclaration
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-5 : Personnalisation/pré-opérationnalisation de prototypes de services aux utilisateurs finaux dans le domaine de l&amp;#039;adaptation au changement climatique et de l&amp;#039;atténuation de ses effets
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-6 : Développer des applications innovantes pour soutenir le Green Deal européen, en s&amp;#039;appuyant sur des données météorologiques par satellite
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-7 : Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-8 : Élargir les résultats des groupes opérationnels du PEI au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-9 : Réseaux thématiques pour compiler et partager les connaissances prêtes à l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-10 : Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager des connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-11 : Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-12 : Développer les réseaux consultatifs de l&amp;#039;UE sur la sylviculture
+ &lt;/li&gt;
+ &lt;li&gt;
+  HORIZON-CL6-2024-GOVERNANCE-01-13 : Développer les réseaux consultatifs de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etats membres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pays à revenu faible ou intermédiaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+Pour plus d&amp;#039;informations :
+&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
+ Cliquez ici
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour trouver votre Point de Contact National (PCN) :
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -----
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes directrices (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Autres documents de l&amp;#039;appel (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL6-2024-GOVERNANCE-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Site web de la Direction Générale (EN)
+ &lt;br /&gt;
+ &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
+  Cliquez ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Information &amp;#43; (EN)
+ &lt;br /&gt;
+ &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
+  Cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c2be-horizon-europe-gouvernance-innovante-des-obse/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>9129</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F176" s="1" t="inlineStr">
+        <is>
+          <t>Philharmonie de Paris</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Démos : Dispositif d&amp;#039;éducation musicale et orchestrale à vocation sociale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projet de démocratisation culturelle s&amp;#039;adressant à des enfants issus de quartiers relevant de la politique de la ville ou de zones rurales insuffisamment dotées en institutions culturelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Démos a pour but d&amp;#039;enrichir le parcours éducatif des enfants, de favoriser la transmission du patrimoine classique et de contribuer à leur bonne insertion sociale. Il est bâti sur une coopération professionnelle forte entre acteurs de la culture et du champ social.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une cohérence pédagogique et artistique globale, il propose un apprentissage de la musique classique à des enfants ne disposant pas, pour des raisons économiques, sociales et culturelles, d&amp;#039;un accès facile à cette pratique dans les institutions existantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque enfant se voit confer un instrument de musique pendant trois ans. Encadré par des professionnels de la musique et du champ social, il suit des cours hebdomadaires de 3 h 30 en moyenne et retrouve régulièrement les autres enfants du même territoire pour une répétition en orchestre (« tutti »).  Un grand concert est organisé en fn d&amp;#039;année dans un lieu emblématique du territoir
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Jeunesse</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet s&amp;#039;adresse à des enfants de 7 à 12 ans habitants dans des quartiers relevant de la politique de la ville (QPV) ou dans des zones de revitalisation rurale (ZRR) éloignées des lieux de pratique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://demos.philharmoniedeparis.fr/le-projet.aspx</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ demos&amp;#64;philharmoniedeparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>lea.landrieu@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4609-demos-dispositif-deducation-musicale-et-orche/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>50277</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Equiper les collectivités en Très haut débit</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques : nous investissons à vos côtés</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Lancé en février 2013, le Plan France Très haut débit vise à couvrir l&amp;#039;intégralité du territoire en très haut débit, c&amp;#039;est-à-dire proposer un accès à Internet performant à l&amp;#039;ensemble des logements, des entreprises et des administrations.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, la Banque des Territoires accompagne les collectivités locales dans leurs projets de développement numérique.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elle soutient l&amp;#039;investissement public local, en cofinançant des projets d&amp;#039;initiatives publiques ou privées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elle investit dans les services numériques et solutions digitales innovantes pour les territoires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T177" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=THD_CL_psat</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c8a6-equiper-toutes-les-collectivites-en-tres-haut/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>50271</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les prêts des bailleurs sociaux avec la garantie financière des collectivités en ligne</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Services aux garants</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lorsqu&amp;#039;un bailleur social souscrit un prêt auprès de la Banque des Territoires pour financer la construction de logements sociaux, la collectivité où est implanté le projet est appelée à fournir une garantie financière. Ce prérequis est indispensable pour assurer la stabilité et la pérennité du modèle français de financement du logement social.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un service digitalisé de garantie, pour faciliter les échanges entre bailleurs et collectivités. Notre périmètre couvre les étapes dès l&amp;#039;envoi du contrat par la Banque des Territoires aux bailleurs, jusqu&amp;#039;à l&amp;#039;envoi de la délibération de garantie par les bailleurs à la Caisse des Dépôts.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette plateforme permet ainsi d&amp;#039;être le point de départ pour la mise en relation entre bailleurs et collectivités, d&amp;#039;avoir accès à l&amp;#039;information concernant les garanties à tout moment, de connaître en temps réel l&amp;#039;évolution du statut de la garantie, et de centraliser tous les documents dans un seul et même endroit.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://youtu.be/HWHe89FZopk"&gt;
+  &lt;strong&gt;
+   Le parcours digitalisé de garantie en vidéo
+  &lt;/strong&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux/services-aux-garants?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=services_garants_psat</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_dr_at"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/63e2-accompagner-les-collectivites-dans-la-prise-d/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>45610</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Financer des opérations situées dans les quartiers en veille active</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Projet Urbain pour soutenir la politique de la ville</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez lancer des opérations de construction, de rénovation ou de transformation d&amp;#039;infrastructures ou d&amp;#039;équipements publics dans des quartiers de la politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne dans le financement de ces projets de développement localisés dans les quartiers en veille active.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Espace public
+Réhabilitation
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/pret-ppu-pret-projet-urbain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=ppu_quartier_veille_active_psat</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d38f-financer-vos-operations-situees-dans-les-quar/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>133061</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour la cybersécurité et la souveraineté numérique</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Financement de vos projets de services numériques</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;🚩&lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos enjeux de cybersécurité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes une collectivité locale et vous souhaitez protéger et gérer les données de vos infrastructures sensibles ou stratégiques, renforcer la sécurité numérique des hôpitaux, administrations ou tout autre acteur territorial ou encore garantir un numérique de confiance à vos administrés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un porteur de projet (entreprise, investisseur, exploitant...) et vous souhaitez développer des solutions numériques éprouvées et accessibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour accompagner les territoires dans leur transition numérique face à une numérisation croissante et à une recrudescence du risque cyber, la Banque des Territoires propose une offre d&amp;#039;investissements pour financer des solutions innovantes autour de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la confiance numérique : identité numérique, signature électronique... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cybersécurité : solutions de gestion du risque cyber, sensibilisation, protection et assurance cyber, détection... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de la data : services de protection de la donnée personnelle et territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cybersecurite_souverainete_numerique</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2267-investir-pour-la-cybersecurite-et-la-souverai/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>94680</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Financer les diagnostics de territoire et études préalables aux investissement de réemploi, réparation et réutilisation</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I181" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Diagnostic de territoire ou d&amp;#039;étude préalable à un investissement de réemploi, réparation et réutilisation », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ v
+ ous souhaitez connaître le potentiel d&amp;#039;une filière de réemploi, réparation et réutilisation sur votre territoire ou étudier la faisabilité d&amp;#039;une installation de collecte, de remise en état ou de réparation d&amp;#039;objets ou matériaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Structure impliquée dans l&amp;#039;économie circulaire :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités et entreprises (y compris fédérations nationales ou régionales),
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Structures de l&amp;#039;économie sociale et solidaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Associations,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chambres de commerce et de métiers...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Accompagnement :
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les taux d&amp;#039;aide maximum peuvent varier de 50 % à 70 %,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette des dépenses éligibles : 50 000 à 100 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions éligibles :
+ &lt;br /&gt;
+ 1/ Diagnostics de territoires,
+ &lt;br /&gt;
+ 2/ Études d&amp;#039;opportunité ou de faisabilité d&amp;#039;un projet d&amp;#039;équipement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Atelier de réparation au sein d&amp;#039;une recyclerie,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création de nouvelles recyclerie,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développement d&amp;#039;activités spécifiques de réemploi, notamment liées aux futures filières REP,
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 3/ Étude d&amp;#039;accompagnement de projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Economie sociale et solidaire
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réalisation des études par un prestataire indépendant et spécialisé dans l&amp;#039;économie circulaire,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Respect du cahier es charges « Étude de faisabilité pour l&amp;#039;implantation d&amp;#039;une recyclerie.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/financement-dun-diagnostic-territoire-detude-prealable-a-investissement-reemploi</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez l&amp;#039;ADEME via leur
+ &lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;dispositif_gre_a_gre&amp;amp;source_entity_id&amp;#61;510" rel="noopener" target="_blank"&gt;
+  formulaire en ligne
+ &lt;/a&gt;
+ pour en savoir plus sur ce dispositif
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e5a-aider-au-diagnostic-de-territoire-ou-detude-p/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>102050</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les citoyens sur leur empreinte climat</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Face aux nombreux défis environnementaux, comment (s&amp;#039;)informer, (se) sensibiliser, (s&amp;#039;)engager ?
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ADEME, en partenariat avec l&amp;#039;Association Bilan Carbone, a développé
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;a href="https://nosgestesclimat.fr/" rel="noopener" target="_blank"&gt;
+    Nos Gestes Climat
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ pour permettre à chacun de
+ &lt;strong&gt;
+  calculer son empreinte carbone individuelle
+ &lt;/strong&gt;
+ à travers une série de questions sur son quotidien. Mais l&amp;#039;outil ne s&amp;#039;arrête pas là : il donne également des
+ &lt;strong&gt;
+  actions chiffrées pour réduire concrètement son impact
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Une
+ &lt;strong&gt;
+  &lt;a href="https://nosgestesclimat.fr/groupe?mode&amp;#61;sondage" rel="noopener" target="_blank"&gt;
+   version sondage
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  vous permet de créer un lien dédié pour collecter de manière anonyme les résultats d&amp;#039;un groupe
+ &lt;/strong&gt;
+ de citoyens, agents, élus ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec plus d&amp;#039;1,5 millions de tests réalisés, ce simulateur est déjà promu par différentes collectivités de toutes tailles comme
+ &lt;a href="https://www.grenoble.fr/2294-nos-gestes-climat.htm" rel="noopener" target="_blank"&gt;
+  Grenoble
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ,
+l&amp;#039;
+ &lt;a href="https://www.agglo-saintquentinois.fr/pratique/developpement-durable/le-plan-climat-air-energie-territorial-981.html" rel="noopener" target="_blank"&gt;
+  Agglo du Saint Quentinois
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Transports collectifs et optimisation des trafics routiers
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le simulateur est
+ &lt;strong&gt;
+  librement diffusable, mais aussi intégrable
+ &lt;/strong&gt;
+ en
+ &lt;em&gt;
+  iframe
+ &lt;/em&gt;
+ sur tout type de site.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://nosgestesclimat.fr</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe :
+ &lt;a href="https://nosgestesclimat.fr/contact" target="_self"&gt;
+  nosgestesclimat.fr/contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>martin.regner@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1e4-copie-13h56-sensibiliser-les-citoyens-aux-emi/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>555</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Proposer un appui juridique et financier aux petites collectivités</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>France Ruralités</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Rural consult</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une petite collectivité de moins de 5 000 habitants, ou une intercommunalité de moins de 50 000 habitants et vous vous posez des questions sur des sujets juridiques ou financiers concernant votre collectivité ? La Banque des Territoires met à disposition un service de renseignements juridiques et financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous apportons une réponse personnalisée aux questions que vous nous adressez, soit via notre plateforme, soit directement par téléphone au 0970 808 809 (du lundi au vendredi de 9h à 19h, prix d&amp;#039;un appel local). Nous vous proposons ainsi un accompagnement dans la prise en main d&amp;#039;outils de prospective, en matière de commande publique, ou encore des temps de sensibilisation sur des thématiques budgétaires et financières.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous mettons aussi à disposition
+ &lt;a href="https://www.banquedesterritoires.fr/liste-des-questions-reponses-srjf?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;ressources&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;srjf_qrj"&gt;
+  une base de 1 000 questions/réponses
+ &lt;/a&gt;
+ déjà posées par d&amp;#039;autres collectivités. Des webinaires sont également organisés régulièrement pour aborder des sujets autour du développement territorial, en s&amp;#039;appuyant notamment sur des retours d&amp;#039;expérience et le partage de nos experts territoriaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Accès aux services
+Citoyenneté
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P183" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/rural-consult?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=rural_consult_cat</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le service de renseignements juridiques et financiers
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un service gratuit disponible par téléphone :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  0970 808 809
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 9h à 19h (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vous avez une question ?
+  &lt;/strong&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire/srjf/47168"&gt;
+   Ecrivez-nous
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f991-service-de-renseignements-juridiques-et-finan/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>50262</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement de projets citoyens d'énergie renouvelable (ENRCIT)</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités dans le développement de projets d&amp;#039;énergie renouvelable associant les citoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour être éligible, le projet doit :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être détenu à au moins 40 % par un collège de citoyens/collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  porter sur l&amp;#039;énergie photovoltaïque ou éolienne
+ &lt;/li&gt;
+ &lt;li&gt;
+  être d&amp;#039;au moins 1 MW
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;offre comprend une prise de participation minoritaire en fonds propres dans des projets en développement. Les parts seront ensuite cédées aux acteurs territoriaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires, grâce à son partenariat avec l&amp;#039;Ademe, fournit également des outils pédagogiques pour aider les collectivités et les citoyens dans leur projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=enrcit_psat</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86b8-accompagner-le-developpement-des-projets-dene/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>87184</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de nouvelles antennes du Conservatoire national des arts et métiers (CNAM) dans les territoires</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Les offres de formation sont essentielles pour renforcer l&amp;#039;attractivité d&amp;#039;un territoire et le revitaliser.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose ainsi un accompagnement financier pluridimensionnel, du financement d&amp;#039;ingénierie à l&amp;#039;investissement en fonds propres ou quasi-fonds propres sur le portage immobilier et/ou sur la structure de formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=invest_antennes_cnam_psat</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le
+  &lt;a href="https://regions.cnam.fr/actualites/au-coeur-des-territoires-lancement-de-la-deuxieme-vague-1189569.kjsp"&gt;
+   CNAM
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0bf3-obtenir-de-nouvelles-antennes-du-cnam-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>89830</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'investissements pour les Territoires d'Industrie</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>La réindustrialisation, un outil de redynamisation des territoires</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne pour développer votre territoire d&amp;#039;industrie.
+&lt;/p&gt;
+&lt;p&gt;
+ Une offre d&amp;#039;investissements dédiée a été conçue avec des participations en fonds propres et quasi-fonds propres dans les SEM d&amp;#039;aménagement ou patrimoniales, et dans les filiales des SEM.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de cette offre, le projet doit concerner l&amp;#039;un des axes de développement suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Reconversion de friches et dépollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déploiement du Très Haut Débit (THD) et de data centers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration des performances énergétiques des sites industriels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou rénovation d&amp;#039;infrastructures de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de formations pour aider les professionnels de l&amp;#039;industrie à adapter leurs compétences aux besoins actuels
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/offres/relocalisation-industrielle?mtm_campaign=Aides_Territoires&amp;mtm_kwd=OT&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=reloc_industrielle_oat</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vos contacts régionaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8a9-obtenir-un-soutien-pour-les-projets-territoir/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>40601</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner aux démarches de prévention des risques professionnels portant sur une thématique prioritaire : élaboration et déploiement d'un plan d'actions</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Caisse nationale de retraites des agents des collectivités locales (CNRACL)</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I187" s="1" t="inlineStr">
+        <is>
+          <t> Max : 75</t>
+        </is>
+      </c>
+      <c r="J187" s="1" t="inlineStr">
+        <is>
+          <t>L'accompagnement financier est plafonné à 75 % et selon le nombre d'affiliés à la CNRACL</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La démarche de prévention, destinée à mettre en place une stratégie et des actions de promotion de la santé et de la sécurité au travail, s&amp;#039;inscrit dans une perspective participative et dynamique associant le collectif de travail et les représentants du personnel. Elle porte sur l&amp;#039;élaboration et le déploiement d&amp;#039;un plan d&amp;#039;actions et cible un thème défini comme prioritaire par le FNP.
+&lt;/p&gt;
+&lt;p&gt;
+ L
+ &lt;strong&gt;
+  es axes prioritaires
+ &lt;/strong&gt;
+ sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Métiers :
+  &lt;strong&gt;
+   auxiliaires de puériculture
+  &lt;/strong&gt;
+  ,
+  &lt;strong&gt;
+   aides à domicile
+  &lt;/strong&gt;
+  ,
+  &lt;strong&gt;
+   aides-soignants
+  &lt;/strong&gt;
+  ,
+  &lt;strong&gt;
+   ATSEM
+  &lt;/strong&gt;
+  ,
+  &lt;strong&gt;
+   police municipale
+  &lt;/strong&gt;
+  et
+  &lt;strong&gt;
+   métiers en lien avec le transport logistique
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+ &lt;li&gt;
+  Thématiques :
+  &lt;strong&gt;
+   les transitions professionnelles
+  &lt;/strong&gt;
+  et
+  &lt;strong&gt;
+   le travail sur écran
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structures :
+  &lt;strong&gt;
+   toutes les structures d&amp;#039;accueil institutionnalisé pour personnes âgées
+  &lt;/strong&gt;
+  (EHPAD, ULSD...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le plan d&amp;#039;actions doit couvrir a minima deux risques liés au métier, ou a minima deux métiers pour une thématique, en
+ &lt;strong&gt;
+  incluant une réflexion sur l&amp;#039;organisation collective du travail.
+ &lt;/strong&gt;
+ Si le diagnostic n&amp;#039;a pas fait l&amp;#039;objet d&amp;#039;un accompagnement financier du FNP, ce-dernier s&amp;#039;assurera, lors de l&amp;#039;instruction, que le diagnostic réalisé est conforme à ses attendus, et reviendra le cas échéant, vers le demandeur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;accompagnement du FNP se traduit par
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  un appui méthodologique au montage de projet, à son suivi et son évaluation, et par une aide financière
+ &lt;/strong&gt;
+ destinée à compenser le temps passé en interne par les agents pour la mise en œuvre de la démarche de prévention. Si le plafond n&amp;#039;est pas atteint au vu du nombre de jours passés en interne, le montant de l&amp;#039;accompagnement financier peut être complété pour des achats externes, selon un pourcentage maximum, portant sur des prestations d&amp;#039;accompagnement spécialisées (hors conduite et méthodologie de projet), du matériel (hors situation individuelle d&amp;#039;adaptation de poste), de la formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Santé
+Education et renforcement des compétences
+Prévention des risques</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre immatriculé et à jour de ses cotisations de retraite auprès de la CNRACL
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;au moins un agent affilié à la CNRACL
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un document unique d&amp;#039;évaluation des risques professionnels à jour
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ne pas mener de démarche en cours bénéficiant du soutien financier du FNP et que la démarche sur laquelle porte la demande ne soit pas finalisée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Utiliser ou s&amp;#039;engager à l&amp;#039;utilisation du logiciel de saisie des AT/MP Prorisq
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir réalisé un diagnostic
+approfondi
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remettre toutes les pièces attendues dans le dossier de demande d&amp;#039;accompagnement
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cnracl.retraites.fr/employeur/prevention-risques-professionnels/vous-accompagner/accompagnement-financier/dispositifs-generaux-les-demarches-de-prevention</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toutes questions, et pour déposer la demande, utilisez le courriel :
+&lt;/p&gt;
+&lt;p&gt;
+ demarche-prevention&amp;#64;caissedesdepots.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>celine.thenieres@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4ce3-accompagnement-aux-demarches-de-prevention-de/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>165573</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>CEF - Énergies renouvelables transfrontalières - 2026</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>CEF - Énergies renouvelables transfrontalières - 2026</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;MIE - Mécanisme pour l’Interconnexion en Europe - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;150 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 150 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : les projets de tout budget sont admis. La subvention accordée peut être inférieure au montant demandé.&lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;maximum 50 % pour les coûts des études et des travaux&lt;/li&gt;    &lt;li&gt;maximum 70 % pour les coûts des travaux dans les régions ultrapériphériques&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;&lt;span&gt;Promouvoir la coopération transfrontalière entre les États membres, ou entre les États membres et les pays tiers, dans le domaine de la planification, du développement et de l&amp;#039;exploitation rentable des sources d&amp;#039;énergie renouvelables&lt;/span&gt;&lt;/li&gt;    &lt;li&gt;&lt;span&gt;Soutenir et contribuer à la mise en œuvre des projets CB RES inclus dans le règlement délégué de la Commission&lt;/span&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;&lt;span&gt;Priorité 1 : permettre la mise en œuvre de projets transfrontaliers dans le domaine des énergies renouvelables qui présentent des avantages socio-économiques significatifs, dans le cadre du secteur des énergies renouvelables, et en particulier soutenir la coopération transfrontalière dans le domaine des énergies renouvelables&lt;/span&gt;&lt;/li&gt;    &lt;li&gt;&lt;span&gt;Priorité 2 : soutenir les projets transfrontaliers dans le domaine des énergies renouvelables qui ne bénéficient pas d&amp;#039;un financement adéquat du marché et qui devraient maximiser leur valeur ajoutée en faveur de la réalisation d&amp;#039;investissements dans les énergies renouvelables&lt;/span&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;&lt;span&gt;Études de cartographie, d&amp;#039;évaluation, de test et de validation&lt;/span&gt;&lt;/li&gt;    &lt;li&gt;&lt;span&gt;Achat, fourniture et déploiement de composants, de systèmes et de services, y compris les logiciels&lt;/span&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;&lt;span&gt;Être des entités juridiques (organismes publics ou privés)&lt;/span&gt;&lt;/li&gt;    &lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles :&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;&lt;span&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/span&gt;&lt;/li&gt;    &lt;li&gt;&lt;span&gt;pays associés au programme CEF ou pays qui sont en cours de négociation d&amp;#039;un accord d&amp;#039;association et où l&amp;#039;accord entre en vigueur avant la signature de la subvention (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/cef/guidance/list-3rd-country-participation_cef_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/span&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;&lt;span&gt;Seuls les projets ayant obtenu le statut d&amp;#039;énergie renouvelable transfrontalière (statut CB RES) sur la base d&amp;#039;un précédent appel à candidatures CB RES sont éligibles pour soumettre une proposition dans le cadre du présent appel.&lt;/span&gt;&lt;/li&gt;    &lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;au 31/12/2031&lt;/li&gt;  &lt;/ul&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.  &lt;ul&gt;    &lt;li&gt;Contact : CINEA-CEF-ENERGY-CALLS&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/cef/wp-call/2026/call-fiche_cef-e-2026-cbrenew_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;CEF-E-2026-CBRENEW&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://cinea.ec.europa.eu/programmes/connecting-europe-facility_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/cef2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P188" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2026</t>
+        </is>
+      </c>
+      <c r="Q188" s="1" t="inlineStr">
+        <is>
+          <t>12/03/2026</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/cef-energies-renouvelables-transfrontalieres-2026/</t>
+        </is>
+      </c>
+      <c r="W188" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=CEF-E-2026-CBRENEW&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cef-energies-renouvelables-transfrontalieres-2026/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>165500</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE CRÉATIVE - Circulation des œuvres littéraires européennes - 2026</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;5 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;La subvention maximale par projet est de 200 000 euros pour un candidat individuel et de 300 000 euros pour un consortium.&lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;La subvention sera versée sous forme de montant forfaitaire.&lt;/em&gt;  &lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 60 % du total des coûts éligibles.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Soutenir les projets qui traduisent, publient, distribuent et promeuvent les œuvres de fiction européennes&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité 1 : accroître la circulation transnationale et la diversité des œuvres littéraires européennes, par la traduction, la publication, la distribution et la promotion d&amp;#039;œuvres de fiction, en mettant particulièrement l&amp;#039;accent sur celles rédigées dans des langues moins traduites&lt;/li&gt;    &lt;li&gt;Priorité 2 : promouvoir la lecture et la diversité linguistique et culturelle de la littérature européenne auprès d&amp;#039;un large public&lt;/li&gt;    &lt;li&gt;Priorité 3 : soutenir la profession de traducteur littéraire, conformément aux principes de bonnes conditions de travail et de rémunération équitable&lt;/li&gt;    &lt;li&gt;Priorité 4 : accroître la compétitivité du secteur du livre en encourageant la coopération entre les différents acteurs de la chaîne de valeur du livre&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Ensembles de travaux de fiction éligibles à être traduits, publiés, distribués et promus, sur la base d&amp;#039;une stratégie éditoriale, de distribution et de promotion solide&lt;/li&gt;    &lt;li&gt;Activités visant à faciliter la collaboration entre les différents acteurs de la chaîne de valeur du livre et de l&amp;#039;édition&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;Pays participant à Europe créative :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;Pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Autres conditions d&amp;#039;éligibilité :  &lt;ul&gt;    &lt;li&gt;Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;/li&gt;    &lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;/li&gt;  &lt;/ul&gt;      &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/wp-call/2026/call-fiche_crea-cult-2026-lit_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/CREA-CULT-2026-LIT?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502&amp;amp;programmePeriod&amp;#61;2021%20-%202027&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://culture.ec.europa.eu/creative-europe" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/crea2027" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Education et renforcement des compétences
+Formation professionnelle
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P189" s="1" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="Q189" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2026</t>
+        </is>
+      </c>
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Pays participant à Europe créative :&lt;/p&gt;&lt;p&gt;     - États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;     - Pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;        - pays de l&amp;#039;EEE et pays associés au programme Europe créative (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/crea/guidance/list-3rd-country-participation_crea_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Autres conditions d&amp;#039;éligibilité :&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;  - Le ou les candidats doivent être actifs dans le secteur de l&amp;#039;édition et du livre&lt;/p&gt;&lt;p&gt;  - Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats doit être constitué.&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Les candidatures soumises par des candidats individuels et par un consortium sont toutes deux autorisées.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : EACEA-CREATIVE-EUROPE-TRANSLATIONS&amp;#64;ec.europa.eu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/europe-creative-circulation-des-oeuvres-litteraires-europeennes-2026/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>165509</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Santé
+Education et renforcement des compétences
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Appui méthodologique
+Industrie
+Fiscalité des entreprises
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P190" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q190" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>165511</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l'utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Accélérer l&amp;apos;utilisation optimale des technologies - 2026</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;6 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : maximum 750 000 euros par projet&lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Financer les activités des centres nationaux ou régionaux indépendants afin d&amp;#039;assurer la couverture des zones géographiques couvertes par les centres EDMO dont le financement prend fin en 2026&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : renforcer la surveillance et l&amp;#039;analyse de l&amp;#039;environnement informationnel en ligne, détecter et dénoncer les campagnes de désinformation, dans le but de contribuer à la connaissance de la situation dans l&amp;#039;ensemble de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : soutenir l&amp;#039;intégrité des élections en surveillant et en analysant les campagnes de désinformation et les manipulations liées aux élections&lt;/li&gt;    &lt;li&gt;Priorité n° 3 : mettre l&amp;#039;accent sur le renforcement de la résilience sociale et l&amp;#039;intensification des efforts de sensibilisation et de communication afin de toucher un large public et de concevoir des réponses efficaces adaptées aux publics nationaux&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats indépendants (bénéficiaires ; pas d&amp;#039;entités affiliées) doit être constitué et le coordinateur du consortium doit être établi dans un État membre de l&amp;#039;UE couvert par le pôle.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 18 mois&lt;/li&gt;    &lt;li&gt;Contact : &lt;a href="https://european-union.europa.eu/contact-eu/write-us_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-bestuse-tech-edmo-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-BESTUSE-TECH-EDMO-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P191" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q191" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-accelerer-lutilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2026/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>165507</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent réseau des pôles européens d'innovation numérique (EDIH) IA - 2026</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Continent EDIH IA - 2026</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;79,2 millions d&amp;#039;euros &lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 79,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 1 million d&amp;#039;euros et 3 millions d&amp;#039;euros par projet.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  La subvention accordée peut être inférieure au montant demandé  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Consolider le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) afin de couvrir toutes les régions de l&amp;#039;Union Européenne et des pays associés en renforçant ses performances et sa capacité à répondre aux besoins locaux, régionaux, nationaux et européens en matière de numérisation&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes afin de faire progresser les objectifs collectifs de l&amp;#039;Europe en matière de climat et d&amp;#039;environnement&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Les propositions doivent être soumises par des pôles d&amp;#039;innovation numérique européens candidats issus de pôles EDIH existants financés par le programme « Europe numérique » et de pôles EDIH ayant obtenu le label d&amp;#039;excellence, tels qu&amp;#039;énumérés dans la &lt;a href="https://eur-lex.europa.eu/eli/dec_impl/2023/1534/oj" target="_blank" rel="nofollow noopener"&gt;décision d&amp;#039;exécution 2023/1534 de la Commission&lt;/a&gt; établissant le réseau initial de pôles EDIH.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-eu-eaa-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-EDIH-EU-EEA-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P192" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q192" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact : CNECT-DIH&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-edih-ia-2026/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>165510</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;1,8 million d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la coordination et le renforcement des capacités des points de contact nationaux (PCN) pour le programme&lt;/li&gt;    &lt;li&gt;Stimuler la mise en œuvre des politiques numériques de l&amp;#039;UE, la visibilité et l&amp;#039;impact du programme, ainsi que la diffusion et l&amp;#039;exploitation à long terme des résultats&lt;/li&gt;    &lt;li&gt;Renforcer le caractère transnational des activités du réseau, dans le but d&amp;#039;encourager davantage la collaboration&lt;/li&gt;    &lt;li&gt;Aider les PCN à mieux faire connaître le programme « Europe numérique » et les politiques numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : faciliter la coopération transnationale entre les PCN&lt;/li&gt;    &lt;li&gt;Priorité 2 : fournir un cadre qui favorisera la participation au programme et maximisera la sensibilisation générale à celui-ci&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Activités sur-mesure&lt;/li&gt;    &lt;li&gt;Activités transfrontalières&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles si elles sont dument justifiées par un amendement&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-support-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-SUPPORT-09-NCP-NETWORK?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-SUPPORT-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P193" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q193" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité :&lt;/p&gt;&lt;p&gt;- Etre des personnes morales (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Etre établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/p&gt;&lt;p&gt;- Un consortium composé d&amp;#039;au moins une entité établie dans un État membre et d&amp;#039;au moins deux candidats indépendants supplémentaires, chacun établi dans un État membre ou un pays associé différent, doit être constitué.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>165560</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>ERASMUS + - Renforcement des capacités dans le domaine du sport - 2026</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>ERASMUS + - Renforcement des capacités dans le domaine du sport - 2026</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Erasmus&amp;#43; - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;2,44 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 2,44 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 100 000 et 200 000 euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 80% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Renforcer les capacités des organisations sportives locales&lt;/li&gt;    &lt;li&gt;Encourager la pratique du sport et de l&amp;#039;activité physique dans les pays tiers non associés au programme&lt;/li&gt;    &lt;li&gt;Promouvoir l&amp;#039;inclusion sociale par le sport&lt;/li&gt;    &lt;li&gt;Promouvoir des valeurs positives par le sport (telles que le fair-play, la tolérance, l&amp;#039;esprit d&amp;#039;équipe)&lt;/li&gt;    &lt;li&gt;Favoriser la coopération entre différentes régions du monde par le biais d&amp;#039;initiatives conjointes&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : la promotion des valeurs communes, de la non-discrimination et de l&amp;#039;égalité entre les sexes par le sport&lt;/li&gt;    &lt;li&gt;Priorité 2 : le développement des compétences (par le sport) nécessaires pour améliorer l&amp;#039;engagement social des groupes défavorisés (comme l&amp;#039;indépendance, le leadership, etc.)…&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Création et développement de réseaux entre organisations/pays/régions&lt;/li&gt;    &lt;li&gt;Mise en œuvre d&amp;#039;activités sportives communes et d&amp;#039;événements parallèles à caractère éducatif&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être une personne morale (organisme public ou privé)&lt;/li&gt;    &lt;li&gt;Être actif dans le domaine du sport&lt;/li&gt;    &lt;li&gt;Être établi dans un État membre de l&amp;#039;UE ou dans un pays tiers associé au programme, ou dans un pays tiers non associé au programme appartenant à la région 1 (Balkans occidentaux) ou à la région 2 (voisinage oriental)&lt;/li&gt;    &lt;li&gt;Les projets de renforcement des capacités sont transnationaux et impliquent au moins 4 organisations provenant d&amp;#039;au moins 3 pays et respectent les conditions suivantes :  &lt;ul&gt;    &lt;li&gt;Au minimum 1 et au maximum 2 organisations provenant d&amp;#039;États membres de l&amp;#039;UE ou de pays tiers associés au programme. Si 2 organisations sont impliquées, elles ne peuvent pas provenir du même État membre de l&amp;#039;UE ou du même pays tiers associé au programme&lt;/li&gt;    &lt;li&gt;Au moins 2 organisations provenant d&amp;#039;au moins 1 pays tiers éligible non associé au programme de la région 1 (Balkans occidentaux) ou de la région 2 (voisinage oriental) Les organisations de la région 1 et de la région 2 ne peuvent pas participer à la même proposition (c&amp;#039;est-à-dire que les partenariats incluant les régions 1 et 2 ne sont pas éligibles)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Le coordinateur du consortium doit être une organisation à but non lucratif.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 12 et 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des prolongations sont possibles si elles sont dûment justifiées et moyennant une modification de la convention de subvention.&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Contact: ERASMUS-SPORT&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://erasmus-plus.ec.europa.eu/sites/default/files/2025-11/programme-guide-2026_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;ERASMUS-SPORT-2026-CB&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://www.eacea.ec.europa.eu/index_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://erasmus-plus.ec.europa.eu/fr" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Santé
+International</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P194" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2025</t>
+        </is>
+      </c>
+      <c r="Q194" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/erasmus-renforcement-des-capacites-dans-le-domaine-du-sport-2026/</t>
+        </is>
+      </c>
+      <c r="W194" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=ERASMUS-SPORT-2026-CB&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/erasmus-renforcement-des-capacites-dans-le-domaine-du-sport-2026/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>164900</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LIFE - Programme européen pour l'environnement et le climat</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>LIFE - Projets stratégiques pour la nature et projets intégrés (SNAP/SIP) - 2025</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme LIFE - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;158 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 158 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-ENV-SIP-two-stage: 56 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage: 72 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;LIFE-2025-STRAT-NAT-SNAP-two-stage and LIFE-2025-STRAT-ENV-SIP-two-stage: entre 10 et 30 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;LIFE-2025-STRAT-CLIMA-SIP-two-stage: between 10 et 25 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la mise en œuvre à grande échelle et coordonnée des plans, stratégies ou actions requises par la législation ou la politique de l&amp;#039;UE dans les domaines de l&amp;#039;environnement, du climat ou de l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les cadres d&amp;#039;action prioritaires (PAF) et/ou les plans nationaux de restauration pour le SNaP&lt;/li&gt;    &lt;li&gt;Soutenir la mise en œuvre des plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie dans le cadre du SIP&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles à la mise en œuvre complète de ces plans&lt;/li&gt;    &lt;li&gt;Mobiliser des financements supplémentaires pour renforcer et compléter les actions&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Priorités&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorités des SNaP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre pleinement les plans de biodiversité et de restauration de la nature (par exemple, les PAF, les plans nationaux de restauration)&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et mobiliser des financements pour des actions de biodiversité à grande échelle&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Priorités des SIP :  &lt;ul&gt;    &lt;li&gt;Mettre en œuvre les plans relatifs à l&amp;#039;économie circulaire, aux déchets, à l&amp;#039;eau, à la qualité de l&amp;#039;air, au bruit, au climat et à l&amp;#039;énergie&lt;/li&gt;    &lt;li&gt;Soutenir les stratégies de neutralité climatique et de résilience au niveau local, régional et national&lt;/li&gt;    &lt;li&gt;Supprimer les obstacles et coordonner les financements pour la mise en œuvre complète des plans&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Parmi les actions financées&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Mise en œuvre directe des mesures et des objectifs des plans/stratégies ciblés&lt;/li&gt;    &lt;li&gt;Développement, test et démonstration d&amp;#039;approches intégrées&lt;/li&gt;    &lt;li&gt;Mobilisation de financements complémentaires&lt;/li&gt;    &lt;li&gt;Renforcement des capacités (formation, structures)&lt;/li&gt;    &lt;li&gt;Gestion de projet, reproductibilité et transférabilité des résultats&lt;/li&gt;    &lt;li&gt;Implication des parties prenantes&lt;/li&gt;    &lt;li&gt;Achat de terres (sous des conditions strictes liées à la conservation de la nature, en particulier pour Natura 2000)&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Eligibilité &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être : une ONG, une entreprise, une université, une institution de recherche, une PME, une organisation…&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : pays de l&amp;#039;EEE répertoriés et pays associés au programme LIFE (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/guidance/list-3rd-country-participation_life_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Un consortium composé d’au moins 2 entités doit être constitué&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Informations complémentaires &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : entre 60 et 120 mois&lt;/li&gt;    &lt;li&gt;Contact : CINEALIFE-ENQUIRIES&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;span&gt;&lt;strong&gt;Utile &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/life/wp-call/2025/call-fiche_life-2025-strat-two-stage_en.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;LIFE-2025-STRAT-two-stage" target="_blank" rel="nofollow noopener"&gt;Cliquez ici &lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive :&lt;a href="https://cinea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; Cliquez ici&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations : &lt;a href="https://cinea.ec.europa.eu/programmes/life_en?prefLang&amp;#61;fr&amp;amp;etrans&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Commerces et services
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Industrie</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P195" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2025</t>
+        </is>
+      </c>
+      <c r="Q195" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
+        </is>
+      </c>
+      <c r="W195" s="1" t="inlineStr">
+        <is>
+          <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=LIFE-2025-STRAT-two-stage&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/life-projets-strategiques-pour-la-nature-et-projets-integres-snap-sip-2025/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>93537</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser une équipe pluridisciplinaire d'étudiants pour imaginer un projet local</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+ÉcoQuartier</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Ateliers hors les murs</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Fédération des parcs naturels régionaux de France
+Ministère de l'Enseignement supérieur et de la Recherche
+Ministères de l'Aménagement du territoire et de la Transition écologique
+Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J196" s="1" t="inlineStr">
+        <is>
+          <t>bourse de 1000€</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;&lt;strong&gt;Accueillez des étudiants pour repenser l&amp;#039;avenir de votre territoire !&lt;/strong&gt;&lt;/h1&gt;&lt;p&gt;Vous souhaitez bénéficier d&amp;#039;un accompagnement en ingénierie, d&amp;#039;une analyse approfondie des spécificités et atouts inhérents à votre territoire pour alimenter un projet de développement local partagé ? &lt;/p&gt;&lt;p&gt;Vous questionnez les circuits courts alimentaires, la valorisation du patrimoine bâti et de l&amp;#039;espace publ&lt;span&gt;ic, la revitalisation commerciale, le développement culturel et du tourisme durable, ou encore l&amp;#039;inclusion de la biodiversité dans l&amp;#039;aménagement du territoire ?&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Les &lt;em&gt;Ateliers hors les murs&lt;/em&gt; consistent à mobiliser des équipes d&amp;#039;étudiants de différentes formations (en développement local, paysage, urbanisme, sociologie, architecture, économie, agronomie, écologie...) pour élaborer avec les acteurs locaux un projet de développement à l&amp;#039;échelle d&amp;#039;une commune et de son bassin de vie. Après toute une semaine à investir les lieux et comprendre les enjeux locaux, l&amp;#039;équipe pluridisciplinaire propose aux élus une réflexion prospective, avec des pistes d&amp;#039;action &lt;span&gt;fondées sur un diagnostic fin de la maille (inter)communale.&lt;/span&gt;&lt;/p&gt;&lt;h3&gt;&lt;em&gt;&lt;strong&gt;Les points forts des ateliers :&lt;/strong&gt;&lt;/em&gt;&lt;/h3&gt;&lt;ul&gt;&lt;li&gt;La pluridisciplinarité des équipes engagées constitue une véritable force dans la formulation des problématiques, dans la compréhension des enjeux et dans les orientations proposées : l&lt;span&gt;es réponses apportées adoptent un regard transversal et cohérent, non limitées &lt;/span&gt;&lt;span&gt;à une approche architecturale ou urbaine par exemple.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Les travaux sont restitués devant le conseil municipal, parfois élargi aux habitants : les &lt;span&gt;ateliers peuvent en cela engager un processus de dialogue entre les différents acteurs d&amp;#039;un territoire et participent à l&amp;#039;élaboration d&amp;#039;un projet partagé.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La Fédération des Parcs naturels régionaux s&amp;#039;engage à mettre en place une assistance à maîtrise d&amp;#039;ouvrage pour &lt;/span&gt;&lt;span&gt;identifier une problématique, des écoles volontaires, accompagner la recherche de financements nationaux et locaux et contribuer à la valorisation de l&amp;#039;atelier, en plus d&amp;#039;une bourse de 2500 euros aux lauréats de l&amp;#039;Appel à manifestation d&amp;#039;intérêt en territoire de Parc naturel régional.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;h3&gt;&lt;em&gt;&lt;strong&gt;Quand faire appel à un atelier ?&lt;/strong&gt;&lt;/em&gt;&lt;/h3&gt;&lt;ul&gt;&lt;li&gt;En amont d&amp;#039;une convention de revitalisation Petite ville de demain, d&amp;#039;une démarche ÉcoQuartier ou de la révision d&amp;#039;une charte de Parc ; &lt;/li&gt;&lt;li&gt;En renfort d&amp;#039;une phase de mise en oeuvre, en parallèle de projets opérationnels ;&lt;/li&gt;&lt;li&gt;En tant que site pilote des enjeux d&amp;#039;un bassin de vie.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;→&lt;/span&gt; Ces ateliers sont toujours une opportunité d&amp;#039;identifier des leviers tenant compte du contexte local et de construire une prospection à plusieurs horizons temporels.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis 2018, plus de 60 ateliers ont été menés dans les Parcs naturels régionaux et les Petites villes de demain sur :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La redynamisation des centres-bourgs de petites et moyennes villes ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;L&amp;#039;alimentation comme levier de développement local ;&lt;/li&gt;&lt;li&gt;Ou encore la prise en compte des enjeux de biodiversité dans l&amp;#039;aménagement du territoire ;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Retrouvez l&amp;#039;essentiel dans le &lt;a href="https://www.parcs-naturels-regionaux.fr/mediatheque/ressources/lessentiel-des-ateliers-hors-les-murs-guide" target="_self"&gt;Guide des Ateliers hors les murs&lt;/a&gt; ou inspirez-vous des résultats des premières expériences grâce au &lt;a href="https://www.parcs-naturels-regionaux.fr/mediatheque/ressources/carnet-de-route-des-32-premiers-ateliers-hors-les-murs" target="_self"&gt;Carnet de route des Ateliers hors les murs&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Revitalisation
+Innovation, créativité et recherche
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour en bénéficier, il suffit de prendre contact avec la Fédération des Parcs pour être mis en contact avec des écoles et universités volontaires, monter un projet répondant aux attentes de toutes ses parties prenantes et identifier des pistes de financements complémentaires. Une candidature doit associer &lt;em&gt;a minima&lt;/em&gt; 2 établissements d&amp;#039;enseignement supérieur de disciplines différentes et 1 territoire d&amp;#039;accueil.&lt;/p&gt;&lt;p&gt;La bourse de 2500 euros est attribué aux projets lauréats situés dans un Parc naturel régional ou un Parc national, sur décision d&amp;#039;un comité de sélection composé du ministère de la Transition écologique, du ministère de la Culture, du ministère de l&amp;#039;Enseignement supérieur et de la Recherche et de l&amp;#039;Office français de la biodiversité.&lt;/p&gt;&lt;p&gt;Le processus de sélection ne vaut pas accord de financement des partenaires mentionnés dans le budget prévisionnel.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plusieurs sessions de candidature sont organisées chaque année : à retrouver sur le site de la &lt;a href="https://www.parcs-naturels-regionaux.fr/mediatheque/ressources/appel-manifestation-dinteret-2025" target="_self"&gt;Fédération des Parcs naturels régionaux de France&lt;/a&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T196" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.parcs-naturels-regionaux.fr/les-enjeux/enseignement-superieur</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bastien Galant - &lt;a target="_self"&gt;bgalant&amp;#64;parcs-naturels-regionaux.fr&lt;/a&gt; - 06 59 61 58 81&lt;/p&gt;&lt;p&gt;Fabien Hugault - &lt;a href="mailto:fhugault&amp;#64;parcs-naturels-regionaux.fr" rel="noopener" target="_blank"&gt;fhugault&amp;#64;parcs-naturels-regionaux.fr&lt;/a&gt; - 06 99 93 82 91&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Nicolas Sanaa -
+ &lt;a href="mailto:nsanaa&amp;#64;parcs-naturels-regionaux.fr" rel="noopener" target="_blank"&gt;
+  nsanaa&amp;#64;parcs-naturels-regionaux.fr&lt;/a&gt; - 06 63 47 46 77&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>fhugault@parcs-naturels-regionaux.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6855-accueillir-petites-villes-accueillez-un-ateli/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>62579</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Accéder au préfinancement des subventions ou du FCTVA par le prêt relais</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes dans l&amp;#039;attente de versement de subventions ? Du versement de FCTVA ? Des recettes d&amp;#039;une opération immobilière ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt relais préfinance vos recettes attendues et vous permet d&amp;#039;avancer sur vos projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Souple d&amp;#039;utilisation, vous pouvez procéder à son remboursement de manière anticipée et sans frais, une fois les fonds récupérés (sous réserve du respect d&amp;#039;un préavis contractuel).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour en savoir plus sur le
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-relais.html" target="_self"&gt;
+  fonctionnement d&amp;#039;un prêt relais
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Espaces verts
+Espace public
+Friche
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Revitalisation
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Paysage
+Attractivité économique
+Valorisation d'actions
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation définitive de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 50 000 euros.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-relais.html</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre:
+&lt;/p&gt;
+&lt;p&gt;
+ - par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4ac9-acceder-au-prefinancement-par-le-pret-relais/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>41743</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Financer l’acquisition de véhicules à motorisation décarbonée</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Financement de véhicules à motorisation décarbonée</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+autorité organisatrice de mobilité (AOM), une entreprise publique locale (EPL)
+ou une entreprise privée avec flotte de véhicules et vous souhaitez acquérir
+des véhicules à motorisation décarbonée ? La Banque des Territoires vous
+accompagne pour trouver le financement le plus adéquat à votre projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous vous permettons ainsi de renouveler ou
+acquérir une flotte de véhicules roulants propres, comme des véhicules
+particuliers ou utilitaires électriques, des autobus et autocars électriques ou
+hydrogène, des scooters électriques, des vélos à assistance électrique (VAE),
+du matériel roulant ferroviaire, d’autre matériel de transport durable ou des
+transports guidés (téléphérique, télécabine, monorail).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Plusieurs modalités de financement sont proposées
+pour vous aider à mener à bien votre projet d’achat de véhicules décarbonés,
+comme la prise de participation minoritaire, ou bien via des plateformes
+spécifiques suivant le matériel concerné (Oblibus, Movivolt, Neot Green
+Mobility, Territrains). Pour bénéficier de ces financements, votre projet doit
+répondre à plusieurs impératifs, comme une réduction des émissions de CO&lt;sub&gt;2&lt;/sub&gt;/km
+supérieure à 60%, une réduction des particules, une diminution de la dépendance
+aux hydrocarbures, ou le renforcement de la souveraineté énergétique. &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Transports collectifs et optimisation des trafics routiers
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-vehicules-motorisation-decarbonee?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=moto_decarbonee_psat</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-vehicules-motorisation-decarbonee?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;moto_decarbonee_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-vehicules-motorisation-decarbonee/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>50283</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Investir en Fonds propres ou quasi fonds propres</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Découvrez nos offres pour les Entreprises publiques locales</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires encadre juridiquement et financièrement les collectivités territoriales et les SEM qui souhaitent développer des projets impactant pour le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des territoires opère en fonds propres et quasi fonds propres mais peu également faire intervenir d&amp;#039;autres ressources.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Transition énergétique
+Bâtiments et construction
+Réhabilitation
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/entreprises-publiques-locales?mtm_campaign=Aides_Territoires&amp;mtm_kwd=EPL&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=fondspropres_qfp_at</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dcdd-financer-un-projet-territorial-en-fonds-propr/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>165401</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Encourager, promouvoir et faciliter la participation des jeunes à la vie démocratique européenne aux niveaux local, régional, national et européen.</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Erasmus +</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Erasmus+ Jeunesse - Activités de participation des jeunes</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne
+Agence Erasmus+ France Jeunesse et Sport</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I200" s="1" t="inlineStr">
+        <is>
+          <t> Max : 95</t>
+        </is>
+      </c>
+      <c r="J200" s="1" t="inlineStr">
+        <is>
+          <t>Le financement se fait essentiellement sur forfait (selon le nombre de participants, la durée de la mobilité et la distance parcourue). Des frais réels peuvent également être pris en charge (exemple : Visas).</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Activités de participation des jeunes&lt;/p&gt;&lt;p&gt;Cette action1 soutient les activités organisées en dehors de l’éducation et de la formation formelles qui encouragent, promeuvent et facilitent la participation des jeunes à la vie démocratique européenne aux niveaux local, régional, national et européen.&lt;/p&gt;&lt;p&gt;Objectifs de l’Action&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Erasmus&amp;#43; soutient les projets de participation locaux, nationaux, transnationaux et internationaux orientés vers les jeunes qui promeuvent la participation des jeunes à la vie démocratique européenne et qui poursuivent un ou plusieurs des objectifs suivants:&lt;/p&gt;&lt;p&gt;offrir aux jeunes des occasions de s’engager dans la société civile et d’apprendre à y participer (en donnant aux jeunes des possibilités de se mobiliser dans leur vie quotidienne, mais également de participer à la vie démocratique, dans le but d’assurer une participation civique, économique, sociale, culturelle et politique effective des jeunes de tous horizons, en accordant une attention particulière aux jeunes ayant moins d’opportunités);&lt;/p&gt;&lt;p&gt;sensibiliser les jeunes aux droits fondamentaux et aux valeurs communes de l’Europe, et contribuer au processus d’intégration européenne, y compris en contribuant à la réalisation d’un ou de plusieurs objectifs pour la jeunesse européenne;&lt;/p&gt;&lt;p&gt;renforcer les compétences numériques des jeunes ainsi que leur éducation aux médias (en particulier l’esprit critique et la capacité à évaluer et traiter des informations) afin d’accroître leur capacité de résistance face à la désinformation, à la mésinformation et à la propagande, ainsi que leur aptitude à prendre part à la vie démocratique;&lt;/p&gt;&lt;p&gt;organiser des rencontres entre jeunes et décideurs politiques aux échelons local, régional, national et transnational ou contribuer au dialogue de l’UE en faveur de la jeunesse.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Description des activités&lt;/p&gt;&lt;p&gt;Les activités de participation des jeunes sont des activités d’apprentissage non formel axées sur la participation active des jeunes. Ces activités visent à permettre aux jeunes de faire l’expérience des échanges, de la coopération et de l’action culturelle et citoyenne. Les activités soutenues devraient aider les participants à renforcer leurs compétences personnelles, sociales, civiques et numériques et à devenir des citoyens européens actifs.&lt;/p&gt;&lt;p&gt;Cette action encourage le recours à des formes de participation des jeunes alternatives, innovantes, intelligentes et numériques, comme le déploiement de la participation des jeunes dans divers secteurs et espaces (services de santé, infrastructures sportives, etc., aussi bien dans le secteur public que dans le secteur privé), afin d’offrir des possibilités de participation active aux jeunes de tous horizons. &lt;/p&gt;&lt;p&gt;Les activités de participation des jeunes peuvent être exploitées pour mener des dialogues et des discussions entre jeunes et décideurs en vue de promouvoir la participation active des jeunes à la vie démocratique en Europe. L’un des résultats concrets est la possibilité, pour les jeunes, de faire entendre leur voix (en formulant des positions, des propositions et des recommandations), notamment sur la manière dont les politiques pour la jeunesse devraient être élaborées et mises en œuvre en Europe. Les activités de participation des jeunes peuvent également prendre la forme d’actions civiques et d’activisme des jeunes, qui leur permettent de s’engager de différentes manières pour sensibiliser aux questions qui présentent un intérêt pour eux et imposer un changement.&lt;/p&gt;&lt;p&gt;Les activités de participation des jeunes peuvent être transnationales (c’est-à-dire, mises en œuvre dans un ou plusieurs pays participants en associant un ou plusieurs groupes informels de jeunes et/ou des organisations originaires de plusieurs pays participants) ou nationales (c’est-à-dire, mises en œuvre au niveau local, régional ou national et associant un ou plusieurs groupes informels de jeunes et/ou des organisations originaires d’un même pays participant). Les activités nationales de participation des jeunes sont particulièrement adaptées pour mettre des idées à l’essai à l’échelle locale, ainsi qu’en tant qu’outil pour assurer le suivi d’initiatives antérieures afin de contribuer à développer et à approfondir davantage les idées qui se sont avérées fructueuses. &lt;/p&gt;&lt;p&gt;Toutes les activités de participation des jeunes, indépendamment du niveau auquel elles sont mises en œuvre, doivent comporter une dimension européenne avérée ou offrir une valeur ajoutée européenne, et chaque activité soutenue doit clairement contribuer à la réalisation de l’un ou de plusieurs des objectifs de l’action énoncés ci-dessus.&lt;/p&gt;&lt;p&gt;Les activités soutenues peuvent prendre des formes variées (voire une combinaison de différentes formes): ateliers, débats, jeux de rôle, simulations, utilisation d’outils numériques (comme des outils de démocratie numérique), campagnes de sensibilisation, formations, rencontres et autres formes d’interaction en ligne ou hors ligne entre jeunes et décideurs, consultations, événements d’information et/ou culturels, etc. &lt;/p&gt;&lt;p&gt;Voici quelques exemples d’activités pouvant être mises en place dans le cadre d’un projet: &lt;/p&gt;&lt;p&gt;ateliers en ligne ou en présentiel, ou rencontres, séminaires et autres événements/processus menés au niveau local, régional, national ou transnational, offrant un espace consacré à l’information, au débat et à la participation active des jeunes sur des questions qui ont trait à leur vie quotidienne en tant que citoyens européens actifs, et, idéalement, comprenant, entraînant ou assurant le suivi des interactions avec des décideurs et d’autres parties prenantes concernées par ces questions;&lt;/p&gt;&lt;p&gt;consultations menées auprès des jeunes afin de répertorier les thèmes ou les problématiques qui les concernent particulièrement (dans un contexte local, régional, national ou transnational) et de définir leurs besoins en matière de participation pour aborder ces thèmes ou problématiques;&lt;/p&gt;&lt;p&gt;campagnes de sensibilisation axées sur la participation des jeunes à la vie démocratique, y compris des événements d’information et/ou culturels liés à des défis sociétaux spécifiques qui concernent les jeunes;&lt;/p&gt;&lt;p&gt;facilitation de l’accès à des espaces virtuels ou physiques ouverts, sûrs et accessibles pour les jeunes, afin d’offrir des possibilités concrètes pour apprendre à participer à la vie et aux processus démocratiques;&lt;/p&gt;&lt;p&gt;simulations du fonctionnement des institutions démocratiques et des rôles des dirigeants politiques dans ces institutions.&lt;/p&gt;&lt;p&gt;Lorsque cela est pertinent, il est vivement recommandé d’inclure des formats d’activité numériques (comme des webinaires, des hackathons, différents outils de participation électronique, etc.) ou des formations à l’utilisation des outils de démocratie numérique dans les activités qui seront mises en place dans le cadre d’un projet portant sur des activités de participation des jeunes.&lt;/p&gt;&lt;p&gt;Un projet doit comprendre différentes activités liées au projet qui contribuent ensemble à la réalisation des objectifs prévus. &lt;/p&gt;&lt;p&gt;Ces activités devraient être financées principalement au moyen de la catégorie budgétaire «gestion de projets», qui prend la forme d’une contribution unitaire mensuelle. Ces activités englobent généralement les réunions de gestion du projet ainsi que les activités régulières et en cours du projet. Les activités du projet peuvent être à la fois numériques et/ou physiques et inclure les jeunes qui participent directement au projet.&lt;/p&gt;&lt;p&gt;Le projet peut également inclure un ou plusieurs événements de participation des jeunes.&lt;/p&gt;&lt;p&gt;Le terme «événements de participation des jeunes» couvre les événements qui revêtent une importance primordiale pour atteindre les objectifs du projet; ils peuvent marquer des étapes importantes du projet et devraient se démarquer clairement des activités courantes, que ce soit par leur contenu, leur taille ou le profil des participants. En outre, un événement de participation des jeunes est un événement physique, qui prévoit la présence physique des jeunes et, le cas échéant, d’autres participants. Un événement de participation des jeunes a lieu en présence non seulement des membres du groupe informel ou des jeunes membres de l’organisation bénéficiaire qui prennent directement part aux activités générales du projet, mais également d’un public plus large composé de jeunes et/ou de responsables politiques. Il convient d’adapter la durée de l’événement en fonction des activités prévues et des résultats escomptés; les événements peuvent être très courts (quelques heures) ou plus longs. Des aides spécifiques sont accordées pour l’organisation d’événements de participation des jeunes sur une base «par participant par événement», quelle que soit la durée de l’événement. &lt;/p&gt;&lt;p&gt;Les projets de participation des jeunes qui prévoient des activités ou des événements physiques de participation des jeunes qui imposent aux participants de se rendre dans un lieu différent de leur lieu de résidence peuvent demander des fonds supplémentaires à des fins de mobilité pour couvrir leurs frais de voyage et de subsistance. La mobilité dans le cadre de projets de participation des jeunes peut être à la fois nationale et internationale, mais devrait toujours soutenir une activité de projet financée par les coûts de gestion du projet ou un événement de participation des jeunes (financé par le soutien aux événements de participation des jeunes).&lt;/p&gt;&lt;p&gt;Les types d’activités suivants ne peuvent pas bénéficier d’un soutien au titre de cette action: les réunions statutaires d’organisations ou de réseaux d’organisations, l’organisation d’événements politiques partisans, les infrastructures physiques (c’est-à-dire les coûts liés à la construction ou à l’acquisition de bâtiments et de leur équipement permanent).&lt;/p&gt;&lt;p&gt;Des exemples de projets comportant un important volet «participation» (qui ne se limitent pas au format des activités de participation des jeunes) et de bonnes pratiques pertinentes figurent dans la boîte à outils pour la participation des jeunes10 .   &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="Q200" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;Qui peut soumettre une demande?&lt;/p&gt;&lt;p&gt;Toute organisation participante éligible établie dans un État membre de l’UE ou un pays tiers associé au programme peut soumettre une demande. Cette organisation soumet la demande au nom de toutes les organisations participantes associées au projet .&lt;/p&gt;&lt;p&gt;Organisations participantes éligibles&lt;/p&gt;&lt;p&gt;Les organisations participantes peuvent être:&lt;/p&gt;&lt;p&gt;une organisation, une association ou une ONG sans but lucratif; une ONG européenne active dans le domaine de la jeunesse; un organisme public au niveau local, régional ou national; une entreprise sociale; une organisation à but lucratif active dans le domaine de la responsabilité sociale des entreprises.&lt;/p&gt;&lt;p&gt;un groupe informel de jeunes15 .&lt;/p&gt;&lt;p&gt;établies dans un État membre de l’UE, dans un pays tiers associé au programme ou dans un pays tiers voisin de l’UE non associé au programme (régions 1 à 4; voir la section «Pays éligibles» de la partie A du présent guide).&lt;/p&gt;&lt;p&gt;Nombre et profil des organisations participantes&lt;/p&gt;&lt;p&gt;Projets nationaux de participation des jeunes: au moins une organisation participante doit être impliquée.&lt;/p&gt;&lt;p&gt;Projets transnationaux et internationaux de participation des jeunes: au moins deux organisations participantes issues de pays différents doivent être impliquées.&lt;/p&gt;&lt;p&gt;Une même organisation (même OID) ne peut envoyer plus de 5 demandes au total par échéance dans le cadre de cette action, que ce soit en tant que candidate ou partenaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.erasmusplus-jeunesse.fr/</t>
+        </is>
+      </c>
+      <c r="W200" s="1" t="inlineStr">
+        <is>
+          <t>https://webgate.ec.europa.eu/app-forms/af-ui-opportunities/#/erasmus-plus</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour des informations générales, contactez-nous via cette adresse mail: &lt;strong&gt;erasmusplus&amp;#64;service-civique.gouv.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour trouver la personne de contact au sein de l&amp;#039;équipe selon votre région: &lt;a href="https://www.erasmusplus-jeunesse.fr/contacts-agence" target="_self"&gt;https://www.erasmusplus-jeunesse.fr/contacts-agence&lt;/a&gt;&lt;/p&gt;&lt;br /&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>erasmusplus@service-civique.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/permettre-a-des-jeunes-de-differents-pays-de-se-rencontrer-de-vivre-ensemble-et-de-travailler-sur-des-projets-communs-1/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>71875</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux de vos copropriétés en difficulté avec le Prêt Copropriétés Dégradées</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Copropriétés Dégradées : financer sereinement vos travaux de rénovation</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ En tant qu&amp;#039;acteur public local, vous souhaitez traiter les copropriétés en difficulté au sein de votre territoire pour lutter contre le mal-logement et l&amp;#039;insécurité des administrés ? La Banque des territoires met à votre disposition le Prêt Copropriétés Dégradées pour financer les opérations de réhabilitation des copropriétés concernées.
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenant le plan national &amp;#34;Initiative Copropriétés&amp;#34;, l&amp;#039;offre de la Banque des Territoires vous accompagne dans votre stratégie d&amp;#039;intervention sur des opérations telles que l&amp;#039;acquisition, la rénovation, la démolition ou encore la reconstruction de bâtiments.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt dispose de nombreux avantages afin de vous permettre de financer sereinement vos travaux. Vous avez notamment la possibilité d&amp;#039;adapter la durée de votre emprunt en fonction de votre besoin ou encore de bénéficier d&amp;#039;une exonération des indemnités de remboursement en cas de revente des lots.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-copros-degradees?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=copros_degradees_psat</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_dr_at"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc2e-obtenir-un-pret-dediee-au-financement-des-pro/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>143290</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Evaluer et maîtriser les nuisances sonores</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Evaluer et maîtriser les nuisances sonores sur votre territoire
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La maîtrise des nuisances sonores contribue à améliorer l&amp;#039;attractivité du territoire et la qualité de vie. Bien identifier les sources d&amp;#039;expositions, évaluer leurs niveaux et leurs impacts sur les riverains sont des prérequis incontournables pour définir une politique efficace de lutte contre les nuisances sonores.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fort de ses compétences et de son expertise technique en acoustique, le Cerema vous accompagne de l&amp;#039;élaboration de votre stratégie à la mise en œuvre de solutions concrètes appliquées aux domaines de la voirie, des espaces publics, bâtiments et transports.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes un maître d&amp;#039;ouvrage public (dans les domaines voirie, bâtiments ou transports) et plus particulièrement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une collectivité (métropole, agglomération, EPCI, commune) en France métropolitaine ou DOM-TOM
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un gestionnaire de patrimoine public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un conseil départemental
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vos besoins
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous souhaitez connaître l&amp;#039;exposition au bruit de votre population ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous recherchez un soutien méthodologique pour lutter contre les nuisances sonores ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels outils et solutions concrets mettre en œuvre ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment évaluer l&amp;#039;impact des aménagements réalisés ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires expertes en réglementation, mesures, modélisation, chantier, réception, contrôle avec une expertise technique indépendante avérée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une approche multisectorielle (aménagement, mobilité, infrastructure) et systémique des nuisances environnementales (bruit, vibrations et qualité de l&amp;#039;air)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un maillage territorial pour un accompagnement de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une capacité prospective et d&amp;#039;innovation par notre implication dans la réglementation et la normalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rédaction de guides méthodologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Études techniques de connaissance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de mesures et recueil de données issues d&amp;#039;infrastructures de transports, d&amp;#039;aménagements urbains et de chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation des Cartes de Bruit Stratégiques et des Plans de Prévention du Bruit dans l&amp;#039;Environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractérisation acoustique des revêtements de chaussées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractérisation acoustique des bâtiments
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Conseil pour élaborer et mettre en œuvre vos stratégies de lutte contre les nuisances sonores
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Hiérarchisation des enjeux de nuisances sonores à l&amp;#039;échelle d&amp;#039;un territoire, un réseau, un itinéraire, un quartier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des impacts de projets de transports et d&amp;#039;aménagements urbains (mesures, modélisation, contrôle...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Expertise intégrée (appui méthodologique et gouvernance du projet) : construction de solutions sur mesure, basées sur notre maitrise de la réglementation et notre capacité à mobiliser d&amp;#039;autres partenaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Propositions de solutions de résorption du bruit de secteurs fortement exposés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle / réception d&amp;#039;ouvrages de protection contre le bruit
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagnement dans le déploiement de solutions innovantes / expérimentation et évaluation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;études de co-exposition
+  &lt;strong&gt;
+   (Air-Bruit-Vibrations) et de multi-expositions sonores
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Montage et pilotage de plans de formations
+ &lt;/strong&gt;
+ ou journées techniques au regard de vos besoins (élus, services techniques)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Communauté urbaine d&amp;#039;Arras
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pilotage du projet de recherche URBEOL (Implantation en milieu URBain d&amp;#039;EOLiennes : impacts environnementaux).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   SDIS Côtes d&amp;#039;Armor
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ AMO en acoustique sur un bâtiment du SDIS22 pour un réaménagement et amélioration de l&amp;#039;isolement acoustique par rapport au bruit de la RN12.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DREAL Provence-Alpes-Côte d&amp;#039;Azur
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ AMO en acoustique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Architecture
+Appui méthodologique
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluer-maitriser-nuisances-sonores</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b05-evaluer-et-maitriser-les-nuisances-sonores/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>72205</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Recruter et accueillir des conseillers numériques</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J203" s="1" t="inlineStr">
+        <is>
+          <t>50 000 euros par poste</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à manifestation d&amp;#039;intérêt est lancé pour la première vague de candidatures des collectivités territoriales et leurs groupements au recrutement et à l&amp;#039;accueil de conseillers numériques dans le cadre de France Relance. Il vise à recueillir les premières propositions des territoires prêts à porter les contrats de travail de ces conseillers en contrepartie du financement par l&amp;#039;État de leur formation et de leur activité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Gouvernement agit sur trois axes :
+ &lt;br /&gt;
+ 1- 4000 conseillers numériques formés proposant des ateliers d&amp;#039;initiation au numérique au plus proche des Français ;
+ &lt;br /&gt;
+ 2- Un soutien aux réseaux de proximité qui proposent des activités numériques, par la conception de dispositifs qui facilitent la formation des habitants ;
+ &lt;br /&gt;
+ 3- Des outils simples et sécurisés indispensables aux aidants (travailleurs sociaux, agents de collectivité territoriale, etc.) pour leur permettre de mieux accompagner les Français qui ne peuvent pas faire leurs démarches administratives seuls.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces trois axes sont déclinés sous forme de nouvelle offre de services disponible pour les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;appel à manifestation d&amp;#039;intérêt permet de candidater pour devenir structure accueillante d&amp;#039;un ou de plusieurs conseillers
+ &lt;/strong&gt;
+ (donc en charge de porter le contrat de travail)
+ &lt;strong&gt;
+  et d&amp;#039;obtenir leur affectation avec une prise en charge financière modulée selon la durée du contrat souhaitée
+ &lt;/strong&gt;
+ . Allouée sous la forme d&amp;#039;une subvention d&amp;#039;un montant de 50 000 euros par poste (et majorée selon les dispositions réglementaires en vigueur en outre-mer le cas échéant), cette prise en charge par l&amp;#039;État sera versée en trois tranches auprès de la collectivité territoriale qui aura pour charge de rémunérer le conseiller à hauteur du SMIC au minimum.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P203" s="1" t="inlineStr">
+        <is>
+          <t>17/11/2020</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des conseillers numériques. L&amp;#039;ANCT étudiera au fil de l&amp;#039;eau, tous les 15 du mois, les candidatures reçues et affectera le nombre de conseillers en fonction des conseillers déjà accueillis sur le même territoire. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l&amp;#039;ensemble du territoire. Les initiatives coordonnées sur un même territoire seront donc à favoriser.
+&lt;/p&gt;
+&lt;p&gt;
+ La mise à disposition de conseillers numériques à des structures associatives est autorisée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/250-meu-pour-faciliter-le-numerique-du-quotidien-310</t>
+        </is>
+      </c>
+      <c r="W203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une webconférence est organisée les 03 et 10 décembre 2020 pour répondre aux questions des collectivités. D&amp;#039;autres webconférences pourront être organisées autant que de besoin.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question : conseiller-numerique&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32ff-recruter-et-accueillir-des-conseillers-numeri/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>82911</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé dans la réalisation d’actions culturelles sur la construction, l'architecture, urbanisme, le paysage et l'environnement</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Tarn
+CAUE d'Alsace
+CAUE de Corse
+CAUE de l'Yonne
+CAUE de l'Aude
+CAUE du Maine-et-Loire
+CAUE du Cher
+CAUE de l'Ardèche
+CAUE du Loiret
+CAUE de Corrèze
+CAUE de l'Aisne
+CAUE de l'Isère
+CAUE de l'Ain
+CAUE du Morbihan
+CAUE de la Sarthe
+CAUE du Var
+CAUE du Gard
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+CAUE de la Haute-Vienne
+CAUE de Rhône-Métropole
+CAUE des Hauts-de-Seine
+CAUE du Tarn-et-Garonne
+CAUE de la Savoie
+CAUE du Lot
+CAUE de l'Oise
+CAUE de la Dordogne
+CAUE des Bouches-du-Rhône
+CAUE de Meurthe-et-Moselle
+CAUE de l'Île-de-la-Réunion
+CAUE de la Moselle
+CAUE de la Mayenne
+CAUE de la Gironde
+CAUE des Deux-Sèvres
+CAUE de la Côte-d'Or
+CAUE de Guadeloupe
+CAUE du Puy-de-Dôme
+CAUE du Val d'Oise
+CAUE de la Charente
+CAUE de la Haute-Loire
+CAUE de la Seine-et-Marne
+CAUE Lot-et-Garonne
+CAUE des Hautes-Pyrénées
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE du Loir-et-Cher
+CAUE du Val-de-Marne
+CAUE de la Martinique
+CAUE des Hautes-Alpes
+CAUE de la Drôme
+CAUE de l'Orne
+CAUE du Gers
+CAUE du Pas-de-Calais
+CAUE de Mayotte
+CAUE des Landes
+CAUE des Vosges
+CAUE de l'Ariège
+CAUE de la Meuse
+CAUE de la Somme
+CAUE du Cantal
+CAUE de la Vendée
+CAUE de l'Aveyron
+CAUE de l'Essonne
+CAUE de l'Hérault
+CAUE de la Creuse
+CAUE de la Guyane
+CAUE de la Manche
+CAUE du Calvados
+CAUE de la Haute-Garonne
+CAUE des Pyrénées-Atlantiques
+CAUE des Pyrénées-Orientales
+CAUE de la Charente-Maritime</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Acteurs de la culture, les CAUE sont des centres de ressources, source de pédagogie et d&amp;#039;outils de sensibilisation.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Présents depuis plus de 40 ans, ils mettent à disposition leurs connaissances des territoires et de leurs mutations. Ils produisent des
+ &lt;strong&gt;
+  outils et des actions à vocation éducative ou culturelle et vous accompagnent dans vos projets.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ils s&amp;#039;adressent aux élus, aux maires, au jeune public (en milieu scolaire, périscolaire et  autres), aux étudiants, au grand public, aux professionnels, aux services de l&amp;#039;Etat.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Leurs équipes sont pluridisciplinaires et œuvrent au quotidien sur le terrain. Elles peuvent vous accompagner dans des démarches expérimentales, innovantes.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apport de données, d&amp;#039;expertises et d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas de paysages, observatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parcours numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ateliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conférences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Journées de sensibilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites de sites, voyage d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Randonnées, lectures de paysages, balades urbaines
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous culturels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation et réalisation de prix, palmarès,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concours, appels à idées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de plaquettes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Publications, ouvrages, guides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vidéos
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expositions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des commissions techniques thématiques (commerce, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques en milieu scolaire et hors ce milieu
+ &lt;/li&gt;
+ &lt;li&gt;
+  Résidences
+ &lt;/li&gt;
+ &lt;li&gt;
+  ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Actions locales accompagnées liées aux politiques publiques relatives à :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ / Ecoquartier&lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T204" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN - 34 rue Delestraint - 01000 BOURG-EN-BRESSE - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03
+&lt;/p&gt;&lt;p&gt;
+ CAUE DES HAUTES-ALPES - 1 avenue Alexandre Didier - BP 55 - 05200 EMBRUN - caue05&amp;#64;orange.fr - 04 92 43 60 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARDÈCHE - 2 bis avenue de l&amp;#039;Europe Unie - BP 102 - 07002 PRIVAS Cedex - caue-07&amp;#64;wanadoo.fr - 04 75 64 36 04
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ARIEGE - 26 bis avenue du stade - 09001 FOIX - caue.ariege&amp;#64;orange.fr - 05 34 09 78 30
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AUDE - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement - 28 avenue Claude Bernard - 11000 CARCASSONNE - caue.aude&amp;#64;gmail.com - 04 68 11 56 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039; AVEYRON - 5 place Sainte-Catherine - Immeuble Sainte Catherine - 12000 RODEZ - caue&amp;#64;caueaveyron.fr - 05 65 68 66 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES BOUCHES-DU-RHÔNE - 18 rue Neuve Sainte-Catherine - 13007 MARSEILLE - caue13&amp;#64;caue13.fr - 04 96 11 01 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CALVADOS - 28 rue Jean Eudes - 14000 CAEN - contact&amp;#64;caue14.fr - 02 31 15 59 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CANTAL - 19 avenue de la République - 15000 AURILLAC - caue.cantal&amp;#64;wanadoo.fr - 04 71 48 50 22
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE - 31 boulevard Besson Bey - 16000 ANGOULEME - contact&amp;#64;caue16.fr - 05 45 92 95 93
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CHARENTE-MARITIME - 85 boulevard de la République - Les Minimes - 17076 LA ROCHELLE Cedex 09 - contact&amp;#64;caue17.fr - 05 46 31 71 90
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU CHER - 27 boulevard de Strasbourg - 18000 BOURGES - contact&amp;#64;caue18.fr - 02 48 50 75 18
+&lt;/p&gt;
+&lt;p&gt;CAUE DE CORRÈZE - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000 TULLE - caue.19&amp;#64;wanadoo.fr - 05 55 26 06 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE CORSE - Immeuble l&amp;#039;Expo - Avenue de la Libération - 20600 BASTIA - cauedecorse&amp;#64;orange.fr - 04 95 21 19 48
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR - 1 rue de Soissons - 21000 DIJON - info&amp;#64;caue21.fr - 03 80 30 02 38
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE - 1 avenue Jean-Baptiste Defumade - 23320 SAINT-VAURY - caue23&amp;#64;caue23.fr - 05 44 30 27 56
+&lt;/p&gt;&lt;p&gt;CAUE DE LA DORDOGNE - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000 PÉRIGUEUX - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA DRÔME - 44 rue Faventines - BP 1022 - 26010 VALENCE Cedex - co-caue&amp;#64;dromenet.org - 04 75 79 04 19
+&lt;/p&gt;&lt;p&gt;
+ CAUE DU GARD - 29 rue Charlemagne - 30000 NIMES - accueil&amp;#64;caue30.fr - 04 66 36 10 60
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-GARONNE - 1 rue Matabiau - 31000 TOULOUSE - caue&amp;#64;caue31.org - 05 62 73 73 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU GERS - 93 route de Pessan - 32000 AUCH - cauegers&amp;#64;caue32.fr - 05 62 05 75 34
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GIRONDE - 283 rue d&amp;#039;Ornano - 33000 BORDEAUX - contact&amp;#64;cauegironde.com - 05 56 97 81 89
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT - 19 rue Saint Louis - 34000 MONTPELLIER - contact&amp;#64;caue34.fr - 04 99 13 37 00
+&lt;/p&gt;&lt;p&gt;
+ CAUE DE L&amp;#039;ISÈRE - 22 rue Hébert - 38000 GRENOBLE - contact&amp;#64;caue-isere.org - 04 76 00 02 21
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES LANDES - 155 rue Martin Luther King - 40000 MONT-DE-MARSAN - contact&amp;#64;caue40.com - 05 58 06 11 77
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOIR-ET-CHER - 34 avenue Maunoury - 41000 BLOIS - contact&amp;#64;caue41.fr - 02 54 51 56 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-LOIRE - 16 rue Jean Solvain - 43000 LE PUY-EN-VELAY - contact&amp;#64;caue43.fr - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT - Cité Bessières - Rue Pierre Mendès France - 46000 CAHORS - caue.46&amp;#64;wanadoo.fr - 05 65 30 14 35
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE LOT-ET-GARONNE - 9 rue Etienne Dolet - 47000 AGEN - secretariat.vr&amp;#64;caue47.com - 05 53 48 46 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAINE-ET-LOIRE - Maison de l&amp;#039;architecture des territoires et du paysage - 312 avenue René Gasnier - 49100 ANGERS - contact&amp;#64;caue49.com - 02 41 22 99 99
+&lt;/p&gt;
+&lt;p&gt;CAUE DE LA MANCHE - 2 Place de Gaulle - 50000 SAINT-LO - courrier&amp;#64;caue50.fr - 02 33 77 20 77&lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MAYENNE - 2 rue de l&amp;#039;Ermitage - 53000 LAVAL - accueil&amp;#64;caue53.com - 02 43 56 41 79
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MEURTHE-ET-MOSELLE - 48 esplanade Jacques Baudot - Rue du Sergent Blandan - co 90019 - 54035 NANCY Cedex - caue&amp;#64;caue54.departement54.fr - 03 83 94 51 78
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MEUSE - 28 rue des Romains - 55000 BAR-LE-DUC - contact&amp;#64;caue55.fr - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN -  2 All. Nicolas Leblanc, 56000 VANNES - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE - 17 Quai Wiltzer - 57000 METZ - contact&amp;#64;caue57.com - 03 87 74 46 06
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;OISE - 4 rue de l&amp;#039;Abbé du Bos - 60000 BEAUVAIS - caue60&amp;#64;wanadoo.fr - 03 44 82 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ORNE - 54 rue Saint-Blaise - 61000 ALENÇON - contact&amp;#64;caue61.fr - 02 33 26 14 14
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PAS-DE-CALAIS - 43 rue d&amp;#039;Amiens - 62018 ARRAS Cedex 9 - caue62&amp;#64;caue62.org - 03 21 21 65 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU PUY-DE-DÔME - Maison de l&amp;#039;Habitat - 129 avenue de la République - 63100 CLERMONT-FERRAND - contact&amp;#64;caue63.com - 04 73 42 21 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES - 4 place Reine Marguerite - 64000 PAU - contact&amp;#64;caue64.fr - 05 59 84 53 66
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTES-PYRÉNÉES - 14 boulevard Claude Debussy - 65000 TARBES - caue-65&amp;#64;orange.fr - 05 62 56 71 45
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES - 11 rue du Bastion Saint-François - 66000 PERPIGNAN - contact&amp;#64;caue66.fr - 04 68 34 12 37
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE D&amp;#039;ALSACE - 5 rue Hannong - 67000 STRASBOURG - caue&amp;#64;caue-alsace.com - 03 88 15 02 30
+&lt;/p&gt;
+&lt;p&gt;CAUE DE RHÔNE-METROPOLE DE LYON- 6 bis quai Saint-Vincent - 69283 LYON Cedex 01 - caue69&amp;#64;caue69.fr - 04 72 07 44 55&lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA SARTHE - 1 rue de la Mariette - 72000 LE MANS - caue.sarthe&amp;#64;wanadoo.fr - 02 43 72 35 31
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SAVOIE - Bâtiment Evolution - 25 Rue Jean Pellerin - CS 42632 - 73026 CHAMBERY Cedex - caue&amp;#64;cauesavoie.org - 04 79 60 75 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA HAUTE-SAVOIE - L&amp;#039;Ilot-S - 7 esplanade Paul Grimault - BP 339 - 74008 ANNECY Cedex - caue74&amp;#64;caue74.fr - 04 50 88 21 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-MARITIME - 27 rue François Mitterrand - BP 90241 - 76142 PETIT-QUEVILLY Cedex - caue&amp;#64;caue76.org - 02 35 72 94 50
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SEINE-ET-MARNE - 27 rue du Marché - 77120 COULOMMIERS - accueil&amp;#64;caue77.fr - 01 64 03 30 62
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES DEUX-SÈVRES - Maison du Département - Mail Lucie Aubrac - CS 58882 - 79000 NIORT - caue&amp;#64;caue79.fr - 05 49 28 06 28
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA SOMME - 35 mail Albert 1er - 80000 AMIENS - caue80&amp;#64;caue80.asso.fr - 03 22 91 11 65
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN - 188 rue de Jarlard - 81000 ALBI - caue&amp;#64;caue81.fr - 05 63 60 16 70
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE TARN-ET-GARONNE - Hôtel du Département - 100 boulevard Hubert Gouze - 82000 MONTAUBAN - caue82&amp;#64;ledepartement82.fr - 05 63 03 80 88
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAR - 26 Place Vincent Raspail - 83000 TOULON Cedex - contact&amp;#64;cauevar.fr - 04 94 22 65 75
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA VENDEE - 33 rue de l&amp;#039;atlantique - CS 40685 - 85000 LA ROCHE-SUR-YON Cedex - caue85&amp;#64;caue85.com - 02 51 37 44 95&lt;/p&gt;&lt;p&gt;
+ CAUE DE LA HAUTE-VIENNE - 1 rue des Allois - 87000 LIMOGES - caue87&amp;#64;wanadoo.fr - 05 53 32 32 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES VOSGES - Conseil Départemental - 88088 EPINAL Cedex 9 - caue88&amp;#64;vosges.fr - 03 29 29 89 40
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE L&amp;#039;YONNE - 8 avenue du 4e R.I. - 89000 AUXERRE - contact&amp;#64;caue89.fr - 03 58 43 80 33
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;ESSONNE - 9 Cours Blaise Pascal - 91000 EVRY - caue91&amp;#64;caue91.asso.fr - 01 60 79 35 44
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DES HAUTS-DE-SEINE - 279 terrasse de l&amp;#039;Université - 92000 NANTERRE - contact&amp;#64;caue92.com - 01 71 04 52 49
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-DE-MARNE - 36 rue Edmond Nocard - 94700 MAISONS-ALFORT - contact&amp;#64;caue94.fr - 01 48 52 55 20
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU VAL-D&amp;#039;OISE - Moulin de la couleuvre - Rue des Deux Ponts - 95300 PONTOISE - caue95&amp;#64;caue95.org - 01 30 38 68 68
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUADELOUPE - Centre commercial le Pérou - Bat B - N°46 - BP 136 - 97181 ABYMES Cedex - contact&amp;#64;caue971.org - 05 90 81 83 85
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MARTINIQUE - 31 avenue Pasteur - 97200 FORT-DE-FRANCE - caue972&amp;#64;wanadoo.fr - 05 96 70 10 10
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA GUYANE - 13 avenue Léopold Héder - 97300 CAYENNE - caue973&amp;#64;orange.fr - 05 94 31 42 82
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE-LA-RÉUNION - 12 rue Monseigneur de Beaumont - BP 868 - 97477 SAINT-DENIS Cedex - courrier&amp;#64;caue974.com - 02 62 21 60 86
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE MAYOTTE - Département de Mayotte - BP101 - 97600 MAYOTTE - feda.soidri&amp;#64;cg976.fr - 02 69 66 06 84
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b95-copie-12h28-etre-aide-dans-la-realisation-dac/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>22759</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Financer des terrains permanents ou saisonniers de beach soccer</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA)</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="F205" s="1" t="inlineStr">
+        <is>
+          <t>District / Comité départemental de football d'appartenance</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I205" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J205" s="1" t="inlineStr">
+        <is>
+          <t>Aide de 20 000 € maximum dans la limite de 50 % du coût total du projet. Un abondement de 30 000 € pourra être accordé dans le cadre d’un projet de couverture de ce terrain.</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif Fonds d&amp;#039;Aide au Football Amateur - Chapitre Équipement (Nouvelle pratique : Beach Soccer)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Beach Soccer est en plein essor à la Fédération Française de Football depuis quelques années
+et nécessite aujourd&amp;#039;hui la construction de terrains spécifiques permanents ou saisonniers pour
+accompagner le déploiement de cette pratique dans tous les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de la F.F.F. est de permettre à toutes ses ligues régionales et ses districts de disposer de
+terrains destinés à accueillir des rencontres officielles sous la forme d&amp;#039;événements promotionnels et
+de compétitions, l&amp;#039;occasion aussi pour les clubs de football résidents de proposer cette pratique à
+leurs licenciés.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle souhaite donc accompagner la construction de terrains spécifiques, dont les possibilités
+d&amp;#039;implantation sont diverses avec les complexes sportifs existants, les établissements publics
+dédiés aux loisirs ou les centres aquatiques, les plans d&amp;#039;eau (bords de lac, bords de rivière) et bien
+évidemment le littoral (plages).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P205" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2025</t>
+        </is>
+      </c>
+      <c r="Q205" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Le porteur du projet doit être, soit un club affilié à la FFF, soit une collectivité locale en
+collaboration avec un club support affilié à la FFF ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le terrain doit être conforme aux lois du jeu FIFA du Beach Soccer (reprises dans le
+guide interactif de la pratique) ;
+ &lt;/li&gt;
+ &lt;li&gt;Le dossier doit être saisi par votre District d’appartenance au plus tard 3 mois après la date de
+commencement des travaux ;&lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;équipement projeté doit être situé, soit au sein d&amp;#039;un complexe sportif dont les
+installations existantes sont classées de niveau 6 minimum, soit dans un établissement
+public dédié aux loisirs équipé de vestiaires et sanitaires (base de loisirs, complexe
+aquatique), sur le littoral et sur un plan d&amp;#039;eau (bord de lac, rivière). Dans le cas où l’équipement serait installé de manière temporaire une attestation
+précisant les conditions de la mise à disposition doit être jointe au dossier ;&lt;/li&gt;
+ &lt;li&gt;
+  Le porteur de projet doit impérativement présenter un projet d&amp;#039;utilisation des installations
+envisagées dans le respect des attentes de la FFF ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage doit réaliser son opération dans un délai de 24 mois à compter
+de la date d&amp;#039;attribution de la subvention par la FFF.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T205" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W205" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_equipement_beach-soccer-25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Madame Lou LE NEDIC, Cheffe de projets à la FFF : llenedic&amp;#64;fff.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>spessoa@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b243-dispositif-fonds-daide-au-football-amateur-ch/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>101592</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le déploiement de solutions de mobilité, le passage à l'échelle et l'innovation dans les territoires</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+ADEME
+Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F206" s="1" t="inlineStr">
+        <is>
+          <t>Cellules France Mobilités</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J206" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement et animation de l'ecosystème des mobilités, en complément d'appels pontuels (taux définis par les AAP/AMI)</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appui à l&amp;#039;ingénierie en matière de mobilité dans les territoires peu denses : l&amp;#039;objectif est d&amp;#039;apporter un conseil de proximité aux collectivités et AOM, ainsi qu&amp;#039;aux porteurs de projets, dans le déploiement de leurs services de mobilité du quotidien, au travers 15 cellules régionales d&amp;#039;appui en métropole et outre-mer, réunissant les principaux acteurs de l&amp;#039;ingenierie publique territoriale (ANCT, Ademe, Cerema et Banque des Territoires) aux côtés des services de l&amp;#039;Etat. Il s&amp;#039;agit d&amp;#039;un guichet unique apportant une ingénierie mutualisée dans les territoires ruraux pour accompagner les collectivités à l&amp;#039;exercice de la compétence d&amp;#039;organisation des mobilités (notamment sollicitations juridiques), ainsi qu&amp;#039;une ingénierie d&amp;#039;animation territoriale dans l&amp;#039;appui à la mise en oeuvre de projet (ex : organisation de webinaires et d&amp;#039;évènements à destination des acteurs territoriaux porteurs de projets).
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement des cellules régionales vient en complément de l&amp;#039;instruction des AAP/AMI France Mobilités (Tenmod, Avenir Montagne Mobilités, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Plateforme France Mobilités comprenant des ressources techniques (base relative aux marchés publics, foire aux questions juridique et fiches thématiques) et référençant des projets de mobilité, renseignés par leurs porteurs, mis en place dans les territoires (visualisation cartographique) ainsi que des solutions inspirantes classées par thématique / type de territoire / catégorie de porteurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.francemobilites.fr/projets
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mobilité fluviale
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les 15 cellules régionales d&amp;#039;appui  France Mobilités accompagnent l&amp;#039;innovation dans les territoires « peu denses » et faiblement dotés en ingenierie locale : territoires ruraux, villes petites et moyennes, espaces périurbains des agglomérations
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T206" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr/ingenierie</t>
+        </is>
+      </c>
+      <c r="W206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.francemobilites.fr/</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre cellule régionale : https://www.francemobilites.fr/regions
+&lt;/p&gt;
+&lt;p&gt;
+ Une boite fonctionnelle partagée unique pour chaque cellule régionale :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  auvergnerhonealpes&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bourgognefranchecomte&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  bretagne&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  centrevaldeloire&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  corse&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  grandest&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  hautsdefrance&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  iledefrance&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  normandie&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  nouvelleaquitaine&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  occitanie&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  paysdelaloire&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  provencealpescotedazur&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  antillesguyane&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  oceanindien&amp;#64;francemobilites.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3bc2-concevoir-son-projet-de-mobilite-et-developpe/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>49782</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le développement économique du centre-ville en développant le commerce local</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires accompagne les collectivités dans leur volonté d&amp;#039;évolution et de redynamisation de leur centre-ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Si votre projet concerne la création de commerces de proximité et / ou la création d&amp;#039;une société de portage d&amp;#039;immeuble intégrant des commerces, la Banque des Territoires vous propose :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un accompagnement en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  du conseil à la structuration de sociétés de portage d&amp;#039;immeubles
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les sociétés immobilières ad hoc qui donnent à bail les murs de magasin aux exploitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  un investissement en fonds propres et quasi fonds propres dans les Sociétés d&amp;#039;Economie Mixte opératrices d&amp;#039;un projet « commerces ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T207" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=dev_eco_centreville_psat</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez votre contact régional sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bca7-promouvoir-le-developpement-economique-du-cen/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>100733</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Proposer à des porteurs de projets des locaux vacants dans les gares</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Place de la Gare</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>SNCF Gares et Connexions</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participez à la dynamique économique de nos territoires en proposant des projets innovants et utiles au sein des petites et moyennes gares françaises.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur l&amp;#039;ensemble du réseau, près d&amp;#039;un millier de gares disposent aujourd&amp;#039;hui de locaux vacants dans des contextes extrêmement variés : communes rurales, villes moyennes, zones périurbaines.
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la Gare, porté avec les Autorités Organisatrices et les collectivités territoriales, en tant qu&amp;#039;outil de l&amp;#039;équilibre financier des gares et de désenclavement des territoires, a pour ambition de dynamiser ce réseau de gares et d&amp;#039;en faire un point d&amp;#039;ancrage des commerces et des services publics locaux, au plus proche de tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez un projet, nous avons les m2 et des équipes pour vous accompagner !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Manifestez-vous sur
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;a href="https://www.1001gares.fr/" rel="noopener" target="_blank"&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Commerces
+ &lt;/li&gt;
+ &lt;li&gt;
+  Co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison médicale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Logement saisonnier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement d&amp;#039;urgence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Magasins de producteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Circuit court
+ &lt;/li&gt;
+ &lt;li&gt;
+  Office de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Crèche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bibliothèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Musée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélostation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et tout autre projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Tourisme
+Friche
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déposez un projet sur la plateforme
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre candidature sera analysée par un jury SNCF.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+   Ouvre une nou
+  &lt;/a&gt;
+  &lt;span&gt;
+   qui sera soumis à la validation du jury
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://placedelagare.sncf/</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://placedelagare.sncf/" target="_self"&gt;
+  https://placedelagare.sncf/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>ebarbereau@retail-connexions-sncf.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4255-proposer-a-des-porteurs-de-projets-des-locaux/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>77085</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour mettre en place une démarche d'innovation</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Appui à l’innovation et à la data dans les projets territoriaux</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour accompagner les collectivités et les porteurs de projets tournés vers la transformation du tourisme local et la réduction de son empreinte carbone, la Banque des Territoires a développé une offre d&amp;#039;accompagnement dédié.
+&lt;/p&gt;
+&lt;p&gt;
+ Offre à part entière du plan de relance Tourisme, cet accompagnement vise à la mise en place d&amp;#039;un tourisme durable (notamment pour les territoires de montagne devant opérer leur transition).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement peut se faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit en mobilisant des experts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit via un co-financement des études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T209" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/appui-innovation-data-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=data_terr_solutions_psat</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26a4-beneficier-dun-accompagnement-pour-mettre-en-/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>72533</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Mettre les établissements scolaires aux normes parasismiques</t>
+        </is>
+      </c>
+      <c r="C210" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F210" s="1" t="inlineStr">
+        <is>
+          <t>Directions de l'Environnement, de l'Aménagement et du Logement (DEAL)</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2007, le plan séisme Antilles est le cadre d&amp;#039;intervention de l&amp;#039;État et des collectivités territoriales pour la réalisation des travaux de confortement parasismique avec un objectif de réduction majeure de la vulnérabilité aux séismes.
+&lt;/p&gt;
+&lt;p&gt;
+ Une des priorités de ce plan séisme est le confortement des bâtiments publics de gestion de crise et des établissements scolaires. Les travaux à engager tiendront compte autant que possible de la résilience aux cyclones.
+&lt;/p&gt;
+&lt;p&gt;
+ Les maîtres d&amp;#039;ouvrage, devront entreprendre des travaux de confortement parasismique des établissements scolaires et autres bâtiments publics prioritaires dédiés à la gestion de crise avec un objectif de réduction de la vulnérabilité au cyclones.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   La date limite de dépôt et les conditions de la candidature seront précisées prochainement.
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;informations, contactez
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  à Paris : secretariat-dirmom&amp;#64;developpement-durable.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  en Martinique : r-srec.deal-martinique&amp;#64;developpement-durable.gouv.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  en Guadeloupe : sgar971-sg&amp;#64;guadeloupe.pref.gouv.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>celine.rolland@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7e54-mettre-les-etablissements-scolaires-aux-norme/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
         <v>83481</v>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Coordonner les actions régionales des CAUE en matière culturelle sur la construction, l'architecture, l'urbanisme, le paysage et environnement</t>
         </is>
       </c>
-      <c r="C109" s="1" t="inlineStr">
+      <c r="C211" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Avenir Montagnes
 Cités éducatives
 France 2030
 Renaturation des villes
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="E109" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Union régionale des CAUE d'Occitanie
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE de Nouvelle-Aquitaine
 Union régionale des CAUE des Pays de la Loire
-Union régionale des CAUE de Nouvelle-Aquitaine
-[...7 lines deleted...]
-      <c r="G109" s="1" t="inlineStr">
+Union régionale des CAUE d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
         <is>
           <t>Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H109" s="1" t="inlineStr">
+      <c r="H211" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K109" s="1" t="inlineStr">
+      <c r="K211" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L109" s="1" t="inlineStr">
+      <c r="L211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
   &lt;br /&gt;
   Elle a pour mission de :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   représenter et promouvoir les CAUE de sa région ;
  &lt;/li&gt;
  &lt;li&gt;
   identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
  &lt;/li&gt;
  &lt;li&gt;
   coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -21761,85 +40686,85 @@
  &lt;/li&gt;
  &lt;li&gt;
   Ateliers, conférences, journées de sensibilisation
  &lt;/li&gt;
  &lt;li&gt;
   Visites de sites, voyage d&amp;#039;études, randonnées, lectures de paysages
  &lt;/li&gt;
  &lt;li&gt;
   Rendez-vous culturels
  &lt;/li&gt;
  &lt;li&gt;
   Organisation et réalisation de prix, palmarès, concours, appels à idées
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation de plaquettes, ouvrages, guides, vidéos, expositions
  &lt;/li&gt;
  &lt;li&gt;
   Participation à des commissions techniques thématiques (commerce, agriculture...)
  &lt;/li&gt;
  &lt;li&gt;
   Actions pédagogiques en milieu scolaire et hors ce milieu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M109" s="1" t="inlineStr">
+      <c r="M211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les actions de sensibilisation peuvent toucher les domaines suivants :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public / Patrimoine religieux / Ecomatériaux / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petite ville de demain (PVD) / Action Coeur de Ville / Sobriété foncière / Rural / Périurbain / Urbain / Densification / Requalification de friches / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux / Renaturation / Végétalisation / Arbre / Jardin / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture / Médiation / Résidences
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N109" s="1" t="inlineStr">
+      <c r="N211" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -21862,79 +40787,79 @@
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Réduction de l'empreinte carbone
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O109" s="1" t="inlineStr">
+      <c r="O211" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S109" s="1" t="inlineStr">
+      <c r="S211" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T109" s="1" t="inlineStr">
+      <c r="T211" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U109" s="1" t="inlineStr">
+      <c r="U211" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V109" s="1" t="inlineStr">
+      <c r="V211" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com</t>
         </is>
       </c>
-      <c r="X109" s="1" t="inlineStr">
+      <c r="X211" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les contacts de vos URCAUE sont disponibles dans les fiches locales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE normands
  &lt;br /&gt;
  51 rue Joséphine 27000 ÉVREUX
  &lt;br /&gt;
  Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
 &lt;/p&gt;
 &lt;p&gt;
  Union régionale des CAUE des Hauts de France
  &lt;br /&gt;
  35 mail Albert 1er 80000 AMIENS
  &lt;br /&gt;
  Tél : - contact&amp;#64;caue02.com -
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE AUVERGNE-RHÔNE-ALPES
  &lt;br /&gt;
  6 bis, quai Saint-Vincent 69283 LYON Cedex 01
  &lt;br /&gt;
  Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
@@ -21967,4583 +40892,3176 @@
  5 avenue Frizac 31400 TOULOUSE
  &lt;br /&gt;
  Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
 &lt;/p&gt;
 &lt;p&gt;
  URCAUE DES PAYS-DE-LA-LOIRE
  &lt;br /&gt;
  312, avenue René Gasnier 49100 ANGERS
  &lt;br /&gt;
  Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y109" s="1" t="inlineStr">
+      <c r="Y211" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z109" s="1" t="inlineStr">
+      <c r="Z211" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dce5-copie-10h10-coordonner-les-actions-regionales/</t>
         </is>
       </c>
-      <c r="AA109" s="1" t="inlineStr">
+      <c r="AA211" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="110" spans="1:27" customHeight="0">
-[...291 lines deleted...]
-      <c r="G112" s="1" t="inlineStr">
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>120584</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les maîtres d'ouvrages publics sur le processus de mise en oeuvre de leurs projets d'architecture, de paysage ou d'urbanisme</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Région
 Collectivité d’outre-mer à statut particulier
-Entreprise privée</t>
-[...4 lines deleted...]
-          <t>Autre aide financière
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K112" s="1" t="inlineStr">
+      <c r="K212" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L112" s="1" t="inlineStr">
-[...858 lines deleted...]
-  https://www.banquedesterritoires.fr/directions-regionales
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez bénéficier de conseils gratuits pour concrétiser un projet d&amp;#039;architecture, de paysage ou d&amp;#039;urbanisme, monter un concours ou une procédure en réfléchissant sur les principes, et les éléments de méthode ou outils de la commande publique à aborder, connaître les conditions de sa mise en œuvre : préciser le rôle et mission de la maîtrise d&amp;#039;ouvrage publique, l&amp;#039;importance des études préalables et de la programmation en amont de la commande architecturale et urbaine, comment choisir sa maîtrise d&amp;#039;oeuvre, les critères d&amp;#039;analyse de la qualité architecturale, comment établir une relation de confiance entre les différents acteurs (maître d&amp;#039;ouvrage public, maître d&amp;#039;œuvre, maîtrise d&amp;#039;usage, assistance à maîtrise d&amp;#039;usage, bureaux d&amp;#039;études, entreprises...).
+&lt;/p&gt;
+&lt;p&gt;
+ La MIQCP assure une assistance gratuite téléphonique et par mail qui offre, en réactivité, une possibilité d&amp;#039;échanges et de conseils personnalisés contextualisée, suivant la situation particulière évaluée.
+&lt;/p&gt;
+&lt;p&gt;
+ Les conseils et les pistes discutées avec les acteurs de la commande publique d&amp;#039;architecture, de paysage ou d&amp;#039;aménagement, s&amp;#039;appuient sur l&amp;#039;expertise et l&amp;#039;expérience acquise par l&amp;#039;équipe pluridisciplinaire de la MIQCP. Les opérations peuvent concerner toute opération concernant la fabrique du cadre de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur peut aussi s&amp;#039;appuyer directement sur les publications consultables et téléchargeables gratuitement en ligne :
+ &lt;a href="http://www.miqcp.gouv.fr/index.php?option&amp;#61;com_content&amp;amp;view&amp;#61;article&amp;amp;id&amp;#61;6&amp;amp;Itemid&amp;#61;108&amp;amp;lang&amp;#61;fr" rel="noopener" target="_blank"&gt;
+  www.miqcp.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
-&lt;/p&gt;
-[...7 lines deleted...]
-  Contactez-nous à travers notre formulaire de contact
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Montage d&amp;#039;un concours de maîtrise d&amp;#039;œuvre : équipement culturel, logements sociaux, espaces public...
+&lt;/p&gt;
+&lt;p&gt;
+ Quelles modalités de consultation pour choisir son maître d&amp;#039;œuvre ? Concours, dialogue compétitif, procédure négocié ou MAPA ?
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Comment mettre en place des démarches de programmation ?
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les différents montages pour la mise en oeuvre d&amp;#039;une opération de réhabilitation, rénovation ou restructuration, transformation du bâti existant.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les méthodes pour le montage et l&amp;#039;accompagnement d&amp;#039;une opération pour un équipement public, la végétalisation d&amp;#039;espaces publics, la mise au point de stratégies urbaine ou de schéma d&amp;#039;intentions paysagères...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du code de la commande publique, conseil ou expertise pour le montage d&amp;#039;un projet de maîtrise d&amp;#039;œuvre, en construction neuve ou réhabilitation, paysage, espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Ex : Montage d&amp;#039;un concours de maîtrise d&amp;#039;œuvre ? comment choisir son maître d&amp;#039;œuvre ? Démarche de programmation, montage d&amp;#039;une opération de réhabilitation pour un équipement public végétalisation d&amp;#039;espaces publics, stratégie urbaine ou schéma d&amp;#039;intentions paysagères...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T212" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>http://www.miqcp.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mireille Guignard, Architecte urbaniste en chef de l&amp;#039;Etat, Secrétaire général adjointe
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr" rel="noopener" target="_blank"&gt;
+  mireille.guignard&amp;#64;developpement-durable.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphones : 01 40 81 23 72 / 07 64 80 10 67
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/208c-conseil-aux-maitres-douvrages-publics-dans-le/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>122825</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Participer au label national Territoires, Villes et Villages Internet</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Villes Internet</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Label national Territoires, Villes et Villages Internet est une évaluation des politiques publiques numériques territoriales, unique en Europe.
+&lt;/p&gt;
+&lt;p&gt;
+ La marque territoriale « Label National Territoires, Villes et Villages Internet » concerne les villages comme les grandes villes, dès les premiers services connectés aux habitants et usagers du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce label national prend la forme d&amp;#039;un panneau en entrée de ville avec 1 à 5 arobases (&amp;#64;) millésimé chaque année. Il se base sur un référentiel de 16 enjeux thématiques et 139 services numériques conçu par des universitaires avec l&amp;#039;association et créé avec l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour participer, les collectivités référencent leurs actions sur la plateforme
+  villes-internet.net. Le référentiel sert d&amp;#039;auto-évaluation et de feuille de route quotidienne aux décideurs publics et à leurs agents.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Chaque année un jury d&amp;#039;experts indépendant étudie plus de 250 dossiers de collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Le label national est soutenu depuis près de 25 ans par plusieurs ministères et traditionnellement remis par un membre du gouvernement.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation est ouverte à tout EPCI, ville ou village, de toutes tailles et toutes les régions françaises et territoires ultramarins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/site/label-territoires-villes-villages-internet/reglement/" rel="noopener" target="_blank"&gt;
+  Consultez le règlement du Label national Territoires, Villes et Villages Internet
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y117" s="1" t="inlineStr">
-[...356 lines deleted...]
-  www.seize-maitrise-energie.fr
+      <c r="M213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions de toutes les collectivités sont recensées en accès libre et de manière géolocalisée et thématique dans l&amp;#039;ATLAAS.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/atlaas" rel="noopener" target="_blank"&gt;
+  Consultez plus de 30 000 actions de collectivités
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
-&lt;/p&gt;</t>
-[...74 lines deleted...]
-  www.seize-maitrise-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.villes-internet.net/site/evaluer/" rel="noopener" target="_blank"&gt;
+  Consultez le palmarès des éditions antérieures
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
- &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Tiers-lieux
+Innovation, créativité et recherche
+Equipement public
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Médias et communication
+Réduction de l'empreinte carbone
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
-[...20 lines deleted...]
-   seize-maitrise-energie.fr/corsica
+      <c r="T213" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://www.villes-internet.net/site/participez-au-label/</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour participer rendez-vous sur la page &amp;#34;Participer au label&amp;#34;
+ (voir le bouton &amp;#34;descriptif complet&amp;#34; en bas de page) et cliquez sur le bouton &amp;#34;Ma collectivité souhaite participer&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Ou contactez directement l&amp;#039;association Villes Internet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  01 55 06 09 30 |  coordination&amp;#64;villes-internet.net
+ &lt;/li&gt;
+ &lt;li&gt;
+  68 boulevard Malesherbes 75008 Paris
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>fpoznanski@villes-internet.net</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eb5f-label-national-territoires-villes-et-villages/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>122159</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement de la pratique rugby sur son territoire</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Rugby</t>
+        </is>
+      </c>
+      <c r="F214" s="1" t="inlineStr">
+        <is>
+          <t>Comité de la Nouvelle-Calédonie de rugby</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de son projet fédéral et de sa réforme territoriale, la Fédération Française de Rugby a déployé auprès de ses clubs et sur l&amp;#039;ensemble de ses territoires métropolitains et ultramarins 162 Conseillers Techniques de Clubs (CTC). Afin de développer un maillage territorial fort et cohérent, chaque commune est reliée à un CTC.
+&lt;/p&gt;
+&lt;p&gt;
+ Employés par les Ligues régionales et opérant sur des bassins d&amp;#039;environ 10 clubs, ils sont chargés de développer la pratique du rugby sur leurs territoires en accompagnant les collectivités et les clubs qui les entourent.
+&lt;/p&gt;
+&lt;p&gt;
+ Conscients que les collectivités sont des acteurs forts dans le développement d&amp;#039;une pratique sportive, nous mettons à votre disposition des CTC pour vous permettre de créer ou renforcer un développement de la pratique rugby. Développer ce type de projet sur votre territoire vous permettra de lier vos différents acteurs locaux entre eux autour de ce sport porteur de valeurs fortes. Le CTC de votre territoire sera là pour répondre à vos questions dans le but de créer ensemble le rugby de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Participer au développement du rugby sur votre territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Créer un club de rugby dans votre bassin d&amp;#039;activité.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mettre en place des interventions scolaires.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Cette liste est non exhaustive. Chaque projet de développement en faveur du rugby peut être étudié.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le projet porté doit permettre de développer le rugby sur votre territoire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Calédonie</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Directeur technique de Ligue : POMAREL Frédéric :
+ &lt;strong&gt;
+  &lt;a href="mailto:frederic.pomarel&amp;#64;ffr.fr" rel="noopener" target="_blank"&gt;
+   frederic.pomarel&amp;#64;ffr.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
-  I
-[...8 lines deleted...]
-   seize-maitrise-energie.fr/gp
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Président de Ligue : PERINET Marc :
+ &lt;strong&gt;
+  &lt;a href="mailto:marc.perinet&amp;#64;ffr.fr" rel="noopener" target="_blank"&gt;
+   marc.perinet&amp;#64;ffr.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
-  I mail : guadeloupe&amp;#64;seize-maitrise-energie.fr
-[...7 lines deleted...]
-   seize-maitrise-energie.fr/mq
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après évaluation de votre dossier, ces personnes vous dirigeront vers le CTC de votre territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>territoires@ffr.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/197f-accompagner-le-developpement-de-la-pratique-r/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>120979</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet favorable à la cohésion sociale avec le prêt social</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Prêt social</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pleinement engagées à créer du lien entre les citoyens, la mixité sociale et de l&amp;#039;inclusion, les collectivités locales renforcent leurs actions par un financement dédié, le prêt social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/offre-pret-social.html" target="_self"&gt;
+  Qu&amp;#039;est-ce que le prêt social ?
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le prêt social est affecté à des projets en faveur de la cohésion sociale, accessible à toute taille de collectivités.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adoptez une démarche responsable cohérente pour l&amp;#039;ensemble du projet, y compris depuis sa source de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valorisez votre action et communiquez sur les projets à finalité sociale auprès des citoyens, des usagers et de vos partenaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuez à une finance plus responsable en ciblant des investisseurs qui se préoccupent des projets sous-jacents et de leur finalité dans leurs choix d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisissez une
+  &lt;a href="https://www.labanquepostale.fr/collectivites/transition-ecologique/engagements-transition-juste.html" target="_self"&gt;
+   banque engagée en matière de RSE
   &lt;/a&gt;
-  I mail: martinique&amp;#64;seize-maitrise-energie.fr
-[...10 lines deleted...]
-   &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  et dotée d&amp;#039;une trajectoire de décarbonation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  5 thématiques éligibles :
+ &lt;/li&gt;
+ &lt;li&gt;
+  1) L&amp;#039;action sanitaire, sociale et familiale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  2) Le développement et la cohésion territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  3) L&amp;#039;enseignement et la formation professionnelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  4) Le sport, culture et vie associative,
+ &lt;/li&gt;
+ &lt;li&gt;
+  5) Les services d&amp;#039;incendies et de secours.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Friche
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Réhabilitation
+Logement et habitat
+Lutte contre la précarité
+Valorisation d'actions
+Bibliothèques et livres
+Inclusion numérique
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant minimum : 300 000 euros
+&lt;/p&gt;
+&lt;p&gt;
+ Respects des critères d&amp;#039;éligibilité (sous réserve de l&amp;#039;éligibilité du projet et de la fourniture d&amp;#039;indicateurs simples) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;action sanitaire, sociale et familiale : financement des établissements sociaux ou médico-sociaux, établissements de la petite enfance, maisons de santé..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement et la cohésion territoriale : financement d&amp;#039;un programme de renouvellement urbain d&amp;#039;un Quartier Prioritaire de la Ville (QPV), d&amp;#039;une Opération de Revitalisation de Territoires (ORT), du logement social...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;enseignement et la formation professionnelle : financement des établissements d&amp;#039;enseignement, des établissements publics de formation professionnelle et d&amp;#039;apprentissage, des services annexes des établissements d&amp;#039;enseignement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le sport, culture et vie associative : financement des équipements sportifs, culturels, de la vie associative et des espaces verts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les services d&amp;#039;incendies et de secours : financement des dépenses d&amp;#039;investissement et des subventions d&amp;#039;investissement versées à un SDIS.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T215" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/pret-social.html</t>
+        </is>
+      </c>
+      <c r="W215" s="1" t="inlineStr">
+        <is>
+          <t>https://financementpersonnesmorales.labanquepostale.fr/</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un chargé d&amp;#039;affaires vous accompagnera dans votre projet de financement.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez le joindre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  via le
+  &lt;a href="https://financementpersonnesmorales.labanquepostale.fr/" target="_self"&gt;
+   formulaire de contact
   &lt;/a&gt;
-  I mail : guyane&amp;#64;seize-maitrise-energie.fr
-[...10 lines deleted...]
-   &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5385-financer-un-projet-favorable-a-la-cohesion-so/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>121331</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’agriculture et d’alimentation durable pour la transition alimentaire</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Financement de l’alimentation durable et de la transition agricole</t>
+        </is>
+      </c>
+      <c r="E216" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G216" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H216" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K216" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure de l’économie sociale et solidaire porteuse d’un projet de transition
+agricole et alimentaire ou une entreprise à fort impact social et vous portez
+un projet de transition agricole et alimentaire ? Vous souhaitez être
+accompagné en développant des circuits courts de proximité et des filières
+locales de qualité ? Vous souhaitez faire financer des structures portant des
+projets en faveur de la transition alimentaire et d’une alimentation plus
+durable ? La Banque des Territoires peut vous accompagner, si le projet semble
+pertinent à l’issue d’une période d’instruction et d’évaluation.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous avons développé une offre complète, pour
+faire avancer vos projets tout au long de leurs différentes étapes. Bénéficiez
+d’un accompagnement et d’un appui par Territoires Conseils au profit des
+collectivités, sollicitez le co-financement d&amp;#039;études par notre service
+d&amp;#039;ingénierie territoriale, profitez d’un financement sous forme
+d’investissement direct en fonds propres ou quasi-fonds propres. L’ensemble de
+ces solutions sont néanmoins soumises à une instruction approfondie du projet,
+pour s’assurer que celui-ci correspond bien à notre doctrine d’intervention. &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N216" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T216" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U216" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V216" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-alimentation-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=alimdta_psat</t>
+        </is>
+      </c>
+      <c r="X216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
   &lt;/a&gt;
-  I mail : reunion&amp;#64;seize-maitrise-energie.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z216" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-transition-alimentaire/</t>
+        </is>
+      </c>
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G121" s="1" t="inlineStr">
+    <row r="217" spans="1:27" customHeight="0">
+      <c r="A217" s="1">
+        <v>121006</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans la recherche et l'obtention de subventions avec Subzen</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Subzen</t>
+        </is>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t>La Banque Postale</t>
+        </is>
+      </c>
+      <c r="G217" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
-[...13 lines deleted...]
-      <c r="K121" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H217" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K217" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L121" s="1" t="inlineStr">
-[...76 lines deleted...]
- 3/ Étude d&amp;#039;accompagnement de projets.
+      <c r="L217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiez d&amp;#039;un accompagnement à l&amp;#039;obtention de subventions pour vos projets d&amp;#039;investissement !
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale vous propose
+ &lt;a href="https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html" target="_self"&gt;
+  l&amp;#039;offre Subzen&lt;/a&gt; constituée de trois briques : 1) La recherche, 2) Le montage et 3) La gestion.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque Postale peut vous accompagner sur tous niveaux de financement : financeurs locaux, nationaux et fonds structurels européens.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un accompagnement complet, souple et personnalisé en matière de subventions : choix des briques et choix des financeurs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous bénéficiez d&amp;#039;un gain de temps et d&amp;#039;un confort total dans toutes les étapes du cycle de vie d&amp;#039;une subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous retrouvez des marges de manœuvre financières et optimisez le plan de financement de vos opérations d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modèle tarifaire au forfait selon le niveau d&amp;#039;accompagnement. N&amp;#039;hésitez pas à vous rapprocher de La Banque Postale pour une étude de dossier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O121" s="1" t="inlineStr">
+      <c r="M217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez le témoignage de la ville de Saint-Tropez dans le Var &lt;a href="https://www.labanquepostale.fr/collectivites/actualite/subzen-saint-tropez.html" target="_self"&gt;ici&lt;/a&gt; et de la ville de Maromme en Seine-Maritime &lt;a href="https://www.lapostegroupe.com/fr/actualite/la-banque-postale-accompagne-les-collectivites-dans-loptimisation-du-financement-de-leurs-projets" target="_self"&gt;ici&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N217" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Alimentation
+Tiers-lieux
+Economie locale et circuits courts
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O217" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="T121" s="1" t="inlineStr">
+      <c r="R217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lors d&amp;#039;un échange dédié avec nos experts, vous choisissez les étapes (Recherche / Montage / Gestion) sur lesquelles vous souhaitez être accompagné.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous définissez aussi les opérations d&amp;#039;investissement, ainsi que les financeurs que vous souhaitez approcher en priorité ou ceux à exclure de la prestation d&amp;#039;accompagnement.
+&lt;br /&gt;&lt;br /&gt;Cet accompagnement est indépendant de la souscription d&amp;#039;un emprunt. &lt;/p&gt;&lt;p&gt;Nous assurons cette prestation via des experts de La Banque Postale spécialisés sur la recherche et la gestion des financements externes des collectivités locales.&lt;/p&gt;
+&lt;p&gt;
+ Après étude et acceptation de votre dossier par La Banque Postale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S217" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T217" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U217" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
-[...12 lines deleted...]
- &lt;br /&gt;
+      <c r="V217" s="1" t="inlineStr">
+        <is>
+          <t>https://www.labanquepostale.fr/collectivites/financements/financer-investissements/subzen.html</t>
+        </is>
+      </c>
+      <c r="X217" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Votre chargé d&amp;#039;affaires de La Banque Postale ou par téléphone : au 09 69 36 88 00 (appel non surtaxé) du lundi au vendredi de 9h à 17h (hors jours fériés).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="Y217" s="1" t="inlineStr">
+        <is>
+          <t>laurent.gautier-falret@labanquepostale.fr</t>
+        </is>
+      </c>
+      <c r="Z217" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6889-aide-a-lobtention-de-subventions-avec-subzen/</t>
+        </is>
+      </c>
+      <c r="AA217" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-[...180 lines deleted...]
-      <c r="G123" s="1" t="inlineStr">
+    <row r="218" spans="1:27" customHeight="0">
+      <c r="A218" s="1">
+        <v>116786</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales - Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="E218" s="1" t="inlineStr">
+        <is>
+          <t>ADULLACT (Association des Développeurs et Utilisateurs de Logiciels Libres pour les Administrations et les Collectivités Territoriales)</t>
+        </is>
+      </c>
+      <c r="G218" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H123" s="1" t="inlineStr">
-[...27 lines deleted...]
-  https://placedelagare.sncf/
+      <c r="H218" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K218" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2016, le label Territoire Numérique Libre encourage les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales, en valorisant les choix stratégiques et techniques mis en place sur le territoire : mise en place d&amp;#039;une stratégie en faveur du libre, utilisation de logiciels et systèmes libres, mise à disposition des données publiques (open data), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Il récompense la mutualisation des ressources, le bon usage de l&amp;#039;argent public, et toutes les initiatives en faveur des biens communs numériques sur le territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le label Territoire Numérique Libre a été créé pour mettre en lumière les initiatives libres des collectivités, pour les promouvoir auprès des élus, des autres collectivités et des citoyens. C&amp;#039;est un marqueur fort pour toutes les collectivités engagées dans une démarche &amp;#34;Libre&amp;#34;.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La candidature au label Territoire Numérique Libre est gratuite, et ne nécessite aucune adhésion préalable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://territoire-numerique-libre.org/le-label/" rel="noopener" target="_blank"&gt;
+  Visitez notre site web pour plus d&amp;#039;informations.
  &lt;/a&gt;
- &lt;a href="https://www.1001gares.fr/" rel="noopener" target="_blank"&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N218" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O218" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  votre collectivité utilise au moins un logiciel libre, dans ses services ou établissements scolaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous avez entrepris d&amp;#039;ouvrir vos données publiques (open data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous favorisez l&amp;#039;utilisation de formats de fichiers ouverts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les initiatives numériques libres sont encouragées sur votre territoire ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ... alors, vous êtes déjà un Territoire Numérique Libre !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les collectivités territoriales françaises de métropole ou d&amp;#039;outre-mer peuvent participer : villes, métropoles, communautés de communes, communautés d&amp;#039;agglomération, départements, régions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Il suffit de désigner un·e élu·e référent et un·e personne responsable de la candidature, et de compléter le questionnaire de candidature en ligne. La participation au label est entièrement gratuite, seule la fabrication de la signalétique est à la charge des collectivités lauréates.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez davantage d&amp;#039;informations sur notre page pour
+ &lt;a href="https://territoire-numerique-libre.org/candidat/" rel="noopener" target="_blank"&gt;
+  Être candidat
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S218" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U218" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V218" s="1" t="inlineStr">
+        <is>
+          <t>https://territoire-numerique-libre.org/le-label/</t>
+        </is>
+      </c>
+      <c r="X218" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Camille TILLATTE
+ &lt;br /&gt;
+ Chargée de Marketing et Communication à l&amp;#039;ADULLACT
+ &lt;br /&gt;
+ label&amp;#64;territoire-numerique-libre.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y218" s="1" t="inlineStr">
+        <is>
+          <t>camille.tillatte@adullact.org</t>
+        </is>
+      </c>
+      <c r="Z218" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e457-encourager-les-usages-numeriques-libres-ouver/</t>
+        </is>
+      </c>
+      <c r="AA218" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:27" customHeight="0">
+      <c r="A219" s="1">
+        <v>117478</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le déploiement de "l'Aisance Aquatique" à destination des enfants de 4 à 6 ans</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à la mise en œuvre de l'Aisance Aquatique à l'usage des collectivités</t>
+        </is>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t>Ministère des Sports et des Jeux Olympiques et Paralympiques</t>
+        </is>
+      </c>
+      <c r="G219" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H219" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K219" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lancés en 2019, les dispositifs « Aisance Aquatique » et « Savoir rouler à vélo » ont pour objectif de garantir à chaque enfant l&amp;#039;acquisition de savoirs sportifs fondamentaux indispensables pour leur épanouissement, leur santé, leur autonomie et leur sécurité.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez développer l&amp;#039;Aisance Aquatique dans votre territoire, les services de l&amp;#039;Etat en charge des sports vous accompagnent à la réalisation de vos projets, contactez votre correspondant local à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:aisanceaquatique&amp;#64;sports.gouv.fr" rel="noopener" target="_blank"&gt;
+  aisanceaquatique&amp;#64;sports.gouv.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les premières informations concernant l&amp;#039;Aisance Aquatique dans les territoires sont décrites dans le guide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une présentation du dispositif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des exemples de mise en oeuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des précisions sur les conditions d&amp;#039;encadrement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une liste de différents financements mobilisables.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N219" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Famille et enfance
+Egalité des chances</t>
+        </is>
+      </c>
+      <c r="O219" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S219" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U219" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W219" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sports.gouv.fr/preventiondesnoyades/zoom-sur/article/guide-d-accompagnement-a-la-mise-en-oeuvre-de-l-aisance-aquatique-aaq-a-l-usage</t>
+        </is>
+      </c>
+      <c r="X219" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Besoin d&amp;#039;un appui local ? Ecrivez à l&amp;#039;adresse
+ &lt;a href="mailto:aisanceaquatique&amp;#64;sports.gouv.fr" rel="noopener" target="_blank"&gt;
+  aisanceaquatique&amp;#64;sports.gouv.fr
+ &lt;/a&gt;
+ pour connaître le référent départemental AAQ du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez la carte interactive des professionnels et des bassins :
+ &lt;a href="https://www.sports.gouv.fr/preventiondesnoyades/article/pres-de-chez-vous" rel="noopener" target="_blank"&gt;
+  https://www.sports.gouv.fr/preventiondesnoyades/article/pres-de-chez-vous
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y219" s="1" t="inlineStr">
+        <is>
+          <t>leila.bengana@jeunesse-sports.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z219" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb6d-copie-10h15-accompagner-le-deploiement-du-sav/</t>
+        </is>
+      </c>
+      <c r="AA219" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" spans="1:27" customHeight="0">
+      <c r="A220" s="1">
+        <v>117477</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le déploiement du "Savoir Rouler à Vélo" à destination des enfants de 6 à 11 ans</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement du savoir rouler à vélo à l'usage des collectivités</t>
+        </is>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t>Ministère des Sports et des Jeux Olympiques et Paralympiques</t>
+        </is>
+      </c>
+      <c r="G220" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H220" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K220" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lancés en 2019, les dispositifs « Aisance Aquatique » et « Savoir rouler à vélo » ont pour objectif de garantir à chaque enfant l&amp;#039;acquisition de savoirs sportifs fondamentaux indispensables pour leur épanouissement, leur santé, leur autonomie et leur sécurité.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mettre en oeuvre le Savoir Rouler à Vélo dans votre territoire ? Les services de l&amp;#039;Etat en charge des sports vous accompagnent à la réalisation de vos projets, contactez votre correspondant local à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:srav&amp;#64;sports.gouv.fr" rel="noopener" target="_blank"&gt;
+  srav&amp;#64;sports.gouv.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les premières informations de la mise en place du &amp;#34;Savoir Rouler à Vélo&amp;#34; dans les territoires sont décrites dans le guide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une présentation du dispositif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des exemples de mise en oeuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des précisions sur les conditions d&amp;#039;encadrement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une liste de différents financements mobilisables.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N220" s="1" t="inlineStr">
+        <is>
+          <t>Egalité des chances
+Education et renforcement des compétences
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O220" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S220" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U220" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V220" s="1" t="inlineStr">
+        <is>
+          <t>https://sports.gouv.fr/savoir-rouler-a-velo/zoom-sur/article/guide-d-accompagnement-du-savoir-rouler-a-velo-a-l-usage-des-collectivites-2022</t>
+        </is>
+      </c>
+      <c r="X220" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Besoin d&amp;#039;un appui local ? Ecrivez à l&amp;#039;adresse
+ &lt;a href="mailto:srav&amp;#64;sports.gouv.fr" rel="noopener" target="_blank"&gt;
+  srav&amp;#64;sports.gouv.fr
+ &lt;/a&gt;
+ pour connaître le référent départemental SRAV.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous cherchez un intervenant près de chez vous ? Consultez la carte interactive des intervenants :
+ &lt;a href="https://sports.gouv.fr/savoir-rouler-a-velo/article/pres-de-chez-vous" rel="noopener" target="_blank"&gt;
+  https://sports.gouv.fr/savoir-rouler-a-velo/article/pres-de-chez-vous
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y220" s="1" t="inlineStr">
+        <is>
+          <t>leila.bengana@jeunesse-sports.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z220" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8f72-accompagner-le-deploiement-du-savoir-rouler-a/</t>
+        </is>
+      </c>
+      <c r="AA220" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:27" customHeight="0">
+      <c r="A221" s="1">
+        <v>120089</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner pendant 4 ans la collectivité dans la mise en œuvre de sa démarche de Transition Ecologique avec le programme Territoire engagé</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Programme Territoire Engagé Transition Ecologique - Accompagnement des collectivités par un conseiller Territoire Engagé</t>
+        </is>
+      </c>
+      <c r="E221" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G221" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H221" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I221" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K221" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;ADEME anime le dispositif Territoire Engagé Transition Écologique en proposant aux collectivités &lt;span&gt;deux référentiels thématiques&lt;/span&gt; ambitieux et progressifs, &lt;span&gt;un programme d&amp;#039;accompagnement&lt;/span&gt;, &lt;span&gt;une animation&lt;/span&gt;, &lt;span&gt;un parcours de labellisation&lt;/span&gt;. Le dispositif porte sur les volets Climat, Air, Énergie (CAE) et Économie circulaire (ECi). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le présent soutien financier concerne l&amp;#039;accompagnement des collectivités par un conseiller Territoire Engagé.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Référencé, formé et animé par l&amp;#039;ADEME, le &lt;span&gt;Conseiller Territoire Engagé accompagne la collectivité&lt;/span&gt; tout au long de sa démarche : pilotage, diagnostic, plan d&amp;#039;actions, suivi annuel, etc. Il apporte à la collectivité un &lt;span&gt;service clé en main de conseil et d&amp;#039;assistance technique&lt;/span&gt; ainsi qu’un &lt;span&gt;appui à l’animation du projet&lt;/span&gt;. La liste des Conseillers Territoire Engagé référencés est disponible en bas de la page internet suivante : &lt;a href="https://www.territoiresentransitions.fr/programme" target="_blank"&gt;territoiresentransitions.fr/programme&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les collectivités qui le souhaitent, la prestation d&amp;#039;accompagnement comprend une assistance au dépôt d&amp;#039;une demande de labellisation.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La mission du conseiller porte sur une durée de 4 ans.  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ De nombreuses collectivités ont déjà profité de cette accompagnement.
+ &lt;a href="https://www.territoiresentransitions.fr/programme#carte" target="_blank"&gt;Découvrez leurs actions et retour d&amp;#039;expérience sur notre site internet.     Ouvre une nouvelle fenêtre&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N221" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie circulaire
+Economie locale et circuits courts
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O221" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement" target="_blank"&gt;Prenez contact avec votre direction régionale de l&amp;#039;ADEME&lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S221" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T221" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U221" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V221" s="1" t="inlineStr">
+        <is>
+          <t>https://territoireengagetransitionecologique.ademe.fr/</t>
+        </is>
+      </c>
+      <c r="W221" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/collectivites/aides-financieres/2024/programme-territoire-engage-transition-ecologique-accompagnement</t>
+        </is>
+      </c>
+      <c r="X221" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:territoireengage&amp;#64;ademe.fr" target="_blank"&gt;territoireengage&amp;#64;ademe.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y221" s="1" t="inlineStr">
+        <is>
+          <t>mathieu.teulier@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z221" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-accompagnement-des-collectivites-par-un-conse/</t>
+        </is>
+      </c>
+      <c r="AA221" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:27" customHeight="0">
+      <c r="A222" s="1">
+        <v>119944</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Comprendre et analyser pour agir sur les mobilités - Capamob</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Comprendre et analyser pour agir sur les mobilités - Capamob</t>
+        </is>
+      </c>
+      <c r="E222" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G222" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H222" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K222" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Cerema a mis en place un outil pour accompagner les collectivités en charge de l&amp;#039;organisation des mobilités dans la réalisation du diagnostic des mobilités sur leur territoire. Appelé CapaMOB, il permet de guider les acteurs dans la démarche, qu&amp;#039;ils soient seuls ou en équipe.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour aider les collectivités ayant pris la compétence mobilités à établir le diagnostic des mobilités sur leur territoire, l&amp;#039;outil CapMOB est disponible en ligne et accessible à tous les acteurs. Conçu pour répondre à un besoin des collectivités, il se veut fonctionnel et simple à utiliser.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N222" s="1" t="inlineStr">
+        <is>
+          <t>Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O222" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S222" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U222" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V222" s="1" t="inlineStr">
+        <is>
+          <t>https://capamob.cerema.fr/</t>
+        </is>
+      </c>
+      <c r="X222" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://capamob.cerema.fr/" rel="noopener" target="_blank"&gt;
+   https://capamob.cerema.fr/
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y222" s="1" t="inlineStr">
+        <is>
+          <t>mathias.gent@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z222" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ef7b-comprendre-et-analyser-pour-agir-sur-les-mobi/</t>
+        </is>
+      </c>
+      <c r="AA222" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:27" customHeight="0">
+      <c r="A223" s="1">
+        <v>119907</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l’expertise d’un conseiller en développement  de l’économie de proximité implanté localement</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E223" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G223" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H223" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K223" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans la conception et la mise en œuvre de votre stratégie de développement et de promotion de l&amp;#039;artisanat de votre territoire. Vous souhaitez connaître les modalités de financement de cet accompagnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat, s&amp;#039;appuyant sur ses points de contact de proximité en Hexagone et dans les Outre-mer, met à votre disposition l&amp;#039;expertise de conseillers sur le développement, le soutien et la promotion de l&amp;#039;artisanat et de l&amp;#039;économie de proximité de votre territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet, et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA et ses produits phares, le conseiller CMA identifie avec vous les enjeux et besoins d&amp;#039;ingénierie pour la définition d&amp;#039;un plan d&amp;#039;action et la mise en œuvre de solutions adaptées.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller peut réaliser des études, des diagnostics et des observations prospectives. Il s&amp;#039;appuie sur le catalogue des produits inédits PVD et sur l&amp;#039;offre de services de la CMA pour vous proposer un plan d&amp;#039;action global répondant aux enjeux et problématiques soulevés par le diagnostic territorial. Les CMA pourront constituer le cas échéant des groupes de projet rassemblant leurs experts sur les thématiques de l&amp;#039;implantation et de la préservation des services de proximité, de la transmission-reprise, de l&amp;#039;aménagement et du parcours résidentiel des entreprises, de l&amp;#039;entrepreneuriat et de l&amp;#039;emploi, du développement des compétences des jeunes et demandeurs d&amp;#039;emploi, de l&amp;#039;accompagnement des entreprises dans les transitions écologique et numérique, du tourisme de savoir-faire et de la valorisation de l&amp;#039;excellence artisanale (dont les métiers d&amp;#039;art), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire (Agences de l&amp;#039;Etat, Préfectures, collectivités territoriales, Banque des Territoires, etc.).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;un portait de l&amp;#039;artisanat du territoire : diagnostic sur le potentiel de développement économique et d&amp;#039;aménagement d&amp;#039;un territoire (nombre de chefs d&amp;#039;entreprise, salariés, apprentis, entreprises artisanales, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation de diagnostic flash
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration d&amp;#039;un plan d&amp;#039;action adapté pour répondre aux besoins du territoire et mettre en place les actions adaptées aux acteurs économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à l&amp;#039;implantation d&amp;#039;artisans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N223" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O223" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;br /&gt;
+ • Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S223" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T223" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U223" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V223" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X223" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M123" s="1" t="inlineStr">
-[...134 lines deleted...]
-      <c r="AA123" s="1" t="inlineStr">
+      <c r="Y223" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z223" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9104-beneficier-de-lexpertise-dun-conseiller-en-de/</t>
+        </is>
+      </c>
+      <c r="AA223" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="124" spans="1:27" customHeight="0">
-[...172 lines deleted...]
-      <c r="E125" s="1" t="inlineStr">
+    <row r="224" spans="1:27" customHeight="0">
+      <c r="A224" s="1">
+        <v>119747</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Relocaliser l'alimentation et valoriser les produits locaux</t>
+        </is>
+      </c>
+      <c r="E224" s="1" t="inlineStr">
         <is>
           <t>Chambres d'agriculture</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G224" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Association
+Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H125" s="1" t="inlineStr">
+      <c r="H224" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
+      <c r="K224" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L125" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="O125" s="1" t="inlineStr">
+      <c r="L224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nous vous aidons à développer l&amp;#039;approvisionnement local et à animer des dynamiques territoriales avec les acteurs des filières alimentaires locales. Nous proposons des solutions adaptées pour renforcer ces filières, favoriser les liens entre producteurs et consommateurs, soutenir l&amp;#039;économie territoriale et promouvoir une alimentation durable, tout en répondant aux enjeux de souveraineté alimentaire et de transition écologique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N224" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O224" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S224" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U224" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V224" s="1" t="inlineStr">
         <is>
           <t>https://chambres-agriculture.fr/</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="X224" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chambre d&amp;#039;agriculture du département : &lt;a href="https://chambres-agriculture.fr/le-reseau-chambres/qui-sommes-nous/annuaire-des-chambres"&gt;Annuaire des Chambres - Chambre d&amp;#039;agriculture France&lt;/a&gt;&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y224" s="1" t="inlineStr">
         <is>
           <t>anne.lemaire@apca.chambagri.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="Z224" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a1be-accompagner-lemergence-de-circuits-courts-et-/</t>
+        </is>
+      </c>
+      <c r="AA224" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="126" spans="1:27" customHeight="0">
-[...28 lines deleted...]
-      <c r="G126" s="1" t="inlineStr">
+    <row r="225" spans="1:27" customHeight="0">
+      <c r="A225" s="1">
+        <v>119914</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Faire confiance au savoir-faire artisanal et impliquer les artisans dans vos projets</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E225" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G225" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H225" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K225" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les artisans sont des professionnels disposant d&amp;#039;une qualification et qui exerce une activité de production, de transformation, de réparation ou de prestation de services. Les chambres des métiers et de l&amp;#039;artisanat sont à leur côté pour leur apporter un appui et une expertise pour le développement de leur activité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous souhaitez mobiliser le savoir-faire des artisans dans vos projets, impliquer les forces-vives de vos territoires, les CMA vous proposent l&amp;#039;accompagnement de conseillers spécialisés :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Identifier vos besoins et les possibles interventions des artisans
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Par exemple, pour un projet de rénovation énergétique des bâtiments publics, faites appel à des artisans du bâtiment spécialisés ;
+ &lt;br /&gt;
+ Un projet alimentaire territorial peut développer l&amp;#039;approvisionnement des cantines scolaires en produit artisanaux de qualité et de proximité ;
+ &lt;br /&gt;
+ • Informer les artisans sur les projets locaux
+ &lt;br /&gt;
+ Parce que la première barrière pour que les artisans participent aux projets des collectivités c&amp;#039;est l&amp;#039;information. Faire prendre conscience aux artisans qu&amp;#039;ils peuvent contribuer aux projets locaux ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  • Accompagner les collectivités techniquement et juridiquement pour permettre aux artisans et PME de répondre aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les acteurs publics sur les services des artisans ;
+ &lt;br /&gt;
+ - Former les équipes des collectivités territoriales sur les freins d&amp;#039;accès des artisans et PME aux marchés publics ;
+ &lt;br /&gt;
+ - Accompagner techniquement les services pour ne pas bloquer les candidatures des artisans ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  • Accompagner les artisans dans leur réponse technique aux marchés publics
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ - Sensibiliser les artisans sur leur possibilité d&amp;#039;offrir leurs services au secteur public ;
+ &lt;br /&gt;
+ - Les former sur les principes de la commande publique ;
+ &lt;br /&gt;
+ - Leur apporter une aide technique sur la forme de la réponse à la commande publique ;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  •Accompagner la collectivité dans son projet d&amp;#039;attractivité économique et de revitalisation de zones commerciales
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ - Identifier les artisans
+ &lt;br /&gt;
+ - Accompagner les démarches administratives liées à l&amp;#039;installation/reprise
+ &lt;br /&gt;
+ - Accompagner le projet financier (vérification de la solidité financière du projet/business plan)
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N225" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O225" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S225" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T225" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U225" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V225" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X225" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y225" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z225" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/03db-copie-14h44-faire-confiance-au-savoir-faire-a/</t>
+        </is>
+      </c>
+      <c r="AA225" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" spans="1:27" customHeight="0">
+      <c r="A226" s="1">
+        <v>119912</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Développer et mettre en valeur le tourisme artisanal sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Destination France</t>
+        </is>
+      </c>
+      <c r="E226" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G226" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H226" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K226" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez développer une offre touristique durable autour de la valorisation des produits et savoir-faire artisanaux proposés localement afin de renforcer le rayonnement, l&amp;#039;attractivité et la valeur ajoutée de votre territoire, dans le respect de l&amp;#039;environnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les chambres de métiers et de l&amp;#039;artisanat interviennent pour valoriser le patrimoine artisanal :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de diagnostic et recensement des activités et savoir-faire du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration du patrimoine artisanal au côté du patrimoine naturel et du patrimoine culturel dans l&amp;#039;offre et les parcours touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des entreprises artisanales dans le développement de la visite d&amp;#039;entreprise, l&amp;#039;accueil d&amp;#039;une clientèle touristique, les démonstrations de savoir-faire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des entreprises artisanales dans le développement de pratiques numériques et notamment l&amp;#039;amélioration de leur visibilité en ligne ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;une offre d&amp;#039;ateliers culinaires autour de produits locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation du territoire au travers d&amp;#039;événements consacrés aux savoir-faire (salon et journées des métiers d&amp;#039;art, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création de parcours touristiques pour découvrir l&amp;#039;artisanat, le savoir-faire et les produits locaux
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N226" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O226" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S226" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T226" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U226" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V226" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X226" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y226" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z226" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b35-copie-14h37-developper-et-mettre-en-valeur-le/</t>
+        </is>
+      </c>
+      <c r="AA226" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" spans="1:27" customHeight="0">
+      <c r="A227" s="1">
+        <v>119911</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’installation d’activités artisanales sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E227" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G227" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H227" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K227" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat vous propose l&amp;#039;expertise de ses conseillers en immobilier et implantation d&amp;#039;entreprises, sur l&amp;#039;aménagement et les documents d&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet et des besoins de votre territoire et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA, le conseiller CMA identifie avec vous les enjeux et besoins locaux et élabore un plan d&amp;#039;action pour la mise en œuvre de solutions adaptées. Le cas échéant :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Identifier les potentiels activités pouvant s&amp;#039;installer en fonction :
+ &lt;br /&gt;
+ - Des activités déjà présentes sur le territoire ;
+ &lt;br /&gt;
+ - De la concurrence entre grandes-moyennes surfaces et commerces de proximité ;
+ &lt;br /&gt;
+ - De l&amp;#039;équilibre entre activités économiques du centre et de la périphérie ;
+ &lt;br /&gt;
+ - Du sourcing des artisans intéressés pour une installation ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •S&amp;#039;informer sur les offres d&amp;#039;installations :
+ &lt;br /&gt;
+ - Identifier les locaux vacants ;
+ &lt;br /&gt;
+ - Etudier les projets d&amp;#039;aménagement et documents d&amp;#039;urbanisme ;
+ &lt;br /&gt;
+ - Anticiper les futures cession-reprise d&amp;#039;activités ;
+ &lt;br /&gt;
+ - Collaborer avec la foncière du territoire ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;installation de l&amp;#039;artisan et l&amp;#039;adaptation/l&amp;#039;aménagement des locaux ;
+ &lt;br /&gt;
+ - Identifier des artisans (par le biais de concours ou critères prédéfinis pas la collectivité ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;artisan sur son projet financier (vérification de la solidité financière du projet/business plan) ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Contribuer aux réflexions sur la logistique urbaine
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N227" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O227" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S227" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T227" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U227" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V227" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X227" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y227" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z227" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e5eb-copie-14h34-accompagner-linstallation-dactivi/</t>
+        </is>
+      </c>
+      <c r="AA227" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" spans="1:27" customHeight="0">
+      <c r="A228" s="1">
+        <v>119908</v>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les produits alimentaires locaux auprès de l’ensemble des acteurs de votre territoire</t>
+        </is>
+      </c>
+      <c r="C228" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E228" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G228" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H228" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K228" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez promouvoir l&amp;#039;artisanat alimentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser les territoires à travers les produits alimentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir des filières, productions et savoir-faire locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une offre alimentaire et touristique durable en lien avec les enjeux actuels environnementaux, sanitaires et socio-économiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les « Cités du goût et des saveurs » (CG&amp;amp;S), outil des Chambres de Métiers et de l&amp;#039;Artisanat pour l&amp;#039;accompagnement des acteurs de l&amp;#039;alimentaire et des territoires proposent les services suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elaborer une stratégie alimentaire et un plan d&amp;#039;action ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer des filières alimentaires locales et circuits de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer le rôle des acteurs locaux dans la distribution d&amp;#039;une alimentation saine et de qualité, y compris dans la restauration collective ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer des animations sur le territoire autour de l&amp;#039;alimentation locale et de qualité, la réduction du gaspillage alimentaire, la découverte des savoir-faire et produits artisanaux, etc. ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les professionnels de l&amp;#039;alimentation dans la lutte contre le gaspillage alimentaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer l&amp;#039;offre touristique autour des savoir-faire et produits locaux (ateliers culinaires, découvertes de savoir-faire, visites d&amp;#039;entreprises, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Former et accompagner les professionnels des métiers de bouche afin d&amp;#039;assurer leur montée en compétence pour répondre aux enjeux de l&amp;#039;alimentation d&amp;#039;aujourd&amp;#039;hui et de demain.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au travers des actions menées par les CG&amp;amp;S, les thématiques en lien avec l&amp;#039;environnement, l&amp;#039;agriculture, le développement local, la culture, le patrimoine et le tourisme pourront être abordées, si le diagnostic identifie le besoin et si elles sont priorisées dans le plan d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N228" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Accès aux services
+Alimentation
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O228" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S228" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T228" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U228" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V228" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X228" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y228" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z228" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6819-valoriser-les-produits-alimentaires-locaux-au/</t>
+        </is>
+      </c>
+      <c r="AA228" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" spans="1:27" customHeight="0">
+      <c r="A229" s="1">
+        <v>117543</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Accéder à des contrats types permettant d’encadrer une relation transparente entre les architectes et les différentes catégories de maîtrise d’ouvrage</t>
+        </is>
+      </c>
+      <c r="C229" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E229" s="1" t="inlineStr">
+        <is>
+          <t>Conseil national de l'Ordre des architectes (CNOA)</t>
+        </is>
+      </c>
+      <c r="G229" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H229" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K229" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le CNOA met à la disposition de tous des modèles de contrats types permettant d&amp;#039;encadrer une relation transparente et explicite entre les architectes et des catégories de maitrise d&amp;#039;ouvrage très variées. Chacune d&amp;#039;entre elles appelle à des rédactions spécifiques et adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ La CNOA vous propose désormais d&amp;#039;accéder à ces contrats grâce à leur nouvel outil numérique interactif : la « Contrathèque ». Grace à elle, vous pourrez maintenant rédiger vos contrats directement en ligne, avec un outil pratique et intuitif. Celui-ci vous guidera pas à pas dans la démarche en vous fournissant des explications et commentaires qui pourront vous aider pour opérer des choix ou comprendre les enjeux de telle ou telle clause. A chaque instant votre rédaction restera visible et vérifiable.
+&lt;/p&gt;
+&lt;p&gt;
+ La contrathèque vous laisse de multiples libertés et facilités : vous restez libres de télécharger directement vos modèles, comme c&amp;#039;était déjà le cas. Vous pouvez également, pour les utilisateurs plus réguliers, ouvrir un compte en ligne (gratuit), afin de conserver vos projets de contrats en cours de rédaction, y revenir, saisir des données récurrentes et les récupérer automatiquement dans le contrat, ajouter des annexes, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette plateforme, lancée dans une version &amp;#039;beta&amp;#039; sera améliorée progressivement pour tenir compte des retours des utilisateurs et enrichie de nouvelles fonctionnalités. Le CNOA organisera régulièrement des webinaires d&amp;#039;information pour faciliter sa prise en main et son utilisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N229" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O229" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S229" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U229" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V229" s="1" t="inlineStr">
+        <is>
+          <t>https://www.architectes.org/mon-compte/contratheque</t>
+        </is>
+      </c>
+      <c r="X229" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si vous êtes architecte, connectez-vous à votre espace Architectes ou Société pour profiter des fonctionnalités les plus étendues de la contrathèque.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les autres utilisateurs, l&amp;#039;accès se fait par le bandeau situé sur la droite de cette page :
+ &lt;a href="https://www.architectes.org/mon-compte/contratheque" rel="noopener" target="_blank"&gt;
+  https://www.architectes.org/mon-compte/contratheque
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La première étape sera d&amp;#039;identifier le contrat qui vous convient, en fonction du profil de la maitrise d&amp;#039;ouvrage du projet. Ensuite, il ne vous restera plus qu&amp;#039;à vous laisser guider !
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute information relative à l&amp;#039;utilisation de ces contrats ou de la Contrathèque, vous pouvez vous adresser au service juridique du CNOA par courriel :
+ &lt;a rel="noopener" target="_blank"&gt;
+  support-contratheque&amp;#64;cnoa.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y229" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z229" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c3e2-acceder-a-des-contrats-types-permettant-denca/</t>
+        </is>
+      </c>
+      <c r="AA229" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" spans="1:27" customHeight="0">
+      <c r="A230" s="1">
+        <v>117506</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en oeuvre des projets de solutions fondées sur la nature pour l'adaptation des territoires au changement climatique</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Programme Nature 2050</t>
+        </is>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t>CDC Biodiversité</t>
+        </is>
+      </c>
+      <c r="G230" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée</t>
-[...14 lines deleted...]
-      <c r="K126" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H230" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J230" s="1" t="inlineStr">
+        <is>
+          <t>Pas de limites minimum ou maximum</t>
+        </is>
+      </c>
+      <c r="K230" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L126" s="1" t="inlineStr">
-[...231 lines deleted...]
-  &lt;/span&gt;
+      <c r="L230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature 2050 est un programme d&amp;#039;action national porté par CDC Biodiversité et le Fonds Nature 2050, visant
+ à co-financer la mise en œuvre de solutions fondées sur la nature (SFN) qui contribueront à horizon 2050, à atteindre les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  préserver et restaurer la biodiversité pour renforcer la stabilité dynamique et la
+ résilience des écosystèmes naturels et anthropisés, et ainsi le maintien des services écosystémiques
+ ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  atténuer les changements climatiques en renforçant les
+ capacités de stockage ou de captage de CO2 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et adapter les territoires à ces changements, notamment en limitant leurs
+ effets (ex : ilot de chaleur en ville) et les risques naturels (glissement de terrain, érosion,
+ inondation, sécheresse, incendie, submersion marine...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces solutions fondées sur la nature favorisent le maintien des services écosystémiques et renforcent la résilience et la viabilité socioéconomique des activités humaines et des territoires à travers les cinq cibles d&amp;#039;actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ecosystèmes marins et côtiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Zones humides
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transitions agricole et forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Continuités écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Biodiversité en ville
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le programme a été lancé par CDC Biodiversité, entreprise privée à mission et filiale du groupe Caisse des Dépôts et Consignations. Il est également soutenu par le Fonds Nature 2050; fonds de dotation créé en 2019 et dédié au programme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent répondre à un certain nombre de critères et sont évalués par un comité de pilotage se réunissant chaque trimestre. Le comité de pilotage est composé d&amp;#039;acteurs institutionnels, chercheurs, associations et ONG naturalistes : l&amp;#039;Office Français de la Biodiversité, l&amp;#039;ADEME, Fondation pour la Nature et l&amp;#039;Homme, Muséum National d&amp;#039;Histoire Naturelle, France Nature Environnement, LPO France, l&amp;#039;association des Eco-Maires et CDC Biodiversité.
+&lt;/p&gt;
+&lt;p&gt;
+ 104 projets en France métropolitaine et Outre-Mer sont actuellement soutenus et suivis jusqu&amp;#039;en 2050 par le programme Nature 2050 et sont à retrouver ici :
+ &lt;a href="https://www.cdc-biodiversite.fr/realisations/?filter&amp;#61;true&amp;amp;thematique&amp;#61;n50" target="_self"&gt;
+  Les Réalisations Nature 2050
  &lt;/a&gt;
- ,
-[...219 lines deleted...]
-   &lt;span&gt;
+&lt;/p&gt;&lt;p&gt;Nature 2050 est partenaire du Fonds MAIF pour le vivant dans le cadre de l&amp;#039;appel à projets &amp;#34;Fonds MAIF pour le vivant - Nature 2050&amp;#34;. Les informations spécifiques de l&amp;#039;appel à projets sont à retrouver ici : &lt;a href="https://entreprise.maif.fr/engagements/environnement/fonds-maif-pour-le-vivant"&gt;Fonds MAIF pour le vivant - Entreprise MAIF&lt;/a&gt;. Cet appel à projets est distinct du programme Nature 2050, qui reçoit des candidatures au fil de l&amp;#039;eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quelques exemples de projets soutenus par Nature 2050 :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renouvellement d&amp;#039;une frênaie chalarosée en boisement adapté aux milieux humides et au changement climatique, Marne (porteur de projet : Néosylva) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-71-foret-de-letang-maupas/" target="_self"&gt;lien&lt;/a&gt; &lt;/li&gt;&lt;li&gt;Restauration de la végétation indigène sur une plage menacée par les espèces exotiques envahissantes afin de recréer un écosystème naturel et autonome, pour favoriser le retour de l’avifaune, des caméléons et tortues marines, et sensibiliser les riverains, La Réunion (porteur de projet : Commune de Saint-Paul) - &lt;a href="https://www.cdc-biodiversite.fr/realisations/54-plage-des-brisants/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Restauration écologique des hauts de plages aux dunes grises et du fonctionnement des zones côtières atlantiques y compris le maintien du trait de côte, Vendée (porteur: Communauté de communes Océan-Marais de Monts) -
+  &lt;a href="https://www.cdc-biodiversite.fr/realisations/dunes-du-pays-de-monts/" rel="noopener" target="_blank"&gt;
+   lien
     Ouvre une nouvelle fenêtre
-   &lt;/span&gt;
-[...575 lines deleted...]
-  &lt;/li&gt;
+&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration de réseaux de haies et de mares bocagères en Normandie afin de lutter contre le ruissellement et l’érosion des sols et favoriser la biodiversité du territoire, Calvados (porteur de projet : Pré-Bocage Intercom) - &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/realisations/2023-72-maillage-bocager-normand/" target="_self"&gt;lien&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Restauration d&amp;#039;une tourbière pour améliorer la gestion des crues fréquentes et le transport sédimentaire, Savoie (porteur: CEN Savoie) -
+  &lt;/span&gt;&lt;a href="https://www.nature2050.com/projet/tourbiere-du-plan-de-leau/" rel="noopener" target="_blank"&gt;
+   lien
+    Ouvre une nouvelle fenêtre &lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
  &lt;/ul&gt;
-</t>
-[...149 lines deleted...]
-      <c r="N132" s="1" t="inlineStr">
+&lt;p&gt;
+ L&amp;#039;ensemble des projets Nature 2050 sont accessibles
+ en suivant ce lien : &lt;a href="https://www.cdc-biodiversite.fr/la-carte-des-realisations-nature-2050/"&gt;La carte des réalisations Nature 2050 | CDC Biodiversité&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N230" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
-Assainissement des eaux
 Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Forêts
+Montagne
+Sols
 Espaces verts
-Espace public
-[...14 lines deleted...]
-      <c r="O132" s="1" t="inlineStr">
+Friche
+Risques naturels
+Biodiversité
+Paysage
+Mers et océans
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O230" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S132" s="1" t="inlineStr">
+      <c r="R230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le porteur de projet doit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recourir aux solutions fondées sur la nature ;
+ &lt;/li&gt;&lt;li&gt;Adresser les sujets biodiversité, climat et apport socio-économique pour le territoire ;&lt;/li&gt;
+ &lt;li&gt;
+  Présenter un budget structuré où la participation Nature 2050 se concentre sur les dépenses d&amp;#039;investissement (réalisation des travaux) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Démontrer une additionnalité écologique du projet vis-à-vis de l&amp;#039;état initial du site et de la réglementation environnementale (ne pas porter un projet de compensation).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+   Garantir la pérennité de l&amp;#039;action et l&amp;#039;accès au foncier jusqu&amp;#039;en 2050  ;
+  &lt;br /&gt;
+ &lt;/li&gt;&lt;li&gt;Etre en capacité de suivre des indicateurs biodiversité, climat et territoire jusqu&amp;#039;en 2050 (voir &lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/09/NATURE2050_Note_explicative_indicateurs.pdf" target="_self"&gt;notice explicative&lt;/a&gt;) &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;La synthèse des critères d&amp;#039;éligibilité est disponible ici  :
+ &lt;/span&gt;&lt;a href="https://www.cdc-biodiversite.fr/wp-content/uploads/2023/03/Synthese-des-criteres-deligibilite.pdf" target="_self"&gt;
+  Synthèse des critères Nature 2050&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S230" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U132" s="1" t="inlineStr">
+      <c r="T230" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U230" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V132" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA132" s="1" t="inlineStr">
+      <c r="V230" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdc-biodiversite.fr/le-programme-nature-2050/</t>
+        </is>
+      </c>
+      <c r="W230" s="1" t="inlineStr">
+        <is>
+          <t>https://forms.office.com/Pages/ResponsePage.aspx?id=ZF82kBIJvUqUZn5HFos9OR1cBiGUI5JMst1-1qhoBepUQUZZOUtMMUNISEIxMktHRlRXVjVPT0hBSi4u</t>
+        </is>
+      </c>
+      <c r="X230" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Formulaire de candidature au programme : &lt;a id="menurd2" href="https://forms.office.com/e/GC4BUWGake" rel="noreferrer noopener" target="_blank" title="https://forms.office.com/e/gc4buwgake"&gt;https://forms.office.com/e/GC4BUWGake&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Contact : nature2050&amp;#64;cdc-biodiversite.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y230" s="1" t="inlineStr">
+        <is>
+          <t>nature2050@cdc-biodiversite.fr</t>
+        </is>
+      </c>
+      <c r="Z230" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e60c-soutenir-la-mise-en-place-de-solutions-fondee/</t>
+        </is>
+      </c>
+      <c r="AA230" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="133" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G133" s="1" t="inlineStr">
+    <row r="231" spans="1:27" customHeight="0">
+      <c r="A231" s="1">
+        <v>111757</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d’investissements dans les collectivités ultramarines</t>
+        </is>
+      </c>
+      <c r="E231" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G231" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H133" s="1" t="inlineStr">
-[...592 lines deleted...]
-      <c r="H136" s="1" t="inlineStr">
+      <c r="H231" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K136" s="1" t="inlineStr">
+      <c r="K231" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L136" s="1" t="inlineStr">
+      <c r="L231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;AFL
  &lt;/strong&gt;
  est la seule banque française
  &lt;strong&gt;
   100% détenue par les collectivités locales françaises,
  &lt;/strong&gt;
  qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités ultramarines en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sa raison d&amp;#039;être :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • &amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitants &amp;#34;
 &lt;/p&gt;
@@ -26580,82 +44098,82 @@
 &lt;p&gt;
  • Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
 &lt;/p&gt;
 &lt;p&gt;
  • Durée moyenne des crédits : 16.5 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Crédit jusque 40 ans
 &lt;/p&gt;
 &lt;p&gt;
  • Pas de seuil minimal concernant l&amp;#039;emprunt
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Son accompagnement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  • Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles, et d&amp;#039;aider au redressement de la situation financière de ces dernières en cas de besoin.
 &lt;/p&gt;
 &lt;p&gt;
  • Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M136" s="1" t="inlineStr">
+      <c r="M231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Aménagement urbain
  &lt;/strong&gt;
  (acquisition de matériels BTP, aménagement du site de Matira, Bora-Bora / Polynésie-Française)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Développement des transports
  &lt;/strong&gt;
  (réseau de transports en commun, Communauté d&amp;#039;Agglomération du Sud / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Transition écologique
  &lt;/strong&gt;
  (financement de l&amp;#039;écoquartier, La Possession / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Traitement et valorisation des déchets
  &lt;/strong&gt;
  (financement projet de traitement des déchets, syndicat Ileva / La Réunion)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N136" s="1" t="inlineStr">
+      <c r="N231" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -26701,272 +44219,468 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O136" s="1" t="inlineStr">
+      <c r="O231" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R136" s="1" t="inlineStr">
+      <c r="R231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;adhésion est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
  • Etude de l&amp;#039;adhésion : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
 &lt;/p&gt;
 &lt;p&gt;
  • Éligibilité à l&amp;#039;adhésion : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
 &lt;/p&gt;
 &lt;p&gt;
  • Vote de la délibération de la collectivité : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
 &lt;/p&gt;
 &lt;p&gt;
  • Versement de l&amp;#039;Apport en capital initial : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
 &lt;/p&gt;
 &lt;p&gt;
  • Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
 &lt;/p&gt;
 &lt;p&gt;
  Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S136" s="1" t="inlineStr">
+      <c r="S231" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T136" s="1" t="inlineStr">
+      <c r="T231" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U136" s="1" t="inlineStr">
+      <c r="U231" s="1" t="inlineStr">
         <is>
           <t>Outre-mer</t>
         </is>
       </c>
-      <c r="V136" s="1" t="inlineStr">
+      <c r="V231" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
         </is>
       </c>
-      <c r="W136" s="1" t="inlineStr">
+      <c r="W231" s="1" t="inlineStr">
         <is>
           <t>https://www.agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="X136" s="1" t="inlineStr">
+      <c r="X231" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : adhesion&amp;#64;afl-banque.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
  : &amp;#43;33 (0)4 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : appel non surtaxé
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y136" s="1" t="inlineStr">
+      <c r="Y231" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
-      <c r="Z136" s="1" t="inlineStr">
+      <c r="Z231" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/759c-financer-vos-budgets-dinvestissements-dans-le/</t>
         </is>
       </c>
-      <c r="AA136" s="1" t="inlineStr">
+      <c r="AA231" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="137" spans="1:27" customHeight="0">
-      <c r="A137" s="1">
+    <row r="232" spans="1:27" customHeight="0">
+      <c r="A232" s="1">
+        <v>116231</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maîtrises d'ouvrage publiques dans l'amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Programme pour l'efficacité énergétique dans les bâtiments en France d'Outre-mer</t>
+        </is>
+      </c>
+      <c r="E232" s="1" t="inlineStr">
+        <is>
+          <t>ADEME
+Agence Française de Développement (AFD)</t>
+        </is>
+      </c>
+      <c r="G232" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H232" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I232" s="1" t="inlineStr">
+        <is>
+          <t> Min : 100</t>
+        </is>
+      </c>
+      <c r="K232" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PEEB Outre-Mer est une facilité d&amp;#039;assistance technique financée sur ressources du Fonds Outre-Mer visant à accompagner les maîtrises d&amp;#039;ouvrage publiques dans l&amp;#039;amélioration des performances énergétiques et environnementales de leurs projets de construction ou de rénovation de bâtiments.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les prestations incluent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les diagnostics et audits énergétique (selon les méthodologies de l&amp;#039;ADEME)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les simulations thermiques dynamiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bilans carbone
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;intégration des enjeux énergétiques et environnementaux dans les documents d&amp;#039;appels d&amp;#039;offre
+ &lt;/li&gt;
+ &lt;li&gt;
+  La révision de plans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le chiffrage de mesures d&amp;#039;efficacité énergétique et de production ENR
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement pour la certification des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études environnementales, sociales et de genre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les analyses parasismique, para-cyclonique, inondations et plan de retrait amiante
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les formations et ateliers à l&amp;#039;attention des acteurs du bâtiment
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N232" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O232" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit être éligible au Fonds Outre-mer.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet doit viser l&amp;#039;amélioration significative de la performance énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études des performances énergétiques et environnementales ne doivent pas avoir été contractualisées avec un prestataire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La maîtrise d&amp;#039;ouvrage doit faire une requête explicite au PEEB après une première analyse réalisée par le chargé d&amp;#039;affaires AFD ou ADEME.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S232" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U232" s="1" t="inlineStr">
+        <is>
+          <t>Outre-mer</t>
+        </is>
+      </c>
+      <c r="X232" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les chargés d&amp;#039;affaires AFD et les ingénieurs ADEME locaux
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacts directions d&amp;#039;agences AFD :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Agence régionale Atlantique : Marc DUBERNET / dubernetm&amp;#64;afd.fr
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Guyane : Yazid Bensaïd / bensaidy&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Martinique : Nicolas PICCHIOTINO / picchiotinol&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Guadeloupe : Frédéric GUILLAUME / guillaumef&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence Régionale Océan Indien : Patricia AUBRAS / aubrasp&amp;#64;afd.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Réunion : Marie-Pierre NICOLLET / nicolletmp&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mayotte : Ivan POSTEL-VINAY / postel-vinayi&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Agence régionale du Pacifique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Nouvelle-Calédonie (agence régionale) : Virginie BLEITRACH / bleitrachv&amp;#64;afd.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Polynésie-française : Mounia AIT OFKIR / aitofkirm&amp;#64;afd.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y232" s="1" t="inlineStr">
+        <is>
+          <t>belliotl@afd.fr</t>
+        </is>
+      </c>
+      <c r="Z232" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1bc1-peeb-outre-mer/</t>
+        </is>
+      </c>
+      <c r="AA232" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:27" customHeight="0">
+      <c r="A233" s="1">
         <v>112001</v>
       </c>
-      <c r="B137" s="1" t="inlineStr">
+      <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Améliorer vos politiques publiques grâce au partage de bonnes pratiques au sein d'un partenariat européen</t>
         </is>
       </c>
-      <c r="C137" s="1" t="inlineStr">
+      <c r="C233" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Interreg - Fonds européens
 EUROPE - Interreg Europe</t>
         </is>
       </c>
-      <c r="D137" s="1" t="inlineStr">
+      <c r="D233" s="1" t="inlineStr">
         <is>
           <t>Projet de coopération territoriale Interreg Europe</t>
         </is>
       </c>
-      <c r="E137" s="1" t="inlineStr">
+      <c r="E233" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="F137" s="1" t="inlineStr">
+      <c r="F233" s="1" t="inlineStr">
         <is>
           <t>Interreg Europe</t>
         </is>
       </c>
-      <c r="G137" s="1" t="inlineStr">
+      <c r="G233" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H137" s="1" t="inlineStr">
+      <c r="H233" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I137" s="1" t="inlineStr">
+      <c r="I233" s="1" t="inlineStr">
         <is>
           <t> Min : 70 Max : 80</t>
         </is>
       </c>
-      <c r="J137" s="1" t="inlineStr">
+      <c r="J233" s="1" t="inlineStr">
         <is>
           <t>80% : structures publiques et de droit public et 70% : structures privées à but non lucratif</t>
         </is>
       </c>
-      <c r="K137" s="1" t="inlineStr">
+      <c r="K233" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L137" s="1" t="inlineStr">
+      <c r="L233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le programme de coopération interrégionale Interreg Europe offre l&amp;#039;opportunité aux acteurs publics de l&amp;#039;Union européenne de développer des projets d&amp;#039;échange d&amp;#039;expérience et de bonnes pratiques pour améliorer leurs politiques publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Un projet va se construire autour d&amp;#039;une problématique commune et va regrouper des acteurs publics sur l&amp;#039;ensemble du territoire européen. Pendant quatre ans, le partenariat va échanger sur les mesures mises en place sur leur territoire respectif, tirer les enseignements des expériences de chacun, pour ensuite adapter leur politique publique pour plus d&amp;#039;efficacité.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets s&amp;#039;inscrivent dans les priorités de l&amp;#039;Union Européenne, à savoir une Europe plus innovante, plus verte, plus connectée, plus sociale, plus proche de ses citoyens.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses prises en charges sont essentiellement des dépenses de fonctionnement pour lesquelles la subvention (FEDER) est de 70 ou 80%.
 &lt;/p&gt;
 &lt;p&gt;
  Le 3ème appel à projets aura lieu du 20 mars au 7 juin 2024.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M137" s="1" t="inlineStr">
+      <c r="M233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sur la période 2014-2020, 258 projets ont été financés. Vous pouvez les retrouver en suivant ce lien :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.interregeurope.eu/discover-projects/" rel="noopener" target="_blank"&gt;
   https://www.interregeurope.eu/discover-projects/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelques exemples de projets financés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider le développement de la mobilité électrique au niveau régional ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir et développer une activité commerciale essentielle en zone rurale
  &lt;/li&gt;
  &lt;li&gt;
   Diminuer les émissions de CO2 en ville liées au domaine de la construction
  &lt;/li&gt;
  &lt;li&gt;
   Développer et favoriser en ville les voies cyclables et piétonnières
  &lt;/li&gt;
  &lt;li&gt;
   Réduire la pollution lumineuse en milieu urbain
  &lt;/li&gt;
  &lt;li&gt;
   Développer des stratégies d&amp;#039;éco-tourisme pour préserver le milieu naturel
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N137" s="1" t="inlineStr">
+      <c r="N233" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -27011,19966 +44725,131 @@
 Artisanat
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale</t>
         </is>
       </c>
-      <c r="O137" s="1" t="inlineStr">
+      <c r="O233" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R137" s="1" t="inlineStr">
+      <c r="R233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les structures éligibles sont les structures publiques ou privées à but non lucratif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le cœur de cible sont les entités publiques à l&amp;#039;origine de l&amp;#039;écriture et la mise en oeuvre de politiques publiques.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les structures privées à but lucratif (ex: entreprises) ne sont pas éligibles.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S137" s="1" t="inlineStr">
+      <c r="S233" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T137" s="1" t="inlineStr">
+      <c r="T233" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U137" s="1" t="inlineStr">
+      <c r="U233" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V137" s="1" t="inlineStr">
+      <c r="V233" s="1" t="inlineStr">
         <is>
           <t>https://www.interregeurope.eu/about-us/2021-2027/</t>
         </is>
       </c>
-      <c r="X137" s="1" t="inlineStr">
+      <c r="X233" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Point de contact national Nord de la France
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Caroline Gauthier &amp;#43;33 (0) 374 274 056
 &lt;/p&gt;
 &lt;p&gt;
  caroline.gauthier&amp;#64;hautsdefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Point de contact national Sud de la France et RUP
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Patricia Di Biase &amp;#43;33 (0) 491 575 606
 &lt;/p&gt;
 &lt;p&gt;
  pdibiase&amp;#64;maregionsud.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y137" s="1" t="inlineStr">
+      <c r="Y233" s="1" t="inlineStr">
         <is>
           <t>caroline.gauthier@hautsdefrance.fr</t>
         </is>
       </c>
-      <c r="Z137" s="1" t="inlineStr">
+      <c r="Z233" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1ef3-ameliorer-vos-politiques-publiques-grace-au-p/</t>
         </is>
       </c>
-      <c r="AA137" s="1" t="inlineStr">
-[...17987 lines deleted...]
-      </c>
       <c r="AA233" s="1" t="inlineStr">
-        <is>
-[...1844 lines deleted...]
-      <c r="AA247" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>