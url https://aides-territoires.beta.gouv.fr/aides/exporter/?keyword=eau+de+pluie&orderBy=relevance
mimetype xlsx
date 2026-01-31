--- v0 (2025-10-22)
+++ v1 (2026-01-31)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA22"/>
+  <dimension ref="A1:AA56"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,2582 +228,396 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>161801</v>
+        <v>165221</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Limiter le « risque inondation » et la pollution des milieux aquatiques</t>
+          <t>Soutenir les investissements de stockage, de traitement et d’acheminement des eaux de pluie</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Limiter le « risque inondation » et la pollution des milieux aquatiques</t>
+          <t>Aide aux investissements pour la récupération des eaux de pluie</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Agence départementale Aveyron Ingénierie</t>
+          <t>Conseil départemental de Saône-et-Loire</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Commune
-Intercommunalité / Pays</t>
+          <t>Agriculteur</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-Ingénierie Juridique / administrative</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 65</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses subventionnables comprises entre 10 000 € et 60 000 € HT - Aide plafonnée à 35 000 € par bénéficiaire - 1 demande maximum par an</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Un accompagnement général (administratif, juridique, règlementaire, technique) pour améliorer votre gestion des eaux pluviales.&lt;br /&gt;Une AMO visant à recruter un prestataire spécialisé pour formaliser vos projets d’urbanisation ou études diverses (zonage pluvial, gestion intégrée des eaux pluviales, …) jusqu’à la réunion de lancement.&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Dispositif visant à soutenir les investissements dans les exploitations agricoles dans un contexte où le secteur agricole doit relever le double défi de la souveraineté alimentaire et de son adaptation au changement climatique.&lt;/p&gt;&lt;p&gt;Il permet de favoriser le développement durable et la gestion efficace des ressources naturelles, à savoir l’eau, et permet d’équiper les exploitations d’un matériel de protection contre la sécheresse.&lt;/p&gt;&lt;p&gt;Cette aide s’inscrit dans un régime cadre SA.107520 « Aides aux investissements dans les exploitations agricoles liées à la production primaire » notifié par le Ministère de l’Agriculture et entré en vigueur le 30 novembre 2023.&lt;/p&gt;&lt;p&gt;Ne sont éligibles que les investissements ne causant pas de préjudice important à l’environnement, selon la définition du règlement EU2020/852, article 17.&lt;/p&gt;&lt;p&gt;Ce dispositif est complémentaire des mesures du Plan Stratégique National (PSN) et l’aide attribuée n’est pas cumulable avec les aides FEADER.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Eau pluviale
-Risques naturels</t>
+Agriculture et agroalimentaire</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>Permanente</t>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>01/07/2024</t>
+        </is>
+      </c>
+      <c r="Q2" s="0" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Sous adhésion&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;L&amp;#039;aide s&amp;#039;adresse aux :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;agriculteurs personnes physiques ;&lt;/li&gt;&lt;li&gt;agriculteurs personnes morales dont l&amp;#039;objet est agricole (GAEC, EARL, SARL, etc.) ;&lt;/li&gt;&lt;li&gt;groupements d&amp;#039;agriculteurs (dont l&amp;#039;objet est de créer ou de gérer des installations et équipements de production agricole au sens du L. 311-1 du Code rural et de la pêche maritime…) ;&lt;/li&gt;&lt;li&gt;CUMA.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les équipements éligibles sont listés dans le règlement.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>Aveyron</t>
+          <t>Saône-et-Loire</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+          <t>https://www.saoneetloire.fr/guide-des-aides/aides-a-lachat-de-recuperateurs-deau-de-pluie-des-agriculteurs/</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://mesdemarches71.fr/</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Agence départementale Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+          <t>&lt;p&gt;Pour tout renseignement, contacter la Mission politique agricole au 03 85 39 57 74 ou mission-agriculture&amp;#64;saoneetloire71.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>contact@aveyron-ingenierie.fr</t>
+          <t>d.defillon@saoneetloire71.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/limiter-le-risque-inondation-et-la-pollution-des-milieux-aquatiques/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-investissements-de-stockage-de-traitement-et-dacheminement-des-eaux-de-pluie/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:27" customHeight="0">
       <c r="A3" s="1">
-        <v>161802</v>
+        <v>119706</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Limiter le « risque inondation » et la pollution des milieux aquatiques</t>
+          <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Limiter le « risque inondation » et la pollution des milieux aquatiques</t>
+          <t>Programme Eau et Climat 2019-2024 agence de l'eau Seine Normandie</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Agence départementale Aveyron Ingénierie</t>
+          <t>Agence de l'eau Seine Normandie</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-Ingénierie Juridique / administrative</t>
+Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>En fonction du degré d'ambition biodiversité, pleine terre, gestion des pluies fortes et encadrement</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) destinée à assurer le suivi de la bonne exécution des études de vos systèmes pluviaux jusqu’à son rendu final, ainsi qu’une assistance à la gestion des marchés.&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ Infiltration des pluies courantes à fortes en favorisant la biodiversité et la bioclimatisation de la ville, déconnexion des eaux pluviales pour réduire les pollutions  : désimperméabilisation (parking, espaces urbains, trottoirs, création de noues d&amp;#039;infiltration, jardins filtrants, déconnexions des eaux pluviales, toitures végétalisées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - cours d&amp;#039;école
+&lt;/p&gt;
+&lt;p&gt;
+ - zones d&amp;#039;activité industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ - parkings
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
-          <t>Eau pluviale</t>
+          <t>Eau pluviale
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - projet en zone urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ - réduction des volumes collectés par les réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ - gestion à ciel ouvert
+&lt;/p&gt;
+&lt;p&gt;
+ - maîtrise des pollutions dès l&amp;#039;origine du ruissellement
+&lt;/p&gt;
+&lt;p&gt;
+ - si toiture végétalisée, épaisseur supérieure à 8 cm
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="S3" s="1" t="inlineStr">
         <is>
-          <t>Mise en œuvre / réalisation</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U3" s="1" t="inlineStr">
         <is>
-          <t>Aveyron</t>
+          <t>Seine-Normandie</t>
         </is>
       </c>
       <c r="V3" s="1" t="inlineStr">
         <is>
-          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;05 65 68 68 33&lt;/p&gt;&lt;p&gt;--&lt;/p&gt;&lt;p&gt;Aveyron Ingénierie&lt;/p&gt;&lt;p&gt;Hôtel du département&lt;/p&gt;&lt;p&gt;Place Charles De Gaulle&lt;/p&gt;&lt;p&gt;BP 724&lt;/p&gt;&lt;p&gt;12 007 Rodez cedex&lt;/p&gt;</t>
+          <t>&lt;p&gt;
+ http://www.eau-seine-normandie.fr/formulaires_aides
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
-          <t>contact@aveyron-ingenierie.fr</t>
+          <t>camilleri.jean-louis@aesn.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/limiter-le-risque-inondation-et-la-pollution-des-milieux-aquatiques-1/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>140709</v>
+        <v>155570</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Installer des récupérateurs d'eau de pluie pour les particuliers</t>
+          <t>Favoriser la récupération et l'utilisation des eaux pluviales des bâtiments publics existants</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Installation de récupérateurs d'eau de pluie</t>
+          <t>RÉCUPÉRATION ET UTILISATION DES EAUX PLUVIALES DES BÂTIMENTS PUBLICS EXISTANTS</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Ile de France</t>
+          <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
-        <is>
-[...393 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
-[...158 lines deleted...]
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...1737 lines deleted...]
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les investissements nécessaires à la récupération des eaux de pluie des toitures des bâtiments publics existants afin de favoriser les économies d&amp;#039;eau par une utilisation à l&amp;#039;extérieur et/ou l&amp;#039;intérieur des bâtiments (usages autorisés selon les dispositions réglementaires en vigueur).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 10.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Structures intercommunales et autres groupements de collectivités compétents (hors Métropole et communauté urbaine)&lt;br /&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;
  Dépenses éligibles :
 &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Études préalables, outils de communication associés
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de terrassement
  &lt;/li&gt;
  &lt;li&gt;
   Dispositifs de récupération des eaux de pluie aériens ou enterrés normalisés (cuves PEHD, bétons, citernes...) y compris accessoires de collecte et de filtration
@@ -2821,926 +635,495 @@
 &lt;ul&gt;
  &lt;li&gt;
   Dispositifs de récupération non normalisés ou collectant des eaux de pluie des toitures composées d&amp;#039;amiante ciment ou de plomb
  &lt;/li&gt;
  &lt;li&gt;
   Réserves incendie (autre dispositif d&amp;#039;aide)
  &lt;/li&gt;
  &lt;li&gt;
   Mares et bassins
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;
  Plancher/plafond :
 &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses éligibles : 1.000€ HT
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses éligibles : 50.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;
 NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses devront répondre à la réglementation et aux règles de l’art en vigueur (recommandations techniques).&lt;/li&gt;&lt;li&gt;Vérification de l’adéquation entre les ressources et les besoins (ou formulaire simplifié à renseigner) :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Éléments techniques justifiant le dimensionnement par rapport aux besoins d’utilisation des eaux de pluie : surfaces et type de toiture collectées, volumes d’eau de pluie récupérables, volume de stockage… ,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Estimation de l’économie annuelle d’eau potable prévisionnelle,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Modalités de surveillance et d’entretien des équipements.&lt;/span&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;L’avis technique de la Direction de l’Environnement pourra être sollicité concernant les aspects touchant à la conception et à la mise en œuvre des équipements.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/recuperation-et-utilisation-des-eaux-pluviales-des-batiments-existants/</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W4" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5c2f-modele/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>441</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des branchements pour les réseaux d’assainissement (domaine privé)</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Réseaux d&amp;#039;assainissement - Branchements (domaine privé)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mise en conformité des branchements ne peut bénéficier d&amp;#039;aides que dans les cas suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  actions groupées sur la partie privative des branchements particuliers conduites soit directement ou indirectement par la collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  action portant sur un nombre significatif de logements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P5" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Branchement d&amp;#039;une habitation au(x) réseau(x) public(s) : 3 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Immeuble et bâtiment public : 300 €/EH
+&lt;/p&gt;
+&lt;p&gt;
+ Déconnexion des eaux de pluie: 1 000 €
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez vos relais locaux : http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9585-branchements-domaine-prive/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>164137</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Substituer les prélèvements vers des ressources moins fragiles</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les actions de substitution de prélèvement visant un impact substantiellement moindre du 
+prélèvement dans la nouvelle ressource que dans la ressource initiale : &lt;br /&gt;• Dans la plupart des cas, la substitution de prélèvements en rivière (ou en nappe alluviale avec une forte 
+incidence sur le débit de la rivière) vers une ressource en eau souterraine moins fragile mais d’autres cas 
+peuvent se présenter (exemple : le cas inverse de substitution entre deux nappes, entre deux cours 
+d’eau, …) ;
+&lt;br /&gt;• Substitution de prélèvements sur le réseau d’eau potable par une autre ressource locale (prélèvement 
+en milieu naturel, recyclage d’eau de process ou d’eaux usées traitées, stockage d’eaux de ruissellement et d’eaux de pluie ou plus largement d’eaux non conventionnelles, …) pour des usages ne nécessitant 
+pas une qualité d’eau potable.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q6" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les projets mettant en 
+évidence un impact substantiellement 
+moindre du prélèvement dans la nouvelle 
+ressource que dans la ressource initiale. &lt;/p&gt;&lt;p&gt;Pour le cas particulier des ouvrages de 
+récupération des eaux de pluie en 
+contexte urbain, sont éligibles les 
+opérations entrant dans le cadre de 
+programmes globaux d’économie d’eau 
+favorisant le déraccordement de surfaces 
+actives du réseau pluvial ou 
+d’assainissement, ou dans le cadre de 
+projets urbains durables (se référer à la 
+fiche thématique « Eau et nature en ville 
+et village »).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>152459</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Aider tous travaux et solutions qui participent à une gestion intégrée des eaux pluviales</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>GESTION INTEGRÉE DES EAUX PLUVIALES ET DISPOSITIFS DE LUTTE CONTRE LES INONDATIONS ET LE RUISSELLEMENT</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
-[...704 lines deleted...]
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 57</t>
         </is>
       </c>
-      <c r="J19" s="1" t="inlineStr">
+      <c r="J7" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 15 %)</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider tous travaux et solutions qui participent à une gestion intégrée des eaux pluviales et qui visent à limiter et retarder l&amp;#039;écoulement des eaux pluviales notamment dans les réseaux de collecte, tout en favorisant l&amp;#039;épuration naturelle, la recharge des nappes et la création de nouvelles trames vertes lorsque cela est possible.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux et solutions éligibles devront viser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   retarder les écoulements de manière à limiter les débits et les débordements de réseau, et donc les inondations urbaines et de contenir les crues ;
  &lt;/li&gt;
  &lt;li&gt;
   infiltrer les eaux pluviales au plus près de leur point de chute, ce qui permet de soulager les réseaux de collecte et d&amp;#039;éviter la concentration des flux de pollution. La faible quantité de polluants des eaux avant ruissellement peut alors souvent être épurée par le sol lors de l&amp;#039;infiltration. Ce principe participe aussi à la recharge des nappes phréatiques ;
  &lt;/li&gt;
  &lt;li&gt;
   récupérer l&amp;#039;eau pour des usages qui ne nécessitent pas d&amp;#039;utiliser de l&amp;#039;eau potable (arrosage, nettoyage...), ce qui conduit alors à des économies d&amp;#039;eau.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Désimperméabilisation des trottoirs rue des Sources (VC)
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement des berges du Ru d&amp;#039;Orval à Cannectancourt
  &lt;/li&gt;
  &lt;li&gt;
   Protection contre les coulées de boue à la rue d&amp;#039;Annel
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement hydraulique des eaux pluviales dans la rue du Val (RD 607)
  &lt;/li&gt;
  &lt;li&gt;
   Études relatives à la gestion des eaux pluviales et aux coulées de boue
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de maîtrise des ruissellements à l&amp;#039;échelle des sous-bassins-versant de Pontpoint
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de la berge du Ru Soyer à Passel
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un parking végétalisé à Villers-sous-Saint-Leu
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Sols
 Espace public
 Prévention des risques</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;strong&gt;
        Dépenses éligibles
       &lt;/strong&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;strong&gt;
        Taux de financement
       &lt;/strong&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;strong&gt;
        Observations
       &lt;/strong&gt;
      &lt;/p&gt;
@@ -3867,296 +1250,3745 @@
       (&amp;#43; 15 %)
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       Dépense subventionnable plafonnée à 700 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1921-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>116535</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser la ressource en eau non conventionnelle</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Office de l'eau Réunion</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Réutilisation d’eaux traitées issues de station de traitement d’eaux usées, récupération de l’eau de pluie, toute opération en lien avec l’objectif, éventuellement expérimentale, à finalité fonctionnelle, ….&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>La Réunion</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/programme-du-bassin</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eaureunion.fr/eau-financement/demande-de-subvention</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ aidesfinancieres&amp;#64;eaureunion.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>aidesfinancieres@eaureunion.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bec1-copie-06h40-optimisation-des-reserves-deau/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>162512</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements nécessaires à la réalisation d'économies d'eau</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENTS NECESSAIRES A LA REALISATION D'ECONOMIES D'EAU</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les investissements nécessaires au suivi et à la réduction des consommations d’eau potable des services et bâtiments publics existants. Il encourage également la réalisation d’actions de sensibilisation des usagers aux économies d’eau.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes de moins de 10 000 habitants&lt;/li&gt;&lt;li&gt;Structures intercommunales et autres groupements de collectivités (hors Métropole et Communauté Urbaine)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Compteurs divisionnaires (sous-compteurs), compteurs intelligents, détecteurs de fuites, disjoncteurs d’eau, système de télé-relève et outil numérique associé, etc.&lt;/li&gt;&lt;li&gt;Équipements hydro-économes : réducteurs ou régulateurs de pression, limiteurs de débit, robinetterie temporisée, aérateurs d’eau / mousseurs, chasses d’eau à chasse temporisée (ou mécanisme double-commande), douchettes économiques, etc.&lt;/li&gt;&lt;li&gt;Optimisation des systèmes d’arrosage visant à économiser l’eau&lt;/li&gt;&lt;li&gt;Actions et outils de communication visant la sensibilisation des usagers de l’eau aux économies d’eau&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le renouvellement des canalisations d’eau potable,&lt;/li&gt;&lt;li&gt;Le remplacement de matériel existant,&lt;/li&gt;&lt;li&gt;Les équipements liés à la récupération et l’utilisation des eaux de pluie (cf fiche spécifique “récupération et utilisation des eaux de pluie des bâtiments publics existants),&lt;/li&gt;&lt;li&gt;Les projets de rénovation globale, d’extension ou de création de bâtiments,&lt;/li&gt;&lt;li&gt;Les dépenses de fonctionnement, d’entretien et de maintenance.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères: &lt;/strong&gt;L’installation des équipements devra être préconisée par une étude ou un diagnostic des consommations d’eau des bâtiments et services publics.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plancher des dépenses &lt;/strong&gt;&lt;strong&gt;éligibles : &lt;/strong&gt;1 000 € HT&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plafond de dépenses éligibles : &lt;/strong&gt;100 000 € HT&lt;/p&gt;&lt;p&gt;NB: Le montant retenu relatif aux aléas et imprévus correspond à 5 % du montant HT des travaux s’ils sont non plafonnés.&lt;/p&gt;&lt;p&gt;Les dépenses liées aux honoraires de maîtrise d’oeuvre sont plafonnées à 10 % du montant HT de l’opération.&lt;/p&gt;&lt;p&gt;Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut pas présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/investissements-necessaires-a-la-realisation-deconomie-deau/</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-investissements-necessaires-a-la-realisation-deconomies-deau/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>155562</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la végétalisation des cours d’écoles</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>VÉGÉTALISATION DES COURS D'ÉCOLES</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes pour le réaménagement des cours d&amp;#039;écoles existantes en vue de l&amp;#039;adaptation au changement climatique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en place des îlots de fraîcheur, en désimperméabilisant les sols, végétalisant les cours d&amp;#039;écoles et en créant des zones d&amp;#039;ombrages,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infiltrer les eaux pluviales à la source pour limiter le ruissellement et récupérer les eaux de pluie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la reconquête de la biodiversité en plantant des espèces végétales locales et en aménageant des refuges pour la faune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer le cadre de vie et le bien-être des enfants, en proposant des espaces multifonctionnels et de détente.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;aides à la décision et de faisabilité de projets de réaménagement et végétalisation de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  La désimperméabilisation de la cour de récréation et la mise en place de revêtements naturels perméables (ex : sols enherbés, copeaux de bois et paillis, sable, platelage en bois...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La plantation d&amp;#039;espèces végétales diversifiées et locales favorisant la biodiversité et la création de zones d&amp;#039;ombre et d&amp;#039;îlots de fraîcheur (utilisation d&amp;#039;espèces locales nécessitant peu d&amp;#039;entretien et une faible consommation d&amp;#039;eau, plantation d&amp;#039;arbres et arbustes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;aménagements favorables à la biodiversité : nichoirs et/ou perchoirs à oiseaux, hôtels à insectes, gîtes pour petits mammifères
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;ombrières végétalisées (pergolas) ou toutes protections solaires (auvents, voilage, extension de préau et équipements rafraîchissants (points d&amp;#039;eau, brumisateurs,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La récupération et réutilisation d&amp;#039;eau de pluie des bâtiments, notamment pour l&amp;#039;arrosage des végétaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations :
+  Aménagements ludiques et sportifs (espaces multifonctionnels), création d&amp;#039;espace contribuant à l&amp;#039;organisation d&amp;#039;ateliers pédagogiques (ex : jardins potagers, carrés d&amp;#039;herbes aromatiques...), Études et dépenses d&amp;#039;ingénierie et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, outils de communication et supports pédagogiques liés à l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les plantations hors-sols d&amp;#039;éléments végétalisés de type bacs et potées fleuris, jardinières...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;entretien et de maintenance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de rénovation globale des bâtiments,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements liés à la création de bâtiments scolaires (constructions neuves).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La désimperméabilisation et la végétalisation constituent des dépenses obligatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux devront permettre de réduire les surfaces imperméabilisées d&amp;#039;au moins 25 % par rapport à l&amp;#039;existant. Il conviendra de privilégier des revêtements clairs pour les surfaces restants imperméables. Le réemploi des matériaux devra être privilégié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les espèces végétales sauvages et locales seront à privilégier. Pour les arbres et arbustes, ils devront respecter la liste départementale des essences locales (liste disponible auprès de la direction de l&amp;#039;environnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront être menés dans le cadre d&amp;#039;une démarche participative impliquant l&amp;#039;ensemble des usagers de l&amp;#039;établissement (équipe pédagogique, personnel d&amp;#039;entretien, élèves et leurs représentants,...) afin d&amp;#039;aboutir à un projet d&amp;#039;aménagement co-conçu et partagé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond de
+ dépenses éligibles :
+ &lt;/strong&gt;
+ 600.000€ HT
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de ce plafond.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/vegetalisation-des-cours-decoles/</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89af-modele/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>164140</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Financer des actions de réutilisation des eaux non-conventionnelles</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Encadrement des aides de l'état</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions de réutilisation de l’eau au sein d’un même site, y compris pour un usage différent sont considérées 
+comme du recyclage. &lt;br /&gt;Les actions de réutilisation des eaux traitées et plus largement d’eaux non conventionnelles destinées à un autre 
+usage en dehors du site initial sont éligibles dès lors qu’elles respectent les réglementations en vigueur et 
+démontrent un bénéfice environnemental global positif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour être éligible, les projets devront : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Intervenir en substitution de 
+prélèvements sur des milieux fragiles, en 
+particulier pour privilégier l’usage 
+d’alimentation en eau potable ; &lt;/li&gt;&lt;li&gt;Respecter la réglementation en vigueur ; &lt;/li&gt;&lt;li&gt;Ne pas engendrer d’impact négatif sur 
+l’ancien milieu récepteur (balance entre la 
+contribution du rejet au soutien d’étiage et 
+la qualité de l’eau rejetée), s’il s’agit de 
+réutilisation d’eaux usées traitées ; &lt;/li&gt;&lt;li&gt;Présenter un bilan écologique global
+positif (y compris par exemple sur le volet 
+énergétique) ; 
+Suite à une approche coût/efficacité 
+même succincte, avoir démontré qu’il n’y 
+a pas d’autre option plus pertinente d’un 
+point de vue environnemental (exemple
+prélèvement direct d’eau non potable 
+dans le milieu naturel, possibilité de 
+stockage des eaux de pluie, …)
+&lt;/li&gt;&lt;li&gt;S’intégrer dans une démarche globale de 
+sobriété&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_blank"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-stockage/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>164305</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Economiser et recycler l’eau des activités industrielles et de l'artisanat</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre les pressions des activités  économiques hors agriculture (réduction des  pollutions, économies d’eau et eaux pluviales)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Avance récupérable</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’Agence de l’eau encourage les entreprises à économiser l’eau, à développer des solutions de recyclage dans leurs activités et à installer des systèmes en circuit fermé pour limiter les prélèvements en eau. &lt;br /&gt;Elle incite les entreprises à adopter des démarches prospectives de sobriété et développement durable. &lt;br /&gt;Elle soutient également des études de connaissance des enjeux quantitatifs des prélèvements intégrant les impacts du changement climatique sur la ressource en eau.&lt;br /&gt;Enfin, l’Agence finance des projets de réutilisation des eaux non conventionnelles comme les eaux usées traitées, eaux de pluie ou eaux de piscine.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/aides-financieres/activites-industrielles-artisanat"&gt;Activités industrielles et artisanat | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Démarches prospectives et diagnostics, 
+études avant travaux &lt;/li&gt;&lt;li&gt;Travaux d’efficience et économie d’eau 
+(mise en circuit fermé, collecte et 
+recyclage des eaux pluviales…) &lt;/li&gt;&lt;li&gt;Travaux de transfert de prélèvements 
+vers des ressources moins sensibles&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les bénéficiaires sont des personnes publiques ou privées 
+exerçant une activité économique à caractère industriel, 
+commercial et artisanal ou en lien avec de telles activités 
+(hors secteur agricole et élevage sauf aquaculture). &lt;/p&gt;&lt;p&gt;Les projets devront permettre une économie de prélèvement 
+d’eau d’au moins 10% du volume total annuel moyen prélevé 
+dès lors que celui-ci est supérieur à 5 000 m3 ou une économie supérieure à 500 000 m3.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Adour-Garonne</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://eau-grandsudouest.fr/sites/default/files/2025-01/Fiche%20th%C3%A9matique_Industries_Economiser%20et%20recycler%20l%27eau.pdf</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://rivage.eau-adour-garonne.fr/appli/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Secteurs d’activité : Papier/ Blanchisserie / Cuir / Hôtellerie plein air / Opérations collectives TPME : Olivier RODRIGO - Chargé d’intervention industries Tel direct : 05.61.36.37.55 - olivier.rodrigo&amp;#64;eau-adour-garonne.fr&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Chimie / Traitement de surface / Aéronautique / Métallurgie : Franck THOMAS - Chargé d’intervention industries Tel direct : 05 61 36 37 54 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;franck.thomas&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;&lt;p&gt;Secteurs d’activités : Agro-Alimentaires / Golf / Activités commerciales : Marc PINEL - Chargé d’intervention industries Tel direct : 05 61 36 82 19 &lt;font&gt;- &lt;/font&gt;&lt;font&gt;marc.pinel&amp;#64;eau-adour-garonne.fr&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>caroline.demange@eau-adour-garonne.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/collecter-et-traiter-les-eaux-usees-et-les-eaux-pluviales-2/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>119762</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Lutte contre la pollution des activités économiques hors agricole</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 35</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux activités économiques hors agricoles qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur réutilisation, tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Friche
+Voirie et réseaux
+Commerces et services
+Economie circulaire
+Agriculture et agroalimentaire
+Consommation et production
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etablissements éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - usagers non domestiques de l&amp;#039;eau (hors activités agricoles), redevables de l&amp;#039;Agence depuis au moins 5
+&lt;/p&gt;
+&lt;p&gt;
+ ans pour détérioration de la qualité de l&amp;#039;eau à la date de la décision d&amp;#039;attribution de la participation
+&lt;/p&gt;
+&lt;p&gt;
+ financière,
+&lt;/p&gt;
+&lt;p&gt;
+ - Petites et très Petites Entreprises, artisans,
+&lt;/p&gt;
+&lt;p&gt;
+ - chambres consulaires ou tout autre organisme représentatif d&amp;#039;activité économique industrielle (centres
+&lt;/p&gt;
+&lt;p&gt;
+ techniques, syndicats professionnels ... ), commerciale ou artisanale.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les surfaces imperméabilisées
+&lt;/p&gt;
+&lt;p&gt;
+ existantes traitées dans le cadre de l&amp;#039;opération doivent être supérieures ou égales à la surface d&amp;#039;éventuelles
+&lt;/p&gt;
+&lt;p&gt;
+ nouvelles imperméabilisations.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-048_activites_economiques.pdf</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>Philippe LESAINT
+&lt;br /&gt;
+p.lesaint&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+Chargé d&amp;#039;interventions spécialisé
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé Canler
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6723-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>119761</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux de gestion intégrée et durable des eaux pluviales en milieu urbanisé existant</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des eaux pluviales et de ruissellement hors activités économiques</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Artois - Picardie</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 70</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence peut attribuer une participation financière aux collectivités territoriales ou à leurs groupements, aux établissements publics et aux associations qui réalisent des études et travaux d&amp;#039;aménagements en milieu urbanisé existant pour la gestion des eaux de pluie par recours prioritairement à des aménagements de gestion intégrée et durable des eaux pluviales. Ces aménagements visent à déconnecter les eaux pluviales des réseaux d&amp;#039;assainissement afin de limiter les rejets urbains de temps de pluie, source de pollution pour les milieux aquatiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ De manière hiérarchique, l&amp;#039;Agence incite :
+ &lt;br /&gt;
+ - au déraccordement du réseau d&amp;#039;assainissement de ces eaux, à leur tamponnement et à leur infiltration à la source en favorisant la création ou la restauration de zones végétalisées support de
+ &lt;br /&gt;
+ biodiversité et facteur d&amp;#039;atténuation et d&amp;#039;adaptation au changement climatique (techniques &amp;#34; vertes &amp;#34;),
+ &lt;br /&gt;
+ -en cas d&amp;#039;infiltration insuffisante, au tamponnement, stockage et à la restitution à faible débit de ces eaux pluviales, de préférence vers un réseau hydrographique de surface ou vers un réseau spécifique d&amp;#039;eaux pluviales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour des opérations de renouvellement urbain associées à une déconnexion des eaux pluviales du réseau d&amp;#039;assainissement :
+&lt;/p&gt;
+&lt;p&gt;
+ Création de noues plantées en bordure de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ Création de toitures végétalisées
+&lt;/p&gt;
+&lt;p&gt;
+ Création de chaussées à struture réservoir
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Lien vers plaquette : La gestion durable et intégrée des eaux pluviales au service de la Biodiversité en ville :
+ &lt;a href="https://www.eau-artois-picardie.fr/sites/default/files/plaquette_gepbio_2021_web.pdf" rel="noopener" target="_blank"&gt;
+  https://www.eau-artois-picardie.fr/sites/default/files/plaquette_gepbio_2021_web.pdf
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Lien vers l&amp;#039;Observatoire de la Getion Durable et Intégrée des Eaux Pluviales (Hauts de France) :
+ &lt;a href="https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100" rel="noopener" target="_blank"&gt;
+  https://www.arcgis.com/apps/webappviewer/index.html?id&amp;#61;e7af17b7f98443c9b1300cdbc8c5e517&amp;amp;extent&amp;#61;-153626.4633%2C6208904.9397%2C785631.7403%2C6645513.2452%2C102100
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Déconnexion des eaux pluviales :
+&lt;/p&gt;
+&lt;p&gt;
+ - du réseau unitaire d&amp;#039;assainissement
+&lt;/p&gt;
+&lt;p&gt;
+ - ou d&amp;#039;un réseau pluvial impactant le milieu aquatique (pollution avérée à l&amp;#039;exutoire)
+&lt;/p&gt;
+&lt;p&gt;
+ - ou d&amp;#039;un réseau pluvial dysfonctionnant et engendrant des inondations
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Montant de dépenses finançables supérieur à 10 000 €HT
+&lt;/p&gt;
+&lt;p&gt;
+ Montant de dépenses finançables plafonné à 30 €HT / m2 de surfaces actives déconnectées du réseau d&amp;#039;assainissement
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les Entreprises privées / Entreprises publiques locales (Sem, Spl, SemOp) concernent celles intervenants dans le cadre d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage publique.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Artois-Picardie</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.eau-artois-picardie.fr/sites/default/files/21-a-049_eaux_pluviales.pdf</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>Jean-Philippe KARPINSKI
+&lt;br /&gt;
+Chef de la Mission Mer du Nord
+&lt;br /&gt;
+jp.karpinski&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+François BLIN
+&lt;br /&gt;
+Chef de la Mission Picardie
+&lt;br /&gt;
+f.blin&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Ludovic LEMAIRE
+&lt;br /&gt;
+Chef de la Mission Littoral
+&lt;br /&gt;
+l.lemaire&amp;#64;eau-artois-picardie.fr
+&lt;br /&gt;
+&lt;br /&gt;
+Hervé CANLER
+&lt;br /&gt;
+Chargé d&amp;#039;études Pluvial
+&lt;br /&gt;
+h.canler&amp;#64;eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>p.branger@eau-artois-picardie.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60f7-realiser-des-etudes-et-travaux-de-gestion-int/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>164228</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche Action 4 : Devenir un territoire exemplaire qui consomme moins et mieux</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>GAL SUD 77 / LEADER  2023-2027</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne Attractivité
+Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>Taux de subvention variable en fonction du projet</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qu’est-ce que le LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LEADER (Liaison Entre Actions de Développement de l’Economie
+Rurale)&lt;/strong&gt; est un programme Européen qui s’inscrit dans le second pilier de la
+Politique Agricole Commune / Fonds FEADER.&lt;/p&gt;&lt;p&gt;Son objectif est de &lt;strong&gt;soutenir le développement de projets en
+milieu rural qui dynamisent le territoire&lt;/strong&gt;. Les territoires éligibles au
+programme LEADER sont appelés GAL (Groupe d’Action Locale). Seine-et-Marne
+Attractivité anime et gère le programme LEADER du GAL SUD 77. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le GAL est l’interlocuteur de proximité des porteurs de
+projets &lt;/strong&gt;: il assure l’accompagnement technique et administratif de leur
+dossier. C’est une instance de concertation qui rassemble des acteurs publics
+et privés représentatifs du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les critères d’attribution de l’aide du
+programme LEADER ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’inscrire dans l’une des fiches-actions du
+programme LEADER.&lt;/p&gt;&lt;p&gt;L’attribution d’une aide LEADER est soumise à l’obtention
+d’un co-financement public (Etat, Région, commune …) : 20% minimum du montant
+éligible. Un projet peut être subventionné dans la limite du taux d’aide
+publique défini pour l’opération. Les frais et les travaux ne doivent pas être
+engagés avant que l’autorité de gestion (Région IDF) délivre un accusé de
+réception de dossier complet.&lt;/p&gt;&lt;p&gt;Les projets susceptibles d’être financés par d’autres
+dispositifs du FEADER en Île-de-France ne pourront pas l’être par le LEADER
+(cela concerne majoritairement les projets agricoles).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les différentes étapes qui suivent le dépôt
+d’un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;ol start="5" type="1"&gt;
+ &lt;li&gt;Le dossier passe devant
+     deux comités pour être voté en opportunité&lt;/li&gt;
+ &lt;li&gt;Le dossier est ensuite
+     déposé sur le site « Mes démarches » de la Région IDF pour instruction&lt;/li&gt;
+ &lt;li&gt;Une fois le dossier
+     validé par la Région, il repasse en comité pour programmation&lt;/li&gt;
+ &lt;li&gt;Une demande de paiement
+     est déposée&lt;/li&gt;&lt;li&gt;Le versement est ensuite
+     effectué&lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2024</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;Dépenses directes de personnel ;&lt;/li&gt;&lt;li&gt;Frais de déplacement, de restauration, d&amp;#039;hébergements ; &lt;/li&gt;&lt;li&gt;Etudes ; &lt;/li&gt;&lt;li&gt;Investissements matériels et immatériels ; &lt;/li&gt;&lt;li&gt;Prestation de service.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles tous types d&amp;#039;actions confondus : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales et leurs groupements ;&lt;/li&gt;&lt;li&gt;Etablissements publics dont les chambres consulaires et établissements de coopération, administratifs, industriels et commercial d&amp;#039;enseignement de santé ;&lt;/li&gt;&lt;li&gt;Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte) ;&lt;/li&gt;&lt;li&gt;PME / TPE au sens communautaire, dont les entreprises individuelles ; &lt;/li&gt;&lt;li&gt;Propriétaires de forêt et leurs groupements ;&lt;/li&gt;&lt;li&gt;Agriculteurs actifs dont les regroupements agricoles ;&lt;/li&gt;&lt;li&gt;Groupement d&amp;#039;intérêt économique ; &lt;/li&gt;&lt;li&gt;Associations, leurs groupements et leurs fédérations ; &lt;/li&gt;&lt;li&gt;Fondations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Exemples de projets réalisables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Réduire les consommations d&amp;#039;énergie et mobiliser les basses technologies et les mobilités alternatives : &lt;/strong&gt;travaux d&amp;#039;amélioration énergétique bâtiments avec des matériaux biosourcés, développement de la trame noire en ville et à la campagne… &lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Intensifier la production d&amp;#039;énergie locale : &lt;/strong&gt;développement du chauffage collectif bois et solaire, actions d&amp;#039;expérimentations et aux productions d&amp;#039;énergies renouvelables…&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Mettre en place des principes de l&amp;#039;économie circulaire et former les acteurs du territoire :&lt;/strong&gt; mise en place de circuits de récupération d&amp;#039;eau de pluie et de réutilisation à usage domestique et industriel, développement des emballages vertueux...&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://invest.seineetmarnevivreengrand.fr/financement-leader/gal-sud-77/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lucie HUGUET &lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:albane.morel&amp;#64;safer-idf.com" rel="noopener" target="_blank"&gt;
+  lucie.huguet&amp;#64;attractivite77.fr  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Animatrice LEADER Sud 77
+&lt;/p&gt;
+&lt;p&gt;
+ 06 31 51 23 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>lucie.huguet@attractivite77.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/federer-des-acteurs-et-des-projets-pour-une-valorisation-raisonnee-de-la-ressource-foret-leader-fiche-action-3/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>143287</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la gestion de vos eaux pluviales et leurs interactions avec les réseaux d'assainissement en ville</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous avez en charge la gestion des eaux pluviales et devez l&amp;#039;adapter aux contraintes de pollution des sols, de dissolution du gypse, de faible perméabilité, tout en gérant le risque d&amp;#039;inondation par ruissellement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema vous accompagne pour la conception et le dimensionnement de solutions de gestion innovantes et appropriées comme par exemple le traitement ou la reperméabilisation.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment élaborer un diagnostic de l&amp;#039;écoulement et du devenir des eaux pluviales et des réseaux d&amp;#039;assainissement ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment éviter le ruissellement des eaux de pluie ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions innovantes de reperméabilisation des sols mettre en oeuvre ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment se former à la gestion des eaux pluviales ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des compétences et moyens matériels dans le domaine de l&amp;#039;eau : hydrologie quantitative, hydrogéologie, approche qualitative, hydrobiologie, écologie urbaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des analyses depuis l&amp;#039;amont (ruissellement, sources de pollution) jusqu&amp;#039;au milieu récepteur (cours d&amp;#039;eau, nappe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des outils développés pour évaluer les services écosystémiques rendus par les ouvrages, leurs performances        hydrauliques et épuratoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises entre ingénierie et recherche pour des solutions innovantes, adaptées aux contextes locaux et aux caractéristiques des sols et du sous-sol
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Accompagner l&amp;#039;élaboration d&amp;#039;un diagnostic de l&amp;#039;existant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser le diagnostic de territoire et de réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer les services écosystémiques rendus par les aménagements en place
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Expertiser les enjeux, déterminer des critères
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Évaluer le potentiel de reperméabilisation à l&amp;#039;échelle du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Exploiter les résultats du diagnostic
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Élaborer des solutions d&amp;#039;amélioration de la qualité de l&amp;#039;eau, la prévention des inondations, la régulation de l&amp;#039;îlot de chaleur urbain, le développement de paysages naturels, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer la gestion intégrée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser le zonage pluvial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fournir des recommandations concrètes pour une stratégie de reperméabilisation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Assister la construction de nouveaux projets d&amp;#039;aménagement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appuyer la maîtrise d&amp;#039;ouvrage dans l&amp;#039;élaboration d&amp;#039;un cahier des charges
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyser les scénarios d&amp;#039;aménagement et de modalités d&amp;#039;exploitation associées (gestion différenciée, gestion naturelle, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Examiner, étudier les problématiques locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Grand Paris Seine &amp;amp; Oise
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude de faisabilité d&amp;#039;une politique d&amp;#039;infiltration des eaux pluviales dans des contextes hydrogéologiques sensibles (risque de dissolution du gypse).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le Grand Narbonne Communauté d&amp;#039;Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Des solutions pour la désimperméabilisation des sols du Grand Narbonne
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Toulouse Métropole
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toulouse Métropole lance une étude sur la débitumisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/ameliorer-gestion-vos-eaux-pluviales-leurs-interactions</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/be77-ameliorer-la-gestion-de-vos-eaux-pluviales-et/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>149125</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet visant à anticiper les manques d’eau et les sècheresses à venir</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Changement climatique et impact sur les ressources en eau et les milieux naturels</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet visant à anticiper les manques d&amp;#039;eau et les sècheresses à venir ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 100 000 € pour les équipements d&amp;#039;économie d&amp;#039;eau et 1 000 000 € pour les autres projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une avance de trésorerie de 30% dès le démarrage de votre projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  et
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Des dépenses remboursées jusqu&amp;#039;à 60 % du montant HT / TTC de votre projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>27/04/2022</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une collectivité ou un groupement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un établissement public
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une association
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une entreprise...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Et votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;évaluation des ressources en eau disponibles et des besoins
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;amélioration de process et/ou la mise en œuvre de technologies économes en eau
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de diagnostic eau visant à référencer les principales consommations et les possibilités d&amp;#039;économie (hors réseau alimentation en eau potable public)
+  &lt;/li&gt;
+  &lt;li&gt;
+   La mobilisation de nouvelles ressources y compris la récupération et la réutilisation des eaux de pluie ou des eaux usées traitées pour des usages compatibles (hors soutien d&amp;#039;étiage) sous réserve d&amp;#039;absence de déséquilibre ou d&amp;#039;impact sur les milieux naturels
+  &lt;/li&gt;
+  &lt;li&gt;
+   La substitution des prélèvements sur les ressources les plus sensibles, notamment les prélèvements dans les cours d&amp;#039;eau et leurs nappes d&amp;#039;accompagnement, vers des ressources moins sensibles
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études, équipements et travaux permettant de favoriser la recharge des milieux naturels et garantir les services éco-systémiques : l&amp;#039;optimisation des aménagements existants
+  &lt;/li&gt;
+  &lt;li&gt;
+   La gestion à la source les eaux pluviales en privilégiant les solutions fondées sur la nature (schéma de gestion des eaux pluviales, aménagement d&amp;#039;espaces multifonctionnels d&amp;#039;infiltration des eaux pluviales, etc)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études, équipements et travaux permettant d&amp;#039;évaluer et renforcer la capacité d&amp;#039;adaptation des milieux aquatiques à l&amp;#039;évolution du climat, la fonctionnalité des milieux naturels (lutte contre les pollutions des milieux aquatiques induites par le réchauffement climatique), l&amp;#039;adaptation des espèces locales, la prévention et la gestion des espèces invasives.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+ &lt;/span&gt;
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/anticiper-manque-eau-et-secheresses/</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0231/depot/simple</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Prenez contact dès maintenant avec les services régionaux (cf rubrique « contactez-nous »). Vous bénéficierez d&amp;#039;un entretien personnalisé afin de vous aider dans l&amp;#039;élaboration de votre projet et de vous guider dans vos démarches.
+&lt;/p&gt;
+&lt;p&gt;
+ OU
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne dès que vous détenez l&amp;#039;ensemble des devis et une note décrivant le projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b735-changement-climatique-et-impact-sur-les-resso/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>103418</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Préserver, restaurer et valoriser les milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Eaux et milieux aquatiques humides</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 50</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt="Budget participatif écologique de la Région Ile-de-France" height="126" src="https://www.iledefrance.fr/sites/default/files/medias/2020-03/pastilleBudgetParticipatifV2.jpg" width="230" /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quels types de projets?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et animations visant la mise en place de Contrats Trame Verte et Bleue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges, dont les opérations concourant à la maîtrise du risque d&amp;#039;inondation par débordement de cours d&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs paysagers concourant à la maîtrise à la source des ruissellements, à l&amp;#039;adaptation au changement climatique et à la biodiversité (désimperméabilisation des sols, végétalisation de la ville, gestion alternative des eaux pluviales...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mesures alternatives à l&amp;#039;usage des produits phytosanitaires pour la protection des milieux aquatiques, de la biodiversité et des personnes (diagnostics et plans de gestion différenciée, acquisition de matériels...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements permettant la récupération des eaux sur bâtiments publics et aménagements associés pour l&amp;#039;arrosage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contrats Trame Verte et Bleue
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;assistance technique à l&amp;#039;élaboration et au suivi des contrats : jusqu&amp;#039;à 40% du montant HT des dépenses en investissement, plafonné à 80 k€.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et ingénierie territoriale pour la préparation et la mise en œuvre des contrats : jusqu&amp;#039;à 50% des dépenses de fonctionnement, plafonné à 40 k€/an.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 400 k€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise à la source des ruissellements et désimperméabilisation :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 400 k€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mesures alternatives à l&amp;#039;usage des produits phytosanitaires :
+ &lt;/strong&gt;
+ jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 100 k€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récupération des eaux de pluie
+ &lt;/strong&gt;
+ : jusqu&amp;#039;à 50% des dépenses en investissement, plafonné à 100 k€.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/eau-et-milieux-aquatiques-et-humides</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ eau-tramevertetbleue&amp;#64;iledefrance.fr
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>biodiversite@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d1f8-eau-et-milieux-aquatiques-et-humides/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>156156</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réhabilitation des zones d’activités économiques (ZAE) existantes</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>RÉHABILITATION DES ZONES D’ACTIVITÉS ÉCONOMIQUES EXISTANTES</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir la requalification durable des zones d&amp;#039;activités économiques (ZAE) industrielles, tertiaires, artisanales et touristiques existantes dans le but d&amp;#039;élever le niveau qualitatif et environnemental de celles-ci sans consommation d&amp;#039;espaces agricoles supplémentaires, conformément à la démarche « Éviter, Réduire, Compenser » (ERC).
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Les zones d&amp;#039;activités commerciales et industrialo-portuaires ne sont pas éligibles au dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Revitalisation
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les dépenses d&amp;#039;investissement réalisées par les EPCI de nature à élever le niveau qualitatif et environnemental de la zone concernée:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La signalétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements paysagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les zones tampons pour les poids lourds,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aménagement d&amp;#039;aires de covoiturage et/ou de stationnement partagés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les parkings ou garages à vélos,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements mutualisés de récupération des eaux de pluie et de collecte des déchets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;amélioration de la desserte haut débit (en lien avec Seine-Maritime Numérique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les éclairages permettant de réaliser des économies d&amp;#039;énergie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;assainissement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les démolitions et réhabilitation de bâtiments appartenant à l&amp;#039;EPCI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de dépollution légère,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;ingénierie et de maîtrise d&amp;#039;œuvre directement liés au projet et/ou à l&amp;#039;accompagnement de la mise en œuvre de certifications et labels (Fredon, Emas, ISO 4001, ISO 14064, ISO 14069...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les locaux de conciergerie sous maîtrise d&amp;#039;ouvrage publique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les voies de circulations douces si l&amp;#039;EPCI porteur du projet assure la continuité de ces voies en dehors de la ZAE (dans le cadre du dispositif départemental de droit commun dédié au développement des circulations cyclables).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une seule opération par an et par EPCI, étant précisé que l&amp;#039;opération subventionnable peut concerner plusieurs zones d&amp;#039;activités différentes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas d&amp;#039;un projet de réhabilitation associé à une extension, la subvention départementale ne couvrira que les dépenses liées à la réhabilitation de la partie de la zone existante.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière sera accordée à l&amp;#039;amélioration de la qualité écologique des ZAE (gestion de l&amp;#039;eau, désimperméabilisation, espaces naturels et paysagers...), mais aussi à la prise en compte des problématiques de mobilité et d&amp;#039;accès aux services des salariés des entreprises de la zone concernée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 20.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 300.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/rehabilitation-des-zones-dactivites-economiques-existantes/</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y19" s="1" t="inlineStr">
         <is>
-          <t>contact-aidesetsubventions@oise.fr</t>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
       <c r="Z19" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1921-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/55d0-aider-au-classement-et-a-la-preservation-des-/</t>
         </is>
       </c>
       <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:27" customHeight="0">
       <c r="A20" s="1">
-        <v>92594</v>
+        <v>120964</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Participer aux aménagements hydrauliques et à l’équipement rural des réseaux et ouvrages pour le pluvial</t>
+          <t>Réserver, restaurer et valoriser les milieux aquatiques et humides</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Eau et milieux aquatiques et humides</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental du Vaucluse</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I20" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Soutenir les projets relatif au pluvial porté par une commune exerçant effectivement la compétence (exercice direct ou par délégation) et se situant dans une zone agricole ou naturelle du document d&amp;#039;urbanisme en vigueur.
-[...8 lines deleted...]
- Le taux maximum de 50 % ne s&amp;#039;applique que si le Conseil départemental est seul financeur et que les dossiers ont été proposés aux autres co-financeurs (Région, Agence de l&amp;#039;eau).
+ La Région s&amp;#039;appuie sur les solutions fondées sur la nature, favorables à la préservation et au développement de la biodiversité en Île-de-France, pour préserver, restaurer et valoriser les milieux aquatiques et humides.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est éligible au
+ &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique"&gt;
+  budget participatif écologique de la Région Île-de-France
+ &lt;/a&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
-  Etudes et élaboration des schémas pluviaux
-[...26 lines deleted...]
-      <c r="R20" s="1" t="inlineStr">
+  Collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bailleurs sociaux publics ou privés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats professionnels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Universités et organismes de recherche,établissements d&amp;#039;enseignement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toute autre personne publique, para publique ou privée intervenant dans le cadre d&amp;#039;une maîtrise d&amp;#039;ouvrage déléguée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Contrats Trame Verte et Bleue
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;assistance technique à l&amp;#039;élaboration et au suivi des contrats : jusqu&amp;#039;à 40% du montant HT des dépenses en investissement, plafonné à 80 k€.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement et ingénierie territoriale pour la préparation et la mise en œuvre des contrats : jusqu&amp;#039;à 50% des dépenses de fonctionnement, plafonné à 40 k€/an.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges :
+ &lt;/span&gt;
+ &lt;span&gt;
+  jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 400 000€).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtrise à la source des ruissellements et désimperméabilisation :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 400 000€).
+&lt;/p&gt;
+&lt;p&gt;
+ Mesures alternatives à l&amp;#039;usage des produits phytosanitaires :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 100 000€).
+&lt;/p&gt;
+&lt;p&gt;
+ Récupération des eaux de pluie :
+ jusqu&amp;#039;à 50% des dépenses en investissement (subvention max : 100 000€).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et animations visant la mise en place de Contrats Trame Verte et Bleue,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection, restauration et valorisation des milieux aquatiques, humides et des berges, dont les opérations concourant à la maîtrise du risque d&amp;#039;inondation par débordement de cours d&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositifs paysagers concourant à la maîtrise à la source des ruissellements, à l&amp;#039;adaptation au changement climatique et à la biodiversité (désimperméabilisation des sols, végétalisation de la ville, gestion alternative des eaux pluviales...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mesures alternatives à l&amp;#039;usage des produits phytosanitaires pour la protection des milieux aquatiques, de la biodiversité et des personnes (diagnostics et plans de gestion différenciée, acquisition de matériels...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements permettant la récupération des eaux sur bâtiments publics et aménagements associés pour l&amp;#039;arrosage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats peuvent déposer leur dossier en permanence sur
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+ Dans le cadre de l&amp;#039;élaboration de leurs projets et en amont du dépôt de candidature, les maîtres d&amp;#039;ouvrage sont encouragés à se rapprocher des services de la Région.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conformément aux règles d&amp;#039;attribution des subventions régionales, les projets présentés ne devront pas avoir commencé avant l&amp;#039;adoption par la Commission permanente des conventions dont ils font l&amp;#039;objet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/eau-et-milieux-aquatiques-et-humides</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Communes qualifiées de « rurales » par arrêté préfectoral, n&amp;#039;ayant pas transféré la compétence.
+ &lt;a href="mailto:eau-tramevertetbleue&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  eau-tramevertetbleue&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
-[...25 lines deleted...]
-      </c>
       <c r="Y20" s="1" t="inlineStr">
         <is>
-          <t>nathalie.maucotel@vaucluse.fr</t>
+          <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
       <c r="Z20" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1f0a-participer-aux-amenagements-hydrauliques-et-a/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0586-eau-et-milieux-aquatiques-et-humides/</t>
         </is>
       </c>
       <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:27" customHeight="0">
       <c r="A21" s="1">
-        <v>152161</v>
+        <v>155123</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aider à la mise en place ou à la réhabilitation de l’assainissement des communes rurales</t>
+          <t>Créer, rénover, étendre des équipements à vocation sportive</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>ASSAINISSEMENT RURAL</t>
+          <t>Équipements sportifs (politique territoriale  22-28)</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Oise</t>
+          <t>Conseil départemental de la Manche</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I21" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;équipements à vocation sportive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les plateaux multi-activités
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aire de jeux multisports sécurisée le plus souvent non-couverte, à vocation scolaire et périscolaire mais aussi d&amp;#039;espaces d&amp;#039;entrainement pour diverses disciplines (handball, tennis, basket, volley ...) dont l&amp;#039;emprise au sol est au minimum de 11 m x 22 m.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les équipements sportifs pluridisciplinaires de proximité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Equipements sportifs reconnus comme étant à usage communal ou communautaire, permettant la pratique de plusieurs disciplines sportives dans un environnement couvert. On intègre dans cette catégorie les salles sportives dont l&amp;#039;aire de jeux doit-être a minima de 36m x 18m et les gymnases dont l&amp;#039;aire de jeux doit-être de 44m x 22m, permettant notamment la pratique du handball en compétition.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les équipements sportifs spécifiques de proximité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Equipements sportifs reconnus comme étant à usage communal ou communautaire, permettant la pratique d&amp;#039;une discipline sportive principale de plein air ou couverte : les aires de jeux engazonnées ou synthétiques dédiées aux sports collectifs (football, rugby, baseball...), pour l&amp;#039;entraînement et la compétition, les terrains de basket 3x3, les terrains de foot 5x5, les terrains de tennis et de padel, les boulodromes, les salles d&amp;#039;arts martiaux et dojo, les salles de tennis de table, les salles de gymnastique, les pistes d&amp;#039;athlétisme (équipement extérieur non couvert), les patinoires, les complexes aquatiques...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tous les équipements sauf les plateaux sportifs, avis de la DDCS
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations des bâtiments, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nécessité de la présence sur le territoire d&amp;#039;une structure affiliée à une fédération organisant des compétitions en lien avec la ou les disciplines pratiquées sur l&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nécessité de respecter les normes fédérales en vigueur dans la ou les disciplines pratiquées sur l&amp;#039;équipement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nécessité de la justification de l&amp;#039;équipement en question au regard des autres équipements existants sur le secteur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bâtiment
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Equipement de plein air
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences en matière de végétalisation et de paysagement de l&amp;#039;espace
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition écologique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Equipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer le bon état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité ...), installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, ...), utilisation de matériaux durables (bois locaux , masse, ...) pour la réalisation des équipements présents sur l&amp;#039;espace publics, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, , mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales.....), réemploi de matériaux et/ou mobiliers, insertion de clauses environnementales dans les marchés publics
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition inclusive :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment et équipements de plein air :
+   &lt;/strong&gt;
+   Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort et agrès sportifs adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-sportifs-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.97
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/310f-equipements-sportifs-politique-territoriale-2/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>163148</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'infiltration des eaux à la parcelle et favoriser la récupération des eaux pluviales des toitures et leur réutilisation</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 50 000 € HT pour les travaux permettant la déconnexion des toitures et le stockage des eaux de pluie / Plafond de 200 000 € HT pour les études et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;Travaux permettant la déconnexion des toitures et le stockage des eaux de pluie en vue d&amp;#039;une réutilisation &lt;/li&gt;&lt;li&gt;Etudes et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes avec aménagements permettant l&amp;#039;infiltration des eaux de pluie&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espace public
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations finançables doivent d&amp;#039;une part permettre de favoriser l&amp;#039;infiltration des eaux à la parcelle et limiter le &amp;#34;tout réseau&amp;#34; en milieu bâti / artificialisé ou d&amp;#039;autre part de favoriser la récupération des eaux pluviales des toitures et le développement de la réutilisation de ces eaux.&lt;/p&gt;&lt;p&gt;Les travaux devront être réalisés en espace urbain et être basés sur des solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>154582</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Aménager ou réhabiliter les aires d’accueil des gens du voyage, les aires de grand passage ainsi que les terrains familiaux locatifs</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Aires d’accueil des gens du voyage et terrains familiaux (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à aménager ou réhabiliter les aires d&amp;#039;accueil des gens du voyage, les aires de grand passage ainsi que les terrains familiaux locatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi, sont éligibles les projets inscrits et prévus dans le cadre du schéma départemental d&amp;#039;accueil des gens du voyage 2019-2025 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les aires de grands passages permettant l&amp;#039;accueil des regroupements occasionnels ou traditionnels de 50 à 200 caravanes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les aires d&amp;#039;accueil aménagées permettant l&amp;#039;accueil temporaire de maximum 9 mois sur un terrain aménagé ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les terrains familiaux locatifs permettant la sédentarisation des familles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes doivent concerner des travaux de création et de relocalisations d&amp;#039;aires. Ainsi que les travaux de réhabilitation lourde (élargissement des places, construction de blocs sanitaires supplémentaires et réfection des existants, etc.) dont les extensions (pour maintenir la capacité de l&amp;#039;aire).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra répondre à la législation et à la réglementation en vigueur relatives à l&amp;#039;accueil et à l&amp;#039;habitat des gens du voyage, aux prescriptions du schéma départemental d&amp;#039;accueil des gens du voyage ainsi que, a minima, aux préconisations fixées par l&amp;#039;Etat.
+&lt;/p&gt;
+&lt;p&gt;
+ Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau. Les mobilités douces devront également être prises en compte dans le projet.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences réglementaires et techniques requises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   Utilisation de matériaux durables (bois, masse, ...) pour la réalisation des équipements présents, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, éclairage public économe...), insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   Mise en place d&amp;#039;un projet de lutte contre l&amp;#039;illettrisme, d&amp;#039;accès à la culture et aux loisirs favorisant la scolarisation des enfants du voyage, formant à l&amp;#039;usage du numérique pour faciliter les démarches administratives et favorisant l&amp;#039;utilisation des activités existantes en matière de loisirs, culture et sport ; développement d&amp;#039;accompagnements sociaux et socio-professionnels spécifiques ; insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement, de réhabilitation ou de construction ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux et aménagements
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, taxes et redevances, frais de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aires-daccueil-des-gens-du-voyage-et-terrains-familiaux-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 77 79 54
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c614-aires-daccueil-des-gens-du-voyage-et-terrains/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>155116</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études et des actions de protection en faveur de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Études et actions de protection en faveur de la biodiversité (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La conservation de la biodiversité patrimoniale et des milieux ordinaires, ainsi que des continuités écologiques constitue l&amp;#039;un des enjeux clés de la transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois types de projets peuvent être accompagnés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Restauration d&amp;#039;espaces naturels concourant à la préservation ou amélioration de la biodiversité/des paysages) : création de zones refuges ou de circulation pour la faune, création de coulées ou ceintures vertes, aménagement écologique de lisières, renaturation de friches urbaines ... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements d&amp;#039;espaces naturels permettant une découverte du site sans porter atteinte au milieu naturel : création de sentiers botaniques... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rétablissement/maintien des continuités écologiques linéaires ou en pas japonais (haies, zones humides, bosquets).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si étude, cahier des charges de l&amp;#039;étude et proposition du cabinet retenu
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pièces justifiant la bonification si sollicitée
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public (maitrise foncière publique ou servitude) devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une maîtrise foncière publique (propriété ou servitude) des espaces naturels est exigée ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets devront intégrer une réflexion préalable pour qualifier les enjeux de protection de la biodiversité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les aménagements devront respecter le milieu naturel et la réglementation spécifique au site (autorisations relatives aux sites classés ou inscrits, au titre de la loi sur l&amp;#039;eau ou du droit d&amp;#039;urbanisme...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les espaces naturels devront être ouverts librement au public, sauf fragilité particulière du milieu naturel.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, utilisation de matériaux durable (certification environnementale des bois utilisés pour les aménagements...), réinsertion d&amp;#039;espèces locales, traitement naturel des bois, utilisation de produits biodégradables (paillage des plantations...), mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, éclairage public économe...), insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique et panneaux d&amp;#039;interprétation adaptés, association des usagers sur la phase conception du projet, dans la réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet (faune, flore, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti en cas de présence d&amp;#039;espèces rares ou protégées (si moins de 5 ans) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de restauration visant à maintenir ou restaurer le patrimoine naturel en présence ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement, de valorisation et de médiation scientifique permettant une découverte du site sans dégrader le milieu naturel (panneaux, mobiliers d&amp;#039;interprétation, applis smartphone...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement dégradant le milieu naturel ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité et de reproduction des dossiers.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/etudes-et-actions-de-protection-en-faveur-de-la-biodiversite-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.95.25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6322-etudes-et-actions-de-protection-en-faveur-de-/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>155112</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter l’hôtellerie de plein air et des aires de camping-cars publiques</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Hôtellerie de plein air et aire d’accueil de camping-cars (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation d&amp;#039;hôtellerie de plein air et d&amp;#039;aires de camping-cars publiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Hôtellerie de plein air (camping)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Espaces extérieurs destinés à l&amp;#039;accueil de tentes, de caravanes, de résidences mobiles de loisirs et d&amp;#039;habitations légères de loisirs. Ils sont constitués a minima de 6 emplacements nus ou équipés de l&amp;#039;une de ces installations, ainsi que d&amp;#039;équipements communs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les hébergements classés sont évalués selon trois grands axes : la qualité de confort, la qualité des services, les bonnes pratiques en matière de respect de l&amp;#039;environnement et d&amp;#039;accueil des clientèles en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Aire d&amp;#039;accueil de camping-cars
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aire d&amp;#039;accueil de camping-cars est un espace ouvert gratuit ou non, dans ou en dehors d&amp;#039;un camping, réservé au stationnement des camping-cars de jour comme de nuit. Au-delà de 50 places, elle est soumise au permis d&amp;#039;aménager pour les parkings (R. 421-19 j du code de l&amp;#039;urbanisme). Elle peut être équipée d&amp;#039;une aire de services qui est un dispositif sanitaire technique proposé aux camping-caristes afin d&amp;#039;effectuer les opérations nécessaires comme la vidange des eaux usées et l&amp;#039;approvisionnement en eau potable.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les projets de création seront analysés au regard des besoins identifiés dans la stratégie touristique du territoire intercommunal concerné. Les projets devront donc répondre à un intérêt touristique avéré et à une problématique constatée de régulation du stationnement de ce type de véhicules.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Hôtellerie de plein air
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est de contribuer au développement économique et touristique par une offre d&amp;#039;hébergement de qualité. Seuls les établissements classés minimum 2 étoiles et ouvert au minimum entre mai et septembre pourront bénéficier de ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ A partir de 150 000 € d&amp;#039;investissement, le projet nécessite de faire appel à un cabinet spécialisé qui réalisera préalablement une étude de faisabilité (dépense éligible).
+&lt;/p&gt;
+&lt;p&gt;
+ Les terrains de camping concernés devront comporter au minimum 30% de leurs emplacements ouverts à la location (à la nuitées, semaine ou au mois pour une clientèle de passage).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti (applicable pour les seuls espaces nécessitant d&amp;#039;être chauffés), et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Aire d&amp;#039;accueil de camping-cars
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences en matière de végétalisation et de paysagement de l&amp;#039;espace.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création (applicable pour les seuls espaces nécessitant d&amp;#039;être chauffés), recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Equipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition inclusive :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers, sanitaires, ...), signalétique inclusive, accessibilité du bâtiment par des cheminements doux adaptés PMR, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Équipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;emplacements réservés et adaptés aux personnes à mobilités réduites, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique inclusive, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés à l&amp;#039;amélioration de la qualité des emplacements y compris cheminements avec une forte intégration environnementale et paysagère ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux concernant des équipements ludiques et de loisirs (piscine couverte ou non...), mais également bâtiment d&amp;#039;accueil ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les services offerts à la clientèle (location de vélo électrique ou non, bagagerie, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition, l&amp;#039;installation (hors achat par crédit-bail) et la rénovation d&amp;#039;habitations légères de loisirs (HLL) et mobil-homes avec terrasses y compris transport, pose et terrasse (uniquement dans le cadre d&amp;#039;un projet global)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement extérieur en cas de désimperméabilisation et végétalisation des espaces détente/loisirs et de stationnement ou création de stationnements perméables et végétalisés
+  &lt;/li&gt;
+  &lt;li&gt;
+   et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/hotellerie-de-plein-air-et-aire-daccueil-de-camping-cars-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.98.70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4857-hotellerie-de-plein-air-et-aire-daccueil-de-c/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>152161</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la mise en place ou à la réhabilitation de l’assainissement des communes rurales</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>ASSAINISSEMENT RURAL</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 30</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la mise en place ou à la réhabilitation de l&amp;#039;assainissement collectif, ainsi qu&amp;#039;à la réhabilitation de l&amp;#039;assainissement autonome dans les communes rurales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M26" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;un réseau d&amp;#039;assainissement collectif dans le hameau de &amp;#34;La Vallée&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Étude préalable à la réhabilitation des réseaux d&amp;#039;assainissement sur la commune de &amp;#34;Petitville&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation de la station d&amp;#039;épuration de &amp;#34;La Violette&amp;#34; (800 équivalents habitants)
  &lt;/li&gt;
  &lt;li&gt;
   Extension du réseau de collecte des eaux usées dans le quartier &amp;#34;Saint-Martin&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une station d&amp;#039;épuration à roseaux pour le village de &amp;#34;Beaulieu&amp;#34; (1 200 équivalents habitants)
  &lt;/li&gt;
  &lt;li&gt;
   Étude de faisabilité pour l&amp;#039;assainissement autonome dans les hameaux de &amp;#34;Bellecombe&amp;#34; et &amp;#34;Rivière&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation des réseaux d&amp;#039;assainissement et mise en séparatif sur l&amp;#039;ensemble de la commune de &amp;#34;Grandvillage&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;un traitement anti-H2S sur le poste de relevage de &amp;#34;La Chapelle&amp;#34;
@@ -4176,65 +5008,65 @@
  &lt;/li&gt;
  &lt;li&gt;
   Assistance à maîtrise d&amp;#039;ouvrage pour la construction d&amp;#039;une station d&amp;#039;épuration collective dans le groupement de communes &amp;#34;Lac et Montagne&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation des réseaux d&amp;#039;assainissement et création d&amp;#039;un nouveau poste de refoulement pour &amp;#34;Les Champs&amp;#34; (75 branchements)
  &lt;/li&gt;
  &lt;li&gt;
   Étude d&amp;#039;actualisation du schéma directeur d&amp;#039;assainissement pour les communes de &amp;#34;Bordelac&amp;#34; et &amp;#34;Mareil-sur-Mer&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;une station d&amp;#039;épuration pour le traitement des eaux usées de &amp;#34;La Plaine&amp;#34; (2 500 équivalents habitants)
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de mise en séparatif des eaux usées dans le secteur de &amp;#34;La Grande Rue&amp;#34; (50 branchements)
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un réseau d&amp;#039;assainissement autonome pour le hameau de &amp;#34;La Ferme&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation des réseaux d&amp;#039;assainissement et modernisation des installations techniques de la station d&amp;#039;épuration de &amp;#34;Belleval&amp;#34; (1 000 équivalents habitants)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Voirie et réseaux
 Equipement public
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -4479,284 +5311,8193 @@
   MODALITES DE VERSEMENT DE LA SUBVENTION :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention sera versée selon les conditions définies dans le règlement général des aides aux communes.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux d&amp;#039;assainissement sur les communes considérées comme urbaines.
  &lt;/li&gt;
  &lt;li&gt;
   tous travaux s&amp;#039;apparentant à de l&amp;#039;entretien ou du renouvellement,
  &lt;/li&gt;
  &lt;li&gt;
   les études suivies de travaux non éligibles ne sont pas finançables au titre de l&amp;#039;aide aux communes.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W21" s="1" t="inlineStr">
+      <c r="W26" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2605-aider-a-la-creation-damenagements-de-securite/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>155114</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Identifier et réaliser des travaux de restauration et de valorisation du petit patrimoine non protégé au titre des monuments historiques</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Petit patrimoine non protégé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Identification et travaux de restauration et de valorisation du petit patrimoine non protégé au titre des monuments historiques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  patrimoine matériel : bâti non protégé et visible depuis la voie publique (littoral, balnéaire, équestre, industriel, vestiges de la seconde guerre mondiale, ensembles urbains ou ruraux de la reconstruction, bâti en terre...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  patrimoine immatériel : traditions orales enrichissant la connaissance d&amp;#039;un territoire (témoignages, contes, chants, techniques et savoir-faire, us et coutumes...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet identification :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les CTM, CPU et CPS : 50% du coût du poste de chargé de mission ou du coût de l&amp;#039;étude – aide plafonnée à 15 000 €.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Versement de la subvention conditionné à la transmission des données numériques et d&amp;#039;une synthèse pédagogique au Conseil départemental.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet travaux de restauration et/ou valorisation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet identification :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CV du chargé de mission recruté réponse à la consultation de la prestation de service
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet travaux de restauration et/ou valorisation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avis éventuels d&amp;#039;un architecte du CAUE ou de l&amp;#039;architecte des bâtiments de France
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces justifiant la bonification si sollicitée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Espace public
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet identification :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recrutement par le maitre d&amp;#039;ouvrage d&amp;#039;un chargé de mission qualifié, validé par le Conseil départemental ou réalisation d&amp;#039;une étude de pré-inventaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conventionnement avec le Conseil départemental approuvant la lettre de mission ou le cahier des charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travail normalisé du recensement selon l&amp;#039;outil méthodologique élaboré et fourni par le Conseil départemental ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restitution au maitre d&amp;#039;ouvrage et au Conseil département des données collectées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;outils de valorisation (panneaux, outil numérique...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet travaux de restauration et/ou valorisation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect des critères de préservation durable des édifices anciens de propriété publique (techniques et matériaux dans le respect des règles de l&amp;#039;art).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, recours à des artisans RGE, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet identification
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le coût du poste de chargé de mission ou de l&amp;#039;étude pour les CTM, CPU et CPS.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Volet travaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de restauration et mise en valeur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le coût du poste de chargé de mission ou de l&amp;#039;étude pour les FIR ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/petit-patrimoine-non-protege-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.06.69.39
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c38-petit-patrimoine-non-protege-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>164335</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Opérations ponctuelles ou globales</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J28" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT /</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opérations ponctuelles 
+ou globales 
+d’aménagement mettant 
+en œuvre une gestion 
+intégrée des eaux de 
+pluie et végétalisation 
+associée&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q28" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux de gestion intégrée 
+des eaux pluviales et de 
+végétalisation associée 
+situés en zone urbanisée&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-etudes/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>155126</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover ou étendre une salle de convivialité ou un espace de vie associatif dont la gestion est publique</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Salles de convivialité et espaces de vie associative (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé visant à la création (si équipement similaire non présent sur la commune ou équipement obsolète ne pouvant être réhabilité), la rénovation ou l&amp;#039;extension d&amp;#039;une salle de convivialité ou d&amp;#039;un espace de vie associatif dont la gestion est publique.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les salles de convivialité sont des équipements d&amp;#039;accueil du public composé d&amp;#039;une salle principale et d&amp;#039;annexes (cuisines, vestiaires, sanitaires...), dédié aux associations locales et aux privés pour l&amp;#039;organisation de diverses manifestations.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les espaces de vie associative sont des équipements composés d&amp;#039;espaces spécifiques et/ou communs dédiés à des associations locales pour la pratique de leurs diverses activités régulières auprès de leurs adhérents On peut aussi les dénommer maisons des associations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des salles de convivialité, avant calcul de la subvention départementale, une déduction des recettes théoriques générées par l&amp;#039;équipement sera prise en compte pour déterminer la base éligible. Cette déduction sera forfaitairement de 20% du montant HT des travaux éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les rénovations, document de diagnostic énergétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pièces justifiant de la bonification si sollicitation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnements ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/salles-de-convivialite-et-espaces-de-vie-associative-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/997c-salles-de-convivialite-et-espaces-de-vie-asso/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>165132</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les hébergements collectifs</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux hébergements collectifs</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Recherche</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficiez de l’aide régionale pouvant aller jusqu’à 500 000 € :</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d’investissements permettant la création, la réhabilitation ou l’extension d’équipements dans des hébergements collectifs ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 500 000 € : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Des dépenses remboursées jusqu’à 20% du montant de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une SCIC&lt;/li&gt;
+&lt;li&gt;Une commune ou une autre collectivité territoriale propriétaires des murs&lt;/li&gt;
+&lt;li&gt;Un privé&lt;/li&gt;
+&lt;li&gt;Une société de portage dont l’hébergement est géré par une association&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Un village de vacances&lt;/li&gt;
+&lt;li&gt;Une résidence de tourisme&lt;/li&gt;
+&lt;li&gt;Une maison familiale de vacances&lt;/li&gt;
+&lt;li&gt;Un centre de vacances&lt;/li&gt;
+&lt;li&gt;Un centre international de séjour&lt;/li&gt;
+&lt;li&gt;Une auberge de jeunesse&lt;/li&gt;
+&lt;li&gt;Situé sur le territoire de la région Grand Est&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Un hébergements d’une capacité minimum de 40 lits&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;p&gt;Priorité est donnée aux investissements présentant un intérêt économique permettant de mesurer le maintien ou les créations d’emplois envisagées à l’issue des travaux et aux structures exemplaires ou tendant vers l’exemplarité en matière de développement durable.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT&lt;/strong&gt; (TTC si le bénéficiaire n’est pas assujetti à la TVA).&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 400 000 € &lt;/strong&gt;(ou 500 000 € si le projet est implanté sur une friche (type friche militaire) ou requalification de le friche).&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les travaux réalisés par des entreprises spécialisées (hors porteur de projet lui-même) qui apportent une plus-value qualitative à l’offre des hébergements collectifs et dont la dépense éligible est supérieure à 125 000 € HT&lt;/li&gt;
+&lt;li&gt;Les honoraires d’architecte ou ceux du maitre d’œuvre&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses de création ou d’amélioration de piscine, SPA, bain finlandais, sauna, hammam uniquement si les équipements qui seront mis en œuvre répondront à des enjeux de développement durable en justifiant techniquement (procédés, matériaux, conditions d’exploitation…). Les économies qui seront réalisées sur la ressource en eau et sur la ressource en énergie lors de leurs utilisations après travaux (exemple : Installation d’une couverture de piscine, installation d’un système de récupération de l’eau de pluie, centrale de filtration, installation d’une pompe à chaleur, installation de panneaux solaires thermiques, installation de panneaux photovoltaïques etc…). A cet effet, le porteur devra justifier de ces économies via le maître d’œuvre ou l’architecte&lt;/li&gt;
+&lt;li&gt;Le coût de l’audit d’efficacité énergétique (prise en charge régionale de 80% maximum)&lt;/li&gt;
+&lt;li&gt;Le coût de la procédure de labellisation ou d’affichage environnemental auprès de l’organisme certificateur (prise en charge régionale de 80% maximum)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus&lt;/strong&gt; : Mobilier (hors cuisine intégrée ou éléments de salle de bain), matériel, éléments non fixes de décoration, literie, travaux d’entretien courant, factures de matériaux ainsi que les acquisitions immobilières et foncières et les investissements réglementaires (travaux de mise aux normes seuls).&lt;/p&gt;
+&lt;h3&gt;Aides complémentaires&lt;/h3&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne,&lt;strong&gt; uniquement, &lt;/strong&gt;avant signature de devis et avant le début des travaux. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure et avant la fin des travaux.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Si le projet est porté par &lt;strong&gt;une seule structure juridique, le dossier est à déposer en ligne&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;Si le projet est porté par&lt;strong&gt; plusieurs structures juridiques &lt;/strong&gt;(exemple : SAS &amp;#43; SCI)&lt;strong&gt;, veuillez nous contacter par mail à l’adresse &lt;/strong&gt;&lt;a href="mailto:tourisme&amp;#64;grandest.fr"&gt;tourisme&amp;#64;grandest.fr&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P30" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2024</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/hebergements-collectifs/</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0182/depot/simple</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Si le projet est porté par une seule structure juridique, le dossier est à déposer en ligne&lt;/p&gt;&lt;p&gt;Si le projet est porté par plusieurs structures juridiques (exemple : SAS &amp;#43; SCI), veuillez nous contacter par mail à l’adresse tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-hebergements-collectifs/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>164336</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'eau et la nature  en ville et village - gestion intégrée - Dispositif cours d'école, bulle nature</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de d'eau et nature en ville et village</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / PAOT /</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Favoriser des démarches globales et planifiées pour la reconquête du bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Développer un urbanisme durable, adapté au changement climatique et solidaire&lt;/p&gt;&lt;p&gt;Favoriser le maintien et le retour de la biodiversité au coeur des tissus bâtis&lt;/p&gt;&lt;p&gt;Interfacer la stratégie avec les autres politiques de la ville et acteurs de l&amp;#039;aménagement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles :
+&lt;br /&gt;• Les travaux pour des cours d’écoles résilientes au changement climatique, perméables et végétalisées :
+désimperméabilisation, récupération d’eau de pluie, végétalisation des espaces (plantation de haies, 
+arbres, couvre-sol, …), création d’îlots de fraicheur, intégration de matériaux de couleur claire poreux, 
+jardins pédagogiques, … ;
+&lt;br /&gt;• Les actions de concertation et de communication associées. &lt;/p&gt;&lt;p&gt;Les groupes scolaires associés -périscolaires, centres éducatifs d’enfants handicapés- bénéficient également de 
+cette mesure. Les collèges, lycées ou universités et assimilés sont traités dans le cadre de l’article 4.2.1. &lt;/p&gt;&lt;p&gt;L’aide maximale aux projets de cours d’école est conditionnée à une démarche impliquant la concertation et 
+aux projets les plus ambitieux écologiquement lorsque cela est possible : déraccordement des toitures, 
+récupération d’eau de pluie, solutions surfaciques et végétalisées, création d’emprises de pleine terre.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Espaces verts
+Espace public
+Jeunesse
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q31" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Travaux de gestion intégrée 
+des eaux pluviales et de 
+végétalisation au sein des 
+écoles&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_nature_en_ville.pdf?Archive=263784608196&amp;File=fiche%5Fnature%5Fen%5Fville%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-leau-et-la-nature-en-ville-et-village-gestion-integree-operations-ponctuelles-ou-globales/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>440</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter les réseaux d'eau</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Subvention</t>
+        </is>
+      </c>
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Objectifs
-[...24 lines deleted...]
-      <c r="M22" s="1" t="inlineStr">
+  La réhabilitation des réseaux
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle concerne : la réhabilitation des réseaux et des ouvrages associés (postes de relèvement, ...) existants, la mise en séparatif par pose d&amp;#039;un réseau eaux usées et les collecteurs de transferts d&amp;#039;une ancienne STEU vers une autre, ainsi que les collecteurs de maillage.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Plans communaux d&amp;#039;hydraulique avec mise en place de haies, talus, mares, zones d&amp;#039;expansion de crue...
+ Le conseil d&amp;#039;administration de l&amp;#039;agence de l&amp;#039;eau Seine-Normandie du 15 juin 2020 et le comité de bassin dans sa séance du 23 juin votent un plan de reprise pour soutenir l&amp;#039;investissement en augmentant ses taux d&amp;#039;aides pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les projets d&amp;#039;assainissement et de gestion des eaux de pluie, prioritaires pour la reconquête du bon état des masses d&amp;#039;eau et pour la mise en œuvre du plan baignade en Seine et en Marne,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets de sécurisation de l&amp;#039;alimentation en eau potable pour les territoires les plus exposés au risque de sécheresse,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets prioritaires de restauration de la continuité écologique des cours d&amp;#039;eau.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls sont éligibles les travaux réalisés sous la charte qualité nationale.
+Minoration de la Subvention à 20% (&amp;#43; Avance 40 %) pour agglomérations d&amp;#039;assainissement ≥ 10 000 EH en cas de non-respect du critère de zonage pluvial (Cette condition entre en vigueur au 01/01/2021).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X22" s="1" t="inlineStr">
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Prendre contact avec le pôle Ressource en eau du Département de l&amp;#039;Eure
-[...14 lines deleted...]
- Tél. : 02 32 31 50 50
+ Contactez vos relais locaux :
+ &lt;a href="http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales"&gt;
+  http://www.eau-seine-normandie.fr/agence-de-leau/directions_territoriales
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/560d-la-rehabilitation-des-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>155119</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des centres de vacances</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Centres de vacances (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;équipements.
+&lt;/p&gt;
+&lt;p&gt;
+ Les centres de vacances (ou colonies de vacances) sont des accueils collectifs avec hébergement pour tous les jeunes âgés de 4 à 17 ans lors de leurs congés scolaires, professionnels ou de leurs loisirs. Les groupes accueillis sont composés d&amp;#039;au minimum 12 enfants et/ou adolescents pour une durée supérieure à 5 nuits.
+&lt;/p&gt;
+&lt;p&gt;
+ Les organisateurs, qui proposent de tels accueils sont tenus de les déclarer auprès des services déconcentrés du ministère concerné
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avis obligatoire de la PMI (si accueil enfants -6ans)
+&lt;/p&gt;
+&lt;p&gt;
+ Avis obligatoires du SDIS, de la direction de la cohésion sociale, de la DDPPARS
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Jeunesse
+Famille et enfance
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnements ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), des places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/centres-de-vacances-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.61
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/257a-centres-de-vacances-politique-territoriale-22/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>155120</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre l'immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère)</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Dernier commerce de sa spécialité – boutique éphémère (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;immobilier destiné à accueillir un commerce (dernier commerce, seul commerce dans sa spécialité ou boutique éphémère).
+&lt;/p&gt;
+&lt;p&gt;
+ Une boutique éphémère, comme son nom l&amp;#039;indique, est un concept de point de vente temporaire qui &amp;#34;apparaît&amp;#34; pendant une courte période, de quelques heures à plusieurs mois, puis disparaît. L&amp;#039;entreprise devra signer un bail d&amp;#039;occupation précaire ou une convention d&amp;#039;occupation précaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 % ; déduction faite des loyers représentant de façon forfaitaire 20% du montant HT des travaux. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le dernier commerce :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   avis de la compagnie consulaire concernée (intérêt de l&amp;#039;opération, viabilité économique du projet, concurrence...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   identité du futur exploitant
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour la boutique éphémère :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet communal d&amp;#039;animation-occupation de la boutique
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les deux types de projet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   projet de bail ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les rénovations, document de diagnostic énergétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   pièces justifiant la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le service instructeur se réserve le droit de demander toute pièce complémentaire qu&amp;#039;il jugerait utile pour la bonne compréhension et l&amp;#039;analyse du projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Commerces et services
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessaire d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les derniers commerces, la commune devra avoir identifié un futur exploitant
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les boutiques éphémères, la commune devra présenter le projet d&amp;#039;occupation-animation du lieu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), mise en place d&amp;#039;une offre de livraison à domicile, horaires d&amp;#039;ouverture élargis, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : étude d marché, études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés régie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non-collectif.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/dernier-commerce-de-sa-specialite-boutique-ephemere-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.97.41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1245-dernier-commerce-de-sa-specialite-boutique-ep/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>155127</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les travaux réalisés uniquement sur le préau ou la cour d&amp;#039;école ne seront éligibles que s‘ils s&amp;#039;intègrent dans un projet global portant sur l&amp;#039;ensemble de l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets scolaires : production des effectifs actuels et attendus par tranche d&amp;#039;âge.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : transmission d&amp;#039;une note de présentation des objectifs, des modalités, des effectifs actuels et attendus par tranche d&amp;#039;âge, des moyens humains affectés et des capacités d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : Si gestion associative, statuts de l&amp;#039;association et convention liant le gestionnaire et la collectivité finançant la structure
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant de la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets scolaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Examen au cas par cas des projets situés sur des sites scolaires de 4 classes ou moins, en fonction de la dynamique territoriale ; par définition ces sites n&amp;#039;offrent pas l&amp;#039;ensemble du cycle scolaire primaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation d&amp;#039;attribution de subvention de la part de l&amp;#039;Etat.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets périscolaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présence obligatoire d&amp;#039;une école sur la commune d&amp;#039;implantation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrains ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-scolaires-et-periscolaires-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d77-equipements-scolaires-et-periscolaires-politi/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>165130</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les hostels</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux hostels</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de création, de réhabilitation ou d’extension d’équipements d’hébergements touristiques collectifs de type &amp;#34;hostels&amp;#34; ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 300 000 € : &lt;/strong&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Des dépenses remboursées jusqu’à 20% du montant de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une SCIC&lt;/li&gt;
+&lt;li&gt;Une commune ou une autre collectivité territoriale propriétaires des murs&lt;/li&gt;
+&lt;li&gt;Un privé&lt;/li&gt;
+&lt;li&gt;Une société de portage dont l’hébergement est géré par une association.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
+&lt;p&gt;Un programme de création, de réhabilitation ou d’extension d’équipements pour les structures appelées «hostels »&lt;strong&gt; d’une capacité minimum de 15 lits&lt;/strong&gt;, c’est-à-dire une offre d’hébergement hybride proposant :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Des lits en dortoirs partagés&lt;/li&gt;
+&lt;li&gt;Des chambres privatives doubles à quadruples&lt;/li&gt;
+&lt;li&gt;Un lieu de vie animé et convivial (zone de jeux, espace extérieur, etc.)&lt;/li&gt;
+&lt;li&gt;Des services complémentaires répondants aux attentes des clientèles : espace de co-working, cuisine partagée, consigne à bagages, casiers sécurisés, salles de réunions, local à vélos, etc.&lt;/li&gt;
+&lt;li&gt;Le cas échéant proposer des prestations de restauration/bar&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Ne seront pas éligibles&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;les centres appartenant à un Comité d’Entreprise&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;le projet d’hostel dont la principale source d’énergie est issue de l’énergie fossile tel que le fioul&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;p&gt;Priorité est donnée aux investissements présentant un intérêt économique permettant de mesurer le maintien ou les créations d’emplois envisagées à l’issue des travaux et aux structures exemplaires ou tendant vers l’exemplarité en matière de développement durable.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h3&gt;Montant de l’aide régionale &lt;strong&gt;&lt;br /&gt;
+&lt;/strong&gt;&lt;/h3&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et son &lt;strong&gt;maximum est de 200 000 €&lt;/strong&gt; (ou 300 000 €* si le projet est implanté sur une friche – type friche militaire – ou requalification de le friche).&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les travaux réalisés par des entreprises spécialisées (hors porteur de projet lui-même) qui apportent une plus-value qualitative à l’offre d’hostels et dont la dépense éligible est supérieure à 125 000 € HT&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses de création ou d’amélioration de piscine, SPA, bain finlandais, sauna, hammam &lt;strong&gt;uniquement si les équipements qui seront mis en œuvre répondront à des enjeux&lt;/strong&gt; de développement durable &lt;strong&gt;en justifiant techniquement (procédés, matériaux, conditions d’exploitation…). Les économies qui seront réalisées sur la ressource en eau et sur la ressource en énergie&lt;/strong&gt; lors de leurs utilisations après travaux (exemple : Installation d’une couverture de piscine, installation d’un système de récupération de l’eau de pluie, centrale de filtration, installation d’une pompe à chaleur, installation de panneaux solaires thermiques, installation de panneaux photovoltaïques etc…). A cet effet, le porteur devra justifier de ces économies via le maître d’œuvre ou l’architecte&lt;/li&gt;
+&lt;li&gt;Les honoraires d’architecte et maître d’œuvre&lt;/li&gt;
+&lt;li&gt;Le coût de l’audit d’efficacité énergétique (prise en charge régionale de 80% maximum)&lt;/li&gt;
+&lt;li&gt;Le coût de la procédure de labellisation ou d’affichage environnemental auprès de l’organisme certificateur (prise en charge régionale de 80% maximum)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Mobilier (hors cuisine intégrée ou éléments de salle de bain), matériel, éléments non fixes de décoration, literie, travaux d’entretien courant, factures de matériaux ainsi que les acquisitions immobilières et foncières et les investissements réglementaires (travaux de mise aux normes seuls).&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;* pour plus de détails, consulter le règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
+&lt;h3&gt;Aides complémentaires&lt;/h3&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel"&gt;besoins en matière de transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI, etc.)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne, &lt;strong&gt;uniquement&lt;/strong&gt;, avant signature de devis et avant le début des travaux. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure et avant la fin des travaux.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Si le projet est porté par &lt;strong&gt;une seule structure juridique, le dossier est à déposer en ligne&lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;Si le projet est porté par&lt;strong&gt; plusieurs structures juridiques &lt;/strong&gt;(exemple : SAS &amp;#43; SCI)&lt;strong&gt;, veuillez nous contacter par mail à l’adresse &lt;/strong&gt;&lt;a href="mailto:tourisme&amp;#64;grandest.fr"&gt;tourisme&amp;#64;grandest.fr&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2024</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-hostels/</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0271/depot/simple</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Si le projet est porté par une seule structure juridique, le dossier est à déposer en ligne&lt;/p&gt;&lt;p&gt;Si le projet est porté par plusieurs structures juridiques (exemple : SAS &amp;#43; SCI), veuillez nous contacter par mail à l’adresse tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-hostels/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>155105</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des espaces de téléconsultation</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Espaces de téléconsultation (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier visant à aménager des espaces de téléconsultation permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins sur les territoires. La charte partenariale régionale d&amp;#039;accès aux soins (2021-2025) prévoit la possibilité d&amp;#039;impulser et/ou soutenir dans chaque territoire toutes les initiatives de qualité en faveur de l&amp;#039;amélioration de l&amp;#039;accès aux soins, comme la télémédecine. Ces initiatives devront :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   être basées sur un projet de santé partagé par l&amp;#039;ensemble des acteurs de territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   obtenir la validation du comité opérationnel départemental (COD) - instance décisionnelle de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, les projets de santé ayant obtenu un avis favorable de la part du COD pourront être éligibles à un financement (hors politique territoriale) pour couvrir une partie des frais d&amp;#039;investissement non immobilier, notamment l&amp;#039;acquisition d&amp;#039;équipements liés à la réalisation des actes de télémédecine.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projet de santé validé en COD
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les rénovations, document de diagnostic énergétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pièces justifiant la bonification si sollicitation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 – Le projet devra impliquer les collectivités locales et les professionnels de santé afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répond aux priorités de la charte d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 – Les porteurs du projet devront rédiger un projet de santé présenté et validé dans le cadre des instances de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet immobilier devra être présenté dans le cadre des instances de la charte régionale partenariale régionale d&amp;#039;accès aux soins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-de-teleconsultation-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d0ae-espaces-de-teleconsultation-politique-territo/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>155121</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements liées à des structures d’accueil petite enfance / enfance / familles</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Structures d’accueil petite enfance / enfance / familles  (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;équipements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les crèches collectives, les crèches familiales sont des établissements d&amp;#039;accueil des enfants de moins de 6 ans confiés par leurs parents. Ces structures sont régies par les articles R2324-16 et suivants du code de la santé publique. Dans le cadre d&amp;#039;un projet d&amp;#039;établissement et règlement de fonctionnement, ces établissements d&amp;#039;accueil non permanent veillent à la santé, à la sécurité, au bien-être et au développement des enfants qui leur sont confiés. Dans le respect de l&amp;#039;autorité parentale, ils contribuent à leur éducation et apportent leur aide aux parents pour favoriser la conciliation de leur vie professionnelle et de leur vie familiale. Ils concourent à l&amp;#039;intégration des enfants présentant un handicap ou atteints d&amp;#039;une maladie chronique qu&amp;#039;ils accueillent. L&amp;#039;accueil peut être régulier, occasionnel ou mixte
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une maison d&amp;#039;assistant(e)s maternel(le)s est un établissement loué à des assistantes maternelles agréées. Un à six assistants maternels peuvent y exercer, mais uniquement 4 en simultané. C&amp;#039;est la loi n° 2010-625 du 9 juin 2010 qui en est le fondement juridique. Le service de la Protection Maternelle et Infantile (PMI) doit vérifier que les conditions d&amp;#039;accueil de la maison garantissent la sécurité et la santé des enfants accueillis. Les assistant(e)s maternel(le)s qui exercent dans une MAM sont employés par les parents qui leur confient leurs enfants. Ils sont soumis à la même réglementation que ceux qui travaillent à leur domicile (code de l&amp;#039;action sociale et des familles). La seule différence réside dans la possibilité de délégation entre eux de l&amp;#039;accueil des enfants.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le relais petite enfance a pour mission de créer un environnement favorable aux conditions et à la qualité de l&amp;#039;accueil individuel. Ce n&amp;#039;est ni un lieu de garde d&amp;#039;enfants, ni un employeur d&amp;#039;assistant(e)s maternel(le)s. Il n&amp;#039;est pas réglementé comme le sont les établissements et services d&amp;#039;accueil mais est défini par des circulaires de la Caisse Nationale d&amp;#039;Allocations Familiales, à l&amp;#039;origine de leur création. Le RPE assure différentes missions et services auprès des parents, des professionnels de l&amp;#039;accueil à domicile (assistant(e)s maternel(le)s, candidats à l&amp;#039;agrément garde d&amp;#039;enfants à domicile), et des acteurs de la petite enfance, sur un territoire défini. C&amp;#039;est un lieu d&amp;#039;écoute, d&amp;#039;information et d&amp;#039;animation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra respecter l&amp;#039;avis des services compétents (Etat, PMI, Service départemental d&amp;#039;incendie et de secours (SDIS...). A noter cependant que pour le RPE, la PMI n&amp;#039;a pas d&amp;#039;avis à donner.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la création et l&amp;#039;extension, un diagnostic local sur les besoins d&amp;#039;implantation ou de rénovation d&amp;#039;une structure d&amp;#039;accueil petite enfance, enfance et famille devra être établi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions générales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Exemples de démarches en lien avec la transition écologique : Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Exemples de démarches en lien avec la transition inclusive :Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), des places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/structures-daccueil-petite-enfance-enfance-familles-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/472c-structures-daccueil-petite-enfance-enfance-fa/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>155122</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements liées à des structures d’accueil jeunesse</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Structures d’accueil jeunesse (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;équipements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les accueils collectifs de mineurs sans hébergement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structure pouvant accueillir de 7 à 300 mineurs, en dehors de leur famille, pendant au moins 14 jours consécutifs ou non au cours d&amp;#039;une année sur le temps extrascolaire ou périscolaire pour une durée minimale de 2 heures par journée de fonctionnement. L&amp;#039;équipement se caractérise par une fréquentation régulière des mineurs inscrits auxquels est offerte une diversité d&amp;#039;animations et d&amp;#039;activités.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Accueil de jeunes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structure pouvant accueillir de 7 à 40 mineurs, âgés de 14 ans ou plus, en dehors d&amp;#039;une famille, pendant au moins 14 jours consécutifs ou non au cours d&amp;#039;une même année et répondant à un besoin social particulier explicité dans le projet éducatif de l&amp;#039;organisateur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Accueil de loisirs espace jeunes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Structure ouverte aux jeunes âgés de 11 à 17 ans inclus offrant un accueil libre ainsi que de nombreuses activités et sorties.
+&lt;/p&gt;
+&lt;p&gt;
+ À noter que ces trois types de structure peuvent s&amp;#039;intégrer dans un pôle enfance, jeunesse.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avis obligatoire de la PMI (si accueil enfants -6ans)
+&lt;/p&gt;
+&lt;p&gt;
+ Avis obligatoires du SDIS, de la direction de la cohésion sociale, de la DDPPARS
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas unique des accueils collectifs de mineurs sans hébergement, une école devra être présente sur la commune d&amp;#039;implantation de l&amp;#039;équipement et/ou que la commune soit membre d&amp;#039;un regroupement pédagogique intercommunale (RPI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bâtiment
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), des places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/structures-daccueil-jeunesse-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W39" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.61
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87ab-structures-daccueil-jeunesse-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>155125</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover ou étendre de lieux d'accueils de proximité de type France services, M@nche services, centres sociaux ou espaces de vie sociale</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Lieux d’accueil de proximité :  France Services, Manche Services, centre social, espace de vie social, (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création (si équipement similaire non présent sur la commune ou équipement obsolète ne pouvant pas être réhabilité), rénovation ou extension de lieux d&amp;#039;accueils de proximité de type France services, M&amp;#64;nche services, centres sociaux ou espaces de vie sociale
+&lt;/p&gt;
+&lt;p&gt;
+ Possibilité de financement de postes pour les agents d&amp;#039;accueil dans le cadre exclusivement des France services et M&amp;#64;nche services et selon les cahiers de charges de ces deux dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble de ces structures sont définis comme étant des lieux d&amp;#039;accueil, d&amp;#039;information et d&amp;#039;orientation à destination des usagers de services publics. Elles peuvent également proposer des animations de proximité et des loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ Conçues pour faciliter et animer la vie quotidienne des habitants usagers, comme des espaces de rencontre ouverts à tous, ces lieux ont pour vocation de développer une logique de services de proximité. La démarche est notamment orientée par la question de l&amp;#039;accès aux droits et par la participation des usagers au développement de la qualité des services publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  France services
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nouveau modèle d&amp;#039;accès aux services publics de proximité proposé par l&amp;#039;Etat. Ces espaces visent à permettre à chaque citoyen d&amp;#039;accéder aux services publics et d&amp;#039;être accueilli dans un lieu unique, par des personnes formées et disponibles, pour effectuer ses démarches du quotidien et être accompagné sur le numérique. Neuf partenaires nationaux y sont regroupés auxquels peuvent s&amp;#039;ajouter des partenaires locaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pôle emploi,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assurance-maladie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les allocations familiales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mutualité sociale agricole,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assurance-retraite,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Poste,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ministère de l&amp;#039;intérieur (agence nationale des titres sécurisés),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ministère des finances, et
+ &lt;/li&gt;
+ &lt;li&gt;
+  le ministère de la justice.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Chaque France services dispose d&amp;#039;un visio-accueil fournit par le Département pour permettre la mise en relation à distance avec certains partenaires (CAF, CARSAT, CPAM, MSA
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  M&amp;#64;nche services
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En complément du maillage de l&amp;#039;Etat, les M&amp;#64;nche services sont des lieux d&amp;#039;accueil de proximité situés potentiellement dans les 67 communes identifiées comme éligibles au CPS, et ayant pour vocation d&amp;#039;accueillir, d&amp;#039;informer, d&amp;#039;orienter et d&amp;#039;accompagner les usagers sur les portails internet et sur des démarches simples en lien avec les cinq partenaires, que sont la CAF, la CARSAT, la CPAM, la MSA et Pôle emploi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre sociaux et espaces de vie sociale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lieux de proximité à vocation globale, familiale et intergénérationnelle, qui accueillent toute la population en veillant à la mixité sociale. Ouverts à l&amp;#039;ensemble de la population, ils offrent aux usagers un accueil, des activités et des services. Ils sont également en capacité de déceler les besoins et les attentes des usagers et des habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Lieux d&amp;#039;animation de la vie sociale permettant aux habitants d&amp;#039;exprimer, de concevoir et de réaliser leurs projets : ils prennent en compte l&amp;#039;expression des demandes et des initiatives des usagers et des habitants, et favorisent la vie sociale et la vie associative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d&amp;#039;une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l&amp;#039;opération (coût du poste chargé)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les rénovations, document de diagnostic énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces justifiant de la bonification si sollicitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Poste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fiche de poste
+ &lt;/li&gt;
+ &lt;li&gt;
+  CV du candidat retenu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Accès aux services
+Cohésion sociale et inclusion
+Santé</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les France services et M&amp;#64;nche services respect du cahier des charges de ces deux dispositifs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit ici du financement des postes d&amp;#039;agents d&amp;#039;accueil des France services et M&amp;#64;nche services, uniquement dans le cadre d&amp;#039;une création de poste ou pour les M&amp;#64;nche services d&amp;#039;une augmentation du temps de travail d&amp;#039;un poste existant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnements ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), accessibilité à l&amp;#039;information et à la communication (documentation simplifiée...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de matériel informatiques nécessaire à l&amp;#039;offre de service ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre des France services et de M&amp;#64;nche services, au regard des cahier des charges de ces deux dispositifs, il est possible de financer la création de postes d&amp;#039;agents d&amp;#039;accueil ou l&amp;#039;augmentation d&amp;#039;un temps de travail d&amp;#039;un poste déjà existant, sur une durée maximale de trois ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/lieux-daccueil-de-proximite-france-services-manche-services-centre-social-espace-de-vie-social-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W40" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/74ab-lieux-daccueil-de-proximite-france-services-m/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>155124</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des espaces de diffusion et de pratiques artistiques et culturelles</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Espaces de création, de diffusion et de pratiques artistiques et culturelles (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension d&amp;#039;espaces de diffusion et de pratiques artistiques et culturelles : cinémas, théâtres, salles de concert, salles culturelles, résidences d&amp;#039;artistes, établissements d&amp;#039;enseignement de musique, de danse, du théâtre, des arts du cirque et des arts visuels...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Note d&amp;#039;opportunité développant le projet culturel ou le projet d&amp;#039;établissement, le budget de fonctionnement prévisionnel pluriannuel et le partenariat développé sur le territoire avec les acteurs culturels, éducatifs, sociaux, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Bâtiments et construction
+Réhabilitation
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la politique du Conseil départemental de soutien aux enseignements artistiques et aux pratiques artistiques amateurs : nécessité d&amp;#039;une réflexion à l&amp;#039;échelle communautaire pour travail en réseau, justification de l&amp;#039;équipement au regard du maillage d&amp;#039;équipements culturels et des activités proposées sur le territoire, avis technique possible dans le cadre d&amp;#039;un aménagement de salle culturelle...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), places réservées aux enfants/jeunes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : étude de faisabilité, études de conception, études environnementales, études techniques, études acoustiques, études paysagères, études énergétiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, études de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagement extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition ou renouvellement des matériels scéniques (équipements sons et lumières, gradins, praticables...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non-collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-de-creation-de-diffusion-et-de-pratiques-artistiques-et-culturelles-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.99.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2b5-espaces-de-creation-de-diffusion-et-de-pratiq/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>155106</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Projet de santé validé par le comité opérationnel départemental
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les rénovations, document de diagnostic énergétique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitation
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Revitalisation
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet de santé devra concerner au minimum deux médecins et un « autre corps professionnel » de santé et devra impliquer les collectivités locales afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répondre aux priorités de la charte régionale d&amp;#039;accès aux soins 2021-2025 ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet de santé et le projet immobilier pluridisciplinaire devront être présentés et validés par le comité opérationnel départemental (COD) de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 – Le projet devra intégrer la problématique du logement soit dans le cadre du projet immobilier soit par la mise à disposition d&amp;#039;un logement à proximité afin d&amp;#039;accueillir des étudiants et/ou des remplaçants.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, tout projet immobilier d&amp;#039;extension, de rénovation ou de restructuration devra s&amp;#039;inscrire dans le cadre d&amp;#039;un projet global de diversification et d&amp;#039;évolution de l&amp;#039;offre aux nouveaux métiers médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>152466</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 62</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié ( de + 10% à + 20%)</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la construction et à la rénovation du patrimoine bâti des collectivités en termes de performance énergétique, de développement des énergies renouvelables, d&amp;#039;éclairage public performant et de mise en œuvre d&amp;#039;une mobilité durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation de panneaux solaires photovoltaïques sur le toit de l&amp;#039;école primaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de fenêtres à double vitrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du réseau de chauffage urbain à Chaleurville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de l&amp;#039;efficacité énergétique des bâtiments publics de Lumino-Ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de systèmes de récupération d&amp;#039;eau de pluie dans les bâtiments municipaux de Pluiebourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation énergétique des bâtiments historiques du Vieilbourg
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;div&gt;
+  &lt;table&gt;
+   &lt;tbody&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Dépenses éligibles
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Taux de financement
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Observations
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        RENOVATION ENERGETIQUE DES BATIMENTS
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation des bâtiments communaux ou intercommunaux en termes de performances énergétiques.
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        Travaux éligibles
+       &lt;/strong&gt;
+       &lt;strong&gt;
+        :
+       &lt;/strong&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - Isolation des combles
+       &lt;br /&gt;
+       - Isolation des murs
+       &lt;br /&gt;
+       - Isolation du plancher bas
+       &lt;br /&gt;
+       - Changement des menuiseries sur au moins
+       &lt;br /&gt;
+       20 % des surfaces restantes
+       &lt;br /&gt;
+       - Traitement de l&amp;#039;étanchéité à l&amp;#039;air
+       &lt;br /&gt;
+       - Chauffage à haut rendement / condensation
+       &lt;br /&gt;
+       - Ventilation simple flux performante ou double flux
+       &lt;br /&gt;
+       - Rénovation de l&amp;#039;éclairage intérieur
+       &lt;br /&gt;
+       - Régulation, distribution et émission de chauffage
+       &lt;br /&gt;
+       - Utilisation d&amp;#039;une énergie renouvelable
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;isolants biosourcés
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;une télégestion énergétique
+       &lt;br /&gt;
+       - Systèmes passifs d&amp;#039;amélioration du confort d&amp;#039;été (isolation renforcée, brise soleil...)
+       &lt;br /&gt;
+       - Régulation de l&amp;#039;éclairage, ventilation
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 15 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique compris entre 15 % et 30%
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique supérieur à 30 %
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+       &lt;br /&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        CONSTRUCTION DE BATIMENTS ENERGETIQUEMENT EXEMPLAIRES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Construction de bâtiments à énergie passive (BEPAS) ou positive (BEPOS) dans une optique de transition énergétique.
+      &lt;/p&gt;
+      &lt;p&gt;
+       Construction de bâtiments biosourcés (label), matériaux issus de ressources naturelles renouvelables majoritairement d&amp;#039;origine végétale (bois, chanvre, lin, coton recyclé, ouate de cellulose, paille de blé...)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 20 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        DEVELOPPEMENT DES ENERGIES RENOUVELABLES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire photovoltaïque
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal
+       &lt;br /&gt;
+       &amp;#43; 10 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+      &lt;/p&gt;
+      &lt;p&gt;
+       250 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bois énergie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 50 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire thermique
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 1 000 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Géothermie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+       &lt;br /&gt;
+       200 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        ECLAIRAGE PUBLIC PERFORMANT
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation de l&amp;#039;éclairage public par de l&amp;#039;éclairage à économie d&amp;#039;énergie performant (type LED) dans les communes de moins de
+       &lt;br /&gt;
+       3 500 habitants *
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dispositifs intelligents de modulation de l&amp;#039;éclairage public
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       150 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        MOBILITE DURABLE ET CIRCULATIONS DOUCES (VOIR THEMATIQUE CIRCULATIONS DOUCES)
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bornes de recharge accélérées et bornes de recharge rapides (super chargeurs) pour véhicules électriques -
+       &lt;strong&gt;
+        uniquement pour les projets sous maîtrise d&amp;#039;ouvrage d&amp;#039;un syndicat d&amp;#039;énergie.
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à :
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 10 000 € HT pour les bornes dites accélérées en
+       &lt;em&gt;
+        courant alternatif (AC) entre 16 A (3,7 kW en monophasé, 11kW en triphasé) et 32 A (7,4kW en monophasé, 22kW en triphasé) et pour les bornes dédiées collectivités territoriales en courant alternatif (AC) 7kVA sur domaine privé
+       &lt;/em&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 40 000 € HT pour les bornes dites rapides (super chargeurs) (
+       &lt;em&gt;
+        courant continu (DC) entre 50kW et 250kW).
+       &lt;/em&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Acquisition neuves ou d&amp;#039;occasion par les communes de moins de 10.000 habitants, pour leurs services techniques, de véhicules utilitaires légers hybrides ou électriques.
+       &lt;br /&gt;
+       (1 véhicule par bénéficiaire tous les 5 ans)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       20 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+   &lt;/tbody&gt;
+  &lt;/table&gt;
+ &lt;/div&gt;
+&lt;p&gt;
+ * Pour les travaux réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   travaux d&amp;#039;entretien.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>149553</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et des travaux dans le domaine de l’assainissement</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>ASSAINISSEMENT</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;accompagner les collectivités éligibles dans la réalisation d&amp;#039;études et de travaux dans les domaines de l&amp;#039;assainissement, et plus particulièrement les projets contribuant à l&amp;#039;amélioration de la qualité des milieux ou à enjeux sanitaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subventions d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT en lien avec les prestations éligibles.
+ &lt;br /&gt;
+ Les dépenses prises en compte sont les dépenses réelles, éventuellement réduites en fonction de plafonds d&amp;#039;aides ou de forfaits. Les plafonds d&amp;#039;aides correspondent à un montant maximal d&amp;#039;aide pour une opération considérée (hors tranches fonctionnelles).
+ &lt;br /&gt;
+ Par ailleurs, le Département peut, au vu des documents fournis à l&amp;#039;appui de la demande de subvention :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   réduire l&amp;#039;assiette des dépenses qu&amp;#039;il considère non éligibles ou non justifiées
+  &lt;/li&gt;
+  &lt;li&gt;
+   réduire l&amp;#039;assiette des dépenses si les coûts unitaires sont disproportionnés au regard des coûts moyens observés
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ En fonction de la nature de l&amp;#039;investissement, de la taille de la collectivité et de la situation géographique de la collectivité (classement en zone de revitalisation rurale).
+ &lt;br /&gt;
+ Une bonification de 10 % peut être apportée sur les taux de subventions attribués aux projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   intégrant les enjeux de transition écologique, sur la base de critères comme la performance énergétique ou l&amp;#039;intégration d&amp;#039;énergies renouvelables
+  &lt;/li&gt;
+  &lt;li&gt;
+   allant au-delà de la réglementation dans l&amp;#039;objectif d&amp;#039;un gain environnemental avéré
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les études : note de contexte, cahier des charges, estimation financière, délibération, plan de financement prévisionnel, tarification (délibération fixant le prix de l&amp;#039;eau).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les travaux : note de contexte détaillée permettant d&amp;#039;identifier la pertinence de l&amp;#039;opération, schéma ou étude de diagnostic préalable, avant-projet avec chiffrage détaillé, délibération, plan de financement prévisionnel, tarification (délibération fixant le prix de l&amp;#039;eau).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu, la mise en œuvre des études ou des travaux ne pouvant démarrer avant la réception d&amp;#039;un accusé de réception l&amp;#039;autorisant.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice :
+  &lt;/strong&gt;
+  Environnement et énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Eau potable et/ou assainissement collectif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dépôt du dossier se fait sur la plateforme Drôme Démat&amp;#039;avant l&amp;#039;engagement financier de l&amp;#039;opération (Les marchés d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, de maîtrise d&amp;#039;oeuvre et la phase d&amp;#039;avant-projet ne constituent pas un démarrage du projet).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;instruction est réalisée sur la base du dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ Le démarrage de l&amp;#039;opération ne peut se faire qu&amp;#039;après réception de l&amp;#039;accusé de réception l&amp;#039;autorisant.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Selon le règlement financier général pour les subventions :
+&lt;/p&gt;
+&lt;p&gt;
+ Acompte de la subvention sur présentation du cahier des charges et de l&amp;#039;acte d&amp;#039;engagement ou de la lettre de commande.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Acompte de 50% de la subvention pour les communes et EPCI dont le potentiel Fiscal est &amp;lt; 1 300 000€
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acompte de 30% de la subvention pour les autres communes de &amp;lt; 5 000 habitants, et les EPCI non urbains ou de type SIVU
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pas d&amp;#039;acompte au démarrage pour les autres, le versement de la subvention se faisant au fur et à mesure des dépenses justifiées
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Dispositif approuvé par délibération du 20 février 2023
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions générales :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;éligibilité des projets est conditionnée par le prix de l&amp;#039;eau : pour les travaux et pour les études, le prix  de l&amp;#039;eau minimum doit être supérieur ou égal à 1 € HT / m3 (part assainissement et hors redevance agence de l&amp;#039;eau).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Pour les communes pratiquant, par dérogation préfectorale, un prix au forfait, celui-ci sera ramené à un prix au mètre cube, en considérant un volume moyen de 120m3 /an/ abonné.
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour les études : nécessité d&amp;#039;associer le Département au comité de pilotage
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les travaux : nécessité de disposer d&amp;#039;un SDA récent (moins de 10 ans), conformité du projet avec la réglementation et avec les conclusions du SDA.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des opérations éligibles pour les études :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les schémas directeurs d&amp;#039;assainissement (SDA)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études de diagnostic des réseaux et des installations d&amp;#039;assainissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études de transfert de compétence
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études relatives au choix d&amp;#039;un mode de gestion (Régie ou délégation de service public), à la tarification du service
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études de gestion des eaux pluviales, dans un objectif de gestion alternative et pour réduire les eaux de pluies raccordées au système d&amp;#039;assainissement (infiltration ou réutilisation)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études sur la valorisation des boues
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études sur la valorisation des eaux usées traitées
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des opérations éligibles pour les travaux prioritaires :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ – Les stations de traitement des eaux usées: création ou réhabilitation ou extension
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   pour répondre à une obligation réglementaire : absence de traitement, non conformité au titre de la Directive Eaux Résiduaires urbaines (DERU), action du programme de mesure du Schéma Directeur d&amp;#039;Aménagement et de Gestion des Eaux (SDAGE) ou du plan d&amp;#039;action opérationnel territorial (PAOT)...
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour le rattrapage structurel : remise en état et renouvellement d&amp;#039;ouvrages vétustes, hors extension pour pollution nouvelle
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ – La création de collecteurs de liaison ou de transport ainsi que la création de réseau de collecte, en accompagnement des créations de STEU citées ci-dessus
+ &lt;br /&gt;
+ – Les travaux de réduction des eaux claires parasites dans les réseaux et qui génèrent des dysfonctionnements du système d&amp;#039;assainissement, et/ou un impact sur le milieu.
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Le stockage des eaux usées (bassin d&amp;#039;orage)
+  &lt;/li&gt;
+  &lt;li&gt;
+   La mise en séparatif des réseaux unitaires.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ - Cas n°1 : Création d&amp;#039;un réseau d&amp;#039;eaux usées séparatif pour la collecte des eaux usées et maintien du réseau unitaire existant pour le seul transport des eaux pluviales,
+ &lt;br /&gt;
+ - Cas n°2 : Création d&amp;#039;un réseau pluvial (ou gestion alternative) et maintien du réseau unitaire pour les eaux usées
+ &lt;br /&gt;
+ - Cas n°3 : Création d&amp;#039;un réseau d&amp;#039;assainissement séparatif et d&amp;#039;un réseau pluvial (ou gestion alternative), l&amp;#039;état du réseau unitaire ne permettant pas son maintien.
+ &lt;br /&gt;
+ La solution retenue doit être argumentée sur la base d&amp;#039;une analyse comparative de plusieurs scénarios. La solution retenue devant être la plus intéressante au niveau technico-économique.
+ &lt;br /&gt;
+ – Les travaux de réhabilitation ou de renouvellement des réseaux d&amp;#039;assainissement (collecte ou transport)
+ &lt;br /&gt;
+ Ces travaux concernent certains tronçons de réseaux séparatifs dont le renouvellement est identifié comme prioritaire à l&amp;#039;issue d&amp;#039;un diagnostic de réseaux ; ne peuvent être éligibles que les tronçons dont l&amp;#039;état est fortement dégradé et génère des pollutions et/ou des dysfonctionnements à la station d&amp;#039;épuration (enjeu sanitaire ou environnemental).
+ &lt;br /&gt;
+ – Les équipements favorisant la performance et la connaissance :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   La mise en place de dispositifs d&amp;#039;autosurveillance sur les déversoirs d&amp;#039;orage des réseaux : travaux de première fourniture et pose de dispositifs d&amp;#039;autosurveillance sur l&amp;#039;ensemble des déversoirs d&amp;#039;orage équipant les réseaux, si ces derniers sont concernés par les dispositions réglementaires, sont éligibles aux aides départementales.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ajout d&amp;#039;équipements : les travaux peuvent concerner l&amp;#039;ajout de matériels absents lors de la construction des ouvrages, dont la pose est rendue nécessaire pour améliorer leur fonctionnement et leur exploitation, après avis du SATESE et dans la mesure où leur coût n&amp;#039;est pas disproportionné au regard de la nature des ouvrages en place.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ – Réhabilitation des dispositifs d&amp;#039;assainissement autonome
+ &lt;br /&gt;
+ – Sous conditions : les projets d&amp;#039;assainissement concernant la collecte et le traitement d&amp;#039;effluents domestiques et non domestiques. Le financement départemental sera calculé sur le coût de l&amp;#039;opération, déduction faite de la participation de l&amp;#039;industriel.
+ &lt;br /&gt;
+ – Les travaux d&amp;#039;urgence, suite à un événement non prévisible (classement catastrophe naturelle) et afin de rétablir la continuité du service, peuvent faire l&amp;#039;objet d&amp;#039;un financement exceptionnel.
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des opérations éligibles pour les travaux non prioritaires (au cas par cas et selon les disponibilités financières) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   – Les travaux relatifs à la gestion des eaux pluviales
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité des travaux sera étudiée au cas par cas en fonction de la pertinence des choix techniques présentés et du gain environnemental.
+ &lt;br /&gt;
+ Les travaux devront permettent l&amp;#039;infiltration des eaux pluviales (plantation de haies, bandes enherbées, fascines, noues, bassins d&amp;#039;infiltration) ou leur réutilisation pour éviter de consommer de l&amp;#039;eau potable.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements financés doivent concerner des zones d&amp;#039;habitations existantes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Sont exclus :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Création de bassins de stockage
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux liés à la création de nouvelles zones d&amp;#039;habitat ou d&amp;#039;activité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux liés à la protection des habitations contre les inondations, le ruissellement urbain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Travaux privilégiant le génie civil
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acquisitions foncières et opérations de communication
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   – La création ou l&amp;#039;extension des réseaux de collecte
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle n&amp;#039;est pas financée, sauf cas suivants :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   pour le raccordement d&amp;#039;habitations existantes situées dans un périmètre rapproché de captage et disposant d&amp;#039;un assainissement autonome dont l&amp;#039;impact sur la qualité de l&amp;#039;eau est avéré
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour la collecte des eaux usées de dispositifs d&amp;#039;assainissement autonome identifiés par le SPANC comme présentant un risque de pollution avéré de l&amp;#039;environnement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Dans les cas précédents, la création ou extension des réseaux de collecte ne peuvent être aidés que dans les conditions suivantes :
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   si ils sont prévus dans le zonage d&amp;#039;assainissement approuvé par la collectivité après enquête publique
+  &lt;/li&gt;
+  &lt;li&gt;
+   si la STEU le permet (capacité et compatibilité avec le niveau de rejet)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   – Les travaux de renouvellement de réseaux d&amp;#039;assainissement (hors enjeu environnemental ou sanitaire)
+  &lt;/em&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Ils peuvent concerner le renouvellement de conduites d&amp;#039;assainissement à l&amp;#039;occasion de travaux prioritaires sur le réseau d&amp;#039;eau potable, les travaux étant considérés comme un tout.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ils peuvent concerner des tronçons dont l&amp;#039;exploitation est rendue très difficile du fait de leur implantation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ils peuvent concerner le renouvellement de conduites d&amp;#039;assainissement à l&amp;#039;occasion de travaux d&amp;#039;aménagement de traverses de villages ou centre bourg.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;exploitation
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les mises à jour de plans hors schémas directeurs d&amp;#039;assainissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   La digitalisation du cadastre et des plans
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études de gestion des eaux pluviales dans un objectif de protection contre le ruissellement / les inondations
+  &lt;/li&gt;
+  &lt;li&gt;
+   La création ou l&amp;#039;amélioration de station de traitement des eaux usées pour traiter des pollutions nouvelles
+  &lt;/li&gt;
+  &lt;li&gt;
+   La collecte et le transport des eaux pluviales sauf ceux mentionnés précédemment
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;extension de réseau autres que ceux mentionnés précédemment
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de raccordement, de collecte et le transport des effluents industriels autres que ceux mentionnés précédemment
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;entretien et de maintenance courante
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Les collectivités territoriales et leurs groupements : communes, EPCI, syndicats d&amp;#039;eau, sous conditions
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/assainissement/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey BONNEFOY,
+ Cheffe de Service  :
+   Tél : 04 75 79 82 63
+&lt;/p&gt;
+&lt;p&gt;
+ Nicolas RICCIO,
+ Chargé de la Programmation des aides,
+   Tél : 04 75 79 81 29
+  –
+ &lt;a href="mailto:nriccio&amp;#64;ladrome.fr" target="_self"&gt;
+  nriccio&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/62cd-assainissement/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>155128</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Créer, étendre ou rénover des tiers-lieux publics ou des espaces de travail dans un équipement public</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Tiers-lieux, espaces de télétravail (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création, rénovation, extension de tiers-lieux publics ou d&amp;#039;espaces de travail dans un équipement public.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les tiers-lieux doivent permettre à chacun et collectivement de se saisir de son pouvoir d&amp;#039;agir et de répondre aux grands enjeux de la transition qui s&amp;#039;imposent aujourd&amp;#039;hui. Ce sont des projets structurants de territoires, qui (re)dynamisent un quartier, un village. Ces espaces sont conçus pour créer les conditions les plus favorables à l&amp;#039;éclosion des idées et à la coopération locale. Ils permettent ainsi à des travailleurs indépendants, des salariés d&amp;#039;entreprises, de collectivités, d&amp;#039;associations, des habitants jeunes ou moins jeunes du territoire de se rencontrer et de faire ensemble à l&amp;#039;occasion d&amp;#039;activités, animations se déroulant sur le site.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aménagement d&amp;#039;un espace de télétravail au sein d&amp;#039;un équipement public : Le télétravail est le fait de travailler à distance en ayant à sa disposition tous les outils modernes liées à la communication. Ainsi, un simple espace plutôt organisé sous forme d&amp;#039;espace de coworking (quelques tables, un coin détente) ou de bureaux individuels loués à la journée ou demi-journée peut répondre aux besoins des télétravailleurs sous condition de connexions internet et de téléphonie satisfaisantes. Il a pour objectif premier d&amp;#039;éviter aux salariés des déplacements pendulaires.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Investissement :
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Poste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d&amp;#039;une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l&amp;#039;opération (coût du poste chargé)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Etude :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT ou TTC selon que le maître d&amp;#039;ouvrage puisse ou non récupérer la TVA sur l&amp;#039;opération avec application d&amp;#039;un taux fixe de 50% avec une aide plafonnée à 15 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les rénovations, document de diagnostic énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces justifiant la bonification si sollicitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Poste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fiche de poste
+ &lt;/li&gt;
+ &lt;li&gt;
+  CV du candidat retenu
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Etude :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cahier des charges de l&amp;#039;étude
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition du cabinet retenu
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Tiers-lieux
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Les tiers-lieux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une étude d&amp;#039;opportunité et de définition du projet est nécessaire pour faire émerger le besoin du territoire et la communauté d&amp;#039;acteurs prête à s&amp;#039;engager dans la vie et l&amp;#039;animation du site.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce besoin défini permettra d&amp;#039;identifier les espaces à créer dans le tiers-lieu : salles d&amp;#039;animation et de réunions, bureaux permanents, bureaux de rendez-vous, espace de coworking, espace d&amp;#039;exposition, lieux de convivialité, ateliers partagés, salles d&amp;#039;expressions artistiques... Il précisera également les services envisagés : restauration, domiciliation des structures, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, des premières réponses seront apportées sur la gouvernance et le modèle économique envisagés.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présence d&amp;#039;un animateur-coordinateur ou d&amp;#039;une communauté s&amp;#039;engageant sur un programme d&amp;#039;animations. Si l&amp;#039;embauche d&amp;#039;un animateur est envisagée, l&amp;#039;étude de définition du projet devra apporter les modalités de financement du poste
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → L&amp;#039;aménagement d&amp;#039;un espace de télétravail
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sous forme de bureau(x) individuel(s), bureau(x) partagé(s), espace de coworking. Le télétravailleur devra être accueilli dans un espace propice au travail : calme, connecté, avec un bureau et une chaise ergonomique, éventuellement un écran pouvant être raccordé à l&amp;#039;ordinateur personnel, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions relatives au bâtiment :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions de bonification :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Exemples de démarches en lien avec la transition écologique :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE, pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Exemples de démarches en lien avec la transition inclusive :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), des places réservées aux personnes en situation de handicap, de vulnérabilité ou ayant des besoins spécifiques en raison de leur situation familiale, insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;équipement mobilier et informatique sous réserve d&amp;#039;une réelle prise en compte de la fonctionnalité de ce dernier : mobilier agile, équipements numériques adaptés, écrans supplémentaires, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  La signalétique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Fonctionnement
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre des tiers-lieux, il est possible de financer la création d&amp;#039;un poste d&amp;#039;animateur-coordinateur du tiers-lieu ou l&amp;#039;augmentation d&amp;#039;un temps de travail d&amp;#039;un poste déjà existant, sur une durée maximale de trois ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/tiers-lieux-espaces-de-teletravail-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="mailto:https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/832f-tiers-lieux-espaces-de-teletravail-politique-/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>155118</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre, développer des services au sein des bibliothèques et/ou des ludothèques</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèque, ludothèque (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création, rénovation, extension, développement de services au sein des bibliothèques et/ou des ludothèques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Réhabilitation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bibliothèque :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront être en cohérence avec les objectifs du schéma départemental de développement de la lecture publique pour renforcer l&amp;#039;attractivité des bibliothèques, transformer les bibliothèques en services de proximité du quotidien, faire des bibliothèques des espaces d&amp;#039;apprentissage et d&amp;#039;information, élargir les publics, développer la coopération pour dynamiser l&amp;#039;action culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité devra être engagée dans une démarche de conventionnement de partenariat avec le Département pour sa (ses) bibliothèque(s).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ludothèque :
+ &lt;/strong&gt;
+ insertion dans une bibliothèque ou un espace et/ou un projet associant différents services en direction de l&amp;#039;enfance et de la famille de type centre social, espace de vie social, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les projets de construction, rénovation, extension des équipements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition écologique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment et extérieur :
+   &lt;/strong&gt;
+   réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, création d&amp;#039;un jardin accessible et partagé, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Engagement sur le fonctionnement :
+   &lt;/strong&gt;
+   politique d&amp;#039;équipement des documents visant à réduire l&amp;#039;utilisation du plastique ; mise en place d&amp;#039;actions régulières et de partenariats pour sensibiliser les habitants à la transition écologique ; ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition inclusive :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants, utilisation de méthodes participatives (de type « biblioremix ») ; mise en place d&amp;#039;animations régulières et de partenariats pour ouvrir la bibliothèque aux personnes empêchées ou éloignées ; offre de collections spécifiques (« facile à lire », « DYS », gros caractères, livres audio).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les matériels et équipements favorisant l&amp;#039;attractivité et l&amp;#039;accessibilité : mobiliers spécifiques et de confort, signalétique, lecteurs Daisy, boucles magnétiques, agrandisseurs de textes, bandes de guidages, boîtes de retour accessibles 24h/24, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les logiciels et matériels nécessaires à la gestion informatisée (pour une première informatisation ou un renouvellement), ainsi qu&amp;#039;à la création (ou refonte) du site internet de la bibliothèque, et tout autre équipement apparenté ; automates de prêt, équipements RFID ou antivols, matériel audio-visuel, de reprographie, de numérisation, solution de comptage automatisé pour mesurer la fréquentation ; matériels et logiciels nécessaires à la création d&amp;#039;un espace fab-lab, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les fonds de livres, de documents audiovisuels, de jeux, etc. nécessaires à la création d&amp;#039;une nouvelle bibliothèque et/ou ludothèque.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les matériels et équipements favorisant les apprentissages, l&amp;#039;accès à l&amp;#039;information et plus largement l&amp;#039;inclusion numérique : ordinateurs avec accès internet sécurisé pour le public, solution de gestion des accès internet, liseuses, tablettes, etc.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les matériels et équipements permettant l&amp;#039;organisation d&amp;#039;actions culturelles : matériel scénique, de sonorisation, matériel d&amp;#039;exposition, matériel nécessaire à l&amp;#039;intégration au réseau Micro-Folie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Pour les projets de construction, rénovation, extension :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Pour les équipements et le matériel
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les coûts de formation et de suivi de projet pour l&amp;#039;informatisation et projet de sites web.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/bibliotheque-ludotheque-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W47" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 77 70 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d43-bibliotheque-ludotheque-politique-territorial/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>155113</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les mobilités du quotidien : schémas, infrastructures, équipements et services</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Les mobilités du quotidien : schémas, infrastructures, équipements et services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;un schéma directeur vélo ou d&amp;#039;un schéma directeur des mobilités actives
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un schéma directeur vélo permet de programmer les liaisons cyclables d&amp;#039;intérêt communautaire ou communal à réaliser afin de créer un réseau cyclable structurant à l&amp;#039;échelle de la collectivité concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Un schéma directeur des mobilités actives est un document stratégique de référence et de programmation permettant d&amp;#039;organiser le développement des mobilités actives qui sont définies comme toutes les formes de déplacements qui impliquent une dépense énergétique par le biais d&amp;#039;un effort musculaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création et aménagement d&amp;#039;infrastructures à destination des vélos ou multi pratiques (voies exclusivement réservées à la circulation d&amp;#039;usagers non motorisés)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces infrastructures peuvent donc être des pistes cyclables réservées aux vélos mais également des voies vertes multi pratiques pouvant également accueillir piétons, cavaliers, trottinettes, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Il est précisé que de déploiement du Réseau Cyclable d&amp;#039;Intérêt Départemental (RCID) fait l&amp;#039;objet de modalités de financement spécifiques déclinées dans le cadre d&amp;#039;une autre politique départementale (hors politique territoriale).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;aires en faveur de l&amp;#039;intermodalité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce sont des lieux d&amp;#039;échanges entre services de transport et de mobilité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en place de toute offre de services visant à favoriser et promouvoir les mobilités du quotidien :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   installation d&amp;#039;abris-vélos couverts, de consignes sécurisées, de bornes de recharge pour les VAE, de stations de gonflage, de bornes d&amp;#039;entretien vélo... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   création d&amp;#039;une plateforme de mobilité (guichet unique d&amp;#039;animation, d&amp;#039;information et d&amp;#039;accompagnement des usagers sur les solutions de déplacement existantes) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en place de services d&amp;#039;autopartage et/ou vélopartage (hors libre-service sans attache) : mise à disposition de véhicules électriques ou hydrogènes, scooters, mobylettes, vélos, vélos-cargos, vélos adaptés aux personnes à mobilité réduite, au profit d&amp;#039;usagers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   acquisition de véhicules électriques pour transport à la demande à vocation sociale ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en place d&amp;#039;une plateforme numérique de mobilité (type application de réservation avec possibilité de paiement en ligne).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Schéma de mobilités actives et plan de déplacement : participation du conseil départemental sur la base des dépenses éligibles HT ou TTC selon que le maître d&amp;#039;ouvrage puisse ou non récupérer la TVA sur l&amp;#039;opération avec application d&amp;#039;un taux fixe de 50% avec une aide plafonnée à 15 000 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Infrastructures et animations : participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Poste d&amp;#039;animateur de plate-forme mobilité : participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d&amp;#039;une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l&amp;#039;opération (coût du poste chargé)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Poste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Fiche de poste
+  &lt;/li&gt;
+  &lt;li&gt;
+   CV du candidat retenu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etude :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cahier des charges de l&amp;#039;étude
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités actives et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra être intégré dans la réflexion globale du territoire et en cohérence avec les schémas directeurs intercommunaux ainsi que le plan vélo départemental
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS SPECIFIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;un schéma directeur vélo ou schéma directeur des mobilités actives.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ceux-ci devront obligatoirement comporter une rubrique « analyse des pratiques sur le territoire ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création et aménagement d&amp;#039;infrastructures à destination des vélos ou multipratiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet devra prendre en compte a minima les déplacements à vélo
+&lt;/p&gt;
+&lt;p&gt;
+ 2- La (les) liaison(s) accompagnée(s) devra(ont) faciliter les mobilités du quotidien : desservir les zones d&amp;#039;habitat, des équipements publics, des commerces, des sites de visite touristiques publics, la plage...
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Les critères techniques (largeur de voirie, utilisation du double sens ou d&amp;#039;une voie de chaque côté de la voirie...) seront étudiés par le service départemental référent.
+&lt;/p&gt;
+&lt;p&gt;
+ 4- Pour les communes CPU, CPS et l&amp;#039;ensemble des communes littorales, schéma directeur vélo ou d&amp;#039;un schéma directeur des mobilités actives devra justifier la ou les liaisons inscrite(s) au projet. Pour les autres communes, il sera demandé la production d&amp;#039;une analyse des circulations douces au sein de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;aires en faveur de l&amp;#039;intermodalité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aire devra être aménagée et équipée pour l&amp;#039;accueil d&amp;#039;au moins deux modes de déplacement dont un de mobilité active (piéton, vélo). Cette plateforme pourra donc accueillir des services de type autopartage, vélopartage, casiers sécurisés pour l&amp;#039;accueil de vélos personnels, des bornes de recharges pour les véhicules électriques, des stations de gonflage pour les véhicules présents, des bornes d&amp;#039;entretien pour les vélos, ... Elle pourra si le besoin est identifié accueillir l&amp;#039;espace d&amp;#039;attente pour les transports en commun de type bus, ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en place de toute offre de services visant à favoriser et promouvoir les mobilités du quotidien
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra répondre à un besoin exprimé du territoire et devra préciser le mode de gestion et d&amp;#039;animation du service ainsi que les partenariats développés avec les acteurs du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la définition et/ou la réalisation du projet, réalisation d&amp;#039;aménagements paysagers qualitatifs sur l&amp;#039;itinéraire, gestion durable des eaux pluviales provenant des aménagements réalisés, utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;itinéraire ou sur l&amp;#039;aire créée, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales......), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics, mise en place d&amp;#039;une offre de services complémentaire à la réalisation de l&amp;#039;infrastructure (location de vélos, stations de gonflage, casiers de rangements, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements, de signalétiques adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), aménagement et équipements permettant l&amp;#039;accueil de véhicules adaptés, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants, formation « savoir rouler à vélo », programmation d&amp;#039;animations régulières sur le site, dans les établissements scolaires, mise en place d&amp;#039;une offre de services complémentaire à l&amp;#039;équipement : achat de vélos adaptés, intégration de places de stationnement suffisamment larges pour tous types de vélos...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A) Pour les travaux d&amp;#039;aménagement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement, les revêtements, les bordures...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;éclairage public économe et adapté (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors signalisation routière automobile
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) l&amp;#039;équipement urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les bandes cyclables sur la voirie existante si elles composent la majeure partie de la liaison ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les trottoirs partagés s&amp;#039;ils composent la majeure partie de la liaison ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  B) Pour la mise en place de services :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement d&amp;#039;un guichet unique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition d&amp;#039;outils informatiques et numériques nécessaires à l&amp;#039;offre de services ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition de flottes de véhicules (hors EPDM engins personnels de déplacement motorisé trottinette électrique, gyropodes ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition de mobiliers et équipements spécifiques : abris couverts, consignes sécurisées, bornes de recharge, stations de gonflage et d&amp;#039;entretien... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Signalétique (hors panneaux routiers) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toute dépense inhérente à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les diagnostics et études préalables en lien direct avec le projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le financement du poste d&amp;#039;un conseiller en mobilité (éligible uniquement sur les CT, CPU et CPS sur une durée de 3 ans maximum) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;organisation de formations/ateliers de mobilité (éligible uniquement dans les CTM, CPU et CPS).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les acquisitions de flottes de véhicules dédiés aux agents de la collectivité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/les-mobilites-du-quotidien-schemas-infrastructures-equipements-et-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W48" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.61
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a05d-les-mobilites-du-quotidien-schemas-infrastruc/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>155108</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Réaménager les enclos paroissiaux et les cimetières</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Enclos paroissial et cimetières (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;enclos paroissial, autour ou contigu de l&amp;#039;église, et le cimetière sont des espaces communaux qui requièrent toute l&amp;#039;attention des élus et des citoyens. Leur entretien, le patrimoine dont ils jouissent, mais également l&amp;#039;émotion et l&amp;#039;intérêt qu&amp;#039;ils suscitent auprès des habitants sont autant d&amp;#039;enjeux pour les collectivités. Par ailleurs, l&amp;#039;évolution des pratiques funéraires, la pression urbaine et les exigences environnementales font de ces espaces, des lieux en pleine mutation.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département souhaite accompagner les collectivités qui désirent s&amp;#039;engager dans une démarche globale et durable de réaménagement de leur enclos paroissial ou cimetière.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont les réaménagements d&amp;#039;enclos paroissiaux ou cimetières dans l&amp;#039;objectif de favoriser leur entretien (0 phyto), de préserver et mettre en valeur leur patrimoine bâti, funéraire et arboré et de rendre accessible l&amp;#039;église aux personnes à mobilité réduite.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;extension de cimetière contiguë à l&amp;#039;existant seront éligibles si un réaménagement global de l&amp;#039;existant, selon les mêmes critères d&amp;#039;éligibilité, est envisagé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Plan d&amp;#039;aménagement détaillé
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pièces justifiant la bonification si sollicitée
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   Projet réalisé avec une maitrise d&amp;#039;œuvre pluridisciplinaire dont une compétence en aménagement paysager envisageant des plantations d&amp;#039;arbres, de haies et du fleurissement favorables à la biodiversité, plan de gestion et d&amp;#039;entretien de l&amp;#039;enclos, utilisation de matériaux durables (bois, masse, plastique recyclé ...) pour les équipements, projet intégrant des fonctionnalités durables : récupération des eaux de pluies, robinet poussoir dans les points d&amp;#039;eau, gestion et valorisation des déchets, accessibilité vélo, végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   Présence d&amp;#039;équipements adaptés pour tous les publics : mobiliers urbains (bancs, point d&amp;#039;eau, poubelle), sanitaires, signalétique inclusive : visible, lisible et compréhensible par tous, association et/ou concertation avec les habitants ou associations locales sur la phase conception du projet, dans la réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé devra répondre à la législation et à la réglementation en vigueur notamment en matière d&amp;#039;accessibilité des espaces publics, du portail de l&amp;#039;enclos au portail de l&amp;#039;église, et de prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet devra être abordé sous le prisme du maintien de la perméabilité des sols ou de la désimperméabilisation des sols via la végétalisation préférentiellement
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Le paysagement de l&amp;#039;espace devra être envisagé pour la mise en valeur du patrimoine et son ambiance propice au recueillement tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ Ces conditions d&amp;#039;éligibilité induisent la présentation d&amp;#039;un plan d&amp;#039;aménagement détaillé du projet qui permettra d&amp;#039;identifier les différents espaces, les revêtements choisis et les pentes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 1) le terrassement : grattage, décaissement, ...et aménagement d&amp;#039;allées perméables
+&lt;/p&gt;
+&lt;p&gt;
+ 2) les travaux relatifs à la gestion des eaux
+&lt;/p&gt;
+&lt;p&gt;
+ 3) les travaux d&amp;#039;aménagements de l&amp;#039;ossuaire et du jardin du souvenir
+&lt;/p&gt;
+&lt;p&gt;
+ 4) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 5) les travaux de restauration du petit patrimoine bâti et/ou funéraire
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la signalétique dans l&amp;#039;enclos : valorisation du patrimoine, accessibilité, communication sur le projet
+&lt;/p&gt;
+&lt;p&gt;
+ 7) les murs d&amp;#039;enceinte (excepté les grillages) et le portail
+&lt;/p&gt;
+&lt;p&gt;
+ 8) le mobilier urbain : bancs, barrières, abris vélo...
+&lt;/p&gt;
+&lt;p&gt;
+ 9) le parking perméable de l&amp;#039;enclos ou du cimetière
+&lt;/p&gt;
+&lt;p&gt;
+ 10) le préau d&amp;#039;accueil
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements imperméables excepté l&amp;#039;allée accessible PMR du portail à l&amp;#039;église
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le mobilier funéraire (cavurnes, colombarium, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/enclos-paroissial-et-cimetieres-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2c4a-enclos-paroissial-et-cimetieres-politique-ter/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>155107</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Créer des itinérance touristique et des boucles locales</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Itinérance touristique et boucles locales (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etude pour la réalisation d&amp;#039;un schéma d&amp;#039;itinéraires de randonnée, pour la définition de parcours de découverte sur le territoire communal ou intercommunal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création et aménagement des itinéraires, boucles (piétons – vélos - autres pratiques)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Carte des itinéraires concernés et état de leur inscription au PDIPR et inscription obligatoire si création ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Budget prévisionnel d&amp;#039;entretien ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Plan de signalétiques et de balisage
+   &lt;/li&gt;
+   &lt;li&gt;
+    Si sentier d&amp;#039;interprétation : plan d&amp;#039;interprétation et programme d&amp;#039;animation autour de la thématique du sentier.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitée
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   réalisation d&amp;#039;aménagements paysagers sur l&amp;#039;itinéraire, utilisation de matériaux durables pour la réalisation des équipements présents sur l&amp;#039;itinéraire, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, ...), insertion de clauses environnementales dans les marchés publics, aménagement du chemin en prenant en compte la biodiversité présente : préservation d&amp;#039;espaces accueillant des espaces floristiques protégées, création d&amp;#039;abris ou de passages protégés (type crapauduc) pour la faune, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements (mobiliers urbains, sanitaires), de signalétiques adaptés pour tous les publics, association des usagers sur la phase conception du projet, réalisation et/ou animation du projet (réalisation de chantier participatif, organisation de journée citoyenne autour de l&amp;#039;entretien des chemins, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants, travail avec une entreprise d&amp;#039;insertion pour l&amp;#039;entretien des chemins, identification et valorisation des itinéraires adaptés par type de handicap, recensement des lieux adaptés sur le parcours &amp;#43; réalisation d&amp;#039;un outil de communication (présentation du parcours, de la difficulté, de la distance, etc.), lors de la création ou de l&amp;#039;aménagement d&amp;#039;un itinéraire, faire participer les personnes concernées ou à minima les associations afin d&amp;#039;avoir une expertise par type de handicap.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités devront proposer un projet global de développement de la randonnée présentant une plus-value touristique clairement énoncée. La globalité du projet se réfère à l&amp;#039;échelle du territoire, à son intégration dans le contexte d&amp;#039;itinérance alentour (réseau de cheminements, itinéraires d&amp;#039;intérêt départemental), à sa transversalité, depuis l&amp;#039;optimisation des itinéraires (aménagement, entretien, foncier, balisage) jusqu&amp;#039;aux outils de promotion (numérique et physique) et aux pratiques ciblées : pédestre et cycliste prioritairement, incluant toutefois l&amp;#039;équestre, le volet tourisme et handicap ou d&amp;#039;autres pratiques.
+&lt;/p&gt;
+&lt;p&gt;
+ La plus-value touristique consiste à favoriser les pratiques itinérantes d&amp;#039;une part (les itinéraires : GR223, La Véloscenie, La Vélo Maritime, La Vélo West Normandy, Nantes-Mont Saint-Michel à vélo, La Route des Haras Nationaux, La Route des Abbayes, Patrimoine en Baie du Mont Saint-Michel à cheval, La route des Chiffonniers, ...) et celles ouvertes à un public familial non spécialiste d&amp;#039;autre part (boucles dont les PR). Les tracés valoriseront les différents types de patrimoine.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée au développement et à la promotion des services adaptés aux différentes pratiques : hébergements thématiques, haltes repos, locations... ainsi qu&amp;#039;à l&amp;#039;utilisation du web et des outils de guidage GPS.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les tronçons non goudronnés supports des itinéraires devront être inscrits au PDIPR (sur délibération).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1- Les schémas
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2- Pour l&amp;#039;aménagement et l&amp;#039;amélioration des services favorisant la pratique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mise en place de haltes randonneurs multi-pratiques. Dans la mesure du possible, les haltes devront offrir des services aux randonneurs tel qu&amp;#039;un abri, une ou des table(s) de pique-nique, des sanitaires avec point d&amp;#039;eau potable, des barres d&amp;#039;attache pour les chevaux, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Installation de consignes à vélo favorisant la visite de sites patrimoniaux ou naturels, ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3- Aménagements des itinéraires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Résorption des ruptures de continuité sur les grands itinéraires, notamment le sentier littoral.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements favorisant la création de boucles locales familiales et ou sportives.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouverture nouvelle de chemins (encaissement, pose de clôtures...) permettant une liaison importante (bouclage ou liaison avec itinéraire de randonnée d&amp;#039;intérêt départemental) :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Encaissement (avec des matériaux locaux appropriés à la pratique de la randonnée) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rétablissement du fonctionnement hydraulique de cause naturelle (fossés...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouvrages légers de franchissement des cours d&amp;#039;eau (type passerelle bois, pas japonais...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Itinéraire accessible aux personnes en situation de handicap qui intègre la chaîne de déplacement (le stationnement, le cheminement, le mobilier et les supports de communication d&amp;#039;aide à la visite du site).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4- Sentiers d&amp;#039;interprétation et circuits thématiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place de panneaux d&amp;#039;interprétation uniquement dans le cadre d&amp;#039;un plan d&amp;#039;interprétation général étudié à l&amp;#039;échelle du territoire. Le plan d&amp;#039;interprétation doit permettre d&amp;#039;identifier un fil conducteur pour la découverte organisée du patrimoine. Il est issu d&amp;#039;un travail de recherche et permet d&amp;#039;aboutir à une « scénarisation » de la découverte. Ainsi, la visite du promeneur se trouve enrichie et son expérience du territoire n&amp;#039;en devient que plus mémorable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le territoire veillera à intégrer le plan départemental de signalétique si nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Et toutes autres dépenses inhérentes à la bonification
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le balisage, la signalétique directionnelle et les topoguides. Toutefois, ces éléments indispensables devront toutefois respecter les chartes départementales ou nationales préconisées. * financement de la signalétique directionnelle pertinent pour indiquer sur les grands itinéraires les sites de visite, le bourg avec services à voir avec Arnaud.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements isolés tels que la pose d&amp;#039;une table de pique-nique, d&amp;#039;un banc ne seront pas aidés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;entretien courant ou les travaux générés par l&amp;#039;absence significative d&amp;#039;entretien régulier des chemins. Les travaux consécutifs aux dégradations causées par le passage des engins motorisés ne pourront être pris en compte.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de trottoirs perméables sur les parties routières du parcours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/itinerance-touristique-et-boucles-locales-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 98 70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86f7-itinerance-touristique-et-boucles-locales-pol/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>155110</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Créer, réaménager et revitaliser des espaces publics en cœur de bourg, centre-ville ou quartier</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics en centres bourgs et centres villes (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création, réaménagement et revitalisation d&amp;#039;espaces publics en cœur de bourg, centre-ville ou quartier.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;espace public désigne l&amp;#039;ensemble des espaces urbanisés destinés à l&amp;#039;usage de tous, sans restriction. Il peut ainsi s&amp;#039;agir de tout espace de circulation (réseau viaire) ou de rassemblement (parc, place...). Dans la présente fiche, les projets accompagnés devront comporter a minima la fonction de rassemblement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les parkings dédiés un équipement public ou privé spécifique ainsi que les projets n&amp;#039;agissant que sur la sécurisation d&amp;#039;une voirie ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités actives et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition de moins de 5 ans)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements urbains ou paysagers directement liés au projet :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 1) le terrassement, les revêtements, les bordures...
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 4) l&amp;#039;éclairage public économe et adapté (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors signalisation routière
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux de chaussée en enrobé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-publics-en-centres-bourgs-et-centres-villes-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e30-espaces-publics-en-centres-bourgs-et-centres-/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>155129</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Créer, étendre, rénover des locaux à destination des activités d’économie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Économie sociale et solidaire (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 60</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création, extension, rénovation de locaux à destination des activités d&amp;#039;économie sociale et solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation de la structure et de ses missions, si mise à disposition de l&amp;#039;équipement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les rénovations, document de diagnostic énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces justifiant la bonification si sollicitation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Mobilisation citoyenne menant à la constitution d&amp;#039;un collectif citoyen associé à la gouvernance et à la vie du projet, accessibilité extérieure pour se rendre au site / service (cheminent carrossable, places PMR, voies et services de mobilité douce...) ; accessibilité à l&amp;#039;intérieur du site (entrée, portes adaptées, rampe d&amp;#039;accès...), un environnement d&amp;#039;accueil adapté pour tous les publics (mobiliers urbains, sanitaires, puissance de l&amp;#039;éclairage, fonds sonores...), signalétique extérieure inclusive, accessibilité à l&amp;#039;information et à la communication (documentation simplifiée...) ; une signalétique intérieure adaptée (panneau d&amp;#039;affichage, ligne de guidage...) ; insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet de création, d&amp;#039;extension, de rénovation de locaux visant la réalisation d&amp;#039;activités d&amp;#039;économie sociale et solidaire. Le projet devra respecter la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet devra rechercher la création ou le développement d&amp;#039;un ou des emplois non délocalisables ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2- Le projet devra créer, développer, conforter un service dont le besoin n&amp;#039;est pas couvert par le secteur public / privé ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Le projet devra avoir une utilité sociale et générer de la cohésion territoriale ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4- le projet devra prévoir une participation du public cible et des acteurs du territoire (élaboration du diagnostic, mise en œuvre du projet, animation) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 5- L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la réalisation d&amp;#039;une étude de faisabilité du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions de bonification :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/economie-sociale-et-solidaire-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df82-economie-sociale-et-solidaire-politique-terri/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>155109</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Créer et réaménager des espaces publics favorisant le lien social et les échanges intergénérationnels (parcs, espaces de loisirs, jardins publics etc.)</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics de loisirs : parcs et jardins, aires de jeux, espaces sport-santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création et réaménagement d&amp;#039;espaces publics favorisant le lien social et les échanges intergénérationnels : parcs, espaces de loisirs et jardins publics pouvant inclure des équipements tels qu&amp;#039;une aire de jeux, un espace sport-santé, un mini-golf, un arboretum, un skate park, une aire extérieure de street workout et fitness (combinaison de gymnastique et de musculation) ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;une aire de jeux 100% inclusive, présence d&amp;#039;une aire de fitness s&amp;#039;adressant à différents publics : seniors pour prévenir leur perte d&amp;#039;autonomie, les personnes nécessitant de la rééducation, les sportifs pour entretenir leur forme, les personnes à mobilité réduite, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espaces verts
+Espace public</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ 1 - Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 - Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 3 - L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;aménagement d&amp;#039;une aire de jeux :
+ &lt;/strong&gt;
+ cette dernière devra être accessible à tous les enfants quelle que soit leur singularité (Cf guide-conseil sur les aires jeux inclusives en document joint).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;aménagement d&amp;#039;un équipement de type parcours sportif ou aire de fitness, street workout extérieure :
+ &lt;/strong&gt;
+ le parcours devra permettre le travail de l&amp;#039;ensemble des parties du corps
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;installation d&amp;#039;équipements de sports de plein nature de loisirs :
+ &lt;/strong&gt;
+ ces équipements devront être adaptés au tout public, ouverts et gratuits ils doivent permettre la pratique du plus grand nombre leur objectif n&amp;#039;étant pas l&amp;#039;accueil de compétitions sportives.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement conseillé d&amp;#039;offrir dans l&amp;#039;espace ou à forte proximité des sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition de moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers et les équipements directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement : grattage, décaissement, engravure de chaussée, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) les structures de la chaussée, les revêtements, les bordures
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 4) l&amp;#039;éclairage public économe (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors panneaux routiers
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 8) Les équipements de loisirs présents sur le site
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-publics-de-loisirs-parcs-et-jardins-aires-de-jeux-espaces-sport-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ddd0-espaces-publics-de-loisirs-parcs-et-jardins-a/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>164950</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Préparer le territoire aux enjeux climatiques de demain</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets n°3.2</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La stratégie du GAL spécifique à cet appel à projets - « Préparer le territoire aux enjeux climatiques de demain »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La stratégie de la fiche action n°3 du programme LEADER du GAL Castelroussin-Valençay vise à :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;• Soutenir le changement et l’adaptation des pratiques agricoles, favoriser la résilience et la biodiversité.&lt;/p&gt;&lt;p&gt;• Accompagner le territoire dans la réduction de la consommation énergétique finale et la mobilisation de ressources ENR.&lt;/p&gt;&lt;p&gt;• Adopter une gestion durable des ressources (eau, bois) et promouvoir la mobilisation des matériaux biosourcés.&lt;/p&gt;&lt;p&gt;• Accompagner le territoire en matière de lutte contre l’artificialisation des sols pour une gestion optimale du foncier et la végétalisation des espaces urbains.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lors de l’élaboration du dossier de candidature LEADER, la liste d’opérations suivantes avaient été retenues :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe d’accompagnement du territoire dans la réduction de la consommation énergétique finale et la mobilisation de ressources et des énergies renouvelables (ENR) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives pour accompagner le territoire vers la réduction de sa consommation énergétique.&lt;/p&gt;&lt;p&gt;• Actions de sensibilisation de tous les acteurs locaux aux enjeux climatiques (diagnostics innovants autour de la structuration des ENR, améliorer la performance énergétique d’un parc immobilier appuie à la résilience énergétique des entreprises, réflexion sur des outils de sensibilisation (caméra thermique...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Soutenir les pratiques agricoles respectueuses de l’environnement, favoriser la résilience et la biodiversité :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions innovantes sur les pratiques agricoles liées à l’adaptation au changement climatique (Accompagnement sur les économies d’eau, choix de nouvelles espèces agricoles pluriannuelles, choix d’animaux pour un usage autre qu’agricole – écopaturage , réduction des intrants et nouvelles productions, nouvelles pratiques agricoles adaptées à la sécheresse...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Adopter une gestion durable des ressources (eau, bois) et promouvoir la mobilisation des matériaux &lt;/strong&gt;&lt;strong&gt;biosourcés:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Projets expérimentaux de gestion optimisée des eaux de pluies.&lt;/p&gt;&lt;p&gt;• Actions sur la remise en état des zones humides.&lt;/p&gt;&lt;p&gt;• Actions sur la renaturation de vallées.&lt;/p&gt;&lt;p&gt;• Mise en place de plan de gestion durable de ressource en bois (interventions ciblées sur petits boisements sans plans de gestion), de reconstitution de haies.&lt;/p&gt;&lt;p&gt;• Mise en place d’un plan de gestion des espaces naturels, de reconstitution de trames écologiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagner le territoire en matière de lutte contre l’artificialisation des sols pour une gestion optimale du foncier et la végétalisation des espaces urbains :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives environnementales et mise en œuvre de projets autour de la biodiversité, réduction des pesticides, valorisation et réduction des déchets, gestion du foncier et la gestion des espaces urbains (accompagnement à la désartificialisation et à la végétalisation et renaturation des parties urbanisées...).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Associations loi 1901, agréées, étrangères.&lt;/p&gt;&lt;p&gt;• Collectivités territoriales (communes, EPCI,...).&lt;/p&gt;&lt;p&gt;• Établissements publics, dont les chambres consulaires.&lt;/p&gt;&lt;p&gt;• Micro entreprises, TPE, PME, groupements d’entreprises (qui restent des PME).&lt;/p&gt;&lt;p&gt;• Syndicats professionnels ou interprofessionnels (salariés et patronaux).&lt;/p&gt;&lt;p&gt;• Offices de tourisme.&lt;/p&gt;&lt;p&gt;• Sociétés agricoles, exploitants agricoles et groupements d’agriculteurs (études uniquement).&lt;/p&gt;&lt;p&gt;• Organismes de formation avec numéro d’agrément.&lt;/p&gt;&lt;p&gt;• Organismes d’enseignement.&lt;/p&gt;&lt;p&gt;• Fondations.&lt;/p&gt;&lt;p&gt;• Établissements privés à but non lucratif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres conditions d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D’ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d’aide publique. Au moment du paiement, le montant d’aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;/p&gt;&lt;p&gt;• Plafond maximum de dépenses publiques pour les projets d’investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;• Plafond maximum d’attribution d’une aide Leader sur le territoire du GAL Castelroussin-Valençay : 80 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention : &lt;/strong&gt;les dépenses éligibles sont déterminées lors de l’instruction. Le seuil est donc vérifié à cette étape et non lors du dépôt de dossier. Le seuil est vérifié à nouveau lors de la demande de paiement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense. Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, l&amp;#039;investissement doit être réalisé sur le périmètre du GAL Castelroussin-Valençay (hors projet de coopération).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À noter :&lt;/strong&gt; possibilité de mise en place d&amp;#039;actions hors périmètre du GAL à condition que les bénéfices resurgissent sur le territoire de celui-ci.&lt;/p&gt;&lt;p&gt;
+ DÉPENSES ÉLIGIBLES SUR FACTURE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ •    Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;
+ &lt;br /&gt;
+ •    Prestation de services et frais d&amp;#039;honoraires en accompagnement 
+comptable, juridique, et technique nécessaires à la réalisation de 
+l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;
+ &lt;br /&gt;
+ •    Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;
+ &lt;br /&gt;
+ •    Frais de conception et d&amp;#039;aménagement de stands ;
+ &lt;br /&gt;
+ •    Frais de communication (encart publicitaire, frais d&amp;#039;impression, 
+affranchissement pour envoi en nombre, conception de supports de 
+communication), de promotion, d&amp;#039;information (guide, film, site 
+internet...) ;
+ &lt;br /&gt;
+ •    Acquisition de matériel/outillage industriel, mobilier, 
+fournitures (hors acquisition d&amp;#039;occasion et hors investissement 
+agricole) ;
+ &lt;br /&gt;
+ •    Investissement immatériel (logiciels et brevets) ;
+ &lt;br /&gt;
+ •    Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;
+ &lt;br /&gt;
+ •    Achat de biens immeubles (dans la limite des règles d&amp;#039;éligibilité définies au niveau régional) ;
+ &lt;br /&gt;
+ •    Location de biens meubles ou immeubles ;
+ &lt;br /&gt;
+ •    Véhicule en lien direct avec le projet (maximum 1 par opération) 
+et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention
+ et dans le périmètre éligible au programme LEADER.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ DÉPENSES ÉLIGIBLES DE PERSONNEL :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ •    Frais de personnels nécessaires à la réalisation de l&amp;#039;opération et
+ comportant un lien démontré avec celle-ci (salaires, charges liées et 
+traitements accessoires, un justificatif de temps de travail sera 
+demandé) ;
+ &lt;br /&gt;
+ •    Coûts indirects selon un taux forfaitaire de 15 % des frais de 
+personnels directs éligibles (option de coûts simplifiés (OCS) 
+conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux 
+plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 
+2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;
+ &lt;br /&gt;
+ •    Notes de frais des personnels ou bénévoles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.payscastelroussin.fr/actions/leader.html</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr/account-management/crcvl-demandeurs/ux/#/login?redirectTo=https:%2F%2Fnosaidesenligneregion.centre-valdeloire.fr%2Faides%2F%23%2Fcrcvl%2Fconnecte%2Ftiers-selection&amp;jwtKey=jwt-crcvl-portail-depot-demande-a</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Thibault MOURIER
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaire / Animateur
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.34.68.04.70
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel : leader&amp;#64;payscastelroussin.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>leader@payscastelroussin.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preparer-le-territoire-aux-enjeux-climatiques-de-demain/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>164333</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Développer et améliorer les réseaux d'assainissement- Travaux de gestion du temps de pluie  - Autosurveillance</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière de développement et d'amélioration des systèmes d'assainissement</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Reconquérir le bon état des masses d&amp;#039;eau et prévenir leur dégradation&lt;/p&gt;&lt;p&gt;Réduire les pollutions toxiques et nouveaux polluants rejetés dans les réseaux d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Développer la solidarité vers les communes rurales&lt;/p&gt;&lt;p&gt;Adapter les systèmes d&amp;#039;assainissement au changement climatique et développer la station d&amp;#039;épuration du futur par l&amp;#039;innovation&lt;/p&gt;&lt;p&gt;Accompagner la structuration des compétences des collectivités vers une gestion patrimoniale pour des performances durables&lt;/p&gt;&lt;p&gt;Anticiper et résorber les contentieux réglementaires nationaux et locaux liés aux systèmes d&amp;#039;assainissement&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;• Les travaux de mise en place d’équipements d’autosurveillance sur des déversoirs d’orage des réseaux 
+relevant d’une obligation règlementaire ou dont les déversements engendrent un impact sanitaire ou 
+environnemental avéré, dans le respect des exigences du guide pour l’autosurveillance du bassin Rhin-Meuse de février 2016 ;
+&lt;br /&gt;• Les travaux de mise en place d’équipements d’autosurveillance de points caractéristiques du réseau ;&lt;br /&gt;• Les travaux de mise en place d’équipements d’autosurveillance sur des déversoirs d’orage situés en tête 
+de station de traitement des eaux usées et sur les points d’entrée et de sortie des stations de traitement 
+existantes non équipées de moins de 2 000 EH. &lt;/p&gt;&lt;p&gt;L’aide à l’autosurveillance des réseaux est conditionnée à la mise en œuvre d’une démarche de diagnostic 
+permanent.
+&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q55" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans la limite des travaux 
+nécessaires suite à l&amp;#039;étude 
+de définition.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_assainissement.pdf?Archive=263798008197&amp;File=Fiche_assainissement_pdf</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Nom / Prénom : Agence de l&amp;#039;eau Rhin-Meuse
+ &lt;/li&gt;
+ &lt;li&gt;
+  E-mail : &lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Téléphone : 03.87.34.47.00
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-reseaux-dassainissement-travaux-de-gestion-du-temps-de-pluie-gestion-integree-et-nature-en-ville/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>164158</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les risques de pollutions accidentelles ou par temps de pluie</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau  Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 65</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Taux de référence / Zone AFR</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les travaux éligibles sont ceux visant à prévenir ou à réduire les risques de pollution accidentelle ou de pollution 
+par temps de pluie.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Innovation, créativité et recherche
+Biodiversité
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q56" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Rhin-Meuse</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-technologies-propres/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>