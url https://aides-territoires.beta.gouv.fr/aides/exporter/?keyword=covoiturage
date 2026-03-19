--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA45"/>
+  <dimension ref="A1:AH39"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,52 +225,87 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>165080</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Soutenir l'aménagement d'aires de covoiturage</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Soutien à l'aménagement d'aires de covoiturage</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
@@ -360,5143 +395,5152 @@
       <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0219/depot/simple</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches :  dispositifcovoiturage&amp;#64;grandest.fr - 03 87 15 86 65&lt;/p&gt;&lt;p&gt;Le dépôt de candidature est exclusivement dématérialisé. Le lien vers l’espace de candidature est transmis par les services régionaux après l’entretien précité.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lamenagement-daires-de-covoiturage/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage
+Inciter financièrement le covoiturage</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
+        <v>162837</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l'environnement</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain : PEMR, voies réservées et aires de covoiturage</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour les PEMR et aires de covoiturage : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicats mixtes,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ville de Paris.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;Pour les v&lt;span&gt;oies réservées : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conditions :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Sans plafond pour les PEMR et les voies réservées,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dans la limite de 1.000€ par place pour les aires de covoiturage.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Financement des équipements collectifs suivants, à condition qu&amp;#039;ils soient situés sur ou à proximité immédiate du réseau routier d’intérêt régional :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es pôles d’échanges multimodaux routiers (PEMR),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es aires de covoiturage d’au moins 5 places,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Les voies réservées.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage-1/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>16/06/2024</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>162493</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Développer des solutions de mobilité durable (fiche-action 2)</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-          Créer et renforcer les structures et infrastructures favorisant les mobilités alternatives :  équipements pour les pôles d’échange multimodaux, transports collectifs, transport d’utilité sociale, transport à la demande, vélo-école, maison du vélo, ateliers ou bornes de réparation du vélo, stationnements de vélo, abris vélo avec ou sans point de recharge électrique, abribus, label vélo, …&lt;/p&gt;&lt;p&gt;-          Sensibiliser au sujet des mobilités alternatives : communication, formations, plateforme, …&lt;/p&gt;&lt;p&gt;-          Développer et soutenir les projets de mobilité partagée : auto-partage, vélo partage, location de moyenne, courte et longue durée, covoiturage, transport (scolaire ou autre) de proximité à traction animale, …&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette mesure vise à encourager la mise en oeuvre de nouvelles solutions de mobilité en tant qu&amp;#039;alternative à la voiture personnelle, pour suciter de nouvelles habitudes et de rendre la mobilité accessible à tous, dans le respect de l&amp;#039;environnement. Il s&amp;#039;agit notamment de développer les déplacements plus durables et de diminuer la dependance aux énergies fossiles dans nos déplacements.&lt;/p&gt;&lt;p&gt;Sont considérées comme mobilités alternatives : les transports en commun, le vélo à assistance électrique ou non, la marche à pied, le covoiturage, l’auto-stop, le transport à la demande, le prêt ou location de véhicules, l’auto-partage, le pédibus, la traction animale, l’inter-mobilité, et autres modes de transports ayant un impact zéro ou très faible sur l’environnement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-et-les-activites-en-milieu-rural-fonds-europeens-leader-du-pays-de-coutances-fiche-action-1/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>Coutances mer et bocage</t>
+        </is>
+      </c>
+      <c r="AD4" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>15/04/2024</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>156156</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réhabilitation des zones d’activités économiques (ZAE) existantes</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>RÉHABILITATION DES ZONES D’ACTIVITÉS ÉCONOMIQUES EXISTANTES</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir la requalification durable des zones d&amp;#039;activités économiques (ZAE) industrielles, tertiaires, artisanales et touristiques existantes dans le but d&amp;#039;élever le niveau qualitatif et environnemental de celles-ci sans consommation d&amp;#039;espaces agricoles supplémentaires, conformément à la démarche « Éviter, Réduire, Compenser » (ERC).
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Les zones d&amp;#039;activités commerciales et industrialo-portuaires ne sont pas éligibles au dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Revitalisation
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les dépenses d&amp;#039;investissement réalisées par les EPCI de nature à élever le niveau qualitatif et environnemental de la zone concernée:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La signalétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements paysagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les zones tampons pour les poids lourds,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aménagement d&amp;#039;aires de covoiturage et/ou de stationnement partagés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les parkings ou garages à vélos,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements mutualisés de récupération des eaux de pluie et de collecte des déchets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;amélioration de la desserte haut débit (en lien avec Seine-Maritime Numérique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les éclairages permettant de réaliser des économies d&amp;#039;énergie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;assainissement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les démolitions et réhabilitation de bâtiments appartenant à l&amp;#039;EPCI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de dépollution légère,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;ingénierie et de maîtrise d&amp;#039;œuvre directement liés au projet et/ou à l&amp;#039;accompagnement de la mise en œuvre de certifications et labels (Fredon, Emas, ISO 4001, ISO 14064, ISO 14069...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les locaux de conciergerie sous maîtrise d&amp;#039;ouvrage publique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les voies de circulations douces si l&amp;#039;EPCI porteur du projet assure la continuité de ces voies en dehors de la ZAE (dans le cadre du dispositif départemental de droit commun dédié au développement des circulations cyclables).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une seule opération par an et par EPCI, étant précisé que l&amp;#039;opération subventionnable peut concerner plusieurs zones d&amp;#039;activités différentes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas d&amp;#039;un projet de réhabilitation associé à une extension, la subvention départementale ne couvrira que les dépenses liées à la réhabilitation de la partie de la zone existante.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière sera accordée à l&amp;#039;amélioration de la qualité écologique des ZAE (gestion de l&amp;#039;eau, désimperméabilisation, espaces naturels et paysagers...), mais aussi à la prise en compte des problématiques de mobilité et d&amp;#039;accès aux services des salariés des entreprises de la zone concernée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 20.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 300.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/rehabilitation-des-zones-dactivites-economiques-existantes/</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/55d0-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>158948</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Définir un plan d'implantation de Pôles d'Echanges Multimodaux et leur faisabilité technique à destination des déplacements domicile-travail et touristiques</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité technique à l'installation de différents types de Pôles d'Echanges Multimodaux</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Force d&amp;#039;une expertise et de retours d&amp;#039;expériences sur plusieurs de ses réseaux, PIM Mobility vous propose, en amont de tout déploiement, un accompagnement complet, reprenant vos études et réflexions en cours, en vue de créer des espaces de rétention de voyageur et instaurer une pratique multimodale durable :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification géographique et définition des typologies des sites étudiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des profils voyageurs présents, leur consentement à changer de comportement et leurs besoins de services associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  cartographie des offres de transport présentes, en cours de déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faisabilité technique  chiffré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hubs de mobilité sur des lignes de covoiturage et lignes BHNS/cars express ; aires de services vélo sur des grands itinéraires touristiques, espaces relais vélos en libre service et stationnement vélos en parc d&amp;#039;activités, aires de covoiturage et relais transport en commun, revitalisation et valorisation multimodale de parvis de gare TER.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une collectivités, une entreprise, un syndicat ou un office du tourisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://pim-mobility.com/contact/</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;pim-mobility.com&lt;br /&gt;06 22 45 03 36&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>p.renault@pim-mobility.com</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5313-definir-un-plan-dimplantation-de-poles-dechan/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>PIM Mobility</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2024</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>142829</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Organiser les mobilités en territoires peu denses</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre territoire est en milieu rural ou péri-urbain ? Vous représentez une commune petite ou moyenne et avez besoin d&amp;#039;appui pour imaginer des solutions innovantes adaptées ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour diagnostiquer vos besoins, organiser, planifier et évaluer vos politiques publiques sur ces questions de mobilité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous devez connaître plus finement la mobilité sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez anticiper les évolutions des mobilités ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez élaborer une stratégie de mobilité et identifier les solutions les plus pertinentes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez un retour objectif sur les projets mis en oeuvre ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires et expertes (ingénieurs, techniciens, architectes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises et compétences au plus près de vos besoins, grâce à un réseau territorialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des compétences multiples pour vos mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plusieurs dizaines d&amp;#039;années d&amp;#039;expérience au service des services publics de l&amp;#039;État et des collectivités locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des participations actives à l&amp;#039;édition de normes et règlement, aux côtés des pouvoirs publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Éclairer la décision
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic : collecte et analyse des données de mobilité/méthodologie adaptée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage : assistance pour la conduite de projet et aide à la mise en place de partenariats locaux à travers la concertation et la coconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prospective : mobilisation d&amp;#039;outils techniques pour prévoir et quantifier les besoins de mobilité à venir
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Mettre en œuvre vos projets et services de mobilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Stratégie : accompagnement dans toutes les phases d&amp;#039;élaboration de votre stratégie pour définir objectifs et priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions : appui à la définition des services de mobilité en adéquation avec vos enjeux et à partir de retours d&amp;#039;expériences locales (covoiturage, autopartage, transport à la demande, vélo...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation : réalisation du bilan des politiques et services retenus et anticipation des conséquences des choix de mobilités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Parc naturel régional des Volcans d&amp;#039;Auvergne
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ TEAMM Volcans, co-construction de solutions de mobilité avec le Parc naturel régional (PNR) des Volcans d&amp;#039;Auvergne pour les trajets domicile-travail des habitants d&amp;#039;une trentaine de collectivités du parc.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ardèche, le département
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude sur les besoins de mobilité du territoire de l&amp;#039;Ardèche
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Gaillac Graulhet Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Appui à l&amp;#039;élaboration du plan de mobilité rurale de Gaillac Graulhet Agglomération
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Kintoa Mugi
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide à la définition d&amp;#039;une solution de mobilité pour la Vallée des Aldudes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Cohésion sociale et inclusion
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/organiser-mobilites-territoires-peu-denses</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01ae-organiser-les-mobilites-en-territoires-peu-de/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB7" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2023</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>142828</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des voies réservées sur votre réseau structurant</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les voies réservées permettent d&amp;#039;améliorer la régularité des transports collectifs et d&amp;#039;optimiser l&amp;#039;offre de transport sur des axes où l&amp;#039;utilisation de la voiture reste prépondérante.
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaire routier ou autorité organisatrice de la mobilité, le Cerema vous accompagne dans vos projets de voies réservées aux transports collectifs et au covoiturage, de l&amp;#039;étude de faisabilité à l&amp;#039;évaluation.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous vous interrogez sur l&amp;#039;opportunité de créer une voie réservée pour optimiser votre réseau ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau (voie réservée ou aire de transports en commun) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous projetez d&amp;#039;évaluer un aménagement existant et envisagez de l&amp;#039;améliorer ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Établir l&amp;#039;opportunité et la faisabilité d&amp;#039;un projet d&amp;#039;aménagement
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des usages à favoriser
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition et modélisation de scénarios d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des premiers éléments de conception
+ &lt;/li&gt;
+ &lt;li&gt;
+  Estimation des gains (socio-économiques, environnementaux) et des coûts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Définir un projet de voies réservées ou une aire de transports en commun
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Planification d&amp;#039;un programme d&amp;#039;investissement pluriannuel à l&amp;#039;échelle de votre réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition ou avis sur le parti d&amp;#039;aménagement, sur les aspects conception et équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux demandes d&amp;#039;expérimentation au titre de la signalisation routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des conditions d&amp;#039;exploitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer un aménagement du point de vue de la sécurité, l&amp;#039;efficience et l&amp;#039;acceptabilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration du protocole d&amp;#039;évaluation : définition des objectifs, méthodologie, échéances
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement au besoin lors de l&amp;#039;évaluation : expertise, adaptation du dispositif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des résultats et préconisations, à chaque période d&amp;#039;évaluation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ATMB
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Appui à l&amp;#039;expérimentation et à l&amp;#039;évaluation d&amp;#039;une voie réservée au covoiturage à la douane de Thonex-Vallard
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Aix-Marseille ProvencE
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Expérimentations d&amp;#039;aménagements en faveur des transports en commun de la Métropole Aix-Marseille ProvencE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Rouen Normandie
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Évaluer la faisabilité d&amp;#039;une voie réservée sur une 2x2 voies : cas de l&amp;#039;A150
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/amenager-voies-reservees-votre-reseau-structurant</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b10-amenager-des-voies-reservees-sur-votre-reseau/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2023</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>142824</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Évaluer vos projets d'infrastructures de transports</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;évaluation des projets d&amp;#039;infrastructures de transport
+ &lt;/strong&gt;
+ est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise notamment pour&lt;strong&gt; analyser les bénéfices et les impacts de ces projets tant sur le plan des transports
+ &lt;/strong&gt;
+ (effets sur les déplacements, effets socioéconomiques, effets environnementaux, effets sur la santé)
+ &lt;strong&gt;
+  que sur le plan environnemental
+ &lt;/strong&gt;
+ (études d&amp;#039;impacts).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne sur l&amp;#039;évaluation des projets d&amp;#039;infrastructures de transport en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études nécessaires à la production des évaluations et études d&amp;#039;impact requises ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique du service assurant la maîtrise d&amp;#039;ouvrage des infrastructures de transport (élaboration du cahier des charges, analyse technique des offres, suivi de l&amp;#039;exécution technique de la prestation) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle ou expertise technique des dossiers d&amp;#039;évaluations et des études d&amp;#039;impact ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation sur les méthodes d&amp;#039;évaluation des projets de transport.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Mobilité partagée
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluation-projets-infrastructures-transport</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7877-evaluer-vos-projets-dinfrastructures-de-trans/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB9" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2023</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>143362</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de neutralité carbone à horizon 2050 implique d&amp;#039;importants changements sur l&amp;#039;organisation des systèmes de transports, les usages et comportements, ainsi que les choix technologiques associés. Tous les leviers (report modal, taux de remplissage, efficacité énergétique, sobriété des déplacements) doivent être mobilisés, à la fois pour les voyageurs et les marchandises.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Expert public des mobilités, le Cerema accompagne le passage à l&amp;#039;action des collectivités dans le déploiement de solutions structurantes pour la mobilité décarbonée de tous, dans une dynamique vertueuse de réduction des émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA REPONSE DU CEREMA
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Du diagnostic des besoins de déplacements à la mise en place des services de mobilité les plus adaptés, le Cerema s&amp;#039;engage à vos côtés !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Développer les modes actifs : vélo, marche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema sécurise et adapte la conception des espaces publics et voiries urbaines au développement de la marche et du vélo.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage, expertise et conseil pour élaborer votre politique modes actifs et réaliser des aménagements cyclables et piétons
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations aux politiques de développement des modes actifs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Programmes et références
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recommandations d&amp;#039;aménagement pour déployer les « coronapistes »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil technique de proximité pour développer les politiques cyclables (programme CEE AVELO2 avec Ademe) ; faire évoluer la doctrine et la diffuser (programme CEE ADMA).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Favoriser le report modal vers les transports collectifs et services de mobilités partagés (covoiturage, autopartage)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organiser l&amp;#039;intermodalité : pôles d&amp;#039;échanges, coordination des services de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Redynamiser les petites lignes ferroviaires, via des outils d&amp;#039;analyse du potentiel ferroviaire et de la redynamisation des capillaires fret
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser les mobilités et leur intermodalité en villes moyennes et territoires peu denses (programmes France Mobilités et Action Coeur de ville)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des solutions de covoiturage (services et voies réservées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer l&amp;#039;offre de services numériques (systèmes tout en un « MaaS »).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Organiser des actions de logistique urbaine durable pour la décarbonation du dernier kilomètre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Programme InTerLUD (d&amp;#039;Innovations Territoriales et Logistique Urbaine Durable) avec LLC, Rozo et Ademe, dans le cadre du dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  250 métropoles, communautés urbaines et d&amp;#039;agglomérations sensibilisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 chartes locales de logistique urbaine élaborées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des actions spécifiques déployées (espaces logistiques, optimisation des tournées, gestion des livraisons, logistique fluviale...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Accompagner la transition énergétique des systèmes de transport
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en oeuvre des SDIRVE (bornes de recharge électriques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation de systèmes pour les autoroutes électriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil aux collectivités pour la transition des flottes de bus (potentiel d&amp;#039;usage des différentes motorisations, pertinence avec le réseau de transport).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Adapter les conditions d&amp;#039;usages des mobilités
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation des revêtements et voiries urbaines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Management de la mobilité ; adaptation des horaires et politiques temporelles des activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification de la vulnérabilité des réseaux de transports.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagné pour préparer un projet MaaS sur votre territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des aménagements cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser une logistique urbaine vertueuse
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;efficacité d&amp;#039;un service de mobilité autonome
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-mobilite-decarbonee</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38c4-agir-pour-une-mobilite-decarbonee/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>14/06/2023</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>139943</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Financer les plans de mobilités et les nouveaux services de mobilités en milieu rural</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif mobilités rurales - Région Centre-Val de loire (pour les Territoires non AOM)</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 50</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>Il est porté à 80% pour les plans de mobilité ruraux des intercommunalités. Dans tous les cas, le montant de la subvention ne peut pas être inférieur à 2000€ ou supérieur à 50.000€.</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de l&amp;#039;exercice direct de sa compétence transports et dans le cadre de son rôle d&amp;#039;autorité organisatrice des mobilités locales sur les territoires qui n&amp;#039;ont pas pris la compétence, la Région apporte son appui aux initiatives nouvelles sur les territoires ruraux qui permettent de mieux connaître les besoins de mobilité, de faire connaître les réponses existantes, d&amp;#039;expérimenter ou de déployer de nouvelles solutions adaptées aux enjeux locaux de mobilité, afin d&amp;#039;améliorer les conditions d&amp;#039;accès aux pôles de services et aux zones d&amp;#039;emplois des territoires relevant de sa compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;initiative doit s&amp;#039;inscrire dans au moins un des enjeux thématiques mentionnés ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développer le management de la mobilité sur le territoire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Mettre à disposition de l&amp;#039;information sur des outils à distance ne suffit pas. Il s&amp;#039;agit à la fois de mieux connaître les besoins du territoire, les comportements, et de mieux associer besoins et offre de mobilité.
+ &lt;br /&gt;
+ Le management de la mobilité dispose d&amp;#039;un potentiel fort pour aider chacun à trouver de nouvelles solutions, mettre en relation des covoitureurs potentiels dans une entreprise, etc. et in fine modifier les comportements.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région a décidé de renforcer son action dans ce domaine, auprès des acteurs qui la sollicitent : collectivités ou groupement de collectivités pour travailler à la bonne échelle des bassins de mobilité, acteurs économiques ou groupement d&amp;#039;acteurs économiques pour trouver des solutions à la mobilité des employés, ou directement public visé....
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil en mobilité, à destination des entreprises, des particuliers, des personnes en insertion, aide chacun à trouver une solution adaptée, à tester de nouveaux usages. La Région l&amp;#039;encourage et propose des financements pour le mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité des employés est une problématique spécifique, qui présente un enjeu fort de maintien de l&amp;#039;activité sur plusieurs territoires. Afin de soutenir l&amp;#039;emploi et ses entreprises, la Région proposera sa contribution, notamment en réponse aux demandes qui émaneront des territoires désignés « Territoires d&amp;#039;industrie. »
+&lt;/p&gt;
+&lt;p&gt;
+ La Région pourra donc notamment apporter une aide financière aux collectivités et aux entreprises qui souhaitent s&amp;#039;engager à plusieurs dans l&amp;#039;élaboration de leur plan de mobilité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Région encourage et accompagne par ailleurs la réalisation d&amp;#039;études de mobilité (plan de mobilité simplifié ou équivalent) et de schémas cyclables sur les territoires, à l&amp;#039;échelle des EPCI ou des bassins de mobilité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil en mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poste de conseiller en mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en mobilité solidaire&amp;#61;&amp;gt; Poste de conseiller en mobilité inclusive, mise à disposition ponctuelle de solution de mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de mobilité (ex-PDE) &amp;#61;&amp;gt; Prestation externalisée pour l&amp;#039;élaboration d&amp;#039;un plan
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de mobilité en milieu rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schémas cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aider à l&amp;#039;émergence de nouveaux services adaptés aux territoires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Au-delà d&amp;#039;une meilleure connaissance des besoins, et d&amp;#039;actions sur les comportements de chacun, il apparaît nécessaire d&amp;#039;encourager plus avant les initiatives locales des acteurs locaux, privés ou publics, pour aider à l&amp;#039;émergence de nouvelles solutions répondant mieux aux besoins de mobilité identifiés.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif permet d&amp;#039;accompagner la mise en oeuvre des projets locaux.
+ &lt;br /&gt;
+ Concernant le covoiturage, parce que l&amp;#039;animation locale est indispensable à la réussite des projets de partage de la voiture en particulier en milieu rural, la Région aide les projets locaux de covoiturage spontané, d&amp;#039;aménagements signalétiques de points stop ou d&amp;#039;aires de covoiturage, l&amp;#039;animation et la communication locale. Elle aide également le développement du covoiturage sous l&amp;#039;angle solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Parce que nombre de voitures stationnent sur tout le territoire et que leur partage revêt à la fois une utilité sociale et un complément de revenus pour leur propriétaire, les projets qui visent à faire connaître et animer l&amp;#039;autopartage entre particuliers pourront également bénéficier de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément des transports à la demande Rémi &amp;#43; qui irriguent aujourd&amp;#039;hui le territoire, les acteurs locaux qui souhaitent développer des offres de services de mobilité à la demande complémentaires dans le cadre d&amp;#039;expérimentations pourront bénéficier de l&amp;#039;aide financière régionale, particulièrement lorsqu&amp;#039;ils proposent des solutions innovantes. A ce titre, les accords de communes avec des artisans taxis, les services de mobilité à la demande avec réservation dynamique ou par véhicules autonomes feront l&amp;#039;objet d&amp;#039;une attention particulière.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Covoiturage &amp;#61;&amp;gt; Covoiturage spontané, aménagements signalétiques de points stop ou d&amp;#039;aires de covoiturage, animation et communication locale / Aménagement d&amp;#039;aires de covoiturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autopartage &amp;#61;&amp;gt;Communication et animation autour de l&amp;#039;autopartage entre particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service de mobilité à la demande &amp;#61;&amp;gt; Développement de services de mobilité à la demande complémentaires, en particulier comprenant une dimension innovante, non concurrents des transports à la demande organisés par la Région/ Véhicules autonomes/ Appui aux taxis locaux pour des mobilités collectives vers les services implantés sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélo utilitaire &amp;#61;&amp;gt; Vélostations et maisons du vélo / Acquisition ou location de vélos pour mise à disposition d&amp;#039;une flotte à destination des habitants
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Uniquement à destination des 57 EPCI de la Région non compétentes en matière de mobilité (non AOM).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de ce nouveau dispositif régional, l&amp;#039;initiative doit s&amp;#039;inscrire dans au moins un des enjeux thématiques listé précédemment (tableau management de la mobilité, tableau aide à l&amp;#039;émergence de nouveaux services) sur un sujet éligible au dispositif mobilité rural, et ne doit pas faire concurrence à un service privé ou public équivalent sur le secteur d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité est également appréciée au regard de critères complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité de l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Impact environnemental positif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution à la baisse de l&amp;#039;usage de la voiture individuelle solo
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Public cible privilégié : jeunes, personnes sans solution de mobilité ou sans solution alternative à la voiture individuelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre de personnes concernées par l&amp;#039;action
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration de la dimension communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérennité du projet et de son impact sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats devront adresser un plan de financement prévisionnel. Lorsqu&amp;#039;une aide en fonctionnement est sollicitée, ils devront indiquer comment ils envisagent de poursuivre le service au-delà de la période de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée dans la limite de l&amp;#039;enveloppe annuelle disponible par section budgétaire (investissement, fonctionnement).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région se réserve le droit d&amp;#039;opérer une sélection des projets les plus conformes aux critères d&amp;#039;éligibilité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.centre-valdeloire.fr/vivre/simplifier-les-mobilites/mobilites-rurales-et-solidaires/accompagner-les-initiatives-locales</t>
+        </is>
+      </c>
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacts :
+ &lt;br /&gt;
+ &lt;br /&gt;BASTIEN MOREL / Chargé de mission mobilité 41  / bastien.morel&amp;#64;centrevaldeloire.fr  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;THOMAS HILSMANN / Chargé de mission mobilité 37 / thomas.hilsmann&amp;#64;centrevaldeloire.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;VALENTIN BRIDEAU / Chargé
+  de mission mobilité 28 &amp;amp; 45 / valentin.brideau&amp;#64;centrevaldeloire.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;EMMANUEL GERBER / Chargé de mission mobilité 18 &amp;amp; 36 / emmanuel.gerber&amp;#64;centrevaldeloire.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>erik.leconte@centrevaldeloire.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4db6-financer-les-plans-de-mobilites-et-les-nouvea/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB11" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>Région Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2023</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
+        <v>121446</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le caractère étendu du péri-urbain sur le territoire soulève des enjeux de mobilité auxquels les stratégies urbaines intégrées doivent répondre en poursuivant les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la multimodalité en milieu urbain afin de réduire l&amp;#039;empreinte carbone et encourager le recours à des moyens de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les voiries douces en milieu urbain afin d&amp;#039;encourager le recours à des formes de mobilité durables, de sécuriser la pratique des modes doux, d&amp;#039;assurer une continuité sur l&amp;#039;ensemble du territoire urbain et une connexion avec les zones péri-urbaines et rurales, conformément aux stratégies régionales en la matière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des stations de stockage et recharge de carburants alternatifs aux carburants fossiles, dans l&amp;#039;objectif de réduire l&amp;#039;impact environnemental des déplacements, selon un maillage rationnel et dans une logique d&amp;#039;interopérabilité entre les différents systèmes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements multimodaux (tels que des places de stationnement pour les moyens de transport durables, des pôles d&amp;#039;échanges...), en particulier sur les points d&amp;#039;interconnexion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à favoriser une meilleure interopérabilité des services de transport (tels que les services de mobilité partagée), à l&amp;#039;installation de billettiques des réseaux urbains sur une aire de déplacement commune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à l&amp;#039;amélioration de la logistique urbaine durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;aires de covoiturage (en cohérence avec les orientations régionales) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement ou construction de passerelles favorisant les modes doux permettant de traiter des points noirs ou de résoudre des problématiques de franchissement (route, lignes ferroviaires, cours d&amp;#039;eau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation de la pratique des modes doux, voies de liaisons cyclables, aménagement de voiries douces (tels que les cheminements piétons, les aménagements cyclables, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de réseaux d&amp;#039;aménagements cyclables afin de constituer des continuités. L&amp;#039;objectif est de relier les infrastructures existantes ou de finaliser les continuités cyclables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de stations de stockage et de recharge de carburants alternatifs aux carburants fossiles (bornes de recharge pour véhicules électriques, à hydrogène, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes portant sur la mobilité urbaine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie intégrée de développement urbain du territoire et avoir reçu un avis favorable en comité de sélection de l&amp;#039;organisme intermédiaire territorialement compétent.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront être compatibles avec les stratégies en termes de mobilité mise en place par la Région à savoir le schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET) dénommé « Ici 2050 ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements des aires de covoiturage devront être réalisés en conformité avec le SRADDET et sa déclinaison : le schéma régional des aires de covoiturage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;implantation de structures de recharge devront respecter le SRADDET et ses objectifs en termes de déploiement de bornes de charge. Ils devront respecter les contraintes de gestion et de pilotage des réseaux de distribution d&amp;#039;électricité. L&amp;#039;interopérabilité et l&amp;#039;adaptabilité des infrastructures de recharge devront permettre la recharge de tous types et gammes de véhicules, quel que soit l&amp;#039;usage des véhicules et leur constructeur (normalisation et standardisation des solutions technologiques retenues). Les bornes devront prévoir un système de supervision accessible à tout usager.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de prestations intellectuelles extérieures (réalisation d&amp;#039;études, de diagnostics...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels (maîtrise d&amp;#039;œuvre, infrastructures, signalétique, accès PMR, verdissement, éclairage public, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisitions foncières (dans la limite de 10 % maximum des dépenses éligibles) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts indirects hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000 € pour les projets de travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 000 € pour les projets d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/developpement-urbain-et-rural-mobilites-durables/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: urbain.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB12" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional Bourgogne Franche-Comté</t>
+        </is>
+      </c>
+      <c r="AD12" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>07/12/2022</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>122826</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Innover et fédérer pour renforcer les services à la personne (LEADER /Fiche action 1)</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Innover et fédérer pour renforcer les services à la personne</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les objectifs sont multiples et visent à renforcer l&amp;#039;équilibre territorial en matière de services à la personne, répondre aux enjeux sociétaux du territoire, renforcer l&amp;#039;économie de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations financées doivent permettre la création d&amp;#039;une dynamique collective autour du renforcement du maillage territorial des services à la personne, le développement et la création de nouveaux services plus durables et pérennes et enfin le maintien et la création d&amp;#039;emplois
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et diagnostics pour la création ou le développement de services et/ou d&amp;#039;itinérance de services répondant aux enjeux du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès ou l&amp;#039;amélioration des services à distance (boitiers électroniques, objets connectés, bornes interactives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau, coordination et promotion, communication des sites et des acteurs dans le domaine des services à la personne (développement d&amp;#039;applications, création de réseau d&amp;#039;acteurs, création d&amp;#039;outils de communication sur l&amp;#039;offre)
+ &lt;/li&gt;
+ &lt;li&gt;
+  sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge des services à la personne sur les thématiques des services à la personne et de l&amp;#039;équilibre territorial en matière de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation (humaine et matériel) pour les activités expérimentales et nouvelles (n&amp;#039;existant pas encore sur le territoire) renvoyant aux services à la personne
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de véhicules professionnels en vue du développement de nouveaux services (n&amp;#039;existant pas encore sur le territoire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accessibilité aux services pour les personnes qui ne sont pas autonomes dans leurs déplacements (seniors, jeunes, chômeurs) : équipement spécifique, itinérance des services, services de transport à la demande ou de covoiturage pour se rendre sur les lieux de prestation de services
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation territoriale permettant la création ou le développement de services répondant aux enjeux du territoire
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/22da-innover-et-federer-pour-renforcer-les-service/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte du nord Haute-Marne</t>
+        </is>
+      </c>
+      <c r="AD13" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>27/12/2022</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
         <v>92604</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Elaborer et réviser des Plans Locaux d’Urbanisme Intercommunaux</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Min : 10 Max : 20</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L3" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ce dispositif vise à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner les démarches d&amp;#039;élaboration et de révision des PLUi
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la mise en cohérence départementale de ces démarches
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter l&amp;#039;articulation entre les outils de planification des territoires (qu&amp;#039;ils soient globaux comme les SCOT ou sectoriels, comme les PLH et les PDU) et les préconisations et orientations formalisées par le Département de Vaucluse, notamment au travers de sa stratégie Vaucluse 2025-2040, de son Agenda 21 et des autres schémas sectoriels (PDH, schéma des ENS, schéma Vélo, schéma covoiturage, ...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le taux d&amp;#039;intervention du Département de Vaucluse est fixé à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   10 % du coût TTC pour les territoires de PLUi porté par une Communauté d&amp;#039;agglomération ou un syndicat comprenant une Communauté d&amp;#039;agglomération
  &lt;/li&gt;
  &lt;li&gt;
   20 % du coût TTC pour les territoires de PLUi porté par une Communauté de communes ou par un syndicat comprenant uniquement des Communautés de communes et des Communes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Cette aide est ciblée sur les études :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elaboration
  &lt;/li&gt;
  &lt;li&gt;
   Révision des PLUi
  &lt;/li&gt;
 &lt;/ul&gt;
 Elle est réservée aux PLU intercommunaux et ne pourra être allouée aux plans de secteur.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les bénéficiaires sont les maîtres d&amp;#039;ouvrage des Plans Locaux d&amp;#039;Urbanisme Intercommunaux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communauté d&amp;#039;Agglomération
  &lt;/li&gt;
  &lt;li&gt;
   Communauté de Communes
  &lt;/li&gt;
  &lt;li&gt;
   Syndicat Intercommunal
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;assiette subventionnable est plafonnée à 150 000 € par PLUi (hors dépenses effectuées en régie).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention du Département de Vaucluse ne pourra avoir pour effet de porter le montant des aides publiques directes à plus de 80 % du montant prévisionnel de la dépense subventionnable.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide départementale est conditionnée à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La validation du projet de cahier des charges par les services compétents du Conseil départemental avant le lancement de la consultation
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;association des services compétents du Conseil départemental tout au long de la démarche en tant que personne qualifiée
  &lt;/li&gt;
  &lt;li&gt;
   La prise en compte des domaines ayant trait aux compétences obligatoires et facultatives du Conseil départemental (infrastructures, espaces naturels sensibles, circulations douces, habitat social, foncier agricole, tourisme...)
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;accès du Département à la base de données produite 
 Les études devront recevoir un commencement de l&amp;#039;exécution dans un délai de 6 mois à compter de la délibération accordant la subvention. A défaut de la transmission des ordres de service, bons de commande, mandats dans ce délai, la subvention sera annulée.
  &lt;/li&gt;
  &lt;li&gt;
   La subvention devra en outre être appelée dans son intégralité, après achèvement de l&amp;#039;étude dans un délai de 5 ans à compter de la date de la délibération accordant la subvention.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/39a4-elaborer-et-reviser-des-plans-locaux-durbanis/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...557 lines deleted...]
-      <c r="C6" s="1" t="inlineStr">
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>154984</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les solutions de mobilité existantes, coordonner et réduire les besoins en déplacement</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="F6" s="1" t="inlineStr">
-[...1641 lines deleted...]
-      </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Cerema</t>
+          <t>GAL Alsace Centrale</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
-        <is>
-[...263 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H16" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J16" s="1" t="inlineStr">
-[...503 lines deleted...]
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L19" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le territoire bénéficie d&amp;#039;une position de carrefour régional, interrégional et transfrontalier et profite d&amp;#039;un réseau d&amp;#039;infrastructures qui le traverse facilement du nord au sud et mais de manière plus contraignante d&amp;#039;est en ouest.
 &lt;/p&gt;
 &lt;p&gt;
  Corrélativement à la montée en charge du cadencement du TER 200, le territoire qui profite d&amp;#039;une offre de transport en commun de type inter-urbaine et scolaire, a conforté ses atouts avec des offres complémentaires (le Transport Intercommunal de Sélestat ;
 &lt;/p&gt;
 &lt;p&gt;
  la plateforme de covoiturage ;
 &lt;/p&gt;
 &lt;p&gt;
  le développement de l&amp;#039;autopartage avec le réseau Citiz ;&lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;incitation à la pratique du vélo ;&lt;/p&gt;
 &lt;p&gt;
  Malgré toutes ces initiatives, des faiblesses persistent et la mobilité demeure contraignante pour l&amp;#039;ensemble du territoire, ses habitants et ses usagers - les publics jeunes, les séniors, mais également les professionnels,
 &lt;/p&gt;
 &lt;p&gt;
  La mobilité est donc un besoin majeur du territoire. Les EPCI membres du PETR et la Communauté de communes du Canton d&amp;#039;Erstein se sont saisis du sujet en se constituant Autorité organisatrice de mobilité (AOM).
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre de la démarche LEADER, le besoin de mobilité fait émerger un enjeu sur l&amp;#039;amélioration du maillage et des services de mobilité partagées, actives et décarbonées et un enjeu sur la réduction de besoin de mobilité, soit la dé-mobilité, laquelle est liée aux besoins de services et d&amp;#039; équipements de proximité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1.	Soutenir l&amp;#039;implantation et le développement des transports à la demande, du covoiturage, de l&amp;#039;autopartage des transports mutualisés et des mobilités sociales et solidaires ;
 &lt;/p&gt;
 &lt;p&gt;
  2.	Actions d&amp;#039;animation, de coordination, de mise en réseau, de promotion, de sensibilisation et de communication contribuant au développement des mobilités alternatives (mobilité partagée, mobilité actives, mobilité décarbonée)
 &lt;/p&gt;
 &lt;p&gt;
  3.	Soutien à la création et au développement des services et/ou équipements dédiés aux vélos ;
 &lt;/p&gt;
 &lt;p&gt;
  4.	Soutien au développement des plans de mobilité au sein des entreprises (études, actions de mise en réseau, outils de communication) ;
 &lt;/p&gt;
 &lt;p&gt;
  5. Soutenir l&amp;#039;implantation de commerces/services de proximité ou itinérants dans les communes ; Création et développement d&amp;#039;équipements mutualisés (santé, petite enfance, parentalité, intergénérationnel)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Equipement public
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
 &lt;/p&gt;
 &lt;p&gt;
  Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>GAL Alsace Centrale</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://selestat-alsace-centrale.fr/leader/</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>camille.pairault@petr-selestat.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e71e-promouvoir-les-solutions-de-mobilite-existant/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Inciter financièrement le covoiturage
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>22/11/2023</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-      <c r="A20" s="1">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
         <v>41742</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Financer des services de mobilité durable en ville et en périphérie</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Financement des services de mobilité durable</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L20" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
 entreprise publique locale, une société ou un acteur financier privé et vous
 souhaitez participer au développement de services de mobilité durable ? La
 Banque des Territoires met à disposition des solutions de financement pour vous
 accompagner dans votre projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Solutions d’autopartage, service de vélos
 partagés, covoiturage courte distance, ou encore corporate venture au profit de
 jeunes entreprises innovantes : l’accompagnement de la Banque des Territoires
 peut se faire sur différents types de projets, en fonction de leur éligibilité.
 L’objectif est ainsi de développer des alternatives à la possession d’un véhicule
 et à l’autosolisme, libérer de l’espace urbain utilisé pour le stationnement de
 véhicules et réduire l’empreinte carbone.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement de ces solutions de mobilité
 durable est toutefois conditionné à des prérequis et des objectifs spécifiques,
 comme la justification territoriale du projet ou encore la réduction du volume
 de véhicules en circulation en agglomération. La Banque des Territoires met à
 disposition de nombreuses compétences et expertises pour étudier votre projet
 et vous apporter les meilleures solutions possibles.&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Information voyageur, billettique multimodale
 Mobilité partagée
 Logistique urbaine
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_mobilite_durable_psat</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;service_mobilite_durable_psat"&gt;
    Rendez-vous sur le site de la Banque des Territoires
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-mobilite-durable/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage
+Installation de bornes électriques</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>20/05/2020</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>165396</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
+Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;
+&lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.cadiou@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Installation de bornes électriques</t>
+        </is>
+      </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>20/08/2025</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>162824</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Agriculteur
 Particulier
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H21" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I21" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J21" s="1" t="inlineStr">
+      <c r="J18" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L21" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB18" s="1" t="inlineStr">
+        <is>
+          <t>Création de jardins partagés
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>PETR Pays de Remiremont et de ses Vallées</t>
+        </is>
+      </c>
+      <c r="AD18" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2024</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
         <v>117155</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités en matière de sécurité routière, aménagements de voirie et modes actifs</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L22" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la définition des contraintes et de solutions techniques et financières  pour la sécurisation et l&amp;#039;aménagement de la voirie communale, de cheminements piétons, cycles et PMR et d&amp;#039;aires de covoiturage, de même que la sécurisation et la mise en accessibilité des points d&amp;#039;arrêt transports en commun.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Sensibilisation sur les règles de voirie et de la sécurité routière. Conseils pour l&amp;#039;établissement d&amp;#039;un diagnostic de sécurité routière, sur la définition des orientations d&amp;#039;aménagement, la méthodologie, les interlocuteurs et les types de solutions tant pour la voirie, que les cheminements modes actifs et points d&amp;#039;arrêts.
  &lt;/li&gt;
  &lt;li&gt;
   Conseil pour l&amp;#039;élaboration de schéma directeur de déplacements modes actifs.
  &lt;/li&gt;
  &lt;li&gt;
   Conseils sur la répartition des responsabilités sur le domaine public et prise en compte dans les projets d&amp;#039;aménagements.
  &lt;/li&gt;
  &lt;li&gt;
   Conseils sur l&amp;#039;établissement d&amp;#039;un plan de financement et recherche de financements extérieurs suivant les types d&amp;#039;aménagements
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Risques naturels
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W22" s="1" t="inlineStr">
+      <c r="W19" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7b34-conseiller-les-collectivites-en-matiere-de-se/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de miroir de circulation de sécurité routière
+Réfection/aménagement de la voirie</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...119 lines deleted...]
-      <c r="A24" s="1">
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
         <v>163014</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Ingénierie financière
 Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L24" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB20" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Installation de miroir de circulation de sécurité routière
+Installation de ralentisseur
+Réfection/aménagement de la voirie</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron ingénierie</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>02/07/2024</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
         <v>162635</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Aménager des traverses d'agglomération et entretenir le patrimoine routier</t>
         </is>
       </c>
-      <c r="D25" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Voirie</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale (ATD) des Vosges</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L25" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. La voirie et les aménagements paysagers constituent des enjeux majeurs en termes de mobilités, d&amp;#039;attractivité économique, de préservation de l&amp;#039;environnement et de l&amp;#039;amélioration du cadre de vie. Le patrimoine routier et les espaces publics nécessitent un entretien régulier et des investissements qualitatifs pour en assurer la pérennité et la maîtrise des coûts de maintenance.&lt;/p&gt;
 &lt;p&gt;Dans le domaine de la voirie nos techniciens vous accompagnent en réalisant des études de faisabilité des mission de maîtrise d&amp;#039;œuvre (opération inférieure à 90 000€ HT) ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;Les missions de maîtrise d&amp;#039;œuvre consistent à l&amp;#039;issue de la validation du projet et de son enveloppe financière de  vous accompagner pour procéder à la consultation et à la passation d&amp;#039;un marché de travaux avec une ou des entreprises de travaux. A l&amp;#039;issue de cette phase de consultation l&amp;#039;ATD assure le suivi de chantier (organisation des réunions, point d&amp;#039;avancement des travaux, suivi des décomptes, assistance durant les opérations de réceptions et de levées des réserves...)&lt;/p&gt;&lt;p&gt; L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aménager des traverses d&amp;#039;agglomérations&lt;/p&gt;&lt;p&gt;Aménager et réhabiliter des espaces publics (aires de jeux, lieux de rencontres...)&lt;/p&gt;&lt;p&gt;Réaliser des aménagement de sécurité (rétrécissement de chaussée, ralentisseurs, chicanes, écluses....)&lt;/p&gt;&lt;p&gt;Entretenir le patrimoine routier (réfection de couches de roulement, réparations ponctuelles...)&lt;/p&gt;&lt;p&gt;Mise à jour ou élaboration de tableaux de classements&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Voirie et réseaux
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre une collectivité ou un EPCI du Département des Vosges
 &lt;/p&gt;
 &lt;p&gt;
  Etre adhérent à l&amp;#039;ATD 88
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Vosges</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.atd88.fr/competences/voirie/</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
 &lt;/p&gt;
 &lt;p&gt;
  Philippe Milliot - Directeur
 &lt;/p&gt;
 &lt;p&gt;
  Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>pmilliot@atd88.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/rehabiliter-et-construire-des-batiments-publics/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB21" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Création d’un city park / city stade / terrain multisports
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Installation de miroir de circulation de sécurité routière
+Installation de ralentisseur
+Réfection/aménagement de la voirie
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale des Vosges</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>14/05/2024</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
         <v>162526</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets favorables à la transition écologique</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Un territoire résilient face au changement climatique</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F26" s="1" t="inlineStr">
+      <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H26" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Sols
 Economie circulaire
 Qualité de l'air
 Biodiversité</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P26" s="1" t="inlineStr">
+      <c r="P22" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q26" s="1" t="inlineStr">
+      <c r="Q22" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB22" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2024</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
         <v>147706</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H27" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L27" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P27" s="1" t="inlineStr">
+      <c r="P23" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q27" s="1" t="inlineStr">
+      <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB23" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une crèche
+Création d’une maison de santé
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion des inondations
+Mise en place de la télémedecine
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays du Perche Ornais</t>
+        </is>
+      </c>
+      <c r="AD23" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>18/08/2023</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
         <v>163130</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Soutenir les aires de covoiturage dans leur dimension multimodale</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Soutien aux aires de covoiturage dans leur dimension multimodale</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L28" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il est aujourd&amp;#039;hui nécessaire de décarboner nos mobilités en diminuant la part de l&amp;#039;autosolisme, et en donnant une place plus importante aux modes actifs et à la prise en compte des performances des TC et du covoiturage.&lt;/p&gt;
 &lt;p&gt;L’objectif de la Région est d’encourager ce mode de déplacement partagé en développant les parkings de covoiturage qui intègrent une dimension multimodale.&lt;/p&gt; &lt;p&gt;Collectivités locales (Départements, communes, EPCI...)&lt;/p&gt; &lt;p&gt;Le financement par la Région des projets d’aires de covoiturage implique donc que 2 conditions soient réunies :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;la localisation de l’aire sur ou à proximité immédiate d’une ligne ou d’un arrêt TC du réseau ZOU ! afin de favoriser l’intermodalité avec les services routiers régionaux ;&lt;/li&gt; 	&lt;li&gt;l’intégration de tout ou partie des équipements suivants conférant à ces aires une dimension multimodale : 	&lt;ul&gt; 		&lt;li&gt;stationnement couvert et sécurisé pour vélos ;&lt;/li&gt; 		&lt;li&gt;panneaux d’information multimodale ;&lt;/li&gt; 		&lt;li&gt;bornes de recharge électrique (pour véhicule léger et/ou vélo) ;&lt;/li&gt; 		&lt;li&gt;cheminement piéton sécurisé jusqu’à l’arrêt TC.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P28" s="1" t="inlineStr">
+      <c r="P24" s="1" t="inlineStr">
         <is>
           <t>01/07/2024</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le financement par la Région des projets d’aires de covoiturage implique donc que 2 conditions soient réunies :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;la localisation de l’aire sur ou à proximité immédiate d’une ligne ou d’un arrêt TC du réseau ZOU ! afin de favoriser l’intermodalité avec les services routiers régionaux ;&lt;/li&gt; 	&lt;li&gt;l’intégration de tout ou partie des équipements suivants conférant à ces aires une dimension multimodale : 	&lt;ul&gt; 		&lt;li&gt;stationnement couvert et sécurisé pour vélos ;&lt;/li&gt; 		&lt;li&gt;panneaux d’information multimodale ;&lt;/li&gt; 		&lt;li&gt;bornes de recharge électrique (pour véhicule léger et/ou vélo) ;&lt;/li&gt; 		&lt;li&gt;cheminement piéton sécurisé jusqu’à l’arrêt TC.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dépôt d&amp;#039;un dossier de demande de subvention sur subvention en ligne puis sur la plateforme &lt;a href="https://entreprises.maregionsud.fr/"&gt;AIDEN &lt;/a&gt;a partir du 1er octobre 2024.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-aires-de-covoiturage-dans-leur-dimension-multimodale</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Remi DORNE - &lt;a href="mailto:rdorne&amp;#64;maregionsud.fr"&gt;rdorne&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-aires-de-covoiturage-dans-leur-dimension-multimodale/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>28/07/2024</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
         <v>141290</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Financer la transformation écologique et énergétique de votre territoire</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L29" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
 &lt;/p&gt;
 &lt;p&gt;
  Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
    Contactez-nous via notre formulaire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un café / bistrot
+Mise en place d’un réseau de chaleur
+Rénovation de l’éclairage public
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>17/05/2023</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
         <v>119980</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Dotation d'équipement des territoires ruraux</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I30" s="1" t="inlineStr">
+      <c r="I26" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L30" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M30" s="1" t="inlineStr">
+      <c r="M26" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation des équipements sportifs
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation thermique d&amp;#039;une école
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un bâtiment scolaire
  &lt;/li&gt;
  &lt;li&gt;
   Mise aux normes défense incendie
  &lt;/li&gt;
  &lt;li&gt;
   Installation d&amp;#039;un système de vidéoprotection
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité de bâtiments recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Sports et loisirs
 Tourisme
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Commerces et services
 Technologies numériques et numérisation
 Tiers-lieux
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 International
 Attractivité économique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les communes de Saint-Pierre-et-Miquelon ;
  &lt;/li&gt;
  &lt;li&gt;
   Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="W30" s="1" t="inlineStr">
+      <c r="W26" s="1" t="inlineStr">
         <is>
           <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB26" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC26" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>04/08/2022</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
         <v>119945</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Dotation de soutien à l'investissement local</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
+      <c r="I27" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Accès aux services
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Sécurité
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="W31" s="1" t="inlineStr">
+      <c r="W27" s="1" t="inlineStr">
         <is>
           <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
  &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
   https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB27" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>02/08/2022</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
         <v>117496</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le développement des villes</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L32" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les transports propres et de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
@@ -5520,518 +5564,1029 @@
   Traiter les friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour de tels projets, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études visant à structurer le montage économique, financier et juridique ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser un accompagnement en ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Friche
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB28" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de bornes électriques
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de la télémedecine
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC28" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>26/04/2022</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
         <v>128958</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Gironde Ressources (ATD)</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L33" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être accompagné pour les projets d&amp;#039;aménagement urbain,
 paysager ou de construction publique, tout au long de leur
 réalisation :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   aide à la définition de la procédure nécessaire
 à mettre en oeuvre
 • identification des étapes et des différents
 prestataires à mobiliser
  &lt;/li&gt;
  &lt;li&gt;
   interface entre les différents intervenants
  &lt;/li&gt;
  &lt;li&gt;
   aide au pilotage et à l&amp;#039;animation du projet.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités d&amp;#039;accompagnement
 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rencontre avec le conseiller en développement
 territorial et/ou un chef de projet
  &lt;/li&gt;
  &lt;li&gt;
   Mise au point de l&amp;#039;accompagnement nécessaire
 et proposition d&amp;#039;aide
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation de la mission d&amp;#039;AMO : suivi administratif
 et juridique, marchés publics, coordination des
 intervenants (dont le maître d&amp;#039;oeuvre) ...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M33" s="1" t="inlineStr">
+      <c r="M29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Livrables
 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Faisabilité opérationnelle (élément de compréhension
 et de la programmation du projet, déroulement
 de l&amp;#039;opération, estimation prévisionnelle,...)
  &lt;/li&gt;
  &lt;li&gt;
   Documents nécessaires à la bonne conduite du projet :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  --&amp;gt; actes administratifs tels que conventions,
 délibérations...
 &lt;/p&gt;
 &lt;p&gt;
  --&amp;gt; marchés publics et toutes pièces relevant
 de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
 de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
 cahier des charges, cahier des clauses
 administratives particulières, acte d&amp;#039;engagement...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Bâtiments et construction
 Réhabilitation
 Architecture
 Appui méthodologique
 Industrie</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Saisine officielle de l&amp;#039;exécutif
  &lt;/li&gt;
  &lt;li&gt;
   Fourniture de documents administratifs et études
 diverses relatives au projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Gironde Ressources
 &lt;/p&gt;
 &lt;p&gt;
  05 56 99 57 70
 &lt;/p&gt;
 &lt;p&gt;
  contact&amp;#64;gironderessources.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>contact@gironderessources.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
         <v>117172</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements des communes rurales (FAL)</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Fonds d’aménagement local (FAL)</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I30" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 50</t>
         </is>
       </c>
-      <c r="J34" s="1" t="inlineStr">
+      <c r="J30" s="1" t="inlineStr">
         <is>
           <t>en fonction du nombre d'habitants</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L34" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Santé
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
 &lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/guide-des-aides/</t>
         </is>
       </c>
-      <c r="W34" s="1" t="inlineStr">
+      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://e-subventions.haute-marne.fr/</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>sarah.janda@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Gestion d'une base nautique
+Installation de bornes électriques
+Installation de miroir de circulation de sécurité routière
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2022</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Gestion d'une base nautique
+Installation de miroir de circulation de sécurité routière
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron ingénierie</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>02/07/2024</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Gestion d'une base nautique
+Installation de miroir de circulation de sécurité routière
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron ingénierie</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>15/05/2024</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
         <v>158480</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
-[...2 lines deleted...]
-Ingénierie technique
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L35" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -6063,379 +6618,206 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P35" s="1" t="inlineStr">
+      <c r="P33" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W35" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Mise en place d’un système de vidéo-protection
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...237 lines deleted...]
-      <c r="A38" s="1">
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
         <v>101248</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="L38" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
 &lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;
   Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
 &lt;h4&gt;&lt;em&gt;
   Architecture, paysage, urbanisme, énergie
  &lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des schémas de principe,
  &lt;/li&gt;
  &lt;li&gt;
   des orientations d&amp;#039;aménagement,
  &lt;/li&gt;
  &lt;li&gt;
   des programmes et des chiffrages&lt;/li&gt;
 &lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
@@ -6446,295 +6828,356 @@
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse des budgets des collectivités,
  &lt;/li&gt;
  &lt;li&gt;
   la réalisation de prospective et rétrospective financières
  &lt;/li&gt;
  &lt;li&gt;
   simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Rédaction :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des pièces des marchés publics (restauration, monuments historiques, assainissement...)
  &lt;/li&gt;
  &lt;li&gt;
   de concession de service,
  &lt;/li&gt;
  &lt;li&gt;
   de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
+      <c r="M34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;
   Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
  &lt;/strong&gt;
  : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Domaine du paysage et de l&amp;#039;urbanisme
  &lt;/strong&gt;
  : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent solliciter l&amp;#039;ADAC 37 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
  &lt;/li&gt;
  &lt;li&gt;
   les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
  &lt;/li&gt;
  &lt;li&gt;
   le conseil départemental d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
  &lt;li&gt;
   les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Indre-et-Loire</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://www.adac37.fr</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>administration@adac37.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB34" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC34" s="1" t="inlineStr">
+        <is>
+          <t>ADAC 37</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2021</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-      <c r="A39" s="1">
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
         <v>82915</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C35" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>CAUE de Corrèze
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>CAUE du Gard
+CAUE de l'Oise
+CAUE de la Drôme
+CAUE de l'Aude
+CAUE de Corrèze
 CAUE du Cher
 CAUE de la Charente
 CAUE du Cantal
 CAUE du Calvados
 CAUE des Bouches-du-Rhône
 CAUE de l'Aveyron
 CAUE du Puy-de-Dôme
 CAUE des Landes
+CAUE de l'Ariège
 CAUE des Hautes-Alpes
 CAUE de l'Aisne
 CAUE de l'Ain
 CAUE du Gers
 CAUE de la Meuse
 CAUE du Tarn
 CAUE de la Dordogne
-CAUE de l'Ariège
+CAUE de la Gironde
 CAUE de l'Yonne
 CAUE d'Alsace
 CAUE du Morbihan
 CAUE du Loiret
 CAUE du Loir-et-Cher
 CAUE de la Creuse
 CAUE de Corse
 CAUE des Hauts-de-Seine
 CAUE de la Côte-d'Or
 CAUE du Tarn-et-Garonne
 CAUE du Var
 CAUE de l'Île-de-la-Réunion
 CAUE de la Guyane
 CAUE de la Martinique
 CAUE de Guadeloupe
 CAUE du Val d'Oise
 CAUE du Val-de-Marne
 CAUE de la Charente-Maritime
 CAUE de la Seine-Maritime
 CAUE de la Haute-Savoie
 Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
 CAUE de l'Essonne
 CAUE des Vosges
 CAUE de la Haute-Vienne
 CAUE de la Vendée
 CAUE des Deux-Sèvres
 CAUE du Pas-de-Calais
 CAUE de la Somme
 CAUE de l'Orne
 CAUE de la Savoie
 CAUE de la Sarthe
 CAUE de Rhône-Métropole
 CAUE des Pyrénées-Orientales
 CAUE des Hautes-Pyrénées
 CAUE des Pyrénées-Atlantiques
 CAUE de la Seine-et-Marne
 CAUE de Mayotte
 CAUE de la Moselle
 CAUE de Meurthe-et-Moselle
 CAUE de la Mayenne
 CAUE de la Manche
 CAUE du Maine-et-Loire
 CAUE Lot-et-Garonne
 CAUE du Lot
 CAUE de la Haute-Loire
 CAUE de l'Ardèche
 Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
 CAUE de l'Isère
 CAUE de l'Hérault
-CAUE de la Gironde
-[...7 lines deleted...]
-      <c r="G39" s="1" t="inlineStr">
+CAUE de la Haute-Garonne</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L39" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -6776,88 +7219,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M39" s="1" t="inlineStr">
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -6876,79 +7319,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T39" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -7420,162 +7863,226 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB35" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC35" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
         <v>162563</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Mécénat pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I36" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J40" s="1" t="inlineStr">
+      <c r="J36" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L40" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M40" s="1" t="inlineStr">
+      <c r="M36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -7614,336 +8121,436 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB36" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Entretien / restauration des haies
+Gestion des inondations
+Gestion d'une base nautique
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC36" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>29/04/2024</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-      <c r="A41" s="1">
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
         <v>143350</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement pour définir et lancer un projet de construction, de réhabilitation, d'extension d'équipements publics</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative
 Ingénierie financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L41" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière de projet de construction, réhabilitation, d&amp;#039;extension d&amp;#039;équipements publics  (mairie, établissements d&amp;#039;enseignements ou périscolaires, équipements sportifs et culturels, équipements touristiques, aire de covoiturage etc...) :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pour donner des conseils de 1er niveau
  &lt;/li&gt;
  &lt;li&gt;
   pour une expertise ciblée (assistance à maîtrise d&amp;#039;ouvrage partielle)
  &lt;/li&gt;
  &lt;li&gt;
   pour une assistance à maîtrise d&amp;#039;ouvrage globale afin d&amp;#039;aider la collectivité à répondre à ses prérogatives de maître d&amp;#039;ouvrage
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M37" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Conseil de 1er niveau (administratifs, réglementaires et techniques)
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la définition du projet (définition du besoin, faisabilité, recherche de financement...)
  &lt;/li&gt;
  &lt;li&gt;
   Assistance à maîtrise d&amp;#039;ouvrage  (définition du besoin, faisabilité,  scénarios d&amp;#039;aménagement, appui à la consultation des prestataires..) pour la réalisation du projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>http://www.inge43.fr</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
   contact&amp;#64;inge43.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04 71 07 41 71
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>contact@inge43.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0423-beneficier-dun-accompagnement-pour-definir-et/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB37" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Création d’une bibliothèque municipale
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC37" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'Ingénierie des territoires de Haute-Loire</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>14/06/2023</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-      <c r="A42" s="1">
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
         <v>101961</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Sensibiliser les citoyens aux émissions CO2 des déplacements</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H42" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L42" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Premier secteur émetteur de gaz à effet de serre avec 30% des émissions, le secteur des transports est un secteur clé de la transition écologique. Mais comment
  &lt;strong&gt;
   transmettre les bons ordres de grandeur et sensibiliser les citoyens
  &lt;/strong&gt;
  ?
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;équipe Impact CO2 de l&amp;#039;ADEME a souhaité développer un outil simple
  &lt;strong&gt;
   librement diffusable
  &lt;/strong&gt;
  &lt;strong&gt;
   intégrable sur tout type de site
  &lt;/strong&gt;
  pour permettre à chacun de comparer facilement l&amp;#039;impact de ses déplacements, mais aussi de montrer l&amp;#039;impact concret du
  &lt;strong&gt;
   covoiturage
  &lt;/strong&gt;
  :
  &lt;strong&gt;
   &lt;a href="https://impactco2.fr/transport" target="_self"&gt;
    impactco2.fr/transport
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;img alt src="https://raw.githubusercontent.com/datagir/datagir-site/master/content/applications/mon-impact-transport/mon-impact-transport.png" /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M42" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Déjà utilisé dans différents défis et challenges de la mobilité aux 4 coins de la France (
  &lt;a href="https://www.defimobilite-paysdelaloire.fr/page/73/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
   Pays de la Loire
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="http://challenge-mobilite-hdf.fr/blog/votre-%C3%A9co-calculateur-mobilit%C3%A9" rel="noopener" target="_blank"&gt;
   Haut-de-France
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.challengemobilite-bfc.fr/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
   Bourgogne-Franche-Comté
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.challengedelamobilite.com/page/64/calculateur-emissions-co2" rel="noopener" target="_blank"&gt;
@@ -7969,775 +8576,325 @@
  ,
  &lt;a href="https://www.issy.com/decouvrir-issy/agir-pour-le-climat/mobilites/action-5-je-privilegie-des-modes-de-transport-doux" rel="noopener" target="_blank"&gt;
   Issy
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://www.normandie-tourisme.fr/preparer-son-sejour/informations-pratiques/venir-en-normandie/" rel="noopener" target="_blank"&gt;
   Normandie Tourisme
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://sudrhone.fr/2020/06/29/vacances-partir-sans-oublier-la-planete/#" rel="noopener" target="_blank"&gt;
   Sud Rhône Environnement
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Animation et mise en réseau
 Valorisation d'actions
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le simulateur est
  &lt;strong&gt;
   librement diffusable et intégrable
  &lt;/strong&gt;
  en
  &lt;em&gt;
   iframe
  &lt;/em&gt;
  sur tout type de site.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La section
  &lt;a href="https://impactco2.fr/integration" target="_self"&gt;
   impactco2.fr/integration
  &lt;/a&gt;
  vous guide dans les différentes étapes d&amp;#039;intégration à votre site.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://impactco2.fr/transport/</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question, n&amp;#039;hésitez pas à contacter l&amp;#039;équipe Impact CO2 :
  &lt;strong&gt;
   impactco2&amp;#64;ademe.fr
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>martin.regner@ademe.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/21a8-sensibiliser-les-citoyens-aux-emissions-co2-d/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC38" s="1" t="inlineStr">
+        <is>
+          <t>Accélérateur de la transition écologique (Incubateur de l'ADEME)</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2021</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
+        <v>112009</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Déployer des bornes de recharge pour véhicules électriques et accompagner leur exploitation</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Développer les mobilités alternatives</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Energies et Environnement de Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
-Etablissement public dont services de l'Etat
-[...74 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Autre aide financière
+Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagnement des collectivités girondines en transfert de compétence IRVE. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Déploiement de bornes : &lt;/strong&gt;L&amp;#039;accompagnement diffère suivant la borne concernée et ce qui est prévu au SDIRVE (Schéma Directeur d&amp;#039;Infrastructures de Recharges pour Véhicules Electriques).&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;strong&gt;Cas n° 1 :&lt;/strong&gt; Fourniture et pose d&amp;#039;une borne de recharge pour véhicules électriques, raccordement compris, hors extension, prioritaire dans le cadre du SDIRVE.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le taux de subvention varie de 30% à 100% (suivant collectivité) pour les bornes suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;7-22 kW AC pour les parkings de covoiturage/tertiaire. Charge moyenne : 7h/320km&lt;/li&gt;&lt;li&gt;24 kW DS AC pour les implantations en centre ville. Charge moyenne : 1h/160km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le taux de subvention varie de 0% à 100% pour les superchargeurs 120kW DC à proximité de voie express/autoroute. Charge moyenne : 20mn/240km. Les travaux de génie civil et de renforcement du réseau ne sont pas compris.&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;strong&gt;Cas n°2 : &lt;/strong&gt;Fourniture et pose d&amp;#039;une borne de recharge pour véhicules électriques, raccordement compris, hors extension, non prioritaire dans le SDIRVE.&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le taux de subvention varie de 0% à 60% pour les bornes suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;7-22 kW AC pour les parkings de covoiturage/tertiaire. Charge moyenne : 7h/320km&lt;/li&gt;&lt;li&gt;24 kW DS AC pour les implantations en centre ville. Charge moyenne : 1h/160km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Exploitation :&lt;/strong&gt; Deux types de forfaits sont disponibles :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Forfait exploitation des bornes de recharge 7-22kW AC et 24kW DC : il couvre les opérations d&amp;#039;exploitation courantes (services aux usagers, maintenance curative et préventive, supervision, accès au moyen de paiement, consommation électrique). Le coût est de 800€/borne/an, révisé tous les 3 ans (si un excédent d&amp;#039;exploitation est constaté, 50% est reversé à la collectivité).&lt;/li&gt;&lt;li&gt;Forfait exploitation des bornes de recharge 120kW DC sur les frais réels.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Accès aux services
+Qualité de l'air
+Animation et mise en réseau
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
-Modes actifs : vélo, marche et aménagements associés</t>
-[...27 lines deleted...]
-      <c r="T43" s="1" t="inlineStr">
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Transfert de compétence IRVE.&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;&lt;p&gt;Sous réserve des fonds alloués à cet accompagnement.&lt;/p&gt;&lt;p&gt;Pour savoir si votre collectivité est éligible à cette aide, référez-vous au &lt;a href="https://www.sdeeg33.fr/reglement-dinterventions-financieres-rif/" target="_blank"&gt;Règlement d&amp;#039;Interventions Financières&lt;/a&gt; du SDEEG.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdeeg33.fr/mobilite-durable/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Syndicat Départemental Energies et Environnement de Gironde
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nathalie Lalanne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chargée de projets mobilité alternative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transition Énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  service.energies&amp;#64;sdeeg33.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 56 16 13 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>lea.pambrun@sdeeg33.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f797-developper-les-mobilites-alternatives/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...467 lines deleted...]
-          <t>published</t>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Installation de bornes électriques</t>
+        </is>
+      </c>
+      <c r="AC39" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental Énergies et Environnement de la Gironde (SDEEG)</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>18/01/2022</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>