--- v0 (2025-10-18)
+++ v1 (2026-01-14)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA50"/>
+  <dimension ref="A1:AA216"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,3538 +228,27302 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>162284</v>
+        <v>165377</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Soutenir l'hébergement touristique</t>
+          <t>Tourisme Durable : filières touristiques, changement de pratique, attractivité des métiers touristiques</t>
+        </is>
+      </c>
+      <c r="C2" s="0" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Soutien à l'hébergement touristique</t>
+          <t>Renforcer l’image d’authenticité et d’excellence du territoire à travers un développement touristique durable</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+          <t>GAL LEADER Ardèche</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>Taux d'Aides Publiques max</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;  2.1/ Valorisation des filières touristiques
+via des actions collectives et innovantes :&lt;/strong&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;span&gt;- Action d&amp;#039;animation, de promotion, de formation, de
+communication, de valorisation, de commercialisation, de mise en réseau pour
+mettre en valeur des filières touristiques autant auprès des touristes que des
+habitants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Création d&amp;#039;outils et de services numériques
+valorisant les filières touristiques autant auprès des touristes que des
+habitants&lt;/span&gt;&lt;br /&gt;&lt;span&gt;- Etude, expertise, projet de recherche, mission
+de maîtrise d’œuvre, travaux et aménagements, acquisition d’équipements et de
+matériels pour accompagner la montée en qualité des lieux support d’opérations
+touristiques&lt;/span&gt;&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.2/ Accompagnement des professionnels du tourisme et des touristes
+dans leur changement de pratiques pour un tourisme responsable (transition
+écologique) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etude, expertise, projet de recherche, action
+d&amp;#039;animation, de promotion, de valorisation, de commercialisation, de formation,
+de mise en réseau des professionnels visant les changements de pratique en
+matière de transition écologique&lt;/li&gt;&lt;li&gt;Action de communication et de sensibilisation
+aux enjeux du territoire auprès des clientèles en séjour afin de préserver
+l’environnement, le patrimoine et la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Mission de maîtrise d’œuvre, travaux et aménagements,
+acquisition d’équipement et de matériels en lien avec la transition écologique
+en faveur d’une réduction de l’empreinte environnementale de l’activité
+touristique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;2.3/ Attractivité des métiers touristiques via des actions
+mutualisées :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etude, expertise et action d&amp;#039;animation, de
+promotion, de formation, de mise en réseau des acteurs touristiques pour
+encourager l&amp;#039;emploi touristique et/ou saisonnier&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Création d&amp;#039;outils et de services numériques pour
+faciliter le recrutement des saisonniers&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q2" s="0" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://leader-ardeche.fr/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;leader&amp;#64;archeagglo.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>m.chapron@archeagglo.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/tourisme-durable-filieres-touristiques-changement-de-pratique-attractivite-des-metiers-touristiques/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>105153</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les organismes touristiques</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux organismes toursitiques</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutien aux acteurs œuvrant pour l&amp;#039;attractivité touristique du Département
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est attribué en fonction de la nature du projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les associations et les EPCI ayant une résonnance à l&amp;#039;échelle intercommunale et départementale (Charentes tourisme, offices touristiques de pôle implantés sur des territoires à faible touristicité, les gîtes de France...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  une lettre de motivation précisant le programme annuel de ses activités ainsi que le bilan qualitatif, quantitatif et financier l&amp;#039;année précédente
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les associations : les pièces structurelles du demandeur : statuts, rapport d&amp;#039;activité, membres, le contrat d&amp;#039;engagement républicain signé...
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les EPCI : l&amp;#039;extrait de la délibération du conseil communautaire maître d&amp;#039;ouvrage précisant la nature de l&amp;#039;opération envisagée, approuvant le projet et sollicitant le soutien financier du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  les documents financiers : budget, documents comptables, RIB...
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout autre document complémentaire utile à l&amp;#039;appréciation de la demande
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : conformément à la notification de décision attributive ou de la convention
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : 31 décembre de l&amp;#039;année sur laquelle la subvention a été accordée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Tourisme/6111_ORGANISMES_TOURISTIQUES_01.pdf</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention de fonctionnement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 30 juin
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service patrimoine et tourisme ; Tél. : 05 16 09 68 17
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d925-soutenir-les-organismes-touristiques/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>111661</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude touristique</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme : Développement touristique de l'Essonne</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du coût HT, plafonné à 10.000€ par projet</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développement touristique de l&amp;#039;Essonne : aide à la réalisation d&amp;#039;étude touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-02-0020 (AD du 19/11/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Forêts
+Commerces et services
+Revitalisation
+Logement et habitat
+Paysage</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délegation tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 26 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f76-realiser-une-etude-touristique/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>163221</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de développement touristique</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif "Tourisme"</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a mis en place en 2024 un nouveau dispositif d’aide en faveur des porteurs de projets touristiques privés afin de développer l’accueil touristique sur le territoire, dans le cadre de la stratégie Let It Slow©.&lt;/p&gt;&lt;p&gt;Le dispositif proposé est basé sur le principe d’un financement de projets, ne disposant pas d’autres cofinancements.&lt;/p&gt;&lt;p&gt;Le dispositif s’adresse plus particulièrement aux projets d’hébergement, de lieux d’accueil et d’hospitalité, de lieux de visite, d’activités sportives ou de pleine nature contribuant à la découverte des territoires.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Montant
+de l’aide&lt;/u&gt; :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le montant minimum de subvention
+doit être égal ou supérieur à 1 500 €.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Les financements seront attribués dans la limite de
+l’enveloppe budgétaire disponible.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Le taux est de 15% et la subvention maximum de 25 000 €. &lt;/span&gt;&lt;span&gt;Une bonification de 5 points supplémentaires&lt;/span&gt;&lt;span&gt; de pourcentage&lt;/span&gt;&lt;span&gt; du taux appliqué sera accordée pour l’obtention du label national
+Tourisme et Handicap.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le
+lieu d’activité touristique devra être situé en Eure-et-Loir.&lt;/p&gt;&lt;p&gt;Les critères d&amp;#039;éligibilités, en fonction des activités, sont détaillés dans le règlement d&amp;#039;intervention. &lt;/p&gt;&lt;p&gt;L&amp;#039;aide est soumise à un engagement de durée d’exploitation du prestataire d’une durée minimale de 5 ans.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/tourisme</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-travaux-dinterconnexion-des-reseaux-deau-potable-1/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>165113</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le tourisme patrimonial</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au tourisme patrimonial</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de mise en tourisme d’un site culturel, de mémoire ou d’histoire (hors musée) ou un projet d’accueil du public au sein d’une entreprise détentrice d’un savoir-faire ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à &lt;/strong&gt;&lt;strong&gt;200 000 € : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses remboursées jusqu’à 20 % &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une entreprise au sens de l’Union Européenne&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une collectivité territoriale ou un établissement public&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Votre projet &lt;/strong&gt;concerne :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La mise en tourisme d’un site culturel, de mémoire ou d’histoire&lt;strong&gt;, situé en zone rurale*,&lt;/strong&gt; et plus particulièrement les projets d’équipement d’aide à la visite (outil de médiation, de digitalisation) permettant la création ou le renouvellement fondamental de l’offre&lt;/li&gt;
+&lt;li&gt;L’amélioration des conditions d’accueil du public au sein d’une entreprise du Grand Est souhaitant faire découvrir ses savoir-faire par la &lt;strong&gt;création, l’amélioration ou la mise en sécurité d’un circuit de visite ou d’espaces permettant l’accueil des clientèles touristiques&lt;/strong&gt; ainsi que la&lt;strong&gt; digitalisation de l’offre de visite&lt;/strong&gt;. Les projets portés par des entreprises n’ouvrant pas encore leurs portes au public (ou de manière ponctuelle) seront étudiés prioritairement dans le cadre de l’&lt;a href="https://www.grandest.fr/appel-a-projet/tourisme-savoir-faire/"&gt;appel à projets Tourisme de Savoir-Faire&lt;/a&gt;.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;*La zone rurale est constituée des &lt;strong&gt;bourgs ruraux, des communes rurales à habitat dispersé et des communes rurales à habitat très dispersé au sens des critères du zonage INSEE&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Projets inéligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les projets de musée sont inéligibles, quelle que soit la forme juridique du demandeur&lt;/li&gt;
+&lt;li&gt;Les projets portant uniquement sur la création d’un espace de vente/dégustation sont inéligibles&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt; Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT/TTC&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée et &lt;strong&gt;son maximum est de 200 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;les prestations de conseils et d’études préalables à la réalisation des investissements (architecture, décoration, scénographie, design d’offres, aide à la digitalisation, etc.)&lt;/li&gt;
+&lt;li&gt;les dépenses d’équipement et d’aménagement intérieur liés à l’accueil du public ou à la création du circuit de visite (ex : mobilier d’accueil, vestiaires, consignes, signalétique, scénographie, outils multimédia, etc.)&lt;/li&gt;
+&lt;li&gt;les dépenses informatiques, matérielles et logiciel (logiciel de caisse, billetterie, micros, oreillettes, etc.)&lt;/li&gt;
+&lt;li&gt;les dépenses de création et communication graphique (signalétique, livret de visite, badges visiteurs, site internet si offre commercialisable en ligne, etc.) dans la limite de 10% des dépenses totales éligibles&lt;/li&gt;
+&lt;li&gt;les dépenses d’installation de borne de rechargement pour véhicules hybrides ou électriques&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Pour le tourisme de savoir-faire, peuvent être en outre éligibles les travaux de construction, extension, aménagement des bâtiments et des espaces liés à l’accueil du public ou à la création du circuit de visite et les aménagements extérieurs dédiés à l’accueil des clientèles touristiques.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Ne sont pas éligibles&lt;/strong&gt; les travaux de voirie, l’acquisition de foncier ou de terrain, la location financière, les impôts, les taxes et les frais juridiques et financiers, les routes à caractère patrimonial et culturel, les aménagements extérieurs et paysagers des sites, les mappings et sons et lumières, les aménagements de mise en lumière de monuments, les investissements réalisés pour un événement ponctuel.&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;au titre d’un accompagnement adapté aux &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel"&gt;besoins en matière de transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI, etc.)&lt;/li&gt;
+&lt;li&gt;au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explore Grand Est Académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Vous devez solliciter le Président du Conseil Régional avant le démarrage du projet et avant signature des devis. Déposez votre demande en ligne.&lt;/p&gt;
+&lt;p&gt;Pour pouvoir bénéficier des conditions de subventionnement, les délais suivants sont à respecter impérativement :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Le dossier complet de demande de subvention doit être déposé au maximum dans un délai d’un an à compter de la date de transmission de la demande dans le téléservice et avant la fin des travaux. &lt;/strong&gt;&lt;strong&gt;Au-delà de cette période, la demande devient non recevable&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+&lt;li&gt;Les pièces justificatives des travaux réalisés devront être transmises &lt;strong&gt;au plus tard 36 mois après la date de notification de la subvention sauf mention contraire prévue dans la convention de financement&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;La décision d’attribution de l’aide est prise par la Commission.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>23/09/2024</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/tourisme-patrimonial/</t>
+        </is>
+      </c>
+      <c r="W6" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0274/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-tourisme-patrimonial/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>162284</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'hébergement touristique</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'hébergement touristique</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vous exploitez un hébergement touristique et vous améliorer votre impact sur l’environnement, favorisez l&amp;#039;accessibilité des personnes en situation de handicap, aménagez des locaux destinés à l’accueil de saisonniers ou montez en gamme votre établissement par un changement de classement ?&lt;/strong&gt; Avec le soutien à l&amp;#039;hébergement touristique, la Région Sud accompagne dans la durée les entreprises du territoire à concrétiser leurs projets par une aide à l’investissement de 100 000 euros maximum.&lt;/p&gt; &lt;p&gt;&lt;span&gt;Sont éligibles les &lt;/span&gt;&lt;a target="_blank" title="Etablissements Recevant du Public"&gt;Etablissements Recevant du Public&lt;/a&gt; &lt;span&gt;à savoir :&lt;/span&gt; &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;L&amp;#039;hôtellerie traditionnelle indépendante&lt;/li&gt; 	&lt;li&gt;L&amp;#039;hôtellerie de plein air&lt;/li&gt; 	&lt;li&gt;Les gîtes de groupe&lt;/li&gt; 	&lt;li&gt;Les villages et centres de vacances à statut privé non associatif et associatif&lt;/li&gt; 	&lt;li&gt; Les sociétés Civiles Immobilières (SCI)&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les mutuelles&lt;/li&gt; 	&lt;li&gt; Les coopératives&lt;/li&gt; 	&lt;li&gt; Les fondations engagées dans le cadre du Contrat d’engagement républicain ou d’un agrément de l’Etat en application du &lt;a href="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044806609" target="_blank" title="décret n° 2021-1947 du 31 décembre 2021"&gt;décret n° 2021-1947 du 31 décembre 2021&lt;/a&gt;&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Sont exclues :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les chambres d’hôte&lt;/li&gt; 	&lt;li&gt;Les meublés de tourisme&lt;/li&gt; 	&lt;li&gt; Les gîtes ruraux&lt;/li&gt; 	&lt;li&gt;Les particuliers&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Pour les établissements réalisant des travaux favorisant une meilleure performance environnementale, l’accessibilité des personnes en situation de handicap, l&amp;#039;aménagement et/ou la création de locaux destinés à l’accueil de saisonniers : &lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles, les travaux spécifiques ayant trait à : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La gestion environnementale et la réduction des consommations de fluides ainsi que les équipements pour l’accueil des clientèles vélo touristiques&lt;/li&gt; 	&lt;li&gt;L’accessibilité des personnes en situation de handicap (&lt;a href="https://www.tourisme-handicap.gouv.fr/fr/espace-pro/obtenir-la-marque-tourisme-handicap" target="_blank" title="label Tourisme et Handicap"&gt;le label Tourisme et Handicap &lt;/a&gt; est exigé avant ou après travaux).&lt;/li&gt; 	&lt;li&gt;Logement des saisonniers au sein des établissements&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Pour la montée en gamme par le changement de classement ou l’adjonction d’équipements de diversification : &lt;/span&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles, les travaux de gros œuvre et de second œuvre contribuant à atteindre :&lt;/span&gt; &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Un classement national supérieur en étoiles ou de changement d’épis (dans la limite de l’obtention d’un classement maximum de 4 étoiles ou épis après travaux)&lt;/li&gt; 	&lt;li&gt;Une offre d’équipements de diversification contribuant à augmenter l’attractivité de l’établissement et son chiffre d’affaires (équipements de bien-être et de mise en forme, espaces aquatiques et aqualudiques, équipements numériques, etc.)&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Tourisme</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P2" s="0" t="inlineStr">
+      <c r="P7" s="1" t="inlineStr">
         <is>
           <t>23/01/2024</t>
         </is>
       </c>
-      <c r="R2" s="0" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Pour les établissements réalisant des travaux favorisant une meilleure performance environnementale, l’accessibilité des personnes en situation de handicap, l&amp;#039;aménagement et/ou la création de locaux destinés à l’accueil de saisonniers : &lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles, les travaux spécifiques ayant trait à : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La gestion environnementale et la réduction des consommations de fluides ainsi que les équipements pour l’accueil des clientèles vélo touristiques&lt;/li&gt; 	&lt;li&gt;L’accessibilité des personnes en situation de handicap (&lt;a href="https://www.tourisme-handicap.gouv.fr/fr/espace-pro/obtenir-la-marque-tourisme-handicap" target="_blank" title="label Tourisme et Handicap"&gt;le label Tourisme et Handicap &lt;/a&gt; est exigé avant ou après travaux).&lt;/li&gt; 	&lt;li&gt;Logement des saisonniers au sein des établissements&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Pour la montée en gamme par le changement de classement ou l’adjonction d’équipements de diversification : &lt;/span&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles, les travaux de gros œuvre et de second œuvre contribuant à atteindre :&lt;/span&gt; &lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Un classement national supérieur en étoiles ou de changement d’épis (dans la limite de l’obtention d’un classement maximum de 4 étoiles ou épis après travaux)&lt;/li&gt; 	&lt;li&gt;Une offre d’équipements de diversification contribuant à augmenter l’attractivité de l’établissement et son chiffre d’affaires (équipements de bien-être et de mise en forme, espaces aquatiques et aqualudiques, équipements numériques, etc.)&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Demande en ligne&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les dossiers de demande doivent être transmis de manière dématérialisée sur la plateforme régionale Subventions en ligne avant le démarrage des acquisitions liées au projet.&lt;br /&gt; &lt;br /&gt; L&amp;#039;entreprise doit créer ou se connecter à son compte puis effectuer sa demande de subvention d&amp;#039;investissement. Les pièces justificatives nécessaires à l’instruction du dossier doivent être jointes directement dans le dossier dématérialisé.&lt;br /&gt; &lt;br /&gt; Les dossiers peuvent être déposés tout au long de l’année. Leur analyse sera faite chronologiquement, par ordre d’arrivée.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Chaque demande devra comprendre l’ensemble des informations et documents nécessaires à l’analyse d’éligibilité : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Un récapitulatif des travaux sous format Excel, correspondant au montant total des devis, en identifiant de manière déclarative (si intégré à un devis plus global) les montants qui relèvent des 3 thématiques éligibles&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Les devis&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Des précisions sur le type de démarche de labellisation ou de certification visée.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lhebergement-touristique</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Portail Entreprises de la Région Sud&lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au&lt;strong&gt; 0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lhebergement-touristique/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>163005</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la mise en valeur du territoire et structurer l’offre touristique et de loisirs</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Ancenis, porté par la Communauté de communes du Pays d'Ancenis (COMPA)</t>
+        </is>
+      </c>
+      <c r="F8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...10 lines deleted...]
-      <c r="K3" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimum de subvention : 10 000 € pour les porteurs privés et 30 000 € pour les porteurs publics. Montant maximum de subvention : 80 000 € pour les porteurs privés et les porteurs publics.</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...285 lines deleted...]
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme européen LEADER, porté par le GAL (Groupe d&amp;#039;Action Locale) du Pays d&amp;#039;Ancenis, permet de financer des opérations innovantes sur son territoire, notamment à travers l&amp;#039;axe stratégique &amp;#34; &lt;span&gt;&lt;strong&gt;&lt;em&gt;Renforcer
+la mise en valeur du territoire et structurer l’offre touristique et de loisirs&lt;/em&gt;&lt;/strong&gt;&lt;/span&gt; &amp;#34;.&lt;/p&gt;&lt;p&gt;Le Pays d’Ancenis
+présente un potentiel touristique important axé autour des vallées de la Loire
+et de l‘Erdre et de nombreux sites de qualité. Ces richesses doivent être
+valorisées pour renforcer l’identité, l’attractivité et la notoriété du
+territoire auprès des touristes, mais également auprès des habitants et des
+travailleurs du Pays d’Ancenis, pour développer le sentiment d’appartenance à
+travers des projets touristiques et de loisirs.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels&lt;/strong&gt; :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;&lt;span&gt;Valoriser
+     le patrimoine naturel, le patrimoine bâti ainsi que le patrimoine
+     immatériel, notamment par les initiatives associatives et culturelles&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Développer
+     des projets structurants sur tout le territoire pour un tourisme durable
+     et local qui puisse bénéficier à tous&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Développer
+     les activités de pleine nature en relevant le défi de la complémentarité
+     avec les infrastructures et les dispositifs existants (offre cyclable en
+     lien avec « la Loire à Vélo », offre nautique sur la Loire et
+     sur le lac de Vioreau, sentiers de randonnée et de déplacements doux, par
+     exemple)&lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Animer,
+     promouvoir et événementialiser l’offre touristique locale et les actions
+     de mise en valeur du territoire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Elargir le public ciblé pour mieux faire connaître le
+territoire et développer son attractivité&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Type d&amp;#039;actions éligibles &lt;/strong&gt;:&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;Etudes visant à consolider le projet du porteur de projet dans le
+domaine du tourisme, de l’animation touristique et du marketing
+territorial : diagnostics préalables, études de faisabilité, études de
+marché&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions d’animation, de communication, de promotion du territoire, de
+ses acteurs et de ses produits (marketing territorial, évènements, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mise en place de réseaux d’acteurs du tourisme et d’actions de
+mutualisation (services, outils, par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Actions d’information, de sensibilisation ou de formation collective
+des professionnels (accueil, communication, par exemple) &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Travaux de construction, de rénovation et équipements pour le
+     développement des sites patrimoniaux du territoire quelle que soit leur
+     importance (signalétique, scénographie, expositions, par exemple) &lt;/span&gt;&lt;/li&gt;
+ &lt;li&gt;&lt;span&gt;Travaux de construction, de rénovation et équipements pour le
+     développement des activités de « pleine nature » (signalétique,
+     balisage et aménagement des itinéraires de randonnées pédestres et des
+     itinéraires cyclables touristiques inscrits au Plan Départemental des
+     Itinéraires de Promenade et de Randonnée (PDIPR), par exemple)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Création ou amélioration
+de circuits touristiques valorisant le patrimoine local tout en préservant la
+biodiversité&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Cohésion sociale et inclusion</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P8" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q8" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Frais directs de personnel sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;Frais directs de personnel hors coûts simplifiés (gratifications des stagiaires et salaires des apprentis) dès lors que le personnel affecte au moins 5% de son temps de travail au projet concerné&lt;/li&gt;&lt;li&gt;Frais de mise à disposition de personnel&lt;/li&gt;&lt;li&gt;Acquisition ou location de matériel et équipement&lt;/li&gt;&lt;li&gt;Aménagement, construction, travaux et études préalables&lt;/li&gt;&lt;li&gt;Acquisition ou location de véhicule&lt;/li&gt;&lt;li&gt;Location ou acquisition de biens immeubles bâtis (en cas d’acquisition : dans la limite de 10 % des dépenses présentées)&lt;/li&gt;&lt;li&gt;Prestations de services, prestations intellectuelles dont la formation et la communication (par exemple création et conception de support, édition, diffusion d’outils, frais d’impression, et tous supports médiatiques confondus)&lt;/li&gt;&lt;li&gt;Frais de conseil, de notaire, expertise juridique technique et financière, honoraire de tenue et de certification de la comptabilité du bénéficiaire&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt; :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;a name="_ftnref1" title&gt;[1]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;a name="_ftnref2" title&gt;[2]&lt;/a&gt;&lt;/li&gt;&lt;li&gt;Les investissements concernant du matériel d’occasion&lt;/li&gt;&lt;li&gt;Les coûts d’amortissement&lt;/li&gt;&lt;li&gt;Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’œuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié&lt;/li&gt;&lt;li&gt;Les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;/li&gt;&lt;li&gt;Les frais de change ;&lt;/li&gt;&lt;li&gt;Les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/li&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration...)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;hr align="left" size="1" width="33%" /&gt;&lt;p&gt;&lt;a name="_ftn1" title&gt;[1]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;a name="_ftn2" title&gt;[2]&lt;/a&gt; Extrait du règlement disponible sur demande&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection des projets&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Les projets présentés au titre de cette fiche action sont soumis à sélection par le comité de programmation du GAL, selon les critères et les modalités préalablement définis dans sa grille de sélection. La grille de sélection est envoyée au porteur de projet après le pré-dépôt de sa demande, en amont de la sélection en comité de programmation. Les projets doivent être en cohérence avec la stratégie de développement LEADER. Si le projet n’obtient pas la note ou ne remplit pas les critères requis, il n’est pas sélectionné et ne peut alors pas faire l’objet d’une aide du programme LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>CC du Pays d'Ancenis</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-ancenis.com/nos-actions/politiques-territoriales/financement-europeen-leader</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Equipe d&amp;#039;animation LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;02.40.96.96.07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;pays-ancenis.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-ancenis.com</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-leconomie-et-les-services-notamment-en-favorisant-linnovation-sociale-1/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...812 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>1045</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les meublés de tourisme afin de proposer une offre touristique d’excellence</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
+Particulier</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de promouvoir les meublés de tourisme afin de proposer une offre touristique d&amp;#039;excellence et renforcer l&amp;#039;attractivité du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ PME au sens de l&amp;#039;union européenne, exploitants en nom propre, associations, particuliers, porteurs de projets publics pour les hébergements situés dans des communes de 2 000 habitants maximum dans les zones dépourvues d&amp;#039;hébergements touristiques, appréciation faite par la Région au travers de données fournies par l&amp;#039;Observatoire Régional du Tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les meublés de tourisme → Taux maxi : 20 % / Plafond : 60 000 €
+ &lt;br /&gt;
+ Pour les meublés de tourisme de grande capacité → Taux maxi : 20 % / Plafond : 100 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : Une période de franchise de 2 ans est appliquée avant toute nouvelle demande de subvention dès lors que le plafond d&amp;#039;aides a été perçu. Ce délai court à partir de la dernière délibération visée en Commission Permanente permettant de prendre en compte ce plafond.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération. Enfin, le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme : Investissements permettant la création ou la rénovation fondamentale d&amp;#039;équipements dans des bâtiments existants, en respectant l&amp;#039;architecture locale.
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme de grande capacité : Investissements permettant la création, la rénovation fondamentale ou l&amp;#039;extension d&amp;#039;équipements (chambres et/ou équipement complémentaire de type SPA, piscine, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme : seront éligibles les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement et dont la dépense éligible est égale ou supérieure à 30 000 € HT &amp;#43; les honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+&lt;/p&gt;
+&lt;p&gt;
+ Meublés de tourisme de grande capacité : Seront éligibles les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement de groupe et dont la dépense éligible est égale ou supérieure à 50 000 € HT &amp;#43; les honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ mobilier, matériel, éléments de décoration, literie, factures de matériaux mis en œuvre par le maître d&amp;#039;ouvrage ou par une association ainsi que les acquisitions immobilières et foncières et les investissements prévisibles et réglementaires (travaux de mise aux normes seuls).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/meubles-de-tourisme/</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Siège du Conseil Régional - Strasbourg :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tél. &amp;#43;33 (0)3 88 15 68 67
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Coordonnées des Maisons de la Région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Maison de la Région – Charleville-Mézières / Verdun : 22 Avenue Georges Corneau 08000 CHARLEVILLE-MÉZIÈRES – Téléphone : 03 26 70 86 30 – maison.charleville-verdun&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Service Transport : 03 26 70 77 99
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Charleville-Mézières / Verdun : 44 Rue du Ru 55000 VERDUN – Téléphone : 03 26 70 74 80 – maison.charleville-verdun&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Saint-Dizier / Bar-le-Duc : 4 Rue des Romains 55000 BAR-LE-DUC – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Saint-Dizier / Bar-le-Duc : 9 Avenue de la République 52100 SAINT-DIZIER – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Châlons-en-Champagne : 5 Rue de Jéricho 51000 CHALONS-EN-CHAMPAGNE – Téléphone : 03 26 70 31 20 – maison.chalons&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Troyes / Chaumont : 9 Rue Charbonnet 10000 TROYES – Téléphone : 03 26 70 86 25 – maison.troyes-chaumont&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Troyes / Chaumont : 1 Boulevard Gambetta 52000 CHAUMONT – Téléphone : 03 26 70 86 50 – maison.troyes-chaumont&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Thionville / Longwy : 32 Rue du Vieux Collège 57100 THIONVILLE – Téléphone : 03 87 33 61 78 – maison.thionville&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Metz : 1 Place Gabriel Hocquard 57000 METZ – Téléphone : 03 87 61 65 49 – maison.metz&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Nancy : 4 Rue Piroux 54000 NANCY – Téléphone : 03 87 54 32 51 – maison.nancy&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Epinal : 40 Quai des Bons Enfants 88000 ÉPINAL – Téléphone : 03 87 33 62 47 – maison.epinal&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Saverne /Haguenau : 39 Rue Saint Nicolas 67700 SAVERNE – Téléphone : 03 88 03 40 80 – maison.saverne-haguenau&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Strasbourg : 26 Avenue de la Paix 67000 STRASBOURG – Téléphone : 03 88 15 67 40 – maison.strasbourg&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Sélestat : 1 Avenue de la Liberté 67600 SÉLESTAT – Téléphone : 03 88 58 41 11 – maison.selestat&amp;#64;grandest.fr
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b306-meubles-de-tourisme-grandest/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>90835</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les acteurs touristiques dans le maintien et l'adaptation de l'offre d'hébergements de tourisme social</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Hébergements de Tourisme social</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne les acteurs touristiques dans le maintien et l&amp;#039;adaptation de l&amp;#039;offre d&amp;#039;hébergements de tourisme social.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maintenir un parc d&amp;#039;hébergement social diversifié, qualifié et accessible au plus grand nombre dans une logique de mixité sociale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Cohésion sociale et inclusion
+Economie sociale et solidaire
+Revitalisation
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés (associations, entreprises, SCI constituée pour solliciter des financements ANCV / CDC - Agence Nationale pour les chèques vacances / Caisse des dépôts)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Village de vacances, auberge de jeunesse, centre international de séjour : 25% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 1 000 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centres de vacances : 25% maximum d&amp;#039;un montant de dépenses éligibles
+  HT
+  plafonné à 500 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des travaux : 40 000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : investissements intérieur ou extérieur (hébergement, espaces collectifs d&amp;#039;accueil, de restauration, équipements de loisirs,..) et de confort (chauffage, isolation, sanitaires, mobilier, traitement paysager, économie d&amp;#039;énergie) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les travaux réalisés en régie directe sont exclus.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/hebergements-de-tourisme-social</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges : 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers : 05 16 01 40 55
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux: 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3277-hebergements-de-tourisme-social/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>90943</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser les offices de tourisme - Nouvelle organisation touristique des territoires(NOTT)</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région accompagne les maîtres d&amp;#039;ouvrages sélectionnés dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique » - volet « modernisation des Offices de Tourisme ».
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  accompagner la modernisation des structures d&amp;#039;accueil touristiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  accroître les moyens financiers des offices de tourisme.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés sélectionnés dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics de coopération intercommunale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics à caractère industriel et commercial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sociétés publiques locales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour la  modernisation ou la création de structures d&amp;#039;accueil et d&amp;#039;offices de tourisme, l&amp;#039;aide s&amp;#039;élève à un montant maximum de 30% des dépenses prises en compte et plafonnées à 500 000 € HT ou TTC
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les outils permettant l&amp;#039;optimisation des ressources ou l&amp;#039;amélioration de l&amp;#039;observation, l&amp;#039;aide s&amp;#039;élève à un montant maximum de 50% des dépenses prises en compte et plafonnées à 20 000 € HT ou TTC
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/nouvelle-organisation-touristique-des-territoires-modernisation-des-offices-de-tourisme-nott</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges
+Direction du tourisme
+27, boulevard de la Corderie. CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 19 00
+(départements 87-23-19)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers
+Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers Cédex
+05 49 55 77 00
+(départements 79-86-17-16)
+Site de Bordeaux
+Direction du tourisme
+14, rue François de Sourdis CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09
+(départements 33-24-47-40-64).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ebe-nouvelle-organisation-touristique-des-territo/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>143853</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets dans le domaine du tourisme - Fonds d'Intervention Touristique (FIT 43)</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Intervention Touristique (FIT 43)</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>des dépenses éligibles, maximum 100.000€ de subvention / Bonus eco possible : 30% de la dépense éligible, maximum 150.000€ de subvention</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ C&amp;#039;est un dispositif financier, qui permet de répondre aux objectifs du Schéma touristique de développement Touristique (Haute-Loire) et qui propose de concourir à la réalisation de projets touristiques publics sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif est destiné aux porteurs publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est valable jusqu&amp;#039;au 31 décembre 2027.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;Numérisation 3D d&amp;#039;un chateau&lt;/li&gt;&lt;li&gt;Valorisation éco-touristique d&amp;#039;une zone Humide&lt;/li&gt;&lt;li&gt;
+  Mise en valeur d&amp;#039;un Arboretum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en valeur de site touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de point accueil vélo (Recharge électrique pour vélo, mallette de répartition)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de vélorail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création/Rénovation d&amp;#039;un gîte communal
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seules les dépenses d&amp;#039;investissement sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+ Les projets soutenus devront contribuer à l&amp;#039;atteinte des objectifs du Schéma Départemental de Développement Touristique (SDDT)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 Conditions d&amp;#039;éligibilités spécifiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;a. Hébergements publics
+  &lt;/strong&gt;&lt;/p&gt;
+ &lt;ol&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Hôtellerie de plein air
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La capacité d&amp;#039;accueil minimale, mobil-home exclus, après investissement doit être au minimum de 50 emplacements (emplacements nus et locatifs).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Classement 3 étoiles minimum (classement national – Atout France) avant ou après l&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il est privilégié que la gestion soit confiée à une personne morale privée. Toutefois, l&amp;#039;exploitation en régie directe est acceptée à titre exceptionnel, sous réserve de la démonstration de la pertinence de ce mode de gestion.
+ &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Hôtel et Hôtel restaurant
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Démonstration par une étude indépendante d&amp;#039;une carence de l&amp;#039;offre sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion confiée à une personne morale privée.
+ &lt;/li&gt;
+ &lt;li&gt;
+   Classement 2 étoiles minimum (classement national – Atout France) avant ou après l&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont exclus : Les établissements de chaînes hôtelières intégrées, liés par convention, mandat de gestion ou toutes formes de participations au capital.
+ &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Villages vacances et centres de vacances
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Classement 3 Etoiles minimum( classement national - Atout France) avant ou après l&amp;#039;investissement &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Gites d&amp;#039;étapes /Gites de groupes
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sont retenus uniquement les travaux de rénovation / amélioration / extension
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité minimum 16 personnes, soit classement Etablissement Recevant du Public
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;établissement doit disposer d&amp;#039;une seule cuisine et d&amp;#039;un seul espace de restauration commun.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Condition d&amp;#039;ouverture de 6 mois minimum
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les gîtes d&amp;#039;étape situés à moins de 5 kilomètres (critère pour obtenir le label Accueil Vélo) d&amp;#039;un circuit
+ d&amp;#039;itinérance :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la capacité d&amp;#039;accueil est ramenée à 12 personnes minimum&lt;/li&gt;
+ &lt;li&gt;
+  Obligation de proposer aussi l&amp;#039;accueil à la nuitée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation de s&amp;#039;inscrire dans les démarches de valorisation de l&amp;#039;itinéraire près duquel ils sont situés.
+ &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;&lt;br /&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Hébergements insolites &lt;br /&gt;&lt;/em&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L&amp;#039;hébergement doit répondre au référencement qualité &amp;#34;hébergements insolites&amp;#34; de la MDDT (avant ou aprés l&amp;#039;investissement)&lt;/li&gt;&lt;li&gt;4 hébergements insolites minimum &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans le cadre des Hébergement publics, sont exclus :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les meublés de tourisme :il s&amp;#039;agit de villas, appartements ou studios meublés, à l&amp;#039;usage exclusif du locataire, offerts en location à une clientèle de passage qui n&amp;#039;y élit pas domicile et qui y effectue un séjour caractérisé par une location à la journée, à la semaine ou au mois. &lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Les chambres d&amp;#039;hôtes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les constructions ex-nihilo : (Sauf pour les hébergements insolites). Ainsi, pour les catégories hôtellerie de plein air et hôtels-restaurants, le projet de construction d&amp;#039;un hôtel n&amp;#039;est pas éligible tandis que le projet d&amp;#039;extension d&amp;#039;un hôtel existant ou de construction d&amp;#039;un bâtiment supplémentaire est éligible. Pour les villages-vacances et centres de vacances, le projet de construction d&amp;#039;un village-vacances n&amp;#039;est pas éligible tandis que le projet de construction de bâtiments supplémentaires dans un village-vacances existant est éligible. &lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Les aires de camping-cars isolées.
+ &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  b. Les activités de pleine nature
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Obtention du label Respirando obligatoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour mémoire : Le label Respirando s&amp;#039;inscrit dans une double démarche d&amp;#039;assurer aux clients une prestation de qualité et de contribuer à créer une dynamique de mise en réseau des acteurs touristiques pour optimiser l&amp;#039;offre touristique proposée aux touristes. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Rappel &lt;/strong&gt;: il existe l&amp;#039;appel à projet &amp;#34;création d&amp;#039;espaces, sites et itinéraires&amp;#34;. Il est accessible aux projets liés aux sports de nature et dont l&amp;#039;investissement est inférieur à 80 000€&lt;/p&gt;&lt;h4&gt;Cliquer sur les liens ci-dessous pour accéder au téléchargement :&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://docs-aides.hauteloire.fr/FIT43/Cahier_des_charges_APP_Tourisme.pdf" title="Règlement du dispositif" target="_blank"&gt;Règlement du dispositif&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/FIT43/Dossier_de_candidature_aap.docx" title="Dossier de candidature" target="_blank"&gt;Dossier de candidature&lt;/a&gt;&lt;/p&gt;&lt;a href="https://docs-aides.hauteloire.fr/FIT43/Fiche_retour_d_experience_aap.docx" title="Fiche retour d&amp;#039;expérience" target="_blank"&gt;Fiche retour d&amp;#039;expérience&lt;/a&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://docs-aides.hauteloire.fr/FIT43/Cahier_des_charges_APP_Tourisme.pdf</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;&lt;p&gt;&lt;a href="mailto:roxane.gimenez&amp;#64;hauteloire.fr"&gt;roxane.gimenez&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;/li&gt;&lt;li&gt;
+  &lt;a href="mailto:dvincent&amp;#64;myhauteloire.fr" target="_self"&gt;
+   dvincent&amp;#64;myhauteloire.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fce2-soutenir-les-projets-dans-le-domaine-du-touri/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>80681</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'une offre touristique de qualité</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Taux maxi d'aides publiques : 70% (50% pour les opérations génératrices de recettes)</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Appels à projets bisannuels publiés sur le site internet du Département à destination des Pôles touristiques des Hautes-Pyrénées : Lourdes, Gavarnie, Cauterets-Pont d&amp;#039;Espagne, Luz-Pays Toy, Argelès Gazost-Val d&amp;#039;Azun, Tourmalet-Pic du Midi, Vallée de Saint Lary-Néouvielle, Vallée du Louron-Peyragudes, Tarbes-Vallée de l&amp;#039;Adour, Coteaux-Nestes-Baronnies-Barousse.
+&lt;/p&gt;
+&lt;p&gt;
+ Objectifs : accompagner les projets qui répondent à la feuille de route définie pour le pôle touristique concerné dans le carnet de route du tourisme des Hautes-Pyrénées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;investissement concourant au développement d&amp;#039;une offre touristique de qualité adaptée aux attentes des clients et des marchés pour renforcer l&amp;#039;attractivité et la compétitivité des Hautes-Pyrénées création et développement d&amp;#039;équipements de loisirs
+&lt;/p&gt;
+&lt;p&gt;
+ amélioration des services offerts sur les sites de visite
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets sont sélectionnés par les Comités des Pôles touristiques avant d&amp;#039;être présentés au financement du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services du Département et de Hautes-Pyrénées Tourisme Environnement doivent être associés avant le dépôt du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles doivent être situés sur le territoire de communes ayant instauré une taxe de séjour.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses ne doivent pas avoir été engagées préalablement à l&amp;#039;accusé de réception de dossier complet.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière du Département ne peut être supérieure à celle du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les crédits relevant de l&amp;#039;appel à projets sont exclusifs des autres aides du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses d&amp;#039;entretien courant et de maintenance, ainsi que les opérations réalisées en leasing sont exclues.
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage s&amp;#039;engage à maintenir l&amp;#039;activité touristique de l&amp;#039;établissement ou l&amp;#039;infrastructure financée sur une durée de 7 ans à compter de la date de réception des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux en régie éligibles. Matériaux éligibles à hauteur de 25% maxi du montant HT des travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hautespyrenees.fr/les-grands-projets/les-carnets-de-route-du-tourisme/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction du Développement Local/Service Tourisme et transition énergétique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Delphine PAMBRUN : 05 62 56 77 82 - delphine.pambrun&amp;#64;ha-py.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Marie-Pierre BRANCHARD : 05 62 56 78 25 - marie-pierre.branchard&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5426-soutenir-les-poles-touristiques-de-shautes-py/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>92433</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement du tourisme 4 saisons</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier d'Occitanie (EPF)</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie intervient dans le cadre de projets d&amp;#039;intérêt public pour assurer une action foncière sur mesure, sans prétendre à aucune rémunération pour son action. Il peut :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  appuyer la collectivité locale dans la conception et l&amp;#039;étude de faisabilité (technique, économique et juridique) de son projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquérir à la demande et pour le compte de la collectivité locale, les biens nécessaires à la réalisation future du projet, puis les porter jusqu&amp;#039;au démarrage du projet avant de les céder à la collectivité ou directement à l&amp;#039;opérateur chargé de sa mise en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le territoire d&amp;#039;intervention de l&amp;#039;EPF d&amp;#039;Occitanie appelle à des actions diversifiées en faveur du développement touristique : montagne, littoral...
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités recherchent un équilibre entre offres aux résidents et aux touristes ; l&amp;#039;EPF accompagne les réflexions sur la philosophie d&amp;#039;aménagement pour répondre à ces besoins spécifiques et dynamiser durablement l&amp;#039;activité touristique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF a un  rôle d&amp;#039;accélérateur de projets par sa maîtrise des procédures foncières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;EPF accompagne les collectivités sur des projets varié
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lot :
+  &lt;em&gt;
+   &lt;strong&gt;
+    Réhabilitation
+   &lt;/strong&gt;
+  &lt;/em&gt;
+  d&amp;#039;un hôtel particulier en plein cœur du centre historique , afin de préserver l&amp;#039;activité restauration et de relancer l&amp;#039;activité hôtelière.
+  &lt;br /&gt;
+  Portage foncier par l&amp;#039;EPF d&amp;#039;Occitanie inférieur à 1 an
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ariège :
+  &lt;strong&gt;
+   &lt;em&gt;
+    Reconversion
+   &lt;/em&gt;
+  &lt;/strong&gt;
+  en faveur d&amp;#039;un projet d&amp;#039;aménagement dans le domaine de l&amp;#039;économie touristique. L&amp;#039;EPF a accompagné la collectivité afin de sécuriser et accélérer le projet de création d&amp;#039;une offre d&amp;#039;hôtellerie et de restauration haut de gamme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Foncier
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf-occitanie.fr/type-dintervention/developpement-de-lattractivite-de-la-region-et-de-ses-territoires/</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Occitanie
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Siège : 04 99 54 91 10
+ &lt;br /&gt;
+ contact&amp;#64;epf-occitanie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>esra.gueuvin@epf-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf5d-copie-11h49-conforter-lattractivite-economiqu/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>92611</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets touristiques du territoire</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>Aide maximale de 10 K€ par projet dans la limite de 100 K€ par an.</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par les actions qu&amp;#039;ils portent, les acteurs touristiques publics locaux participent au rayonnement du territoire, à la crédibilité de la destination, au renforcement de son attractivité et aux retombées économiques positives pour l&amp;#039;ensemble du Vaucluse.
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de renforcer l&amp;#039;attractivité touristique du territoire, le Département soutient financièrement les EPCI (Etablissement Public de Coopération Intercommunale), OT (Offices de Tourisme) et OTI (Offices de Tourisme Intercommunaux) dans leurs projets de développement touristiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etudes ou projets liés à la gestion des équipements touristiques existants (ou en projets) tels que campings, plans d&amp;#039;eau, projets touristiques structurants de territoire, stratégies touristiques...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme communaux ou intercommunaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une attention particulière sera portée :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal : les manifestations projetées devant avoir une fréquentation significative dépassant le seul public local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;articulation du projet avec les acteurs du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux démarches ou campagnes de communication permettant de renforcer la visibilité et la notoriété du projet (plan de communication multiple par le biais de supports et médias...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la dimension durable du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus, contactez le : 04.90.16.15.00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a24d-soutenir-les-projets-touristiques-du-territoi/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>95127</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Développer le tourisme et le patrimoine</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de subvention dépend de l'action ciblée</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide contient 3 objectifs d&amp;#039;action :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le traitement des abords des sites et des espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en valeur du monument, des espaces d&amp;#039;accueil et des lieux de visite du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le développement des projets culturels et touristiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces objectifs sont répartis en 5 domaines d&amp;#039;intervention:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement des projets en lien avec la politique départementale Tourisme et Patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement en faveur des sites pôles du Pays Cathare
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux investissements des sites pôles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des gîtes et des chambres d&amp;#039;hôtes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des lieux de la pleine nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ainsi, les priorités touristiques départementales reposent principalement sur le soutien aux démarches de qualité, sur le développement d&amp;#039;une offre
+ diversifiée et harmonieuse et sur la gestion efficace des flux touristiques depuis les pôles de concentration vers le reste du territoire départemental.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La mise en œuvre du
+ Programme Pays Cathare
+ permet de lancer une nouvelle étape visant à améliorer la démarche économique dans le respect des valeurs et de l&amp;#039;éthique du programme selon 3 mots clefs &amp;#34;modernité, ouverture et performance économique &amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;inscrit dans le pacte territorial &amp;#34;Aude 2030&amp;#34; et dans le Schéma Départemental de Développement Touristique de l&amp;#039;Aude.
+&lt;/p&gt;
+&lt;p&gt;
+ Il a pour but de structurer le développement des territoires, notamment les plus ruraux, à partir des ressources non délocalisables telles que le patrimoine emblématique (Les Sites Pôles) et les produits ou services locaux de qualité. Ils constituent un des éléments majeurs de la destination touristique audoise et incarnent une identité qui permet de démarquer notre département de l&amp;#039;uniformisation touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Investissement dans le développement des sites pôles (promotion touristique, travaux etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et rénovation des gîtes et des séjours pour l&amp;#039;accueil des touristes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des sites d&amp;#039;activités de pleine nature
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;em&gt;
+  Action 1 : Accompagnement des projets en lien avec la politique départementale Tourisme et Patrimoine
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - les organismes de promotion touristique
+&lt;/p&gt;
+&lt;p&gt;
+ - les organismes d&amp;#039;intérêt départemental et régional
+&lt;/p&gt;
+&lt;p&gt;
+ - les propriétaires ou gestionnaires des sites du Pays Cathare
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les actions d&amp;#039;appui aux réseaux de prestataires touristiques ou aux organismes de promotion touristique :
+&lt;/p&gt;
+&lt;p&gt;
+ - Prise en charge de l&amp;#039;expertise technique : salaires des  chargés de missions
+&lt;/p&gt;
+&lt;p&gt;
+ - Ingénierie de projet et animation du réseau des professionnels
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de promotion du réseau : frais de communication (conception, diffusion, achat d&amp;#039;espaces, kit de communication, photothèque, vidéothèque ...), éditions, spot radio, site internet, location d&amp;#039;équipements pour les salons
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - tout support de communication (évènementiels, manifestations, guides touristiques divers ou autre outil numérique) à caractère promotionnel d&amp;#039;un territoire  infra - départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ - brochures ou éditions non conformes à la démarche de l&amp;#039;Acte II Pays Cathare ou à la Marque Pays Cathare
+&lt;/p&gt;
+&lt;p&gt;
+ - professionnalisation des acteurs : défraiements des participants à la charge de l&amp;#039;employeur
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;em&gt;
+  Action 2 : Accompagnement en faveur des sites pôles du Pays Cathare
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Les propriétaires ou gestionnaires des sites du Pays Cathare
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ les charges de personnel et dépenses de consommation courante : électricité, chauffage.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les actions d&amp;#039;appui aux réseaux de prestataires touristiques ou aux organismes de promotion touristique :
+&lt;/p&gt;
+&lt;p&gt;
+ - Prise en charge de l&amp;#039;expertise technique : salaires des chargés de missions
+&lt;/p&gt;
+&lt;p&gt;
+ - Ingénierie de projet et animation du réseau des professionnels
+&lt;/p&gt;
+&lt;p&gt;
+ - Actions de promotion du réseau frais de communication (conception, diffusion, achat d&amp;#039;espaces, kit de communication, photothèque, vidéothèque...), éditions, spot radio, site internet, location d&amp;#039;équipements pour les salons
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien extérieur du site (débroussaillage du site par exemple), voirie, réseau...
+&lt;/p&gt;
+&lt;p&gt;
+ - Les frais de secrétariat ou de comptabilité administrative de la municipalité
+&lt;/p&gt;
+&lt;p&gt;
+ - Les dépenses de promotion et de communication individuelle du site
+&lt;/p&gt;
+&lt;p&gt;
+ - tout support de communication (évènementiels, manifestations, guides touristiques divers ou autre outil numérique) à caractère promotionnel d&amp;#039;un territoire infra - départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ - brochures ou éditions non conformes à la démarche de l&amp;#039;Acte II Pays Cathare ou à la Marque Pays Cathare
+&lt;/p&gt;
+&lt;p&gt;
+ - professionnalisation des acteurs : défraiements des participants à la charge de l&amp;#039;employeur
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;em&gt;
+  Action 3 : Aide aux investissements des sites pôles
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - les personnes morales publiques, propriétaires ou gestionnaires d&amp;#039;un site culturel reconnu site-pôle du Pays Cathare, que sont les collectivités territoriales, leurs syndicats et EPCI
+&lt;/p&gt;
+&lt;p&gt;
+ - les personnes morales privées, propriétaires ou gestionnaires d&amp;#039;un site culturel, reconnu site-pôles du Pays Cathare qu&amp;#039;elles soient associations ou SCI
+&lt;/p&gt;
+&lt;p&gt;
+ - les fédérations de chantiers de jeunes bénévoles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Toutes dépenses d&amp;#039;études ou d&amp;#039;investissements liées à la sauvegarde où à la mise en valeur des sites
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux de conservation et de restauration du monument, cofinancés par la DRAC pour les monuments historiques
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux d&amp;#039;aménagement des abords, d&amp;#039;aménagement des espaces et bâtiments d&amp;#039;accueil du public permettant de faciliter l&amp;#039;accessibilité des publics
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux de mise en valeur du patrimoine menés par des chantiers de jeunes bénévoles ou des chantiers patrimoniaux d&amp;#039;insertion
+&lt;/p&gt;
+&lt;p&gt;
+ - Investissements liés à la scénographie, muséographie ou tout autre support de médiation culturelle sur les sites.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - entretien extérieur du site
+&lt;/p&gt;
+&lt;p&gt;
+ - les investissements spécifiques type ligne haut débit, parabole ou autres supports matériels pour l&amp;#039;amélioration du site.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;em&gt;
+  Action 4: Gîtes et chambres d&amp;#039;hôtes
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Collectivités ou établissements publics de coopération intercommunale Associations prestataires d&amp;#039;activités de pleine nature
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - création ou rénovation (hors acquisition)
+&lt;/p&gt;
+&lt;p&gt;
+ - mise aux normes de l&amp;#039;ensemble des équipements
+&lt;/p&gt;
+&lt;p&gt;
+ - aménagements paysagers / VRD - aménagements liés à l&amp;#039;accueil de personnes handicapées correspondants aux normes du label Tourisme et Handicap
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;em&gt;
+  Action 5 :  Aménagement des lieux d&amp;#039;accueil et de pratiques des prestataires touristiques de la pleine nature
+ &lt;/em&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+ Collectivités ou établissements publics de coopération intercommunale Associations prestataires d&amp;#039;activités de pleine nature
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Toutes dépenses d&amp;#039;études préalables à l&amp;#039;investissement pour la mise en tourisme initiale ou la mise en valeur du site
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux d&amp;#039;aménagement des espaces d&amp;#039;accueil du public ou de pratiques sportives
+&lt;/p&gt;
+&lt;p&gt;
+ - Toutes dépenses d&amp;#039;équipements ou d&amp;#039;achat de matériels spécifiques au projet
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Sont exclues les dépenses générales incombant au propriétaire :
+&lt;/p&gt;
+&lt;p&gt;
+ - Fluides, abonnements divers (internet, téléphonie...)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les investissements spécifiques type ligne haut débit, parabole ou autres supports matériels pour l&amp;#039;amélioration du site
+&lt;/p&gt;
+&lt;p&gt;
+ - Les dépenses pouvant entrer dans le PDESI au titre de la taxe d&amp;#039;aménagement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/tourisme-et-patrimoine</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/demande-de-subvention-tourisme-patrimoine-fonctionnement</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le site du département
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c0f-developpement-du-tourisme-et-du-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>111660</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Développer un projet touristique en Essonne</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme : Développement touristique de l'Essonne</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du coût HT, plafonné à 20.000€ par projet</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Développement touristique de l&amp;#039;Essonne : aide à la réalisation de projet touristique en cohérence avec le shéma départemental du tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Thématiques possibles : patrimoine, nature, terroir, hébergement, accessibilité-mobilité-service.
+&lt;/p&gt;
+&lt;p&gt;
+ Appel à projet annuel.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2018-02-0020 (AD du 19/11/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Forêts
+Commerces et services
+Economie locale et circuits courts
+Revitalisation
+Logement et habitat
+Paysage
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Projets en cohérence avec le schéma départemental du tourisme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délegation tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 26 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d012-developper-un-projet-touristique-en-essonne/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>120270</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Attribuer des chèques loisirs</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Attribution de chèques loisirs</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Mairie d'Arnèke</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La mairie attribue des chèques loisirs aux enfants du village âgés de 4 à 14 ans à hauteur de 24€ maximum à utiliser dans les différentes associations du village.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Être âgé de 4 à 14 ans et s&amp;#039;inscrire dans une association locale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Arnèke</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mairie d&amp;#039;Arnèke
+&lt;/p&gt;
+&lt;p&gt;
+ 4, rue de la mairie ; 59285 Arnèke
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03 28 42 32 94
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:mairie.arneke&amp;#64;wanadoo.fr" rel="noopener" target="_blank"&gt;
+  mairie.arneke&amp;#64;wanadoo.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>mairie.arneke@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e4a8-attribuer-des-cheques-loisirs/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>120283</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Mener des projets de développement touristique</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Projets de développement touristique</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>Agence de Développement Touristique (ADT) de la Drôme</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en place de stratégies de développement touristique à l&amp;#039;échelle des territoires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la création ou au développement d&amp;#039;équipements touristiques (hébergements, sites de visites, activités de loisirs, ...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil sur la méthodologie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement à la définition d&amp;#039;une stratégie touristique dans le cadre d&amp;#039;un projet (rédaction de cahiers des charges, accompagnement dans le choix d&amp;#039;un bureau d&amp;#039;études, ...) et participation aux réunions et divers groupes de travail.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans le cadre de création ou développement de nouvelles offres : analyse des besoins, des objectifs et des priorités, analyse concurrentielle, analyse clientèle et demande, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la recherche de gestionnaires ou de partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification des ressources financières existantes ou disponibles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/projets-developpement-touristique/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence de Développement Touristique (ADT) de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Françoise ALAZARD
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 82 19 37
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:falazard&amp;#64;ladrometourisme.com"&gt;
+  falazard&amp;#64;ladrometourisme.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="http://www.ladrometourisme.com/fr/espace-pro/"&gt;
+  http://www.ladrometourisme.com/fr/espace-pro/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7b01-projets-de-developpement-touristique/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>120318</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer les retombées touristiques</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Mesure des retombées touristiques</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil sur la méthodologie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Accompagnement et aide à la mise en place de tableaux de bords précis et détaillés prenant en compte
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les données quantitatives telles que les capacités d&amp;#039;accueil du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les données de fréquentation nationales, régionales ou départementales
+ &lt;/li&gt;
+ &lt;li&gt;
+  les données Flux Vision Tourisme Orange
+ &lt;/li&gt;
+ &lt;li&gt;
+  les données locales issues de la perception de la taxe de séjour et toutes autres données disponibles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;outils d&amp;#039;observation de l&amp;#039;économie touristique locale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/mesure-des-retombees-touristiques/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Agence de Développement Touristique (ADT) de la Drôme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Léa DAVID • 04 75 82 19 35
+  &lt;a href="mailto:ldavid&amp;#64;ladrometourisme.com"&gt;
+   ldavid&amp;#64;ladrometourisme.com
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="http://www.ladrometourisme.com/fr/espace-pro/"&gt;
+   http://www.ladrometourisme.com/fr/espace-pro/
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6674-mesure-des-retombees-touristiques/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>120347</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Aider les organismes touristiques de la Drôme</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>FINANCER MON PROJET DE DEVELOPPEMENT TOURISTIQUE</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;p&gt;
+ Favoriser le développement d&amp;#039;actions engagées et menées sur le plan du tourisme par les Établissements Publics de Coopération Intercommunale (EPCI) de la Drôme, Communautés de Communes ou d&amp;#039;agglomération, ou leurs Offices de Tourisme communautaires (OT), s&amp;#039;inscrivant dans la logique de la stratégie touristique dépa
+ &lt;strong&gt;
+  r
+ &lt;/strong&gt;
+ tementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires sont les EPCI de la Drôme et leurs OT
+ &lt;strong&gt;
+  .
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de ces aides sera défini au travers de conventions d&amp;#039;objectifs entre le Département et les EPCI co-financeurs  ou leurs OT.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement et/ou de fonctionnement
+&lt;/p&gt;
+&lt;h2&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h2&gt;
+&lt;p&gt;
+ L&amp;#039;aide aux EPCI /OT est accordée dans la limite des enveloppes globales en fonctionnement et investissement attribuées au tourisme et votée par l&amp;#039;Assemblée départementale au Budget Primitif de l&amp;#039;année en cours.
+&lt;/p&gt;
+&lt;p&gt;
+ Un vote en Commission permanente a minima est nécessaire pour l&amp;#039;attribution d&amp;#039;un montant déterminé pour chacun des EPCI/OT.
+&lt;/p&gt;
+&lt;p&gt;
+ Étant précisé que le montant de l&amp;#039;aide départementale ne pourra excéder le plafond équivalent au pourcentage de 51 % du coût de(s) l&amp;#039;action(s) présentée(s) par l&amp;#039;EPCI/OT, ou de 26 % dans une situation de co-financement bi-départemental.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ Demande émanant de l&amp;#039;EPCI ou de l&amp;#039;OT, plan d&amp;#039;actions détaillé et chiffré.
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers/Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt dématérialisée via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôm Démat
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif :
+  &lt;/strong&gt;
+  Soutien et promotion touristique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;instruction du dossier de demande de subvention est réalisée par une commission composée d&amp;#039;un représentant du Conseil départemental, d&amp;#039;un élu du bureau de l&amp;#039;ADT et d&amp;#039;un membre ou représentant de la Direction de l&amp;#039;ADT.
+&lt;/p&gt;
+&lt;p&gt;
+ La commission étudie et délibère sur les différents projets.
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction du montant des crédits alloués lors de la première phase de réception de dossier, une deuxième session peut avoir lieu en cours d&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ Téléservice : Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif : Soutien  et promotion touristique
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ La subvention est versée en deux temps , :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un premier acompte intervient suite à la validation du projet proposé par l&amp;#039;EPCI et par l&amp;#039;OT et au vote de l&amp;#039;aide départementale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un second versement représentant le solde interviendra à la réalisation d&amp;#039;objectifs énumérés dans la convention liant le Département et le bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Article L.3211-1
+ &lt;em&gt;
+  du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Appels à projet portant sur des actions innovantes et modernes proposés par les EPCI ou par leurs OT et l&amp;#039;ADT.
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions à privilégier en fonctionnement sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes actions liées au web 2.0,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations mutualisées de relations presse,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de communication, promotion, marketing mutualisées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les prises de vue 360°C,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;engagement dans la solution de gestion de la relation client et stratégie touristique départementale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les actions à privilégier en investissement sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visites virtuelles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalité augmentée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déploiement d&amp;#039;un réseau de webcam « les pépites de la Drôme »
+  &lt;em&gt;
+   (le Pôle numérique et la mission numérique du Département pourrait intervenir en complément sur le volet innovation)
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilier interactif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Objectif &amp;#61; la Drôme, Département en pointe sur les nouvelles tendances
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/financer-mon-projet-de-developpement-touristique/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;EPCI, la Communauté de communes/ d&amp;#039;agglomération adressera une demande au Conseil départemental de la Drôme, qui en accusera réception. L&amp;#039;ADT sera chargée du suivi de réalisation des actions.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mélanie SERGENT –
+  Tél. : 04.75.82.19.23 / 06 79 63 40 13 – E.mail :
+   &lt;a href="mailto:msergent&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+    msergent&amp;#64;ladrome.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/23c7-aide-aux-organismes-touristiques-de-la-drome/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>121463</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier le tourisme durable</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Espace valléen - Reprendre l'air dans les Baronnies provençales</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I7" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...38 lines deleted...]
- - Un maillage de solutions de mobilités adaptées au territoire
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif &amp;#34;espace valléen&amp;#34; correspond au volet touristique de la convention interrégionale du massif des Alpes. Il couvre la période 2021-2027. Le syndicat mixte du Parc en est l&amp;#039;animateur. Les financements proviennent des Régions et / ou de l&amp;#039;Etat. Un programme européen associé permet de mobiliser ponctuellement du FEDER.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
-[...49 lines deleted...]
- - Mise en place de partenariats avec des centres de formations locaux.
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Réalisation des trompes du Faï à l&amp;#039;abbaye de Clausonne, création de la maison des huiles et olives de France à Nyons...
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O7" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
-[...82 lines deleted...]
-      <c r="T7" s="1" t="inlineStr">
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Se trouver dans le périmètre du PNR des Baronnies provençales / commune de Valdrôme
+  &lt;/li&gt;
+  &lt;li&gt;
+   -Proposer une opération contribuant à la mise en oeuvre de la stratégie espace valléen des Baronnies provençales
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
-[...16 lines deleted...]
-  nicolas.becue&amp;#64;lehavremetro.fr
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>PNR des Baronnies provençales (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baronnies-provencales.fr/le-parc/le-parc-naturel-regional/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agathe CAZE
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission éco-tourisme
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : acaze&amp;#64;baronnies-provencales.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.58.17.37.52
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>eruin@baronnies-provencales.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3015-diversification-touristique-durable/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>159422</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'e-tourisme</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum de subvention : 5.000€</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour le développement de l&amp;#039;e-tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature des dépenses subventionnables : création d&amp;#039;outils, de contenus numériques (photos, vidéos, audio...) et de services touristiques numériques innovants (outils numériques liés à la mobilité, Wifi territorial, espaces publics connectés).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;association Landes Attractivité validera la compatibilité du projet avec les autres systèmes numériques et avec le système régional d&amp;#039;information touristique SIRTAQUI ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Programme s&amp;#039;inscrivant dans le cadre d&amp;#039;une stratégie numérique de territoire ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Convention avec l&amp;#039;association Landes Attractivité pour l&amp;#039;information des adhérents en matière de commercialisation (référence à la &amp;#34;place de marché départementale&amp;#34; organisée par Landes Attractivité).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=115</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- 02.76.40.52.62 / 07.86.73.14.49
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68b1-developpement-du-e-tourisme/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>159425</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Aider la création ou la modernisation des offices de tourisme</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Dépense minimum subventionnable : 50.000€ HT / Montant maximum d'aide : 50.000€</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour les locaux des offices de tourisme et équipements d&amp;#039;E-tourisme dédiés.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature des travaux : locaux des offices de tourisme (création, aménagements, modernisation, équipements dédiés).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Le projet doit s&amp;#039;inscrire dans le cadre d&amp;#039;une démarche globale d&amp;#039;accueil et d&amp;#039;une structuration à une échelle pertinente du territoire concerné ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation de percevoir la taxe de séjour sur l&amp;#039;ensemble du territoire de l&amp;#039;OT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Office de tourisme de deuxième catégorie au minimum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement dans la démarche &amp;#34;Qualité tourisme&amp;#34; ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation d&amp;#039;alimenter la base SIRTAQUI ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dossiers seront examinés préalablement par l&amp;#039;association Landes Attractivité ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=139</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f371-aider-la-creation-ou-la-modernisation-des-off/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>164124</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement de campings de tourisme indépendants</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Campings de tourisme indépendants</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>Cette aide accompagne les projets globaux de développement de campings indépendants (création, modernisation, extension) favorisant l&amp;#039;adaptation et la diversification de l&amp;#039;offre touristique du territoire. L&amp;#039;objectif du dispositif est lesoutien au projet global de développement (création, extension et modernisation) des campings indépendants à travers la réalisation detravaux, et la mise en place d&amp;#039;équipements essentiels au camping.
+Pour les projets implantés hors communes littorales, l&amp;#039;objectif est également de développer de nouveaux services dans un projet global d&amp;#039;investissement.</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Projets implantés sur des communes littorales&lt;/p&gt;&lt;p&gt;Intervention :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Seuil minimum de dépenses éligibles : 50 000 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plafond de dépenses éligibles : 300 000 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Taux d’intervention : 15 à 25% maximum.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le taux d&amp;#039;intervention pourra être modulé en fonction du projet et des engagements pris en faveur du Tourisme durable.&lt;/p&gt;&lt;p&gt;Dépenses éligibles : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Travaux de gros oeuvre, de second oeuvre et d&amp;#039;équipements portant sur les blocs-sanitaire, cheminements, travaux paysager, emplacements nus, bâtiment d’accueil, VRD (hors assainissement) et aire de camping-car.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Investissements &amp;#34;durables&amp;#34;&lt;/span&gt; &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dépenses non-éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Acquisition de locatifs de type Habitation Légère de Loisirs.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Acquisition de locatifs de type mobile-home.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Acquisition de matériaux et réalisation de travaux en régie.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux d&amp;#039;assainissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Piscine (construction, aménagement, réparation....).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Devis inférieurs à 500 € HT.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Projets implantés sur des communes hors littoral &lt;/p&gt;&lt;p&gt;Intervention :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Seuil minimum de dépenses éligibles: 50 000 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plafond de dépenses éligibles : 400 000 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Taux d’intervention : 15 à 25% maximum.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le taux d&amp;#039;intervention pourra être modulé en fonction du projet et des engagements pris en faveur du Tourisme durable.&lt;/p&gt;&lt;p&gt;Dépenses éligibles : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Travaux de gros oeuvre, de second oeuvre, équipements avec une priorité sur les investissements durables et à performance énergétique.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipements pour les services aux camping-cars, l’accueil de vélos ou ceux permettant un allongement de la saison d’ouverture de l’établissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Espace aquatique (modernisation et création uniquement pour les établissements n&amp;#039;en possédant pas, dépenses plafonnées à 200 000 € HT). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Acquisition de 5 unités maximum de locatifs durables dans le cadre d&amp;#039;une diversification de l&amp;#039;offre de type chalet, (hors mobile-home), uniquement pour les campings n&amp;#039;ayant aucun locatif.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux et équipement permettant la création de logements saisonniers au sein du camping (9 lits maximum).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dépenses non-éligibles&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Acquisition de locatifs sauf cas mentionné ci-dessus pour les camping n&amp;#039;ayant aucun locatif.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Acquisition de matériaux et réalisation de travaux en régie.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux d&amp;#039;assainissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Frais d&amp;#039;entretien des piscines.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Devis inférieurs à 500 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les travaux de gros oeuvre sont éligibles uniquement pour les porteurs de projet implantés sur le territoire d&amp;#039;intercommunalités ayant contractualisées avec la Région Nouvelle-Aquitaine dans le cadre du Schéma Régional de Développement Économique, d’Innovation et d’Internationalisation 2022-2028 (SRDEII).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Logement et habitat
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Maîtres d’ouvrage publics.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises (hors SCI et entreprise individuelle).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Camping de tourisme indépendants ou engagés dans une chaine volontaire qui disposent à minima de 10 % d&amp;#039;emplacements nus hors locatifs (ou de 10 emplacements libres hors locatif).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les Parcs Résidentiels de Loisirs, les campings de loisirs, les franchisés, les aires naturelles sont inéligibles, ainsi que les bénéficiaires dont le capital de l’entreprise est détenu par une holding basée hors du territoire national.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Le projet devra concerner un camping de tourisme indépendant ou engagé dans une chaîne volontaire qui dispose à minima de 10% d’emplacements nus plafonné à 10 emplacements.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;établissement devra répondre à un classement entre 3* à 5* après travaux.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Maintien de l&amp;#039;activité pendant 5 ans.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le capital social de la structure portant le projet devra être de 5 000 € minimum.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/campings-de-tourisme-independants</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme&amp;#64;nouvelle-aquitaine.fr en apportant des éléments de présentation de votre projet et vos coordonnées.
+La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilitéde votre projet, avant tout dépôt de demande de subvention.</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/campings-de-tourisme-independants/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>165122</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Attractivité touristique du territoire</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Attractivité touristique du territoire</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I26" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien des investissements ou aménagements touristiques structurants ou fluviaux (hors contrats de canaux) ? &lt;/h2&gt;&lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligibles &lt;/strong&gt;&lt;/strong&gt;&lt;strong&gt;&lt;br /&gt;
 &lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;em&gt;Pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une PME au sens de l’union européenne&lt;/li&gt;
 &lt;li&gt;Une association, une collectivité territoriale ou un établissement public&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Les investissements lourds en équipements ou aménagements touristiques structurants d’envergure régionale, nationale ou internationale&lt;/li&gt;
 &lt;li&gt;La création, l’aménagement, la modernisation ou la mise aux normes de relais, bases et haltes nautiques (aménagements fluviaux et à terre directement liés à l’accueil des plaisanciers)&lt;/li&gt;
 &lt;li&gt;La création d’aménagements liés à la randonnée nautique (pontons, aire de bivouac, parcs vélos, installation de bornes de recharge pour VAE, etc.)&lt;/li&gt;
 &lt;li&gt;Le soutien aux entreprises prestataires de service pour le tourisme fluvial et nautique : restauration, locations, petites réparations et services divers&lt;/li&gt;
 &lt;li&gt;Achat ou renouvellement de flotte de bateaux à propulsion électrique : bateaux habitables dédiés à la location, péniches-hôtels, bateaux-promenade&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Pour les &lt;strong&gt;grands projets d’investissements&lt;/strong&gt;, l’aide est plafonnée, et &lt;strong&gt;son maximum est de 400 000 €&lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;Pour les &lt;strong&gt;projets relevant du fluvial/fluvestre&lt;/strong&gt;, l’aide est plafonnée, et &lt;strong&gt;son maximum est de 100 000 €&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;p&gt;L’ensemble des dépenses d’investissement (y compris honoraires d’architecte ou frais de maitrise d’œuvre) permettant de mener à bien le programme de travaux réalisés par des entreprises spécialisées (hors porteur de projet lui-même).&lt;/p&gt;
 &lt;h4&gt;Aides complémentaires&lt;/h4&gt;
 &lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI, etc.)&lt;/li&gt;
 &lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Tourisme</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P26" s="1" t="inlineStr">
         <is>
           <t>24/06/2024</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/attractivite-touristique/</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-touristique-du-territoire/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...169 lines deleted...]
-      <c r="E10" s="1" t="inlineStr">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>90865</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>"Nouvelle Organisation Territoriale Touristique" : accompagner les maîtres d'ouvrage dans la professionnalisation des acteurs locaux du tourisme</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Etablissement public dont services de l'Etat
-[...5 lines deleted...]
-      <c r="H10" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...38 lines deleted...]
-      <c r="U10" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne les maîtres d&amp;#039;ouvrage sélectionnés dans le cadre de l&amp;#039;appel à projet territorial &amp;#34;Nouvelle Organisation Territoriale Touristique&amp;#34; dans la professionnalisation des acteurs locaux du tourisme. L&amp;#039;objectif est de f
+ avoriser la montée en compétences des acteurs du tourisme, prestataires et personnels des offices du tourisme, dans le cadre d&amp;#039;un programme de professionnalisation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés sélectionnés dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique »
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide s&amp;#039;élève à un montant maximum de 80% des dépenses éligibles HT ou TTC et portant sur les phases de sensibilisation et d&amp;#039;accompagnement collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant minimum pris en compte pour chaque type d&amp;#039;action engagée est de 1 500 € HT ou TTC
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles sur les phases de sensibilisation et d&amp;#039;accompagnement collectif, à destination des acteurs professionnels, élus et bénévoles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  assises ou rencontres professionnelles du tourisme liées au thème de la professionnalisation à l&amp;#039;échelle du territoire de projets (animateur ou prestataire externe, location de salle et matériels techniques/logistiques, hors frais de restauration)
+ &lt;/li&gt;
+ &lt;li&gt;
+  site internet dédié
+ &lt;/li&gt;
+ &lt;li&gt;
+  voyage d&amp;#039;études / éductour (frais de déplacement collectif, animateur, une nuitée sous présentation du devis)
+ &lt;/li&gt;
+ &lt;li&gt;
+  étude de définition du programme de professionnalisation, détection des besoins et accompagnement collectif (prestation externe)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/professionnalisation-des-acteurs-locaux-du-tourisme-nott</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19) : 05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16) : 05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64) : 05 57 57 83 09
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8eb7-professionnalisation-des-acteurs-locaux-du-to/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E11" s="1" t="inlineStr">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>1046</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les événements de forte envergure touristique</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de soutenir les évènements de forte envergure dont l&amp;#039;impact touristique est avéré. Il s&amp;#039;agit donc de faire converger la stratégie en matière d&amp;#039;événements et la stratégie relative au tourisme pour promouvoir la croissance du secteur touristique. Ces évènements auront deux priorités :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Ils devront contribuer à renforcer l&amp;#039;identité et l&amp;#039;image des destinations et des thématiques signatures.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ils devront générer une économie directe et indirecte en faveur du territoire qui sera évaluée chaque année dans le cadre d&amp;#039;études de retombées.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 20 % (sauf exception entrant dans le cadre d&amp;#039;autres régimes exemptés et contributions statutaires et événements identifiés comme étant phare dans le cadre des pactes de destination). Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération (hors régimes exemptés). Le soutien du Conseil régional sur ses fonds propres pourra être complété par la mobilisation de crédits FEDER ou FEADER. Seuls les dossiers répondant aux conditions et obligations du Programme Opérationnel ou du PDR du territoire concerné, et plus généralement aux règlements communautaires encadrant la gestion des fonds structurels seront instruits au titre des fonds FEDER ou FEADER.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les événementiels d&amp;#039;envergure régionale, nationale ou internationale, valorisant un site touristique d&amp;#039;envergure régional en particulier, et s&amp;#039;inscrivant idéalement dans un objectif de développement durable et / ou d&amp;#039;innovation touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles dans le cadre de ce règlement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les animations de loisirs à vocation locale (fêtes de village, foires, carnavals...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les manifestations à caractère politique ou syndical.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les animations de type commercial (brocantes, marché artisanal, vide – greniers...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les événements ayant trait aux fêtes de fin d&amp;#039;année seront traités dans le cadre d&amp;#039;un appel à projets ad hoc.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles toutes les dépenses liées à la bonne organisation de la manifestation (logistique, communication, locations diverses, intervenants, assurance, frais de transport, frais administratifs, les charges de personnel liées à l&amp;#039;organisation de l&amp;#039;évènement...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ la valorisation du bénévolat, les dépenses liées à la sécurité, taxes diverses (SACEM par exemple).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagner-les-evenements/</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports et du Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 87 33 67 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72de-accompagner-les-evenements-grandest/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>50518</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’hébergements et d’équipements touristiques</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets d’équipements et d’hébergements touristiques</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H11" s="1" t="inlineStr">
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet lié à l’hébergement ou aux équipements touristiques en
+tant que collectivité locale ou encore acteur du développement touristique ?
+Vous êtes à la recherche d’un financement pour développer l’attractivité d’un
+territoire, les capacités d’hébergement touristique, l’animation culturelle du
+patrimoine, le déploiement de solutions digitales pour développer le e-tourisme
+ou encore pour porter des projets promouvant un  tourisme durable et inclusif ? La Banque des
+Territoires peut investir et financer votre  projet touristique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre d’investissement concerne les
+projets portant sur :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;l’hébergement
+touristique &lt;/li&gt;&lt;li&gt;les
+équipements touristiques, de loisirs, culturel, événementiel et de bien-être ;&lt;/li&gt;&lt;li&gt;les
+services numériques dans le tourisme.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;La Banque des Territoires intervient en
+tant qu’investisseur en fonds propres et devient actionnaire minoritaire dans
+les sociétés qui développent le projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;La Banque des Territoires peut aussi
+accompagner la réalisation des projets touristiques via son offre de
+financement sur la ressource fonds d’épargne.&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Equipement public
+Bâtiments et construction
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projets-equipements-hebergements-touristiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_tourisme_psat</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/hebergement-et-equipements-touristiques/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>71804</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du Prêt Tourisme sans garantie</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets d’équipements et d’hébergements touristiques</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous permet de bénéficier du Prêt Tourisme Bpifrance sans garantie afin de financer :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les besoins de trésorerie liés à la situation conjoncturelle ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;augmentation du BFR (besoin en fonds de roulement) engendré par le projet de développement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements corporels présentant une faible valeur de gage ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de transmission, y compris en croissance externe :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Acquisition de fonds de commerce ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou achat de titres permettant de devenir majoritaire à l&amp;#039;issue de l&amp;#039;opération.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Les particularités du Prêt Tourisme de Bpifrance :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un montant allant de 50 000 à 2 millions d&amp;#039;euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt n&amp;#039;exigeant aucune caution personnelle du dirigeant ou garantie sur les actifs de l&amp;#039;entreprise ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt à taux fixe sur une durée allant de 2 à 10 ans ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un différé d&amp;#039;amortissement du capital de 24 mois au maximum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un suivi de 32 échéances trimestrielles à terme échu au maximum avec un amortissement linéaire du capital ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un prêt associé en priorité à un financement extérieur, à raison de 1 pour 1.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projets-equipements-hebergements-touristiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=pret_touri</t>
+        </is>
+      </c>
+      <c r="W30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Prets/Prets-thematiques/Pret-Tourisme?pk_campaign=Aides_Territoires&amp;pk_kwd=autres_mesures_tourisme&amp;pk_source=Affiliation</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
+   Contactez-nous à travers notre formulaire de contact
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4143-beneficier-du-pret-tourisme-bpifrance-pour-le/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>71806</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Financer la création, rénovation ou modernisation d'un hébergement touristique</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
-[...533 lines deleted...]
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre projet : Créer, rénover, étendre, reconstruire un hébergement touristique.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Plus précisément, vous recherchez une aide pour financer votre programme de travaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide financière se décline ainsi :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    hébergements touristiques collectifs : jusqu&amp;#039;à 30 % des dépenses éligibles, avec un plafond de 180 000 € pour l&amp;#039;accueil tout public et un plafond de 250 000 € d&amp;#039;aide pour les structures ayant un agrément Education Nationale et/ou Jeunesse et Sports et une clientèle composée à plus de 50 % d&amp;#039;enfants et de jeunes
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    refuges de montagne : jusqu&amp;#039;à 30 % des dépenses éligibles, avec un plafond de 400 000 € d&amp;#039;aide
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    gîtes de groupes (au minimum 16 places) et gîtes d&amp;#039;étapes sur les itinéraires d&amp;#039;intérêts régionaux (minimum 6 chambres) : jusqu&amp;#039;à 20 % des dépenses éligibles , avec un plafond de 100 000 € d&amp;#039;aide
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    hôtellerie indépendante, hôtellerie de plein air indépendante, hébergements hybrides : jusqu&amp;#039;à 20 % des dépenses éligibles, avec un plafond de 70 000 € d&amp;#039;aide.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Vous devez impérativement avoir eu une première prise de contact avec la direction du tourisme et les travaux ne doivent pas avoir démarré.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Un plancher de dépenses minimum de 50 000 € HT est requis (300 000 € pour les hébergements hybrides (accueil de touristes associant hébergement et activités et/ou services et/ou prestations)).
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    L&amp;#039;hôtellerie individuelle et celle de Plein air doivent avoir une classification hôtel de tourisme ou camping de tourisme ou Parc résidentiel de loisirs (classement national - Atout France) ou l&amp;#039;obtenir à l&amp;#039;issue des travaux
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Les cibles de l&amp;#039;hébergement collectif sont les centres de vacances et centres d&amp;#039;accueil pour enfants accueillant des enfants ou des adolescents lors de séjours scolaires ou lors de colonies de vacances, les auberges de jeunesses, les Centres Internationaux de Séjours (CIS), les villages de vacances du secteur de l&amp;#039;économie sociale et solidaire classés dans la catégorie « village de vacances » (classement national - Atout France), les maisons familiales de vacances sans but lucratif, à caractère social, familial et culturel qui ont pour principale vocation l&amp;#039;accueil des familles pendant leurs vacances et leurs loisirs.
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Ne sont pas éligibles:
    &lt;/strong&gt;
    Les dépenses liées aux acquisitions foncières , au mobilier, à la décoration, à la literie (matelas et sommiers), aux acquisition en crédit bail, les frais de communication, de promotion, de certification, de labellisation....ainsi que les frais de fonctionnement de l&amp;#039;établissement (impôts, taxes, .....).
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aide/304/289-creer-renover-ou-moderniser-mon-hebergement-touristique-tourisme.htm</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région Auvergne-Rhône-Alpes
 &lt;/p&gt;
 &lt;p&gt;
  Direction du tourisme
 &lt;/p&gt;
 &lt;p&gt;
  Accueil renseignements
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   T. 04 26 73 49 67
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>bettina.leblanc@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a914-financer-la-creation-renovation-ou-modernisat/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>92051</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets de tourisme associatif et familial</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets d’équipements et d’hébergements touristiques</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous propose Ligne d&amp;#039;investissement sectorielle Tourisme social, un fonds accordant des tickets d&amp;#039;investissement dans la limite de 15 % du chiffre d&amp;#039;affaires de 2019.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet investissement peut être accordé sous réserve de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic 360° dans les six mois ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédiger un plan de développement post-crise visant à vous renforcer durablement, accompagné éventuellement d&amp;#039;une ingénierie dédiée ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prendre des engagements sur des objectifs de développement durable et digitaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projets-equipements-hebergements-touristiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_tou</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
+  https://www.banquedesterritoires.fr/directions-regionales
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
+  Contactez-nous à travers notre formulaire de contact
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f6e-etre-accompagne-dans-le-tourisme-associatif-e/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>103341</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser un tourisme durable et résilient</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le fonds pour le tourisme s&amp;#039;attache à renforcer la capacité d&amp;#039;investissement des acteurs du tourisme et à les aider à se transformer pour une meilleure prise en compte des enjeux d&amp;#039;un développement durable et résilient.
+&lt;/p&gt;
+&lt;p&gt;
+ . Il vise les actions contribuant :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   à la création et au développement de l&amp;#039;offre touristique en développant de nouvelles offres, en améliorant la qualité de l&amp;#039;accueil et le parcours visiteurs.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   au renforcement de la sécurité des sites et parcours touristiques pour réassurer la clientèle
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   à la digitalisation de l&amp;#039;offre touristique  en accélérant la transformation numérique et durable de l&amp;#039;offre touristique et en soutenant la création et le développement d&amp;#039;applications numériques et d&amp;#039;outils virtuels novateurs
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   au soutien de la filière par des actions de promotion et de communication pour renforcer l&amp;#039;attractivité de la destination Paris-Île-de-France
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Qui peut en bénéficier ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités locales et leurs groupements,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les établissements publics,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations loi 1901 et fondations,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la plupart des entreprises privées et publiques
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les établissements d&amp;#039;enseignement secondaire et supérieur,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;État.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour pouvoir bénéficier de cette aide, et sous réserve de remplir les conditions d&amp;#039;éligibilité, les candidats doivent répondre exclusivement sur la plateforme
+ &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
+  mesdemarches.iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Selon l&amp;#039;axe choisi et le type de dépenses présentées, plusieurs taux et de plafonds de subvention sont appliqués.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez toutes les informations dans le document intitulé règlement intérieur du fonds pour le tourisme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2021</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/fonds-regional-tourisme</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Isabelle Zuber
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargée de mission pour le tourisme, en charge des départements : 75, 77, 78 et 92.
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01 53 85 60 50
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:isabelle.zuber&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  isabelle.zuber&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bruno Le Corre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chargé de mission pour le tourisme pour les départements : 91, 93, 94 et 95
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 01.53.85.59.33
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:bruno.le-corre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  bruno.le-corre&amp;#64;iledefrance.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d52d-fonds-regional-tourisme/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>105152</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en valeur touristique du fleuve Charente</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Mise en valeur touristique du fleuve</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics de coopération intercommunale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maitres d&amp;#039;ouvrage privés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir le développement de tout équipement touristique le long du fleuve Charente
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 25% du coût HT de l&amp;#039;opération
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets d&amp;#039;équipements pouvant renforcer l&amp;#039;attractivité du fleuve auprès des différentes clientèles touristiques et de loisirs et répondant à des critères de qualité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers seront éligibles dans la limite des crédits affectés à cette opération et les subventions accordées suivant l&amp;#039;ordre d&amp;#039;arrivée des dossiers réputés complets.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département et précisant les subventions acquises (joindre la copie des décisions attributives) et celles escomptées
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative
+ &lt;/li&gt;
+ &lt;li&gt;
+  le calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;attestation de propriété
+ &lt;/li&gt;
+ &lt;li&gt;
+  les plans, les devis descriptifs et estimatifs de l&amp;#039;opération établis par un « homme de l&amp;#039;art » (architectes, paysagistes, bureaux d&amp;#039;études, services techniques de la collectivité...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : le Département sollicitera les avis du CAUE et de Charentes tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : possibilité d&amp;#039;acomptes (jusqu&amp;#039;à 80% du montant de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Tourisme/6110_Mise_en_valeur_touristique_du_fleuve_01.pdf</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service eau hydrologie ; Tél. : 05 16 09 61 92
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0e9-soutenir-la-mise-en-valeur-touristique-du-fle/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>111662</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Créer et rénover des hébergements touristiques</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Tourisme : Développement touristique de l'Essonne</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J15" s="1" t="inlineStr">
+      <c r="J35" s="1" t="inlineStr">
         <is>
           <t>Aides forfaitaires et bonifications possibles</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Développement touristique de l&amp;#039;Essonne : aide à la création et à la rénovation d&amp;#039;hébergements touristiques (chambre d&amp;#039;hôtes, gîte, meublé, gîte de groupe).
 &lt;/p&gt;
 &lt;p&gt;
  Convention sur 2 ans.
 &lt;/p&gt;
 &lt;p&gt;
  Montants forfaitaires des aides et montants maximum de bonifications possibles :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Par chambre d&amp;#039;hôtes : aide 2.000€, bonification 2.500€
   &lt;/li&gt;
   &lt;li&gt;
    Par gîte &amp;amp; meublé : aide 6.000€, bonification 8.000€
   &lt;/li&gt;
   &lt;li&gt;
    Par gîte de groupe : aide 8.000€, bonification 8.000€
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les montants de bonification ont pour objectif de soutenir les projets d&amp;#039;hébergements de qualité, innovants, insolites, écologiques et s&amp;#039;inscrivant dans une offre touristique cohérente.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2018-02-0020 (AD du 19/11/2018)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Commerces et services
 Revitalisation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Aide conditionnée à l&amp;#039;obtention d&amp;#039;un label veillant à la pérennité de l&amp;#039;offre touristique.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Délegation tourisme
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 26 12
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7be2-creer-et-renover-des-hebergements-touristique/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H16" s="1" t="inlineStr">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>112060</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement des musées de pays et les manifestations touristiques</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux musées de pays, et aux manifestations touristiques</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Doubs</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
-[...8 lines deleted...]
- Délibération n°2018-02-0020 (AD du 19/11/2018)
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SOUTIEN AUX MUSEES RURAUX
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;Dans le cadre de sa politique en faveur du développement et à l’aménagement touristique du territoire, le Département apporte un soutien financier aux initiatives locales en termes d’animation des territoires.&lt;/p&gt;&lt;p&gt;Cet appui répond à la volonté exprimée dans le projet C&amp;#64;P 25 de développer une offre de produits et de services qui soit en phase avec les besoins des clientèles et qui contribue à l’attractivité du Doubs.&lt;/p&gt;&lt;p&gt;Dans ce cadre, le Département a élaboré un dispositif permettant de soutenir le programme d’actions annuel des « musées ruraux » du Doubs qui, au regard notamment de leur potentiel en termes d’accueil et par la mise en valeur de traditions et savoir-faire populaires qu’ils proposent, constituent un vecteur d’attractivité touristique du territoire.&lt;/p&gt;&lt;p&gt;
+ Date limite de dépôt des dossiers : 31 mars de l&amp;#039;année N
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  SOUTIEN AUX MANIFESTATIONS TOURISTIQUES DE PROXIMITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;&lt;p&gt;Dans le cadre du projet C&amp;#64;P 25 et plus particulièrement de sa politique d’aménagement touristique et d’animation des territoires, le Département a pour objectif de soutenir financièrement, conjointement avec le bloc communal (communes et groupements), les manifestations locales contribuant à l’attractivité touristique du Doubs et qui ont démontré leur pertinence pour le territoire.&lt;/p&gt;&lt;p&gt;Ces manifestations, qui participent à la promotion des savoir-faire locaux (artisanat, métiers d’art, …) et à la valorisation des filières et produits identitaires du Doubs (gastronomie, productions locales,…) constituent, de ce fait, des vecteurs d’attractivité touristique pour les habitants du Doubs et les clientèles accueillies, et permettent également de diversifier l’offre touristique en termes d’animation des territoires.&lt;/p&gt;&lt;p&gt;
+ Date limite de dépôt des dossiers : 31 mars de l&amp;#039;année N
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Musée
+Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Doubs</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://mademat.doubs.fr/catalogue/soutien-aux-musees/</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://mademat.doubs.fr/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ ☏ : 03.81.25.82.70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>aide.mademat@doubs.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a10-soutenir-le-developpement-des-musees-de-pays-/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>159423</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'ingénierie visant au développement du tourisme dans les Landes</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Aide au conseil</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I37" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour la réalisation de diagnostics, d&amp;#039;expertises ou d&amp;#039;études destinés à faciliter la réalisation de diagnostics, d&amp;#039;expertises ou d&amp;#039;études destinés à faciliter la création, la modernisation, la transmission d&amp;#039;entreprises touristiques, la réalisation d&amp;#039;équipement touristique, l&amp;#039;élaboration de stratégie touristique territoriale, la conception de produit touristique, le développement de l&amp;#039;e-tourisme.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le Département validera le principe de l&amp;#039;étude ainsi que le cahier des charges et la sélection du prestataire en amont de la consultation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le maître d&amp;#039;ouvrage organisera la consultation sur la base d&amp;#039;au moins 3 cabinets d&amp;#039;études : cabinets qualifiés OPQIBI ou équivalent &amp;#34;loisirs, tourisme, culture&amp;#34;, présentant des références solides dans le domaine concerné, de mobiliser et d&amp;#039;optimiser des moyens en rapport avec l&amp;#039;ampleur de la mission.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=114</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a76-soutenir-lingenierie-visant-au-developpement-/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>159424</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'obtention de labels qualité touristiques</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Démarche qualité</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Max : 67</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum de subvention : 1.500€</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée aux offices de tourisme ainsi qu&amp;#039;aux prestataires touristiques et de loisirs et aux collectivités pour l&amp;#039;obtention de la marque &amp;#34;Qualité tourisme&amp;#34; et l&amp;#039;obtention de &amp;#34;l&amp;#039;Ecolabel Européen&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature des dépenses subventionnables : Frais d&amp;#039;inscription de premier audit.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets bénéficiant de ce soutien devront faire apparaître une démarche d&amp;#039;adhésion à la &amp;#34;place de marché départementale&amp;#34; organisée par l&amp;#039;association Landes Attractivité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Uniquement pour les premières démarches de certification.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=112</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/481b-soutenir-lobtention-de-labels-qualite-tourist/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>159431</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la création ou la modernisation de meublés de tourisme</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="J39" s="1" t="inlineStr">
+        <is>
+          <t>Dépense minimum subventionnable (par hébergement) : 10.000€ HT</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour la création ou la modernisation de meublés de tourisme, gîtes d&amp;#039;étapes, gîtes de groupes, chambres d&amp;#039;hôtes thématisées sur les territoires ayant diagnostiqué et exprimé une carence de l&amp;#039;offre pour ces types d&amp;#039;hébergements dans le périmètre local d&amp;#039;implantation envisagé.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature des travaux subventionnables :
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Pour les meublés : gros œuvre intérieur et extérieur ; confort (chauffage, sanitaires, électricité, peinture, revêtements de sols) ; aménagement des abords de l&amp;#039;hébergement (aménagements paysagers, signalisation, etc.) ; équipements de loisirs et de services d&amp;#039;accompagnement valorisant les hébergements.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Pour les chambres d&amp;#039;hôtes : mise aux normes de confort des chambres (électricité, peinture, revêtements de sols, etc.) ; aménagement des parties communes ; équipements de loisirs et de services d&amp;#039;accompagnement valorisant les hébergements.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Pour les meublés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux maximum de subvention : 15% d&amp;#039;un coût HT plafonné à 60.000€ HT de dépenses / meublé
+  &lt;/li&gt;
+  &lt;li&gt;
+   Montant maximum d&amp;#039;aide : 9.000€ / meublé
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &amp;gt; Pour les chambres d&amp;#039;hôtes :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Taux maximum de subvention : 15% d&amp;#039;un coût HT plafonné à 12.000€ / chambre
+  &lt;/li&gt;
+  &lt;li&gt;
+   Montant maximum d&amp;#039;aide : 1.800€ par chambre dans la limite de 5 chambres par habitation
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=104</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a706-favoriser-la-creation-ou-la-modernisation-de-/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>164118</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les sites de visites et activités de loisirs</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Sites de visites et activités de loisirs</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide soutient les projets de création, diversification et modernisation de sites de visites ou d&amp;#039;activités de loisirs  : lieu patrimonial, équipement récréatif et de loisirs, activité de pleine nature, etc. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner la création, diversification et modernisation de sites et/ou d’activités marchandes. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Renforcer l’attractivité des territoires en développant l’activité, la qualification et la diversification des sites de visites, des équipements de loisirs et activités de pleine nature, à vocation économique pour les territoires en carence à destination de clientèles touristiques.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Intervention :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Seuil minimum de dépenses éligibles : 50 000 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plafond de dépenses éligibles : 500 000 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Taux d’intervention : 10% à 20% maximum.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le taux d&amp;#039;intervention pourra être modulé en fonction du projet et des engagements pris en faveur du Tourisme durable.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Travaux de gros oeuvre (huisseries, planchers, isolation par l’extérieur, isolation de toiture).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux de second oeuvre.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux d&amp;#039;optimisation énergétique.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipements d’accueil liés au déploiement de l’activité : outils d’interprétation, aménagements d’accessibilité, aménagements ludiques ou pédagogiques, aménagements paysagers.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les travaux de gros oeuvre sont éligibles uniquement pour les porteurs de projet implantés sur le territoire d&amp;#039;intercommunalités ayant contractualisé avec la Région Nouvelle-Aquitaine dans le cadre du Schéma Régional de Développement Économique, d’Innovation et d’Internationalisation 2022-2028 (SRDEII).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Matériel (canoés, etc.).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Activités de jeux de hasard et d’argent.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Activités de loisirs motorisées.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux en Régie directe.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Devis de matériaux seuls et devis inférieur à 500€ HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Activités de loisirs dont la clientèle touristique (clientèle venue hors département) est inférieure à 50%.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Maîtres d’ouvrage publics ou privés&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les SCI, Entreprises individuelles, auto-entrepreneurs, association sans salarié ainsi que les entreprises dont le capital est détenu par une holding basée hors du territoire national sont inéligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les projets d’aménagement de sites ou d’activités non marchands dont la clientèle touristique (clientèle venue hors département) est inférieur à 50%, sont inéligibles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;établissement devra avoir une période d&amp;#039;ouverture minimum de 6 mois  par an non consécutifs.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;établissement devra maintenir une activité de minimum 5 ans.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le porteur de projet devra fournir un diagnostic énergétique et une étude de marché et de positionnement en cas de création d&amp;#039;activité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/sites-de-visites-et-activites-de-loisirs</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme&amp;#64;nouvelle-aquitaine.fr en apportant des éléments de présentation de votre projet et vos coordonnées.
+La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilitéde votre projet avant tout dépôt de demande de subvention.</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sites-de-visites-et-activites-de-loisirs/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>115164</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des aires pour les loisirs et équipements touristiques (tout type d'aires, aménagements paysagers, restauration de lavoir...)</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Aménagements de loisirs et équipements touristiques (tout type d'aires, aménagements paysagers, restauration de lavoir...)</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="J41" s="1" t="inlineStr">
+        <is>
+          <t>Base subventionnable : 40.000€ HT</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif concerne principalement les aménagements et équipements suivants:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les aires de loisirs ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les aires de jeux et de pique-nique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les aires de services pour camping-cars ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les haltes touristiques, de plages et de baignades ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les aménagements paysagers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la restauration de lavoirs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Taux de la subvention :
+ 15%
+&lt;/p&gt;
+&lt;p&gt;
+ Ce taux peut-être augmenté d&amp;#039;un taux complémentaire:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   compris pour les communes, entre et 15, selon la population, l&amp;#039;effort fiscal et le potentiel financier, soit un taux global de 15% minimum à 30% maximum ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   fixé à 5% pour les groupements de communes, soit un taux global de 20%.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Base subventionnable plafonnée à 40.000€ HT
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes de moins de 2000 habitants et groupements de communes.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour les projets engagés par les établissements publics de coopération intercommunale, il sera pris en compte la commune d&amp;#039;implantation du projet pour le taux complémentaire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dossier de demande de subvention doit comporter :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1. la délibération du Conseil municipal ou communautaire (ou du comité syndical) qui
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   adopte le projet et son financement,
+  &lt;/li&gt;
+  &lt;li&gt;
+   sollicite le concours financier du Département
+  &lt;/li&gt;
+  &lt;li&gt;
+   demande au Département l&amp;#039;autorisation de commencer les travaux sans attendre l&amp;#039;attribution de l&amp;#039;aide sollicitée
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ 2. les plans et les devis estimatifs
+&lt;/p&gt;
+&lt;p&gt;
+ 3. le plan de financement et le calendrier prévisionnel de réalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dossier de demande de subvention doit être adressé, en 1 exemplaire, au Président du Conseil départemental.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T41" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/62/18-amenagement-et-equipements-touristiques-tout-type-d-aires-amenagements-paysagers-et-restauration-de-lavoirs.htm</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  sdtva&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9031-amenager-des-aires-pour-les-loisirs-et-equipe/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>163044</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier, valoriser et structurer une offre touristique durable à destination des habitants et des touristes dans le Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Normandie</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;En alliant tourisme balnéaire, tourisme rural et forte identité culturelle, le Pays d’Auge bénéficie d’atouts touristiques indéniables. En plus de contribuer à affirmer l’identité du Pays d’Auge, le tourisme est créateur d’emplois et constitue un pilier clef de développement économique pour les collectivités et les commerçants.&lt;/p&gt;&lt;p&gt;Toutefois, ce dynamisme touristique se concentre majoritairement dans le Nord Pays d’Auge, autour des stations balnéaires dont l’afflux touristique entraîne parfois des difficultés de gestion. A l’inverse, le Sud Pays d’Auge souffre d’un certain déficit de notoriété, malgré la richesse de son patrimoine naturel (bocages, prairies…) et culturel (architecture, haras, gastronomie…).&lt;/p&gt;&lt;p&gt;Il s’agit donc de renforcer l’attractivité touristique de l’arrière-pays pour les touristes et pour les habitants, à travers l&amp;#039;essor de nouvelles activités, la mise en réseau des acteurs locaux et la valorisation de l’offre déjà existante. Afin d’assurer une mise en œuvre effective du tourisme durable et de pleinement prendre en compte les impacts actuels et futurs du tourisme sur les systèmes vivants, la biodiversité et l’intégrité culturelle, il convient aussi de réfléchir à une gestion équilibrée des ressources naturelles et d’impliquer tous les acteurs locaux.&lt;/p&gt;&lt;p&gt;Les opérations accompagnées dans le cadre de cette fiche action n°5 sont en cohérence avec 7 objectifs du SRADDET normand, notamment la promotion d’un tourisme durable, ainsi que les constats liés au changement climatique du GIEC normand.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Encourager et généraliser les démarches de tourisme durable, la randonnée et le cyclotourisme&lt;/li&gt;&lt;li&gt;Renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (&lt;/strong&gt;Votre projet doit entrer dans &lt;strong&gt;au moins un des types d&amp;#039;opération&lt;/strong&gt; ci-dessous) : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations d&amp;#039;aménagement, de modernisation, et de promotion d&amp;#039;équipements, de sites et d&amp;#039;&lt;strong&gt;activités touristiques valorisant les atouts et les spécificités locales du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Soutien à l’investissement pour la réhabilitation, la rénovation ou la création d’&lt;strong&gt;hébergements touristiques publics et privés&lt;/strong&gt; dans le respect des qualités architecturales du bâti, en cohérence avec les besoins du territoire et répondant à un objectif d’amélioration de la performance thermique&lt;/li&gt;&lt;li&gt;Soutien à la réhabilitation et à l’extension de &lt;strong&gt;logements de personnels saisonniers&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Actions de marketing territorial et de mise en réseau des acteurs afin de &lt;strong&gt;structurer le secteur touristique à l’échelle du Pays d’Auge&lt;/strong&gt; et de renforcer l’identité culturelle locale&lt;/li&gt;&lt;li&gt;Initiatives visant à développer et à valoriser les &lt;strong&gt;savoir-faire locaux&lt;/strong&gt;, en collaboration avec les acteurs du territoire, notamment en matière d’&lt;strong&gt;artisanat et d’agritourisme&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Développement d’&lt;strong&gt;itinéraires touristiques et culturels à l’échelle du Pays d’Auge&lt;/strong&gt; &lt;/li&gt;&lt;li&gt;Opérations d’animation et de sensibilisation sur les &lt;strong&gt;enjeux du tourisme durable et solidaire&lt;/strong&gt; à destination des acteurs du territoire&lt;/li&gt;&lt;li&gt;Projets visant à renforcer la rencontre et les échanges entre les acteurs agricoles et les habitants en zone rurale ainsi qu’entre les touristes et les locaux afin de &lt;strong&gt;lutter contre les conflits d’usage&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;Aide plancher : 4 000€&lt;br /&gt;&lt;/strong&gt;&lt;strong&gt;Aide plafond : 60 000€&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
 Musée
 Tourisme
-Forêts
+Economie sociale et solidaire
+Logement et habitat
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays d&amp;#039;Auge. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;br /&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Le projet permet de diversifier et valoriser l’offre touristique du territoire tout en préservant la qualité de vie des habitants&lt;/li&gt;&lt;li&gt;Le projet permet d&amp;#039;encourager et généraliser les démarches de tourisme durable&lt;/li&gt;&lt;li&gt;Le projet permet de renforcer la coopération à l’échelle du Pays d’Auge et fédérer les acteurs locaux autour du tourisme durable et d’une identité culturelle commune&lt;/li&gt;&lt;li&gt;Le projet permet de valoriser et faire découvrir les richesses patrimoniales et naturelles ainsi que les savoir- faire identitaires. &lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; : &lt;span&gt;Construction de bâtiments contribuant à l’artificialisation des sols ; &lt;/span&gt;Amortissement de biens neufs ; Contribution en nature ; Contrat de crédit-bail ; Bénévolat (dans le cadre d’auto-construction) ; TVA (si elle est récupérée par le bénéficiaire) ; Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale) ; Infrastructures numériques fixes ou mobiles ; Etudes rendues obligatoires par la loi ; Mise aux normes strictes ; Travaux effectués en régie ; Achat de terrain et de biens immeubles ; Exclusion des retenues de garanties et des aléas (commande publique).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Auge</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Emmanuelle Pruneaud&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 18 08&lt;/p&gt;&lt;p&gt;Cindy Remeur&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 46&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader.paysdauge&amp;#64;calvados.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>emmanuelle.pruneaud@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-valoriser-et-structurer-une-offre-touristique-durable-a-destination-des-habitants-et-des-touristes-dans-le-pays-dauge/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>1050</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration et la mise en tourisme des Véloroutes et Voies Vertes</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I43" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ambition est de faire de la Région Grand Est une destination d&amp;#039;excellence pour l&amp;#039;itinérance à vélo en fédérant les acteurs et en qualifiant l&amp;#039;offre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+ Investissements permettant la création de circuits d&amp;#039;itinérance douce sur le territoire Grand Est et mise en tourisme de ces circuits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sont éligibles : terrassements, bande de roulement, voirie et aires de repos, signalisation, mobilier de sécurité, réseaux, signalétique touristique de l&amp;#039;itinéraire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont exclus
+ : installation de chantier, travaux préparatoires, démolitions préalables, passerelles, assistance à maîtrise d&amp;#039;ouvrage, Sécurité et Protection de la Santé, autres honoraires divers, dépenses liées au marché (publicité, éditions...), révisions de prix liées aux marchés publics, travaux d&amp;#039;entretien d&amp;#039;itinéraires cyclables déjà existants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide pour l&amp;#039;investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux maxi : 20 % (hors régimes cadres exemptés)
+ Plafond : 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération. Par ailleurs, si le projet comporte plusieurs phases d&amp;#039;investissements pour un même itinéraire, celles-ci devront être préalablement présentées lors de la première demande de subvention, il ne pourra être accordé d&amp;#039;aide régionale qu&amp;#039;une seule fois par année civile pour chaque phase.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le soutien du Conseil régional sur ses fonds propres pourra être complété par la mobilisation de crédits FEDER ou FEADER. Seuls les dossiers répondant aux conditions et obligations du Programme Opérationnel ou du PDR du territoire concerné, et plus généralement aux règlements communautaires encadrant la gestion des fonds structurels seront instruits au titre des fonds FEDER ou FEADER.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide pour le fonctionnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sont éligibles : les projets de mise en tourisme de l&amp;#039;offre « Vélo » à l&amp;#039;échelle d&amp;#039;un itinéraire phare inscrit au schéma national des Véloroutes et Voies Vertes ou sur ceux bénéficiant de financements INTERREG.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi : 20 %
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagner-la-structuration-et-la-mise-en-tourisme-des-veloroutes-et-voies-vertes/</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports et du Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 87 3367 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d86d-accompagner-la-structuration-et-la-mise-en-to/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>1051</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’émergence de pôles d’attractivité touristique structurants</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Une période de franchise de 3 ans est appliquée avant toute nouvelle demande de subvention dès lors </t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de soutenir les grands projets d&amp;#039;investissements touristiques, afin d&amp;#039;augmenter les flux financiers (appréciés notamment par le nombre de nuitées générées, le nombre de visiteurs payants, etc.) et le nombre d&amp;#039;emplois, liés à la création et au développement d&amp;#039;entreprises relevant des secteurs de l&amp;#039;industrie et des services touristiques et notamment dans les domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;strong&gt;
+    &lt;strong&gt;
+     Patrimoine : soutenir les opérations de mise en valeur patrimoniale
+    &lt;/strong&gt;
+   &lt;/strong&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Grands sites / grands projets
+  &lt;/strong&gt;
+  : accompagner des investissements lourds qui favoriseront l&amp;#039;émergence d&amp;#039;une nouvelle production touristique ou viendront renforcer l&amp;#039;offre des thématiques signatures.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Stations thermales
+  &lt;/strong&gt;
+  : accompagner les établissements thermaux dans leur travaux visant à améliorer la qualité des prestations, encourager la création d&amp;#039;équipements de bien être, de remise en forme et d&amp;#039;équipements thermo-ludiques dans les stations thermales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Station de pleine nature et grands lacs
+  &lt;/strong&gt;
+  : soutenir l&amp;#039;aménagement touristique de pôles d&amp;#039;envergure régionale concentrant offre et services pour favoriser les pratiques sportives de pleine nature, soutenir l&amp;#039;aménagement touristique des grands lacs régionaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Sites de mémoires
+  &lt;/strong&gt;
+  : soutenir la mise en tourisme des sites de mémoires et tout particulièrement les projets d&amp;#039;équipement d&amp;#039;aide à la visite.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Tourisme
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les grands sites / grands projets :
+  &lt;/strong&gt;
+  Investissements lourds en équipements ou aménagements touristiques structurants d&amp;#039;envergure régionale, nationale ou internationale, visant l&amp;#039;excellence dans les services proposés aux visiteurs et qui favoriseront l&amp;#039;émergence d&amp;#039;une nouvelle production touristique ou viendront renforcer l&amp;#039;offre des thématiques signatures. Ces investissements devront s&amp;#039;inscrire dans un programme pluriannuel de développement prévoyant des créations d&amp;#039;emplois. Les investissements innovants visent à renforcer et/ou à diversifier l&amp;#039;offre des équipements touristiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les stations thermales :
+  &lt;/strong&gt;
+  Travaux de création, d&amp;#039;extension et de rénovation des établissements thermaux. Travaux de création, d&amp;#039;extension et de modernisation d&amp;#039;espaces de bien être permettant de diversifier l&amp;#039;activité des cures thermales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les stations de pleine nature et grands lacs régionaux :
+  &lt;/strong&gt;
+  Investissements lourds en équipement touristique dans le cadre de pôles touristiques d&amp;#039;envergure régionale concentrant offre et services pour favoriser les pratiques sportives de pleine nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour les sites de mémoires :
+  &lt;/strong&gt;
+  Travaux de sauvegarde et de valorisation des éléments les plus emblématiques de l&amp;#039;Histoire de la Région Grand Est.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Pour le patrimoine :
+  &lt;/strong&gt;
+  Mise en tourisme de sites patrimoniaux et musées, déjà accessibles au public, en cours de création ou d&amp;#039;ouverture, bénéficiant d&amp;#039;un intérêt touristique de dimension régionale et présentant un caractère structurant d&amp;#039;envergure régionale. Le projet doit être en adéquation avec l&amp;#039;identité et l&amp;#039;histoire du monument ou du site valorisé et est subordonné à la mise en place d&amp;#039;une politique d&amp;#039;entretien du site.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagner-projets-structurants/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports et du Tourisme :
+&lt;/p&gt;
+&lt;p&gt;
+ 03 87 33 67 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7278-accompagner-les-projets-structurants-grandest/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>44441</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le tourisme, le commerce de proximité et l'artisanat : L'OCCAL</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I45" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région, la Banque des Territoires, 12 Départements et 145 intercommunalités font pack pour soutenir le tourisme, le commerce de proximité et l&amp;#039;artisanat.
+&lt;/p&gt;
+&lt;p&gt;
+ Le secteur du tourisme est l&amp;#039;un des secteurs les plus touchés avec la crise du Covid-19. Le tourisme est un secteur qui pèse en Occitanie avec 15.9 milliards de consommation touristique, 10.3 % du PIB et près de 100 000 emplois. Il en est de même pour le commerce et l&amp;#039;artisanat de proximité essentiel pour la vitalité et l&amp;#039;attractivité des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Après la période de confinement qui a fortement impacté les activités économiques, il convient de favoriser le redémarrage du tourisme, du commerce et artisanat de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif L&amp;#039;occal a pour objectif d&amp;#039;aider les entreprises à redémarrer leur activité et leur permettre de s&amp;#039;adapter rapidement aux exigences très fortes qui vont s&amp;#039;imposer  en termes de propreté et d&amp;#039;application des mesures sanitaires
+Lecture
+L&amp;#039;OCCAL, la relance du tourisme, commerce &amp;amp; artisanat
+par
+Région Occitanie
+https://youtu.be/qu7kY5eXGFA?rel&amp;#61;0
+&lt;/p&gt;
+&lt;p&gt;
+ Aussi, la Région, en partenariat la Banque des territoires, les Départements et les EPCI d&amp;#039;Occitanie créée le fonds « L&amp;#039;OCCAL » qui propose des aides au travers de 2 volets à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1 - Volet Trésorerie :
+ &lt;/strong&gt;
+ favoriser le redémarrage de l&amp;#039;activité des entreprises par des aides à la trésorerie (loyers, ressources humaines spécifiques, besoins en fonds de roulement...) par des avances remboursables.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2 - Volet Investissement :
+ &lt;/strong&gt;
+ accompagner les investissements pour la mise en œuvre des mesures sanitaires par des subventions permettant d&amp;#039;anticiper les demandes de réassurance des clientèles par des aménagements  appropriés : équipements pour l&amp;#039;adaptation de l&amp;#039;accueil et des zones de paiement, pour permettre la distanciation physique entre les salariés et les clients, aménagement de plans de circulation sécurisés dans les établissements, adaptation des espaces collectifs et vestiaires, sanitaires dédiés au personnel, matériels de désinfection...
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Volet 1 : Redémarrage de l&amp;#039;activité des entreprises par des aides à la trésorerie
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide 50 % maximum :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Pour les commerces, l&amp;#039;artisanat, et les structures touristiques de 0 à 3 ETP permanents : aide plafonnée à
+    &lt;strong&gt;
+     10 K€
+    &lt;/strong&gt;
+    .
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les commerces, l&amp;#039;artisanat, les porteurs publics et parapublics d&amp;#039;équipements touristiques et les entreprises touristiques de 4 ETP et plus permanents : aide plafonnée à
+    &lt;strong&gt;
+     25 K€
+    &lt;/strong&gt;
+    .
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plancher de l&amp;#039;aide :
+  &lt;strong&gt;
+   2 000 €
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Volet 2 : Accompagner les investissements pour la mise en œuvre de mesures sanitaires
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;aide
+  &lt;strong&gt;
+   70 % maximum
+  &lt;/strong&gt;
+  (non cumulable avec le Pass Rebond) :
+  &lt;ul&gt;
+   &lt;li&gt;
+    Pour les commerces et artisans de proximité : aide plafonnée à
+    &lt;strong&gt;
+     2 K€
+    &lt;/strong&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les structures touristiques : aide plafonnée à
+    &lt;strong&gt;
+     20 K€
+    &lt;/strong&gt;
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plancher de l&amp;#039;aide : aide proportionnelle minimale de 250 €. Les taxis pourront faire l&amp;#039;objet d&amp;#039;une aide forfaitaire de 150€ par véhicule pour les aménagements de séparation en Plexiglass, support de gel hydro alcoolique...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pourront être prises en compte les dépenses engagées à compter du 14 mars 2020
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Commerces et services
-Revitalisation
-[...9 lines deleted...]
-      <c r="S16" s="1" t="inlineStr">
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour le Tourisme :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Personnes physiques et morales, Micro entreprises [ 1 ] , TPE, PME touristiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations touristiques et du tourisme social et solidaire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes et EPCI propriétaires et/ou gestionnaires d&amp;#039;équipements touristiques et culturels d&amp;#039;intérêt local qui assurent plus de 50% de leurs recettes annuelles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour le Commerce et l&amp;#039;artisanat de proximité :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Personnes physiques et morales Micro entreprises [ 2 ] et TPE.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;em&gt;
+    &lt;strong&gt;
+     Volet 1 : Redémarrage de l&amp;#039;activité des entreprises par des aides à la trésorerie :
+    &lt;/strong&gt;
+   &lt;/em&gt;
+   Structures et associations de moins de 3 ans et structures de plus de 3 ans dont les soutiens privés et publics à la trésorerie s&amp;#039;avèrent insuffisantes / Priorité aux entreprises n&amp;#039;ayant pas bénéficié d&amp;#039;aides directes en trésorerie par ailleurs (PGE, prêt rebond,...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    &lt;em&gt;
+     Volet 2 : Accompagner les investissements pour la mise en œuvre de mesures sanitaires :
+    &lt;/em&gt;
+   &lt;/strong&gt;
+   Prioritairement les entreprises et autres acteurs mentionnés ci-dessus ayant fait l&amp;#039;objet de l&amp;#039;arrêté de fermeture du 14 mars 2020 ou ayant subi de fortes baisses d&amp;#039;activités
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/loccal</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/account-management/croccitanie-demandeurs/ux/#/login?redirectTo=https%3A%2F%2Fmesaidesenligne.laregion.fr%2Faides%2F%23%2Fcroccitanie%2Fconnecte%2FF_DTT_L_OCCAL_2%2</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par mail : loccal&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises : Tél. 0800 31 31 01
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les associations touristiques du tourisme sociale et solidaire : Tél. 3010
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communes et EPCI gestionnaires d&amp;#039;équipements touristiques et culturels d&amp;#039;intérêt local : Tél. 3010
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4d5-loccal-soutenir-le-tourisme-le-commerce-de-pr/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>44635</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou rénover des équipements sportifs et de loisirs</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les propriétaires et / ou gestionnaires d&amp;#039;un équipement dans :
+&lt;/p&gt;
+&lt;p&gt;
+ -	un projet de construction ou de rénovation
+&lt;/p&gt;
+&lt;p&gt;
+ -	la définition puis la mise en œuvre de projets de développement sportif : structuration associative – développement – organisations de manifestations
+&lt;/p&gt;
+&lt;p&gt;
+ Nous apportons un appui méthodologique, une aide à la conception du projet, des ressources documentaires et un soutien à la recherche de financements. Nous effectuons aussi une mise en relation avec les institutions et partenaires potentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 102 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création d&amp;#039;un city parc
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;une aire de jeux
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un complexe sportif
+&lt;/p&gt;
+&lt;p&gt;
+ Espace multi-sport, aires de jeux et piste vélo
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Equipement public
+Réhabilitation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>http://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e05e-favoriser-le-developpement-maitrise-des-sport/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>94848</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer les structures d’hébergement touristiques collectifs</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 300.000€ / Plancher : 50.000€</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin d&amp;#039;encourager la transformation de l&amp;#039;offre en hébergements touristiques vers un tourisme plus responsable, plus respectueux de l&amp;#039;environnement, plus connecté (SMART) et plus durable, la Région a mis en place un nouveau dispositif de soutien aux structures de tourisme pour tous.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise à consolider et améliorer l&amp;#039;offre existante en matière d&amp;#039;hébergement touristique collectif afin de proposer une offre en cohérence avec les attentes de la clientèle actuelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maxi : 20%
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond : 500.000€
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher : 30.000€
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Remarque
+ &lt;/strong&gt;
+ : Une période de franchise de 3 ans est appliquée avant toute nouvelle demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier complet de demande de subvention doit être déposé avant le
+ &lt;strong&gt;
+  31 décembre 2022.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les pièces justificatives des travaux réalisés devront être transmises
+ &lt;strong&gt;
+  au plus tard 24 mois après la date de notification de la subvention sauf mention contraire prévue dans la convention de financement.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+ Les villages de vacances, les maisons familiales de vacances, les centres de vacances, les centres internationaux de séjour, les auberges de jeunesse...situés sur le territoire de la Région Grand Est : hébergements d&amp;#039;une capacité minimum de 60 lits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ les centres appartenant à un Comité d&amp;#039;Entreprise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux réalisés par des entreprises spécialisées qui apportent une plus-value qualitative à l&amp;#039;offre d&amp;#039;hébergement de groupe et dont la dépense éligible est supérieure à 50 000 € HT &amp;#43; honoraires d&amp;#039;architecte s&amp;#039;il y a lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le coût du diagnostic d&amp;#039;efficacité énergétique (prise en charge régionale de 80% maximum)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le coût de la procédure de labellisation auprès de l&amp;#039;organisme certificateur (prise en charge régionale de 90% maximum).
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;implantation d&amp;#039;au moins un point de charge pour véhicules à assistance électrique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ mobilier, matériel, éléments non fixes de décoration, literie, travaux d&amp;#039;entretien courant, factures de matériaux ainsi que les acquisitions immobilières et foncières et les investissements prévisibles et réglementaires (travaux de mise aux normes seuls).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutenir-les-structures-de-tourisme-pour-tous/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports et du Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 87 33 67 21
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fde4-soutenir-les-structures-de-tourisme-pour-tous/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>103570</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les porteurs de projets touristiques privés et publics</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)
+Atout France</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FTI projets structurants est un dispositif d&amp;#039;ingénierie lancé par la Banque des territoires, l&amp;#039;Agence Nationale pour la Cohésion des Territoires et Atout France en lien avec les différentes régions. Le dispositif vise à accompagner en ingénierie des projets touristiques de tous types (hébergements, infrastructures, itinérances, équipements publics, sites culturels et patrimoniaux), structurants pour le territoire (taille de l&amp;#039;investissement, capacité à attirer des clientèles à forte valeur ajoutée et à générer des emplois et des retombées importantes) et compatibles avec un développement touristique durable des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Mission de 20 jours d&amp;#039;ingénierie Atout France prise en charge à 100% - Possibilité d&amp;#039;une mission annexe prise en charge jusqu&amp;#039;à 30% d&amp;#039;un montant maximal de 100 000€.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etudes de marché, de dimensionnement, de faisabilité d&amp;#039;hôtels, de sites de visite, de sites patrimoniaux, de resorts de golf, aide à l&amp;#039;ouverture d&amp;#039;un musée, d&amp;#039;une route cyclotouristique...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout type d&amp;#039;acteur dès lors que le projet et les besoins correspondent au descriptif du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les régions sauf : Île-de-France, Normandie, Hauts-de-France.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Possibilité de contacter votre service tourisme régional, la Direction régionale de la Banque des Territoires, l&amp;#039;ANCT ou Atout France, service ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ ingenierie&amp;#64;atout-france.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>amelie.jouandet@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ab87-accompagner-les-porteurs-de-projets-touristiq/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>137978</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Construire une politique jeunesse et soutenir les centres de loisirs</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux centres de loisirs</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>5€ département &amp;#43; complément CAF</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide de 5 euros par enfant / jeune sur des temps de médiation avec un partenaire thématique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné
+ &lt;/strong&gt;
+ :  enfants de 3 à 17 ans accueillis en Accueil Collectif de Mineurs (ACM)
+&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir : &lt;/strong&gt;En amont : projet pédagogique &amp;#43; devis &amp;#43; fichier prévisionnel &lt;/p&gt;&lt;p&gt;En aval : facture &amp;#43; fichier pour paiement &amp;#43; bilan des activités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Appel à projets
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Temps de médiation entre un ACM (Accueil Collectif de Mineur) et les Pieds à terre sur l&amp;#039;activité cabanologie (activités)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être agréé CAF et SDJES
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
-[...10 lines deleted...]
- Téléphone : 01 60 91 26 12
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Centres-de-loisirs-et-formation.html</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Education et Coopération
+&lt;/p&gt;
+&lt;p&gt;
+ Thomas Lhoste
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:thomas.lhoste&amp;#64;hauteloire.fr" target="_self"&gt;
+  thomas.lhoste&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.40.18
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f40-construire-une-politique-jeunesse-et-soutenir/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>155107</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Créer des itinérance touristique et des boucles locales</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Itinérance touristique et boucles locales (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Etude pour la réalisation d&amp;#039;un schéma d&amp;#039;itinéraires de randonnée, pour la définition de parcours de découverte sur le territoire communal ou intercommunal
+  &lt;/li&gt;
+  &lt;li&gt;
+   Création et aménagement des itinéraires, boucles (piétons – vélos - autres pratiques)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Carte des itinéraires concernés et état de leur inscription au PDIPR et inscription obligatoire si création ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Budget prévisionnel d&amp;#039;entretien ;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Plan de signalétiques et de balisage
+   &lt;/li&gt;
+   &lt;li&gt;
+    Si sentier d&amp;#039;interprétation : plan d&amp;#039;interprétation et programme d&amp;#039;animation autour de la thématique du sentier.
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitée
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   réalisation d&amp;#039;aménagements paysagers sur l&amp;#039;itinéraire, utilisation de matériaux durables pour la réalisation des équipements présents sur l&amp;#039;itinéraire, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, ...), insertion de clauses environnementales dans les marchés publics, aménagement du chemin en prenant en compte la biodiversité présente : préservation d&amp;#039;espaces accueillant des espaces floristiques protégées, création d&amp;#039;abris ou de passages protégés (type crapauduc) pour la faune, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements (mobiliers urbains, sanitaires), de signalétiques adaptés pour tous les publics, association des usagers sur la phase conception du projet, réalisation et/ou animation du projet (réalisation de chantier participatif, organisation de journée citoyenne autour de l&amp;#039;entretien des chemins, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants, travail avec une entreprise d&amp;#039;insertion pour l&amp;#039;entretien des chemins, identification et valorisation des itinéraires adaptés par type de handicap, recensement des lieux adaptés sur le parcours &amp;#43; réalisation d&amp;#039;un outil de communication (présentation du parcours, de la difficulté, de la distance, etc.), lors de la création ou de l&amp;#039;aménagement d&amp;#039;un itinéraire, faire participer les personnes concernées ou à minima les associations afin d&amp;#039;avoir une expertise par type de handicap.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités devront proposer un projet global de développement de la randonnée présentant une plus-value touristique clairement énoncée. La globalité du projet se réfère à l&amp;#039;échelle du territoire, à son intégration dans le contexte d&amp;#039;itinérance alentour (réseau de cheminements, itinéraires d&amp;#039;intérêt départemental), à sa transversalité, depuis l&amp;#039;optimisation des itinéraires (aménagement, entretien, foncier, balisage) jusqu&amp;#039;aux outils de promotion (numérique et physique) et aux pratiques ciblées : pédestre et cycliste prioritairement, incluant toutefois l&amp;#039;équestre, le volet tourisme et handicap ou d&amp;#039;autres pratiques.
+&lt;/p&gt;
+&lt;p&gt;
+ La plus-value touristique consiste à favoriser les pratiques itinérantes d&amp;#039;une part (les itinéraires : GR223, La Véloscenie, La Vélo Maritime, La Vélo West Normandy, Nantes-Mont Saint-Michel à vélo, La Route des Haras Nationaux, La Route des Abbayes, Patrimoine en Baie du Mont Saint-Michel à cheval, La route des Chiffonniers, ...) et celles ouvertes à un public familial non spécialiste d&amp;#039;autre part (boucles dont les PR). Les tracés valoriseront les différents types de patrimoine.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une attention particulière sera portée au développement et à la promotion des services adaptés aux différentes pratiques : hébergements thématiques, haltes repos, locations... ainsi qu&amp;#039;à l&amp;#039;utilisation du web et des outils de guidage GPS.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De plus, les tronçons non goudronnés supports des itinéraires devront être inscrits au PDIPR (sur délibération).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1- Les schémas
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2- Pour l&amp;#039;aménagement et l&amp;#039;amélioration des services favorisant la pratique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mise en place de haltes randonneurs multi-pratiques. Dans la mesure du possible, les haltes devront offrir des services aux randonneurs tel qu&amp;#039;un abri, une ou des table(s) de pique-nique, des sanitaires avec point d&amp;#039;eau potable, des barres d&amp;#039;attache pour les chevaux, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Installation de consignes à vélo favorisant la visite de sites patrimoniaux ou naturels, ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3- Aménagements des itinéraires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Résorption des ruptures de continuité sur les grands itinéraires, notamment le sentier littoral.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Aménagements favorisant la création de boucles locales familiales et ou sportives.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouverture nouvelle de chemins (encaissement, pose de clôtures...) permettant une liaison importante (bouclage ou liaison avec itinéraire de randonnée d&amp;#039;intérêt départemental) :
+  &lt;/li&gt;
+  &lt;li&gt;
+   Encaissement (avec des matériaux locaux appropriés à la pratique de la randonnée) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rétablissement du fonctionnement hydraulique de cause naturelle (fossés...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ouvrages légers de franchissement des cours d&amp;#039;eau (type passerelle bois, pas japonais...).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Itinéraire accessible aux personnes en situation de handicap qui intègre la chaîne de déplacement (le stationnement, le cheminement, le mobilier et les supports de communication d&amp;#039;aide à la visite du site).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4- Sentiers d&amp;#039;interprétation et circuits thématiques :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place de panneaux d&amp;#039;interprétation uniquement dans le cadre d&amp;#039;un plan d&amp;#039;interprétation général étudié à l&amp;#039;échelle du territoire. Le plan d&amp;#039;interprétation doit permettre d&amp;#039;identifier un fil conducteur pour la découverte organisée du patrimoine. Il est issu d&amp;#039;un travail de recherche et permet d&amp;#039;aboutir à une « scénarisation » de la découverte. Ainsi, la visite du promeneur se trouve enrichie et son expérience du territoire n&amp;#039;en devient que plus mémorable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le territoire veillera à intégrer le plan départemental de signalétique si nécessaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Et toutes autres dépenses inhérentes à la bonification
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le balisage, la signalétique directionnelle et les topoguides. Toutefois, ces éléments indispensables devront toutefois respecter les chartes départementales ou nationales préconisées. * financement de la signalétique directionnelle pertinent pour indiquer sur les grands itinéraires les sites de visite, le bourg avec services à voir avec Arnaud.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements isolés tels que la pose d&amp;#039;une table de pique-nique, d&amp;#039;un banc ne seront pas aidés
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;entretien courant ou les travaux générés par l&amp;#039;absence significative d&amp;#039;entretien régulier des chemins. Les travaux consécutifs aux dégradations causées par le passage des engins motorisés ne pourront être pris en compte.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La réalisation de trottoirs perméables sur les parties routières du parcours
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/itinerance-touristique-et-boucles-locales-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W50" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 98 70
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/86f7-itinerance-touristique-et-boucles-locales-pol/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>157564</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les manifestations touristiques structurantes de la destination Somme</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux manifestations touristiques structurantes</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Min : 1 Max : 25</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ À travers cette aide, le Département encourage le développement des événements dont la nature et les thématiques peuvent être variées mais ayant un effet levier avéré sur l&amp;#039;attractivité touristique des destinations de la Somme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les modalités du dispositif sont les suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   bénéficiaires : les communes et leurs groupements, les établissements publics, les associations de loi 1901 (à l&amp;#039;exception des associations de parents d&amp;#039;élèves ou de défense des consommateurs), les fondations, les syndicats mixtes ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   taux d&amp;#039;accompagnement : 25% maximum du montant des dépenses éligibles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide financière plafonnée à 100.000€ par manifestation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   participation minimum du bénéficiaire : 20% du coût de l&amp;#039;opération ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   aide départementale cumulable avec d&amp;#039;autres financements publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif permet d&amp;#039;accompagner financièrement l&amp;#039;ensemble des dépenses en fonctionnement participant directement à l&amp;#039;organisation d&amp;#039;une manifestation à caractère touristique telles que :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   frais de transport et de logistique
+  &lt;/li&gt;
+  &lt;li&gt;
+   frais administratif (assurances, taxes etc.)
+  &lt;/li&gt;
+  &lt;li&gt;
+   achat des prestations liées à la programmation de l&amp;#039;événement (intervenants, spectacles, animations etc.)
+  &lt;/li&gt;
+  &lt;li&gt;
+   dépenses de communication et achats d&amp;#039;espaces publicitaires
+  &lt;/li&gt;
+  &lt;li&gt;
+   location de matériel
+  &lt;/li&gt;
+  &lt;li&gt;
+   dépenses liées à la sécurité
+  &lt;/li&gt;
+  &lt;li&gt;
+   signalétique
+  &lt;/li&gt;
+  &lt;li&gt;
+   dépenses d&amp;#039;hébergement
+  &lt;/li&gt;
+  &lt;li&gt;
+   salaires et charges de personnel dédié à l&amp;#039;organisation de la manifestation dans la limite de 20 % du budget de l&amp;#039;événement)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etc.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les dépenses liées à l&amp;#039;organisation de manifestations ne présentant pas de caractère touristique structurant telles que les animations locales, les fêtes de village, les foires expositions, les salons, les réderies et brocantes, les manifestations présentant un caractère politique, syndical ou religieux etc. ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les salaires et charges de personnel relatifs à des emplois déjà soutenus par ailleurs ou supérieurs à 20 % du budget de la manifestation ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les achats de consommables ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dépenses d&amp;#039;investissement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les dotations aux amortissements,
+  &lt;/li&gt;
+  &lt;li&gt;
+   toutes dépenses jugées non corrélées au projet à financer,
+  &lt;/li&gt;
+  &lt;li&gt;
+   toutes dépenses ayant déjà fait l&amp;#039;objet d&amp;#039;un autre financement sur un autre dispositif d&amp;#039;intervention du Conseil départemental de la Somme.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Afin de justifier des caractères touristique et structurant des manifestations soutenues, les dossiers soumis devront répondre à l&amp;#039;ensemble des critères suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   budget de la manifestation supérieur à 60.000€ ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   dépenses de communication supérieures à 10% du budget de la manifestation (ou atteignant à minima la somme de 10.000€ pour les manifestations dont le budget est supérieur à 100.000€) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   partenariat de promotion et de visibilité établi avec au moins une institution touristique locale (Office de tourisme, ADRT, CRT) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   objectif et capacité d&amp;#039;accueil minimale de 5.000 visiteurs lors de la manifestation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.somme.fr/services/tourisme/aides-aux-acteurs-touristiques/soutien-aux-manifestations-touristiques-structurantes/</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://subvention.somme.fr/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conseil départemental de la Somme
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;attractivité et du développement des territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 03 22 71 81 71
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>allefevre@somme.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7513-soutenir-les-manifestations-touristiques-stru/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>159429</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les filières touristiques culturelles, patrimoniales et du terroir</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I52" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J52" s="1" t="inlineStr">
+        <is>
+          <t>Dépense minimum subventionnable : 50.000€ HT / Montant maximum d'aide : 50.000€</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   pour l&amp;#039;amélioration de la qualité des aménagements et des équipements des stations ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   pour la création, la modernisation et l&amp;#039;extension d&amp;#039;équipements associant, dans le cadre de la filière bien vivre / découverte du patrimoine, de la culture et du terroir, le tourisme culturel et patrimonial, le tourisme de loisirs, le tourisme de découverte, ainsi que le tourisme de nature, le tourisme d&amp;#039;affaires et le surf.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature des travaux subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; restructuration des espaces publics touristiques, modernisation ou création d&amp;#039;équipement touristique ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; équipement et aménagement du patrimoine naturel et bâti (bastides, villages de caractère, chemins jacquaires, patrimoine ethnologique) ; équipements de loisirs liés à l&amp;#039;eau, à la diversification des activités sportives ; équipements d&amp;#039;animation aménagements facilitant la découverte de milieux naturels ; équipements à caractère pédagogique ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Tourisme d&amp;#039;affaires :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Maître d&amp;#039;ouvrage public : équipements dédiés aux rencontres professionnelles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maître d&amp;#039;ouvrage privé : équipements complémentaires des hébergements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &amp;gt; Surf : aménagements ou équipements dédiés
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=106</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b442-soutenir-les-filieres-touristiques-culturelle/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>162983</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier les produits touristiques pour accueillir les visiteurs</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 5 - FEADER</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
+proximité de différents sites d’intérêt touristique (littoral atlantique,
+Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
+bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers pourrait
+donc développer des activités touristiques pour accueillir les visiteurs
+permettant ainsi des retombées économiques locales.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
+touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
+d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et modernisation
+d’hébergements touristiques (dont hôtellerie de plein-air avec notamment
+les campings et les aires de camping-car)&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Développement de
+l’agritourisme et de l’œnotourisme&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P53" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q53" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-promotion-et-linnovation-des-activites-economiques-locales/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>162988</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Aménager le territoire pour développer l’attractivité touristique</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 6 - FEDER</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
-[...73 lines deleted...]
-      <c r="N17" s="1" t="inlineStr">
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J54" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Le &lt;/span&gt;&lt;span&gt;Cœur Entre-deux-Mers est à
+proximité de différents sites d’intérêt touristique (littoral atlantique,
+Bordeaux, Saint-Emilion…) qui participent à l’attractivité de la Gironde aussi
+bien auprès de la clientèle locale, nationale qu’étrangère.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’arrière-pays Bordelais qu’est l’Entre-deux-Mers
+n’en demeure pas moins attractif pour faire découvrir ses atouts (paysages,
+itinérance pédestre, cyclo, fluviale, Patrimoine, …) pour permettre d’augmenter
+l’attractivité touristique dans un département disposant de fortes destinations
+touristiques non présentent sur le territoire.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Créer de nouvelles activités à destination des
+touristes-excursionnistes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire séjourner les visiteurs et augmenter leur « consommation »
+d’activités du territoire&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Promotion et
+valorisation des patrimoines bâti et naturels et des savoir-faire remarquables,
+insolites ou spécifiques au territoire&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;D&lt;/span&gt;&lt;span&gt;éveloppement des
+loisirs et de l’itinérance touristiques&lt;/span&gt; &lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement des sites pour implanter des activités de pleine nature&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
-Culture et identité collective
-Arts plastiques et photographie
 Musée
-Sports et loisirs
-[...89 lines deleted...]
-      <c r="T17" s="1" t="inlineStr">
+Tourisme
+Economie sociale et solidaire
+Architecture
+Paysage</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P54" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q54" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 2 - Economie Locale&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 -&lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/deployer-une-offre-daccueil-sportive-culturelle-et-artistique-notamment-a-destination-des-jeunes-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>163088</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser les infrastructures touristiques, culturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action 3 - Attractivité touristique, culturelle et patrimoniale</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="F55" s="1" t="inlineStr">
+        <is>
+          <t>Région académique — Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I18" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K18" s="1" t="inlineStr">
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>Plancher 25 000 € de coûts totaux éligibles - Plafond variable selon typologie du projet (sous réserve de l'enveloppe disponible)</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif premier est de poursuivre le développement et la modernisation des infrastructures et services touristiques au travers du soutien aux équipements, à la création, réhabilitation, modernisation d’offres favorisant la valorisation touristique du patrimoine naturel, historique et / ou culturel. La valorisation des patrimoines matériels et immatériels est un des objectifs majeurs du territoire du Sud Gironde. La volonté est de mettre en avant le Sud Gironde comme destination touristique. Le territoire accompagnera donc des projets culturels et touristiques innovants ou favorisant un développement économique durable, des projets favorisant la structuration de la filière touristique, patrimoniale et / ou culturel, des projets favorisant la création et le renforcement de liens entre les acteurs et les structures dans le champ du tourisme culturel et du patrimoine.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ingénierie d&amp;#039;amorçage ; Actions d’animation et promotion des activités culturelles et touristiques du territoire ; Création, mise en place d’une signalétique commune ; Création d’itinéraires touristiques (Exemple : parcours pêche…) ; Rénovation et / ou aménagement de lieux culturels, patrimoniaux et touristiques ; Aménagements paysagers et renaturation de sites dégradés par les activités humaines, les événements naturels…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q55" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Adéquation avec la stratégie de Développement Local mené par les Acteurs Locaux (DLAL) 2021-2027 &lt;/li&gt;&lt;li&gt;Périmètre du projet concernant le territoire du GAL Sud Gironde &lt;/li&gt;&lt;li&gt;Temporalité du projet compatible avec la programmation 2021-2027  &lt;/li&gt;&lt;li&gt;Bénéficiaires inéligibles : SCI, particulier agissant à titre personnel, agriculteur dans le cadre de leur activité agricole &lt;/li&gt;&lt;li&gt;Dépenses inéligibles : auto-construction, contribution en nature, acquisition foncière bâtie et non-bâtie&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après vérification de l&amp;#039;éligibilité du projet, ce dernier est étudié selon une grille de notation composée de 32 critères définis par les membres du GAL.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>GAL Sud Gironde</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-sud-gironde.webador.fr/</t>
+        </is>
+      </c>
+      <c r="W55" s="1" t="inlineStr">
+        <is>
+          <t>https://mes-demarches.nouvelle-aquitaine.fr/</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contacter l&amp;#039;équipe technique du GAL Sud Gironde : &lt;a target="_self"&gt;leader&amp;#64;polesudgironde.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>leader@polesudgironde.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-touristique-culturelle-et-patrimoniale/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
+        <v>163831</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les patrimoines et conforter l’offre touristique</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat est un territoire riche en patrimoines bâti, historique, naturel et culturel. Toutefois, on constate leur dégradation, ce qui rend nécessaire d&amp;#039;y apporter des solutions.&lt;br /&gt;Le diagnostic territorial a mis en exergue que la stratégie touristique, définie comme trop généraliste, est à retravailler. De plus, l&amp;#039;offre touristique apparaît limitée au sud du territoire, et il y a un manque de notoriété des coteaux vitryats et du lac du Der.&lt;br /&gt;Ce diagnostic a identifié 4 enjeux pour développer la destination du Pays vitryat que ce soit pour les touristes ou pour les nouveaux habitants :&lt;br /&gt;- valoriser et pérenniser le patrimoine&lt;br /&gt;- organiser la stratégie touristique&lt;br /&gt;- accueillir de nouvelle populations&lt;br /&gt;- développer une identité locale forte&lt;br /&gt;En adoptant une approche ciblée et en investissant dans la mise en valeur du patrimoine et du tourisme, le Pays Vitryat pourra renforcer son attractivité, améliorer la perception de son territoire et stimuler son développement économique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Développer la destination Pays Vitryat (touristique et résidentielle)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- Des actions de préservation des milieux naturels et du patrimoine bâti menées&lt;br /&gt;- Un accroissement de la durée de séjour / Le slow tourisme encouragé&lt;br /&gt;- Des sites patrimoniaux réhabilités&lt;br /&gt;- Une professionnalisation des acteurs du tourisme&lt;br /&gt;- Une offre d’activité diversifiée sur le territoire grâce à la rénovation et l’amélioration de la qualité des lieux à valeur patrimoniale et touristique ;&lt;br /&gt;- Une offre d’hébergement et de restauration améliorée et de meilleure qualité&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;LEADER favorise la conservation des sites naturels, la réhabilitation des bâtiments historiques, la valorisation du patrimoine culturel, et incite à une approche durable de la préservation en intégrant des pratiques respectueuses de l&amp;#039;environnement.&lt;/p&gt;&lt;p&gt;Il encourage le développement du slow tourisme, qui met l&amp;#039;accent sur la qualité de l&amp;#039;expérience touristique et favorise des séjours plus longs, ce qui génère des retombées économiques plus durables.&lt;/p&gt;&lt;p&gt;LEADER soutient la formation et la professionnalisation des acteurs du tourisme. Il peut financer des programmes de formation, des actions de sensibilisation à l&amp;#039;accueil et à la qualité des services touristiques, et favoriser les échanges de bonnes pratiques et la mise en réseau des acteurs publics et privés du territoire. Cela contribue à améliorer la qualité des services offerts aux visiteurs, renforce la compétitivité des acteurs locaux et favorise le développement d&amp;#039;un tourisme durable et de qualité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cela permet de renforcer l&amp;#039;attractivité du territoire, de préserver son identité culturelle et naturelle, et de stimuler le développement économique local de manière durable.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Actions de promotion, de mise en valeur, de sauvegarde des patrimoines (culturel, historique, naturel, bâti)&lt;/strong&gt;&lt;br /&gt;- Soutien aux études, opérations de promotion, de valorisation, de communication, de création et/ou de développement d’évènementiels&lt;br /&gt;- Professionnalisation des acteurs du tourisme&lt;br /&gt;- Création, rénovation et aménagement des sites patrimoniaux et/ou de valorisation du patrimoine&lt;br /&gt;- Rénovation du petit patrimoine*&lt;br /&gt;- Reboisement de parcelles boisées&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Conforter l’offre touristique&lt;/strong&gt;&lt;br /&gt;- Conception et mise en place de nouveaux produits touristiques sur le territoire (n’existant pas dans une zone de chalandise de 30 kms)&lt;br /&gt;- Développement, modernisation, réhabilitation, aménagement et/ou équipement des activités touristiques et de loisirs existantes&lt;br /&gt;- Soutien aux études, aux opérations d’animation, de mise en réseau des sites et des acteurs et/ou de coordination visant les activités touristiques et de loisirs&lt;br /&gt;- Soutien aux actions d’animation, de communication, de valorisation, de création, de modernisation et/ou développement d’infrastructures en lien avec l’oenotourisme&lt;br /&gt;- Création, modernisation, aménagement et/ou équipement des aires de camping-cars&lt;br /&gt;- Aménagement de circuits d’itinérance douce (cyclisme, équestre, pédestre ou fluviale) entre les différents sites touristiques ou patrimoniaux&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Amélioration de l’offre d’hébergement et de restauration&lt;/strong&gt;&lt;br /&gt;- Etudes, création, réhabilitation, aménagement, modernisation et/ou développement des hôtels, des gîtes, les chambres d’hôtes, des hébergements de groupe (supérieurs à 12 lits), campings, des restaurants&lt;br /&gt;- Création d’hébergements insolites**&lt;/p&gt;&lt;p&gt;*On entend par petit patrimoine l&amp;#039;ensemble des monuments qui ne sont pas classés ou inscrits comme Monuments Historiques&lt;br /&gt;**Un hébergement insolite se caractérise par son côté atypique et non conventionnel, tant au niveau de sa forme et/ou de son emplacement, que des services qui lui sont associés.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Commerces et services
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P56" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q56" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;&lt;p&gt;3. Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;p&gt;4. Hébergement touristique : Au stade du dépôt de la demande de paiement, obtention ou amélioration d’un classement&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V56" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-1/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>164171</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Développer et valoriser le territoire par le Slow Tourisme</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Slow Tourisme : Fiche-action 3 du programme LEADER</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>PETR Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>70 000 € d'aide maxi</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Enjeu&lt;/strong&gt;&lt;br /&gt;Le
+territoire du GALest propice au développement d&amp;#039;un tourisme &amp;#34;différent&amp;#34; qui
+propose une découverte des milieux naturels, des produits locaux, du patrimoine
+et de ses habitants... Il s&amp;#039;agit d&amp;#039;un tourisme respectueux du territoire, qui
+favorise l&amp;#039;itinérance douce et qui invite à regarder, à prendre son temps. Ce
+type de tourisme est favorable à l’épanouissement, au bien-être, des touristes
+comme des habitants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;br /&gt;&lt;/strong&gt;- Favoriser l’itinérance douce pour relier les sites
+touristiques du territoire&lt;br /&gt;- Développer des actions permettant l’immersion,
+l’initiation, la découverte du territoire, de son histoire, de sa culture&lt;br /&gt;- Être un territoire plus inclusif par les vecteurs
+touristiques et culturels&lt;br /&gt;- Sensibiliser les acteurs locaux aux enjeux du tourisme
+durable&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Types de projets financés&lt;br /&gt;&lt;/strong&gt;- Etudes préalables, aménagements d’itinéraires doux
+touristiques, services et équipements liés&lt;br /&gt;- Equipements, services et aménagements pour favoriser
+la pratique d’activités en lien avec les milieux naturels du type pêche,
+navigation…&lt;br /&gt;- Actions de découverte insolite / innovante,
+pédagogiques, du territoire, de son histoire et de ses savoir-faire (y compris
+l’agriculture, l’artisanat et l’industrie locale)&lt;br /&gt;- Actions d’animation et aménagements de sites
+touristiques inclusifs : personnes en situation de handicap, publics
+vulnérables (personnes âgées, jeunes enfants, familles aux revenus modestes…)&lt;br /&gt;- Actions culturelles (animation, médiation) liées aux
+thématiques de la résilience&lt;br /&gt;- Projets mêlant différentes sphères (artistique,
+culturelle, loisir, environnementale…), différents types d’activités (agricole,
+artisanat, ressourcerie…)&lt;br /&gt;- Actions de formation et d’information des prestataires
+et de la clientèle au tourisme durable&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations doivent se dérouler sur le&lt;strong&gt; périmètre du GAL&lt;/strong&gt; et contribuer directement à la mise en œuvre de la stratégie au bénéfice des acteurs du territoire&lt;br /&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une &lt;strong&gt;demande d’aide avant son début d’exécution&lt;/strong&gt;. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause son éligibilité.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt; :&lt;br /&gt;- Equipements,
+matériels, mobiliers, panneaux et signalétiques dédiés à l’opération&lt;br /&gt;- Travaux
+d&amp;#039;aménagement et de réhabilitation d’itinéraires et de sites touristiques&lt;br /&gt;- Achats de fournitures liées à l’opération&lt;br /&gt;- Frais d’étude, d’inventaire, de diagnostic,
+d’animation&lt;br /&gt;- Dépenses de communication : création, impression
+et diffusion de documents et de supports papiers, multimédias, outils
+numériques&lt;br /&gt;- Acquisition ou développement de logiciels
+informatiques, acquisition de brevets, licences, droits d&amp;#039;auteurs et marques
+commerciales&lt;br /&gt;- Dépenses de location, de sous-traitance&lt;br /&gt;- Frais de personnels (salaires, charges liées et
+traitements accessoires)&lt;br /&gt;- Dépenses de conseil, expertise juridique,
+notaire : dans la limite de 10% des autre dépenses&lt;br /&gt;- Notes de frais des personnels ou bénévoles&lt;br /&gt;- Coûts indirects selon un taux de 15% des frais de
+personnels directs éligibles (option de coûts simplifiés (OCS)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>GAL Forêt d'Orléans-Loire-Sologne</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://foretorleans-loire-sologne.fr/nos-actions/leader</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Equipe technique du GAL&lt;br /&gt;Aurore Maniez et Iwan&amp;#96; Le Merdy&lt;br /&gt;02 38 46 84 40&lt;br /&gt;&lt;a target="_self"&gt;leader&amp;#64;petrforetorleans.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>leader@petrforetorleans.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-valoriser-le-territoire-par-le-slow-tourisme/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>165131</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les offices de tourisme à la transformation digitale</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les offices de tourisme à la transformation digitale</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous êtes un office de tourisme dans le Grand Est et vous souhaitez acquérir des solutions digitales et d’équipements innovants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale d’un montant maximum de 5 000 € : &lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses (minimum de 10 000 €) remboursées jusqu’à 50% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Votre projet concerne l’acquisition de&lt;/strong&gt; :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;strong&gt;Progiciels &lt;/strong&gt;: progiciel de gestion, de gestion commerciale ou de relation client, de gestion et contrôle, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Logiciels&lt;/strong&gt;: logiciel de gestion RH/comptable/gestion électronique des documents, logiciel de visites virtuelles, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Sites web marchand&lt;/strong&gt;: site internet permettant d’acheter ou de réserver en ligne, création de contenu, etc.&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Applications mobiles &lt;/strong&gt;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Outils de travail collaboratifs&lt;/strong&gt;: intranet, logiciel de gestion de projet global, plateforme collaborative d’échanges… ;&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Equipements &lt;/strong&gt;: matériel nécessaire à l’utilisation optimale d’une solution développée ci-dessus en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Expérience augmentée &lt;/strong&gt;: matériels, applications et logiciels permettant l’accès à une réalité virtuelle pour les utilisateurs&lt;/li&gt;
+&lt;li&gt;&lt;strong&gt;Prestation de photos ou vidéos &lt;/strong&gt;: images permettant la valorisation du territoire concerné pour alimenter un site internet ou une animation spécifique&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le montant minimum de dépenses devra atteindre au moins 10 000 €. Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT/TTC.&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Plafond de 5 000 €&lt;/strong&gt; (pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous)&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les achats de licences et logiciels&lt;/li&gt;
+&lt;li&gt;Les frais de paramétrage et de conception d’une solution numérique&lt;/li&gt;
+&lt;li&gt;Les frais de formation inhérent aux nouveaux équipements&lt;/li&gt;
+&lt;li&gt;Les investissements liés au développement d’un service (site internet/intranet/application)&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses liées à des prestations visuelles valorisant le territoire concerné (vidéos, photos…)&lt;/li&gt;
+&lt;li&gt;Toutes les dépenses liées à l’expérience augmentée : casques immersifs, vidéos 3D, hologrammes, tables interactives et/ou immersives, bornes interactives, objets connectés, solutions innovantes d’aide à la visite ou d’interprétation, applications, logiciels, etc.&lt;/li&gt;
+&lt;li&gt;Tous les équipements nécessaires à l’utilisation optimale d’une solution développée en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus :&lt;br /&gt;
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Le renouvellement du parc informatique seul&lt;/li&gt;
+&lt;li&gt;Les abonnements&lt;/li&gt;
+&lt;li&gt;Les contrats et autres services en location&lt;/li&gt;
+&lt;li&gt;Les frais d’expédition&lt;/li&gt;
+&lt;li&gt;Les contrats de maintenance&lt;/li&gt;
+&lt;li&gt;Les petites fournitures et accessoires&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne,&lt;strong&gt; uniquement, &lt;/strong&gt;avant signature de devis et avant le début de l’achat. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.²&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P58" s="1" t="inlineStr">
+        <is>
+          <t>29/01/2024</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/offices-tourisme-transformation-digitale/</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0270/depot/simple</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contactez :&lt;/p&gt;&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-offices-de-tourisme-a-la-transformation-digitale/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>149127</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de développement du tourisme fluvial/fluvestre dans une perspective de promotion d’un tourisme durable, proche de la nature et connecté à son patrimoine</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au développement du tourisme fluvial et fluvestre</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiez d&amp;#039;une subvention régionale pouvant aller :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 30 000 €  pour les études d&amp;#039;opportunité et de faisabilité, études avant travaux
+  &lt;/strong&gt;
+  (taux maxi d&amp;#039;aide de 50%)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 300 000 € - Ports de plaisance, pour les investissements, aménagements liés à la mise en tourisme
+  &lt;/strong&gt;
+  (taux d&amp;#039;aide de 50%)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 200 000 € - Haltes, bases et relais nautiques, pour les investissements, aménagements liés à la mise en tourisme
+  &lt;/strong&gt;
+  (taux d&amp;#039;aide de 50%)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 250 000 € pour les projets économiques publics ou privés liés à la mise en tourisme
+  &lt;/strong&gt;
+  (taux d&amp;#039;aide de 20%)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   jusqu&amp;#039;à 250 000 € pour les projets économiques publics ou privés liés à la mise en tourisme
+  &lt;/strong&gt;
+  (taux d&amp;#039;aide de 20%)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Pouvez-vous bénéficier de l&amp;#039;aide régionale ?
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes :
+ &lt;/strong&gt;
+ Représentant de collectivités locales, établissements publics, associations, personnes morales et d&amp;#039;entreprises privées prestataires de services pour le tourisme fluvial et fluvestre.
+ &lt;strong&gt;
+  Et votre projet concerne :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des études d&amp;#039;opportunité, faisabilité, d&amp;#039;avant-projet pour des projets d&amp;#039;investissement inscrits dans le contrat de canal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des investissements et aménagements à vocation touristique d&amp;#039;infrastructures fluviales et fluvestres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des projets économiques publics ou privés de mise en tourisme fluvestre sur et dans l&amp;#039;environnement immédiat des canaux et voies d&amp;#039;eau éligibles (Canal des Ardennes, canal de la Meuse, Canal des Vosges, Canal du Rhône au Rhin Branche Sud, Canal du Rhône au Rhin déclassé).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous vous engagez à :
+ &lt;/strong&gt;
+ Mentionner le soutien financier de la Région dans tout support de communication.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment estimer votre montant d&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Montant de l&amp;#039;aide
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les études d&amp;#039;opportunité et de faisabilité, études avant travaux
+ &lt;/strong&gt;
+ Taux maxi : 50 %
+Plafond : 30 0000 €
+ &lt;strong&gt;
+  Pour les Investissements, aménagements liés à la mise en tourisme
+ &lt;/strong&gt;
+ Taux maxi : 50 %
+Plafond :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  300 000 € - Ports de plaisance
+ &lt;/li&gt;
+ &lt;li&gt;
+  200 000 € - Haltes, bases et relais nautiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les projets économiques publics ou privés liés à la mise en tourisme
+ &lt;/strong&gt;
+ Taux maxi : 20 %
+Plafond : 250 0000 €
+Les dépenses suivantes sont prises en compte dans le calcul de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;investissement liées à des projets éligibles réalisés sur les canaux et voies d&amp;#039;eau éligibles ou à proximité immédiate de ces derniers, dans un rayon maximal de 5 kilomètres.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ces projets devront avoir été listés dans les contrats de canaux.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Aides complémentaires
+&lt;/h4&gt;
+&lt;p&gt;
+ Une
+ &lt;strong&gt;
+  aide complémentaire
+ &lt;/strong&gt;
+ peut être sollicitée auprès des fonds européens au titre du Programme opérationnel FEDER.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P59" s="1" t="inlineStr">
+        <is>
+          <t>08/04/2022</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-developpement-du-tourisme-fluvial-et-fluvestre/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  A savoir :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Une période de franchise de 3 ans est appliquée
+ &lt;br /&gt;
+ avant toute nouvelle demande de subvention
+&lt;/p&gt;
+&lt;p&gt;
+ Comment demander l&amp;#039;aide régionale ?
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets sont identifiés dans le cadre de l&amp;#039;élaboration des contrats de canaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous contacter
+&lt;/p&gt;
+&lt;p&gt;
+ Contactez la Direction du Tourisme tourisme&amp;#64;grandest.fr &amp;#43;33 (0)3 87 33 67 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f20-soutien-au-developpement-du-tourisme-fluvial-/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>15644</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Financer les aménagements et équipements touristiques d'intérêt régional ou local</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 35</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre du Schéma Régional de Développement du Tourisme et des Loisirs adopté lors de l&amp;#039;Assemblée plénière du 30 juin 2017, priorité a été notamment donnée aux équipements et aménagements touristiques structurants d&amp;#039;intérêt régional mais également aux investissements touristiques d&amp;#039;intérêt local dans le cadre d&amp;#039;un aménagement touristique équilibré du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ A ce titre, pourront être financés dans le cadre de ces dispositifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les aménagements et équipements touristiques et projets de destination d&amp;#039;intérêt régional :
+  &lt;ul&gt;
+   &lt;li&gt;
+    les projets touristiques identifiés et valorisés dans le cadre des politiques contractuelles,
+   &lt;/li&gt;
+   &lt;li&gt;
+    les refuges de montagne,
+   &lt;/li&gt;
+   &lt;li&gt;
+    les autres projets d&amp;#039;équipements et d&amp;#039;aménagements touristiques structurants ne relevant pas des autres dispositifs existants,
+   &lt;/li&gt;
+   &lt;li&gt;
+    les études pré opérationnelles de conception ou de faisabilité précédant une dépense d&amp;#039;investissement
+   &lt;/li&gt;
+  &lt;/ul&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements touristiques d&amp;#039;intérêt local dont l&amp;#039;objectif est d&amp;#039;assurer un aménagement touristique équilibré du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention en faveur des aménagements et équipements touristiques et projets de destination d&amp;#039;intérêt régional :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   10% à 20%
+  &lt;/strong&gt;
+  du montant des dépenses éligibles pour les territoires des deux métropoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   15% à 25%
+  &lt;/strong&gt;
+  du montant des dépenses éligibles pour les territoires des Communautés d&amp;#039;Agglomération ou Urbaine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   20% à 30%
+  &lt;/strong&gt;
+  du montant des dépenses éligibles pour les territoires ruraux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   25% à 35%
+  &lt;/strong&gt;
+  du montant des dépenses éligibles pour les communes des territoires ruraux s&amp;#039;étant engagées dans la
+  dynamique régionale de développement et de valorisation des Bourgs Centres Occitanie / Pyrénées-Méditerranée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les taux maximum seront appliqués pour des projets d&amp;#039;envergure nationale voire internationale qui présentent une échelle pertinente en terme de population, d&amp;#039;emploi et de cohérence territoriale et pour les projets de destination inscrits dans les conventionnements passés au titre de la compétence tourisme avec les partenaires institutionnels.
+ Il sera également tenu compte du type de portage avec une priorité donnée au portage communautaire, ainsi que du potentiel financier du porteur
+&lt;/p&gt;
+&lt;p&gt;
+ Taux d&amp;#039;intervention en faveur des aménagements et équipements d&amp;#039;intérêt local :
+ &lt;strong&gt;
+  15%
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Espace public
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ S&amp;#039;inscrire dans la stratégie du Schéma Régional de Développement du Tourisme et des Loisirs selon les 3 priorités suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Faire émerger ou consolider des projets de destinations d&amp;#039;excellence de notoriété internationale avec la politique Grands Sites Occitanie qui prend en compte l&amp;#039;ensemble des composantes du tourisme, et associe les opérateurs publics et privés autour d&amp;#039;un programme d&amp;#039;actions ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Développer les équipements et aménagements touristiques ainsi que les projets de destination, structurants et d&amp;#039;intérêt régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Assurer un aménagement touristique équilibré du territoire en accompagnant les investissements touristiques d&amp;#039;intérêt local.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Amenagements-et-equipements-touristiques-d-interet-regional-ou</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction du Tourisme et du thermalisme Service Aménagement et Équipements touristiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : 05 61 33 54 22
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : 04 67 22 94 29
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/db0c-amenagements-et-equipements-touristiques-dint/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>58541</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Financer la lecture de loisirs chez les jeunes (Carte Jeune)</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Carte Jeune - La Région Occitanie finance la lecture de loisirs chez les jeunes
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Carte Jeune Région est le pré-requis donnant l&amp;#039;accès aux aides de la Région, et plus spécifiquement au dispositif « aide à la lecture de loisirs ». La Région souhaite promouvoir la lecture de loisirs chez les jeunes et soutenir son réseau de librairies et Maisons de la Presse affiliées au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les jeunes lycéen·ne·s scolarisé·e·s dans un lycée public ou privé (sous contrat d&amp;#039;association avec l&amp;#039;État) habilité de la Région Occitanie / Pyrénées-Méditerranée et l&amp;#039;École de la Deuxième Chance Régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région est de 20 euros.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est utilisable du
+ &lt;strong&gt;
+  1er septembre 2020
+ &lt;/strong&gt;
+ au
+ &lt;strong&gt;
+  30 juin 2021
+ &lt;/strong&gt;
+ sur présentation de la Carte Jeune Région dans le réseau de libraires et Maison de la Presse affiliées au dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment utiliser l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Consulter la liste des librairies et Maisons de la Presse affiliées de la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les jeunes lycéen·ne·s doivent posséder la Carte Jeune Région pour obtenir l&amp;#039;aide à la lecture de loisirs.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous ne possédez pas votre Carte Jeune Région, vous pouvez la demander à partir du 2 juin 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ La Carte Jeune Région est totalement sans contact. Mais les anciennes cartes restent valables pour l&amp;#039;utilisation de cette aide.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-a-la-lecture-de-loisirs</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Éducation et de la Jeunesse
+&lt;/p&gt;
+&lt;p&gt;
+ 22 boulevard du Maréchal Juin
+&lt;/p&gt;
+&lt;p&gt;
+ 31406 Toulouse Cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Ou
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Éducation et de la Jeunesse
+&lt;/p&gt;
+&lt;p&gt;
+ 201, av. de la Pompignane
+&lt;/p&gt;
+&lt;p&gt;
+ 34064 Montpellier Cedex 2
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e964-aide-a-la-lecture-de-loisirs/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>90797</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les activités des sites de visite, de loisirs et de pleine nature</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide accompagne les maîtres d&amp;#039;ouvrages privés et publics dans leurs offres d&amp;#039;activités de sites de visite, de loisirs et de pleine nature ainsi que la diversification des établissements thermaux.
+    &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;attractivité des territoires en développant l&amp;#039;activité et la qualification des sites de visites, des équipements de loisirs et de pleine nature, des équipements régionaux structurants et la diversification économique des établissement thermaux à l&amp;#039;aide du thermoludisme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une priorité sera donnée aux filières touristiques prioritaires : agritourisme, œnotourisme, pêche, préhistoire, glisse...
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Entreprises
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Collectivités territoriales
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Etablissements publics
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   SCI exlus
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Intensité de l&amp;#039;aide : les montants sont précisés pour chaque type d&amp;#039;activité dans la rubrique &amp;#34;critères d&amp;#039;éligibilité&amp;#34;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les actions suivantes sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Site de visite, de loisirs et de pleine nature
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aménagements ludiques et/ou pédagogiques favorisant l&amp;#039;accueil, la découverte et l&amp;#039;interprétation muséographique/scénographique (de savoir-faire, industriel, scientifique, technique, mémoriel, culturel et patrimonial...) réalisés dans le cadre d&amp;#039;un projet global permettant l&amp;#039;enrichissement de l&amp;#039;expérience de visite et destiné à une clientèle touristique notamment pour les filières touristiques prioritaires.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses éligibles : équipements d&amp;#039;accueil individuel ou collectif et ceux liés au déploiement de l&amp;#039;activité (hors magasin de vente directe), paysagement, outils d&amp;#039;interprétation, aménagement d&amp;#039;accessibilité, aménagement ludique et/ou pédagogique, optimisation énergétique et prestations extérieures de conseil.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Obligations : adhérer à l&amp;#039;Office de Tourisme local, s&amp;#039;engager à maintenir l&amp;#039;activité pendant au moins 5 ans, préciser la stratégie marketing de l&amp;#039;établissement, démontrer l&amp;#039;équilibre économique de l&amp;#039;opération, ouvrir a minima 5 mois dans l&amp;#039;année.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie directe sont exclus.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Thermoludisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Création et modernisation d&amp;#039;équipements liés à la remise en forme et au bien-être des établissements thermaux (piscine, hammam, sauna,...).
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Obligations : adhérer à l&amp;#039;Office de Tourisme local, s&amp;#039;engager à maintenir l&amp;#039;activité pendant au moins 5 ans, s&amp;#039;inscrire dans une stratégie de diversification et de mise en tourisme de l&amp;#039;offre .
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les travaux réalisés en régie directe sont exclus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Tourisme halieutique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Réalisation d&amp;#039;aménagements, d&amp;#039;ouvrages et d&amp;#039;opérations favorisant la pratique et la découverte de la pêche du plus grand nombre dans le cadre d&amp;#039;un projet global valorisant les bonnes pratiques et le respect de l&amp;#039;environnement : mise en tourisme et sécurisation d&amp;#039;espaces dédiés, parcours de pêche thématisés et labellisés, pontons, travaux d&amp;#039;accessibilité des sites, rampes de mise à l&amp;#039;eau, signalétique ...
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Seules les organisations structurées à l&amp;#039;échelle régionale pourront bénéficier de ce dispositif dédié au soutien de la filière du tourisme halieutique.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Site de visite, de loisirs et de pleine nature : 20% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 500 000 € HT
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Thermoludisme : 20% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 1 000 000 €
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable.
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Montant minimum des travaux : 50 000 € (20 000 € pour l&amp;#039;agritourisme et l&amp;#039;œnotourisme)
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Tourisme halieutique : 30 % maximum des dépenses TTC
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/activites-des-sites-de-visite-de-loisirs-et-de-pleine-nature</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges (départements 87-23-19)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 27, boulevard de la Corderie
+&lt;/p&gt;
+&lt;p&gt;
+ CS 3116
+ &lt;br /&gt;
+ 87031
+                                                    Limoges Cedex 1
+&lt;/p&gt;
+&lt;p&gt;
+ 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers (départements 79-86-17-16)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 15, rue de l&amp;#039;Ancienne Comédie
+&lt;/p&gt;
+&lt;p&gt;
+ CS 70575
+ &lt;br /&gt;
+ 86021
+                                                    Poitiers Cédex
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 55 77 00
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux (départements 33-24-47-40-64)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 14, rue François de Sourdis
+&lt;/p&gt;
+&lt;p&gt;
+ CS 81383
+ &lt;br /&gt;
+ 33077
+                                                    Bordeaux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f299-activites-des-sites-de-visite-de-loisirs-et-d/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>90799</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la filière touristique dans leurs démarches collectives en matière de qualité</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne la filière touristique dans leurs démarches collectives en matière de qualité, notamment portées par les têtes de réseau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  rendre plus visible la qualité de l&amp;#039;offre touristique sur le territoire régional, en accompagnant le développement d&amp;#039;une offre touristique de qualité
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser et inciter les démarches qualité collectives de labellisation ou de certification des filières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  maitres d&amp;#039;ouvrage publics, privés (hors SCI)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  associations gestionnaires de site
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  syndicats professionnels...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 30 000 € pour la phase de sensibilisation, l&amp;#039;accompagnement aux pré-diagnostics des référentiels de qualité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les prestations d&amp;#039;ingénierie externalisée devront être inscrites au R.C.S (Régime du Commerce et des Sociétés)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/demarche-qualite</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Site de Limoges (départements 87-23-19)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 27, boulevard de la Corderie.
+&lt;/p&gt;
+&lt;p&gt;
+ CS 3116
+ &lt;br /&gt;
+ 87031
+                                                    Limoges Cedex 1
+&lt;/p&gt;
+&lt;p&gt;
+ 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Site de Poitiers (départements 79-86-17-16)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 15, rue de l&amp;#039;Ancienne Comédie
+&lt;/p&gt;
+&lt;p&gt;
+ CS 70575
+ &lt;br /&gt;
+ 86021
+                                                    Poitiers Cédex
+&lt;/p&gt;
+&lt;p&gt;
+ 05 16 01 40 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Site de Bordeaux (départements 33-24-47-40-64)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 14, rue François de Sourdis
+&lt;/p&gt;
+&lt;p&gt;
+ CS 81383
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 33077
+                                                    Bordeaux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fe20-demarche-qualite/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>90861</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises touristique dans l'adaptation et la diversification de leur offre d'hébergements</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide soutient les entreprises touristique dans l&amp;#039;adaptation et la diversification de leur offre d&amp;#039;hébergements.
+ L&amp;#039;objectif est de favoriser le maintien d&amp;#039;une offre de qualité respectueuse de l&amp;#039;environnement et de veiller à la mixité des clientèles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Biodiversité
+Mers et océans
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Application du Règlement d&amp;#039;Intervention en vigueur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Campings de tourisme indépendants classés minimum 3* après travaux, hors chaînes intégrées ou franchises (référence à l&amp;#039;article L330-3 du code du Commerce).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages privés et publics en zone d&amp;#039;agglomération et sur les communes relevant de la loi littoral.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les SCI sont exclues du champ des aides.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra porter sur des investissements de création, modernisation et de diversification de l&amp;#039;offre avec une approche respectueuse de l&amp;#039;environnement et de la diversité des publics accueillis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ travaux d&amp;#039;investissement intérieur et extérieur, de confort (aménagement des emplacements, rénovation de la réception, des sanitaires, des zones de loisirs, aires de campings cars...) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions
+&lt;/p&gt;
+&lt;p&gt;
+ Métropole et littoral
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements qualitatifs concourant à la gestion environnementale du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dépenses éligibles
+  &lt;/strong&gt;
+  : plan de gestion paysagère, modernisation des sanitaires dans le cadre d&amp;#039;une démarche HQE, aires de campings cars, ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Obligations
+  &lt;/strong&gt;
+  : adhérer à l&amp;#039;Office de Tourisme local, s&amp;#039;engager à maintenir l&amp;#039;activité pendant au moins 5 ans, préciser la stratégie marketing de l&amp;#039;établissement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les travaux réalisés en régie directe sont exclus.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléchargez le dossier de demande via ce lien : https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/hotellerie-de-plein-air-independante et l&amp;#039;envoyer à l&amp;#039;adresse postale
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+ &lt;br /&gt;
+ 14, Rue François de Sourdis 33 077 Bordeaux Cedex
+ &lt;br /&gt;
+ 05 49 38 49 38
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/hotellerie-de-plein-air-independante</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges (départements 87-23-19) : 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers (départements 79-86-17-16) :
+ 05 16 01 40 55
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux (départements 33-24-47-40-64) :
+ 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d4f-hotellerie-de-plein-air-independante/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>92609</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le déploiement des outils et projets numériques au service du développement touristique</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J65" s="1" t="inlineStr">
+        <is>
+          <t>Aide maximale de 10 K€ par projet dans la limite de 50 K€ par an</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs du tourisme, afin de mieux répondre aux attentes des visiteurs et renouveler les expériences de découverte des sites et lieux qu&amp;#039;ils promeuvent ou gèrent, doivent s&amp;#039;adapter et proposer des solutions innovantes pour contribuer à bâtir le tourisme de demain.
+En matière d&amp;#039;attractivité touristique et d&amp;#039;outil de découverte, le numérique a un rôle fort à jouer et est indispensable pour le renforcement de l&amp;#039;attractivité des sites touristiques du Vaucluse.
+Le Département souhaite fournir des services innovants et de qualité aux touristes et accompagner financièrement les EPCI, OT et OTI dans leurs projets de développement numériques afin de stimuler l&amp;#039;innovation au sein de la filière du tourisme.
+L&amp;#039;usage du numérique devra par ailleurs aider les acteurs du secteur touristique à intégrer plus rapidement des innovations utiles à leur développement dans la période post-épidémie Covid 19.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de mise en place d&amp;#039;outils de découverte et de valorisation numérique,  applications numériques ou parcours numériques individualisés ou collectifs (sites intérieurs ou extérieurs).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme communaux ou intercommunaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une attention particulière sera portée :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;articulation du projet avec les acteurs du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la liaison entre le projet et la stratégie de communication portée par Vaucluse Provence Attractivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la bonne connexion du projet et le réseau de bornes wifi touristique du Département et en particulier à la web application de valorisation des sites touristiques du Vaucluse
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la dimension durable du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7b5-soutenir-le-deploiement-des-outils-et-projets/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>119912</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Développer et mettre en valeur le tourisme artisanal sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes
+Destination France</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez développer une offre touristique durable autour de la valorisation des produits et savoir-faire artisanaux proposés localement afin de renforcer le rayonnement, l&amp;#039;attractivité et la valeur ajoutée de votre territoire, dans le respect de l&amp;#039;environnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les chambres de métiers et de l&amp;#039;artisanat interviennent pour valoriser le patrimoine artisanal :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de diagnostic et recensement des activités et savoir-faire du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration du patrimoine artisanal au côté du patrimoine naturel et du patrimoine culturel dans l&amp;#039;offre et les parcours touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des entreprises artisanales dans le développement de la visite d&amp;#039;entreprise, l&amp;#039;accueil d&amp;#039;une clientèle touristique, les démonstrations de savoir-faire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des entreprises artisanales dans le développement de pratiques numériques et notamment l&amp;#039;amélioration de leur visibilité en ligne ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;une offre d&amp;#039;ateliers culinaires autour de produits locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation du territoire au travers d&amp;#039;événements consacrés aux savoir-faire (salon et journées des métiers d&amp;#039;art, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création de parcours touristiques pour découvrir l&amp;#039;artisanat, le savoir-faire et les produits locaux
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b35-copie-14h37-developper-et-mettre-en-valeur-le/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>119997</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'accès aux loisirs de proximité des enfants et adolescents</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Forfait loisirs jeunes</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Caisse d'allocations familiales (CAF) du Val-de-Marne</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>Caisse d'allocations familiales (CAF) du Val-de-Marne</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le forfait loisirs jeunes est une aide financière sur barème visant à favoriser l&amp;#039;accès aux loisirs de proximité des enfants et adolescents de 3 à 17 ans révolus, pour soutenir l&amp;#039;inscription à une activité de loisirs ,sportive ou culturelle pratiquée régulièrement au cours de l&amp;#039;année scolaire.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P67" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2025</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La famille doit :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etre allocataire de la caf du Val-de-Marne à titre familial, au titre du mois d&amp;#039;octobre 2024 (hors MSA).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir un quotient familial ne dépassant pas 800 € en mai 2025 (ressources 2023).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir au moins un enfant à charge né entre le 1er juin 2008 et le 31 décembre 2022 inscrit à une activité de loisirs sportive ou culturelle (hors apprentissage de langues étrangères)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir l&amp;#039;engagement du (ou des) parent(s) ou du responsable du jeune qu&amp;#039;il pratiquera régulièrement l&amp;#039;activité choisie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>Val-de-Marne</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.caf.fr/allocataires/caf-du-val-de-marne/offre-de-service/vie-personnelle/le-forfait-loisirs-jeunes</t>
+        </is>
+      </c>
+      <c r="W67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.caf.fr/sites/default/files/medias/941/Partenaires%20locaux/Offre%20de%20service%20familiale%20et%20sociale/Aides%20financi%C3%A8res/Forfait%20loisirs%20jeunes%202023%20-%20Formulaire%20de%20demande.pdf</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Veuillez renseigner le formulaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>aissatou.mane@caf94.caf.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/17f0-forfait-loisirs-jeunes/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>141292</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Cohésion Territoriale pour la modernisation des infrastructures touristiques</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Cohésion Territoriale : financer la modernisation des infrastructures du tourisme</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité locale, entreprise publique locale, etc.) et vous souhaitez revaloriser le patrimoine touristique de votre territoire en le dotant de nouvelles infrastructures ? Vous pouvez bénéficier d&amp;#039;un prêt de la Banque des Territoires pour financer votre projet de développement économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre de prêt est mobilisable pour tout projet d&amp;#039;infrastructures de long terme qui vise à moderniser les équipements de votre territoire, ou correspondant à des immobilisations lourdes et relevant du secteur du tourisme (hôtellerie, thalassothérapie, parc de loisir, etc.). Nous vous accompagnons grâce au Prêt Cohésion Territoriale sur 25 ans et plus, et le taux est indexé sur celui du Livret A.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-cohesion-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cohesion_territoriale_psat</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/430a-financer-vos-projets-de-modernisation-dequipe/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>156148</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les aménagements, équipements et hébergements à vocation touristique</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENTS, ÉQUIPEMENTS ET HÉBERGEMENTS À VOCATION TOURISTIQUE</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="J69" s="1" t="inlineStr">
+        <is>
+          <t>si les investissements visent à obtenir la certification "Ecolabel européen Hébergement touristique" ou "NF Environnement - Sites de visite" et pour la végétalisation des sites et hébergements existants</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner la création, l&amp;#039;amélioration, l&amp;#039;extension ou la réhabilitation de sites, d&amp;#039;aménagements et d&amp;#039;hébergements touristiques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Equipement public
+Bâtiments et construction
+Paysage</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme tous statuts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;opérations éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aménagements de sites et équipements visant à développer les filières identitaires de la destination Seine-Maritime :
+  &lt;/strong&gt;
+  Itinérances, savoir-faire et produits locaux, tourisme de nature et loisirs de pleine nature, tourisme culturel et patrimonial (Ex : outils de mesure de la fréquentation des itinéraires, aménagements et développement de services le long des itinéraires, aménagements des sites de visite, préservation paysagère des sites...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aménagements de sites et équipements visant à développer les filières
+   contributives :
+  &lt;/strong&gt;
+  Tourisme littoral et balnéaire, tourisme fluvial et de croisière, tourisme urbain, tourisme d&amp;#039;affaires (Ex : pontons d&amp;#039;accostage, aménagements de fronts de mer, aménagements pour l&amp;#039;accueil de séminaires...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signalétique et information touristique :
+  &lt;/strong&gt;
+  Signalétique d&amp;#039;information touristique, construction ou réhabilitation d&amp;#039;un office de tourisme, borne d&amp;#039;accueil, point d&amp;#039;information itinérant.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Hébergements à vocation touristique (création, amélioration, extension, réhabilitation) :
+  &lt;/strong&gt;
+  Hébergements de groupe (gîtes de groupe, auberges de jeunesse, villages vacances, gîtes d&amp;#039;étapes) - Hôtellerie de plein air (terrains de camping classés, parcs résidentiels de loisirs, aires de bivouac et aires naturelles de camping) - Aires de camping-cars
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Végétalisation des sites et des hébergements à vocation
+   touristique existants
+   (bâti et abords immédiats) :
+  &lt;/strong&gt;
+  Plantations d&amp;#039;essences locales, semis, mise en place de paillage, désimperméabilisation des sols
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études préalables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions immobilières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de gros et second œuvre réalisés par des entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériaux et équipements achetés par le maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;architecte ou de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais facturés par l&amp;#039;AFNOR pour la certification Ecolabel européen – Hébergements touristiques ou NF Environnement – Sites de visite
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de
+   dépenses :
+   3.500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de
+   dépenses :
+   500.000€
+   HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tout renouvellement de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les panneaux de signalétique routière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et le renouvellement du mobilier de signalisation directionnelle sur les itinéraires (balises de jalonnement et autres types de balisage)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagements-equipements-et-hebergements-a-vocation-touristique/</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0784-modele/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>156154</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'obtention ou au renouvellement du label « Tourisme et Handicap »</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>OBTENTION DU LABEL « TOURISME ET HANDICAP »</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner le développement du label « Tourisme &amp;amp; Handicap » en Seine- Maritime. Aider au financement d&amp;#039;aménagements permettant d&amp;#039;obtenir ou de renouveler ce label voire de l&amp;#039;étendre à d&amp;#039;autres pictogrammes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Handicap
+Equipement public
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme tous statuts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition immobilière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux réalisés par des entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériaux et équipements achetés par le maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais d&amp;#039;architecte ou de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements adaptés pour les hébergements touristiques (campings, aires de camping-cars...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond de dépenses :
+ &lt;/strong&gt;
+ 30.000€ HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le solde de la subvention sera versé après obtention ou renouvellement du label ou obtention des pictogrammes supplémentaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations proposées devront faire l&amp;#039;objet d&amp;#039;une pré-évaluation obligatoire à l&amp;#039;obtention du label pour 2 handicaps a minima.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sites de visites doivent être ouverts au public au moins 50 jours dans l&amp;#039;année.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/obtention-du-label-tourisme-et-handicap/</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/43ec-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>160865</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir le territoire via l’activité touristique et écotouristique</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Fiche-action 3</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>de 5 000 à 30 000 euros</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif stratégique :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Valoriser les patrimoines naturel et bâti dans un développement vertueux, y compris au travers du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs opérationnels :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Structurer le secteur touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer la qualité et de l&amp;#039;offre d&amp;#039;hébergement dans le secteur du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Plus-value LEADER :
+  &lt;/strong&gt;
+  Sur le tourisme, elle se situera dans les interventions répondant à un manque identifié dans le diagnostic, tant en matière d&amp;#039;hébergement (en particulier collectif, durable, tourisme vert) que dans la structuration touristique du territoire, via des études, actions de marketing territorial, applications numériques, coopérations...
+ &lt;/span&gt;
+ &lt;span&gt;
+  Le &amp;#43; LEADER sur le tourisme : impulser une dynamique autour de la problématique de l&amp;#039;hébergement sur le territoire, coordonner les initiatives, accompagner les démarches de marketing territorial en cours
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Effets attendus :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une attractivité touristique renforcée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;offre d&amp;#039;hébergements permettant de couvrir des zones en sous-présence et parallèlement de s&amp;#039;adresser à un public non ou peu couvert
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;une offre touristique tournée vers une approche durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;emplois touristiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;opérations :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la création, réhabilitation, aménagements d&amp;#039;hébergement touristique durable
+  &lt;strong&gt;
+   1
+  &lt;/strong&gt;
+  (individuel ou collectif) visant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  - à valoriser et/ou préserver des ressources, du patrimoine ou de l&amp;#039;offre touristique locale
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - et/ou à résorber des biens vacants recensés dans les politiques d&amp;#039;habitat dégradé.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutien aux actions de communication, de promotion et de marketing territorial à l&amp;#039;échelle intercommunale et en lien avec la thématique de la fiche-action.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la création d&amp;#039;applications numériques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes
+  &lt;strong&gt;
+   2
+  &lt;/strong&gt;
+  ayant une dimension intercommunale, et/ou s&amp;#039;inscrivant dans une politique de soutien aux centralités. Les études doivent être en lien avec la thématique de la fiche-action
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Engagement dans une démarche qualité (labélisation, certification, classement supérieur) en complément de l&amp;#039;investissement matériel
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cahier des charges des études devra être transmis.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Pour les projets économiques, une étude de marché montrant les retombées économiques et la pérennité du projet devra être transmise
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Innovation, créativité et recherche
+Equipement public
+Logement et habitat
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides seront attribuées dans le cadre de la réglementation nationale et européenne en vigueur, et le cas échéant, dans le respect du régime d&amp;#039;aide d&amp;#039;Etat applicable.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l&amp;#039;opération a un impact direct sur le territoire du GAL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Capacité du porteur : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>PAYS EPINAL CŒUR DES VOSGES</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>http://www.gal-pays-epinal.fr/</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ludmilla HELLOT, chargée de mission LEADER -
+ &lt;a target="_self"&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ -
+ &lt;span&gt;
+  03 29 37 54 96
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Cécile PIERRE, chargée de mission LEADER -
+ &lt;/span&gt;
+ &lt;a target="_self"&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/a&gt;
+ - 03 29 37 87 72
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>leader@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c921-1-preserver-accompagner-et-valoriser-le-devel/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>162939</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les atouts culturels, touristiques et patrimoniaux du territoire</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I72" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Avec sa démarche d’attractivité amorcée depuis 2019, le territoire des Coëvrons poursuit la valorisation des atouts du territoire. Ce dernier possède un patrimoine historique, naturel et bâti riche et marqué par des sites emblématiques et des espaces naturels diversifiés. Doté de propositions culturelles abondantes et d’un tissu associatif dynamique, le territoire des Coëvrons fait preuve d’un dynamisme culturel avéré.&lt;/p&gt;&lt;p&gt;L’enjeu est de renforcer l’appropriation de cette richesse patrimoniale et culturelle par les populations résidentes, de la faire connaitre à tous et de renforcer l’ancrage local des propositions culturelles.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Promouvoir le territoire par son offre touristique et patrimoniale&lt;/p&gt;&lt;p&gt;- Préserver, animer et valoriser le patrimoine naturel, historique et culturel&lt;/p&gt;&lt;p&gt;- Proposer de nouvelles offres touristiques et patrimoniales&lt;/p&gt;&lt;p&gt;- Renforcer l’offre touristique et patrimoniale accessible toute l’année&lt;/p&gt;&lt;p&gt;- Qualifier l’offre touristique et patrimoniale via des labels&lt;/p&gt;&lt;p&gt;- Contribuer à l’animation culturelle sur l’ensemble du territoire&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Entretien et restauration du patrimoine&lt;/li&gt;&lt;li&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/li&gt;&lt;li&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/li&gt;&lt;li&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/li&gt;&lt;li&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/li&gt;&lt;li&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/li&gt;&lt;li&gt;- Actions de promotion du territoire&lt;/li&gt;&lt;li&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/li&gt;&lt;li&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/li&gt;&lt;li&gt;- Développement de formes culturelles innovantes&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Préservation, animation et valorisation du patrimoine naturel, historique et culturel :&lt;/p&gt;&lt;p&gt;- Entretien et restauration du patrimoine&lt;/p&gt;&lt;p&gt;- Actions et outils d’animation, de médiation et de valorisation du patrimoine&lt;/p&gt;&lt;p&gt;- Aménagements paysagers des abords des sites patrimoniaux&lt;/p&gt;&lt;p&gt;- Etudes et démarches de labellisations nationales ou internationales (ex : Grands sites de France)&lt;/p&gt;&lt;p&gt;Développement et structuration de l’offre touristique :&lt;/p&gt;&lt;p&gt;- Déploiement de nouvelles offres touristiques (ex : fermes pédagogiques, agritourisme, tourisme d’entreprise, hébergements atypiques)&lt;/p&gt;&lt;p&gt;- Développement de projets alliant sport et tourisme (ex : création de voies vertes, liaisons entre les boucles de randonnée, trails, itinérance douce entre les sites patrimoniaux, signalétique)&lt;/p&gt;&lt;p&gt;- Actions de mise en réseau des acteurs du tourisme et des sites touristiques&lt;/p&gt;&lt;p&gt;- Actions de promotion du territoire&lt;/p&gt;&lt;p&gt;- Création et animation d’un réseau d’ambassadeurs&lt;/p&gt;&lt;p&gt;Soutien à l’animation culturelle du territoire :&lt;/p&gt;&lt;p&gt;- Actions décentralisées (ex : spectacles et scènes en itinérance, bus qui sillonne le territoire)&lt;/p&gt;&lt;p&gt;- Organisation de spectacles chez ou avec les habitants, les associations, les écoles ou les artistes amateurs&lt;/p&gt;&lt;p&gt;- Développement de formes culturelles innovantes&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Technologies numériques et numérisation
+Tiers-lieux
+Artisanat
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P72" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q72" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-le-developpement-dune-production-et-dune-consommation-responsables-1/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>164099</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le renforcement et la structuration de l'offre touristique durable du Calaisis</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>LEADER- Fiche action  5</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Pays du Calaisis</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
-[...8 lines deleted...]
- Accélérer la mutation vers un tourisme durable prenant en compte les impacts économiques, sociaux et environnementaux.
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Subvention &lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plancher : 3000 €&lt;/span&gt;&lt;br /&gt;&lt;span&gt;aide plafond: 30 000 € &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs stratégiques &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer l’attractivité touristique du territoire tout au long de l’année&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer les coopérations et les échanges entre les territoires de la zone littorale et l’arrière-pays du Calaisis&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’émergence d’offres touristiques durables sur le territoire&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Objectifs opérationnels &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Créer et maintenir de l’emploi :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Créer de l’emploi et de l’activité&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer l’attractivité du territoire :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Attirer la clientèle locale&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Capter la clientèle de passage et prolonger le séjour des touristes&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Renforcer la formation et l’accompagnement :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Accompagner l’obtention de distinctions et labels des professionnels et des lieux d’hébergement&lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Développer des outils, des services, des actions adaptés et résilients :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Développer l’offre d’activités de plein air (vélo, marche à pied, randonnées, activités équestres et fluvestres)&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Augmenter la visibilité des lieux d’accueil touristique&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Améliorer la qualité de l’accueil touristique et de la promotion du territoire par la mise en réseau de professionnels &lt;/span&gt;&lt;br /&gt;&lt;span&gt;-	Encourager l’innovation :&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Monter des projets de coopérations inter territoires&lt;/span&gt;&lt;br /&gt;&lt;span&gt;o	Expérimenter des formes d’accueil touristique et de loisirs&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/971973b9-b8e7-4b9d-af73-ee3e702d9f30/236" target="_self"&gt;cliquer ici pour accéder à la fiche action 5&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q73" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour être éligible le projet doit s&amp;#039;inscrire dans la Stratégie Locale de Développement .&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Pour être éligible le porteur de projet doit être accompagné par une structure d&amp;#039;accompagnement type Chambres consulaires, BGE, Galillée...&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/download_file/force/53ad699c-2195-48e3-8c6f-ae830225e274/236" target="_self"&gt;cliquer ici pour accéder à la grille de sélection de la Fiche action 5&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>PAYS CALAISIS</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-du-calaisis.fr/economie/dispositif-leader</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.pays-du-calaisis.fr/economie/dispositif-leader/contacts-renseignements" target="_self"&gt;Cliquer ici pour obtenir les coordonnées de l&amp;#039;équipe d&amp;#039;animation et gestion LEADER&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>charlotte.aubert@pays-du-calaisis.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/leader-accompagner-le-renforcement-et-la-structuration-de-loffre-touristique-durable-du-calaisis/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>164420</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Structurer les destinations touristiques ligériennes pour améliorer leur notoriété</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.2 « Structurer les destinations touristiques ligériennes pour améliorer leur notoriété »</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I74" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J74" s="1" t="inlineStr">
+        <is>
+          <t>Lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la Région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être notamment dans le cadre d’une amélioration de la notoriété du territoire du GAL et de ses destinations. Dans ce cadre, le présent appel à projets vise à permettre au GAL de soutenir des projets visant à structurer ces destinations.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Faciliter l’accueil des visiteurs par une communication simple et claire&lt;/p&gt;&lt;p&gt;− Donner envie de visiter les destinations par une promotion qui correspond à l’offre&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;     * Sensibiliser les visiteurs et usagers&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’objectif du GAL dans le cadre du présent appel à projets est de soutenir la structuration et la promotion des 3 destinations identifiées que sont :&lt;/p&gt;&lt;p&gt;− Le Forez&lt;/p&gt;&lt;p&gt;− Le Pilat&lt;/p&gt;&lt;p&gt;− Le Roannais&lt;/p&gt;&lt;p&gt;Les opérations soumises à cet AAP devront s’inscrire au moins à l’une de ces échelles ou couvrir un territoire plus large.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets innovants suivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Accompagner les professionnels et prestataires touristiques dans leur engagement dans des démarches de tourisme durable ;&lt;/p&gt;&lt;p&gt;− Développer des produits touristiques correspondant aux attentes de la clientèle et la commercialisation des offres touristiques locales ;&lt;/p&gt;&lt;p&gt;− Structurer et cibler la communication et la promotion des destinations identifiées.&lt;/p&gt;&lt;p&gt;Les projets innovants et de tourisme durable s’apprécieront au regard de la grille de sélection (en annexe de l&amp;#039;appel à projets).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;A ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisition de matériels et d’équipements ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définitions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Accès aux services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P74" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q74" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets devront se déployer au minimum à l’échelle de l’une des 3 destinations citées dans la partie descriptif du présent appel à projets. Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets de développement des produits touristiques devront répondre aux attentes de la clientèle. Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles com-munes à toutes les aides FEADER » :&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 HT&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques)) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;* Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;* Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;* L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.2_DESTINATIONS_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – &lt;a target="_blank"&gt;leaderloire&amp;#64;loireforez.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/structurer-les-destinations-touristiques-ligeriennes-pour-ameliorer-leur-notoriete-1/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>164785</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la création ou le développement d’activités touristiques de sites culturels ou patrimoniaux ligériens</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Innovation et transitions pour le tourisme culturel</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le développement de la filière du tourisme culturel et patrimonial est inscrit comme l’une des priorités du Schéma régional de développement du tourisme et des loisirs 2022-2028. A travers cet appel à projets, la Région souhaite développer tout le potentiel touristique du patrimoine culturel emblématique de la Région en accompagnant les acteurs économiques du tourisme culturel dans leurs projets innovants et leurs transitions (numérique et écologique).&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;Qui peut en bénéficier ?&lt;/strong&gt; &lt;br /&gt;Cet appel à projets s’adresse aux propriétaires et exploitants (personnes physiques ou morales publiques et privées) de sites culturels et patrimoniaux déjà ouverts au public ou souhaitant s’ouvrir à une activité touristique régulière adossée à leur activité principale de site culturel.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pour quels projets ?&lt;/strong&gt;&lt;br /&gt;Les dimensions touristiques et culturelles doivent obligatoirement être présentes dans les projets et chaque projet devra répondre à au moins l’une des thématiques suivantes :&lt;br /&gt;- Innovation : projet proposant une innovation de produit, de procédés ou un regard renouvelé sur le patrimoine,&lt;br /&gt;- Numérique : usage des technologies numériques au profit de l’amélioration des visites (réalité augmentée, outils immersifs et sonores, digitalisation du parcours de visite), &lt;br /&gt;- Transition écologique/durabilité : investissements pour une expérience durable/écologique du visiteur (actions de développement des mobilités douces pour l’accès au site, outils de sensibilisation à la transition écologique…) ou pour le fonctionnement écologique de l’établissement (actions pour la meilleure gestion des déchets, de l’eau, de l’énergie, des achats, du bruit, de l’air, de l’intégration paysagère).&lt;/p&gt;
+&lt;p&gt;Les catégories de projets suivants sont éligibles à cet AAP :&lt;br /&gt;• Création d’un nouveau produit touristique culturel innovant, une nouvelle expérience patrimoniale de visite, appropriation de nouveaux usages et de nouvelles technologies &lt;br /&gt;• Création ou amélioration significative d’aménagements et équipements d’espaces dédiés à l’accueil du public (espaces pédagogiques, d’accueil du public, accessibilité, accueil de cyclotouristes, petite restauration…).&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Quels critères d’éligibilité ?&lt;/strong&gt; &lt;br /&gt;Le site culturel/patrimonial devra :&lt;br /&gt;• Présenter une qualité architecturale ou patrimoniale remarquable,&lt;br /&gt;• Disposer d’un potentiel touristique basé sur une offre structurée,&lt;br /&gt;• Proposer ou souhaiter proposer une activité marchande ou une billetterie,&lt;br /&gt;• Etre ouvert ou comptant ouvrir au moins 6 mois par an à l’issue du projet, et pendant les vacances scolaires (exclusion possible des vacances de Noël).&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P75" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2025</t>
+        </is>
+      </c>
+      <c r="Q75" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BÉNÉFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Entreprises&lt;/p&gt;&lt;p&gt;Particuliers&lt;/p&gt;&lt;p&gt;Collectivités - Institutions - GIP&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES DE SOUTIEN FINANCIER&lt;/strong&gt;&lt;br /&gt;Thématique de projet Plancher de dépenses subventionnables (HT) Plafond de dépenses subventionnables (HT) Taux de subvention Prêt régional&lt;br /&gt;Création d’un produit touristique culturel innovant. Engagement significatif vers les transitions écologiques ou numériques. 5 000 € 100 000 € 40 % En complément ou non d’une subvention et selon le besoin financier, un prêt régional (cf dispositif Pays de la Loire AGIR Tourisme) pourra être proposé.&lt;br /&gt;Création ou amélioration significative d’aménagements et équipement d’espaces dédiés à l’accueil du public. 5 000 € 100 000 € 30 %&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;MONTANT DE L&amp;#039;AIDE&lt;/strong&gt;&lt;br /&gt;L’aide régionale se matérialise sous forme d’une subvention. L’attribution d’un prêt régional complémentaire est possible et sera conditionné à l’attribution d’un prêt bancaire au minimum d’un même montant. Ces possibilités de financement ne sont pas cumulables avec d’autres financements régionaux pour un même projet, sur un même objet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;MODALITES DE DEPOT DU DOSSIER&lt;/strong&gt;&lt;br /&gt;La demande d&amp;#039;aide est dématérialisée sur le portail des aides. Le dossier complet de demande d&amp;#039;aide doit être déposé sur ce portail des aides avant l&amp;#039;engagement des dépenses.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/innovation-et-transitions-pour-le-tourisme-culturel</t>
+        </is>
+      </c>
+      <c r="W75" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_AAP_TCP/depot/simple</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>Direction de l&amp;#039;entreprise et de l&amp;#039;innovation&lt;br /&gt; Service Accompagnement des entreprises&lt;br /&gt; Pôle Tourisme&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Hélène LEROY&lt;br /&gt; tourisme&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 51 71&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innovation-et-transitions-pour-le-tourisme-culturel/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>90763</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des événements professionnels liés à l'innovation touristique</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide soutient les maîtres d&amp;#039;ouvrage privés ou publics dans la réalisation d&amp;#039;évènementiels professionnels liés à l&amp;#039;innovation touristique et de manifestations thématiques d&amp;#039;envergure minimum nationale.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       soutenir les évènementiels professionnels liés à l&amp;#039;innovation touristique d&amp;#039;intérêt régional et/ou national
+       &lt;br /&gt;
+      &lt;/li&gt;
+      &lt;li&gt;
+       soutenir les manifestations thématiques professionnelles, d&amp;#039;envergure minimum nationale, en lien avec les filières touristiques régionales prioritaires
+       &lt;br /&gt;
+      &lt;/li&gt;
+      &lt;li&gt;
+       &lt;strong&gt;
+        Bénéficiaires :
+       &lt;/strong&gt;
+      &lt;/li&gt;
+      &lt;li&gt;
+       Maîtres d&amp;#039;ouvrages privés ou publics
+       &lt;br /&gt;
+      &lt;/li&gt;
+      &lt;li&gt;
+       Les SCI sont exclues du champ des aides
+      &lt;/li&gt;
+      &lt;li&gt;
+       &lt;strong&gt;
+        Montant de l&amp;#039;aide :
+       &lt;/strong&gt;
+      &lt;/li&gt;
+     &lt;/ul&gt;
+     &lt;p&gt;
+      1/ Evènementiel professionnel : 30% maximum d&amp;#039;un montant de dépenses éligibles HT ou TTC plafonné à :
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;/p&gt;&lt;ul&gt;
+       &lt;li&gt;
+        400 000 € pour les évènements de niveau national et/ou international
+        &lt;br /&gt;
+       &lt;/li&gt;
+       &lt;li&gt;
+        150 000 € pour les évènements de niveau régional.
+        &lt;br /&gt;
+       &lt;/li&gt;
+      &lt;/ul&gt;
+     &lt;p&gt;
+      2/ Manifestations thématiques :
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;/p&gt;&lt;ul&gt;
+       &lt;li&gt;
+        10 000 € maximum pour les manifestations d&amp;#039;envergure nationale
+        &lt;br /&gt;
+       &lt;/li&gt;
+       &lt;li&gt;
+        20 000 € maximum pour les manifestations d&amp;#039;envergure internationale
+        &lt;br /&gt;
+       &lt;/li&gt;
+      &lt;/ul&gt;
+     &lt;p&gt;
+      Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+     &lt;/p&gt;
+     &lt;p&gt;
+      &lt;strong&gt;
+       Dépenses éligibles :
+      &lt;/strong&gt;
+      frais de logistique et de gestion, de prestations extérieures liées à la programmation et de communication liés à la manifestation
+     &lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/evenementiel-et-promotion</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges (départements 87-23-19)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 27, boulevard de la Corderie
+&lt;/p&gt;
+&lt;p&gt;
+ CS 3116
+ &lt;br /&gt;
+ 87031
+                                                    Limoges Cedex 1
+&lt;/p&gt;
+&lt;p&gt;
+ 05 55 45 00 30
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers
+Direction du tourisme (départements 79-86-17-16)
+&lt;/p&gt;
+&lt;p&gt;
+ 15, rue de l&amp;#039;Ancienne Comédie
+&lt;/p&gt;
+&lt;p&gt;
+ CS 70575
+ &lt;br /&gt;
+ 86021
+                                                    Poitiers Cédex
+&lt;/p&gt;
+&lt;p&gt;
+ 05 16 01 40 55
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux (départements 33-24-47-40-64)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 14, rue François de Sourdis
+&lt;/p&gt;
+&lt;p&gt;
+ CS 81383
+ &lt;br /&gt;
+ 33077
+                                                    Bordeaux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05 57 57 83 09
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
-[...2 lines deleted...]
- Dans le domaine du tourisme durable :
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ad04-evenementiel-et-promotion/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>90878</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises touristiques dans l'adaptation et la diversification de l'offre en locations saisonnières</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I77" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide soutient les entreprises touristiques dans l&amp;#039;adaptation et la diversification de l&amp;#039;offre en locations saisonnières. L&amp;#039;objectif est de développer une offre de locations saisonnières visant à améliorer la qualité de l&amp;#039;hébergement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtres d&amp;#039;ouvrages publics et privés (inscrits au RCS ou R.A).
+&lt;/p&gt;
+&lt;p&gt;
+ Les SCI sont exclues du champ des aides.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux d&amp;#039;intervention
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Meublé de tourisme de grande capacité, gîte d&amp;#039;étape
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Le développement de sites et activités touristiques (aménagement, accueil des sites), notamment dans l&amp;#039;une des filières régionales identifiées : itinérances touristiques douces, activités de pleine nature - éco-tourisme - moyenne montagne, patrimoine, bien-être et thermalisme, œnotourisme et gastronomie, tourisme de savoir-faire... ;
-[...11 lines deleted...]
-  Les actions de promotion et communication autour des sites culturels, touristiques et patrimoniaux.
+  25% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 150 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des travaux : 40 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Dans le domaine du patrimoine :
+ &lt;strong&gt;
+  Meublé de tourisme 4/9 personnes
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les projets d&amp;#039;investissement, de restauration et de valorisation, sur des sites patrimoniaux bénéficiant d&amp;#039;une protection au titre des monuments historiques, et ouverts au public, destinés à accroître la qualité de l&amp;#039;offre ;
-[...2 lines deleted...]
-  Les actions de médiation et d&amp;#039;interprétation sur les sites touristiques et patrimoniaux (signalétique, manipulations et dispositifs ludiques, éléments numériques et multimédias...).
+  25% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 100 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des travaux : 15 000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/meubles-de-tourisme</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19) : 05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16) : 05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64) : 05 57 57 83 09
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/086d-meubles-de-tourisme/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>90960</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des offres touristiques par l'ouverture des sites économiques ou des entreprises au public</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne le développement des offres touristiques par l&amp;#039;ouverture des sites économiques ou des entreprises au public.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la mise en réseau d&amp;#039;une offre de tourisme de découverte économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagner l&amp;#039;ouverture aux publics dans la visite d&amp;#039;entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises,
+ &lt;/li&gt;
+ &lt;li&gt;
+  associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  établissements publics
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Dans le domaine de la culture :
+ &lt;strong&gt;
+  Mise en réseau d&amp;#039;une offre de tourisme économique
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Les projets de création, de rénovation et d&amp;#039;aménagement d&amp;#039;équipements culturels dont l&amp;#039;objectif est de proposer principalement une offre culturelle variée tout au long de l&amp;#039;année conduite par des professionnels (théâtre, musique, danse...) répondant à un besoin avéré sur le territoire (absence d&amp;#039;équipement équivalent à l&amp;#039;échelle de l&amp;#039;intercommunalité) et permettant une pratique artistique des habitants et leur implication (pratique amateur, action culturelle et d&amp;#039;éducation artistique et culturelle)
+  50% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 30 000 € pour la phase de diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 30 000 € pour la phase de sensibilisation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  40% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 30 000 € pour la phase de médiation
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Sont exclus les salles dites à multi usages (salles polyvalentes, salles de fêtes), les projets de type librairie, bibliothèque et médiathèque, salles de cinéma.
+ &lt;strong&gt;
+  Aide à l&amp;#039;ouverture aux publics des entreprises
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  30% maximum d&amp;#039;un montant de dépenses éligibles HT plafonné à 300 000 € pour les investissements liés à la création ou la modernisation de circuits de découverte de l&amp;#039;entreprise et de ses productions, espaces et logistique d&amp;#039;accueil
+ &lt;/li&gt;
+ &lt;li&gt;
+  une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable
+ &lt;/li&gt;
+ &lt;li&gt;
+  montant minimum des travaux : 20 000 € HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez prendre contact afin de connaître les démarches à effectuer.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/mise-en-reseau-dune-offre-de-tourisme-de-decouverte-economique</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges
+Direction du tourisme
+27, boulevard de la Corderie. CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 19 00 (départements 87-23-19).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers
+Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers
+05 49 55 77 00
+(départements 79-86-17-16)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux
+Direction du tourisme
+14, Rue François de Sourdis, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09
+(départements 33-24-47-40-64).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c144-mise-en-reseau-dune-offre-de-tourisme-de-deco/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>103258</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer la desserte des lycées et des îles de loisirs - Plan Route</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Plan Route : Amélioration de la desserte des lycées et des îles de loisirs</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région renforce la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la Région s&amp;#039;applique aux opérations d&amp;#039;infrastructure visant à favoriser la desserte par les transports en commun des grands établissements régionaux suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les lycées d&amp;#039;enseignement général, technologique et professionnel et les établissements d&amp;#039;éducation spéciale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  les Îles de loisirs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Peuvent être soutenus: les aménagements de voirie en faveur des transports en commun, dans un périmètre de 300m autour des accès principaux de ces établissements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La participation maximale sera égale à 70% de la dépense HT supportée par le maître d&amp;#039;ouvrage (hors subventions provenant de tiers).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de bénéficier des subventions, vous devrez tout d&amp;#039;abord déposer un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération. Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maitres d&amp;#039;ouvrage ou maitres d&amp;#039;ouvrage délégués
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/BJRejcWcN</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Transports / Service Pôles et voiries
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  directiondestransports&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa19-plan-route-amelioration-de-la-desserte-des-ly/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>111702</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger une dynamique de transition touristique avec les acteurs locaux</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger une dynamique de transition touristique avec les acteurs locaux</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Cerema
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Vos enjeux
+&lt;/h4&gt;
+&lt;p&gt;
+ Vous souhaitez vous engager dans une dynamique de transition touristique
+ permettant de rendre le territoire moins dépendant au tourisme hivernal, en
+ impliquant l&amp;#039;ensemble des acteurs locaux.
+&lt;/p&gt;
+&lt;h4&gt;
+ L&amp;#039;offre :
+&lt;/h4&gt;
+&lt;p&gt;
+ Le Cerema, en partenariat avec l&amp;#039;ANCT, vous propose un appui pour définir et
+ mettre en œuvre une démarche de « mise en mouvement » du territoire, visant à
+ rendre le territoire moins dépendant au tourisme hivernal, en l&amp;#039;appréhendant
+ comme un territoire de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche est construite sur mesure pour et avec le territoire, selon sa situation et
+ ses besoins, et peut faire l&amp;#039;objet d&amp;#039;ajustements permanents tout au long de sa mise
+ en œuvre en fonction des résultats obtenus au fur et à mesure ; elle consiste à créer
+ les conditions d&amp;#039;écoute et d&amp;#039;échanges constructifs entre parties prenantes du
+ territoire (élus et techniciens, acteurs socio-économiques, habitants), pour co-construire ensemble son avenir.
+&lt;/p&gt;
+&lt;p&gt;
+ La démarche s&amp;#039;appuie sur les principes d&amp;#039;action suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mobilisation des acteurs du territoire autour du projet ; participation de la population ; diagnostic partagé des enjeux du territoire et de sa vulnérabilité ; construction et partage d&amp;#039;une ambition commune pour le territoire ; exercice de projection, en imaginant le futur idéal du territoire, puis en formulant des visions prospectives positives pour déterminer des axes stratégiques ; révélation et valorisation des ressources territoriales spécifiques ; émergence de coopérations entre acteurs ; définition d&amp;#039;un plan d&amp;#039;actions ; suivi, évaluation et ajustements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui sur différents outils parmi lesquels : ateliers d&amp;#039;intelligence collective, diagnostic partagé territorial, entraînement mental, boîte à outils Vision &amp;#43;21, jeux de cartes, conférences, visites de terrain, boussole de la résilience, boussole de la participation...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Montagne
+Transition énergétique
+Appui méthodologique
+Valorisation d'actions
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être lauréat du programme Avenir Montagnes ingénierie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Ensemble des massifs français</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/sites/default/files/2021-12/OffreDeService_AM_v5.pdf</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre commissariat de massif ou votre direction territoriale du Cerema.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>juliette.conrad@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fe39-faire-emerger-une-dynamique-de-transition-tou/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>111716</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser le sport et les loisirs pour tous (contrat départemental d'animation)</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Sport et loisirs pour tous - contrat départemental d'animation</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communautés de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communautés d&amp;#039;agglomérations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes ou syndicats mixtes labellisés stations sports nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le contrat départemental d&amp;#039;animation est un dispositif qui s&amp;#039;adresse aux regroupements de communes (excepté pour les communes ou syndicats mixtes labellisés stations sports nature). Les cinq grands domaines d&amp;#039;intervention sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le sport, avec soutien à la création et au maintien des écoles multisports (EMS) pour les jeunes, à la pratique sportive diversifiée et tout public (hors contexte fédéral) et à la pratique des activités nature non motorisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  la culture, avec soutien à la pratique des arts plastiques, à la pratique théâtrale chez les jeunes et aux pratiques culturelles diversifiées tout public
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;éducation à l&amp;#039;environnement et au développement durable autour de la compréhension, de la connaissance et de protection des milieux (sachant que les activités de nature peuvent être utilisées comme moyen d&amp;#039;immersion dans les milieux naturels) et de l&amp;#039;éducation éco citoyenne
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;été actif et solidaire avec pour objectifs le maintien et l&amp;#039;amélioration de cette opération qui offre à la population locale des animations encadrées de qualité (optimisation de l&amp;#039;intervention du Département en apportant plus de transparence, plus de visibilité, une exigence de qualité, et tout cela avec un budget maîtrisé ; poursuite et renforcement des collaborations inter-territoires (mutualisation des moyens et de la programmation, plaquettes « programme » communes à plusieurs sites labellisés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;accompagnement du fonctionnement des stations sports nature pour assurer un accueil physique des différents sites labellisés avec pour objectif d&amp;#039;informer et d&amp;#039;orienter les usagers. Une dotation de 6.000,00 € par station est mobilisable dans le cadre de ce dispositif (financement de 50% maximum d&amp;#039;un poste d&amp;#039;accueil / coordination durant 4 mois et plafonné au montant mobilisé par le bénéficiaire). Cette aide spécifique au fonctionnement des stations sports nature peut être accordée à une commune ou à un syndicat mixte labellisés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention maximale accordée à chaque EPCI est plafonnée et répartie en fonction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de la population : 70%
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la superficie : 30%
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide en fonctionnement des stations sports nature est indépendante de ce calcul.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions éligibles doivent être basées sur la sensibilisation, la pratique et l&amp;#039;éducation
+&lt;/p&gt;
+&lt;p&gt;
+ Ces notions s&amp;#039;entendent dans la mesure où le public concerné est actif et acteur et qu&amp;#039;il bénéficie d&amp;#039;un vis-à-vis pédagogique adapté
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions éligibles peuvent concerner tous les publics : enfants et jeunes, adultes, familles ; locaux, Charentais, voire touristes pour l&amp;#039;été actif
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions éligibles doivent être accessibles à tous et pour cela elles devront prendre en compte les notions d&amp;#039;équité sociale et de solidarité. La traduction de ces objectifs s&amp;#039;évaluera au travers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de la politique tarifaire et de la mobilisation des dispositifs d&amp;#039;aides aux usagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  de l&amp;#039;accessibilité pour les publics relevant d&amp;#039;un handicap qu&amp;#039;il soit physique ou mental
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la prise en compte de l&amp;#039;enclavement géographique et des problématiques de mobilité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les budgets doivent correspondre à l&amp;#039;action proprement dite : frais d&amp;#039;encadrements, matériel spécifique au projet, déplacements...
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention du Département est au maximum égale au financement affecté à chaque action par le bénéficiaire et dans la limite de l&amp;#039;enveloppe financière mobilisable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque bénéficiaire d&amp;#039;un CDA doit fournir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier sollicitant le concours du Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération de la collectivité approuvant le bilan N-1 et le projet pour l&amp;#039;année N
+ &lt;/li&gt;
+ &lt;li&gt;
+  le bilan qualitatif et quantitatif par fiche action de l&amp;#039;année N-1
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget réalisé par fiche action de l&amp;#039;année N-1
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet par fiche action de l&amp;#039;année N
+ &lt;/li&gt;
+ &lt;li&gt;
+  le budget prévisionnel du projet par fiche action de l&amp;#039;année N
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : le programme d&amp;#039;actions est travaillé lors de différentes réunions de travail avant d&amp;#039;être transposé dans les fiches action du projet N.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, après la notification de décision attributive
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : 31 décembre de l&amp;#039;année sur laquelle la subvention a été attribuée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Sport/6131_SPORT_ET_LOISIRS_POUR_TOUS_CTT_DEP_ANIM.pdf</t>
+        </is>
+      </c>
+      <c r="W81" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt du dossier sur le portail Subventions16 : avant fin avril de l&amp;#039;année en cours.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Sport - Contrat départemental d&amp;#039;animation
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service sports et activités de pleine nature ; Tél. : 05 16 09 72 44 ou 05 16 09 71 18
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5678-favoriser-le-sport-et-les-loisirs-pour-tous-c/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>120047</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du chéquier sport culture loisirs Mortain-Bocage</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Chéquier loisirs</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Commune de Mortain Bocage</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaque enfant âgé de 3 à 11 ans et domicilié sur la commune de Mortain-Bocage sans condition de ressource se verra remettre par la commune un chéquier de 30 € à faire valoir auprès des associations, structures publiques et commerces partenaires de l&amp;#039;opération : dans le domaine sporif, culturel ou de loisirs. 10 coupons de 3 € chacun à faire valoir en une fois ou plusieurs fois du 1er septembre 2022 au 31 août 2023
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avoir entre 3 et 11 ans (scolarisé en maternelle ou primaire)
+&lt;/p&gt;
+&lt;p&gt;
+ Etre domicilié sur la commune de Mortain-Bocage
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune condition de revenu
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Mortain-Bocage</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>http://www.mortain-bocage.fr</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mairie de Mortain-Bocage
+&lt;/p&gt;
+&lt;p&gt;
+ 02 33 79 30 30
+&lt;/p&gt;
+&lt;p&gt;
+ mairie&amp;#64;mortain-bocage.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>peggy.georgelin@mortain-bocage.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f125-chequier-sport-culture-loisirs-mortain-bocage/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>143351</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour définir et lancer un projet en matière d'équipements ou de stratégies touristiques</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière d&amp;#039;équipement ou de stratégies touristiques pour donner des conseils de 1er niveau (conseils administratifs, réglementaires et techniques).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil de 1er niveau sur la gestion, l&amp;#039;exploitation, la commercialisation, la promotion d&amp;#039;un équipement touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition d&amp;#039;une stratégie touristique
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>http://www.inge43.fr</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
+  contact&amp;#64;inge43.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 71 07 41 71
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>contact@inge43.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d57f-beneficier-dun-accompagnement-pour-definir-et/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>160371</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Développer une offre culturelle et touristique valorisant les atouts du territoire</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Boucles de la Seine Normande (PNR)</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>max : 80% Plancher = 2 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les milieux naturels de qualité (Site Ramsar Marais Vernier-Risle maritime, tourbière d&amp;#039;Heurteauville, réserve de l&amp;#039;estuaire de la
+ &lt;/span&gt;
+ Seine...), les forêts, les paysages des boucles de Seine et plateaux (méandres, coteaux, champs de lin, clos-masures...), les agglomérations patrimoniales (Pont-Audemer, Rives-en-Seine, Cormeilles, La Bouille), le patrimoine bâti (abbayes, châteaux et manoirs...), les savoir-faire passés et actuels (arboriculture, chaumières, artisans, tannerie, passé maritime et industriel...) sont autant de ressources pour la vie culturelle et d&amp;#039;atouts pour le tourisme. Le territoire bénéficie d&amp;#039;une vie associative riche de laquelle émane des manifestations culturelles variées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les changements sociétaux récents offrent une opportunité pour le développement d&amp;#039;un tourisme familial et de proximité. Le programme
+ &lt;/span&gt;
+ LEADER Seine Normande souhaite encourager l&amp;#039;ancrage local des propositions culturelles et touristiques, afin qu&amp;#039;elles soient un moyen d&amp;#039;une meilleure connaissance du territoire et qu&amp;#039;elles profitent aux excursionnistes comme aux habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectif stratégique : Valoriser les ressources du territoire
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Objectifs opérationnels
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Le développement d&amp;#039;un tourisme responsable valorisant le territoire
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renfort d&amp;#039;une offre culturelle innovante et intégrée au territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER interviendra sur les actions suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui au développement de la consommation locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la structuration de filières locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au développement du recyclage, du réemploi et de l&amp;#039;économie circulaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les porteurs de projets publics doivent faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la preuve d&amp;#039;une démarche partenariale (par exemple projets collectifs, partenariats publics-privés)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la démonstration que le projet répond à un besoin du territoire (par exemple : étude préalable, consultation des habitants, partenariat public/ privé)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la preuve que les dépenses d&amp;#039;aménagement confèrent un caractère innovant et/ou exemplaire, ou offrent une réelle plus-value au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De façon générale, les projets &amp;gt; 1M€ HT de dépenses éligibles seront inéligibles au programme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Normande</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-seine-normande.fr/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Emma EL AOUNI, chargée de mission animation LEADER
+&lt;/p&gt;
+&lt;p&gt;
+ 02 76 27 88 55
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  emma.elaouni&amp;#64;leader-seine-normande.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>karine.lecroq@leader-seine-normande.com</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8bc6-valoriser-les-ressources-du-territoire-en-cir/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>163599</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Créer, diversifier et moderniser des sites de visites et des activités de loisirs</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Création, diversification et modernisation des sites de visites et des activités de loisirs</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide soutient les projets de création, diversification et modernisation de sites de visites ou d&amp;#039;activités de loisirs : lieu patrimonial, équipement récréatif et de loisirs, activité de pleine nature, etc.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Accompagner la création, diversification et modernisation de sites et/ou d’activités marchandes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer l’attractivité des territoires en développant l’activité, la qualification et la diversification des sites de visites, des équipements de loisirs et activités de pleine nature, à vocation économique pour les territoires en carence à destination de clientèles touristiques.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Intervention :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Seuil minimum de dépenses éligibles : 50 000 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plafond de dépenses éligibles : 500 000 € HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Taux d’intervention : 10% à 20% maximum.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;intervention pourra être modulé en fonction du projet et des engagements pris en faveur du Tourisme durable.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Travaux de gros oeuvre (huisseries, planchers, isolation par l’extérieur, isolation de toiture).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux de second oeuvre.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux d&amp;#039;optimisation énergétique.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipements d’accueil liés au déploiement de l’activité : outils d’interprétation, aménagements d’accessibilité, aménagements ludiques ou pédagogiques, aménagements paysagers.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les travaux de gros oeuvre sont éligibles uniquement pour les porteurs de projet implantés sur le territoire d&amp;#039;intercommunalités ayant contractualisé avec la Région Nouvelle-Aquitaine dans le cadre du Schéma Régional de Développement Économique, d’Innovation et d’Internationalisation 2022-2028 (SRDEII).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Matériel (canoés, etc.).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Activités de jeux de hasard et d’argent.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Activités de loisirs motorisées.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux en Régie directe.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Devis de matériaux seuls et devis inférieur à 500€ HT.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Activités de loisirs dont la clientèle touristique (clientèle venue hors département) est inférieure à 50%.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Equipement public
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Maîtres d’ouvrage publics ou privés&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les SCI, Entreprises individuelles, auto-entrepreneurs, association sans salarié ainsi que les entreprises dont le capital est détenu par une holding basée hors du territoire national sont inéligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les projets d’aménagement de sites ou d’activités non marchands dont la clientèle touristique (clientèle venue hors département) est inférieur à 50%, sont inéligibles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;établissement devra avoir une période d&amp;#039;ouverture minimum de 6 mois  par an non consécutifs.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;établissement devra maintenir une activité de minimum 5 ans.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le porteur de projet devra fournir un diagnostic énergétique et une étude de marché et de positionnement en cas de création d&amp;#039;activité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/creation-diversification-et-modernisation-des-sites-de-visites-et-des-activites-de-loisirs</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme&amp;#64;nouvelle-aquitaine.fr en apportant des éléments de présentation de votre projet et vos coordonnées.&lt;/p&gt;&lt;p&gt;La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilité de votre projet avant tout dépôt de demande de subvention.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/creation-diversification-et-modernisation-des-sites-de-visites-et-des-activites-de-loisirs/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>162525</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Développer une agriculture durable et diversifiée, les circuits courts et le tourisme</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire qui régénère ses éco-systèmes économiques</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F86" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Développer une agriculture durable et diversifiée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;poursuivre l’accompagnement des exploitants agricoles (conversion, transformation des productions, logistique…) et promouvoir des pratiques vertueuses en lien avec les acteurs (lycée agricole, chambre d&amp;#039;agriculture, syndicats d&amp;#039;exploitants)&lt;/li&gt;&lt;li&gt;encourager les micro-projets agricoles&lt;/li&gt;&lt;li&gt;accompagner la structuration d&amp;#039;une filière d’alimentation durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer des circuits courts, dans tous domaines économiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;valoriser les savoir-faire locaux et les activités économiques existantes sur le territoire&lt;/li&gt;&lt;li&gt;accompagner les projets de production, transformation et vente locale&lt;/li&gt;&lt;li&gt;aider l&amp;#039;installation de nouvelles entreprises innovantes sur le territoire (sortie d&amp;#039;incubateurs/couveuses…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Accentuer la mise en tourisme du territoire &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner le développement, l’aménagement, l’animation et la valorisation des sites à vocation touristique&lt;/li&gt;&lt;li&gt;accompagner le développement de l’offre cyclo-touristique du territoire (fléchage, signalétique, étude d’identification des itinéraires, aire de service, communication…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité des acteurs publics et économiques à coconstruire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches visant à rendre plus lisibles l’offre de services publics et privés aux porteurs de projet et aux entreprises (communication, outils numériques...),&lt;/li&gt;&lt;li&gt;soutenir les actions en faveur de l&amp;#039;emploi inclusif auprès des employeurs : emploi des personnes en situation de handicap, insertion professionnelle en situation de travail...&lt;/li&gt;&lt;li&gt;soutenir les démarche d&amp;#039;amélioration de la qualité de vie au travail tenant compte des horaires, de la mobilité, de la garde d&amp;#039;enfants, de la parité, du logement...&lt;/li&gt;&lt;li&gt;soutenir les initiatives renforçant le lien apprentissage/formation/entreprises/territoires&lt;/li&gt;&lt;li&gt;accompagner l’émergence d’une offre de formation adaptée aux enjeux industriels locaux&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Santé
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P86" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q86" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ligne directe : 02 46 59 15 45&lt;/span&gt;&lt;br /&gt;&lt;span&gt;Standard : 02 46 59 15 40&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif-1/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>162646</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Innover en rééquilibrant une offre touristique qui consolide l’identité du territoire</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>LEADER - Fiche-Action 3 - Innover en rééquilibrant une offre touristique qui consolide l’identité du territoire</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I87" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J87" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 80 000 €</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;« On est tous un peu touriste chez soi ». Cet enjeu trouve un écho, avec l’évolution des pratiques touristiques (familles urbaines le temps d’un week-end), des choix de vie (tourisme prospectif en quête d’un nouveau cadre de vie) et de la quête de sens (fier de son territoire, de sa biodiversité, de ses valeurs, de son histoire).&lt;/p&gt;&lt;p&gt;Il s’agit ici de renforcer l’identité d’un territoire, pour des visiteurs (d’ici et d’ailleurs), qui s’éloignent d’un tourisme de masse (faits de piétinements, d’agacements, de saturation et d’inflation) pour favoriser la recherche de destinations calmes et sereines, qui placent les relations humaines et le rapport à la nature au-dessus du nombre de tickets vendus.&lt;/p&gt;&lt;p&gt;Dans le cadre du Schéma Départemental de développement touristique, il s’agit ici de prendre appui sur la thématique de l’eau (dans sa dimension symbolique, fonctionnelle et environnementale) et les autres versants du patrimoine matériel et immatériel du territoire pour définir une identité du territoire.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Concevoir des produits touristiques innovants qui favorisent entre autres « l’expérience utilisateur », c’est-à-dire la rencontre avec les habitants afin de valoriser les ressources patrimoniales matérielles, naturelles et immatérielles du territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Parcours ludiques, pédagogiques et participatifs&lt;br /&gt;• Visite guidée par des habitants ambassadeurs du territoire&lt;br /&gt;• Espaces et équipements de loisirs récréatifs / sportifs à visée touristique&lt;br /&gt;• Sentiers d’interprétation&lt;br /&gt;• Itinéraires culinaires / gastronomie&lt;br /&gt;• Itinéraires pédagogiques tourisme vert&lt;br /&gt;• Circuits thématiques&lt;br /&gt;• Création de contenus …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Création ou restauration de lieux en vue d’une mise en tourisme&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Aménagements de sites au potentiel touristique avéré pour le territoire&lt;br /&gt;• Création ou aménagement d’hébergements touristiques ...&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Assurer la promotion de cette offre dans et hors du territoire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées&lt;br /&gt;• Ateliers&lt;br /&gt;• Manifestations&lt;br /&gt;• Sensibilisation …&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Renforcer l’offre de services, la signalétique et la communication à proximité de lieux et des itinéraires touristiques&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées&lt;br /&gt;• Ateliers&lt;br /&gt;• Manifestations&lt;br /&gt;• Sensibilisation&lt;br /&gt;• Communication&lt;br /&gt;• Promotion ...&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P87" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q87" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les investissements matériels et les projets d’ingénierie (immatériel et/ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants&lt;br /&gt;- Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;- Les projets d’hébergements touristiques à fort potentiel économique&lt;br /&gt;- Les aires de camping-cars&lt;br /&gt;- Les dépenses d’auto-construction&lt;br /&gt;- Les contributions en nature&lt;br /&gt;- Les projets d’aménagement d’espaces naturels portant un intérêt régional&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA3-Tourisme.pdf</t>
+        </is>
+      </c>
+      <c r="W87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-reequilibrant-une-offre-touristique-qui-consolide-lidentite-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>149071</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Développer une offre de visite de votre entreprise</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme de Savoir-Faire</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous n&amp;#039;avez pas encore ouvert vos portes au public, et vous souhaitez développer une offre de visite de votre entreprise ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;une aide régionale pouvant aller jusqu&amp;#039;à 400 000 € (plafond d&amp;#039;aide) *
+&lt;/p&gt;
+&lt;p&gt;
+ Des dépenses remboursées jusqu&amp;#039;à 40 % du montant HT / TTC total éligible.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P88" s="1" t="inlineStr">
+        <is>
+          <t>12/07/2023</t>
+        </is>
+      </c>
+      <c r="Q88" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/appel-a-projet/tourisme-savoir-faire/</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adressez dès à présent une lettre d&amp;#039;intention à la Région.
+&lt;/p&gt;
+&lt;p&gt;
+ La date de réception de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises susceptibles d&amp;#039;être éligibles après une première analyse de la Région reçoivent un accusé de réception les invitant à retourner le dossier de candidature complet.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Deux dates limites de dépôt des dossiers sont proposées (en fonction de l&amp;#039;état d&amp;#039;avancement des projets) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   1er mars 2024 à 18h
+  &lt;/li&gt;
+  &lt;li&gt;
+   1er octobre 2024 à 18h
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les lettres d&amp;#039;intention et les dossiers sont à transmettre sous forme dématérialisée à l&amp;#039;adresse suivante : visites.entreprises&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fe0f-tourisme-de-savoir-faire/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>90814</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les territoires dans la coordination et l'animation du dispositif "Nouvelle organisation touristique des territoires"</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     La région accompagne les maîtres d&amp;#039;ouvrages sélectionnés dans le cadre de l&amp;#039;appel à projet « Nouvelle Organisation Territoriale Touristique » - volet « Ingénierie».
+Ce volet permet de  soutenir les territoires dans la coordination et l&amp;#039;animation du dispositif.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       assurer le pilotage de l&amp;#039;appel à projet
+      &lt;/li&gt;
+      &lt;li&gt;
+       être l&amp;#039;interface entre le territoire et la région Nouvelle-Aquitaine
+      &lt;/li&gt;
+      &lt;li&gt;
+       coordonner l&amp;#039;équipe projet
+      &lt;/li&gt;
+     &lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour un Etablissement public de coopération intercommunale (EPCI) de plus de 100 000 habitants
+ &lt;/strong&gt;
+ , l&amp;#039;aide s&amp;#039;élève à un montant maximum de 30% des dépenses prises en compte et plafonné à 50 000 € pour la création d&amp;#039;un poste d&amp;#039;animation pour les  premières années. Le montant maximum est ensuite dégressif de 25% à 20% jusqu&amp;#039;à la 6ème année.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour un EPCI de moins de 100 000 habitants
+ &lt;/strong&gt;
+ , l&amp;#039;aide s&amp;#039;élève à un montant maximum de 50% des dépenses prises en compte et plafonnée à 50 000 € pour la création d&amp;#039;un poste pour les 3 premières années. Le montant maximum est ensuite dégressif de 30 % à 20% jusqu&amp;#039;à la 6ème année.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cas du périmètre d&amp;#039;un seul EPCI de  plus de 100 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% maximum d&amp;#039;un montant de dépenses éligibles plafonnées à 50 000 € pour la création d&amp;#039;un poste d&amp;#039;animation pour les 4 premières années, dégressif de 25 à 20% maximum jusqu&amp;#039;à la 6ème année.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cas du périmètre de plusieurs EPCI ou d&amp;#039;un EPCI de moins de 100 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 50 000 € pour un poste existant les 4 premières années, dégressif de 25% à 20% maximum jusqu&amp;#039;à la 6ème année.
+&lt;/p&gt;
+&lt;p&gt;
+ 50% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 50 000 € pour la création d&amp;#039;un poste pour les 3 premières années, dégressif de 30 % maximum à 20 % maximum jusqu&amp;#039;à la 6ème année.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/nouvelle-organisation-touristique-des-territoires-animation-du-dispositif-de</t>
+        </is>
+      </c>
+      <c r="W89" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/sites/default/files/2020-12/fiche-de-renseignement_V18_05_enligne2%284%29_2.pdf</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ tourisme&amp;#64;nouvelle-aquitaine.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tourisme-limoges&amp;#64;nouvelle-aquitaine.fr
+&lt;/p&gt;
+&lt;p&gt;
+ tourisme-poitiers&amp;#64;nouvelle-aquitaine.fr
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/00f3-nouvelle-organisation-touristique-des-territo/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>90946</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises touristiques dans leurs démarches de transformation numérique et l'expérimentation d'outils métiers</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide soutient les entreprises touristiques dans leurs démarches de transformation numérique et l&amp;#039;expérimentation d&amp;#039;outils métiers.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       &lt;strong&gt;
+        Objectifs
+       &lt;/strong&gt;
+       :
+      &lt;/li&gt;
+      &lt;li&gt;
+       accompagner la transformation numérique de la filière touristique comme facteur de développement et d&amp;#039;attractivité des territoires
+      &lt;/li&gt;
+      &lt;li&gt;
+       favoriser l&amp;#039;émergence et l&amp;#039;expérimentation de nouveaux outils métiers permettant aux acteurs institutionnels et professionnels du tourisme de la Nouvelle-Aquitaine d&amp;#039;améliorer la lisibilité/visibilité de leur destination et de répondre efficacement aux changements de comportements et d&amp;#039;usages des clientèles touristiques.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés. Les SCI sont exclues du champ des aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 60 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des dépenses : 8 000 €.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Dépenses éligibles
+   &lt;/strong&gt;
+   : prestation de développement, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux outils, ...
+   Expérimentation, d&amp;#039;intérêt régional,  de nouveaux outils métiers et/ou nouvelles compétences partagées :
+   démarches collectives (acteurs institutionnels et professionnels du tourisme) ancrées sur le territoire de la Nouvelle-Aquitaine
+   initiatives individuelles, pour les professionnels du tourisme, en vue d&amp;#039;un déploiement potentiel à la filière.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : diagnostic, tests utilisateurs et expérimentation territoriale, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux nouveaux outils.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez prendre contact afin de connaître les démarches à effectuer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/transformation-numerique</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19)
+Direction du tourisme
+27, boulevard de la Corderie. CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16)
+Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers
+05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64)
+Direction du tourisme
+14, rue François de Sourdis CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6727-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>90962</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises touristiques en zones de montagne dans l'adaptation et la diversification de l'offre d'hébergements</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide accompagne les entreprises touristiques en zones de montagne dans l&amp;#039;adaptation et la diversification de l&amp;#039;offre d&amp;#039;hébergements.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs
+     &lt;/strong&gt;
+     :
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       Maintenir et qualifier des équipements d&amp;#039;accueil spécifiques pour les itinérants en zone de massifs.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   entreprises
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   associations
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   collectivités territoriales
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   établissements publics
+  &lt;/p&gt;
+  Les SCI sont exclues du champ des aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25% maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des travaux : 30 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : investissements intérieur ou extérieur, de confort (chauffage, isolation, sanitaires, décoration, mobiliers, traitement paysager, économie d&amp;#039;énergie) ainsi que les frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/hebergements-touristiques-refuges-de-montagne-et-gites-detape</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19)
+Direction du tourisme
+27, boulevard de la Corderie CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16) Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers Cédex
+05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64)
+Direction du tourisme
+14, rue François de Sourdis CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6d63-hebergements-touristiques-refuges-de-montagne/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>103568</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer des potentialités touristiques d'un territoire et aider à la structuration d'un plan d'actions</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement
+Destination France</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement en ingénierie - Diagnostic des potentialités touristiques d'un territoire et aide à la structuration dun plan d'actions comportant des propositions en matière de com</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Grâce à son marché d&amp;#039;ingénierie, l&amp;#039;ANCT accompagne les territoires ayant un projet touristique à établir un diagnostic de l&amp;#039;offre et la demande existantes ou potentielles et à structurer un plan d&amp;#039;actions. Dans certains cas un accompagnement plus complet incluant aussi de l&amp;#039;expertise technique juridique et foncière peut être organisé en complément.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Requalification touristique de l&amp;#039;anse de Peyrefite ; Appui en ingénierie juridique et financière pour la ré-orientation de l&amp;#039;offre de la station Hautacam vers des activités de 4 saisons.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Porteur de projet public ; déficit d&amp;#039;ingénierie locale ; besoin amont identifié.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Préfet de département ou délégué territorial adjoint de l&amp;#039;ANCT dans le département.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>amelie.jouandet@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f90c-diagnostiquer-des-potentialites-touristiques-/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>119915</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour l'adhésion à une activité Annuelle Sportive, Culturelle ou de Loisirs</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Carte Avranches Sports Loisirs Culture</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Mairie d'Avranches</t>
+        </is>
+      </c>
+      <c r="F93" s="1" t="inlineStr">
+        <is>
+          <t>Centre communal d'action sociale (CCAS) d'Avranches</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I93" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide financière jusqu&amp;#039;à 40% sur l&amp;#039;adhésion à UNE activité Annuelle Sportive, Culturelle ou de Loisirs, dans la limite d&amp;#039;un montant plafonné à 150€.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est attribuée par année scolaire quel que soit le lieu de l&amp;#039;activité ou de l&amp;#039;association partenaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser la pratique d&amp;#039;activités sportives culturelles ou de loisirs dans les association.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Jeunesse
+Famille et enfance
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Enfants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  domiciliés ou en garde alternée sur la commune nouvelle d&amp;#039;Avranches et âgés de 4 à 18 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  bénéficiant de l&amp;#039;allocation de Rentrée scolaire pour les 6 à 18 ans OU dont le revenu imposable des parents ne dépasse pas un plafond fixé chaque année par la CAF, pour les enfants de moins de 6 ans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Avranches</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ CCAS Centre social l&amp;#039;ESC&amp;#039;Halles
+&lt;/p&gt;
+&lt;p&gt;
+ 24 place du Marché 35300 Avranches
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 79 39 40
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:ccas&amp;#64;avranches.fr" rel="noopener" target="_blank"&gt;
+  ccas&amp;#64;avranches.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>johan.chartier@avranches.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/143c-dispositif-daide-aux-familles/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>140724</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’attractivité et le rayonnement économique et touristique des Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Agence de développement 04</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil Amont : pour cibler les enjeux du projet et son impact sur le territoire. Données de l&amp;#039;Observatoire touristique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet et financière : pour accompagner le pilotage et la gestion globale du projet tout en faisant le lien avec les partenaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise Technique : pour gérer les aspects techniques spécifiques à un projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de Concertation : mobilisation du réseau partenarial
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Livraison aux EPCI des données touristiques : bilans de saisons et annuels.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement de la commune de Lauzet Ubaye pour le projet d&amp;#039;usine d&amp;#039;embouteillage d&amp;#039;eau de source (proposition modèle économique, identification de source de financement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Management de la destination Verdon : coordination et chef de filat
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des projets européens comme délégataire (PITEM MITO – plan intégré thématique &amp;#34;Modèles Intégrés pour le Tourisme Outdoor&amp;#34;)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>http://www.investinalpesdehauteprovence.com</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Agence de Développement 04
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : 8 rue Bad Mergentheim – Immeuble François Mitterand BP 80170
+&lt;/p&gt;
+&lt;p&gt;
+ 04990 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 31 57 29
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;ad04.fr" target="_self"&gt;
+  info&amp;#64;ad04.fr
+ &lt;/a&gt;
+ /
+ &lt;a href="mailto:eco&amp;#64;ad04.fr" target="_self"&gt;
+  eco&amp;#64;ad04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d9c2-renforcer-lattractivite-et-le-rayonnement-eco/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>163027</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Développer et structurer une offre touristique rurale, diversifiée, innovante et décarbonée</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°2 : Développer et structurer une offre touristique rurale, diversifiée, innovante et décarbonée</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
+          <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Développer une offre touristique durable en cohérence avec les ressources du territoire et les aspirations des touristes&lt;/h2&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Développer une itinérance touristique responsable&lt;/h3&gt;&lt;h4&gt;Adaptation des aménités touristiques du territoire au tourisme itinérant&lt;/h4&gt;&lt;p&gt;Les aménités de l&amp;#039;espace rural (paysages, sites, forêts, cours d’eau, produits locaux, exploitations agricoles, patrimoines…) constituent de forts facteurs d’attractivité mais aussi la « scène » d’une activité en plein essor, l’itinérance. Les demandes de pratiques d’itinérance pédestre, cyclo, équestre et fluviale permettent de constituer une offre touristique de découvertes, des expériences de rencontres très recherchées par les clientèles. Cette offre d’itinérance est pleinement durable car constituée de mobilités douces appréciée et utilisée par les habitants (y compris parfois pour des déplacements « domicile-travail »). Toutefois cela reste une offre à améliorer : jalonnements sentiers, circuits, offre d’interprétation, cohérences des circuits, signalétique, présence de services (pour les vélos par exemple) …&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Développement de services proposant des séjours touristiques décarbonés (ou à faible impact)&lt;/h4&gt;&lt;p&gt;Pour répondre aux enjeux climatiques et énergétiques et aux attentes des clientèles de plus en plus sensibles sur ces sujets, les gestionnaires du tourisme et les professionnels doivent construire des offres de séjours touristiques décarbonés et peu consommateurs d’énergie. Des projets innovants peuvent émerger pour améliorer l’intermodalité, les recours mobilités douces, les éco-hébergements, les activités avec une faible empreinte écologique. Des calculateurs sont disponibles (Good Planet, Green Tripper) pour expérimenter des initiatives de mesures locales&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Valoriser les atouts culturel, patrimoniaux et les savoir-faire du territoire&lt;/h3&gt;&lt;h4&gt;Valorisation de la présence de l’eau et amélioration de son accessibilité&lt;/h4&gt;&lt;p&gt;L’eau est fortement présente sur le territoire de la CASE. S’il existe déjà des offres touristiques et de loisirs (croisière promenade à la découverte des moulins et impressionnistes / musée de la Batellerie, parc de Léry-Poses et ses plages…), l’itinérance fluviale, les activités nautiques, la baignade, la pêche sont autant de domaines dans lesquels le territoire est déjà engagé mais qui restent porteurs d’un fort potentiel de développement en coopération avec les territoires voisins.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Amélioration de la visibilité des patrimoines et des savoir-faire&lt;/h4&gt;&lt;p&gt;Le territoire est riche de ses patrimoines et savoir-faire mais ils peuvent gagner en visibilité, en mise en cohérence et en mise en tourisme. Le développement de circuits, l’amélioration de la médiation et de l’interprétation, la mise en réseau des acteurs sont autant de leviers qui pourront être soutenus par le GAL.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Renforcement du lien culture-tourisme&lt;/h4&gt;&lt;p&gt;L’offre culturelle sur le territoire est une offre conséquente et présente sur l’ensemble du territoire tant en milieu urbain que rural (lecture publique, enseignement musical spectacle vivant, patrimoine, musique, arts plastiques, cinéma, etc.). La culture doit donc pouvoir constituer une offre touristique majeure pour le territoire. Les Patrimoines (avec approche ludique et numérique via l’application « Seine Eure s’imagine », les évènements (festivals, expositions…), les musées et sites, les résidences d’artistes, les créations sont autant d’opportunités pour ouvrir encore plus la culture vers les habitants et les touristes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement de l’évènementiel dans sa dimension éco-responsable&lt;/h4&gt;&lt;p&gt;Modestes ou conséquents de nombreux évènements remplissent l’agenda du territoire et constituent des facteurs d’attractivité importants pour la destination. Mais le champ de l’évènementiel est grandement améliorable dans ses impacts ; gestion des déchets, modalités d’accessibilité, consommation énergétique, protection des milieux, accessibilité sociale et inclusive… Autant de sujets qui peuvent donner lieu à des projets inventifs.&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Renforcer, diversifier et accompagner la qualification et la diversification des offres touristiques&lt;/h3&gt;&lt;h4&gt;Développement d’une offre de restauration et d’hébergement durable&lt;/h4&gt;&lt;p&gt;Pour une offre touristique durable il est impératif de chercher à améliorer l’offre de restauration et d’hébergements. Cela peut passer par le renforcement des circuits courts et la valorisation des produits locaux (en lien avec l’alimentation – axe 1 mais aussi produits artisanaux et écoconstruction pour les hébergements). Les professionnels doivent être sensibilisés, formés et accompagnés sur les potentiels d’utilisation des produits locaux, sur des pratiques plus économes en énergie, sur la gestion des déchets et de l’eau, sur les offres liées aux mobilités douces pour leurs clients.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Adaptation des offres aux différents publics&lt;/h4&gt;&lt;p&gt;Un tourisme véritablement durable doit adapter son offre à la diversité des publics et porter une attention particulière aux publics en situation de handicap et aux publics en situation de précarité. Cet objectif doit s’articuler avec la démarche en cours de diagnostic sur l’accessibilité Handicap mené par la CASE en partenariat avec les acteurs institutionnels et associatifs concernés. De vraies marges de progrès existent pour améliorer l’accessibilité, en particulier de l’offre patrimoniale, mais aussi sur l’itinérance, pour les publics en situation de handicap et pour les familles (présence seniors et enfants), par exemple. Enfin, la question de l’accessibilité tarifaire doit, autant que possible, être prise en compte pour que certaines activités soient ouvertes à plus de touristes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des opérateurs dans les démarches de qualification et d’optimisation de leurs services&lt;/h4&gt;&lt;p&gt;De nombreux labels existent (culturels et patrimoniaux/ l’accueil, la qualité et le bien-être / alimentaires / environnementaux…) qui jouent un rôle de certification de qualité, de reconnaissance pour le client. Mais les professionnels ont besoin d’être informés et accompagnés pour choisir les labels qui sont les plus pertinents et efficaces au regard de leurs activités et spécificités. Le GAL doit faciliter ces démarches d’engagement mais en privilégiant les labels cohérents avec la stratégie locale de développement (écolabels, accueil vélo, tourisme et handicap…).&lt;/p&gt;&lt;h4&gt;Amélioration de la communication et de la promotion pour la rendre plus efficiente&lt;/h4&gt;&lt;p&gt;Les actions de communication et de promotion doivent gagner en lisibilité, en cohérence et en efficience. C’est par un travail partenarial, par des gouvernances innovantes que la progression pourra se mettre en œuvre. Le GAL peut jouer un rôle important de facilitateur et d’initiateur de projets qui y contribueront.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P95" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q95" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine-Eure</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=Le%20programme%20LEADER%20(Liaisons%20Entre,est%20%C3%A0%20sa%20sixi%C3%A8me%20programmation.</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>flavien.andre@seine-eure.com</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-une-offre-touristique-rurale-diversifiee-innovante-et-decarbonee/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>163181</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité touristique orientée vers la culture maritime et la biodiversité</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;De par son ancrage territorial et sa culture maritime, les activités de production
+de la pêche et de la conchyliculture constituent un atout important pour
+l’attractivité touristique du Calvados. Ainsi, les producteurs sont nombreux à
+souhaiter ouvrir leurs portes aux activités touristiques pour trouver de
+nouveaux débouchés pour leurs produits, mais également pour donner une image
+plus réelle de leur métier. Le patrimoine maritime naturel et historique y
+compris gastronomique répondent également à ces nouvelles attentes de tourisme
+qualitatif et durable.&lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communication&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Réaliser
+     des supports de communication sur les savoir-faire, les métiers, les modes
+     de production et de transformation  &lt;/li&gt;
+ &lt;li&gt;Développer des outils de communication /
+     transmission d’information sur la biodiversité&lt;/li&gt;
+ &lt;li&gt;Soutenir les publications de mise en valeur du
+     patrimoine maritime et les travaux de recherche y concourant&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt; Etude&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Etudier la pertinence d’un projet avant son
+     déploiement&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Actions de développement&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Ouvrir et adapter les structures professionnelles
+     au tourisme d’entreprises&lt;/li&gt;
+ &lt;li&gt;Développer des animations professionnelles à
+     portée territoriale et touristique&lt;/li&gt;
+ &lt;li&gt;Créer des sites de valorisation de la culture
+     maritime fixes ou mobiles&lt;/li&gt;
+ &lt;li&gt;Développer des animations sur les territoires
+     remarquables (RNN, Natura 2000, PNR…)&lt;/li&gt;
+ &lt;li&gt;Soutenir la restauration de bâtiments navals ou
+     d’autres sites appartenant au patrimoine maritime historique du territoire&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;strong&gt; Mise en réseau&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Créer une offre touristique globale autour de la
+     mer à l’échelle du GALPA&lt;/li&gt;
+ &lt;li&gt;Mettre en réseau les acteurs maritimes&lt;/li&gt;
+ &lt;li&gt;Coopérer avec des territoires extérieurs
+     répondant à la stratégie du GALPA et permettant d’apporter une plus-value
+     au territoire &lt;font face="Arial, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Biodiversité
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses
+conformes au décret fixant les règles nationales d’éligibilité des dépenses
+dans le cadre des programmes cofinancés par les FESI dont notamment : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Dépenses de personnel&lt;/li&gt;
+ &lt;li&gt;Coûts directs en lien avec
+     l’opération dont :&lt;/li&gt;&lt;/ul&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Travaux et
+investissements matériels&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Acquisitions
+ou locations de matériel&lt;/li&gt;&lt;li&gt;Frais de
+communication, d’évènementiel&lt;/li&gt;&lt;li&gt;Prestations
+externes&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Coûts indirects : Un taux
+forfaitaire de 15% des frais de personnel directs éligibles correspondant aux
+coûts indirects liés à l’opération (frais de fonctionnement internes à la
+structure)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les
+projets de coopération uniquement, les frais de déplacement, d’hébergement et
+de restauration seront également éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne seront
+pas éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les projets existants ne
+     proposant pas de renouvellement ou d’évolution significative&lt;/li&gt;
+ &lt;li&gt;Les dépenses de fonctionnement
+     courantes des structures, en dehors du forfait sur les dépenses de
+     personnel&lt;/li&gt;
+ &lt;li&gt;Les investissements immobiliers&lt;/li&gt;
+ &lt;li&gt;Les travaux et études portant
+     sur les hébergements touristiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les porteurs de projet
+devront donc apporter un autofinancement compris entre 20 et 50%. &lt;/p&gt;&lt;p&gt;Le seuil plancher
+d’intervention du FEAMPA et de la Région est fixé à 5 000 €.&lt;/p&gt;&lt;p&gt;Le plafond d’aide FEAMPA
+maximum est lui fixé à 40 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/GALPA-Littoral-Calvados</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Margaux Marie&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Email : &lt;a href="mailto:galpa-calvados&amp;#64;calvados.fr" target="_self"&gt;galpa-calvados&amp;#64;calvados.fr&lt;/a&gt;&lt;/strong&gt;&lt;br /&gt;
+&lt;strong&gt;Téléphones : 06 59 48 87 24&lt;/strong&gt; / &lt;strong&gt;02 31 57 18 06&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>galpa-calvados@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/attractivite-et-diversification-des-metiers-de-la-peche-et-de-laquaculture-1/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>162309</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’émergence d’une offre innovante, diversifiée et différenciante de tourisme durable en montagne</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier le tourisme toutes saisons des vallées de montagne</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour accompagner l’émergence d’une offre innovante, diversifiée et différenciante de tourisme durable en montagne (activités de pleine nature, bien-être et ressourcement, découverte du territoire, de ses savoir-faire, valorisation de ses sites remarquables, de ses hébergements montagnards dont les refuges, de son histoire, en lien avec les ressources agricoles, paysagères...).&lt;/p&gt;
+&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt; &lt;p&gt; Collectivités&lt;/p&gt;
+ &lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;h5&gt;Espaces valléens :&lt;/h5&gt;
+&lt;p&gt;Ce dispositif est destiné à soutenir des territoires de projets regroupant les enjeux alpins de diversification touristique toute saison par le développement de la découverte des patrimoines naturels et culturels qui fondent la spécificité et la notoriété des territoires alpins. Autour du patrimoine, il s’agit également d’innover par la création de nouvelles activités (croisement du patrimoine naturel, culturel et immatériel, activités avec neige et sans neige, s’adressant à de nouveaux publics…).&lt;br /&gt; L’échelle retenue est celle de la destination (territoire, vallée), celle-ci couvrant potentiellement plusieurs collectivités.&lt;/p&gt;
+&lt;h5&gt;Hors Espaces valléens :&lt;/h5&gt;
+&lt;p&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma inter régional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Les thématiques sont larges :&lt;/strong&gt;&lt;br /&gt; bois et forêt, pastoralisme, activités de pleine nature&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Les partenaires de la CIMA : &lt;/strong&gt;&lt;br /&gt; l&amp;#039;Etat, les Régions Provence-Alpes-Côte d&amp;#039;Azur et Rhône-Alpes, l&amp;#039;agence de l&amp;#039;eau Rhône-Méditerranée-Corse et l&amp;#039;Agence de l&amp;#039;environnement et de la maîtrise de l&amp;#039;énergie.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P97" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2019</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/espaces-valleens</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/convention-interregionale-du-massif-des-alpes/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>162840</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain: Amélioration de la desserte des lycées et des îles de loisirs</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;La Région renforce la mobilité au plus près des territoires, en améliorant la desserte des lycées et des îles de loisirs.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;L’aide est intégrée à l’article 3 du dispositif « maîtrise de la mobilité » dont les bénéficiaires sont : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Collectivités locales,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;É&lt;/span&gt;&lt;span&gt;tat,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements publics.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La participation maximale sera égale à 70% de la dépense HT supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La participation financière de la Région s’applique aux opérations d’infrastructure visant à favoriser la desserte par les transports en commun des grands établissements régionaux suivants :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les lycées d&amp;#039;enseignement général, technologique et professionnel et les établissements d&amp;#039;éducation spéciale,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les îles de loisirs.&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Peuvent être soutenus : les aménagements de voirie en faveur des transports en commun, dans un périmètre de 300m autour des accès principaux de ces établissements.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-amelioration-de-la-desserte-des-lycees-et-des-iles-de-loisirs</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-amelioration-de-la-desserte-des-lycees-et-des-iles-de-loisirs-1/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>162369</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Limiter les impacts des mouillages et garantir le développement durable des activités et du tourisme nautique sur notre territoire</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Mouillages organisés -"Sauvons nos Posidonies"</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région apporte un appui technique et financier aux projets de mouillages organisés, répondant à un enjeu environnemental (préservation des fonds marins côtiers).&lt;br /&gt; &lt;br /&gt; Afin de limiter les impacts des mouillages et garantir le développement durable des activités et du tourisme nautique sur notre territoire, la Région accompagne ainsi les projets de mouillage en intervenant prioritairement sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les projets de Zones de Mouillage et d’Equipement Légers – ZMEL (petite et grande plaisance) ;&lt;/li&gt; 	&lt;li&gt;les coffres de mouillage (grande plaisance / navires de croisière de moyen tonnage).&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Etablissements publics&lt;/li&gt; 	&lt;li&gt;Structures gestionnaires d&amp;#039;Aires Marines Protégées&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Opération située sur des sites présentant des enjeux écologiques réels, identifiés dans les secteurs à enjeux de la Stratégie de gestion des mouillages pour la petite et la grande plaisance et de la Stratégie de gestion durable des sites de plongée relevant du Document Stratégique de Façade&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>09/10/2023</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Opération située sur des sites présentant des enjeux écologiques réels, identifiés dans les secteurs à enjeux de la Stratégie de gestion des mouillages pour la petite et la grande plaisance et de la Stratégie de gestion durable des sites de plongée relevant du Document Stratégique de Façade&lt;/p&gt; &lt;p&gt;Dépôt des demandes en ligne, sur le lien indiqué&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/mouillages-organises-sauvons-nos-posidonies</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_SNP_MOUILLAGE/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mouillages-organises-sauvons-nos-posidonies/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>152289</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’ouverture à la visite de 10 à 12 nouvelles entreprises des Pays de La Loire et valoriser leur savoir-faire et leurs métiers auprès du grand public</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>AMI Tourisme de Savoir-Faire</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner l&amp;#039;ouverture à la visite de 10 à 12 nouvelles entreprises des Pays de La Loire et valoriser leur savoir-faire et leurs métiers auprès du grand public.
+&lt;/p&gt;
+&lt;p&gt;
+ Le tourisme dit « de savoir-faire » ou de « découverte économique » est une opportunité de découvrir les nombreux métiers d&amp;#039;une entreprise mais également son histoire, son ancrage territorial, ses valeurs et ses savoir-faire spécifiques.  Cet appel à manifestation d&amp;#039;intérêt, co-financé par la Région et le ministère de l&amp;#039;Économie, des Finances et de la Souveraineté industrielle et numérique (Direction Générale des Entreprises), vise à accompagner l&amp;#039;ouverture à la visite de 10 à 12 nouvelles entreprises des Pays de La Loire et valoriser leur savoir-faire et leurs métiers auprès du grand public.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Entreprises
+  &lt;/strong&gt;
+  (TPE : Plus de 5 salariés / CAHT - de 2 M € ou PME : - de 250 personnes / CAHT de – de 50M€ ou total bilan – de 43 M €)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Groupement d&amp;#039;entreprises
+  &lt;/strong&gt;
+  (TPE : CA HT de - de 2 M € ou PME : - de 250 personnes / CA HT de – de 50M€)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ N&amp;#039;ayant jamais ouvert de façon régulière aux touristes entre 2017 et 2019 (soit 80 jours par an, de mai à septembre ou 60 jours par an, du 15 juin au 30 septembre).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eligibilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets d&amp;#039;ouverture touristique à la visite
+ &lt;em&gt;
+  in situ
+ &lt;/em&gt;
+ des entreprises de façon régulière (80 jours par an, de mai à septembre ou 60 jours par an, du 15 juin au 30 septembre). Les visites, gratuites ou payantes, peuvent prévoir intégrer une vente de produits ou services mais ne doivent pas constituer le cœur du projet.
+&lt;/p&gt;
+&lt;p&gt;
+ contenu des visites
+ : la visite ou les circuits touristiques thématiques se déroulent sur le site et dans les locaux de l&amp;#039;entreprise.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P100" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="Q100" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Expertise du projet :
+ Un audit technique relatif au potentiel d&amp;#039;ouverture de votre entreprise à la visite sera sollicité après première analyse de votre dossier par les services. Celui-ci pourra alors être mené par un organisme tiers professionnel et expérimenté à ce sujet, à la charge du porteur de projet. Pour les études les plus complexes (faisabilité économique, positionnement...), un co-financement régional au titre du dispositif Pays de la Loire Conseil pourra être étudié.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de financement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un soutien de l&amp;#039;Etat : subvention possible jusqu&amp;#039;à 50 000 €,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un soutien régional complémentaire : prêts priorisés et liés au soutien de l&amp;#039;Etat, en appui sur les modalités d&amp;#039;intervention du dispositif
+  &lt;a href="https://www.paysdelaloire.fr/les-aides/pays-de-la-loire-agir-tourisme"&gt;
+   AGIR TOURISME
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de dépôt du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide est dématérialisée sur le portail des aides. Le dossier complet de demande d&amp;#039;aide doit être déposé sur ce portail des aides avant l&amp;#039;engagement des dépenses.
+&lt;/p&gt;
+&lt;p&gt;
+ Après étude de votre dossier, les services de la Région reprendront contact avec vous pour vous informer de l&amp;#039;éligibilité de votre demande.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="W100" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/les-aides/#/prod/connecte/F_AMI_TSF/depot/simple</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;entreprise et de l&amp;#039;innovation
+ &lt;br /&gt;
+ Service Accompagnement des entreprises
+ &lt;br /&gt;
+ Pôle Tourisme
+ &lt;br /&gt;
+ Hélène LEROY
+ &lt;br /&gt;
+ &amp;#43;33 2 28 20 51 71
+&lt;/p&gt;
+&lt;p&gt;
+ Alice CHANSON
+ &lt;br /&gt;
+ Gestionnaire (départements 44,53,72)
+ &lt;br /&gt;
+ Alice.CHANSON&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ 02 28 20 51 41
+&lt;/p&gt;
+&lt;p&gt;
+ Muriel CHIGNARD
+ &lt;br /&gt;
+ Gestionnaire (départements 49, 85)
+ &lt;br /&gt;
+ Muriel.CHIGNARD&amp;#64;paysdelaloire.fr
+ &lt;br /&gt;
+ 02 28 20 59 51
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1a25-ami-tourisme-de-savoir-faire/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>90739</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets innovants et collaboratifs visant à améliorer l'attractivité des territoires et des sites touristiques</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="J101" s="1" t="inlineStr">
+        <is>
+          <t>Montant de dépenses éligibles HT plafonné à 100 000 € / Montant minimum des dépenses : 25 000 € HT</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide soutient les projets innovants et collaboratifs visant à améliorer l&amp;#039;attractivité des territoires et des sites touristiques.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;émergence et l&amp;#039;accompagnement de projets innovants, d&amp;#039;expérimentations territoriales et/ou d&amp;#039;initiatives transversales comme facteur de développement des territoires, de transformation numérique des professionnels du tourisme et d&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  inciter les collaborations entre acteurs institutionnels, professionnels du tourisme, collectivités, laboratoires de recherche, et entreprises d&amp;#039;autres filières (exemple : filière numérique quand l&amp;#039;innovation est technologique) comme vecteur de capitalisation et de valorisation des compétences, des savoir-faire et des usages inter-filières
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager l&amp;#039;innovation comme facteur d&amp;#039;un tourisme responsable, durable et accessible au plus grand nombre
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Application du Règlement d&amp;#039;Intervention en vigueur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtres d&amp;#039;ouvrages publics et privés ayant leur siège social ou une implantation en Nouvelle-Aquitaine
+&lt;/p&gt;
+&lt;p&gt;
+ Les SCI sont exclues du champ des aides
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  concourir à améliorer l&amp;#039;attractivité des territoires et des sites touristiques de la Nouvelle-Aquitaine (valeur ajoutée territoriale du projet au regard du contexte économique, social, culturel, en terme de fréquentation, de nuitées, nouvelles clientèles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  être innovants (technique, nouveaux produits, services, organisation ou usages, ..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  être d&amp;#039;intérêt régional de préférence et inscrits prioritairement dans une démarche collaborative et/ou partenariale (associant des acteurs et professionnels régionaux du tourisme et des entreprises d&amp;#039;autres filières, des établissements de recherche, des sites ou territoires touristiques pilotes...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets devront également :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  enrichir l&amp;#039;expérience utilisateur
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;inscrire dans une démarche de développement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un modèle économique réaliste et viable
+ &lt;/li&gt;
+ &lt;li&gt;
+  privilégier les solutions technologiques libres et les possibilités de partage des développements, savoir-faire et des contenus
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les projets peuvent concerner tous les territoires de la Nouvelle-Aquitaine. Une attention particulière sera toutefois portée aux territoires ruraux pour lesquels le tourisme peut contribuer à leur revitalisation économique et au maintien du lien social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le porteur de projet s&amp;#039;engage à intégrer une démarche de progrès en matière environnementale et sociétale.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   étude, coûts de conception et de développement
+  &lt;/li&gt;
+  &lt;li&gt;
+   investissement matériel (hors ordinateur) et immatériel
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation de maquettes, tests d&amp;#039;usage
+  &lt;/li&gt;
+  &lt;li&gt;
+   frais de personnels mobilisés sur le projet : au coût réel chargé (sur justifications des bulletins de salaires), au coût valorisé pour les non-salariés, dans la limite de 50 % du coût total du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   coûts des services de consultants ou prestataires, utilisés exclusivement pour le projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   coûts de marketing / communication
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/innovation-touristique</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction du tourisme :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Limoges (départements 87-23-19) : 05 55 45 00 30
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Poitiers (départements 79-86-17-16)
+: 05 16 01 40 55
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Bordeaux (départements 33-24-47-40-64) : 05 57 57 83 09
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1bb-innovation-touristique/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>90961</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le tourisme social et solidaire en accompagnant les partenaires qui oeuvrent pour le départ en vacances des publics les plus fragiles</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide soutien le tourisme social et solidaire en accompagnant les partenaires qui oeuvrent pour le départ en vacances des publics les plus fragiles.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectifs
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser le départ en vacances des publics les plus fragiles, prioritairement sur le territoire de la Nouvelle-Aquitaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer et consolider l&amp;#039;activité des hébergeurs du tourisme social et solidaire de Nouvelle-Aquitaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;expérimentation territoriale d&amp;#039;offres, produits et/ou services touristiques en faveur des publics les plus fragiles.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  entreprises de l&amp;#039;Economie Sociale et Solidaire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Programme d&amp;#039;actions : 30 à 50% maximum du montant total du programme d&amp;#039;actions annuel pour les opérations d&amp;#039;ingénierie d&amp;#039;intérêt régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses éligibles plafonnées à 240 000 € HT ou TTC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet d&amp;#039;expérimentation territoriale : 30 % maximum d&amp;#039;un montant de dépenses éligibles plafonné à 50 000 € HT ou TTC
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/tourisme-social-et-solidaire</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges
+Direction du tourisme
+27, boulevard de la Corderie CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 00 30.  (départements 87-23-19)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers
+Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575 86021
+                                                    Poitiers
+05 16 01 40 55
+(départements 79-86-17-16)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux
+Direction du tourisme
+14, Rue François de Sourdis, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09
+(départements 33-24-47-40-64).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0852-tourisme-social-et-solidaire/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>154414</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Projeter la destination Blois-Chambord-Val de Loire et ses acteurs vers un tourisme d’avenir</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>Montant plancher LEADER : 5 000 € // Montant plafond LEADER : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Objectifs opérationnels :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Favoriser les projets à faible empreinte carbone (dont tourisme pédestre, équestre, « Châteaux à vélo », « Loire à Vélo », etc.)
+&lt;/li&gt;&lt;li&gt;S&amp;#039;inscrire dans la destination Blois – Chambord – Val de Loire et être ambassadeur de cette destination
+&lt;/li&gt;&lt;li&gt;Accompagner la montée en compétence des acteurs du territoire et former à l&amp;#039;offre du territoire
+&lt;/li&gt;&lt;li&gt;Faciliter l&amp;#039;accès au territoire pour les saisonniers (hébergement, transport, etc.)
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Pays des Châteaux a mis à jour sa stratégie touristique en décembre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ 11 grands enjeux ont été définis pour la destination touristique Blois-Chambord-Val de Loire avec notamment un nouvel enjeu dédié à la prise en compte du changement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ La présente fiche action a pour but de concrétiser cette stratégie :
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;De tendre vers un tourisme d&amp;#039;avenir
+&lt;/li&gt;&lt;li&gt;D&amp;#039;améliorer la visibilité et l&amp;#039;offre de la destination pour les acteurs locaux, les touristes ou les saisonniers
+&lt;/li&gt;&lt;li&gt;De développer l&amp;#039;économie touristique du territoire
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ De proposer aux habitants d&amp;#039;être ambassadeurs de leur territoire et par conséquent d&amp;#039;accéder à des nouveaux services (navettes touristiques, offre culturelle, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mettre en place des itinéraires pédestres / Créer des animations autour des itinéraires
+&lt;/p&gt;
+&lt;p&gt;
+ Aménager les sentiers et pistes cyclables pour les adapter aux familles
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre le franchissement de la Loire en différents points du territoire (Bac, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ Sensibiliser les habitants à la richesse patrimoniale du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Permettre aux jeunes générations de profiter des activités pour les rendre actrices et ambassadrices du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ Organiser des journées thématiques auprès des prestataires touristiques et professionnels du tourisme dans une logique d&amp;#039;interconnaissance
+&lt;/p&gt;
+&lt;p&gt;
+ Former et accompagner à la montée en compétence sur le tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Réfléchir et investir sur des solutions de logements saisonniers (accueil multifonction, création de logements, état des lieux des logements saisonniers... )
+&lt;/p&gt;
+&lt;p&gt;
+ Réfléchir et investir sur des solutions de mobilités douces pour les saisonniers
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre en place des services dédiés aux saisonniers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Equipement public
+Réhabilitation
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2023</t>
+        </is>
+      </c>
+      <c r="Q103" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets seront sélectionnés par le Comité de Programmation au regard des critères définis dans la grille d&amp;#039;analyse des projets, conformément aux principes de sélection suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mise en réseau des acteurs&lt;/li&gt;&lt;li&gt;Echelle d&amp;#039;intervention
+&lt;/li&gt;&lt;li&gt;Caractère innovant et transversal du projet
+&lt;/li&gt;&lt;li&gt;Diversité des publics visés
+&lt;/li&gt;&lt;li&gt;Pérennité du projet
+&lt;/li&gt;&lt;li&gt;Pertinence avec la stratégie du GAL et avec les stratégies de développement régionales et locales existantes&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/leader</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de prétendre à une aide LEADER, merci de contacter l&amp;#039;animateur LEADER pour un premier échange :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;leader&amp;#64;paysdeschateaux.fr&lt;/a&gt; // 06.32.04.43.15
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f83c-projeter-la-destination-blois-chambord-val-de/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>154976</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Aider au maintien et au développement des établissements scolaires publics du 1er degré, des locaux périscolaires et des accueils de loisirs</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>ÉTABLISSEMENTS SCOLAIRES PUBLICS DU 1ER DEGRÉ, LOCAUX PÉRISCOLAIRES ET ACCUEILS DE LOISIRS</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J104" s="1" t="inlineStr">
+        <is>
+          <t>- Taux ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - Dispositif concerné par les bonifications environnementale et insertion</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider au maintien et au développement des établissements de l&amp;#039;enseignement public du 1er degré, de leurs locaux d&amp;#039;animation, des garderies périscolaires, des accueils de loisirs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Toutes dépenses d&amp;#039;investissement pour l&amp;#039;achat d&amp;#039;un bâtiment (suivi ou non de travaux), la construction, l&amp;#039;extension ou la réhabilitation d&amp;#039;un bâtiment ayant vocation à en augmenter la valeur ou la durée d&amp;#039;usage (y compris la végétalisation des murs et toitures) à usage scolaire et/ou d&amp;#039;animation, de garderies périscolaires, d&amp;#039;accueil de loisirs, de cantines (y compris leur cuisine si utilisation exclusivement scolaire du 1er degré), &lt;/li&gt;&lt;li&gt;L&amp;#039;aménagement des cours d&amp;#039;école&lt;/li&gt;
+ &lt;li&gt;Les aires de jeux inclusives comportant au moins un équipement spécifique ou jeu adapté à un ou plusieurs handicaps ou déficiences qu&amp;#039;il soit moteur, auditif, visuel ou mental
+ &lt;/li&gt;
+ &lt;li&gt;Les clôtures et portails (dans le cadre de la sécurisation du site)&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Dans le cadre d&amp;#039;un projet global, les travaux de mise en accessibilité peuvent être inclus dans la dépense éligible si leur coût est inférieur à 50% du coût total H.T. du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses concomitantes éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Démolitions et/ou désamiantage liés au projet, (uniquement si accompagnés de travaux de (re)construction, extension, réhabilitation),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions de mobilier et de gros matériel fixe (cuisine) uniquement si elles sont liées à un projet de construction, d&amp;#039;extension ou de création,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études d&amp;#039;investissement préalables, ingénierie, assistance à maîtrise d&amp;#039;ouvrage si elles ont fait l&amp;#039;objet d&amp;#039;un mandat dans les 3 ans précédant la date du dépôt de la demande de subvention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions foncières et / ou bâtimentaires si la date de signature de l&amp;#039;acte d&amp;#039;acquisition a eu lieu dans les 3 ans précédant la date de dépôt de la demande de subvention,
+ &lt;/li&gt;
+ &lt;li&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T104" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/etablissements-scolaires-publics-du-1er-degre-locaux-periscolaires-et-accueils-de-loisirs/</t>
+        </is>
+      </c>
+      <c r="W104" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0e3-aider-au-maintien-et-au-developpement-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>163892</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les manifestations culturelles à vocation touristiques sur la destination Blois - Chambord - Val de Loire</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de soutien aux manifestations culturelles à vocation touristique</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Châteaux (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J105" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'aide est variable en fonction des dépenses prévisionnelles</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le fonds de soutien aux manifestations touristiques du Pays des Châteaux aide à soutenir les manifestations publiques ou privées, qui concourent à l’attractivité et au rayonnement du territoire du Pays des Châteaux. Les recettes de ce fonds de soutien proviennent de la collecte de la taxe de séjour, les évènement soutenus doivent donc être à vocation principalement touristique, et mettre en valeur un ou des patrimoines (culturel, naturel, historique, gastronomique, savoir-faire…)&lt;/p&gt;&lt;p&gt;Cette aide s’adresse à tous types de maîtres d’ouvrage dont la manifestation se déroule sur le périmètre du Pays des Châteaux : associations, porteurs de projets privés, collectivités territoriales et groupements (EPCI).&lt;/p&gt;&lt;p&gt;Les évènement sont éligibles toute l&amp;#039;année. Attention a bien respecter les périodes de dépôt des dossiers.&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Avril : Vote des subventions pour les événements d’Avril à Octobre : dossiers déposés avant le 15 février&lt;/li&gt;&lt;li&gt;Septembre : Vote des subventions pour les évènements d’Octobre à Avril : dossiers déposés avant le 15 juillet&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;enveloppe globale du dispositif est voté en Mars (Vote du Budget du Pays des Châteaux par le Comité Syndical), les dossiers  sont instruits par le Bureau du Pays des Châteaux.&lt;/p&gt;&lt;p&gt;L’aide est versée à l’issue de la manifestation, sur présentation du bilan de la manifestation et du bilan comptable. Dans l’hypothèse où les réalisations seraient inférieures aux prévisions, la subvention serait réduite au prorata.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Festival de musique ou de théâtre en plein air, concert, exposition, etc...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères d’éligibilité : &lt;span&gt;Pour bénéficier d’une subvention du Pays des Châteaux, les manifestations doivent impérativement répondre aux critères suivants :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;manifestation se déroulant sur minimum une des 89 communes du Pays des Châteaux&lt;/li&gt;&lt;li&gt;bénéficier obligatoirement du concours d’autres collectivités, institutions ou programmes…&lt;/li&gt;&lt;li&gt;manifestation mettant en valeur un ou des patrimoines (culturel, naturel, historique, gastronomique, savoir-faire…)&lt;/li&gt;&lt;li&gt;manifestation qui vise à la fois un public touristique et local&lt;/li&gt;&lt;li&gt;importance de la stratégie de communication et du relais-média (au minimum avoir une stratégie régionale)&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Critères supplémentaires d’appréciation des dossiers : Au-delà des critères d’éligibilité obligatoires ci-dessus, les élus valoriseront plusieurs aspects, notamment :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Les événements se déroulant sur plusieurs jours générant des nuitées touristiques&lt;/li&gt;&lt;li&gt;Les événements mettant en avant plusieurs communes du Pays des Châteaux permettant de mieux diffuser les flux touristiques&lt;/li&gt;&lt;li&gt;Les éco-manifestations répondant aux chartes mise en place sur chaque territoire, proposant des produits locaux et mettant en place un système de tri des déchets ou du co-voiturage&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Critères d’exclusion :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Les manifestations à caractère philanthropique ou caritatif sont exclues.&lt;/li&gt;&lt;li&gt;Les manifestations d’ores et déjà soutenues financièrement par l’Office de Tourisme Intercommunautaire de Blois – Chambord – Val de Loire sont exclues.&lt;/li&gt;&lt;li&gt;Les manifestations votives (ou assimilées) ainsi que les manifestations à caractère prioritairement commercial (marchés, foires…) sont exclues.&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T105" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DES CHÂTEAUX</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdeschateaux.fr/tourisme/les-manifestations</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p dir="ltr"&gt;Lucie MORIN&lt;/p&gt;&lt;p dir="ltr"&gt;Chargée de mission Tourisme &lt;/p&gt;&lt;p dir="ltr"&gt;Tél. : 02 54 46 09 10 ou 06 88 22 65 34              &lt;/p&gt;&lt;p dir="ltr"&gt;Courriel : &lt;a target="_self"&gt;tourisme&amp;#64;paysdeschateaux.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>developpement@paysdeschateaux.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-manifestations-culturelles-a-vocation-touristiques-sur-la-destination-blois-chambord-val-de-loire/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>90859</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maîtres d'ouvrages sélectionnés dans le cadre de l'appel à projet territorial « Nouvelle Organisation Territoriale Touristique »</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région accompagne les maîtres d&amp;#039;ouvrages sélectionnés dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique ». Ce volet « inclusion sociale » permet d&amp;#039;accompagner les territoires pour l&amp;#039;accessibilité et l&amp;#039;inclusion de tous les publics dans les politiques touristiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner les maîtres d&amp;#039;ouvrages sélectionnés dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique » pour prendre en compte la thématique de l&amp;#039;accessibilité et inclure tous les publics dans un territoire touristique et de loisirs « pour tous ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés sélectionnés dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique »
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les investissements, l&amp;#039;aide s&amp;#039;élève à un montant maximum de 30% plafonné à 500.000 € HT ou TTC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant des travaux doit être supérieur ou égal à 20.000 € HT ou TTC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur la phase de sensibilisation et d&amp;#039;accompagnement collectif, l&amp;#039;aide s&amp;#039;élève à un montant maximum de 80% des dépenses prises en compte HT ou TTC
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant minimum pris en compte pour chaque type d&amp;#039;action engagée est de 1.500 € HT ou TTC
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/nouvelle-organisation-touristique-des-territoires-inclusion-sociale-nott</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19) : 05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16) : 05 49 55 77 00
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64) : 05 57 57 83 09
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e66-nouvelle-organisation-touristique-des-territo/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>159427</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les aménagements urbains liés au bien-être : thermalisme, remise en forme et équipements touristiques des stations</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>Dépense minimum subventionnable : 50.000€ HT / Montant maximum d'aide : 30.000€</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour la réalisation de travaux d&amp;#039;aménagement urbains liés au thermalisme ainsi que pour la création ou la modernisation d&amp;#039;équipements touristiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets bénéficiant de ces soutiens devront faire apparaître une démarche d&amp;#039;adhésion à la &amp;#34;place de marché départementale&amp;#34; organisée par l&amp;#039;association Landes Attractivité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nature des dépenses subventionnables : aménagements urbains directement liés à l&amp;#039;activité thermale, équipements touristiques, modernisation et équipement des offices de tourisme.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T107" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=108</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ac37-favoriser-les-amenagements-urbains-lies-au-bi/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:27" customHeight="0">
+      <c r="A108" s="1">
+        <v>163170</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Une économie locale et touristique diversifiée valorisant les ressources, savoir-faire et acteurs locaux</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 80</t>
+        </is>
+      </c>
+      <c r="J108" s="1" t="inlineStr">
+        <is>
+          <t>Aide plancher : 4.000€ / Aide plafond : 60.000€</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Pays du Bessin dispose d&amp;#039;un tissu économique inégalement réparti et dynamique, fragilisé
+par l&amp;#039;évolution des modes de consommation, la concurrence des grands pôles et, parfois, un
+manque de coopération entre acteurs. Cette fiche vise à soutenir le développement d&amp;#039;une
+économie locale et touristique plus ancrée sur le territoire, en lien avec l&amp;#039;ensemble des
+acteurs.
+La disparité du territoire entre Nord et Sud se fait ressentir dans l’accueil des touristes et le
+nombre de pôles touristiques. Le Sud souffre d’un manque de visibilité et d’attractivité pour
+les touristes étrangers.
+Les opérations accompagnées dans le cadre de cette fiche action sont en cohérence avec 10
+objectifs du SRADDET, notamment développer l’offre de service, sauvegarder les spécificités
+du monde rural, la réduction de l’artificialisation des sols et la gestion des friches, et surtout
+la promotion d’un tourisme durable. Cette fiche action prend également en compte les
+constats du GIEC normand en termes de biodiversité, adaptation aux changements
+climatiques et la pollution de l’air.
+Les actions accompagnées par cette fiche action pourront se faire en partenariat des parcs
+régionaux, offices de tourisme, associations locales.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs de l&amp;#039;aide : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner un développement économique et touristique équilibré du territoire.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Accompagner les projets s&amp;#039;appuyant sur les ressources, savoir-faire et acteur locaux.
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Soutenir le secteur de l&amp;#039;ESS et les démarches d&amp;#039;économie circulaire
+&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;span&gt;Renforcer la connaissance des tissus économiques et touristiques &lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de l&amp;#039;aide : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aide plancher : 4.000€&lt;/li&gt;&lt;li&gt;Aide plafond : 60.000€&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Types et description des opérations soutenues (Votre projet doit entrer dans au moins un des types d&amp;#039;opération ci-dessous) : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Structuration et animation de filières spécifiques au territoire, s&amp;#039;appuyant sur des ressources et savoir-faire locaux ; &lt;/li&gt;&lt;li&gt;Création et animation d&amp;#039;observatoires territoriaux des activités et des friches visant à partager un diagnostic commun
+des besoins et éclairer les décisions ;
+&lt;/li&gt;&lt;li&gt;Réhabilitation et extension de gîtes et hébergements à vocation touristique
+- Réhabilitation et extension de logements pour les personnels saisonniers ;
+&lt;/li&gt;&lt;li&gt;Développement de marchés de producteurs locaux ;
+&lt;/li&gt;&lt;li&gt;Soutien aux projets de tourisme durable ;
+&lt;/li&gt;&lt;li&gt;Création de partenariats entre les sites touristiques majeurs et secondaires ;
+&lt;/li&gt;&lt;li&gt;Adaptation d&amp;#039;une offre existante à l’accueil des cyclotouristes ;
+&lt;/li&gt;&lt;li&gt;Actions favorisant et encourageant le développement de circuits de randonnées pédestres, équestres, trekkings et le
+tourisme à vélo ;
+&lt;/li&gt;&lt;li&gt;Développement de systèmes de billetterie et de réservation en ligne pour les sites touristiques, permettant de réguler
+et réorienter les flux ;
+&lt;/li&gt;&lt;li&gt;Accompagnement des collectivités, entreprises et associations dans leurs démarches d&amp;#039;économie circulaire ;
+&lt;/li&gt;&lt;li&gt;Maintien et développement des activités artisanales et commerciales des centre-bourgs (communes de moins de
+10000 habitants), y compris les activités mobiles.
+&lt;/li&gt;&lt;li&gt;Soutien de la reprise/maintien du dernier commerce du village (collectivités) &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent être pertinents au regard de la Stratégie Locale de Développement définie par le GAL Pays du Bessin au Virois. Ils sont sélectionnés au regard de 10 critères. 6 critères transversaux propres au fonds européen LEADER et 4 critères thématiques. Un comité de programmation composé d&amp;#039;acteurs locaux issus des sphères publique et privée écoute chaque porteur de projet et décide de l&amp;#039;adéquation entre le projet et les attentes du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères transversaux : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Egalité femmes/hommes&lt;/li&gt;&lt;li&gt;Objectifs de Développement Durable (hors égalité entre les sexes ; lutte contre chgt climatique ; partenariat)&lt;/li&gt;&lt;li&gt;Approche partenariale&lt;/li&gt;&lt;li&gt;Adaptation et/ou atténuation du changement climatique&lt;/li&gt;&lt;li&gt;Ruralité&lt;/li&gt;&lt;li&gt;Innovation&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Critères thématiques : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. &lt;/strong&gt;Le projet permet d&amp;#039;accompagner le développement économique touristique équilibré du territoire&lt;br /&gt;&lt;strong&gt;2. &lt;/strong&gt;le projet s&amp;#039;appuie sur les ressources, savoir-faire et acteurs locaux&lt;br /&gt;&lt;strong&gt;3. &lt;/strong&gt;le projet est porté par un acteur de l&amp;#039;ESS et/ou encourage l&amp;#039;économie circulaire&lt;br /&gt;&lt;strong&gt;4. &lt;/strong&gt;Le projet permet de renforcer la connaissance des tissus économiques et touristiques du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Certaines dépenses sont inéligibles&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Amortissement de biens neufs,&lt;/li&gt;&lt;li&gt;Contribution en nature, &lt;/li&gt;&lt;li&gt;Contrat de crédit-bail,&lt;/li&gt;&lt;li&gt;Bénévolat (dans le cadre d’auto-construction),&lt;/li&gt;&lt;li&gt;TVA (si elle est récupérée par le bénéficiaire),&lt;/li&gt;&lt;li&gt;Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d’arts classés ou inscrits conformément à la règlementation nationale),&lt;/li&gt;&lt;li&gt;Infrastructures numériques fixes ou mobiles,&lt;/li&gt;&lt;li&gt;Etudes rendues obligatoires par la loi,&lt;/li&gt;&lt;li&gt;Mise aux normes strictes,&lt;/li&gt;&lt;li&gt;Travaux effectués en régie,&lt;/li&gt;&lt;li&gt;Achat de terrain et de biens immeubles,&lt;/li&gt;&lt;li&gt;Exclusion des retenues de garanties et des aléas (commande publique).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays du Bessin au Virois</t>
+        </is>
+      </c>
+      <c r="V108" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/programme-europeen-LEADER</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Johanne DELBERGHE&lt;br /&gt;Chargée de mission LEADER Pays d’Auge&lt;br /&gt;02 31 57 11 46&lt;/p&gt;&lt;p&gt;Mathilde BALLIERE&lt;br /&gt;Gestionnaire LEADER&lt;br /&gt;02 31 57 18 18&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:leader.bessinvirois&amp;#64;calvados.fr" target="_blank"&gt;leader.bessinvirois&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>leader.bessinvirois@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-une-economie-locale-et-touristique-diversifiee-valorisant-les-ressources-savoir-faire-et-acteurs-locaux/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:27" customHeight="0">
+      <c r="A109" s="1">
+        <v>164421</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - AAP 2.1 "Valoriser le patrimoine local, les activités touristiques en améliorant les conditions d’accueil des visiteurs du GAL Loire"</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CONTEXTE ET DESCRIPTIF DU DISPOSITIF&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Contexte&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la
+transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui partagent des caractéristiques communes :&lt;/p&gt;&lt;p&gt;− Elles s’appuient sur un patrimoine riche et l’offre pleine nature y est un marqueur important ;&lt;/p&gt;&lt;p&gt;− Elles tendent vers un tourisme quatre saisons durable, respectueux de l’environnement ;&lt;/p&gt;&lt;p&gt;− Elles valorisent des offres expérientielles et le slow tourisme ;&lt;/p&gt;&lt;p&gt;− Leur clientèle est principalement composée de visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne, Clermont-Ferrand). Face à cette convergence, des enjeux communs ont donc pu être identifiés tels que :&lt;/p&gt;&lt;p&gt;− La diversification du tissu touristique autour de valeurs partagées ;&lt;/p&gt;&lt;p&gt;− La montée en gamme de l’offre proposée à la fois par une meilleure structuration de celle-ci et une meilleure valorisation des atouts du territoire ;&lt;/p&gt;&lt;p&gt;− L&amp;#039;amélioration de la capacité d’accueil notamment en prenant en compte tous les types de publics (famille, séniors, personnes en situation de handicap, affinitaires, couples jeunes sans enfants, etc.) ;&lt;/p&gt;&lt;p&gt;− La nécessité de faire redécouvrir le territoire aux habitants en faisant également des sites touristiques des lieux de vie, de loisirs et de rencontre pour les populations locales.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs poursuivis par le GAL sont de :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Améliorer la médiation et l’accessibilité des sites pour un accueil facilité de tous&lt;/p&gt;&lt;p&gt;− Mettre en valeur et préserver de manière innovante les sites et patrimoines emblématiques&lt;/p&gt;&lt;p&gt;− Faire découvrir le territoire à travers les itinérances&lt;/p&gt;&lt;p&gt;− Garantir une qualité d’accueil&lt;/p&gt;&lt;p&gt;− La prise en compte des enjeux de transition écologique et énergétique :&lt;/p&gt;&lt;p&gt;     * Prise en compte de la biodiversité dans les projets d’aménagement touristique&lt;br /&gt;&lt;/p&gt;&lt;p&gt;     * Prise en compte de la sobriété des projets au regard de la consommation des ressources (foncier, eau, énergie…)&lt;/p&gt;&lt;p&gt;     * Analyse de l’intégration des effets du changement climatique dans la définition du projet&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Description du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Au travers du présent appel à projets, le GAL Loire vise à soutenir les projets structurants de :&lt;/p&gt;&lt;p&gt;− Valorisation touristique et d’amélioration de conditions d’accueil des visiteurs sur des sites patrimoniaux ;&lt;/p&gt;&lt;p&gt;− Développement de l’offre touristique et d’amélioration de conditions d’accueil des visiteurs en lien avec des sites et activités de pleine nature, des grandes itinérances, des circuits patrimoniaux locaux et leurs connexions entre eux.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À ce titre seront soutenues, plus précisément, les actions suivantes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;− Les actions d’animation ;&lt;/p&gt;&lt;p&gt;− Les actions de communication ;&lt;/p&gt;&lt;p&gt;− Les formations ;&lt;/p&gt;&lt;p&gt;− Les études ;&lt;/p&gt;&lt;p&gt;− Les opérations d’acquisitions de matériels et d’équipement ;&lt;/p&gt;&lt;p&gt;− La création d’outils et de services numériques ;&lt;/p&gt;&lt;p&gt;− La création et diffusion culturelle et artistique ;&lt;/p&gt;&lt;p&gt;− Les opérations d’aménagement et travaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Sont inéligibles&lt;/strong&gt; les projets éligibles aux autres dispositifs FEADER régionaux de droit commun ou aux dispositifs européens FEDER/FSE. Se renseigner auprès du GAL.&lt;/p&gt;&lt;p&gt;Notamment, sont inéligibles :&lt;/p&gt;&lt;p&gt;→ Les projets de développement touristique éligibles au dispositif 7.5.2.5 du FEDER.&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets suivants :&lt;/p&gt;&lt;p&gt;− La création, rénovation ou modernisation d’hébergements touristiques (éligible à un futur AAP) ;&lt;/p&gt;&lt;p&gt;− La promotion des savoir-faire et la conservation du patrimoine immatériel non liées à une activité touristique (éligible à l’AAP 1.1) ;&lt;/p&gt;&lt;p&gt;− Les initiatives culturelles particulièrement innovantes dont l’objectif principal est la valorisation des centres-bourgs et favorisant le bien-vivre ensemble (éligible à l’AAP 3.1-2) ;&lt;/p&gt;&lt;p&gt;− Les foires et manifestations.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Définition&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Projet structurant&lt;/strong&gt; : un projet structurant est un projet dont la finalité est de participer à l’attractivité du territoire. Cette notion peut s’apprécier au regard des critères suivants :&lt;/p&gt;&lt;p&gt;− Le périmètre de son rayonnement participant à l’attractivité du territoire ;&lt;/p&gt;&lt;p&gt;− La mise en place des organisations, réseaux ou des outils ayant un impact en termes de synergie et de développement pour une communauté, une filière, le territoire ;&lt;/p&gt;&lt;p&gt;− Générer ou appuyer d’autres projets ;&lt;/p&gt;&lt;p&gt;− Fédérer des acteurs locaux d’horizons différents autour d’un objectif commun.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilité active&lt;/strong&gt; : désigne l’ensemble des déplacements impliquant une dépense énergétique par le biais d’un effort musculaire avec ou sans assistance électrique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Handicap
+Accès aux services
+Paysage
+Accessibilité
+Animation et mise en réseau
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P109" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q109" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2026</t>
+        </is>
+      </c>
+      <c r="R109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;PORTEURS DE PROJETS ELIGIBLES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour présenter une candidature à cet appel à projets, sont éligibles les bénéficiaires suivants :&lt;/p&gt;&lt;p&gt;− Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;Sont inéligibles :&lt;/p&gt;&lt;p&gt;− Les bénéficiaires définis comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;− Les indivisions.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D’ELIGIBILITE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les conditions d’éligibilité sont les obligations qui doivent être remplies au moment de la sélection pour que le projet soit éligible au présent appel à projets. Ces conditions sont les suivantes :&lt;/p&gt;&lt;p&gt;• Les conditions d’éligibilité définies dans le document « Les règles communes à toutes les aides FEADER » consultables sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;• Les projets dont la localisation se situe dans une commune de 10 000 habitants ou plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;• Les projets concernant des musées devront justifier d’un projet d’établissement ou d’une démarche scientifique et culturelle valide ou en cours d’élaboration. Un justificatif sera demandé au porteur de projet à la demande d’aide.&lt;/p&gt;&lt;p&gt;• Seront éligibles uniquement les projets répondant à la définition des sites et activités présentés à l’annexe 1.&lt;/p&gt;&lt;p&gt;• Seront éligibles les projets répondant à la définition de projet structurant (cf. 1.3. Définition). Un argumentaire devra être fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DEPENSES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses doivent être supportées par le bénéficiaire, être nécessaires à la réalisation de l’opération et comporter un lien démontré avec celle-ci.&lt;/p&gt;&lt;p&gt;Peuvent être financées les dépenses suivantes :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses au réel :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes dépenses (matérielles et immatérielles) directement liées à l’opération y compris :&lt;/p&gt;&lt;p&gt;o Le matériel d’occasion selon les conditions précisées dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;o Les dépenses de déplacement de personnes non rémunérées par la structure ou les dépenses de déplacement hors France métropolitaine ;&lt;/p&gt;&lt;p&gt;o Tout devis ou facture inférieur à 100 € HT.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses sous forme de coûts simplifiés (OCS) :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;o Les frais de personnel directs, pris en charge sous forme de coûts unitaires dans la limite de 744 heures soit 0.5 Equivalent Temps Plein par période de 12 mois dans la limite de 24 mois ;&lt;/p&gt;&lt;p&gt;o Les coûts indirects et frais de déplacement, pris en compte sous forme d’un taux forfaitaire respectif de 15% et 5% des frais de personnel directs éligibles.&lt;/p&gt;&lt;p&gt;Les modalités de prise en compte des dépenses sous formes de coûts simplifiés (OCS) sont décrites dans le document «Les règles communes à toutes les aides FEADER » partie « règles communes relatives à la mise en place des options de coûts simplifiés», consultables sur le site du Guide des aides de la Région Auvergne Rhône Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Dépenses inéligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Les dépenses définies comme inéligibles dans le document « Les règles communes à toutes les aides FEADER » ;&lt;/p&gt;&lt;p&gt;- Les véhicules standards (utilitaires, remorques) sans aménagement spécifique ;&lt;/p&gt;&lt;p&gt;- Les véhicules motorisés thermiques et/ou électriques (hors véhicules répondant à la définition de mobilité active ou permettant exclusivement de développer l’accessibilité des publics empêchés) ;&lt;/p&gt;&lt;p&gt;- Les frais de bouche ;&lt;/p&gt;&lt;p&gt;- Les acquisitions de foncier bâti ou non bâti ;&lt;/p&gt;&lt;p&gt;- Les travaux de gros œuvre nécessaires à la mise hors d’eau et hors d’air ;&lt;/p&gt;&lt;p&gt;- Les travaux de voirie, réseaux divers et d’entretien des chemins ;&lt;/p&gt;&lt;p&gt;- Les études préalables initiées en amont du dépôt du projet.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3. Plancher et plafond de mes dépenses&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligibles, les projets doivent présenter des dépenses pour un montant devant dépasser 5 000 € HT de dépenses éligibles retenues après instruction.&lt;/p&gt;&lt;p&gt;Seules les dépenses initiées après le dépôt de votre dossier sont éligibles à la subvention. Cette date est rappelée dans votre récapitulatif de demande après saisie de votre dossier en ligne. Vous devez donc veiller à déposer votre dossier avant le début de réalisation de votre projet.&lt;/p&gt;&lt;p&gt;Les dépenses initiées avant le dépôt de votre dossier peuvent rendre la totalité de votre projet inéligible ; c’est notamment le cas pour les projets n’ayant pas une finalité agricole et devant relever d’un régime d’aide d’Etat. Renseignez-vous auprès du service instructeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;NB : Par dépenses initiées pour la conduite du projet, il faut comprendre tout devis signé, tout bon pour accord signé, toute notification de marché, toute commande passée au bénéfice de la mise en œuvre du projet.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas automatique. Votre demande d’aide peut être rejetée. Aussi, tout commencement des dépenses après le dépôt de votre dossier, mais avant l’éventuelle notification de l’aide attribuée, relève de votre seule responsabilité.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;LES ENGAGEMENTS A RESPECTER DANS LE CADRE DE CET APPEL A PROJETS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour bénéficier d’une subvention du FEADER, vous devez impérativement respecter des engagements. Ceux-ci sont précisés dans le document « Engagements du demandeur » consultable et téléchargeable sur le site du Guide des aides de la Région Auvergne Rhône-Alpes https://www.auvergnerhonealpes.fr/aides, dans la rubrique « Déposer une demande » du dispositif concerné. Veuillez les lire attentivement et les accepter lors de la transmission de votre demande d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES D’ATTRIBUTION DE L’AIDE POUR MON PROJET&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1. Financeurs possibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets est financé par le fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non européens. L’attribution des subventions FEADER est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux (Etat, Région, Département, EPCI…).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2. Modalité de calcul de l’aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Plafond d’aide LEADER : 50 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets sélectionnés est de 80 % de l’assiette des dépenses éligibles HT retenues par le service instructeur.&lt;/p&gt;&lt;p&gt;Ce taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>GAL Loire</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loireforez.fr/wp-content/uploads/2025/02/20250122_AAP_2.1_VALORISATION_Approuve.pdf</t>
+        </is>
+      </c>
+      <c r="W109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une
+demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si
+votre projet peut être éligible à l&amp;#039;accompagnement technique et financier
+LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour
+vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu
+Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays
+entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC
+Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du
+Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne
+Métropole)&lt;/p&gt;&lt;p&gt;
+04 74 87 52 01&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>inesguezennec@loireforez.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/valoriser-le-patrimoine-local-les-activites-touristiques-en-ameliorant-les-conditions-daccueil-des-visiteurs-du-gal-loire/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:27" customHeight="0">
+      <c r="A110" s="1">
+        <v>154580</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter de bâtiments à usage d’habitats locatifs à vocation non touristique</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Habitat locatif (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 40</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation de bâtiments à usage d&amp;#039;habitats locatifs à vocation non touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Logements dans du patrimoine public
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Reconversion d&amp;#039;un patrimoine communal ou communautaire à des fins de création de logement locatif ou travaux liés à la rénovation et/ou réhabilitation de logements locatifs existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Construction de logements locatifs
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Construction de logements locatifs dans le cadre de la valorisation de friches existantes en cœur de bourg (à proximité des commerces et des services) ou de dents creuses (en urbanisme, il s&amp;#039;agit d&amp;#039;un espace non construit situé en cœur de bourg et entouré de parcelles bâties, sont donc exclues les zones en extension urbaine), déconstruction, remise en état du terrain et réhabilitation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Foyers de jeunes travailleurs (FJT)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les foyers de jeunes travailleurs sont des institutions à but non lucratif qui mettent à la disposition des jeunes de 16 à 30 ans (étudiants, apprentis, stagiaires ou en situation de précarité) qui vivent hors de leur famille un hébergement (chambre et/ou studio) comprenant un ensemble d&amp;#039;installations matérielles, une restauration, ainsi que des moyens qui permettent, directement ou indirectement, de favoriser leur insertion dans la vie sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ils ont pour mission de favoriser la socialisation des jeunes par l&amp;#039;habitat et par différentes formes d&amp;#039;incitations et d&amp;#039;actions dans des domaines où se forge leur qualification sociale : vie quotidienne, mobilité, emploi, formation, loisirs, culture, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans cette phase de transition, il s&amp;#039;agit de rendre possible un parcours résidentiel en créant les conditions d&amp;#039;apprentissage de la vie sociale conduisant à l&amp;#039;autonomie et à la citoyenneté. Le passage en FJT doit donc, par définition, être conçu comme quelque chose de temporaire.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les seuls travaux préparatoires (démolition, dépollution...) sont éligibles avec engagement de la collectivité pour un projet d&amp;#039;habitat public dans un délai de 5 ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Respect de la réglementation en vigueur, en matière de performance énergétique et d&amp;#039;accessibilité ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Bouquet de deux types de travaux énergétiques obligatoire dont un poste de dépenses sur l&amp;#039;enveloppe du bâti (isolation, menuiseries...) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les logements dans du patrimoine public : gain de 2 étiquettes énergétiques entre avant et après travaux pour les logements classés initialement F/G/E et gain de 1 étiquette énergétique pour les logements classés D ou moins ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les projets de construction neuve : uniquement dans des friches existantes en cœur de bourg (proximité des services) ou des dents creuses ;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les FJT : production d&amp;#039;un projet socio-éducatif d&amp;#039;établissement en lien avec la réalisation d&amp;#039;un diagnostic local* intégrant une dimension inclusive (situation de handicap, mixité femmes-hommes...) et présence d&amp;#039;un local permettant d&amp;#039;accueillir des permanences de partenaires dans le domaine de l&amp;#039;insertion ;
+&lt;/p&gt;
+&lt;p&gt;
+ *Diagnostic local sur les besoins de logement des jeunes de 16 à 30 ans qu&amp;#039;ils soient en activité professionnelle, demandeurs d&amp;#039;emploi ou en formation (apprenti, alternance, étudiant...)
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les projets d&amp;#039;habitat inclusif : production du projet de vie sociale.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/habitat-locatif-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W110" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.33.05.97.79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c27-habitat-locatif-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:27" customHeight="0">
+      <c r="A111" s="1">
+        <v>101009</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Innvover en milieu rural sur les thématiques suivantes : développement économique, consommation de produits locaux, préservation du patrimoine agro-environnemental et tourisme</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes de la Dombes</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I111" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 80</t>
+        </is>
+      </c>
+      <c r="J111" s="1" t="inlineStr">
+        <is>
+          <t>Co-financement public obligatoire</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour la période de programmation 2014-2020, le Groupe d&amp;#039;Action Locale (GAL), composé d&amp;#039;élus et d&amp;#039;acteurs locaux, a fait le choix d&amp;#039;axer l&amp;#039;intervention LEADER dans les 4 domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;économie
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;agriculture et la pisciculture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour mettre en œuvre cette stratégie, le GAL dispose d&amp;#039;une enveloppe initiale de 1.995.800 € répartie entre les 4 fiches actions suivantes
+ &lt;a href="https://www.ccdombes.fr/entreprendre/programme-leader/" rel="noopener" target="_blank"&gt;
+  en téléchargement sur cette page
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des exemples de projets réalisés
+ &lt;a href="https://www.ccdombes.fr/entreprendre/programme-leader/" rel="noopener" target="_blank"&gt;
+  sur cette page
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Tourisme
+Forêts
+Recyclage et valorisation des déchets
+Alimentation
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Biodiversité
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>GAL Dombes Saône</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ccdombes.fr/entreprendre/programme-leader/</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Coordination générale du programme LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Laetitia DUCROZET
+ &lt;br /&gt;
+ territoire&amp;#64;ccdombes.fr
+ &lt;br /&gt;
+ 04 74 61 93 03
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Gestion et animation du programme LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Agathe DESFORET :
+ leader&amp;#64;ccdombes.fr
+ &lt;br /&gt;
+ 04 74 61 96 87
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>amelie.quillet@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/56ac-innvover-en-milieu-rural-sur-les-thematiques-/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:27" customHeight="0">
+      <c r="A112" s="1">
+        <v>138003</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser une meilleure répartition entre les terres agricoles, la forêt, les espaces de nature ou de loisirs en accompagnant les communes sur la règlementation des boisements</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Réglementation des boisements et reboisements</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J112" s="1" t="inlineStr">
+        <is>
+          <t>Financement 100% des procédures sous maîtrise d&amp;#039;ouvrage départementale.</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La réglementation des boisements est un outil d&amp;#039;aménagement du territoire mis à la disposition des communes ou des intercommunalités, financé intégralement par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est de favoriser une meilleure répartition entre les terres agricoles, la forêt, les espaces de nature ou de loisirs et les espaces habités en milieu rural, tout en assurant la préservation de milieux naturels ou de paysages remarquables.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle permet de réglementer ou d&amp;#039;interdire les semis et (re)plantations d&amp;#039;essences forestières, hormis les productions d&amp;#039;arbres de noël soumises à des règles spécifiques, les parcs et jardins, les pépinières déclarées comme tel au registre du commerce et des sociétés, les vergers, les haies et alignements d&amp;#039;arbres constitués d&amp;#039;essences feuillues, les plantations pare-neige / anti-congères.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Délibération de la commune.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Réglementation des boisements sur 198 communes de Haute-Loire.&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ouvert à toutes les communes.&lt;/p&gt;&lt;p&gt;Procédure régie par le Code rural et de la pêche maritime (L 126-1 et L126-2).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-reglementations-des-boisements.html</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;
+ Eloi RONDEAU&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:developpement-durable&amp;#64;hauteloire.fr" target="_self"&gt;eloi.rondeau&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 43 07 11 83
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e006-favoriser-une-meilleure-repartition-entre-les/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:27" customHeight="0">
+      <c r="A113" s="1">
+        <v>158948</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Définir un plan d'implantation de Pôles d'Echanges Multimodaux et leur faisabilité technique à destination des déplacements domicile-travail et touristiques</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité technique à l'installation de différents types de Pôles d'Echanges Multimodaux</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Force d&amp;#039;une expertise et de retours d&amp;#039;expériences sur plusieurs de ses réseaux, PIM Mobility vous propose, en amont de tout déploiement, un accompagnement complet, reprenant vos études et réflexions en cours, en vue de créer des espaces de rétention de voyageur et instaurer une pratique multimodale durable :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification géographique et définition des typologies des sites étudiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des profils voyageurs présents, leur consentement à changer de comportement et leurs besoins de services associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  cartographie des offres de transport présentes, en cours de déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faisabilité technique  chiffré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hubs de mobilité sur des lignes de covoiturage et lignes BHNS/cars express ; aires de services vélo sur des grands itinéraires touristiques, espaces relais vélos en libre service et stationnement vélos en parc d&amp;#039;activités, aires de covoiturage et relais transport en commun, revitalisation et valorisation multimodale de parvis de gare TER.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une collectivités, une entreprise, un syndicat ou un office du tourisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://pim-mobility.com/contact/</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;pim-mobility.com&lt;br /&gt;06 22 45 03 36&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>p.renault@pim-mobility.com</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5313-definir-un-plan-dimplantation-de-poles-dechan/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:27" customHeight="0">
+      <c r="A114" s="1">
+        <v>98917</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir l'agritourisme et l'écotourisme</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Agritourisme et tourisme vert - Fiche Actions 2</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Groupe d'action locale (GAL) Nord et Centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I114" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J114" s="1" t="inlineStr">
+        <is>
+          <t>100% (sur remboursement des dépenses du projet)</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide LEADER est un financement des projets qui développe le territoire du GAL. Elle consiste aussi en un accompagnement des porteurs de projet pour le montage du dossier de demande de financement LEADER.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elle a pour enjeux de:
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Promouvoir l&amp;#039;écotourisme comme moteur de développement économique, et de valorisation et de préservation du patrimoine naturel et culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les impacts attendus sur le territoire sont:
+&lt;/p&gt;
+&lt;p&gt;
+ Effets directs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Création/amélioration de l&amp;#039;offre en terme de structures d&amp;#039;écotourisme (gites ruraux, chambres d&amp;#039;hôte, restaurants à base de produits locaux etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;activités de découverte du patrimoine agritouristique (ferme pédagogique, circuit agro-touristique avec visites d&amp;#039;exploitations, ateliers etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montée en compétence des acteurs de l&amp;#039;écotourisme et de l&amp;#039; agritourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Effets indirects :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de la filière Tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Augmentation de la fréquentation touristique en zone rurale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et pérennisation de postes d&amp;#039;emplois
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ pour être éligible, le projet doit correspondre à un des Types d&amp;#039;Opérations (TO) suivant:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  TO 2.1 : Soutien aux actions de formation et de mise en réseau des acteurs de l&amp;#039;agritourisme et de l&amp;#039;écotourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 2.2 : Soutien à la création et à l&amp;#039;aménagement de structures d&amp;#039;hébergement touristiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 2.3 : Soutien à la création et l&amp;#039;aménagement de points d&amp;#039;accueil et/ou de découverte agritouristique/écotouristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 2.4 : Soutien à la création et l&amp;#039;aménagement de structures de restauration à base de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  TO 2.5 : Soutien aux actions de promotion, communication et valorisation des actions agritouristiques et écotouristiques.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T114" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>GAL Nord et Centre de Mayotte</t>
+        </is>
+      </c>
+      <c r="V114" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-mayotte.yt/wp-content/uploads/2021/05/20200213_FA2.pdf</t>
+        </is>
+      </c>
+      <c r="W114" s="1" t="inlineStr">
+        <is>
+          <t>https://leader-mayotte.yt/</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Romain DELARUE
+&lt;/p&gt;
+&lt;p&gt;
+ Animateur du GAL Nord et Centre de Mayotte
+&lt;/p&gt;
+&lt;p&gt;
+ 06.39.65.74.83
+&lt;/p&gt;
+&lt;p&gt;
+ adnc.mayotte&amp;#64;gmail.com
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>adnc.mayotte@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/70a5-copie-12h27-developpement-des-circuits-courts/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:27" customHeight="0">
+      <c r="A115" s="1">
+        <v>163711</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la création de parcours de visite pour une ouverture au public d'une entreprise souhaitant faire découvrir son savoir-faire</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets Tourisme de savoir-faire</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide vise à accompagner la création de parcours de visite pour une ouverture au public d&amp;#039;une entreprise souhaitant faire découvrir son savoir-faire et le process de fabrication.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Accompagner l&amp;#039;ouverture au public de nouvelles entreprises ;&lt;/p&gt;&lt;p&gt;Développer l&amp;#039;offre régionale de tourisme de savoir-faire ;&lt;/p&gt;&lt;p&gt;Permettre au public de découvrir l&amp;#039;entreprise à travers son process de fabrication.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Intervention :&lt;/p&gt;&lt;p&gt;Seuil minimum de dépenses à présenter : 20 000 € HT&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plafond des dépenses éligibles retenu : 200 000 € HT&lt;/p&gt;&lt;p&gt;Taux d&amp;#039;intervention : 50% maximum&lt;/p&gt;&lt;p&gt;Dépenses éligibles : &lt;/p&gt;&lt;p&gt;Travaux concourant à l’accueil du public : second oeuvre, construction de bâtiment et/ou extension de bâtiments existants ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Travaux d&amp;#039;équipements : aménagements ludiques et/ou pédagogiques favorisant l’accueil et la découverte, aménagements intérieurs, aménagements d’accessibilité ;&lt;/p&gt;&lt;p&gt;Supports de médiation : oreillettes, tablettes, etc ;&lt;/p&gt;&lt;p&gt;Autres dépenses liées à l&amp;#039;accueil de public : aménagements extérieurs, salle de séminaire, boutique, étude, formation du personnel, etc.  &lt;/p&gt;&lt;p&gt;Ces dépenses doivent rester complémentaires au projet d’ouverture et ne peuvent pas faire l’objet unique de la demande.&lt;/p&gt;&lt;p&gt;Dépenses inéligibles :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Achats immobiliers et fonciers ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Achats de véhicules ;&lt;/p&gt;&lt;p&gt;Equipements et matériels non liés à l&amp;#039;accueil du public.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q115" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises (hors SCI) inscrites au Régime du Commerce et des Sociétés (RCS) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Groupement d&amp;#039;entreprises ayant plus de 5 salariés (ETP) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations ayant plus de 5 salariés (ETP).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Les porteurs de projet pourront être issus des secteurs d’activités agricoles, de l&amp;#039;artisanat ou de l&amp;#039;industrie, proposant un accueil sur le site de production. Les exploitations agricoles et viticoles sont exclues.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont inéligibles les projets portés par des exploitations agricoles/viticoles (vérification par code NAF), grandes entreprises, collectivités, maisons de pays et magasins de producteurs.&lt;/p&gt;&lt;p&gt;Critères de sélection : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;appel à projets s&amp;#039;adresse aux entreprises de plus de 5 salariés (ETP) ou groupements d&amp;#039;entreprises :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;répondant à la définition de la PME au sens communautaire ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;éligibles aux aides d&amp;#039;État ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;n&amp;#039;ayant pas ouvert plus 80 jours par an de mai à septembre ou 60 jours par an du 15 juin au 30 septembre entre 2017 et 2019.&lt;/p&gt;&lt;p&gt;Le projet d&amp;#039;ouverture au public devra se situer en Nouvelle-Aquitaine et pourra concerner le siège social de l&amp;#039;entreprise ou un établissement secondaire.&lt;/p&gt;&lt;p&gt;Pour bénéficier du soutien de l&amp;#039;Appel à projets, les projets d&amp;#039;entreprises devront être expertisés au préalable par un cabinet spécialisé en ingénierie touristique ou en tourisme de savoir-faire.&lt;/p&gt;&lt;p&gt;Les porteurs bénéficiaires devront s&amp;#039;engager à maintenir l’ouverture au public pendant au moins 5 ans.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/appel-projets-tourisme-de-savoir-faire</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme.savoirfaire&amp;#64;nouvelle-aquitaine.fr en apportant des éléments de présentation de votre projet et vos coordonnées.&lt;/p&gt;&lt;p&gt;La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilité de votre projet avant tout dépôt de demande de subvention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projets-tourisme-de-savoir-faire/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="116" spans="1:27" customHeight="0">
+      <c r="A116" s="1">
+        <v>155109</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Créer et réaménager des espaces publics favorisant le lien social et les échanges intergénérationnels (parcs, espaces de loisirs, jardins publics etc.)</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics de loisirs : parcs et jardins, aires de jeux, espaces sport-santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création et réaménagement d&amp;#039;espaces publics favorisant le lien social et les échanges intergénérationnels : parcs, espaces de loisirs et jardins publics pouvant inclure des équipements tels qu&amp;#039;une aire de jeux, un espace sport-santé, un mini-golf, un arboretum, un skate park, une aire extérieure de street workout et fitness (combinaison de gymnastique et de musculation) ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, mise en place d&amp;#039;une action de suivi de la faune et la flore sur le site pour mesurer l&amp;#039;impact du projet, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;une aire de jeux 100% inclusive, présence d&amp;#039;une aire de fitness s&amp;#039;adressant à différents publics : seniors pour prévenir leur perte d&amp;#039;autonomie, les personnes nécessitant de la rééducation, les sportifs pour entretenir leur forme, les personnes à mobilité réduite, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espaces verts
+Espace public</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ 1 - Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2 - Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 3 - L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;aménagement d&amp;#039;une aire de jeux :
+ &lt;/strong&gt;
+ cette dernière devra être accessible à tous les enfants quelle que soit leur singularité (Cf guide-conseil sur les aires jeux inclusives en document joint).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;aménagement d&amp;#039;un équipement de type parcours sportif ou aire de fitness, street workout extérieure :
+ &lt;/strong&gt;
+ le parcours devra permettre le travail de l&amp;#039;ensemble des parties du corps
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Concernant l&amp;#039;installation d&amp;#039;équipements de sports de plein nature de loisirs :
+ &lt;/strong&gt;
+ ces équipements devront être adaptés au tout public, ouverts et gratuits ils doivent permettre la pratique du plus grand nombre leur objectif n&amp;#039;étant pas l&amp;#039;accueil de compétitions sportives.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il est fortement conseillé d&amp;#039;offrir dans l&amp;#039;espace ou à forte proximité des sanitaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition de moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers et les équipements directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement : grattage, décaissement, engravure de chaussée, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) les structures de la chaussée, les revêtements, les bordures
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 4) l&amp;#039;éclairage public économe (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors panneaux routiers
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ 8) Les équipements de loisirs présents sur le site
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les aménagements de voirie routière (terrassement, revêtement de couche et surface de roulement).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-publics-de-loisirs-parcs-et-jardins-aires-de-jeux-espaces-sport-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W116" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ddd0-espaces-publics-de-loisirs-parcs-et-jardins-a/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:27" customHeight="0">
+      <c r="A117" s="1">
+        <v>165438</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Création d'établissement d'accueil du jeune enfant, d'accueil de loisirs, d'actions Reaap (soutien à la parentalité, CLAS (contrats locaux d'accompagnement à la scolarité et autres</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Règlement intérieur d'action sociale des Landes</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>CAF DES LANDES - Département Enfance Famille Ingénierie Action Sociale</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Prêt
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 80</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>50% sous forme de prêt, 50% sous forme de subvention pour les investissements entrant dans notre champs d'aide. Les aides de la Caf ne peuvent excéder 80% (cf. certains fonds nationaux)</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Création d&amp;#039;établissement d&amp;#039;accueil du jeune enfant, d&amp;#039;accueil de loisirs, d&amp;#039;actions Reaap (soutien à la parentalité, CLAS (contrats locaux d&amp;#039;accompagnement à la scolarité et autres prestations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Cohésion sociale et inclusion
+Citoyenneté
+Bâtiments et construction
+Réhabilitation
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Voir RI : &lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf</t>
+        </is>
+      </c>
+      <c r="W117" s="1" t="inlineStr">
+        <is>
+          <t>https://elan.caf.fr</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Page 5 du &lt;a href="https://www.caf.fr/sites/default/files/medias/401/Documents/Partenaires/RI-Les-aides-aux-partenaires-2025-web-V7.pdf"&gt;RI Les aides aux partenaires 2025 web&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>jean-francois.fillon-camgrand@caf.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/porteurs-de-projets/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:27" customHeight="0">
+      <c r="A118" s="1">
+        <v>119877</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>aide financière forfaitaire de 60€ attribuée pour un accès à: culture, loisirs et sport; cette aide individuelle, est réservée sous conditions de ressources ( minima sociaux )</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif+ culture, sports, loisirs</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Saint-André-de-Cubzac</t>
+        </is>
+      </c>
+      <c r="F118" s="1" t="inlineStr">
+        <is>
+          <t>Centre communal d'action sociale (CCAS) de Saint-André-de-Cubzac</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Dispositif&amp;#43; se traduit par une participation financière à hauteur de 60€ maximum.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est proposée une fois par an et par personne. Ce dispositif d&amp;#039;aide est exclusivement réservé à une utilisation dans les associations, clubs, ou organismes de la commune de Saint-André-de-Cubzac pour des activités culturelles, sportives ou de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ Ainsi le CCAS peut participer au financement d&amp;#039;une licence de sport pour un enfant, une inscription à une activité de loisir, à l&amp;#039;accès au centre aquatique l&amp;#039;Hippocampe, ou un pass culturel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Inscription à des cours de sport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un pass 10 places de cinéma
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat d&amp;#039;un pass illimité pour des spectacles à la salle du Champ de Foire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Achat de tenues ou d&amp;#039;équipements sportifs
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Famille et enfance
+Lutte contre la précarité
+Spectacle vivant
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre bénéficiaire du minima social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Condition de ressources du demandeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présenter un devis de la dépense souhaitée dans la structure choisie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choisir un organisme de Saint-André-de-Cubzac exclusivement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Saint-André-de-Cubzac</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>http://saintandredecubzac.fr</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:social&amp;#64;saintandredecubzac.fr" rel="noopener" target="_blank"&gt;
+  social&amp;#64;saintandredecubzac.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 57 45 10 10
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>pierre.coussy@saintandredecubzac.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae60-dispositif-culture-sports-loisirs/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:27" customHeight="0">
+      <c r="A119" s="1">
+        <v>159426</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement du thermalisme</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et recherches en matière de tourisme de santé</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I119" s="1" t="inlineStr">
+        <is>
+          <t> Max : 29</t>
+        </is>
+      </c>
+      <c r="J119" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum d'aide : 15.000€</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour la réalisation d&amp;#039;études ayant pour objet la validation médicale et scientifique du thermalisme, le diagnostic des équipements thermaux, la conception et le développement de pilotes relatifs aux soins thermaux et aux dérivés de l&amp;#039;eau thermale et du péloïde.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=113</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93ea-soutenir-le-developpement-du-thermalisme/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:27" customHeight="0">
+      <c r="A120" s="1">
+        <v>131254</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’immobilier d’entreprise (A.I.E) pour les hebergements trouristiques</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>AIDE A L'IMMOBILIER D'ENTREPRISE (A.I.E) pour les hebergements trouristiques : AIE Tourisme</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le Département souhaite proposer une aide à l&amp;#039;immobilier d&amp;#039;entreprise (AIE) en faveur des hébergements touristiques. Cette création reste conditionnée par un conventionnement avec les EPCI, seuls compétents en matière d&amp;#039;AIE.
+&lt;/p&gt;
+&lt;p&gt;
+ En effet, les EPCI doivent adopter le règlement d&amp;#039;aide dans un premier temps, puis voter une délégation de compétence au Département pour la mise en œuvre de ce règlement, et enfin, le Département valide par un vote, l&amp;#039;accord de la délégation de compétence et le règlement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPCI doit participer financièrement à la subvention finale à hauteur de 10 % des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet de règlement d&amp;#039;AIE Tourisme vise à apporter un soutien aux établissements d&amp;#039;hébergement touristique pour la mise en place des équipements nécessaires à l&amp;#039;accueil des cyclistes et le déploiement du Label Accueil Vélo dans la Drôme.
+&lt;/p&gt;
+&lt;p&gt;
+ Ses objectifs sont les suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ – Garantir un accueil de qualité des cyclistes au sein des hébergements touristiques de la Drôme,
+&lt;/p&gt;
+&lt;p&gt;
+ – Développer le cyclotourisme et s&amp;#039;inscrire dans une démarche de tourisme durable,
+&lt;/p&gt;
+&lt;p&gt;
+ – Déployer le Label Accueil Vélo.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Travaux de création, de modernisation ou d&amp;#039;extension d&amp;#039;abris vélos ainsi que des équipements indissociables des travaux (dont prise électrique et arrivée d&amp;#039;eau), nécessaires à un accueil de qualité et à l&amp;#039;obtention du Label Accueil Vélo.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/
+ &lt;strong&gt;
+  Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le Département attribue une aide à la création, modernisation ou extension, des équipements adaptés pour l&amp;#039;accueil des cyclistes, abris sécurisés, et autres équipements nécessaires à l&amp;#039;obtention du Label Accueil vélo, dans la limite de 20 000 € de dépenses (avec un plancher de dépenses fixé à 5 000 €), avec un taux d&amp;#039;intervention du Département et de l&amp;#039;EPCI à hauteur de 50 % du coût des dépenses HT, et de 60 % en Zone de Revitalisation Rurale (ZRR).
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Formulaire à remplir, devis, descriptif du projet et pièces administratives (déclaration ou permis de construire si nécessaire) et déclaration de minimis
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Instruction des dossiers
+ &lt;/strong&gt;
+ /demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ Les dossiers sont à déposer auprès du Département avant le 30 juin.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier doit être déposé en ligne sur le site de ladrome.fr.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des pièces justificatives est indiquée dans le formulaire en ligne de demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département prend ensuite contact avec l&amp;#039;intercommunalité concernée pour instruire la demande.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes sont étudiées par la Commission Permanente du Département et le Conseil communautaire de l&amp;#039;intercommunalité et sont soutenues en fonction des crédits disponibles.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ En deux fois, avec un acompte de 50% de la subvention accordée, qui sera versé dès le vote du dossier et le solde sera versé lorsque le projet sera terminé, à la demande du porteur de projet, dans les délais mentionnés dans la décision juridique attributive de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de paiement devra comprendre toutes les pièces relatives aux dépenses, (factures signées et acquittées) et tout document attestant du respect de la publicité du soutien du Département et de l&amp;#039;intercommunalité. Le solde sera arrêté au prorata des dépenses réalisées et justifiées.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bases réglementaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ – Article L.3211-1 du Code général des collectivités territoriales,
+&lt;/p&gt;
+&lt;p&gt;
+ – Article L.1511-3 du Code général des collectivités territoriales,
+&lt;/p&gt;
+&lt;p&gt;
+ – Règlement UE 1407/2013 portant sur les aides de minimis pour la période 2014-2023
+&lt;/p&gt;
+&lt;p&gt;
+ – Arrêté du 22 février 2018 constatant le classement de communes en zone de revitalisation rurale.
+&lt;/p&gt;
+&lt;p&gt;
+ – Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier entre l&amp;#039;EPCI et le Département de la Drôme
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Travaux de création, modernisation ou extension d&amp;#039;abris vélos ainsi que des équipements indissociables des travaux (dont prise électrique et arrivée d&amp;#039;eau), nécessaires à un accueil de qualité et à l&amp;#039;obtention du Label Accueil Vélo.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Exclusions
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Les dépenses liées aux acquisitions foncières, au mobilier, à la décoration, aux acquisitions en crédit bail, les frais de communication, de promotion, de certification, de labellisation...ainsi que les frais de fonctionnement de l&amp;#039;établissement (impôts, taxes) ne sont pas éligibles.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Les bénéficiaires identifiés sont les hôtels et hôtels restaurants, les hébergements de plein air, les hébergements collectifs de groupe, les gîtes et meublés, saisonniers ou permanents relevant d&amp;#039;une gestion personnelle, indépendante ou familiale de type individuel ou en société.
+&lt;/p&gt;
+&lt;p&gt;
+ Le critère de la capacité d&amp;#039;accueil prévoit de retenir les établissements à partir de 10 lits (et de 30 pour les établissements de plein air).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;hébergeur doit être situé à moins de « 5 km d&amp;#039;un itinéraire cyclable « , permettant l&amp;#039;itinérance des cyclistes afin de pouvoir être éligible au Label Accueil Vélo.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire est l&amp;#039;exploitant, qu&amp;#039;il soit propriétaire des murs et fonds ou du fonds seulement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les hébergements touristiques concernés doivent être classés et/ou labellisés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e-pour-les-hebergements-trouristiques-aie-tourisme/</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référent
+ &lt;/strong&gt;
+ s
+&lt;/h3&gt;
+&lt;p&gt;
+ DGA Développement/ Mission Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi administratif et technique du dossier :
+ &lt;strong&gt;
+  Mélanie SERGENT – Tél : 04 75 82 19 23 –
+  &lt;a href="mailto:msergent&amp;#64;ladrome.fr"&gt;
+   msergent&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Engagement du bénéficiaire
+&lt;/h4&gt;
+&lt;p&gt;
+ Après engagement sur l&amp;#039;attribution de l&amp;#039;aide, l&amp;#039;entreprise devra apposer à l&amp;#039;entrée du bâtiment une affiche comportant la mention « financé avec le soutien du Département de la Drôme et de l&amp;#039;EPCI XXX », ainsi que leurs logos. Cette affiche sera fournie par le Département au moment de l&amp;#039;accord de subvention.
+&lt;/p&gt;
+&lt;h4&gt;
+ Durée de validité du règlement
+&lt;/h4&gt;
+&lt;p&gt;
+ Ce règlement est valable à partir de son adoption par le conseil communautaire de l&amp;#039;EPCI XXX et la Commission permanente du Département de la Drôme. Il prend fin au 31/12/2023.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/119d-aide-a-limmobilier-dentreprise-aie-pour-les-h/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:27" customHeight="0">
+      <c r="A121" s="1">
+        <v>127476</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la création d'hôtellerie de plein air</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>AIDE À L’HÔTELLERIE DE PLEIN AIR, AUX VILLAGES DE VACANCES, AUX RÉSIDENCES DE TOURISME ET AUX HÉBERGEMENTS INSOLITES</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I121" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 35</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En vue de développer la capacité et la qualité de l&amp;#039;hébergement touristique sur le territoire haut-marnais, le conseil départemental apporte son soutien financier aux maîtres d&amp;#039;ouvrage dans le cadre de leurs investissements.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement aux investissements suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ I - viabilisation de terrains destinés à accueillir un camping-caravaning, une aire de camping-cars, un village de vacances, une résidence de tourisme, des hébergements insolites,
+&lt;/p&gt;
+&lt;p&gt;
+ II - implantation d&amp;#039;unités d&amp;#039;hébergement telles que chalets, mobile-homes, hébergements en dur, hébergements insolites (roulottes, cabanes, yourtes, etc.),
+&lt;/p&gt;
+&lt;p&gt;
+ III - mise en place d&amp;#039;équipements structurants en annexe ou à proximité de structures d&amp;#039;hébergement touristique existantes ou en phase d&amp;#039;être créées.
+&lt;/p&gt;
+&lt;p&gt;
+ Sous réserve que la structure réponde, à la fin de travaux, conformément à la législation en vigueur, aux normes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   sécurité incendie
+  &lt;/li&gt;
+  &lt;li&gt;
+   accessibilité pour les personnes handicapées
+  &lt;/li&gt;
+  &lt;li&gt;
+   thermiques
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Maîtres d&amp;#039;ouvrage éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   établissements publics de coopération intercommunale (EPCI) à fiscalité propre
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2021/10/tourisme/Aide%20a%20lhotellerie%20de%20plein%20air.pdf</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:direction.amenagement.territoire&amp;#64;haute-marne.fr" target="_self"&gt;
+  direction.amenagement.territoire&amp;#64;haute-marne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>oceane.faipoux@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6186-accompagner-la-creation-dhotellerie-de-plein-/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:27" customHeight="0">
+      <c r="A122" s="1">
+        <v>92610</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les évènements ou manifestations renforçant l’attractivité du territoire</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J122" s="1" t="inlineStr">
+        <is>
+          <t>Aide de 500 € à 20 K€ par projet dans la limite de 300 K€ par an</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les manifestations et évènements organisés à l&amp;#039;échelle locale peuvent concourir au renforcement de l&amp;#039;attractivité du territoire y compris hors de la saison touristique estivale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département souhaite accompagner financièrement les Communes, EPCI et associations dans leurs actions et manifestations touristiques en cohérence et synergie avec les objectifs du Schéma Départemental de Développement Touristique du Vaucluse 2020-2025 (SDDT).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions en lien direct avec les filières touristiques définies dans le SDDT du Vaucluse (cf. ci-après) et pouvant en particulier être déployées pour allonger la saison touristique hors de la période estivale :
+&lt;/p&gt;
+&lt;p&gt;
+ Filières prioritaires identifiées dans le SDDT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La culture, le patrimoine et l&amp;#039;événementiel
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;art de vivre, identifié par sa gastronomie, son terroir et l&amp;#039;œnotourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les itinérances
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le tourisme d&amp;#039;affaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les savoir-faire du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les loisirs familiaux
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Attractivité économique
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les petites manifestations d&amp;#039;intérêt local (corso, foires locales...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les animations ou manifestations dont la l&amp;#039;organisation est déléguée à des organisateurs à but lucratif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une attention particulière sera portée :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;articulation du projet avec les acteurs du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la liaison entre le projet et la stratégie de communication portée par Vaucluse Provence Attractivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la bonne connexion du projet et le réseau de bornes wifi touristique du Département et en particulier à la web application de valorisation des sites touristiques du Vaucluse
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la dimension durable du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa06-soutenir-les-evenements-ou-manifestations-ren/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:27" customHeight="0">
+      <c r="A123" s="1">
+        <v>163705</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement global du camping indépendant</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Hébergement : Hôtellerie de plein air indépendante</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide accompagne le développement global du camping indépendant, qu’il s’agisse de sa création, extension ou modernisation, tout en favorisant l’adaptation et la diversification de l’offre touristique du territoire.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;L&amp;#039;objectif du dispositif est le soutien au projet global de développement (création, extension et modernisation) des campings indépendants à travers la réalisation de travaux, et la mise en place d&amp;#039;équipements essentiels au camping.&lt;/p&gt;&lt;p&gt;Pour les projets implantés hors communes littorales, l&amp;#039;objectif est également de développer de nouveaux services dans un projet global d&amp;#039;investissement.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Projets implantés sur des communes littorales&lt;/p&gt;&lt;p&gt;Intervention :&lt;/p&gt;&lt;p&gt;Seuil minimum de dépenses éligibles : 50 000 € HT.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plafond de dépenses éligibles : 300 000 € HT.&lt;/p&gt;&lt;p&gt;Taux d’intervention : 15 à 25% maximum.&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;intervention pourra être modulé en fonction du projet et des engagements pris en faveur du Tourisme durable.&lt;/p&gt;&lt;p&gt;Dépenses éligibles : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Travaux de gros oeuvre, de second oeuvre et d&amp;#039;équipements portant sur les blocs-sanitaire, cheminements, travaux paysager, emplacements nus, bâtiment d’accueil, VRD (hors assainissement) et aire de camping-car.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Investissements &amp;#34;durables&amp;#34;.&lt;/p&gt;&lt;p&gt; Dépenses non-éligibles :&lt;/p&gt;&lt;p&gt;Acquisition de locatifs de type Habitation Légère de Loisirs.&lt;/p&gt;&lt;p&gt;Acquisition de locatifs de type mobile-home.&lt;/p&gt;&lt;p&gt;Acquisition de matériaux et réalisation de travaux en régie.&lt;/p&gt;&lt;p&gt;Travaux d&amp;#039;assainissement.&lt;/p&gt;&lt;p&gt;Piscine (construction, aménagement, réparation....).&lt;/p&gt;&lt;p&gt;Devis inférieurs à 500 € HT.&lt;/p&gt;&lt;p&gt;Projets implantés sur des communes hors littoral &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Intervention :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Seuil minimum de dépenses éligibles: 50 000 € HT.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Plafond de dépenses éligibles : 400 000 € HT.&lt;/p&gt;&lt;p&gt;Taux d’intervention : 15 à 25% maximum.&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;intervention pourra être modulé en fonction du projet et des engagements pris en faveur du Tourisme durable.&lt;/p&gt;&lt;p&gt;Dépenses éligibles : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Travaux de gros oeuvre, de second oeuvre, équipements avec une priorité sur les investissements durables et à performance énergétique.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Equipements pour les services aux camping-cars, l’accueil de vélos ou ceux permettant un allongement de la saison d’ouverture de l’établissement.&lt;/p&gt;&lt;p&gt;Espace aquatique (modernisation et création uniquement pour les établissements n&amp;#039;en possédant pas, dépenses plafonnées à 200 000 € HT). &lt;/p&gt;&lt;p&gt;Acquisition de 5 unités maximum de locatifs durables dans le cadre d&amp;#039;une diversification de l&amp;#039;offre de type chalet, (hors mobile-home), uniquement pour les campings n&amp;#039;ayant aucun locatif.&lt;/p&gt;&lt;p&gt;Travaux et équipement permettant la création de logements saisonniers au sein du camping (9 lits maximum).&lt;/p&gt;&lt;p&gt; Dépenses non-éligibles&lt;/p&gt;&lt;p&gt;Acquisition de locatifs sauf cas mentionné ci-dessus pour les camping n&amp;#039;ayant aucun locatif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Acquisition de matériaux et réalisation de travaux en régie.&lt;/p&gt;&lt;p&gt;Travaux d&amp;#039;assainissement.&lt;/p&gt;&lt;p&gt;Frais d&amp;#039;entretien des piscines.&lt;/p&gt;&lt;p&gt;Devis inférieurs à 500 € HT.&lt;/p&gt;&lt;p&gt;Les travaux de gros oeuvre sont éligibles uniquement pour les porteurs de projet implantés sur le territoire d&amp;#039;intercommunalités ayant contractualisées avec la Région Nouvelle-Aquitaine dans le cadre du Schéma Régional de Développement Économique, d’Innovation et d’Internationalisation 2022-2028 (SRDEII).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Economie locale et circuits courts
+Revitalisation
+Innovation, créativité et recherche
+Biodiversité
+Logement et habitat
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Maîtres d’ouvrage publics.&lt;/p&gt;&lt;p&gt;Entreprises (hors SCI et entreprise individuelle).&lt;/p&gt;&lt;p&gt;Camping de tourisme indépendants ou engagés dans une chaine volontaire qui disposent à minima de 10 % d&amp;#039;emplacements nus hors locatifs (ou de 10 emplacements libres hors locatif).&lt;/p&gt;&lt;p&gt;Les Parcs Résidentiels de Loisirs, les campings de loisirs, les franchisés, les aires naturelles sont inéligibles, ainsi que les bénéficiaires dont le capital de l’entreprise est détenu par une holding basée hors du territoire national.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Le projet devra concerner un camping de tourisme indépendant ou engagé dans une chaîne volontaire qui dispose à minima de 10% d’emplacements nus plafonné à 10 emplacements.&lt;/p&gt;&lt;p&gt;L&amp;#039;établissement devra répondre à un classement entre 3* à 5* après travaux.&lt;/p&gt;&lt;p&gt;Maintien de l&amp;#039;activité pendant 5 ans.&lt;/p&gt;&lt;p&gt;Le capital social de la structure portant le projet devra être de 5 000 € minimum.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/hebergement-hotellerie-de-plein-air-independante</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme&amp;#64;nouvelle-aquitaine.fr en apportant des éléments de présentation de votre projet et vos coordonnées.&lt;/p&gt;&lt;p&gt;La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilité de votre projet, avant tout dépôt de demande de subvention.&lt;/p&gt;&lt;p&gt;Correspondants&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction du tourisme&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/hebergement-hotellerie-de-plein-air-independante/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:27" customHeight="0">
+      <c r="A124" s="1">
+        <v>77377</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’image de marque du territoire Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I124" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J124" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Objectif stratégique&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Grâce à une richesse et une diversité des milieux naturels du territoire, le Comminges est un lieu privilégié pour le développement d’un tourisme sportif et de loisirs de pleine nature (ski, randonnée, escalade, spéléologie, cyclotourisme, thermalisme, thermoludisme, etc.), au bénéfice des touristes extérieurs comme des habitants. Le territoire, qui compte deux Grands Sites Occitanie (Saint-Bertrand-de-Comminges et Bagnères-de-Luchon) est également un lieu privilégié pour le développement d’un tourisme culturel grâce à son patrimoine historique (préhistorique, romain, féodal…) et architectural important. Le territoire est aussi riche en animations et manifestations culturelles et a engagé une démarche précurseuse en adoptant, en 2022, une Charte de projet culturel de territoire fondée sur le respect des droits culturels de la personne.&lt;/p&gt;&lt;p&gt;Les enjeux : conforter l’attractivité de la destination Comminges Pyrénées et garantir une offre touristique et de loisirs respectueuse de l’environnement ; contribuer à la mise en œuvre des droits culturels des personnes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;br /&gt;&lt;/strong&gt;4 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3.1 Promouvoir la destination Comminges Pyrénées&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.1.1 Soutenir les démarches mettant en valeur un site ou un thème du territoire&lt;/li&gt;&lt;li&gt;3.1.2 Valoriser la richesse environnementale du territoire&lt;/li&gt;&lt;li&gt;3.1.3 Accompagner les réseaux des acteurs du tourisme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.2 Développer une offre touristique de qualité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.2.1 Développer et diversifier une offre touristique, sportive et de loisirs, durable et responsable&lt;/li&gt;&lt;li&gt;3.2.2 Accompagner la montée en gamme des professionnels du tourisme et des hébergements&lt;/li&gt;&lt;li&gt;3.2.3 Développer le tourisme alternatif&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.3 Renforcer et développer l’offre culturelle&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.3.1 Développer l’offre culturelle et les résidences d&amp;#039;artistes&lt;/li&gt;&lt;li&gt;3.3.2 Développer les actions en faveur de l’accès à la culture&lt;/li&gt;&lt;li&gt;3.3.3 Valoriser le patrimoine culturel local&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;3.4 Valoriser le patrimoine bâti&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;3.4.1 Réhabiliter et mettre en valeur le patrimoine bâti historique, de caractère ou vernaculaire&lt;/li&gt;&lt;li&gt;3.4.2 Soutenir les actions de sensibilisation, d&amp;#039;éducation et de médiation&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Diffusion de l’identité de territoire, soutien des sites classés existants ou à venir, etc. ;&lt;/p&gt;&lt;p&gt;- Rénovation d’hébergements de tourisme, amélioration de l’accueil des offices de tourisme, développement des activités de pleine nature, etc. ;&lt;/p&gt;&lt;p&gt;- Rénovation d’un théâtre municipal, agrandissement de musée, résidences d’artistes, etc. ;&lt;/p&gt;&lt;p&gt;- Valorisation des castrums, des fresques des églises, des châteaux et du patrimoine vernaculaire, etc.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Musée
 Sports et loisirs
-Spectacle vivant
-[...3 lines deleted...]
-      <c r="O18" s="1" t="inlineStr">
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
-[...12 lines deleted...]
-&lt;/p&gt;
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ADMISSIBILITE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;A la demande d’aide le porteur de projet devra fournir une attestation de la part du label stipulant qu’il s’engage dans la démarche.&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.2. Développer une offre touristique de qualité&lt;/em&gt;&lt;br /&gt;Pour les opérations de création d’équipements touristiques, l’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.3 Renforcer et développer l’offre culturelle &lt;/em&gt;&lt;br /&gt;Les projets doivent s’inscrire dans une démarche partenariale rassemblant à minima 3 partenaires.&lt;/p&gt;&lt;p&gt;&lt;em&gt;3.4 Valoriser le patrimoine bâti&lt;/em&gt;&lt;br /&gt;Les projets doivent justifier d’un programme d’animation.&lt;br /&gt;Pour le patrimoine vernaculaire, 2 éléments patrimoniaux à minima devront être concernés et mis en valeur.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;Exclusions spécifiques : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;
+&lt;p&gt;
+ 05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a328-developper-la-qualification-et-la-diversifica/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:27" customHeight="0">
+      <c r="A125" s="1">
+        <v>162314</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l'aide aux communes pour les forces de l'ordre</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux forces de sécurité</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le dispositif « Région sûre » permet aux communes éligibles de solliciter un cofinancement régional pour l’acquisition d’équipements pour les services de police municipale qui bénéficient d’une convention de coordination passée entre la commune et l’Etat&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour moderniser les conditions d’exercice des missions dévolues aux forces de sécurité de l’Etat en Provence-Alpes-Côte d’Azur, renforcer la sécurité des usagers des gares et des transports publics, renforcer la sécurité des élèves et des personnels des lycées, des centres de formation d’apprentis, des centres de formations sanitaires et sociales relevant de la compétence régionale, ainsi que de leurs moyens de transports, et renforcer la sécurité des touristes, dont la qualité de l’accueil est déterminant pour l’attractivité internationale et le tissu économique régional.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le soutien renforcé auprès des forces de l’ordre&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;La Région poursuit son engagement auprès des forces de l’ordre, que ce soit auprès des communes pour la police municipale, de la police nationale et de la gendarmerie nationale  ainsi que de tous ceux qui contribuent à l’exercice de cette compétence.&lt;/p&gt; &lt;p&gt;Le dispositif « Région sûre » s’adresse aux communes&lt;/p&gt; &lt;p&gt;Une  convention a été signée avec l’Etat (Ministre de l’Intérieur) pour répondre aux quatre objectifs suivants :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de moderniser les conditions d’exercice des missions dévolues aux forces de sécurité de l’Etat en Provence-Alpes-Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;de renforcer la sécurité des usagers des gares et des transports publics,&lt;/li&gt; 	&lt;li&gt;de renforcer la sécurité des élèves et des personnels des lycées, des centres de formation d’apprentis, des centres de formations sanitaires et sociales relevant de la compétence régionale, ainsi que de leurs moyens de transports,&lt;/li&gt; 	&lt;li&gt;de renforcer la sécurité des touristes, dont la qualité de l’accueil est déterminant pour l’attractivité internationale et le tissu économique régional.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Ainsi, peuvent être soutenues les opérations de construction ou de reconstruction de locaux affectés aux polices municipales, à la police nationale ou à la gendarmerie nationale, de même que  leurs équipements.&lt;/p&gt;
+&lt;p&gt;Aujourd’hui nous allons plus loin en soutenant les communes pour leur équipement en vidéoprotection.&lt;/p&gt; &lt;p&gt;Le dispositif « Région sûre » s’adresse aux communes pour leurs polices municipales lorsqu’une convention de coordination a été passée avec l’Etat.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Sont notamment éligibles les services de police municipale installés ou intervenant sur les périmètres suivants :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les zones touristiques internationales et celles fixées par arrêtés des Préfet de Département en région Provence-Alpes-Côte d’Azur, les communes disposant d’offres d’accueil touristiques, les stations thermales et les stations de sport d’hiver ;&lt;/li&gt; 	&lt;li&gt;Les communes accueillant un ou plusieurs lycées ;&lt;/li&gt; 	&lt;li&gt;Les communes « stations classées » et les communes touristiques ;&lt;/li&gt; 	&lt;li&gt;Les communes desservies par une ligne de Train Express Régionale, une Ligne Express Régionale, une ligne de bus régulière mise en œuvre par la Région.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P125" s="1" t="inlineStr">
+        <is>
+          <t>04/10/2022</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif « Région sûre » s’adresse aux communes pour leurs polices municipales lorsqu’une convention de coordination a été passée avec l’Etat.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Sont notamment éligibles les services de police municipale installés ou intervenant sur les périmètres suivants :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les zones touristiques internationales et celles fixées par arrêtés des Préfet de Département en région Provence-Alpes-Côte d’Azur, les communes disposant d’offres d’accueil touristiques, les stations thermales et les stations de sport d’hiver ;&lt;/li&gt; 	&lt;li&gt;Les communes accueillant un ou plusieurs lycées ;&lt;/li&gt; 	&lt;li&gt;Les communes « stations classées » et les communes touristiques ;&lt;/li&gt; 	&lt;li&gt;Les communes desservies par une ligne de Train Express Régionale, une Ligne Express Régionale, une ligne de bus régulière mise en œuvre par la Région.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les demandes de subvention sont impérativement déposées sur la plateforme régionale en ligne : &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-aux-forces-de-securite</t>
+        </is>
+      </c>
+      <c r="W125" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:afs&amp;#64;maregionsud.fr"&gt;afs&amp;#64;maregionsud.fr&lt;/a&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-communes-pour-les-forces-de-lordre/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:27" customHeight="0">
+      <c r="A126" s="1">
+        <v>120412</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études pour développer les sports de nature</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>ETUDES SPORTS DE NATURE</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Objectif
+&lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  L&amp;#039;attractivité et l&amp;#039;impact économique et touristique ;
-[...2 lines deleted...]
-  Le caractère innovant et collaboratif du projet, notamment en matière de mise en réseau des acteurs touristiques du territoire.
+  Aider les gestionnaires d&amp;#039;espaces, sites et itinéraires (ESI) à financer un conseil extérieur pour des études en lien avec le développement maîtrisé des sports de nature.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer l&amp;#039;offre sports de nature et améliorer la connaissance sur les pratiques et les            pratiquants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Lignes de partages :
-[...2 lines deleted...]
- Lorsqu&amp;#039;un projet est éligible à un programme LEADER et à la présente fiche action, la répartition se fera sur la base du coût total du projet selon la répartition suivante :
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide et montant :
+ &lt;/strong&gt;
+ subvention de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Plafond à 60 000€ TTC de dépenses éligibles. Le temps de travail interne à la structure est exclu.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux : 60% d&amp;#039;aide (taux plafonné en fonction des autres aides publiques), dans la limite de 80 % d&amp;#039;aides publiques maximum. Pour les EPCI bi-départementaux, le taux d&amp;#039;intervention sera proratisé selon le pourcentage de population drômoise de l&amp;#039;EPCI..
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Descriptif technique de l&amp;#039;étude, cahier des charges ou CCTP.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Budget prévisionnel et plan de financement.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Délibération pour les organisations publiques
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Pour les associations, statuts, déclaration en Préfecture et compte-rendu de la dernière AG. Le maître d&amp;#039;ouvrage associera le Département sur les différentes phases de l&amp;#039;étude.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Instruction des dossiers_Demande de dématérialisation
+&lt;/h4&gt;
+&lt;p&gt;
+ Instruction interne au service. Dépôt en ligne via
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôm&amp;#039;Démat.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Sport et sports de nature
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Etudes sports de nature
+&lt;/p&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Livrable de l&amp;#039;étude et copies des factures acquittées de l&amp;#039;opération
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    étude stratégique en lien avec les sports de nature (ex: stratégie territoriale sports de
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    nature)
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    étude de fréquentation ou d&amp;#039;analyse de fréquentation, qualitative ou quantitative
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Ces études devront être en cohérence avec les objectifs fixés par le schéma départemental des sports de nature.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Coût total &amp;gt; ou &amp;#61; 200 000€ HT : FEDER
-[...2 lines deleted...]
-  Coût total &amp;lt; 200 000€ HT : LEADER
+  les études de faisabilité d&amp;#039;aménagement de lieux de pratique sports de nature relèvent du dispositif « aménagement des espaces, sites et itinéraires de sports de nature »
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études dont l&amp;#039;objet est directement lié au tourisme (ex: stratégie marketing sports de nature) relèvent du règlement départemental tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Seuls les projets touristiques qui ne relèvent pas des communes listées relevant du Massif du Jura sont éligibles à cette fiche action.
-[...5 lines deleted...]
- En particulier en ce qui concerne les domaines suivants, les projets potentiellement éligibles aux autres programmes mentionnés ne seront pas éligibles :
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Collectivités et syndicats mixtes
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Associations et comités départementaux
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Office National des Forêts (ONF)
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Instructeur et Référent : Direction Environnement – Service Environnement, Sports
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature –
+ &lt;a href="mailto:environnement&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+  environnement&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ – 04 75 79 81 52
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ea51-etudes-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:27" customHeight="0">
+      <c r="A127" s="1">
+        <v>120421</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'aménagement des espaces, sites et itinéraires de sports de nature</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>AMENAGEMENT DES ESPACES, SITES ET ITINERAIRES DE SPORTS DE NATURE</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I127" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ Aider les gestionnaires d&amp;#039;espaces, sites et itinéraires (ESI) à aménager et équiper les lieux de pratique sports de nature.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Subvention d&amp;#039;investissement
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Étude : plafond à 20 000€ de dépenses éligibles
+ &lt;/p&gt;
+ &lt;p&gt;
+  Travaux et acquisition foncière : plancher à 2 000€ et plafond à 80 000€ de dépenses éligibles
+ &lt;/p&gt;
+ &lt;p&gt;
+  Coût HT des dépenses subventionnables ou TTC pour les structures non soumises à TVA de travaux
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les collectivités, les projets d&amp;#039;un montant supérieur à 80 000€ HT pourront faire l&amp;#039;objet d&amp;#039;une demande dans le cadre du dispositif d&amp;#039;Aide aux territoires drômois au titre des Projets de Cohérence Territoriale.
+ &lt;/p&gt;
+&lt;p&gt;
+ Taux : 40 % d&amp;#039;aide et 60 % si l&amp;#039;itinéraire est inscrit au PDIPR ou au PDESI ou si le porteur de projet s&amp;#039;engage à l&amp;#039;inscription de l&amp;#039;ESI dans la limite de 80 % d&amp;#039;aides publiques maximum.
+&lt;/p&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Demande écrite sollicitant la subvention adressée au Président du Conseil départemental.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Descriptif technique des travaux.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Carte 1/25000 de localisation des travaux.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Devis de l&amp;#039;opération.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Pour les associations, statuts, déclaration en Préfecture et compte-rendu de la dernière AG.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Lettre de demande d&amp;#039;inscription au PDESI/PDIPR et dossier d&amp;#039;inscription si nécessaire
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Instruction des dossiers_Demande de dématérialisation
+&lt;/h4&gt;
+&lt;p&gt;
+ Instruction interne au service.
+ &lt;br /&gt;
+ Dépôt en ligne via
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôm&amp;#039;Démat.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Sport et sports de nature
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Aménagement des lieux de pratique sports de nature
+&lt;/p&gt;
+&lt;p&gt;
+ Versement : Copies des factures acquittées de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ol&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Étude de faisabilité d&amp;#039;aménagement d&amp;#039;un ESI
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Aménagement/équipement sur les espaces, sites et itinéraires :
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ol&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    mise en accessibilité : chemin d&amp;#039;accès, passerelles, aire de stationnement, aire de retournement
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    ouverture d&amp;#039;un chemin
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    mise en sécurité et protection : main courante, terrassement, empierrement...
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    aménagements et équipements techniques liés à la pratique des sports de nature : mise à l&amp;#039;eau, pontons, terrassement, équipements de falaise...
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    gestion des impacts environnementaux : toilettes sèches, ...
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    équipements d&amp;#039;accueil du public : cabanon d&amp;#039;accueil, ...
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    signalétique sous réserve de respect de la charte départementale
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    acquisition foncière permettant la pérennisation foncière de l&amp;#039;ESI, son accès et/ou le stationnement
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : pour des travaux situés en propriété privée des personnes privées, la maîtrise foncière devra être assurée par le biais d&amp;#039;un bail ou un engagement d&amp;#039;ouverture au public de 10 ans minimum.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements devront être réalisés dans le respect du développement maîtrisé des sports de nature (intégration paysagère, concertation avec les différents usagers, limitation de l&amp;#039;impact environnemental, ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont exclus du dispositif les équipements de loisirs ne relevant pas d&amp;#039;une fédération (sentier thématique, d&amp;#039;interprétation, parcours acrobatique en hauteur, luge d&amp;#039;été, ...), les aménagements touristiques (tables de pique-niques, table d&amp;#039;orientation...), le matériel lié à la pratique (baudriers, bateaux, avions, ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Collectivités et syndicats mixtes
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Associations et comités départementaux
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Office National des Forêts (ONF)
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/amenagement-des-espaces-sites-et-itineraires-de-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Environnement – Service Environnement, Espaces Naturels Sensibles, Sports de Nature –
+ &lt;a href="mailto:sportsnature&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+  sportsnature&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ – 04 75 79 81 52
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/84de-amenagement-des-espaces-sites-et-itineraires-/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:27" customHeight="0">
+      <c r="A128" s="1">
+        <v>162728</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir la culture et le savoir-faire alpins</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Promotion de la culture et des savoir-faire alpins</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Culture&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;Groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d’actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions portant la restauration des patrimoines vernaculaires en lien avec les savoir-faire alpins et dans une démarche de mise en tourisme au sein des stratégies espaces valléens ;&lt;/li&gt; 	&lt;li&gt;projets de développement et maintien des savoir-faire en matière d’artisanat local (promotion, formation, transmission, école des savoir-faire…) ;&lt;/li&gt; 	&lt;li&gt;actions visant la mise en tourisme (itinérance / découverte) de savoir-faire, traditions, de coutumes montagnardes, d’art, de chemins de mémoire ;&lt;/li&gt; 	&lt;li&gt;démarches de sensibilisation auprès des populations locales (jeunes, scolaires) et touristiques ;&lt;/li&gt; 	&lt;li&gt;projets de découverte des métiers artisanaux (conception) ;&lt;/li&gt; 	&lt;li&gt;actions portant sur des évènements/ festivals de portée régionale, interrégionale voire nationale ;&lt;/li&gt; 	&lt;li&gt;création d’ateliers partagés (mise en commun de matériel de transformation) ;&lt;/li&gt; 	&lt;li&gt;actions portant sur la signalétique et les supports de communication dématérialisés ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;evènements/ festivals de portée locale.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Toutes les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens ».&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Tourisme
+Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P128" s="1" t="inlineStr">
+        <is>
+          <t>29/05/2024</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types d’actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions portant la restauration des patrimoines vernaculaires en lien avec les savoir-faire alpins et dans une démarche de mise en tourisme au sein des stratégies espaces valléens ;&lt;/li&gt; 	&lt;li&gt;projets de développement et maintien des savoir-faire en matière d’artisanat local (promotion, formation, transmission, école des savoir-faire…) ;&lt;/li&gt; 	&lt;li&gt;actions visant la mise en tourisme (itinérance / découverte) de savoir-faire, traditions, de coutumes montagnardes, d’art, de chemins de mémoire ;&lt;/li&gt; 	&lt;li&gt;démarches de sensibilisation auprès des populations locales (jeunes, scolaires) et touristiques ;&lt;/li&gt; 	&lt;li&gt;projets de découverte des métiers artisanaux (conception) ;&lt;/li&gt; 	&lt;li&gt;actions portant sur des évènements/ festivals de portée régionale, interrégionale voire nationale ;&lt;/li&gt; 	&lt;li&gt;création d’ateliers partagés (mise en commun de matériel de transformation) ;&lt;/li&gt; 	&lt;li&gt;actions portant sur la signalétique et les supports de communication dématérialisés ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;evènements/ festivals de portée locale.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Toutes les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens ».&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/promotion-de-la-culture-et-des-savoir-faire-alpins</t>
+        </is>
+      </c>
+      <c r="W128" s="1" t="inlineStr">
+        <is>
+          <t>Pas pour le moment dés que l'appel à projet sera annoncé</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Service Montagne et Massif Alpin&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promotion-de-la-culture-et-des-savoir-faire-alpins/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="129" spans="1:27" customHeight="0">
+      <c r="A129" s="1">
+        <v>1053</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Développer et diversifier l'offre des stations de montagne</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I129" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J129" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 300 000 €.</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de soutenir les projets situés sur le Massif des Vosges dans le Grand Est, afin de capter de nouvelles clientèles mais également de fidéliser celles de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de renforcer l&amp;#039;attractivité de la montagne en y développant une offre touristique durable quatre saisons, en accompagnant les opérateurs dans la diversification de leurs activités dans un contexte de changement climatique. Il s&amp;#039;agit de développer un tourisme durable qui prend en compte les impacts économiques, sociaux et environnementaux présents et futurs, au regard des besoins des visiteurs et des professionnels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif vise ainsi à soutenir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Vélos routes et voies vertes : hors itinéraires le long de la Saône (voie Bleue) et ViaRhôna, relevant de l&amp;#039;axe interrégional Rhône-Saône du Programme FEDER-FSE&amp;#43; AuRA ; hors itinéraires Grande traversée du Morvan et Grande traversée du Massif central, relevant de l&amp;#039;axe interrégional Massif central ;
-[...2 lines deleted...]
-  Fluvial : hors itinéraires le long de la Saône (voie Bleue), relevant de l&amp;#039;axe interrégional Rhône-Saône du Programme FEDER-FSE&amp;#43; AuRA.
+  les investissements privés et publics destinés à renforcer et diversifier l&amp;#039;offre touristique dans les stations de ski sur une période transitoire, liée aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;amélioration des services aux visiteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets des collectivités et des structures privées contribuant au développement d&amp;#039;une activité et d&amp;#039;une offre touristique quatre saisons sur le massif des Vosges.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont éligibles, les investissements d&amp;#039;équipements touristiques structurants d&amp;#039;envergure régionale, nationale ou internationale, visant l&amp;#039;excellence dans les services proposés aux visiteurs. Ces investissements devront s&amp;#039;inscrire dans un programme pluriannuel de développement prévoyant des créations d&amp;#039;emplois.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Dépenses éligibles :
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des dépenses répondant aux objectifs visés. Les investissements liés aux enneigeurs seront étudiés pour le renouvellement du matériel existant par du matériel plus économe en eau. et en énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont inéligibles les dépenses suivantes :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Dépenses d&amp;#039;acquisition de biens immobiliers et fonciers (dans la limite de 10 % maximum des dépenses éligibles) ;
-[...14 lines deleted...]
-  Dépenses de communication (brochure touristique, annonce média...) ;
+  Achat de terrain et de bâtiment.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de voirie et de parking.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signalétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/developper-et-diversifier-loffre-des-stations-de-montagne/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Siège du Conseil Régional - Strasbourg :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél. &amp;#43;33 (0)3 88 15 68 67
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
-[...2 lines deleted...]
- Dépenses inéligibles (notamment) :
+ &lt;strong&gt;
+  Coordonnées des Maisons de la Région :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Coûts indirects hors forfait de 7% ;
-[...5 lines deleted...]
-  Travaux de mise aux normes et en particulier de mise en accessibilité seuls
+  Maison de la Région – Charleville-Mézières / Verdun : 22 Avenue Georges Corneau 08000 CHARLEVILLE-MÉZIÈRES – Téléphone : 03 26 70 86 30 – maison.charleville-verdun&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transport : 03 26 70 77 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Charleville-Mézières / Verdun : 44 Rue du Ru 55000 VERDUN – Téléphone : 03 26 70 74 80 – maison.charleville-verdun&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saint-Dizier / Bar-le-Duc : 4 Rue des Romains 55000 BAR-LE-DUC – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saint-Dizier / Bar-le-Duc : 9 Avenue de la République 52100 SAINT-DIZIER – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Châlons-en-Champagne : 5 Rue de Jéricho 51000 CHALONS-EN-CHAMPAGNE – Téléphone : 03 26 70 31 20 – maison.chalons&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Troyes / Chaumont : 9 Rue Charbonnet 10000 TROYES – Téléphone : 03 26 70 86 25 – maison.troyes-chaumont&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Troyes / Chaumont : 1 Boulevard Gambetta 52000 CHAUMONT – Téléphone : 03 26 70 86 50 – maison.troyes-chaumont&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Thionville / Longwy : 32 Rue du Vieux Collège 57100 THIONVILLE – Téléphone : 03 87 33 61 78 – maison.thionville&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Metz : 1 Place Gabriel Hocquard 57000 METZ – Téléphone : 03 87 61 65 49 – maison.metz&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Nancy : 4 Rue Piroux 54000 NANCY – Téléphone : 03 87 54 32 51 – maison.nancy&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Epinal : 40 Quai des Bons Enfants 88000 ÉPINAL – Téléphone : 03 87 33 62 47 – maison.epinal&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saverne /Haguenau : 39 Rue Saint Nicolas 67700 SAVERNE – Téléphone : 03 88 03 40 80 – maison.saverne-haguenau&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Strasbourg : 26 Avenue de la Paix 67000 STRASBOURG – Téléphone : 03 88 15 67 40 – maison.strasbourg&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Sélestat : 1 Avenue de la Liberté 67600 SÉLESTAT – Téléphone : 03 88 58 41 11 – maison.selestat&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/12da-developper-et-diversifier-loffre-des-stations/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:27" customHeight="0">
+      <c r="A130" s="1">
+        <v>119924</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'achat de matériel pédagogique pour le tennis de table</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aisne
+ASPTT Fédération Omnisports
+Fédération Française de Tennis de Table</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;aider à l&amp;#039;achat de matériel pédagogique, permettant d&amp;#039;apprendre puis progresser au tennis de table.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   raquette complète
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   revêtements
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bois
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  colle
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Etre licencié loisir de l&amp;#039;association ASPTT SOISSONS
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre licencié compétition de l&amp;#039;association ASPTT SOISSONS
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Soissons</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>http://www.asptt-soissons.fr</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ WUILLEMAIN Jean François
+&lt;/p&gt;
+&lt;p&gt;
+ 0681270867
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  soissons&amp;#64;asptt.com
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>soissons@asptt.com</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9403-aide-a-lachat-de-materiel-pedagogique/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:27" customHeight="0">
+      <c r="A131" s="1">
+        <v>92939</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Inciter les entreprises à acquérir les compétences permettant la maitrise du digital pour devenir une entreprise digitale</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce parcours s&amp;#039;inscrit dans le cadre de la politique régionale en faveur de la transition numérique et tout particulièrement du Business Act dont la transition numérique est l&amp;#039;un des 3 moteurs. La Région Grand Est souhaite proposer des accompagnements adaptés aux besoins en matière de transition numérique des différentes typologies d&amp;#039;entreprises régionales (TPE, PME, ETI).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par ce dispositif, la Région Grand Est souhaite accélérer la digitalisation des petites entreprises afin de leur permettre de faire face aux évolutions des modes de consommation de la population, aux effets de la fracture urbain/rural, aux nouvelles habitudes en terme de mobilité ou encore aux nouvelles contraintes sanitaires avec pour objectif de maintenir, sur tous les territoires de la région, des commerces et services de proximité, des artisans, des activités touristiques...
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Transformation Digitale propose un accompagnement complet qui vise à inciter les entreprises à acquérir les compétences permettant la maitrise du digital mais également à faciliter l&amp;#039;acquisition des équipements nécessaires pour devenir une entreprise digitale.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif propose un parcours de digitalisation articulé autour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours collectif : concerne l&amp;#039;accompagnement des projets de territoires, portés par un acteur local (EPCI/communes/Union de Commerçants...), dans la définition et la mise en œuvre de projets collectifs notamment de plateformes d&amp;#039;achat local, la CCI Grand Est est mobilisée sur ce parcours – ce parcours fait l&amp;#039;objet d&amp;#039;un dispositif dédié ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  D&amp;#039;un parcours individuel : concerne l&amp;#039;accompagnement individuel à la digitalisation des entreprises avec : un accompagnement au déploiement du digital via des prestataires labellisés par la Région et une aide à l&amp;#039;acquisition de solutions digitales qui vise à rendre opérationnelle l&amp;#039;intégration du digital dans l&amp;#039;entreprise.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles les entreprises remplissant les critères suivants
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Moins de 20 salariés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant un chiffre d&amp;#039;affaires annuel n&amp;#039;excédant pas 2 millions d&amp;#039;euros ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Disposant d&amp;#039;au moins un exercice fiscal clos à compter de la date de la demande d&amp;#039;aide (sauf en cas de reprise d&amp;#039;entreprise assortie d&amp;#039;une nouvelle immatriculation ou de création d&amp;#039;un établissement secondaire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Immatriculées au Registre du Commerce et de l&amp;#039;industrie et/ou au Répertoire des métiers et de l&amp;#039;Artisanat et/ou bénéficiant d&amp;#039;une attestation MSA – pour les activités touristiques et agricoles les associations sont éligibles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ayant une activité relevant d&amp;#039;un code NAF de la liste suivante : Secteur commerce / artisanat    Secteur tourisme    Secteur agricole, 10 à 33 hors 3250A, 43 à 47 hors 4773Z-4774Z-4791A et B, 49 hors (NAF secteur tourisme), 50 (hors NAF secteur tourisme), 51 (hors NAF secteur tourisme), 56, 5914Z, 7420Z, 81, 9003, 95 et 96    4932Z, 4939, 5010Z, 5030Z, 5110Z, 55, 7010Z, 7711A, 7721Z, 79, 8230Z, 8532Z, 8551Z, 8559B, 8899B, 9102Z, 9103Z, 9104Z, 9312 et 9313, 9321 et 9329, 9491Z, 9499Z    0111Z, 0121Z, 0124Z à 0129Z, 0141Z, 0142Z, 0145Z à 0147Z, 0149Z, 0150Z, 0312Z, 0322Z, 1102A
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exerçant une activité marchande majoritairement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  En situation régulière au regard des obligations fiscales, sociales et environnementales ;
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...3 lines deleted...]
- Plancher minimal de subvention FEDER :
+Les activités sous forme de franchises ne sont pas éligibles.
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide sous forme de chèque numérique qui comprendra une aide au conseil et prestation numérique réalisée auprès d&amp;#039;un/d&amp;#039;opérateur(s) labellisé(s) par la Région ainsi qu&amp;#039;une aide à l&amp;#039;acquisition de solutions digitales.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement proposé par les opérateurs labellisés visera à intégrer, selon les besoins et spécificités de l&amp;#039;activité, les compétences suivantes dans l&amp;#039;entreprise : « je souhaite connaitre et maitriser les outils digitaux permettant d&amp;#039;optimiser l&amp;#039;organisation interne de l&amp;#039;entreprise »,
+&lt;/p&gt;
+« j&amp;#039;adapte mon local, mon environnement pour optimiser l&amp;#039;utilisation d&amp;#039;outils numériques »,
+&lt;br /&gt;
+« je souhaite déployer une stratégie de commercialisation multicanale en ligne »,
+&lt;br /&gt;
+« je souhaite déployer une stratégie de communication multicanale en ligne ».
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Après réalisation du diagnostic de maturité digitale, les demandes se font par l&amp;#039;intermédiaire de la plateforme de téléservice dédiée. Un accusé de réception sera envoyé à réception de la demande.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lien :
+ &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/" rel="noopener" target="_blank"&gt;
+  https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>audrey.lemaire@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/87f5-grand-est-transformation-digitale-parcours-in/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:27" customHeight="0">
+      <c r="A132" s="1">
+        <v>90847</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Construire une stratégie globale numérique (NOTT)</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I132" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide accompagne les maîtres d&amp;#039;ouvrage sélectionnées dans le cadre de l&amp;#039;appel à projet territorial « Nouvelle Organisation Territoriale Touristique » pour construire et développer une stratégie numérique. Cette stratégie est
+ établie en cohérence notamment avec le Schéma d&amp;#039;Accueil et de Diffusion de l&amp;#039;Information et le Schéma Numérique de Territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Maîtres d&amp;#039;ouvrages publics et privés
+  sélectionnés dans le cadre de l&amp;#039;appel à projet territorial  &amp;#34;Nouvelle Organisation Territoriale Touristique&amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 30% maximum d&amp;#039;un montant de dépenses éligibles d&amp;#039;un coût plafonné annuellement à 150.000 € HT ou TTC.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Bornes et site Internet, wifi territorial, accueil numérique et info tourisme, contenus numériques (photos, vidéo, audio...), outils métiers... Les dépenses relatives aux actions de commercialisation ne sont pas éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/strategie-numerique-nott</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (87, 86, 23, 19) : tourisme-limoges&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79,86,17,16) : tourisme-poitiers&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33,24,47,40,64) : tourisme&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f59-strategie-numerique-nott/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:27" customHeight="0">
+      <c r="A133" s="1">
+        <v>105341</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner des collectivités pour obtenir le label Station Verte</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Station Verte</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Fédération des Stations Vertes</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagner des communes touristiques à se positionner sur l&amp;#039;écotourisme en s&amp;#039;appuyant sur le label Station Verte, porteur de valeurs autour d&amp;#039;un tourisme de proximité, à visage humain, respectueux  du cadre de vie et des terroirs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer avec les Stations Vertes des offres de séjours et de loisirs de type nature en lien avec l&amp;#039;écotourisme et d&amp;#039;itinérances douces,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les Stations Vertes dans la mise en avant du label et dans la démarche écotouristique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcer les liens et le rapprochement entre communes labellisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribuer à la préservation des terroirs et à leur dynamisme économique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Lien vers la plaquette :
+ &lt;a href="https://drive.google.com/file/d/1yvkR5rVYC9dPzt7iw9zgC0cZpqU3xmnh/view" rel="noopener" target="_blank"&gt;
+  https://drive.google.com/file/d/1yvkR5rVYC9dPzt7iw9zgC0cZpqU3xmnh/view
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les DécouVertes de Flora l&amp;#039;écotouriste : une invitation à vivre des expériences écotouristiques dans nos Stations Vertes &amp;#61;&amp;gt; flora.stationverte.com
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Escapades inter Stations Vertes : mettre en réseau des élus et techniciens des communes labellisées pour construire des itinéraires en mode slow tourisme &amp;#61;&amp;gt; exemple des Escapades à vélo dans 10 Stations Vertes du PNR des Ballons des Vosges
+  &lt;a rel="noopener" target="_blank"&gt;
+   bit.ly/2AA77vk
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Quant au territoire souhaitant candidater au label Station Verte :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  30 000 € pour les actions de promotion et communication ;
-[...2 lines deleted...]
-  50 000 € pour les autres projets.
+  être une commune de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir un office de tourisme investi sur le territoire de la commune candidate au label Station Verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  mener au moins 2 actions en faveur de l&amp;#039;éducation à l&amp;#039;environnement tant auprès des habitants que de touristes
+ &lt;/li&gt;
+ &lt;li&gt;
+  mener au moins 2 actions en faveur de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir au moins un restaurant et un commerce mettant à l&amp;#039;honneur les produits du terroir en circuits courts
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir 2 modes d&amp;#039;hébergements classés, marqués ou labellisés
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer une offre de déplacements doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  avoir une démarche écoresponsable et impliquer les socioprofessionnels et acteurs associatifs, notamment l&amp;#039;AAPPMMA
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accessibilité pour tous
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.stationverte.com/fr/obtenir-le-label-station-verte_45.html</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ BERNEZ Philippe, Directeur de la Fédération des Stations Vertes
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 06.80.30.50.65 philippe.bernez&amp;#64;stationverte.com
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>philippe.bernez@stationverte.com</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5c2-accompagner-des-collectivites-pour-obtenir-le/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:27" customHeight="0">
+      <c r="A134" s="1">
+        <v>94676</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Ardennes
+Ardennes Ingenierie</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement se décline en trois niveaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  niveau 1 : un conseil de premier niveau aux bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 3 : un accompagnement spécifique pour des prestations identifiées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Plafond maximal de subvention FEDER : 1 000 000 €
-[...5 lines deleted...]
- Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+ Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="M134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement et Equipement publics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Résorption de logements vacants dégradés
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement de la mairie dans l&amp;#039;ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Revue de projets communaux : informations et conseils multi domaines
+&lt;/p&gt;
+&lt;p&gt;
+ -	Mise aux normes PMR de la Mairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie et infrastructures
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Sécurisation de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réfection d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement des abords d&amp;#039;un lavoir
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement et sécurisation d&amp;#039;un arrêt bus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eau et assainissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi et amélioration d&amp;#039;un dispositif d&amp;#039;assainissement collectif
+&lt;/p&gt;
+&lt;p&gt;
+ -	Accompagnement d&amp;#039;un projet de sécurisation d&amp;#039;un forage d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil de gestion du service d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Economie d&amp;#039;énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi énergétique, amélioration bâtiment, éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique du parc de logements communaux
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil chantier/géothermie de la mairie et de la salle des fêtes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique d&amp;#039;un gymnase
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement pour les vélos le long de la Voie Verte Trans Ardennes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un chemin de randonnée sur une ancienne voie ferrée
+&lt;/p&gt;
+&lt;p&gt;
+ -	Transformation d&amp;#039;anciens logements en gites touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Analyse de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Information sur évolution du nombre d&amp;#039;ERP et des systèmes de production d&amp;#039;ECS, planification et réalisation des analyses, aide à l&amp;#039;élaboration des plans d&amp;#039;actions en cas de non-conformité et suivi jusqu&amp;#039;au retour à une situation satisfaisante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Juridique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quels recours en cas de malfaçon suite à des travaux de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ -	Comment lutter contre les points noirs paysagers ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archives départementales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un nouveau local archives suite à l&amp;#039;extension de la mairie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Lecture publique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;un espace lecture au sein du groupe scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ -	Assistance à la gestion et à l&amp;#039;exploitation d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;une médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archéologie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réalisation d&amp;#039;un diagnostic archéologique préalable à un aménagement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de financements
+&lt;/p&gt;
+&lt;p&gt;
+ -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numérique et dématérialisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Projet de pôle culturel comprenant un Musée et une bibliothèque
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Culture et identité collective
+Tourisme
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="W134" s="1" t="inlineStr">
+        <is>
+          <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ mail : ardennesingenierie&amp;#64;cd08.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>anne.durand@cd08.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:27" customHeight="0">
+      <c r="A135" s="1">
+        <v>163710</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la création ou la modernisation de parcours de visite pour une ouverture au public d'une entreprise ou d'une exploitation</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Découverte économique : parcours de visite en entreprise</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide vise à accompagner la création ou la modernisation de parcours de visite pour une ouverture au public d&amp;#039;une entreprise ou d&amp;#039;une exploitation (agritourisme, œnotourisme, tourisme de savoir-faire, etc..).&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Diversifier l’activité principale de l&amp;#039;entreprise ou de l&amp;#039;exploitation en vue d’une ouverture touristique.&lt;/p&gt;&lt;p&gt;Aménager un lieu d’accueil et de visite pour présenter le process agricole ou de fabrication.&lt;/p&gt;&lt;p&gt;Création ou modernisation du parcours de visite.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Intervention :&lt;/p&gt;&lt;p&gt;Seuil minimum de dépenses éligibles : 20 000 € HT.&lt;/p&gt;&lt;p&gt;Plafond de dépenses éligibles : 500 000 € HT.&lt;/p&gt;&lt;p&gt;Le taux d’intervention : 10% à 20% maximum.&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;intervention pourra être modulé en fonction du projet et des engagements pris en faveur du Tourisme durable.&lt;/p&gt;&lt;p&gt;Dépenses éligibles : &lt;/p&gt;&lt;p&gt;Travaux concourant à l’accueil du public : gros oeuvre (uniquement huisseries, planchers, isolation par l’extérieur, isolation de toiture) et second oeuvre.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Equipements : aménagements ludiques et/ou pédagogiques favorisant l’accueil et la découverte, les aménagements d’accessibilité.&lt;/p&gt;&lt;p&gt;Aménagement de parking (revêtement perméable), salle de séminaire etc..... ces dépenses doivent rester complémentaires au projet d&amp;#039;ouverture et ne peuvent pas faire l&amp;#039;objet unique de la demande.&lt;/p&gt;&lt;p&gt;Uniquement pour la découverte économique : travaux et aménagement d&amp;#039;une boutique /billetterie.&lt;/p&gt;&lt;p&gt;Les travaux de gros oeuvre sont éligibles uniquement pour les porteurs de projet implantés sur le territoire d&amp;#039;intercommunalités ayant contractualisé avec la Région Nouvelle-Aquitaine dans le cadre du Schéma Régional de Développement Économique, d’Innovation et d’Internationalisation 2022-2028 (SRDEII).&lt;/p&gt;&lt;p&gt;Dépenses inéligibles : &lt;/p&gt;&lt;p&gt;Formation des salariés.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Petits équipements de protection et d&amp;#039;hygiène.&lt;/p&gt;&lt;p&gt;Travaux en Régie directe.&lt;/p&gt;&lt;p&gt;Devis de matériaux seuls.&lt;/p&gt;&lt;p&gt;Devis inférieurs à 500 € HT.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Tous types d&amp;#039;activités agricoles, artisanales ou industrielles avec un accueil sur site.&lt;/p&gt;&lt;p&gt;Entreprises inscrites au Registre du Commerce et des Sociétés (RCS).&lt;/p&gt;&lt;p&gt;Entreprises relevant du Régime Agricole (RA).&lt;/p&gt;&lt;p&gt;Associations.&lt;/p&gt;&lt;p&gt;Les SCI, grandes entreprises, collectivités, Maisons de pays et magasins de producteurs sont inéligibles.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Les projets pourront porter sur tous types d’activités agricoles, artisanales ou industrielles proposant un accueil sur le site de production.&lt;/p&gt;&lt;p&gt;La structure porteuse du projet devra maintenir l&amp;#039;activité touristique pendant 5 ans minimum.&lt;/p&gt;&lt;p&gt;Le site devra être ouvert à la visite un minimum de 90 jours par an.&lt;/p&gt;&lt;p&gt;La structure porteuse du projet devra être engagée dans une démarche de qualité et de progrès.&lt;/p&gt;&lt;p&gt;Un partenariat avec un Office de Tourisme local devra être conclu.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/decouverte-economique-parcours-de-visite-en-entreprise</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme&amp;#64;nouvelle-aquitaine.fr en apportant des éléments de présentation de votre projet et vos coordonnées.&lt;/p&gt;&lt;p&gt;La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilité de votre projet avant tout dépôt de demande de subvention.&lt;/p&gt;&lt;p&gt;Correspondants&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction du tourisme&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/decouverte-economique-parcours-de-visite-en-entreprise/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:27" customHeight="0">
+      <c r="A136" s="1">
+        <v>67829</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les projets innovants collaboratifs (READYNOV)</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La performance économique de la Région Occitanie / Pyrénées-Méditerranée prend appui sur deux piliers de qualité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un appareil d
+  &lt;strong&gt;
+   &amp;#039;enseignement supérieur et de recherche
+  &lt;/strong&gt;
+  de très haut niveau, qui place Occitanie / Pyrénées-Méditerranée parmi les premières régions françaises pour de nombreux indicateurs en ce domaine ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des
+  &lt;strong&gt;
+   filières industrielles majeures
+  &lt;/strong&gt;
+  structurées, émergentes, ou à enjeu local en région, porteuses de perspectives de développement, ayant par ailleurs d&amp;#039;ores et déjà intégré une culture d&amp;#039;innovation forte.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de la Stratégie Régionale pour l&amp;#039;Emploi et la Croissance et de la Stratégie Régionale de l&amp;#039;Innovation (SRI), la Région souhaite
+ &lt;strong&gt;
+  renforcer la dynamique partenariale
+ &lt;/strong&gt;
+ entre les acteurs du système régional d&amp;#039;innovation et miser sur la complémentarité des compétences pour faire émerger les produits et les emplois de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, la Région Occitanie / Pyrénées-Méditerranée a souhaité mobiliser, dans le cadre des programmes opérationnels FEDER FSE Midi-Pyrénées et Garonne 2014-2020 et Languedoc-Roussillon 2014-2020 une partie des fonds européens sur les projets collaboratifs de Recherche, Développement et Innovation.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce contexte, la Région lance l&amp;#039;appel à projets READYNOV qui présente pour cette nouvelle édition quelques nouveautés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un lancement de l&amp;#039;appel à projets sur une période de 2 ans : du 1er mars 2019 au 28 février 2021,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la possibilité de déposer les dossiers au fil de l&amp;#039;eau sur ces 2 ans,
+ &lt;/li&gt;
+ &lt;li&gt;
+  ouverture à de nouvelles thématiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appel à projets READYNOV a pour objet de soutenir les projets innovants collaboratifs en vue de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser la collaboration entre entreprises et organismes de recherche,
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer les compétences en R&amp;amp;D dans les PME/ETI régionales pour créer de l&amp;#039;emploi qualifié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faire émerger de nouveaux produits ou services générateurs de croissance et d&amp;#039;emploi,
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à la structuration de filières régionales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à l&amp;#039;émergence d&amp;#039;innovations sur l&amp;#039;ensemble des territoires y compris hors métropoles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  inciter les entreprises à engager une première démarche d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Thématiques éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Issues des principales filières régionales, les thématiques sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Transition énergétique, développement des Energies renouvelables (ENR),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aéronautique, espace,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Véhicules autonomes, transports intelligents,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérique : systèmes intelligents, chaîne de la donnée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé du futur et silver économie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Productions agro-alimentaires territorialisées et valorisation de la biomasse,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Economie du littoral et de la mer,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petit et grand cycle de l&amp;#039;eau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transition numérique et Industrie du futur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir-faire locaux et matériaux traditionnels (granit, cuir, textile, bois, ...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tourisme, thermalisme et loisirs innovants en faveur d&amp;#039;un développement durable, connecté et expérientiel y compris en lien avec les Grands Sites Occitanie / Sud de France.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Santé
+Technologies numériques et numérisation
+Agriculture et agroalimentaire
+Innovation, créativité et recherche
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les partenaires éligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprise sous forme sociétale ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un établissement public d&amp;#039;enseignement supérieur et/ou organisme de recherche d&amp;#039;Occitanie / Pyrénées-Méditerranée ou un établissement privé d&amp;#039;enseignement supérieur ou recherche chargé de mission de service public ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  CTI (centre technique industriel),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  CRITT labellisé CRT,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations (sous conditions),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Uniquement pour le secteur du tourisme, du thermalisme et des loisirs : Collectivités territoriales, groupements de collectivités (notamment EPCI), établissements ou sociétés publiques et expérimentant sur leurs territoires des technologies, des produits ou services innovants.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ces structures doivent avoir un siège social en Occitanie / Pyrénées-Méditerranée.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Activités inéligibles :
+ &lt;/strong&gt;
+ les services financiers hormis les fintechs, les professions libérales, les banques, les assurances, les sociétés de commerce et de négoce (sauf si le projet a pour objectif de développer une activité industrielle).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V136" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/READYNOV-2019-2021</t>
+        </is>
+      </c>
+      <c r="W136" s="1" t="inlineStr">
+        <is>
+          <t>https://hubentreprendre.laregion.fr/financement/appel-a-projets-readynov</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://hubentreprendre.laregion.fr/financement/appel-a-projets-readynov
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0bb6-appel-a-projets-readynov-2019-2021/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:27" customHeight="0">
+      <c r="A137" s="1">
+        <v>103263</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'usage du vélo au quotidien</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Plan vélo régional</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p width="100%;"&gt;
+ &lt;/p&gt;&lt;p&gt;
+  La Région souhaite développer l&amp;#039;usage du vélo au quotidien. Le Plan vélo vise au triplement de la pratique par l&amp;#039;apport de réponses concrètes aux usagers : itinéraires sécurisés et jalonnés, stationnement, services (réparation, etc.).
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    &lt;strong&gt;
+     Pour quel type de projet ?
+    &lt;/strong&gt;
+   &lt;/li&gt;
+   &lt;li&gt;
+    Réalisation d&amp;#039;un schéma stratégique cyclable,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Réalisation d&amp;#039;études de faisabilité pour la création d&amp;#039;un ouvrage d&amp;#039;art cyclable,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Réalisation d&amp;#039;itinéraires et d&amp;#039;équipements cyclables pour l&amp;#039;amélioration des accès au réseau de transport public, aux équipements régionaux, aux pôles d&amp;#039;emploi et d&amp;#039;éducation,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Généralisation du partage de la rue (apaisement de la circulation et mise en double sens cyclable des voiries à sens unique),
+   &lt;/li&gt;
+   &lt;li&gt;
+    Développement d&amp;#039;une offre de stationnement vélo dans le cadre de plans globaux,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Jalonnement des liaisons cyclables,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Suivi et évaluation,
+   &lt;/li&gt;
+   &lt;li&gt;
+    Développement des services à destination des cyclistes.
+   &lt;/li&gt;
+  &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région intervient sous forme de subventions pouvant aller de 25% à 50% du reste à charge du bénéficiaire, selon les types d&amp;#039;actions et leur inscription ou non dans le cadre d&amp;#039;une stratégie territoriale déclinée en plan d&amp;#039;action triennal.
+&lt;/p&gt;
+&lt;p&gt;
+ Les plafonds de subvention sont définis selon les projets :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Études (stratégie cyclable ou études préalables de faisabilité) : 50.000€,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maillage et apaisement de la circulation : 550€/ml,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Stationnement : 1.000€/place,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Jalonnement : 50€/ml,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Suivi-évaluation : 4.000€/point de comptage,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Services : 50.000€ pour les études, 80.000€ pour les projets.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de cette aide, vous devez déposer un dossier sur notre plateforme en ligne
+ &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
+  mesdemarches.iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les pièces nécessaires sont différentes en fonction du type de projet, et du taux de subvention sollicité. Le formulaire annexé à la présente fiche récapitule les éléments nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les maîtres d&amp;#039;ouvrages publics, le soutien au taux maximum est conditionné à l&amp;#039;existence d&amp;#039;un schéma stratégique cyclable répondant aux critères définis par le Plan vélo régional, et par un engagement dans un plan d&amp;#039;action triennal
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;strong&gt;
+   A noter :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Ce dispositif est éligible au
+  &lt;a href="https://www.iledefrance.fr/budget-participatif-ecologique" rel="noopener" target="_blank"&gt;
+   budget participatif écologique de la Région Île-de-France
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  .
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les collectivités territoriales et leurs groupements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;État et ses établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les gestionnaires des îles de loisirs de la Région Île-de-France,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations pour les actions ayant trait aux services et sous réserve de bénéficier d&amp;#039;un appui de la collectivité concernée.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-velo-regional</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports / service Pôles et Voiries
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  directiondestransports&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ec7-plan-velo-regional/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:27" customHeight="0">
+      <c r="A138" s="1">
+        <v>162730</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Formation professionnelle
+Biodiversité
+Equipement public
+Bâtiments et construction
+Emploi
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P138" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:27" customHeight="0">
+      <c r="A139" s="1">
+        <v>120317</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de développement maîtrisé des sports de nature</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Projet de développement maîtrisé des sports de nature</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le cadre juridique, le contexte réglementaire et la politique départementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi de documentation selon besoin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des réunions d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement méthodologique, juridique et technique, en mobilisant si besoin son réseau de partenaires ( Mouvement sportif – la Drôme tourisme –  LPO...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la définition de la stratégie de la collectivité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la définition d&amp;#039;un réseau de randonnées, réalisation d&amp;#039;un diagnostic de réseau permettant ensuite l&amp;#039;implantation de la signalétique directionnelle de randonnée et la création de bons plans randos sous la maîtrise d&amp;#039;ouvrage départementale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement réglementaire, technique et financier, aide à la recherche de financement pour la création et l&amp;#039;aménagement de lieux de pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la gestion des conflits d&amp;#039;usage
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mise en place de stratégies de développement maîtrisé des sports de nature à l&amp;#039;échelle des territoires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement à la prise de compétence intercommunale « gestion des sentiers de randonnée » et à sa mise en œuvre,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement à la création ou à l&amp;#039;aménagement, la sécurisation de lieux de pratique sports de nature
+  &lt;/li&gt;
+  &lt;li&gt;
+   Promotion de la filière « outdoor/sports de nature» en lien avec la stratégie tourisme
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/projet-developpement-maitrise-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Service Environnement Sports Nature
+&lt;/p&gt;
+&lt;p&gt;
+ 04.75.79.81.52
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:sportsnature&amp;#64;ladrome.fr"&gt;
+  environnement&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b354-projet-de-developpement-maitrise-des-sports-d/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:27" customHeight="0">
+      <c r="A140" s="1">
+        <v>78203</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser, préserver les ressources locales et atténuer le changement climatique</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Pays Comminges Pyrénées</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I140" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="J140" s="1" t="inlineStr">
+        <is>
+          <t>Aide LEADER comprise entre 10 et 120K€ et représentant 80% des co-financements publics et au moins 15% du montant des dépenses présentées.</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION GENERALE ET LOGIQUE D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;Le territoire présente un environnement peu dégradé, mais porte toutefois les traces d’activités anciennes qui laissent des friches et des sites potentiellement pollués. Les activités contemporaines exercent aussi des pressions sur l’environnement, tout comme le changement climatique.&lt;/p&gt;&lt;p&gt;L’agriculture, dominée par la polyculture et un élevage important, est une composante essentielle du territoire. La production biologique est en plein essor, la demande d’installation sur de petites surfaces est en hausse (en lien avec le projet d’espace-test maraîcher porté par le Pays Comminges Pyrénées) et la filière viande est en cours de structuration.&lt;/p&gt;&lt;p&gt;L’offre de transport demeure limitée, le Pays Comminges Pyrénées doit améliorer les mobilités sur l’ensemble de son territoire afin de le rendre accessible à tout type de population, en priorisant le développement des mobilités multimodales, durables et économes en énergie. Le fait que 78% des actifs résident et travaillent sur le territoire montre que le potentiel de développement des alternatives à la voiture individuelle est réel.&lt;/p&gt;&lt;p&gt;Les enjeux : Valoriser l’environnement, le patrimoine naturel et le cadre de vie ; encourager une agriculture et une consommation locales et durables ; développer le potentiel énergétique renouvelable du territoire et adapter le territoire au changement climatique.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Descriptif des actions&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;3 objectifs opérationnels répondent aux enjeux fixés par l&amp;#039;objectif stratégique :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.1 Soutenir une agriculture locale durable&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.1.1 Adapter et développer une agriculture locale, de montagne et accessible à tous&lt;/li&gt;&lt;li&gt;4.1.2 Diversifier les activités agricoles par la transformation ou la valorisation des produits et par les activités agritouristiques&lt;/li&gt;&lt;li&gt;4.1.3 Développer les actions inscrites dans le Projet Alimentaire Territorial Comminges Pyrénées et/ou en cohérence avec celui-ci.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;4.2 Accompagner le développement raisonné des ressources naturelles locales&lt;/strong&gt;&lt;br /&gt;&lt;ul&gt;&lt;li&gt;4.2.1 Préserver et valoriser la richesse environnementale du territoire ;&lt;/li&gt;&lt;li&gt;4.2.2 Développer et valoriser les filières locales&lt;/li&gt;&lt;li&gt;4.2.3 Gérer durablement les ressources naturelles du territoire.&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;span&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4.3 Favoriser les transitions écologiques et énergétique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;4.3.1 Développer les initiatives en faveur de la transition écologique, de la maîtrise de l’énergie et des énergies renouvelables&lt;/li&gt;&lt;li&gt;4.3.2 Développer une mobilité innovante et durable&lt;/li&gt;&lt;li&gt;4.3.3 Mettre en œuvre et réviser les Plans Climat Air Energie Territoriaux.&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;/span&gt;&lt;p&gt;&lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_decran_2022-01-18_a_10.06.21.png" /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Création d’un tiers lieu nourricier, création d’une cuisine centrale pour la restauration collective, création d’un magasin de producteurs, réalisation d’un guide des producteurs locaux, développement des AFP, mise en place d’espaces-tests, etc. ;&lt;/p&gt;&lt;p&gt;- Installation d’unités de production de méthanisation, structuration de la filière laine, protection des captages d’eau, etc. ;&lt;/p&gt;&lt;p&gt;- Projet solaire citoyen, aménagement d’un pôle multimodal, réalisation d’un plan mobilité simplifiée à l’échelle du Pays Comminges Pyrénées, etc.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Innovation, créativité et recherche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Paysage
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES&lt;/strong&gt;&lt;br /&gt;Tous sauf SCI et particuliers.&lt;br /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;CONDITIONS D&amp;#039;ADMISSIBILITE&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pour tous les objectifs opérationnels : Lorsque les opérations incluent des travaux de rénovation énergétique, dès la demande d’aide, un audit énergétique devra démontrer :&lt;/p&gt;&lt;p&gt;- Pour les bâtiments classés ou inscrits au titre des monuments historiques : un gain énergétique de 30% ;&lt;br /&gt;- Pour les autres : l’atteinte de la classe énergétique C au minimum.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Prérequis techniques à la programmation&lt;br /&gt;&lt;/strong&gt;&lt;br /&gt;L’opportunité des projets d’investissements devra être démontrée par une structure d’accompagnement (étude préalable, financière, prospective, de faisabilité, stratégique…).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.1.2 Pour les activités agritouristiques&lt;/em&gt; : Les projets touristiques devront s’inscrire dans une démarche qualité inclusive de type « Tourisme et handicap » et /ou environnementale de type « Ecogite de Gîtes de France/Qualité tourisme/Camping Qualité » et/ou favorisant les mobilités douces de type « Accueil vélo » / « Cheval étape ».&lt;/p&gt;&lt;p&gt;&lt;em&gt;4.3. Favoriser les transitions écologique et énergétique &lt;/em&gt;: Seuls les projets de production locale d’énergie seront aidés (production au bénéfice du territoire).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues &lt;/strong&gt;: L’acquisition de fonds de commerce est inéligible, L’achat de bâtiment ou de terrain seul n’est pas éligible, Contributions en nature dont bénévolat ; Auto-construction ; Matériel d’occasion ; Dépenses de fonctionnement de la structure sur la base de frais réels ;  Amortissement de biens neufs ; Etudes rendues obligatoires par la loi et présentées séparément de l’opération d’investissement ; Réseaux secs et humides ; Travaux de voirie et d’espaces imperméabilisants des sols sauf si l’impossibilité technique est démontrée par une attestation d’un organisme qualifié ;  Achats et productions destinés à la revente ; Achat de terrain : limité à 10% de la dépense totale éligible ; Frais notariés et juridiques ; Le marquage publicitaire des véhicules.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Exclusions spécifiques&lt;/strong&gt; : Pour les opérations comportant des frais salariaux, ces dépenses sont limitées 2 années consécutives.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T140" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS COMMINGES-PYRENEES</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.commingespyrenees.fr/leader-actions-soutenues/</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Philippe LE GAL - Animateur LEADER / Florence CROUTCH - Gestionnaire LEADER&lt;/p&gt;&lt;p&gt;05 61 88 88 66 / pays&amp;#64;commingespyrenees.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>pays@commingespyrenees.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6359-promouvoir-une-agriculture-locale-perenne-et-/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:27" customHeight="0">
+      <c r="A141" s="1">
+        <v>22759</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Financer des terrains permanents ou saisonniers de beach soccer</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'Aide au Football Amateur (FAFA)</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Fédération Française de Football</t>
+        </is>
+      </c>
+      <c r="F141" s="1" t="inlineStr">
+        <is>
+          <t>District / Comité départemental de football d'appartenance</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J141" s="1" t="inlineStr">
+        <is>
+          <t>Aide de 20 000 € maximum dans la limite de 50 % du coût total du projet. Un abondement de 30 000 € pourra être accordé dans le cadre d’un projet de couverture de ce terrain.</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif Fonds d&amp;#039;Aide au Football Amateur - Chapitre Équipement (Nouvelle pratique : Beach Soccer)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Beach Soccer est en plein essor à la Fédération Française de Football depuis quelques années
+et nécessite aujourd&amp;#039;hui la construction de terrains spécifiques permanents ou saisonniers pour
+accompagner le déploiement de cette pratique dans tous les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de la F.F.F. est de permettre à toutes ses ligues régionales et ses districts de disposer de
+terrains destinés à accueillir des rencontres officielles sous la forme d&amp;#039;événements promotionnels et
+de compétitions, l&amp;#039;occasion aussi pour les clubs de football résidents de proposer cette pratique à
+leurs licenciés.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle souhaite donc accompagner la construction de terrains spécifiques, dont les possibilités
+d&amp;#039;implantation sont diverses avec les complexes sportifs existants, les établissements publics
+dédiés aux loisirs ou les centres aquatiques, les plans d&amp;#039;eau (bords de lac, bords de rivière) et bien
+évidemment le littoral (plages).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P141" s="1" t="inlineStr">
+        <is>
+          <t>01/06/2025</t>
+        </is>
+      </c>
+      <c r="Q141" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2026</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Le porteur du projet doit être, soit un club affilié à la FFF, soit une collectivité locale en
+collaboration avec un club support affilié à la FFF ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le terrain doit être conforme aux lois du jeu FIFA du Beach Soccer (reprises dans le
+guide interactif de la pratique) ;
+ &lt;/li&gt;
+ &lt;li&gt;Le dossier doit être saisi par votre District d’appartenance au plus tard 3 mois après la date de
+commencement des travaux ;&lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;équipement projeté doit être situé, soit au sein d&amp;#039;un complexe sportif dont les
+installations existantes sont classées de niveau 6 minimum, soit dans un établissement
+public dédié aux loisirs équipé de vestiaires et sanitaires (base de loisirs, complexe
+aquatique), sur le littoral et sur un plan d&amp;#039;eau (bord de lac, rivière). Dans le cas où l’équipement serait installé de manière temporaire une attestation
+précisant les conditions de la mise à disposition doit être jointe au dossier ;&lt;/li&gt;
+ &lt;li&gt;
+  Le porteur de projet doit impérativement présenter un projet d&amp;#039;utilisation des installations
+envisagées dans le respect des attentes de la FFF ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage doit réaliser son opération dans un délai de 24 mois à compter
+de la date d&amp;#039;attribution de la subvention par la FFF.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V141" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fff.fr/fafa</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>https://media.fff.fr/uploads/documents/fff_fafa_cahier-des-charges_equipement_beach-soccer-25-26_vdef.pdf</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Madame Lou LE NEDIC, Cheffe de projets à la FFF : llenedic&amp;#64;fff.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>spessoa@fff.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b243-dispositif-fonds-daide-au-football-amateur-ch/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:27" customHeight="0">
+      <c r="A142" s="1">
+        <v>130986</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Engager des actions d'économies d'énergie - Baisse les Watts (Programme Certificat économies d'énergie)</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Baisse les Watts (Programme Certificat économies d'énergie)</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Auchan Energies - Pétrovex
+EDF</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme Baisse les Watts est un programme financé par le dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie (CEE), porté par La Poste et ses partenaires Economie d&amp;#039;Energie, Energies Demain, Chambre de commerce et d&amp;#039;industrie (CCI) France et Chambre de Métiers et de l&amp;#039;Artisanat (CMA) France. Avec le soutien de l&amp;#039;ADEME et du Ministère de la Transition énergétique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce programme s&amp;#039;adresse à toutes les entreprises TPE et PME désireuses de mieux comprendre leur consommation et de pouvoir engager rapidement de premières actions d&amp;#039;économies d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le programme Baisse les Watts vise à accompagner les TPE/PME à travers trois bénéfices clés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → CARNET DE BORD ENERGIE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Carnet de bord Énergie permet de consulter des Fiches Actions en lien avec sa filière, et de mettre en place des écogestes ou investissements pour réaliser des économies d&amp;#039;énergie en affichant le gain potentiel d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → ACCOMPAGNEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un conseiller accompagne le bénéficiaire par téléphone pour l&amp;#039;aider à ouvrir un Carnet de bord Energie, le guider sur la plateforme Baisse les Watts, définir avec lui les bonnes pratiques, et mettre en place un plan d&amp;#039;actions dans la durée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → FORMATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un parcours de formation adapté à chaque situation et modulable selon les disponibilités (séances en présentiel et/ou en distanciel), avec l&amp;#039;appui des réseaux CCI et CMA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ TPE/PME parmis 14 filières métiers
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cafés &amp;amp; restaurants (Traditionnels, rapides, vente à emporter, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergements touristiques (Hôtels, campings, locations, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Artisanat alimentaire (Boulangers, pâtissiers, bouchers, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Petits commerces alimentaires (Alimentations générales, supérettes, épiceries, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Commerces non alimentaires (Electroménager, meubles, vêtements, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Services de proximité (Réparation, garagistes, soins, blanchisseries, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Santé (Médecins, hôpitaux, hébergements médicalisés &amp;amp; sociaux, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Enseignement (Ecoles primaires, secondaires, supérieures, recherche &amp;amp; développement, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sport, culture, loisirs (Installations sportives, Art, musées, films, parcs, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transports (Routier, ferroviaire, fret, maritime, taxi, déménagement, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entrepôts (Entreposage &amp;amp; stockage, vente à distance, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Commerces de gros BtoB (Commerces interentreprises alimentaires, biens, matériaux, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grands commerces alimentaires (Supermarchés, hypermarchés, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entreprises de services (Agences bancaires, immobilier, conseil, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T142" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>France métropolitaine</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.baisseleswatts.fr</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ligne dédiée aux TPE et PME pour Baisse les Watts :
+   01 81 69 81 92
+   (
+  prix
+   d&amp;#039;un appel local)
+ du lundi au vendredi de 9H à 17H - Par mail :
+ &lt;a href="mailto:contact&amp;#64;baisseleswatts.fr" target="_self"&gt;
+  contact&amp;#64;baisseleswatts.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contacts La Poste, porteur du Programme :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Anne-Lise DELORON, Directrice du marché Rénovation énergétique, Directrice adjointe de l&amp;#039;UA Efficacité énergétique, Directrice du programme Baisse les Watts :
+   &lt;a href="mailto:annelise.deloron&amp;#64;laposte.fr" target="_self"&gt;
+    annelise.deloron&amp;#64;laposte.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Alazaïs CAILLOL, Responsable Marketing du Programme Baisse les Watts :
+   &lt;a href="mailto:alazais.caillol&amp;#64;laposte.fr" target="_self"&gt;
+    alazais.caillol&amp;#64;laposte.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>annelise.deloron@laposte.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26ad-baisse-les-watts-programme-certificat-economi/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:27" customHeight="0">
+      <c r="A143" s="1">
+        <v>131374</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la formation des BAFA et BAFD</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Aides à la formation des Brevets d'Aptitude à la Fonction d'Animateur et Brevets d'Aptitude à la Fonction de Directeur</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il s&amp;#039;agit de complèter l&amp;#039;offre déjà existante et d&amp;#039;attribuer une aide aux personnes postulant à passer leur BAFA et/ou BAFD.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Education et renforcement des compétences
+Emploi</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  RÈGLEMENT BAFA
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la bourse &amp;#34;BAFA&amp;#34; sera attribuée à l&amp;#039;inscription de la session d&amp;#039;approfondissement ou de qualification ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   son montant, fixé au préalable, sera de 120 € et le crédit inscrit au budget primitif ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le stage devra être effectué auprès d&amp;#039;un organisme de formation de la région Grand-Est (Champagne-Ardenne, Lorraine, Alsace, Bourgogne et Franche-Comté) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la personne souhaitant obtenir une aide du Département devra en faire la demande au conseil départemental ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la bourse sera versée aux stagiaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le stagiaire s&amp;#039;engage, une fois diplômé, à œuvrer, dans la mesure des postes disponibles, aux services des centres de vacances et de loisirs haut-marnais.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  RÈGLEMENT BAFD
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la bourse &amp;#34;BAFD&amp;#34; sera attribuée à l&amp;#039;inscription de la session de perfectionnement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   son montant, fixé au préalable, sera de 130 € et le crédit sera inscrit au budget primitif ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la personne souhaitant obtenir une aide du Département devra en faire la demande au conseil départemental ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la bourse sera versée aux stagiaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   le stagiaire s&amp;#039;engage, une fois diplômé, à œuvrer, dans la mesure des postes disponibles, aux services des centres de vacances et de loisirs haut-marnais.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/sport_reglement_Bafa_bafd_modifi%C3%A9%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W143" s="1" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la culture, des sports et du monde associatif
+&lt;/p&gt;
+&lt;p&gt;
+ Service action culturelle, sportive et territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 25 32 88 19
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toute correspondance doit être adressée à :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Monsieur le Président du conseil départemental
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Direction de la culture, des sports et du monde associatif
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service action culturelle, sportive et territoriale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1 rue du Commandant Hugueny – CS 62127
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  52905 Chaumont Cedex 9
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>romain.paillard@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5e8f-soutenir-la-formation-des-bafa-et-bafd/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:27" customHeight="0">
+      <c r="A144" s="1">
+        <v>159911</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Sauvegarder le patrimoine mobilier (église, château, moulin, hôpital, etc.)</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Aide départementale pour la sauvegarde du patrimoine immobilier (église, château, moulin, hôpital, etc.)</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Eglise protégée et non protégée Monument historique (communes - 5 000 habitants)
+&lt;/p&gt;
+&lt;p&gt;
+ Eglise protégée Monument historique (communes &amp;#43; 5 000 habitants)
+&lt;/p&gt;
+&lt;p&gt;
+ Immeuble protégé Monument historique (communes &amp;#43; 5 000 habitants, EPCI, commune classée station de tourisme, propriétaire privé, établissement public, association reconnue d&amp;#039;utilité publique)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Architecture</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Communes de -1 000 h. éligibles au FDTADE*, hors communes classées tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Diagnostic architecte, étude préalable, AMO
+&lt;/p&gt;
+&lt;p&gt;
+ 35 %
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux: Toiture, charpente, maçonnerie, assainissement, vitraux
+&lt;/p&gt;
+&lt;p&gt;
+ 35 % montant HT des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Communes de - 5 000 h. éligibles au FDTADE*, hors communes classées tourisme
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Diagnostic architecte, étude préalable, AMO
+&lt;/p&gt;
+&lt;p&gt;
+ 20 %
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux: Toiture, charpente, maçonnerie, assainissement, vitraux
+&lt;/p&gt;
+&lt;p&gt;
+ 20 % montant HT des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ *FDTADE : Fonds de péréquation de la taxe additionnelle aux droits d&amp;#039;enregistrement sur les mutations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Communes de &amp;#43;5000 h.Communes classées tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Propriétaire privé, EPCI, établissement public, association reconnue d&amp;#039;utilité publique:
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Immeuble classé ou inscrit monument historique ( églises, châteaux, manoirs ...)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Diagnostic architecte, étude préalable, AMO
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux: Toiture, charpente, maçonnerie, assainissement, vitraux
+&lt;/p&gt;
+&lt;p&gt;
+ 10 % HT ou TTC pour les associations et propriétaires privés
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Conditions spécifiques pour les travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Seuil : 5 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ -Montant des travaux plafonnés à 400 000 €/tranche
+&lt;/p&gt;
+&lt;p&gt;
+ Exemple, pour un montant de travaux de 1 M€, la subvention sera de 40 000 € maximum
+&lt;/p&gt;
+&lt;p&gt;
+ - 2 tranches de travaux par édifice sur 2023 -2028
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Valorisation : Signalétique, vitrines, éclairage, scénographie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 50% du coût HT des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ Montant des travaux plafonné à 10 000 € HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes de moins de 5 000 habitants : la participation financière du Département est majorée de 5% du coût HT des travaux lorsque la commune, ou une association de protection et de mise en valeur, met en œuvre une souscription publique permettant aux habitants de se mobiliser autour du projet de restauration ou de valorisation, et/ou en cas d&amp;#039;ouverture au grand public (journée du Patrimoine, Pierres en lumière, etc.).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Communes de plus de 5 000 habitants, les EPCI, les communes classées station de tourisme, les établissements publics, les associations reconnues d&amp;#039;utilité publique et les propriétés privées : l&amp;#039;attribution de la subvention pour des travaux sur un immeuble, est conditionnée par l&amp;#039;un des critères suivants : l&amp;#039;organisation d&amp;#039;une souscription publique et/ou l&amp;#039;obtention de mécénat financier, en nature ou de compétence (Fondation du patrimoine, Mission Bern, chantier de bénévoles), la mobilisation de la population autour du projet, l&amp;#039;ouverture au grand public (au moins des extérieurs pour les propriétés privées (journée du Patrimoine, Pierres en lumière, etc...), la présence d&amp;#039;une association de sauvegarde qui accompagne financièrement le projet ou qui organise des activités culturelles au sein de l&amp;#039;édifice.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES NON ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses d&amp;#039;entretien courantes (y compris orgues et cloches), le chauffage, l&amp;#039;électricité, les dépenses liées au culte ; les travaux réalisés en régie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-departementale-pour-la-sauvegarde-du-patrimoine-immobilier-eglise-chateau-moulin-hopital-etc/</t>
+        </is>
+      </c>
+      <c r="W144" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DGA « Appui aux territoires et attractivité » Conseil départemental de la Manche - Direction du patrimoine et des musées  Pôle administratif
+&lt;/p&gt;
+&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.55.50
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:patrimoine&amp;#64;manche.fr" target="_self"&gt;
+  patrimoine&amp;#64;manche.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3ac7-aide-departementale-pour-la-sauvegarde-du-pat/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:27" customHeight="0">
+      <c r="A145" s="1">
+        <v>163217</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer le patrimoine protégé</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Plan églises et petits patrimoines remarquables</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I145" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J145" s="1" t="inlineStr">
+        <is>
+          <t>Dépense plafonnée à 1 000 000 € HT</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a adopté lors de l’Assemblée départementale du 27 juin 2022, un «plan églises – petits patrimoines remarquables» pour la période 2022-2025, en faveur de la restauration des églises et du patrimoine local eurélien. Ce patrimoine contribue grandement à l’identité de nos territoires et mérite une action particulière de rénovation et de mise en valeur, en vue d’une valorisation touristique notamment.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Bénéficiaires&lt;/span&gt;&lt;span&gt;
+:&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes,&lt;/li&gt;&lt;li&gt;Particuliers ou associations propriétaires de
+monuments ou de mobiliers protégés (classés ou inscrits) à l’inventaire
+supplémentaire des monuments historiques.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Opérations
+éligibles&lt;/u&gt; :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration et mise en valeur des
+monuments (églises, château…)&lt;/li&gt;&lt;li&gt;Restauration
+et mise en valeur du mobilier (tableau, fresque, statue, sculpture, banc,
+autel, retable…), &lt;/li&gt;&lt;li&gt;Restauration
+et mise en valeur &lt;span&gt;du patrimoine local : moulin,
+colombier, lavoir, monument aux morts, calvaires, pompe, éolienne de type
+bollée, bâtiment communal remarquable (grange, ancienne école, presbytère, pont
+piétons, passerelle, ancienne gare…).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Dépenses éligibles : &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études, diagnostics, &lt;/li&gt;&lt;li&gt;Maitrise d’œuvre,&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux de restauration,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Travaux d’aménagement annexe (sonorisation,
+chauffage, mise en lumière).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les divers et imprévus ne sont pas éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Montant
+de l’aide&lt;/u&gt; :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être
+égal ou supérieur à 1 000 €.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les
+financements seront attribués dans la limite de l’enveloppe budgétaire
+disponible.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Restauration d&amp;#039;une église protégée&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;u&gt;Conditions d’attribution :&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes suivantes sont limitées à 1 dossier / an : Chartres, Dreux, Châteaudun, Nogent-le-Rotrou, Lucé, Mainvilliers, Vernouillet.&lt;/li&gt;&lt;li&gt;Pour les monuments historiques, l’opération doit être subventionnée par l’Etat (Direction régionale des affaires culturelles – (DRAC)).&lt;/li&gt;&lt;li&gt;Pour les particuliers ou associations, les bâtiments doivent être ponctuellement ouverts au public et figurer sur les plans de jalonnement touristique.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/plan-eglises-petits-patrimoines/</t>
+        </is>
+      </c>
+      <c r="W145" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/restaurer-le-patrimoine-protege/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:27" customHeight="0">
+      <c r="A146" s="1">
+        <v>97329</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les aménagements de sentiers pédestres labellisés par le Département de la Vendée</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Schéma départemental de développement touristique 2022 - 2028
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Plan Départemental des Itinéraires de Promenades et de Randonnées (P.D.I.P.R.) est l&amp;#039;outil juridique permettant la préservation des chemins ruraux qui relève de la compétence des Départements. A ce jour, 3 600 km de sentiers constituent ce plan en Vendée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du schéma départemental de développement touristique 2022-2028, le Département entend développer les activités de pleine nature notamment la randonnée pédestre dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  poursuivre la qualification de l&amp;#039;offre de randonnée pédestre pour l&amp;#039;octroi du label départemental à certains sentiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  équiper les sentiers labellisés pour répondre au mieux au besoin des randonneurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir une offre de randonnée structurée et de qualité sur l&amp;#039;ensemble du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif vise à renforcer l&amp;#039;attractivité touristique du département par la création ou l&amp;#039;amélioration d&amp;#039;aménagements destinés à l&amp;#039;accueil de randonneurs pédestres sur les sentiers labellisés.
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher de dépenses subventionnables : 2000€
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonds de dépenses subventionnables : 1000€ HT/km dans la limite de 20km par sentier pour les travaux de création, amélioration, sécurisation d&amp;#039;un sentier, l&amp;#039;équipement d&amp;#039;accueil et le mobilier d&amp;#039;interprétation (auxquels peuvent s&amp;#039;ajouter 20 000€ HT pour la pose de passerelles et/ou platelage);
+&lt;/p&gt;
+&lt;p&gt;
+ 5000€ HT par sentier pour les travaux d&amp;#039;accessibilité aux personnes en situation de handicap
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention de 60% en cas de travaux réalisés par une entreprise d&amp;#039;insertion et/ou d&amp;#039;aménagements réalisés avec des matériaux répondant à des normes environnementales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de débroussaillage à l&amp;#039;ouverture d&amp;#039;un sentier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;amélioration et de sécurisation d&amp;#039;un cheminement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire de la faune, tables d&amp;#039;orientation, panneau d&amp;#039;interprétation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilier d&amp;#039;accueil
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation d&amp;#039;arbres
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;accessibilité du sentier aux personnes en situation de Handicap
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Equipement public
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes ou Groupements de communes ayant la compétence randonnée pédestre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Office National des Forêts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles les opérations d&amp;#039;aménagements liées à la création, à l&amp;#039;amélioration et à la sécurisation des sentiers (aménagements spécifiques liés à un sentier thématique ou à la mise en valeur d&amp;#039;un patrimoine ; aménagements spécifiques liés à l&amp;#039;accessibilité d&amp;#039;un sentier) ainsi que les aménagements et équipements d&amp;#039;accueil pour les randonneurs aux abords du sentier et de son point de départ (aménagements et travaux paysagers, mobilier d&amp;#039;accueil du public).
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une manière générale, les aménagements réalisés devront s&amp;#039;intégrer au site et à son environnement, être adaptés à sa fréquentation ; prendre en compte la proximité d&amp;#039;aires de service vélo et de grands itinéraires pédestres.
+&lt;/p&gt;
+&lt;p&gt;
+ Les sentiers qui pourront bénéficier de la subvention devront répondre aux critères qualité du label départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire s&amp;#039;engage à déposer une demande de labellisation avant la demande de subvention dans le but de s&amp;#039;assurer de l&amp;#039;éligibilité du sentier au label départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles les études, les acquisitions foncières, les aménagements de parkings et la construction ou rénovation de bâtiments, les équipements touristiques et de loisirs, les dépenses de fonctionnement et d&amp;#039;entretien, la signalétique directionnelle, le balisage et les actions de promotion et éditions de supports de communication.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vendee.fr/Territoire-et-environnement/Environnement/29844-Les-sentiers-de-randonnee-pedestre-en-Vendee/Les-sentiers-pedestres-labellises-par-le-Departement-de-la-Vendee</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 85 29
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:amenagement-tourisme&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  mission.tourisme&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>mission.tourisme@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f585-soutenir-les-amenagements-de-sentiers-pedestr/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:27" customHeight="0">
+      <c r="A147" s="1">
+        <v>145445</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la construction, la restructuration ou la réhabilitation d’équipements sportifs de proximité</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Réglement d'aide à la construction, la restructuration ou la réhabilitation d’équipements sportifs de proximité</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I147" s="1" t="inlineStr">
+        <is>
+          <t> Max : 18</t>
+        </is>
+      </c>
+      <c r="J147" s="1" t="inlineStr">
+        <is>
+          <t>Application du CSD. Montant des travaux : Minimum : 60.000€ H.T. / Maximum : 500.000€ H.T.</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une subvention en capital peut être accordée aux communes et groupements de communes pour des travaux de construction, restructuration ou réhabilitation d&amp;#039;équipements sportifs de proximité favoriser la présence sur tous les territoires d&amp;#039;équipements adaptés aux pratiques sportives à l&amp;#039;exclusion des simples travaux d&amp;#039;entretien courants.&lt;br /&gt;
+ &lt;/p&gt;
+ Dans le cas d&amp;#039;une polyvalence, l&amp;#039;utilisation sportive principale devra être démontrée, dans le cadre des liens avec les Clubs et les établissements scolaires.
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Cette aide n&amp;#039;est pas cumulable avec celle qui serait accordée au titre du :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   règlement d&amp;#039;aide à la construction, réhabilitation et restructuration des équipements sportifs mis à disposition prioritaire des collèges,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Budget Participatif Citoyen.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;Le présent règlement concerne :&lt;ul&gt;&lt;li&gt;les équipements sportifs de plein air y compris les équipements dits de loisirs (pumptrack, skatepark et city stade) ; les aménagement liés à des parcours de santé ainsi que les aires de fitness en extérieur ne sont pas éligibles ;&lt;/li&gt;&lt;li&gt;les salles sportives : dans le cas d’une polyvalence, l’utilisation sportive principale devra être démontrée, dans le cadre des liens avec les Clubs et les établissements scolaires.&lt;/li&gt;&lt;/ul&gt;Ne sont pas éligibles :&lt;ul&gt;&lt;li&gt;les dépenses directement non-liées aux pratiques sportives qui seront exclues du calcul de l’assiette des dépenses subventionnables ; il s’agit notamment : tribunes, gradins, clubs-house, espaces connexes,&lt;/li&gt;&lt;li&gt;les dépenses afférentes à de simples travaux d’entretien courants,&lt;/li&gt;&lt;li&gt;les projets dont le coût est inférieur à 60 000 € HT.&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Priorité est donnée aux projets motivés par les éléments suivants :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La création d&amp;#039;espaces de pratique supplémentaire adaptés aux conditions d&amp;#039;enseignement de l&amp;#039;EPS et/ou à la pratique fédérale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   une mise en conformité avec des exigences règlementaires fédérales,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la mise en sécurité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets faisant d&amp;#039;une plus-value sur un territoire (territoire communautaire) dont le taux d&amp;#039;équipement/habitant serait inférieur à la moyenne départementale.
+  &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour les équipements dit de loisirs, l’insuffisance d’autres équipements dédiés à la&lt;br /&gt;pratique sportive sur la commune sera pris en compte.&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;
+ &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T147" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/partage-documentaire</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Education, de la Jeunesse et des Sports
+&lt;/p&gt;
+&lt;p&gt;
+ Courriel :
+ &lt;a href="mailto:education&amp;#64;landes.fr" target="_self"&gt;
+  education&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7cc-aider-a-la-construction-la-restructuration-ou/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:27" customHeight="0">
+      <c r="A148" s="1">
+        <v>15646</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'emploi et l'attractivité tout en permettant un aménagement équilibré du territoire</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J148" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'intervention de 25% du montant des dépenses éligibles avec une subvention plafonnée à</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En application du Schéma Régional de Développement Touristique et des Loisirs, les dispositifs d&amp;#039;intervention Aménagements et Equipements touristiques de la Région Occitanie visent à favoriser l&amp;#039;emploi et l&amp;#039;attractivité tout en permettant un aménagement équilibré du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Trois priorités sont identifiées :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faire émerger ou consolider des projets de destinations d&amp;#039;excellence de notoriété internationale avec la politique Grands Sites Occitanie qui prend en compte l&amp;#039;ensemble des composantes du tourisme, et associe les opérateurs publics et privés autour d&amp;#039;un programme d&amp;#039;actions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les équipements et aménagements touristiques ainsi que les projets de destination, structurants et d&amp;#039;intérêt régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer un aménagement touristique équilibré du territoire en accompagnant les investissements touristiques d&amp;#039;intérêt local.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de ce schéma, la Région accompagne les aménagements liés à la grande itinérance d&amp;#039;intérêt régional dont l&amp;#039;objectif est d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la structuration d&amp;#039;un projet de grande itinérance (voies vertes, itinéraires majeurs) à forte composante touristique et économique démontrée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Revitalisation
+Equipement public
+Emploi
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit concourir à la structuration d&amp;#039;un projet de grande itinérance (voies vertes, itinéraires majeurs) à forte composante touristique et économique démontrée. Les projets seront mentionnés à titre indicatif dans les politiques contractuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements envisagés devront respecter les caractéristiques techniques et environnementales arrêtées par le cahier des charges national des véloroutes et voies vertes. Ces équipements structurants doivent s&amp;#039;inscrire dans le cadre d&amp;#039;une démarche volontariste de développement durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Amenagements-lies-a-la-grande-itinerance-d-interet-regional</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction du Tourisme et du thermalisme - Service Aménagement et Équipements touristiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : 05 61 33 54 22
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier : 04 67 22 94 29
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/215a-amenagements-lies-a-la-grande-itinerance-dint/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:27" customHeight="0">
+      <c r="A149" s="1">
+        <v>98639</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer le patrimoine historique</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I149" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département du Calvados attache un soin particulier à la restauration de son patrimoine. Il aide les communes, les intercommunalités, les associations et les propriétaires privés dans leurs projets de restauration, mais aussi les accompagne pour les diagnostics préalables à leurs travaux, les sécurisations/mises en valeur, la sécurisation incendie ainsi que leur projet de reconversion d&amp;#039;édifices cultuels.
+&lt;/p&gt;
+&lt;h4&gt;
+ Accompagnement au diagnostic
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Capture_accompagnement_au_diagnostic.JPG" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Restauration pour les édifices protégés
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Edifices_proteges.JPG" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Restauration pour les édifices non protégés
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Non_proteges.JPG" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Aide pour le patrimoine mobilier
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/patrimoine_mobilier.JPG" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Aide pour la sécurisation incendie
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Securisation_incendie.JPG" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Reconversion des édifices cultuels pour d&amp;#039;autres usages
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Reconversion_des_edifices_cultuels.JPG" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour les propriétaires de monuments privés non protégés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  que le bâtiment appartienne à une association ou une fondation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ouverture au public s&amp;#039;inscrivant dans une démarche de découverte du patrimoine (sur présentation du dispositif existant ou à venir).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les propriétaires de monuments privés protégés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  ouverture au public s&amp;#039;inscrivant dans une démarche de découverte du patrimoine (sur présentation du dispositif existant ou à venir) ou monument emblématique dans un environnement à fort potentiel touristique (cf.
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/Liste-des-monuments-emblematiques-ou-conservant-%20des-objets-emblematiques-du-departement-du-Calvados.pdf" rel="noopener" target="_blank"&gt;
+   Liste des monuments emblématiques
+  &lt;/a&gt;
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/restauration-du-patrimoine-histo.html</t>
+        </is>
+      </c>
+      <c r="W149" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices.calvados.fr</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil Départemental du Calvados
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ DGA Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la culture
+&lt;/p&gt;
+&lt;p&gt;
+ Service patrimoine :
+ 02 31 57 18 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/892b-restaurer-le-patrimoine-historique/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:27" customHeight="0">
+      <c r="A150" s="1">
+        <v>120422</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la modernisation des hébergements locatifs appartenant à une commune et leurs groupements</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>AIDE A LA MODERNISATION DES HEBERGEMENTS LOCATIFS APPARTENANT A UNE COMMUNE ET LEURS GROUPEMENTS</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J150" s="1" t="inlineStr">
+        <is>
+          <t>plancher : 6000€HT</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ : Aider les communes et leur groupement, propriétaires de locatif touristique, à moderniser leur hébergement de type gîte.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide et montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ Le plancher de dépenses subventionnables est fixé à 6 000 € HT.
+&lt;/p&gt;
+&lt;p&gt;
+ Précisant que pour les dépenses spécifiques comme des dépenses portant sur une piscine, la structure doit avoir une capacité d&amp;#039;accueil d&amp;#039;au moins 10 personnes.
+&lt;/p&gt;
+&lt;p&gt;
+ A noter : la participation financière minimale du maître d&amp;#039;ouvrage ne pourra être inférieure au seuil de 20 % fixé à l&amp;#039;article L.1111-10 du CGCT, du montant total des financements apportés par des personnes publiques à ce projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Le taux de l&amp;#039;aide varie selon la zone.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Le taux de participation du Département est de 20 %, pour un gîte hors zone rurale fragile, et de 30 % en zone rurale fragile (ZRF), pour des dépenses de 6 000 à 18 000 euros HT.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Concernant le gîte de groupe, les taux sont identiques, pour des dépenses de 6 000 à 25 000 € HT.
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h4&gt;
+ Pièces constitutives du dossier
+&lt;/h4&gt;
+&lt;p&gt;
+ Formulaire de demande de subvention à retirer auprès du service instructeur.
+&lt;/p&gt;
+&lt;h4&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépôt en ligne via la plateforme
+  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+   Drôm Démat
+  &lt;/a&gt;
+  :
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : TOURISME
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Soutien et promotion touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Par l&amp;#039;Agence de Développement Touristique, (ADT), avec avis de l&amp;#039;élu en charge du Tourisme et délibération du Département en Commission Permanente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Les acomptes sont versés au fur et à mesure de la réalisation de l&amp;#039;opération au vu des justificatifs de travaux et le solde à l&amp;#039;achèvement des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les justificatifs doivent être remis au service ordonnateur des paiements, soit à la Direction du développement Economique, 26 avenue du président Herriot, 26026 Valence Cedex 9.
+&lt;/p&gt;
+&lt;p&gt;
+ Le contrôle des pièces présentées pour le paiement de la subvention est opéré par le service ordonnateur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+ Les travaux de modernisation et l&amp;#039;amélioration du confort.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communes et leur groupement, propriétaires de locatif touristique, adhérents à un label reconnu par le Département, ou dans une démarche de labellisation dans un délai d&amp;#039;un an à partir du dépôt de la demande de subvention dont la structure est classée 1 épi minimum.
+&lt;/p&gt;
+&lt;p&gt;
+ A  noter que la commune ou le groupement de communes ayant obtenu le plafond d&amp;#039;aide possible ne pourra pas solliciter une nouvelle intervention départementale avant un délai de cinq années à compter de l&amp;#039;année du versement du solde de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T150" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-la-modernisation-des-hebergements-locatifs-appartenant-a-une-commune-et-leurs-groupements/</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Maison du Tourisme ADT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 8, rue Baudin
+ &lt;br /&gt;
+ CS 40531
+ &lt;br /&gt;
+ 260004 VALENCE CEDEX
+ &lt;br /&gt;
+ Tél. :
+ &lt;strong&gt;
+  04 75 82 13 26
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/15d7-aide-a-la-modernisation-des-hebergements-loca/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" spans="1:27" customHeight="0">
+      <c r="A151" s="1">
+        <v>155111</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une étude de revitalisation de centre-bourg, centre-ville, quartier, projet de territoire</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Etude de revitalisation de centre-bourg, centre-ville, quartier, projet de territoire (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Réalisation d&amp;#039;étude de revitalisation de centre-bourg, centre-ville, quartier, établissement d&amp;#039;un projet de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT ou TTC selon que le maître d&amp;#039;ouvrage puisse ou non récupérer la TVA sur l&amp;#039;opération avec application d&amp;#039;un taux fixe de 50% avec une aide plafonnée à 15 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cahier des charges de l&amp;#039;étude
+  &lt;/li&gt;
+  &lt;li&gt;
+   Proposition du cabinet retenu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Commerces et services
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les études devront être réalisées sur un périmètre suffisamment étendu et associer la société civile (habitants, commerçants, ...) au cours des différentes étapes. Les projets de territoire devront également être construits avec la société civile et appréhender les principaux sujets de l&amp;#039;aménagement du territoire : espaces publics, mobilités, habitats, économie, activités socio-culturelles, tourisme, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais de publicité et de reproduction des dossiers.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T151" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/etude-de-revitalisation-de-centre-bourg-centre-ville-quartier-projet-de-territoire-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d73f-etude-de-revitalisation-de-centre-bourg-centr/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:27" customHeight="0">
+      <c r="A152" s="1">
+        <v>90752</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Financer les études préalables pour les opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Études préalables pour les opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I152" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 25</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;accompagnement financier de ces opérations a pour but de favoriser l&amp;#039;émergence de projets viables.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces études ont pour objectif d&amp;#039;analyser les besoins, le potentiel (atouts et faiblesses) d&amp;#039;un site patrimonial et de proposer un projet adapté aux contraintes identifiées pour procéder à une valorisation ou à une mise en tourisme optimisées. De telles études sont indispensables à la prise de décision pour des projets de développement touristique d&amp;#039;envergure.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités de calcul de la subvention régionale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  20 % du coût hors taxes de l&amp;#039;étude, subvention plafonnée à 20 000 €, dans la limite de 80 % de subventions publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si le projet est aidé au titre des crédits européens, le taux d&amp;#039;aide est de 25 % du coût hors taxes de l&amp;#039;étude, subvention plafonnée à 20 000 €, dans la limite de 70% de subventions publiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Crédits européens potentiellement mobilisables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   - FEADER :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aquitaine : LEADER 2014-2020 pour les GAL ayant activé une thématique en lien avec le patrimoine
+  &lt;/li&gt;
+  &lt;li&gt;
+   Limousin : FEADER 2014-2020, thématique opérationnelle 7.6.5 « Valorisation du patrimoine naturel et culturel des territoires ruraux », pour les projets de plus de 50 000€ / LEADER 2014-2020, pour les projets de moins de 50 000 € pour les GAL ayant activé la thématique correspondante
+  &lt;/li&gt;
+  &lt;li&gt;
+   Poitou-Charentes : LEADER 2014-2020 pour les GAL ayant activé une thématique en lien avec le patrimoine
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   - FEDER :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Limousin : axe 5, OT6, OS 5.1, Action 5.1.1 « Projet transversaux d&amp;#039;initiative territoriale et d&amp;#039;envergure régionale en matière de préservation et valorisation du patrimoine culturel »
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+ Communes, Établissements publics de coopération intercommunale (communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux...), Départements, associations, entreprises (à l&amp;#039;exclusion de SCI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sites patrimoniaux publics et privés (hors particuliers), protégés ou non au titre des MH.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites disposant d&amp;#039;une billetterie (gratuite ou payante)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites ouverts au public au minimum de 3 à 6 mois dans l&amp;#039;année, selon leur localisation sur le territoire régional et leur potentiel touristique (données de fréquentation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites gérés par une équipe professionnelle (permanente ou saisonnière)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet envisagé de manière globale objet de la présente étude
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet comprenant plusieurs volets, dont un volet médiation obligatoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de priorisation :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet structurant pour le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet aidé au titre des dispositifs de la politique touristique de la Région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte de l&amp;#039;innovation et du numérique dans les outils de médiation et l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des économies de flux (eau, électricité,...), des déplacements doux, de la gestion de déchets, de l&amp;#039;usage des matériaux et produits locaux, de l&amp;#039;accès au public handicapé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inscription du projet dans son environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site en gestion publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites inscrits sur un territoire engagé dans une démarche de qualité, dans un dispositif de reconnaissance officielle de son patrimoine ou de mise en réseau de sites....
+ &lt;/li&gt;
+ &lt;li&gt;
+  Carte de la vulnérabilité socio-économique relative des EPCI (cf. annexe).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Prestations intellectuelles : études historiques et architecturales, études diagnostic, études de faisabilité et de programmation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/etudes-prealables-pour-les-operations-globales-de-valorisation-de-sites-patrimoniaux</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction de la Culture et du Patrimoine :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les départements 24-33-40-47-64 : Laurence Fouquet : 05.57.57.74.10
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les départements 19-23-87 : Nadia Jabnoun-Verger :
+   05.55.45.19.61
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les départements 16-17-79-86 : Aurélie Riffaud :
+   05.49.36.30.05
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5dee-etudes-prealables-pour-les-operations-globale/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:27" customHeight="0">
+      <c r="A153" s="1">
+        <v>95125</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Développer la pratique sportive en favorisant sa promotion par des sportifs audois</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J153" s="1" t="inlineStr">
+        <is>
+          <t>Le montant de l’aide repose sur des critères d’évaluation précis</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif de cette aide est de promouvoir la pratique sportive, notamment dans son rôle de cohésion sociale et d&amp;#039;épanouissement personnel.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de l&amp;#039;Aude offre des aides financière ou matérielle aux sportifs qui sont impliqués dans l&amp;#039;animation et la promotion du sport dans le département.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Soutien aux pratiques sportives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion et développement de la discipline sportive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compétitions et tournois règlementés par les fédérations sportives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations sportives locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Cohésion sociale et inclusion</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les bénéficiaires de cette aide sont les suivants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les comités départementaux qui sont les acteurs principaux de l&amp;#039;essor d&amp;#039;une discipline sportive sur le territoire et les garants du bon fonctionnement de la pratique sportive en fédérant les clubs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les clubs de sports d&amp;#039;équipe de niveau national qui affichent le dynamisme du territoire audois  et encouragent la pratique sportive, notamment auprès des jeunes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les sportifs de haut niveau répondant à des critères définis et les structures de haut niveau,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations sportives et structures, les collectivités et offices municipaux de tourisme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les collégiens et apprentis boursiers.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T153" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/reglement-aides-de-fonctionnement-domaine-sportif</t>
+        </is>
+      </c>
+      <c r="W153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/les-aides-financieres-dans-le-domaine-du-sport</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des sports, de la jeunesse et du plein air
+&lt;/p&gt;
+&lt;p&gt;
+ Secrétaire - Valérie Martin
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone :
+ 04.68.11.64.16
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a rel="noopener" target="_blank"&gt;
+  valerie.martin&amp;#64;aude.fr
+ &lt;/a&gt;
+ /
+ &lt;a href="mailto:sport&amp;#64;cg11.fr" rel="noopener" target="_blank"&gt;
+  sport&amp;#64;cg11.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ff2a-developper-la-pratique-sportive-en-favorisant/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:27" customHeight="0">
+      <c r="A154" s="1">
+        <v>90803</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Restaurer et valoriser des sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le patrimoine doit être considéré comme une ressource pour les territoires, parfois la seule dans les zones rurales, dans une perspective d&amp;#039;aménagement et de développement socio-économique et touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Ces opérations globales de valorisation concernent des sites ou édifices majeurs, mais aussi des entités patrimoniales plus modestes, reconnus de préférence par un label patrimonial, qui présentent un intérêt tout particulier par leur forte singularité historique ou architecturale, dans une optique d&amp;#039;aménagement maillant le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ De tels sites ou monuments, à l&amp;#039;attractivité touristique potentielle ou avérée, peuvent contribuer au développement économique local s&amp;#039;ils sont suffisamment mis en valeur et accessibles au public. Ils doivent correspondre à des programmes d&amp;#039;investissement, à la fois matériels et immatériels, comprenant nécessairement plusieurs volets : restauration – cristallisation / création de contenus de supports de visite, scénographie, muséographie  / aménagements liés à l&amp;#039;accueil du public, prestations intellectuelles, outils de médiation, mise en tourisme...
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit de favoriser les pratiques culturelles et de découvertes et notamment des formes de valorisation nouvelles et originales, aujourd&amp;#039;hui sous-exploitées, et le développement des activités de service et de tourisme correspondantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets seront, si nécessaire, examinés, voire instruits et soutenus de manière transversale en mobilisant toutes les politiques régionales potentiellement concernées, et tout particulièrement celle du tourisme à travers ses dispositifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes, Établissements publics de coopération intercommunale (communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux...), Départements, Associations, Entreprises (à l&amp;#039;exclusion de SCI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25 % du coût total HT, avec un montant de subvention plafonné à 500 000 € par opération, hors bonification éventuelle.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 % du coût total HT, si le projet bénéficie d&amp;#039;une aide du FEADER ou du FEDER, avec un montant de subvention plafonné à 300 000 € par opération, hors bonification éventuelle.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans tous les cas, une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (cf. carte EPCI en annexe).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité (tous ces critères sont obligatoires):
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sites patrimoniaux publics et privés (hors particuliers et SCI), protégés ou non
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites disposant d&amp;#039;une billetterie (gratuite ou payante)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites ouverts au public au minimum de 3 à 6 mois dans l&amp;#039;année, selon leur localisation sur le territoire régional et leur potentiel touristique (données de fréquentation)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites gérés par une équipe professionnelle (permanente ou saisonnière) et adhérant à l&amp;#039;office tourisme local
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet envisagé de manière globale et faisant (ou ayant fait) l&amp;#039;objet d&amp;#039;une étude préalable de développement et de faisabilité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet comprenant plusieurs volets, dont un volet médiation obligatoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Critères de priorisation :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projet structurant pour le territoire (notoriété, intérêt patrimonial, fréquentation, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site en gestion publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites inscrits sur un territoire engagé dans une démarche de qualité, dans un dispositif de reconnaissance officielle de son patrimoine (labélisation, protection, UNESCO...) ou de mise en réseau de sites....
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet aidé au titre des dispositifs de la politique touristique de la Région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bénéficiaire dans un territoire en situation de vulnérabilité socio-économique relative (Carte EPCI en annexe)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte du patrimoine culturel immatériel dans l&amp;#039;ensemble du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte d&amp;#039;une approche environnementale dans la conception du projet pour réduire les coûts de fonctionnement sur les postes : gestion des déchets, restauration du bâti, médiation, scénographie, muséographie, aménagements liés à l&amp;#039;accueil du public. Exemplarités dans les économies de flux (eau, électricité, ...). Encouragement aux déplacements doux et actifs. Prise en compte de l&amp;#039;accessibilité au public handicapé. Utilisation de matériaux et de produits locaux. Inscription du projet dans son environnement par l&amp;#039;intégration paysagère des équipements liés à l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte de l&amp;#039;innovation et du numérique dans les outils de médiation et l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site faisant l&amp;#039;objet d&amp;#039;une animation culturelle spécifique (festivals, spectacles vivants, arts plastiques, expositions temporaires, etc...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1) Volet restauration et cristallisation :
+ &lt;/strong&gt;
+ les dépenses portant sur la restauration d&amp;#039;un édifice ou d&amp;#039;un site, ou la cristallisation de vestiges faisant partie intégrante du site remarquable. Dans certains cas, les fouilles archéologiques complémentaires, nécessaires à la compréhension et la visite du site. La maîtrise d&amp;#039;œuvre associée aux travaux de restauration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans certains cas, les travaux d&amp;#039;urgence qui constituent un préalable indispensable à la mise en œuvre d&amp;#039;un projet de valorisation du site, pourront être retenus. Le projet devra alors être défini dans ses grandes lignes et sa mise en œuvre devra être prévue, sans en être encore au stade de la programmation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Volet médiation/scénographie/muséographie :
+ &lt;/strong&gt;
+ pour les aménagements scénographiques ou muséaux, les dépenses matérielles et les prestations intellectuelles pour réaliser les outils de médiation et leurs contenus. La maîtrise d&amp;#039;œuvre associée aux travaux de scénographie/muséographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3) Volet accueil du public.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La répartition précise des postes de dépenses entre les politiques « patrimoine » et « tourisme », voire d&amp;#039;autres politiques régionales, sera établie par les directions concernées au moment de l&amp;#039;instruction du dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Région devra être associée au projet par le maitre d&amp;#039;ouvrage en tant que membre du Comité de pilotage ou de suivi.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études préalables à la définition du projet et de son programme sont éligibles au titre du dispositif 2.3 du présent règlement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Parkings, voiries et réseaux.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de simple entretien du site.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses générales de fonctionnement et frais de communication.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-globales-de-valorisation-de-sites-patrimoniaux</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Laurence Fouquet
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  (P
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  our les Départements 24-33-40-47-64)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 14, Rue François de Sourdis
+ &lt;br /&gt;
+ 33077
+                                                    Bordeaux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05.57.57.74.10
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nadia Jabnoun-Verger (Pour les Départements 19-23-87)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 27, boulevard de la Corderie.
+&lt;/p&gt;
+&lt;p&gt;
+ CS 3116
+ 87031
+                                                    Limoges Cedex 1
+&lt;/p&gt;
+&lt;p&gt;
+ 05.55.45.19.61
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aurélie Riffaud (Pour les Départements 16-17-79-86)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ 15, rue de l&amp;#039;Ancienne Comédie
+&lt;/p&gt;
+&lt;p&gt;
+ 86021
+                                                    Poitiers CS 70575
+&lt;/p&gt;
+&lt;p&gt;
+ 0549363005
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5e22-operations-globales-de-valorisation-de-sites-/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:27" customHeight="0">
+      <c r="A155" s="1">
+        <v>162499</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en valeur le patrimoine local</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>APPEL A PORTEURS DE PROJETS / GAL Soissonnais Valois - Réouverture de la programmation LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Soissonnais (PETR)</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I155" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;***  EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La définition d’une identité touristique commune à tout le territoire&lt;/p&gt;&lt;p&gt;• L’augmentation du nombre de sites patrimoniaux ouverts à la visite&lt;/p&gt;&lt;p&gt;• L’augmentation du nombre de sites naturels aménagés et valorisés&lt;/p&gt;&lt;p&gt;• L’augmentation de la fréquentation des sites touristiques&lt;/p&gt;&lt;p&gt;• La mise en valeur de sites méconnus&lt;/p&gt;&lt;p&gt;• La préservation du patrimoine bâti et naturel&lt;/p&gt;&lt;p&gt;• L’augmentation du nombre et de la qualité des parcours touristiques&lt;/p&gt;&lt;p&gt;• L’augmentation du nombre et de la qualité d’évènements et de manifestations ponctuelles à vocation touristique&lt;/p&gt;&lt;p&gt;• L’embellissement des centres bourgs&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;*** DESCRIPTIF DES ACTIONS&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1/ Définir l’identité touristique du territoire autour de ses richesses naturelles et patrimoniales :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- Tout projet concourant à la définition d’une identité touristique commune du territoire autour de ses richesses naturelles et patrimoniales&lt;/p&gt;&lt;p&gt;- Tout projet permettant de développer une offre différenciante – un produit phare partagé par tous&lt;/p&gt;&lt;p&gt;- La mise en œuvre de campagnes de promotion visant à cibler une clientèle touristique axée sur cette thématique&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2/ Créer une expérience touristique autour de circuits de découvertes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- L’animation et la création de nouvelles expériences touristiques notamment autour de routes touristiques, de parcours à créer ou à redynamiser&lt;/p&gt;&lt;p&gt;- Le développement de la mise en tourisme de certains sites industriels&lt;/p&gt;&lt;p&gt;&lt;strong&gt;3/ Accompagner des actions de valorisation ou de préservation des patrimoines naturels et bâtis :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;- La mise en œuvre d’une signalétique du patrimoine local&lt;/p&gt;&lt;p&gt;- L’accompagnement à la rénovation et à la préservation des patrimoines permettant d’ouvrir au public de nouveaux sites touristiques ou de mettre en lumière des sites non valorisés&lt;/p&gt;&lt;p&gt;- L’accompagnement à la valorisation et à l’embellissement des centres bourgs&lt;/p&gt;&lt;p&gt;- L’accompagnement à l’organisation de manifestations ponctuelles et de de mises en évènements des sites (commémorations, reconstitutions, anniversaires...)&lt;/p&gt;&lt;p&gt;- Les études en vue d’un investissement&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P155" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2024</t>
+        </is>
+      </c>
+      <c r="Q155" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T155" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Soissonnais Valois</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdusoissonnaisvalois.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;span&gt;Kassandra SANDJAK&lt;/span&gt; : &lt;/span&gt;&lt;span&gt;(&lt;/span&gt;&lt;em&gt;Portable ) 06 58 62 11 58 ou (&lt;/em&gt;&lt;em&gt;Fixe)  03 23 73 75 69, adresse mail : &lt;a target="_self"&gt;ksandjak&amp;#64;soissonnaisvalois.fr&lt;/a&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;Adélaïde DUFRESNE&lt;/span&gt; :   &lt;em&gt;(&lt;/em&gt;&lt;em&gt;Fixe)  03 23 73 75 69,  &lt;/em&gt;&lt;/span&gt;&lt;em&gt;Adresse mail : &lt;a target="_self"&gt;adufresne&amp;#64;soissonnaisvalois.fr&lt;/a&gt;&lt;/em&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>ksandjak@soissonnaisvalois.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mettre-en-valeur-le-patrimoine-local/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:27" customHeight="0">
+      <c r="A156" s="1">
+        <v>163147</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les actions en faveur de la pratique du vélo</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I156" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J156" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 100 000 € HT pour les études / Plafond de 200 000 € HT pour les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+Aujourd’hui, l’adaptation des
+territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
+des espaces et des activités humaines. C’est pourquoi, le
+Département souhaite faciliter l’émergence de projets locaux par
+la mobilisation de moyens techniques et financiers adaptés aux
+attentes des territoires sur les thématiques liées à la transition
+écologique (restauration et préservation des milieux naturels et
+aquatiques, plantations de végétaux, gestion des eaux pluviales) et
+aux mobilités douces (plan départemental des itinéraires de
+promenade et de randonnée, développement de la mobilité à
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Le département d&amp;#039;Eure-et-Loir a acté le 1er schéma directeur cyclable le 27 mars 2023, qui prend en compte les enjeux du vélo au quotidien et les enjeux du vélotourisme. Dans cette stratégie, le Département s&amp;#039;engage sur les 10 années à venir à mettre en oeuvre des actions visant à sécuriser les trajets à vélo par des aménagements cyclables, à développer les services de l&amp;#039;écosystème vélo et à promouvoir la pratique du vélo au quotidien.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etudes, schémas, plans de mobilités douces,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Acquisition foncière nécessaire à la création ou l&amp;#039;amélioration d&amp;#039;un aménagement cyclable, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagements cyclables : bandes cyclables, pistes cyclables, voies vertes...&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagements de sécurisation, résolution de carrefours dangereux, passerelles...&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le jalonnement et/ou la signalétique horizontale et verticale,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagement de haltes, d&amp;#039;aires de service, petits mobiliers d&amp;#039;accueil,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication
+	et valorisation du patrimoine (naturel, bâti ou d&amp;#039;artisanat) et des services à proximité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour permettre de réaliser des aménagements cyclables homogènes, continus, confortables et sécurisés sur tout le territoire, il est nécessaire d&amp;#039;harmoniser les pratiques et les principes d&amp;#039;aménagement entre les territoires et de mettre à disposition des collectivités des critères communs.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le règlement accessible sur le site du Conseil départemental d&amp;#039;Eure-et-Loir est accompagné d&amp;#039;un guide des aménagements cyclables, reprenant les critères d&amp;#039;éligibilité du dispositif, ainsi que d&amp;#039;autres conseils d&amp;#039;aménagement en annexe&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Les opérations finançables doivent permettre de développer la pratique du vélotourisme, du vélo de loisir et du vélo pour les déplacements utilitaires.&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T156" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
+        </is>
+      </c>
+      <c r="W156" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:27" customHeight="0">
+      <c r="A157" s="1">
+        <v>162262</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Identifier et aider des opérations d’amélioration de l’expérience client de sites emblématiques</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Sites touristiques exemplaires</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Ce dispositif vise à identifier et aider des opérations d’amélioration de l’expérience client de sites emblématiques forts, ou à fort potentiel de développement, ainsi que des projets de pilotage numérique des flux touristiques, dans l’optique de favoriser un développement pérenne de ces sites mais également d’optimiser les conditions d’accueil et d’information des visiteurs.&lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; Il se décline en deux volets : l’expérience client et la « mise en valeur touristique » (1) et l’expérimentation de solutions technologiques de pilotage des flux (2).&lt;/p&gt;
+ &lt;p&gt;Les gestionnaires de grands sites touristiques et de sites aujourd’hui « alternatifs » : Département, EPCI, association, entreprise, parc naturel, commune, office de tourisme ...&lt;/p&gt; &lt;p&gt;  &lt;span&gt;Pour confirmer leur éligibilité à ce dispositif, les candidats devront s’engager à respecter les modalités suivantes :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Volet 1 : l’expérience client et la « mise en valeur touristique » ; 	&lt;ul&gt; 		&lt;li&gt; L’amélioration de l’expérience client pourra se faire par de nouveaux aménagements et équipements et des services complémentaires, qui permettront d’organiser la découverte du site dans des conditions optimales.&lt;/li&gt; 		&lt;li&gt;Les investissements éligibles sont les suivants : schémas d’aménagement, canalisation de la fréquentation, achat et pose d’éco-compteurs, signalétique et pupitres d’interprétation, cheminements, points d’entrée et d’accueil, appontements, aires paysagères de stationnement, scénarisation de l’information, points d’eau, toilettes, location de vélo, gardiennage, accès aux personnes à mobilité réduite, bornes de rechargement pour des voitures et vélos électriques , outils d’interprétation par la réalité virtuelle et augmentée au cas par cas.&lt;br /&gt; 		 &lt;/li&gt; 		&lt;li&gt;Sont notamment exclus des dépenses éligibles : les parkings (seul l’aménagement paysager est éligible), les frais de fonctionnement (frais de personnel, actions de communication, frais occasionnés pour l’obtention de labels…), les études relatives à la capacité de charge d’un site, les schémas d’accueil et de visite, les outils de réservation de navettes.&lt;br /&gt; 		 &lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt; Volet 2 : l’expérimentation de solutions technologiques de pilotage des flux. 	&lt;ul&gt; 		&lt;li&gt;L’objectif est d’accompagner des projets permettant de mieux gérer les flux touristiques via des solutions numériques.&lt;/li&gt; 		&lt;li&gt;Les projets devront être intégrés dans une réflexion globale intégrant les quatre composantes essentielles que sont la gouvernance d’ensemble, la mesure et le pilotage par les données, la mobilité sur le territoire concerné et l’aménagement du site. Une réflexion relative à la capacité de charges des sites concernés sera appréciée.&lt;br /&gt; 		 &lt;/li&gt; 		&lt;li&gt;Les investissements éligibles sont les suivants : aménagements, équipements pour la mise en place de services, d’outils et services numériques de pilotage des flux : mesure de flux, collecte, traitement (temps-réel et/ou prédictif) et visualisation de données, interaction avec les usagers (applications mobiles, bornes d’information, signalétique…) ainsi que les études préalables à ces investissements.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P157" s="1" t="inlineStr">
+        <is>
+          <t>23/07/2024</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;  &lt;span&gt;Pour confirmer leur éligibilité à ce dispositif, les candidats devront s’engager à respecter les modalités suivantes :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Volet 1 : l’expérience client et la « mise en valeur touristique » ; 	&lt;ul&gt; 		&lt;li&gt; L’amélioration de l’expérience client pourra se faire par de nouveaux aménagements et équipements et des services complémentaires, qui permettront d’organiser la découverte du site dans des conditions optimales.&lt;/li&gt; 		&lt;li&gt;Les investissements éligibles sont les suivants : schémas d’aménagement, canalisation de la fréquentation, achat et pose d’éco-compteurs, signalétique et pupitres d’interprétation, cheminements, points d’entrée et d’accueil, appontements, aires paysagères de stationnement, scénarisation de l’information, points d’eau, toilettes, location de vélo, gardiennage, accès aux personnes à mobilité réduite, bornes de rechargement pour des voitures et vélos électriques , outils d’interprétation par la réalité virtuelle et augmentée au cas par cas.&lt;br /&gt; 		 &lt;/li&gt; 		&lt;li&gt;Sont notamment exclus des dépenses éligibles : les parkings (seul l’aménagement paysager est éligible), les frais de fonctionnement (frais de personnel, actions de communication, frais occasionnés pour l’obtention de labels…), les études relatives à la capacité de charge d’un site, les schémas d’accueil et de visite, les outils de réservation de navettes.&lt;br /&gt; 		 &lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt; Volet 2 : l’expérimentation de solutions technologiques de pilotage des flux. 	&lt;ul&gt; 		&lt;li&gt;L’objectif est d’accompagner des projets permettant de mieux gérer les flux touristiques via des solutions numériques.&lt;/li&gt; 		&lt;li&gt;Les projets devront être intégrés dans une réflexion globale intégrant les quatre composantes essentielles que sont la gouvernance d’ensemble, la mesure et le pilotage par les données, la mobilité sur le territoire concerné et l’aménagement du site. Une réflexion relative à la capacité de charges des sites concernés sera appréciée.&lt;br /&gt; 		 &lt;/li&gt; 		&lt;li&gt;Les investissements éligibles sont les suivants : aménagements, équipements pour la mise en place de services, d’outils et services numériques de pilotage des flux : mesure de flux, collecte, traitement (temps-réel et/ou prédictif) et visualisation de données, interaction avec les usagers (applications mobiles, bornes d’information, signalétique…) ainsi que les études préalables à ces investissements.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;
+ &lt;p&gt;&lt;span&gt;Contacter en amont le Service Tourisme, Economie Sociale et Solidaire, Economie de Proximité pour échanger sur les objectifs du projet et les moyens consacrés, si la pré-éligibilité du projet est confirmée :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Un dossier de candidature type sera fourni sur demande et devra être retourné au service de la Région selon le calendrier précisé dans le dossier de candidature.&lt;/li&gt; 	&lt;li&gt; La demande devra ensuite être déposée de façon dématérialisée sur la plateforme régionale dédiée, suivant le lien : subvention en ligne&lt;/li&gt; 	&lt;li&gt; L’ensemble du dossier de candidature devra également être transmis par voie électronique à l’adresse suivante : &lt;a href="mailto:ccoulomb&amp;#64;maregionsud.fr" title="ccoulomb&amp;#64;maregionsud.fr"&gt;ccoulomb&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/sites-touristiques-exemplaires</t>
+        </is>
+      </c>
+      <c r="W157" s="1" t="inlineStr">
+        <is>
+          <t>https://sudconnect.maregionsud.fr/auth/realms/citoyen/protocol/openid-connect/auth?client_id=subventions-portail&amp;redirect_uri=https%3A%2F%2Fsubventionsenligne.maregionsud.fr%2F&amp;response_type=code&amp;scope=openid&amp;code_challenge=q48n4YZePwkGxjW3kZdhxSnQqMF_dtU</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mme Céline COULOMB - Tél. : &lt;strong&gt;04 88 73 69 72&lt;/strong&gt; - &lt;a href="mailto:ccoulomb&amp;#64;maregionsud.fr" title="ccoulomb&amp;#64;maregionsud.fr"&gt;ccoulomb&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/sites-touristiques-exemplaires-experience-client-et-gestion-des-flux-touristiques/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:27" customHeight="0">
+      <c r="A158" s="1">
+        <v>103460</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leurs projets d’investissement concourant à l’aménagement, au développement et à l’équipement cohérent et durable du territoire</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Contrat d’aménagement régional (CAR)</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+La Région accompagne les collectivités franciliennes dans leurs projets d&amp;#039;investissement concourant à l&amp;#039;aménagement, au développement et à l&amp;#039;équipement cohérent et durable du territoire.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, centre de santé, voirie, stationnement...).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Espace public
+Jeunesse
+Cohésion sociale et inclusion
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ Communes de plus de 2000 habitants, EPCI à fiscalité propre et EPT
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;strong&gt;
+   Communes :
+  &lt;/strong&gt;
+  jusqu&amp;#039;à 50 % du montant des dépenses éligibles (subvention maximale : 1 M€).
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   EPCI et EPT :
+  &lt;/strong&gt;
+  jusqu&amp;#039;à 30 % du montant des dépenses éligibles (subvention maximale : 2 M€).
+ &lt;/p&gt;
+ &lt;p&gt;
+  Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales ou la création d&amp;#039;aires de jeux et de loisirs inclusives.
+ &lt;/p&gt;
+ Chaque contrat peut inclure plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-damenagement-regional-car</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ amenagement&amp;#64;iledefrance.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service l&amp;#039;administration en charge du dispositif avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/36b2-contrat-damenagement-regional-car/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:27" customHeight="0">
+      <c r="A159" s="1">
+        <v>119900</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et gérer le foncier nécessaire à la réalisation des projets des collectivités</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Portage foncier</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local du Doubs BFC (EPFL)</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF intervient en matière de portage foncier : il a ainsi vocation à acquérir directement, sur demande d&amp;#039;une collectivité, des biens nus ou bâtis, les gérer puis les rétrocéder à la collectivité (ou à tout autre organisme désigné par celle-ci) au moment opportun, lorsqu&amp;#039;elle est prête à réaliser son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ La technique du portage foncier offre l&amp;#039;avantage pour la collectivité de faire pré-financer par l&amp;#039;EPF tout ou partie des dépenses d&amp;#039;acquisition des biens nécessaires à la réalisation d&amp;#039;une opération d&amp;#039;aménagement sur une durée suffisamment longue, permettant à la collectivité de disposer desdits biens au moment opportun, sans apport financier immédiat. Cette technique permet à la collectivité de préparer dans les meilleures conditions possibles son projet. L&amp;#039;EPF étant propriétaire du bien acheté, il assume toutes les responsabilités et charges du propriétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Outil au service des collectivités et de leurs politiques publiques, l&amp;#039;EPF accompagne ses membres dans la définition et la mise en œuvre des actions foncières nécessaires à l&amp;#039;aménagement de leur territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez quelques exemples d&amp;#039;interventions de l&amp;#039;EPF Doubs BFC, qui illustrent la diversité de ses actions au service des territoires, sur le site internet de l&amp;#039;EPF :
+ &lt;a href="https://epfdoubsbfc.fr/interventions#exemples-et-temoignages" rel="noopener" target="_blank"&gt;
+  https://epfdoubsbfc.fr/interventions#exemples-et-temoignages
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Foncier</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément au Code de l&amp;#039;urbanisme, le périmètre d&amp;#039;intervention de l&amp;#039;EPF correspond au territoire des Etablissements Publics de Coopération Intercommunale (EPCI) qui en sont membres.
+&lt;/p&gt;
+&lt;p&gt;
+ Les acquisitions-relais sont réalisées à la demande et pour le compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de ses membres (EPCI &amp;#43; Départements &amp;#43; Région),
+ &lt;/li&gt;
+ &lt;li&gt;
+  des communes appartenant aux EPCI membres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de leurs établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  et de toute personne publique appelée à intervenir sur son aire d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;EPF est habilité à réaliser les acquisitions dans le cadre d&amp;#039;opérations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;habitat, notamment social,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de développement économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de renouvellement urbain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;équipements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de préservation des espaces agricoles, naturels et de loisirs.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
-[...7 lines deleted...]
- rural.feder&amp;#64;bourgognefranchecomte.fr
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://epfdoubsbfc.fr/</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ETABLISSEMENT PUBLIC FONCIER DOUBS BFC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 21 rue Louis Pergaud 25000 BESANCON
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 03 81 82 38 31
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : epf&amp;#64;epfdoubsbfc.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>anthony.debouche@epfdoubsbfc.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/652f-acquerir-et-gerer-le-foncier-necessaire-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="160" spans="1:27" customHeight="0">
+      <c r="A160" s="1">
+        <v>137951</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les structures culturelles (salle de spectacle ...) sur le territoire - Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant (accompagnement des structures culturelles)</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J160" s="1" t="inlineStr">
+        <is>
+          <t>Aide de 15% du cachet artistique qui ne pourra excéder 5.000€ par an et par structure.</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Favoriser les créations et les actions culturelles sur le territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département (collégiens, jeunes fréquentant les centres de loisirs, scolaires, extra-scolaires, plus de 60 ans, publics empêchés..) en relation avec leur territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et publics cibles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Lettre de demande de
+     subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
+     aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
+     subvention complété (CERFA / Spécifique)&lt;/li&gt;&lt;li&gt;Présentation du projet&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour
+les demandes de subvention en fonctionnement : &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271" target="_self"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt; &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;&lt;p&gt;
+  Partenariats : programme de projets d&amp;#039;actions culturelles
+ &lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au financement de spectacles/concerts dans le cadre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;accueil de créations d&amp;#039;artistes soutenus via l&amp;#039;accompagnement des artistes du Département (même après période de création/résidence) et/ou
+ &lt;/li&gt;
+ &lt;li&gt;
+  de la mise en place d&amp;#039;actions culturelles avec les écoles de musique, et/ou en direction des publics cibles comme les collégiens, plus de 60 ans, centres de loisirs, publics empêchés et/ou mise en valeur des sites patrimoniaux majeurs du Département (Château de Chavaniac, Domaine du Sauvage, La Chaise-Dieu, le lac du Bouchet, la Pinatelle du Zouave, les Narces de la Sauvetat...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;span&gt;
+ Bonification financière de l&amp;#039;accompagnement si esthétique proposée peu présente (musique classique, danse/musique contemporaine, musiques actuelles).
+&lt;/span&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Formulaire-de-demande-de.html</t>
+        </is>
+      </c>
+      <c r="W160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine :
+ &lt;a href="mailto:emilie.langlois&amp;#64;hauteloire.fr" target="_self"&gt;
+  culture.patrimoine&amp;#64;hauteloire.f&lt;/a&gt;r - 04 71 07 43 76 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Gestionnaire : Jérôme TOURNAYRE - jerome.tournayre&amp;#64;hauteloire.fr - 04 71 07 43 53&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aaaf-favoriser-les-creations-et-les-actions-cultur/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" spans="1:27" customHeight="0">
+      <c r="A161" s="1">
+        <v>20485</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Faire émerger ou consolider des projets de destination d'excellence de notoriété internationale - Grands Sites Occitanie</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Min : 35 Max : 50</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En application du Schéma Régional de Développement du Tourisme et des Loisirs (SRDTL) adopté lors de l&amp;#039;Assemblée plénière du 30 juin 2017, les critères d&amp;#039;intervention en faveur des
+ &lt;strong&gt;
+  Grands Sites Occitanie
+ &lt;/strong&gt;
+ ont pour objectif de faire émerger ou consolider des projets de destination d&amp;#039;excellence de notoriété internationale prenant en compte l&amp;#039;ensemble des composantes du tourisme en associant les opérateurs publics et privés autour d&amp;#039;un programme d&amp;#039;actions.
+&lt;/p&gt;
+&lt;p&gt;
+ A ce titre, peuvent être accompagnés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les équipements structurants à dimension touristique situés sur le périmètre des Grands Sites Occitanie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations d&amp;#039;aménagement urbains et paysagers permettant une valorisation touristique et situés sur le cœur emblématique du Grand Site visant à qualifier les entrées de ville et les cœurs emblématiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création et la rénovation des Offices de Tourisme de 1ère catégorie référents ainsi que les espaces d&amp;#039;interprétation y compris la création d&amp;#039;outils numériques intégré ou non dans l&amp;#039;Office de Tourisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les plans d&amp;#039;actions pluri-annuels des offices du tourisme de 1ère catégorie référents sur les territoires ruraux des Grands Sites Occitanie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études stratégiques et études pré opérationnelles, de conception ou de faisabilité́ précédant une dépense d&amp;#039;investissement. Les études de programmation des aménagements uniquement dans les cœurs emblématiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Investissements :
+  &lt;/strong&gt;
+  taux maximum de
+  &lt;strong&gt;
+   35%
+  &lt;/strong&gt;
+  du montant des dépenses éligibles : une bonification de
+  &lt;strong&gt;
+   5%
+  &lt;/strong&gt;
+  sera appliquée sur les surcoûts liés aux investissements permettant de bénéficier du label Tourisme et Handicap (prise en compte au minimum de 2 déficiences – hors mises aux normes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Études stratégiques :
+  &lt;/strong&gt;
+  taux maximum de
+  &lt;strong&gt;
+   50%
+  &lt;/strong&gt;
+  du montant des dépenses éligibles, avec un plafond de dépenses de
+  &lt;strong&gt;
+   100 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plans d&amp;#039;actions pluriannuels des offices de tourisme de 1ère catégorie référent des territoires ruraux :
+  &lt;/strong&gt;
+  intervention plafonnée à
+  &lt;strong&gt;
+   50 000 euros
+  &lt;/strong&gt;
+  maximum par an.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il sera tenu compte de la participation des autres co-financeurs.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Inscription dans le cadre de la stratégie du Grand Site.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Grands-Sites-Occitanie</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction du Tourisme et du Thermalisme
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement et Équipements Touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 61 33 54 22 (site de Toulouse) / 04 67 22 94 29 (site de Montpellier)
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/690b-grands-sites-occitanie/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:27" customHeight="0">
+      <c r="A162" s="1">
         <v>165332</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Soutenir un développement qualitatif et vertueux de l'hôtellerie de plein air et des gîtes d'étape</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C162" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D162" s="1" t="inlineStr">
         <is>
           <t>Faire du tourisme une activité créatrice de valeurs, durable et accessible - Soutenir un développement qualitatif et vertueux de l'hôtellerie de plein air et des gîtes d'étape</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E162" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G162" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association
 Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H162" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I162" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J19" s="1" t="inlineStr">
+      <c r="J162" s="1" t="inlineStr">
         <is>
           <t>Ce taux d’aide peut être modulé lorsque le projet relève d'un règlement d'aide d'Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du présent dispositif.</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K162" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L162" s="1" t="inlineStr">
         <is>
           <t>&lt;h1&gt;&lt;a name="_Toc199161062"&gt;Contexte et descriptif du dispositif&lt;/a&gt; &lt;/h1&gt;&lt;p&gt;&lt;a name="_Toc199161062"&gt;&lt;br /&gt;&lt;/a&gt;&lt;/p&gt;&lt;h2&gt;&lt;a name="_Toc199161063"&gt;1.       Contexte&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Cet appel à projets s&amp;#039;inscrit dans le cadre du programme LEADER Loire 2023-2027, qui a pour objectif de favoriser la transition vers la sobriété et l&amp;#039;amélioration des conditions de vie dans nos territoires ruraux. &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le GAL Loire est constitué de trois destinations
 touristiques, le Roannais au nord, le Forez au centre et le Pilat au sud, qui
 partagent des caractéristiques communes :   &lt;/p&gt;&lt;p&gt;-      
 Elles s’appuient sur
 un patrimoine riche et l’offre pleine nature y est un marqueur
 important ;  &lt;/p&gt;&lt;p&gt;-      
 Elles tendent vers un tourisme quatre saisons
 durable, respectueux de l’environnement ;  &lt;/p&gt;&lt;p&gt;-      
 Elles valorisent des offres expérientielles et le
 slow tourisme ;  &lt;/p&gt;&lt;p&gt;-      
 Leur clientèle est principalement composée de
 visiteurs issus des bassins urbains de la région AURA (Lyon, Saint-Etienne,
 Clermont-Ferrand).   &lt;/p&gt;&lt;br /&gt;&lt;p&gt;Face à cette
 convergence, des enjeux communs ont donc pu être identifiés tels que :   &lt;/p&gt;&lt;p&gt;-      
 La diversification du
 tissu touristique autour de valeurs partagées ;  &lt;/p&gt;&lt;p&gt;-      
 La montée en gamme de
 l’offre proposée à la fois par une meilleure structuration de celle-ci et une
 meilleure valorisation des atouts du territoire ;  &lt;/p&gt;&lt;p&gt;-      
 L&amp;#039;amélioration de la
 capacité d’accueil notamment en prenant en compte tous les types de publics
 (famille, séniors, personnes en situation de handicap, affinitaires, couples
 jeunes sans enfants, etc.) ;  &lt;/p&gt;&lt;p&gt;-       La nécessité de faire
 redécouvrir le territoire aux habitants en faisant également des sites
@@ -3842,83 +27606,83 @@
 l’accroissement du nombre de lits touristiques ;&lt;/p&gt;&lt;p&gt;-      
 Le projet favorise l’itinérance en
 proposant un hébergement à la nuitée ;&lt;/p&gt;&lt;p&gt;-      
 Le niveau et la qualité d’accueil
 participent à l’attractivité du territoire ; &lt;/p&gt;&lt;p&gt;-      
 Le projet s’intègre dans la
 promotion des destinations touristiques ;&lt;/p&gt;&lt;p&gt;-      
 Le projet génère ou appuie d’autres activités
 touristiques.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Gîte d’étape&lt;/strong&gt; : Il s’agit d’un établissement d&amp;#039;hébergement qui offre des
 lits à la nuitée dans des chambres partagées ainsi que dans des chambres
 individuelles à des personnes qui n&amp;#039;y élisent pas domicile. Il poursuit une
 activité lucrative ou non. Il est exploité, par une personne physique ou
 morale, de manière permanente ou saisonnière a minima 5 mois par an. Il est
 doté d&amp;#039;espaces collectifs. Ce gîte doit être situé à 5 km maximum de part et d’autre
 du tracé de la Via Fluvia, de la Via Rhôna ou de la Véloire, ou à 2 km maximum
 de part et d’autre d’un GR (hors GRP). Cette distance se calcule par la route
 et/ou les cheminements existants.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hôtellerie de plein air&lt;/strong&gt; : Les terrains de camping et parcs résidentiels de loisirs sont
 constitués d’équipements communs et d&amp;#039;emplacements nus ou équipés de l&amp;#039;une des
 installations suivantes : tentes, caravanes, résidences mobiles de loisirs
 et habitations légères de loisirs, destinés à la location. Ils font l&amp;#039;objet
 d&amp;#039;une exploitation permanente ou saisonnière a minima 5 mois par an et
 accueillent une clientèle qui n&amp;#039;y élit pas domicile. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.loireforez.fr/leader/" target="_blank"&gt;Projets réalisés LEADER Forez 2014-2022&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.loireforez.fr/entreprendre/les-aides-financieres/leader-loire-2023-2027/" target="_blank"&gt;Site web LEADER Loire 2023-2027&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N162" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Tourisme
 Economie d'énergie et rénovation énergétique
 Handicap
 Bâtiments et construction
 Réhabilitation
 Accessibilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O162" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P19" s="1" t="inlineStr">
+      <c r="P162" s="1" t="inlineStr">
         <is>
           <t>01/08/2025</t>
         </is>
       </c>
-      <c r="Q19" s="1" t="inlineStr">
+      <c r="Q162" s="1" t="inlineStr">
         <is>
           <t>31/01/2026</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R162" s="1" t="inlineStr">
         <is>
           <t>&lt;h1&gt;&lt;a name="_Toc98342407"&gt;&lt;/a&gt;&lt;a name="_Toc199161066"&gt;Porteurs de projets éligibles&lt;/a&gt;&lt;/h1&gt;&lt;p&gt;Pour présenter une
 candidature à cet appel à projets, sont éligibles les bénéficiaires
 suivants :&lt;/p&gt;&lt;p&gt;- Toute personne physique ou morale.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Sont inéligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Les bénéficiaires définis
 comme inéligibles dans le document « Les règles communes à toutes les aides
 FEADER » ;&lt;/p&gt;&lt;p&gt;- Les indivisions.&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h1&gt;&lt;a name="_Toc98342411"&gt;&lt;/a&gt;Conditions d’éligibilité&lt;/h1&gt;&lt;p&gt;Les conditions
 d’éligibilité sont les obligations qui doivent être remplies au moment de la
 sélection pour que le projet soit éligible au présent appel à projets. Ces
 conditions sont les suivantes : &lt;/p&gt;&lt;p&gt; ·       
 Les conditions d’éligibilité
 définies dans le document « Les règles communes à toutes les aides
 FEADER » consultables sur le site du Guide des aides de la Région
 Auvergne Rhône-Alpes &lt;a href="https://www.auvergnerhonealpes.fr/aides"&gt;https://www.auvergnerhonealpes.fr/aides&lt;/a&gt;, dans la rubrique « Déposer une demande » du dispositif concerné.&lt;/p&gt;&lt;p&gt;·       
 Les
 projets dont la localisation se situe dans une commune de 10 000 habitants ou
 plus sont éligibles à condition qu’ils bénéficient à la zone rurale (territoire
 du GAL hors commune de plus de 10 000 hab). Un argumentaire devra être
 fourni par le porteur de projet et validé par le comité de programmation du GAL.&lt;/p&gt;&lt;p&gt;·       
 Seront éligibles les structures d’hôtellerie de plein air et les gites
 d’étapes répondant aux définitions données au paragraphe &lt;u&gt;1.3. Définitions&lt;/u&gt;.&lt;/p&gt;&lt;p&gt;·       Seront
 éligibles les projets répondant à la définition de projet structurant (&lt;u&gt;cf.
 1.3. Définitions&lt;/u&gt;). Un argumentaire devra être fourni par le porteur de
 projet et validé par le comité de programmation du GAL. Un avis technique
 consultatif des EPCI/PNR et/ou de
 l’ADT Loire Tourisme sera sollicité
@@ -4009,3752 +27773,4930 @@
 d’aide en ligne.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;h1&gt;&lt;a name="_Toc199161073"&gt;Modalites
 d’attribution de l’aide pour mon projet&lt;/a&gt;&lt;/h1&gt;&lt;h2&gt;&lt;a name="_Hlk104196869"&gt;&lt;/a&gt;&lt;a name="_Toc199161074"&gt;1.         
 Financeurs possibles&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;Cet appel à projets est financé par le
 fonds européen FEADER (mesure 501 LEADER). Ce financement est cumulable avec
 d’autres cofinancements publics locaux (Etat, Région, Département, EPCI…) non
 européens.&lt;/p&gt;&lt;p&gt;L’attribution des subventions FEADER
 est d’ailleurs conditionnée à l&amp;#039;obtention de cofinancements publics nationaux
 (Etat, Région, Département, EPCI…). &lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;h2&gt;&lt;a name="_Toc199161075"&gt;2.         
 Modalité de calcul de l’aide&lt;/a&gt;&lt;/h2&gt;&lt;p&gt;Plafond d’aide LEADER : 40 000 €&lt;/p&gt;&lt;p&gt;Le taux d’aide appliqué aux projets
 sélectionnés est de 80 % de
 l’assiette des dépenses éligibles HT retenues par le service instructeur. Ce
 taux d’aide peut être modulé lorsque le projet relève d&amp;#039;un règlement d&amp;#039;aide
 d&amp;#039;Etat, le taux d’aide mentionné ci-dessus est plafonné par les règles des
 régimes d’aides d’Etat en vigueur mais ne peut en aucun cas excéder celui du
 présent dispositif. &lt;/p&gt;
 &lt;p&gt; &lt;a name="_Toc199161076"&gt;3.         Enveloppe FEADER totale budgétée sur
 l’appel à projets&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une
 enveloppe de FEADER (LEADER Loire) de 300 000 € maximum est mobilisée au
 titre du présent appel à projets. Aucun
 dossier ne peut bénéficier d’une subvention partielle. En cas d’insuffisance de
 crédits, les dossiers ayant eu une note identique ne seront programmés qu’après
 validation par le Comité de Programmation d’une extension de
 l’enveloppe.  &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S162" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T162" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U162" s="1" t="inlineStr">
         <is>
           <t>GAL Loire</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V162" s="1" t="inlineStr">
         <is>
           <t>https://www.loireforez.fr/wp-content/uploads/2025/07/AAP2.3_Hebergements_touristiques_approuve.pdf</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
+      <c r="W162" s="1" t="inlineStr">
         <is>
           <t>https://www.auvergnerhonealpes.fr/aides/porter-un-projet-leader-feader-dispositif-501</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X162" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour toute question et avant tout dépôt d’une demande d’aide, merci de bien vouloir contacter le GAL Loire&lt;/strong&gt; pour savoir si votre projet peut être éligible à l&amp;#039;accompagnement technique et financier LEADER. L’équipe LEADER, composée de référents locaux, est à votre écoute pour vous accompagner dans la concrétisation de votre projet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;• Coordinatrice LEADER Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;04 26 24 72 36 - 06 87 94 08 06 – leaderloire&amp;#64;loireforez.fr&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Secteur NORD (Roannais agglomération, Charlieu Belmont Communauté, CC Pays d’Urfé, CC des Vals d’Aix et Isable, CC du Pays entre Loire et Rhône)&lt;/p&gt;&lt;p&gt;04 77 44 64 48 – 06 43 59 88 30&lt;/p&gt;&lt;p&gt;• Secteur CENTRE (Loire Forez agglomération, CC Forez-Est)&lt;/p&gt;&lt;p&gt;04 26 24 72 12 - 06 75 94 60 06&lt;/p&gt;&lt;p&gt;• Secteur SUD (Parc Naturel du Pilat, CC des Monts du Pilat, CC du Pilat Rhodanien, Vienne Condrieu agglomération, Saint-Etienne Métropole)&lt;/p&gt;&lt;p&gt;04 74 87 52 01&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y162" s="1" t="inlineStr">
         <is>
           <t>inesguezennec@loireforez.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z162" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-un-developpement-qualitatif-et-vertueux-de-lhotellerie-de-plein-air-et-des-gites-detape/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA162" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...199 lines deleted...]
-      <c r="G21" s="1" t="inlineStr">
+    <row r="163" spans="1:27" customHeight="0">
+      <c r="A163" s="1">
+        <v>90916</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Consolider et développer le réseau d'itinéraires cyclables</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Itinérance Cyclable</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H21" s="1" t="inlineStr">
+      <c r="H163" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K163" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
-[...8 lines deleted...]
- &lt;br /&gt;
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide accompagne les maitres d&amp;#039;ouvrages publics dans leurs projets en faveur de la pratique de l&amp;#039;itinérance cyclable répondant aux enjeux de préservation de l&amp;#039;environnement et en réponse aux nouvelles attentes des clientèles.
+    &lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
- &lt;br /&gt;
-[...18 lines deleted...]
-  Parcours de découverte avec possibilité de personnalisation.
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  consolider et développer le réseau d&amp;#039;itinéraires cyclables « longue distance » d&amp;#039;enjeux européen, national et régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir les réalisations d&amp;#039;infrastructures en tenant compte de la qualité des aménagements et la continuité du tracé
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la mise en tourisme de chaque itinéraire et la mise en place d&amp;#039;indicateurs de suivi
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
-[...18 lines deleted...]
-&lt;/p&gt;
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Biodiversité
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
 &lt;ul&gt;
  &lt;li&gt;
-  Répondre à un besoin précis ou à un irritant remonté par les usagers
-[...73 lines deleted...]
-  Forfait de 7% de coûts indirects, sur l&amp;#039;assiette des dépenses directes éligibles
+  Maitres d&amp;#039;ouvrages publics : Départements, Etablissements publics, EPCI, collectivités locales
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
-Dépenses inéligibles (notamment) :
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  25% maximum du montant HT de l&amp;#039;opération, modulable selon la priorité de l&amp;#039;aménagement et la participation des Départements
+ &lt;/li&gt;
+ &lt;li&gt;
+  une majoration de 10% maximum sera possible en cas d&amp;#039;absence de contreparties Etat ou Europe et/ou si le projet est implanté sur un territoire très vulnérable
+ &lt;/li&gt;
+ &lt;li&gt;
+  les participations aux comités d&amp;#039;itinéraires peuvent varier entre 10 000 et 20 000 € par an selon l&amp;#039;enjeu de l&amp;#039;itinéraire et le nombre de partenaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les études et travaux d&amp;#039;aménagement d&amp;#039;itinéraires inscrits au Schéma Régional des Véloroutes et Voies Vertes (SRVVV) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  en site propre (voies vertes, pistes cyclables), comprenant l&amp;#039;infrastructure principale, la signalétique règlementaire les aires de repos (ou relais vélos) et équipements de services connexes (borne recharge, RIS...), l&amp;#039;implantation de compteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  en véloroutes, complétant les portions d&amp;#039;itinéraire principal sur routes peu fréquentées (uniquement les dépenses de jalonnement et d&amp;#039;aménagements indispensables à la sécurisation du parcours)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les antennes de dessertes des pôles de services ou touristiques majeurs (pôle multimodal, gares, sites de visites, plages), ainsi que les axes de liaison entre itinéraires du schéma régional offrant un nombre de services qualifiés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les équipements spécifiques le long des itinéraires, contribuant à l&amp;#039;attractivité et à la dynamique économique de l&amp;#039;itinéraire, en lien avec les stratégies touristiques des territoires traversés.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation aux comités d&amp;#039;itinéraires sur des actions définies ciblant prioritairement l&amp;#039;ingénierie, le déploiement des services labellisés, les actions marketing, de communication et d&amp;#039;observation.
+&lt;/p&gt;
 &lt;br /&gt;
-&lt;ul&gt;
-[...19 lines deleted...]
-Financement des projets :
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Vous pouvez prendre contact afin de connaître les démarches à effectuer.
+&lt;/p&gt;
 &lt;br /&gt;
-L&amp;#039;enveloppe prévisionnelle de l&amp;#039;appel à projets « e-Tourisme/e-Culture » 2022-2023 est de 3 500 000 € de FEDER.
-[...6 lines deleted...]
-Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/itinerance-cyclable</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Site de Limoges (départements 87-23-19)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 27, boulevard de la Corderie CS 3116
+&lt;/p&gt;
+&lt;p&gt;
+ 87031 Limoges Cedex 1
+&lt;/p&gt;
+&lt;p&gt;
+ 05 55 45 19 00
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Poitiers (départements 79-86-17-16)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 15, rue de l&amp;#039;Ancienne Comédie
+&lt;/p&gt;
+&lt;p&gt;
+ 86021 Poitiers CS 70575
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 55 77 00
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Bordeaux (départements 33-24-47-40-64)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ 14, Rue François de Sourdis
+&lt;/p&gt;
+&lt;p&gt;
+ 33077 Bordeaux cedex
+&lt;/p&gt;
+&lt;p&gt;
+ 05 57 57 83 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df53-itinerance-cyclable/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...174 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+    <row r="164" spans="1:27" customHeight="0">
+      <c r="A164" s="1">
+        <v>121453</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Reconvertir des stations de moyennes montagnes dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement touristique durable dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H164" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K23" s="1" t="inlineStr">
+      <c r="I164" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J164" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Massif du Jura connaît des changements climatiques impactant son patrimoine naturel et donc son développement économique et social, basé sur ce patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans un objectif de diversification de l&amp;#039;activité, de reconversion des stations et de désaisonnalisation de l&amp;#039;offre de produits touristiques disponibles, il s&amp;#039;agit de développer une offre d&amp;#039;activités touristiques et de loisirs et d&amp;#039;activités culturelles durables, accessible toute l&amp;#039;année et valorisant le patrimoine naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ La présente fiche action vise à accompagner la reconversion des sites et stations de moyenne montagne pour maintenir une offre touristique durable toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ La zone du Massif du Jura s&amp;#039;étend sur deux régions françaises, Auvergne Rhône-Alpes et Bourgogne-Franche-Comté, et quatre départements, l&amp;#039;Ain, le Doubs, le Jura et le Territoire de Belfort. Il est composé de 902 communes. (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement et adaptation des infrastructures touristiques visant les activités adaptées au défaut d&amp;#039;enneigement dans un souci de préservation de l&amp;#039;économie et attractivité touristique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création, développement et diversification des activités proposées dans les stations de moyenne montagne (escalade, randonnée, VTT, équitation, activités nautiques, activités de pleine nature, activités nordiques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconversion des stations de ski alpin, ainsi que l&amp;#039;accompagnement de la sphère du ski nordique vers une activité toute saison.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adaptation des projets à toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ Articulation avec le schéma interrégional d&amp;#039;aménagement et de développement du Massif du Jura et le schéma régional de développement du tourisme et des loisirs (SRDTL).
+&lt;/p&gt;
+&lt;p&gt;
+ Articulation avec les objectifs du CPIER Massif du Jura 2021/2027 et avis favorable du Commissariat de massif.
+&lt;/p&gt;
+&lt;p&gt;
+ Géographique : L&amp;#039;opération doit se dérouler dans le Massif du Jura  (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura).
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes de partages :
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsqu&amp;#039;un projet est éligible à un programme LEADER et la présente fiche action, la répartition se fera sur la base du coût total du projet selon la répartition suivante :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coût total &amp;gt; ou &amp;#61; 200 000€ HT : FEDER
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût total &amp;lt; 200 000€ HT : LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements immatériels et matériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de prestation en lien avec l&amp;#039;investissement telles que prestations d&amp;#039;assistance, de maîtrise d&amp;#039;œuvre, études, diagnostics, contrôle sécurité... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de communication concernant le projet avec publicité de l&amp;#039;intervention du FEDER ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses indirectes : forfait de 7% appliqué aux dépenses directes éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de personnel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses concernant l&amp;#039;achat de terrain et/ou de bâtiment ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel roulant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses indirectes hors forfait 7%.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T164" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/massif-du-jura-patrimoine-tourisme/</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: massifdujura.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc66-accompagner-la-durabilite-des-hebergements-to/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:27" customHeight="0">
+      <c r="A165" s="1">
+        <v>1039</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la valorisation et la médiation du patrimoine culturel</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I165" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 30</t>
+        </is>
+      </c>
+      <c r="J165" s="1" t="inlineStr">
+        <is>
+          <t>Cette aide est plafonnée à 20 000 € en fonctionnement. Taux maximum : 30 % en fonctionnement / 15 % </t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N23" s="1" t="inlineStr">
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Par ce dispositif, la Région Grand Est décide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;encourager la création et le développement d&amp;#039;équipements et de projets oeuvrant à la valorisation et à la médiation du patrimoine culturel régional, à la sensibilisation du public par la visite, les ateliers ou les chantiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de garantir la qualité des contenus et des projets culturels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de fédérer les monuments, sites et équipements patrimoniaux et de garantir la cohérence de l&amp;#039;offre culturelle à l&amp;#039;échelle de la région Grand Est .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les collectivités et les établissements publics, les personnes morales de droit privé en charge d&amp;#039;un monument, d&amp;#039;un site ou d&amp;#039;un équipement patr imonial ou portant un projet de médiation et de valorisation du patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
-Tourisme</t>
-[...189 lines deleted...]
-      <c r="T24" s="1" t="inlineStr">
+Musée
+International</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Projets éligibles :
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   En fonctionnement :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   les opérations de médiation – ex : cycles de conférences, colloques, ateliers, visites, publications – sur la base d&amp;#039;une programmation annuelle ou associant au moins deux structures, sites ou monuments,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les chantiers de restauration s&amp;#039;inscrivant dans le cadre d&amp;#039;une programmation concertée avec l&amp;#039;État (DRAC).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   En investissement :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ La création ou le développement de centres d&amp;#039;interprétation du patrimoine : étude de faisabilité, travaux de construction, de restauration, d&amp;#039;aménagement : scénographie, accessibilité, aménagements intérieurs. En sont exclus l&amp;#039;aménagement des abords ainsi que les coûts de fonctionnement .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Méthode de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Pour les aides au fonctionnement :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ La demande se fait sur la base d&amp;#039;une programmation annuelle chiffrée pointant précisément les actions pour lesquelles un soutien est demandé, complétée, s&amp;#039;il y a lieu, par le bilan de l&amp;#039;année antérieure. Pour être éligibles, les projets doivent satisfaire, selon les cas, aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   qualité du projet scientifique et culturel ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   intérêt patrimonial du monument, du site ou de l&amp;#039;équipement à l&amp;#039;échelle régionale ou des sites, monuments et équipements d&amp;#039;intérêt plus local fonctionnant en réseau à l&amp;#039;échelle régionale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   adéquation des moyens humains et financiers avec le projet scientifique et culturel ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   qualité de la programmation, adéquation avec les publics cibles ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   capacité à renouveler ou à élargir les publics ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   inscription dans une stratégie touristique et de développement du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   existence d&amp;#039;un partenariat avec l&amp;#039;Inventaire Général du Patrimoine Culturel ou du Comité d&amp;#039;Histoire Régionale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets permettant de développer des partenariats transfrontaliers feront l&amp;#039;objet d&amp;#039;une attention particulière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour les aides en investissement :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   le projet devra être accompagné d&amp;#039;une étude de faisabilité prenant en considération :
+  &lt;/li&gt;
+  &lt;li&gt;
+   le potentiel patrimonial sur un territoire donné ainsi que sa cohérence territoriale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le potentiel associatif pouvant permettre des partenariats,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le potentiel de visites locales et touristiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   le portage du projet est exclusivement réservé à une collectivité ou un établissement public, mais sa gestion peut être confiée à une association ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;équipement s&amp;#039;inscrira dans un projet de valorisation territorial cohérent ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le projet présentera un contenu culturel et scientifique axé autour du thème retenu ,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le projet sera accompagné d&amp;#039;un programme définissant sa politique scientifique, culturelle, pédagogique et touristique, la collaboration envisagée avec les acteurs locaux, les partenariats à mettre en oeuvre.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Sont éligibles en fonctionnement les dépenses liées :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   aux frais de personnel spécifiquement en lien avec les projets Ex : rénumération d&amp;#039;intervenants extér ieurs, frais de déplacement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   à l&amp;#039;édition papier ou numérique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   à la communication autour des actions de médiation.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ne sont pas éligibles les frais de réception, les dépenses courantes du site ; ex : frais de personnel, entretien ; ou distinctes des opérations de médiation.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Sont éligibles en investissement les dépenses liées :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   aux dépenses de prestation ; ex : études préalables, scénographie,
+  &lt;/li&gt;
+  &lt;li&gt;
+   à l&amp;#039;achat de matériel muséographique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   aux travaux de construction, de restauration et d&amp;#039;aménagement.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="T165" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-valorisation-a-mediation-patrimoine-culturel/</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement : versements-patrimoines&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7936-soutien-a-la-valorisation-et-a-la-mediation-d/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...235 lines deleted...]
-      <c r="G26" s="1" t="inlineStr">
+    <row r="166" spans="1:27" customHeight="0">
+      <c r="A166" s="1">
+        <v>117589</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Professionnaliser les acteurs du développement rural , favoriser l'innovation dans les territoires ruraux et stimuler la mise en réseaux et les synergies entre acteurs</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Cap Rural Centre de ressources pour le développement local</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>Cap Rural</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cap Rural est un
+ &lt;strong&gt;
+  c
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  &lt;a href="http://caprural.org/" rel="noopener" target="_blank"&gt;
+   entre de ressources spécialisé dans les pratiques et les métiers du développement rural
+  &lt;/a&gt;
+  .
+ &lt;/strong&gt;
+ Son action est articulé autour de trois grands axes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Professionnaliser
+  &lt;/strong&gt;
+  les acteurs du développement rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser
+  &lt;strong&gt;
+   l&amp;#039;innovation
+  &lt;/strong&gt;
+  dans les territoires ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Décloisonner, stimuler la mise en réseaux et les synergies
+  &lt;/strong&gt;
+  entre acteurs
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cap Rural a constaté que de nombreux changements ont marqué le financement
+ &lt;/strong&gt;
+ des acteurs et des actions du développement local au cours des dernières années (Loi NOTRe, baisse des financements publics, généralisation des appels à projets, développement des financements privés, augmentation des collectifs de projets entrepreneuriaux...) et ont amené structures et agents de développement à évoluer dans leurs pratiques de recherche et de mobilisation de moyens financiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Parce que le contexte implique,
+ &lt;strong&gt;
+  au-delà d&amp;#039;une simple identification de sources de financements, de mener une réflexion plus profonde pour adapter ses pratiques, sa stratégie, développer des partenariats...
+ &lt;/strong&gt;
+ Cap Rural propose :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner les acteurs du développement rural en Auvergne-Rhône-Alpes dans leur réflexion pour construire une stratégie de recherche de financements
+ &lt;/strong&gt;
+ : des appuis individuels et/ou collectifs à la réflexion autour de la définition de stratégies de recherche de financements, d&amp;#039;organisation pour être plus efficient dans ses recherches...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Faire découvrir de nouvelles sources de financements, les combiner...
+ &lt;/strong&gt;
+ : des sessions de formation et d&amp;#039;exploration (webconférence ou présentiel) pour présenter de nouveaux dispositifs et outils de financements, prendre connaissance d&amp;#039;appels à projets, découvrir de nouveaux acteurs du financement, acquérir de nouvelles connaissances et savoir-faire, échanger des expériences...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outiller pour repérer et faire de la veille sur les financements en général ou des financements plus ciblés
+ &lt;/strong&gt;
+ : des outils de recherche de financement sous forme de guides ou de cartes mentales pour assurer une veille sur les appels à projets, faciliter la mobilisation de financements publics et/ou privés...
+&lt;/p&gt;
+&lt;p&gt;
+ De
+ &lt;strong&gt;
+  susciter, favoriser la réflexion et les échanges d&amp;#039;expériences
+ &lt;/strong&gt;
+ : un groupe d&amp;#039;échanges de pratiques constitué d&amp;#039;agents de développement pour traiter de sujets autour des stratégies de financements, de la création de postes d&amp;#039;ingénierie financière...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A titre d&amp;#039;illustration quelques exemples d&amp;#039;outils élaboré par Cap rural à destination des agents de développement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   V
+   &lt;a href="http://caprural.org/des-ressources/financement-de-projets/financements/7022-precarite-et-pauvrete-un-outil-de-veille-sur-les-financements" rel="noopener" target="_blank"&gt;
+    eille sur les financements
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Comprendre
+   &lt;a href="http://caprural.org/des-ressources/financement-de-projets/financements/9367-fonds-europeens-sectoriels-opportunites-de-financements-pour-les-projets-de-developpement-local" rel="noopener" target="_blank"&gt;
+    et décrypter des financements
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Travailler sa
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   &lt;a href="http://caprural.org/des-ressources/financement-de-projets/strategie/8729-repondre-a-un-appel-a-projets-ou-a-un-appel-a-manifestation-d-interet-un-outil-pour-accompagner-vos-reflexions" rel="noopener" target="_blank"&gt;
+    stratégie financière
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Economie locale et circuits courts
+Economie sociale et solidaire
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cap Rural s&amp;#039;adresse aux acteurs du développement local rural en Auvergne-Rhône-Alpes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Agents de développement rural ou périurbain (éco, culture, tourisme, environnet, agriculture...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Professionnels de l&amp;#039;aménagement impliqués dans le développement rural ou périurbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agents de développement urbain impliqués dans le développement rural ou périurbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniciens impliqués dans un projet de développement rural ou périurbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Directeurs de structures employant l&amp;#039;ingénierie de développement local
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élus de collectivités territoriales ou d&amp;#039;associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Salariés/membres de collectifs porteur de projet (dont agricole et agroalimentaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  En recherche d&amp;#039;emploi dans l&amp;#039;ingénierie de développement local
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La cotisation donne accès aux services pour l&amp;#039;année civile en cours aux personnes inscrites dans le tableau au verso
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="W166" s="1" t="inlineStr">
+        <is>
+          <t>http://www.caprural.org/des-ressources/financement-de-projets</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vos contacts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sur des financements nationaux, régionaux, appel à projets, privés/publics...
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Jean-Philippe Jamot, chargé de mission Dynamiques entrepreneuriales de créations d&amp;#039;activités - Ingénierie financière des projets
+&lt;/p&gt;
+&lt;p&gt;
+ Cap Rural
+&lt;/p&gt;
+&lt;p&gt;
+ Lycée Agricole Le Valentin
+&lt;/p&gt;
+&lt;p&gt;
+ Avenue de Lyon
+&lt;/p&gt;
+&lt;p&gt;
+ 26500 Bourg-lès-Valence
+&lt;/p&gt;
+&lt;p&gt;
+ 04 75 80 16 06 / 06 80 82 45 47 et agriruralite&amp;#64;caprural.org
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sur le FEADER, FEDER et FSE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ → Nelly Marrel, chargée de mission Europe et développement rural
+&lt;/p&gt;
+&lt;p&gt;
+ Cap Rural
+&lt;/p&gt;
+&lt;p&gt;
+ 23, rue Jean Baldassini
+&lt;/p&gt;
+&lt;p&gt;
+ 69364 Lyon cedex 07
+&lt;/p&gt;
+&lt;p&gt;
+ Tel. : 04 72 72 49 76 / 06 77 83 12 76 et europe.devrural&amp;#64;caprural.org
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>agriruralite@caprural.org</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3400-cap-rural-pole-dexpertise-sur-lingenierie-fin/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:27" customHeight="0">
+      <c r="A167" s="1">
+        <v>163864</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès au financement des entreprises régionales, via une participation de la Région à un tour de table financier</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire Prêt Entreprise</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de la Loire Prêt Entreprise se fixe pour objectif de faciliter l&amp;#039;accès au financement des entreprises. Il prend la forme d’un prêt de trésorerie sur mesure, non affecté et sans aucune garantie, dont les modalités de remboursement sont réaménageables en cas de besoin, visant tant la préservation (pour son volet défensif) ou le développement (pour son volet offensif) de l&amp;#039;entreprise, des compétences et des emplois.&lt;/p&gt;
+&lt;p&gt;Ce dispositif permet d’accompagner tout projet d’investissement conséquent et de développement – dont la croissance externe – et les transitions (numérique, écologique), de faciliter une reprise ou une transmission de PME familiale, de soutenir une diversification ou une relocalisation de production, ou encore de mieux traverser des difficultés conjoncturelles et rebondir.&lt;/p&gt;
+&lt;p&gt;S’agissant des entreprises industrielles, il vient plus particulièrement en appui des besoins en fonds de roulement ou pour couvrir des dépenses immatérielles.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;Pour qui ?&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Ce produit s&amp;#039;adresse aux entreprises ligériennes de toutes tailles (sous réserve des dispositions de la réglementation en vigueur).&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pour quoi ?&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pays de la Loire Prêt Entreprise a la caractéristique de pouvoir, sous réserve de la règlementation applicable, être patient et différé - jusqu’à 10 ans de maturité et 4 ans de différé. Il s’agit d’une solution non dilutive (quasi-fonds propres), qui donne le temps aux entreprises de consolider des modèles économiques durables.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="P167" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2023</t>
+        </is>
+      </c>
+      <c r="R167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Caractéristiques de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Pays de la Loire Prêt Entreprise prend la forme d’un prêt allant de 50 000 € à 2 000 000 €, à un taux TEG de 3,30 % sans garantie ni coûts additionnels.&lt;/p&gt;
+&lt;p&gt;Un taux réduit peut être consenti pour les projets fortement contributifs à la transition écologique ou visant des publics spécifiques (handicap, tourisme social), ou encore pour les projets prioritaires d’implantation.&lt;/p&gt;
+&lt;p&gt;La Région instruit les projets dans le cadre réglementaire européen applicable, et ne s’engage qu’en subsidiarité et complémentarité avec des financeurs privés (banques, établissements financiers, actionnaires, investisseurs…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>Direction de l&amp;#039;entreprise et de l&amp;#039;innovation&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;poleindustrie&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 56 70&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/pays-de-la-loire-pret-entreprise/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:27" customHeight="0">
+      <c r="A168" s="1">
+        <v>103240</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir des délégations sportives internationales</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France, terre d’excellence sportive pour l’international</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Île-de-France encourage la solidarité internationale et le développement de la performance du mouvement sportif francilien, en favorisant l&amp;#039;accueil de délégation, notamment en lien avec sa politique internationale, européenne et francophone.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour quel type de projet ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets sont portés soit par les structures associatives (fédérations, mouvement sportif ou populaire régional) initiatrices de l&amp;#039;échange, soit par des organismes publics ou associatifs d&amp;#039;accueil. Ils devront prévoir les modalités d&amp;#039;hébergement, de restauration, de transports internes et de suivi médical sur le territoire francilien, ainsi que l&amp;#039;échange d&amp;#039;expérience entre les sportifs des délégations accueillies et leurs homologues français. Devront également être prévues des animations permettant la rencontre entre ces sportifs, les bénévoles associatifs et les habitants des territoires ruraux et des quartiers en politique de la ville notamment les jeunes ne pratiquant pas de sport.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelle est la nature de l&amp;#039;aide ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;aide régionale sera calculée sur la base d&amp;#039;un budget prévisionnel détaillé comprenant tant les éléments liés à l&amp;#039;accueil et l&amp;#039;hébergement que ceux relatifs aux différentes opérations d&amp;#039;animation du territoire mises en place.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concernant l&amp;#039;accueil, les dépenses sont plafonnées à 150 € par membre de la délégation et par jour au titre de l&amp;#039;hébergement et de la restauration. Les dépenses de transfert (aéroport gare lieu d&amp;#039;hébergement lieux d&amp;#039;animation) et de suivi médical sont calculées sur la base d&amp;#039;un budget prévisionnel validé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concernant l&amp;#039;animation, la participation financière régionale est plafonnée à 50 % d&amp;#039;un budget prévisionnel de 20 000 €.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles démarches ?
+ &lt;/strong&gt;
+ Contacter le responsable du dispositif pour recevoir le dossier de demande de subvention et ses conditions.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+International</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les fédérations sportives nationales habilitées ou agréées par le ministère en charge du sport, les ligues et comités sportifs régionaux déjà partenaires de la Région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les clubs de statut associatif bénéficiant d&amp;#039;un agrément du ministère en charge du sport et affiliés à une fédération sportive habilitée ou agréée par celui-ci ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les groupements d&amp;#039;intérêts publics (GIP) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les collectivités territoriales et les EPCI, au titre de l&amp;#039;animation dans les quartiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les syndicats mixtes d&amp;#039;études, d&amp;#039;aménagement et de gestion (SMEAG) des Îles de Loisirs franciliennes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations d&amp;#039;utilité publique (associations d&amp;#039;éducation populaire) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Centre de Ressources, d&amp;#039;Expertise et de Performance Sportive d&amp;#039;Île-de-France (CREPS).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/BJFo99ZcN</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports, des Loisirs et de la Citoyenneté
+&lt;/p&gt;
+&lt;p&gt;
+ Denis Hutsebaut :
+ &lt;a href="mailto:denis.hutsebaut&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+  denis.hutsebaut&amp;#64;iledefrance.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ , Tél. : 01 53 85 58 66
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/18ac-ile-de-france-terre-dexcellence-sportive-pour/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:27" customHeight="0">
+      <c r="A169" s="1">
+        <v>77085</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour mettre en place une démarche d'innovation</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Appui à l’innovation et à la data dans les projets territoriaux</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour accompagner les collectivités et les porteurs de projets tournés vers la transformation du tourisme local et la réduction de son empreinte carbone, la Banque des Territoires a développé une offre d&amp;#039;accompagnement dédié.
+&lt;/p&gt;
+&lt;p&gt;
+ Offre à part entière du plan de relance Tourisme, cet accompagnement vise à la mise en place d&amp;#039;un tourisme durable (notamment pour les territoires de montagne devant opérer leur transition).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement peut se faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit en mobilisant des experts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit via un co-financement des études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/appui-innovation-data-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=data_terr_solutions_psat</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26a4-beneficier-dun-accompagnement-pour-mettre-en-/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:27" customHeight="0">
+      <c r="A170" s="1">
+        <v>127474</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la création de meublés labellisés</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>AIDE AUX MEUBLÉS LABELLISÉS</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I170" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 35</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En vue de développer la capacité et la qualité de l&amp;#039;hébergement touristique sur le territoire haut-marnais, le conseil départemental apporte son soutien financier aux maîtres d&amp;#039;ouvrage dans le cadre de leurs investissements.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   à la création, à la réhabilitation de logements, dans le but d&amp;#039;offrir un hébergement de qualité 2, 3, 4 ou 5 étoiles destiné à la location touristique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   à l&amp;#039;implantation d&amp;#039;équipements de loisirs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sous réserve que les projets respectent les normes thermiques en vigueur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les maîtres d&amp;#039;ouvrage élibibles sont les :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   communes
+  &lt;/li&gt;
+  &lt;li&gt;
+   établissements publics de coopération intercommunale (EPCI) à fiscalité propre
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2021/10/tourisme/Aide%20aux%20meubles%20labellises.pdf</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:direction.amenagement.territoire&amp;#64;haute-marne.fr" target="_self"&gt;
+  direction.amenagement.territoire&amp;#64;haute-marne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>oceane.faipoux@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1dec-accompagner-la-creation-de-meubles-labellises/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:27" customHeight="0">
+      <c r="A171" s="1">
+        <v>164210</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Aménager et moderniser les stations de ski</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Massifs : Aménagement et modernisation des stations de ski</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H171" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aménagement des stations:&lt;/p&gt;&lt;p&gt;Faciliter l&amp;#039;accès aux services touristiques des coeurs de stations tout au long de l&amp;#039;année, en favorisant une gestion raisonnée des espaces urbains et des déplacements, dans un souci d&amp;#039;amélioration du confort et de l&amp;#039;accessibilité, afin de définir un modèle économique prenant en compte l&amp;#039;adaptation aux effets du changement climatique.&lt;/p&gt;&lt;p&gt;Modernisation des domaines skiables :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Maintenir la qualité et les conditions d&amp;#039;exploitation tout au long de l&amp;#039;année, et intégrer l&amp;#039;activité touristique liée à la pratique d&amp;#039;activités de loisirs 4 saisons.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Aménagement des stations :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Aménagement des pieds de pistes amenant à la diversification d&amp;#039;activités (est exclu tout projet de remontée de front de neige).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mise en tourisme des espaces publics permettant de favoriser les circulations douces et d&amp;#039;améliorer la signalétique et l&amp;#039;information client.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipements et installations garantissant l&amp;#039;accessibilité y compris numérique du plus grand nombre aux équipements et services.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Etudes préalables (traitements piétonniers et paysagers, analyse de l&amp;#039;impact  du développement du trafic et de la fréquentation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Modernisation des domaines skiables :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Remodelage des pistes en lien avec une intégration paysagère et environnementale dans une logique 4 saisons.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Création de pistes thématiques et/ou réservées à une catégorie de pratiquants spécifiques.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Création et modernisation d&amp;#039;équipements liées à la diversification estivale et hivernale de l&amp;#039;offre touristique.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Travaux d&amp;#039;aménagement de voiries.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux de réseaux d&amp;#039;assainissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux de création ou de renouvellement des remontées mécaniques.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux de remontée du front de neige.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Travaux liés à la neige de culture.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etablissements publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Maîtres d&amp;#039;ouvrage publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Les projets devront s&amp;#039;intégrer dans un schéma global d&amp;#039;aménagement (urbanisme, domaine skiable, hébergement) et tenir compte de la préservation et de la valorisation des sites environnementaux.&lt;/p&gt;&lt;p&gt;Une étude préalable validant les opérations envisagées sera nécessaire avant tout investissement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le porteur de projet s&amp;#039;engage à intégrer une démarche de progrès en matière environnementale et sociétale.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/massifs-amenagement-et-modernisation-des-stations-de-ski</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme&amp;#64;nouvelle-aquitaine.fr en apportant des éléments de présentation de votre projet et vos coordonnées.
+&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilité de votre projet avant tout dépôt de demande de subvention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/massifs-amenagement-et-modernisation-des-stations-de-ski/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:27" customHeight="0">
+      <c r="A172" s="1">
+        <v>130806</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d’amélioration de l’accueil agritouristique portés par des exploitations agricoles</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>AIDE A L'IMMOBILIER D'ENTREPRISE (A.I.E) pour le développement d’une offre agritouristique de qualité</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I172" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide vise à apporter un soutien aux projets d&amp;#039;amélioration de l&amp;#039;accueil agritouristique, c&amp;#039;est-à-dire des projets portés par des exploitations agricoles dont les objectifs sont :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Développer ou améliorer une activité d&amp;#039;accueil pédagogique ou de loisir du public ou une activité de restauration à la ferme (construction d&amp;#039;une extension à la ferme pour créer une salle à manger, une salle d&amp;#039;accueil pour des ateliers...). Les projets de création d&amp;#039;hébergement seront également étudiés en fonction du budget disponible.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Améliorer l&amp;#039;accueil des visiteurs en leur proposant un service lié au bien-être (zones de spa, massage...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Améliorer l&amp;#039;accueil des touristes pratiquant un sport de nature (abri vélo, espace sellerie...)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Le présent règlement est mis en œuvre directement par l&amp;#039;EPCI ou par le Département de la Drôme, via une convention de délégation de la compétence d&amp;#039;octroi.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant /
+  Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le montant de subvention est à hauteur de 30% des dépenses.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce taux peut varier, ainsi que le plancher et le plafond dans le cas d&amp;#039;un cofinancement FEADER : dans ce cas, les règles FEADER prévaudront.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention pour de l&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Dossier : devis, descriptif du projet et argumentaire / motivations, pièces administratives.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : les dépenses ou devis signés avant la date d&amp;#039;accusé de réception de votre dossier ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Instruction des dossiers
+ / demande dématérialisée
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont déposés auprès du Département avant le 30 juin. Les dossiers déposés après cette date seront étudiés dans le cadre de l&amp;#039;enveloppe budgétaire de l&amp;#039;année suivante.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier doit être déposé en ligne sur le site ladrome.fr, onglet « e-services » :
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  https://mesdemarches.ladrome.fr/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → DisposItif de dépôt en ligne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Economie Agroalimentaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Soutien aux investissements agricoles : investissement en lien avec la politique agricole Forêt bois du département (pour les ENTREPRISES)
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département prend ensuite contact avec l&amp;#039;intercommunalité concernée pour instruire la demande (vérification de l&amp;#039;éligibilité des dépenses, calcul du montant d&amp;#039;aide).
+&lt;/p&gt;
+&lt;p&gt;
+ La sélection des dossiers financés sur l&amp;#039;année se fait par appels à projets annuels : dépôt des dossiers jusqu&amp;#039;à fin juin et sélection à l&amp;#039;automne. Les partenaires agritouristiques départementaux sont invités au Comité de sélection.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers qui seront sélectionnés devront répondre aux priorités du Département et des intercommunalités :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement de l&amp;#039;offre agritouristique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de la qualité d&amp;#039;accueil des visiteurs et touristes, notamment en lien avec le bien-
+  &lt;br /&gt;
+  être et les sports de nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accueil de publics cibles du Département (personnes âgées, en situation de handicap,
+  &lt;br /&gt;
+  éloignées de l&amp;#039;emploi...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement durable et adaptation aux changements climatiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les demandes sont étudiées par la Commission permanente du Département et le Conseil communautaire de l&amp;#039;intercommunalité et sont soutenues en fonction des crédits disponibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Versement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En deux fois : la moitié du montant accordé dès le vote du dossier, le solde une fois le projet terminé.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de paiement du solde est à adresser au Département de la Drôme et/ou à l&amp;#039;intercommunalité dans les délais mentionnés dans la décision juridique attributive de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de paiement devra obligatoirement comprendre :
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les pièces justificatives relatives aux dépenses (facture(s) signé(es) et acquitté(es))
+&lt;/p&gt;
+&lt;p&gt;
+ Tout document attestant du respect de la publicité du soutien du Département et de l&amp;#039;intercommunalité
+&lt;/p&gt;
+&lt;p&gt;
+ Le solde sera arrêté au prorata des dépenses réellement justifiées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bases réglementaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est prise en application des aides d&amp;#039;Etat ou des règlements suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Article L1511-3 du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Convention de délégation d&amp;#039;octroi de l&amp;#039;aide à l&amp;#039;immobilier d&amp;#039;entreprise entre l&amp;#039;EPCI XXX et le Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Lignes directrices de l&amp;#039;Union européenne concernant les aides d&amp;#039;Etat dans les secteurs agricole et forestier et dans les zones rurales 2014-2020 (2014/C 204/01) ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Règlement (UE) n° 702/2014 de la Commission du 25 juin 2014 déclarant certaines catégories d&amp;#039;aides, dans les secteurs agricole et forestier et dans les zones rurales, compatibles avec le marché intérieur en application des articles 107 et 108 du traité sur le fonctionnement de l&amp;#039;Union européenne ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Règlement (UE) n° 651/2014 de la Commission du 17 juin 2014 déclarant certaines catégories d&amp;#039;aides compatibles avec le marché intérieur en application des articles 107 et 108 du traité ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Règlement UE n° 1408/2013 de la Commission du 17 décembre 2013 relatif à l&amp;#039;application des articles 107 et 108 du traité sur le fonctionnement de l&amp;#039;Union européenne aux aides de minimis dans le secteur de l&amp;#039;agriculture
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Vu la délibération du Conseil régional n° 1511 de l&amp;#039;Assemblée plénière du Conseil régional des 15 et 16 décembre 2016 relative au Schéma Régional de Développement Économique d&amp;#039;Innovation et d&amp;#039;Internationalisation d&amp;#039;Auvergne-Rhône-Alpes et ses premières décisions de mise en œuvre,
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; Vu la délibération du Conseil départemental 13/02/2017 approuvant la convention entre la Région Auvergne-Rhône- Alpes et le Département de la Drôme, en matière de développement économique pour les secteurs de l&amp;#039;agriculture (dont la pêche et l&amp;#039;aquaculture), de la forêt et de l&amp;#039;agroalimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Engagement du bénéficiaire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après engagement sur l&amp;#039;attribution de l&amp;#039;aide, l&amp;#039;entreprise devra apposer à l&amp;#039;entrée du bâtiment une affiche comportant la mention « financé avec le soutien du Département de la Drôme et de l&amp;#039;EPCI XXX», ainsi que leurs logos. Cette affiche sera fournie par le Département au moment de l&amp;#039;accord de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Durée de validité du règlement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce règlement est valable à partir de son adoption par le conseil communautaire de l&amp;#039;EPCI et la Commission permanente du Département de la Drôme. Il prend fin au 31/12/2023.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien portera sur les investissements immobiliers réalisés sur une exploitation agricole en activité. Le projet doit être situé sur une commune de l&amp;#039;EPCI mettant ce règlement d&amp;#039;aide en application.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Exclusions
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les investissements non immobiliers (qui ne nécessitent pas de travaux), et notamment les
+  &lt;/li&gt;
+  &lt;li&gt;
+   investissements dans du matériel et des équipements (baignoires spa, tables de massage,
+  &lt;/li&gt;
+  &lt;li&gt;
+   chaînes à vélo, tables et chaises...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux portant uniquement sur de la mise aux normes
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux assimilables à de l&amp;#039;entretien courant ainsi que les travaux réalisés par l&amp;#039;exploitant lui-même
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Cette aide ne pourra pas se cumuler sur un même projet avec les aides d&amp;#039;autres collectivités mais peut servir pour mobiliser du FEADER. Dans ce cas, les règles de financements (taux, plancher et plafond) seront celles du FEADER.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agriculteurs dont le siège social et le projet d&amp;#039;immobilier sont situés dans la Drôme.
+&lt;/p&gt;
+&lt;p&gt;
+ Au moment de la demande de solde de la subvention :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le lieu d&amp;#039;accueil doit être labellisé pour son activité touristique (hébergement, restauration),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ou l&amp;#039;exploitation doit faire partie d&amp;#039;un réseau compétent sur l&amp;#039;accueil pédagogique ou de
+  &lt;br /&gt;
+  loisirs (réseau agritouristique positionné sur la question, démarche privée type « Vis ma vie de
+  &lt;br /&gt;
+  Paysan »)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le plancher des dépenses éligibles est de 2 000 € HT.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La subvention maximale possible par projet est de 20 000
+ &lt;/strong&gt;
+ € (plafond De Minimis agricole sur 3 ans)
+&lt;/p&gt;
+&lt;p&gt;
+ Construction / extension ou rénovation de bâtiment. Frais divers directement liés à l&amp;#039;investissement immobilier (VRD, honoraires).
+&lt;/p&gt;
+&lt;p&gt;
+ Les entreprises bénéficiant d&amp;#039;une aide à l&amp;#039;immobilier ne pourront pas déposer de nouvelle demande d&amp;#039;aide sur ce règlement avant l&amp;#039;expiration d&amp;#039;un délai de 3 ans minimum à compter de la date de décision d&amp;#039;attribution et, dans tous les cas, devront avoir soldé leur précédent dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ 1 seul dossier par bénéficiaire par appel à projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-limmobilier-dentreprise-a-i-e-pour-le-developpement-dune-offre-agritouristique-de-qualite/</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Economie Emploi Insertion (DEEI)
+&lt;/p&gt;
+&lt;p&gt;
+ Service Développement Agricole, Agroalimentaire et Bois
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi technique du dossier :
+ &lt;strong&gt;
+  Cassandre MONNET – Tél : 04 75 79 81 46 –
+  &lt;a href="mailto:cmonnet&amp;#64;ladrome.fr" target="_self"&gt;
+   cmonnet&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Suivi administratif du dossier :
+ &lt;strong&gt;
+  Sylvie BILLION-REY – Tél : 04 75 79 81 37 –
+  &lt;a href="mailto:sbillion-rey&amp;#64;ladrome.fr" target="_self"&gt;
+   sbillion-rey&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/af1f-aide-a-limmobilier-dentreprise-aie-pour-le-de/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:27" customHeight="0">
+      <c r="A173" s="1">
+        <v>162729</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les refuges de montagne</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux refuges de montagne</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
 Association
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H26" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Culture&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;Groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d’actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les projets de création, rénovation ou réhabilitation exemplaire de refuges de montagne. Ces projets incluent une exigence de performance énergétique, d’utilisation de ressources et matériaux locaux biosourcés et de consommation d’énergies renouvelables. Ils visent le renforcement quantitatif et qualitatif de l’offre touristique des espaces valléens. Pour information, les projets de petits équipements visant la transition énergétique et écologique des refuges sont éligibles dans le cadre du dispositif « refuges zéro fumée ».&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;équipements nécessitant l’utilisation d’énergies fossiles ;&lt;/li&gt; 	&lt;li&gt;valorisation du temps de travail d’installation dans la part d’autofinancement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères d’éco conditionnalité :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;diminution des consommations d’énergie primaire, augmentation de la part des énergies renouvelables et utilisation de matériaux biosourcés sur les bâtiments rénovés ;&lt;/li&gt; 	&lt;li&gt;concernant les réseaux de chaleur utilisant du bois énergie, rayon d’approvisionnement raisonnable (à titre indicatif : environ 80km), attesté par des contrats d’approvisionnement adossés à des Projet alimentaires territoriaux (PAT) ;&lt;/li&gt; 	&lt;li&gt;priorité aux outils dématérialisés dans la conception et la mise en œuvre des opérations de communication ainsi que dans les moyens d’information du public.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères d’éligibilité :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;les projets devront nécessairement participer au renforcement de l’offre d’itinérance alpine.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères de priorisation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;utilisation de bois certifié Bois des Alpes ;&lt;/li&gt; 	&lt;li&gt;refuges qui sont localisés sur des axes d’itinérance reconnus d’intérêt interrégional ;&lt;/li&gt; 	&lt;li&gt;projets qui mobilisent conjointement le dispositif « refuges zéro fumés ».&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Conformément au décret n° 2007-407 du 23 mars 2007, un refuge est un établissement d&amp;#039;hébergement recevant du public gardé ou non, situé en altitude dans un site isolé.&lt;br /&gt; Son isolement est caractérisé par l&amp;#039;absence d&amp;#039;accès tant par voie carrossable que par remontée mécanique de type téléporté ouvertes au public et par l&amp;#039;inaccessibilité pendant au moins une partie de l&amp;#039;année aux véhicules et engins de secours.&lt;br /&gt; Le refuge est situé en zone de montagne, au sens du chapitre Ier du titre Ier de la loi n° 85-30 du 9 janvier 1985 relative au développement et à la protection de la montagne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P173" s="1" t="inlineStr">
+        <is>
+          <t>29/05/2024</t>
+        </is>
+      </c>
+      <c r="R173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Types d’actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les projets de création, rénovation ou réhabilitation exemplaire de refuges de montagne. Ces projets incluent une exigence de performance énergétique, d’utilisation de ressources et matériaux locaux biosourcés et de consommation d’énergies renouvelables. Ils visent le renforcement quantitatif et qualitatif de l’offre touristique des espaces valléens. Pour information, les projets de petits équipements visant la transition énergétique et écologique des refuges sont éligibles dans le cadre du dispositif « refuges zéro fumée ».&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;équipements nécessitant l’utilisation d’énergies fossiles ;&lt;/li&gt; 	&lt;li&gt;valorisation du temps de travail d’installation dans la part d’autofinancement.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères d’éco conditionnalité :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;diminution des consommations d’énergie primaire, augmentation de la part des énergies renouvelables et utilisation de matériaux biosourcés sur les bâtiments rénovés ;&lt;/li&gt; 	&lt;li&gt;concernant les réseaux de chaleur utilisant du bois énergie, rayon d’approvisionnement raisonnable (à titre indicatif : environ 80km), attesté par des contrats d’approvisionnement adossés à des Projet alimentaires territoriaux (PAT) ;&lt;/li&gt; 	&lt;li&gt;priorité aux outils dématérialisés dans la conception et la mise en œuvre des opérations de communication ainsi que dans les moyens d’information du public.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères d’éligibilité :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;les projets devront nécessairement participer au renforcement de l’offre d’itinérance alpine.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;Critères de priorisation :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;utilisation de bois certifié Bois des Alpes ;&lt;/li&gt; 	&lt;li&gt;refuges qui sont localisés sur des axes d’itinérance reconnus d’intérêt interrégional ;&lt;/li&gt; 	&lt;li&gt;projets qui mobilisent conjointement le dispositif « refuges zéro fumés ».&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-refuges-montagne</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Service Montagne et Massif Alpin&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-refuges-de-montagne/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:27" customHeight="0">
+      <c r="A174" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
-[...119 lines deleted...]
-      <c r="L27" s="1" t="inlineStr">
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
- Objectifs
+ Objectif
 &lt;/h3&gt;
 &lt;p&gt;
- Favoriser le développement d&amp;#039;actions engagées et menées sur le plan du tourisme par les Établissements Publics de Coopération Intercommunale (EPCI) de la Drôme, Communautés de Communes ou d&amp;#039;agglomération, ou leurs Offices de Tourisme communautaires (OT), s&amp;#039;inscrivant dans la logique de la stratégie touristique dépa
-[...12 lines deleted...]
- Le versement de ces aides sera défini au travers de conventions d&amp;#039;objectifs entre le Département et les EPCI co-financeurs  ou leurs OT.
+ Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
- Subvention d&amp;#039;investissement et/ou de fonctionnement
-[...1 lines deleted...]
-&lt;h2&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des travaux en régie, seule la part afférente aux matériaux et aux fournitures sera prise en compte dans les dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de village..........................................................
+  &lt;strong&gt;
+   500 000 €
+  &lt;/strong&gt;
+  &lt;em&gt;
+   par tranche annuelle
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments communaux..........................................................
+  &lt;strong&gt;
+   1 000 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupes scolaires et/ou équipements petite enfance.. ..
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  maison de santé........................................................................
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
  Montant/Taux de l&amp;#039;aide
-&lt;/h2&gt;
-[...7 lines deleted...]
- Étant précisé que le montant de l&amp;#039;aide départementale ne pourra excéder le plafond équivalent au pourcentage de 51 % du coût de(s) l&amp;#039;action(s) présentée(s) par l&amp;#039;EPCI/OT, ou de 26 % dans une situation de co-financement bi-départemental.
+&lt;/h3&gt;
+&lt;p&gt;
+ Les taux de subventions sont calculés en fonction de la richesse des bénéficiaires.
+ &lt;br /&gt;
+ Le critère retenu est le Potentiel Financier de l&amp;#039;année N-1 dont le  calcul est fixé par l&amp;#039;article L. 2334-4 du code général des  collectivités territoriales.
+ &lt;br /&gt;
+ Le taux nominal est fixé par référence aux strates de richesse présentées ci dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ POTENTIEL FINANCIER de la commune
+TAUX
+0 € à 200 000 €
+70 %
+200 001 € à 450 000 €
+50 %
+450 001 € à 600 000 €
+40 %
+600 001 € à 1 000 000 €
+30 %
+1 000 001 € à 2 000 000 €
+25 %
+&amp;gt; 2 000 000 €
+20 %
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux nominal sera majoré de 10 % pour toute commune nouvelle résultant de la fusion de communes et ce, sur une période limitée à 3 ans après la date de fusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera minoré de 15 % du taux si l&amp;#039;Effort Fiscal de la commune est inférieur à 0,7.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux des Communautés de Communes et d&amp;#039;Agglomérations est fixé à       20 % sans minoration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositions particulières pour les bénéficiaire d&amp;#039;une subvention d&amp;#039;un montant égal ou supérieur à 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire s&amp;#039;engage à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ – dans l&amp;#039;hypothèse où le bien, objet de la subvention allouée venait, dans un délai de 10 ans à compter du versement du solde de ladite subvention, à ne plus être utilisé par le seul Bénéficiaire notamment en cas de cession, ou de mise à disposition de tiers qui remettrait en cause le caractère d&amp;#039;intérêt général ayant motivé le financement obtenu, celui-ci devra rembourser les sommes concernées selon les conditions dégressives suivantes qui ont été formalisées dans le règlement des aides adopté par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Bénéficiaire devra s&amp;#039;acquitter du montant correspondant à 1/10ème de la somme allouée par année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ – signer la convention qui sera jointe à la notification de la subvention, relative aux obligations du bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ – appliquer le logo du Département sur les panneaux de chantier, les documents de communication et le projet réalisé, en se référant à la charte graphique instaurée par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ – joindre à la demande de solde une photo du projet financé, faisant apparaître l&amp;#039;apposition d&amp;#039;une plaque comportant le texte suivant « le Département premier partenaire des communes »
+&lt;/p&gt;
+&lt;p&gt;
+ – informer le Département des autres financements publics obtenus pour le même objet.
 &lt;/p&gt;
 &lt;h3&gt;
  Pièces constitutives du dossier
 &lt;/h3&gt;
 &lt;p&gt;
- Demande émanant de l&amp;#039;EPCI ou de l&amp;#039;OT, plan d&amp;#039;actions détaillé et chiffré.
+ –  délibération de la collectivité maître d&amp;#039;ouvrage
+ &lt;br /&gt;
+ –  dossier APS/APD
+ &lt;br /&gt;
+ –  budget détaillé (plan de financement)
+ &lt;br /&gt;
+ –  note détaillée du projet
 &lt;/p&gt;
 &lt;h3&gt;
- Instruction des dossiers/Demande dématérialisée
+ Instruction des dossiers_Demande dématérialisée
 &lt;/h3&gt;
 &lt;p&gt;
- Dépôt dématérialisée via la plateforme
+ – dépôt des dossiers en ligne sur la plateforme
  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
-  Drôm Démat
+  Drôme Démat&amp;#039;
  &lt;/a&gt;
- :
-[...28 lines deleted...]
- Dispositif : Soutien  et promotion touristique
+ au 30 septembre N-1 pour financement éventuel en année N.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Aménagement du Territoire.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics_ Construction ou rénovation et bonus bois
+&lt;/p&gt;
+&lt;p&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – décision de la Commission permanente qui attribue la subvention.
 &lt;/p&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
- La subvention est versée en deux temps , :
-[...8 lines deleted...]
-&lt;/ul&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
 &lt;h3&gt;
- Bases réglementaires
+ Bases règlementaires
 &lt;/h3&gt;
 &lt;p&gt;
- Article L.3211-1
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Equipement public
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments Communaux
+ &lt;/strong&gt;
+ : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité
+ &lt;/strong&gt;
+ des équipements publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments scolaires du 1
+  er
+  degré et/ou équipements petite enfance :
+ &lt;/strong&gt;
+ construction, extensions et restructurations d&amp;#039;écoles, de groupes scolaires ou de restaurants scolaires, équipement petite enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Équipements sportifs :
+ &lt;/strong&gt;
+ créations ou restructurations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements de village :
+ &lt;/strong&gt;
+ requalification de centres bourgs, aménagements d&amp;#039;espaces publics en lien avec les opérations en traverse d&amp;#039;agglomération, places, aires de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements urbains
+ &lt;/strong&gt;
+ , esthétiques et paysagers dans le cadre d&amp;#039;un projet global
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de création et aménagement de
+ &lt;strong&gt;
+  sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouvrages d&amp;#039;art
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  projets concourant à la valorisation du patrimoine communal
+ &lt;/strong&gt;
+ en investissement et non éligible au titre d&amp;#039;autres règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition ait lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Études,
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les études concernées sont les suivantes
+ &lt;/strong&gt;
+ : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets structurants de requalification urbaine
+ &lt;/strong&gt;
+ (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements sportifs, culturels, touristiques, petite enfance (Centre de loisirs sans hébergement, crèche...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets structurants de requalification urbaine (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages d&amp;#039;art
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de création et aménagement de sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ Les mises en accessibilité des équipements publics (hors groupes scolaires)
+&lt;/p&gt;
+&lt;p&gt;
  &lt;em&gt;
-  du Code général des Collectivités territoriales, tel que modifié par la loi NOTRe du 7 août 2015.
+  Aménagement cyclable (voir modalités sur la fiche politique cyclable)
  &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+ &lt;/strong&gt;
+ : le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition est lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les maisons de santé
+ &lt;/strong&gt;
+ (voir nouvelles modalités ci-après)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études concernées sont les suivantes : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au déneigement,
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Préalable à l&amp;#039;intervention du Département
+ &lt;br /&gt;
+ – recensement à l&amp;#039;échelle et par l&amp;#039;EPCI des moyens existants,
+ &lt;br /&gt;
+ – évaluation avec l‘aide des services de la Direction des Déplacements du Département des besoins en équipements à acquérir et leur priorisation,
+ &lt;br /&gt;
+ – définition d&amp;#039;un planning d&amp;#039;acquisition des nouveaux équipements nécessaires sur le mandat
+ &lt;br /&gt;
+ – prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide au déneigement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide portera uniquement sur les dépenses d&amp;#039;investissement :
+ &lt;br /&gt;
+ – lames de déneigement,
+ &lt;br /&gt;
+ – saleuse et sableuse et leurs équipements de fixation,
+ &lt;br /&gt;
+ – équipements des pneumatiques (pneus normaux et chaînes ou pneus spéciaux),
+ &lt;br /&gt;
+ – éclairages spécifiques pour interventions de nuit,
+ &lt;br /&gt;
+ – engins spécifiques de déneigement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ –  Acquisition foncière pour réserve foncière ou pour habitat.
+ &lt;br /&gt;
+ –  Logements communaux.
+ &lt;br /&gt;
+ –  Les travaux d&amp;#039;entretien.
+ &lt;br /&gt;
+ – Reprise de concession.
+ &lt;br /&gt;
+ – Gîtes communaux, camping et bornes de camping car.
+ &lt;br /&gt;
+ – Matériel de déneigement.
+ &lt;br /&gt;
+ – Mobilier et acquisition sauf faisant partie d&amp;#039;un programme d&amp;#039;ensemble (mobilier scolaire et de bibliothèque).
+ &lt;br /&gt;
+ –  Prestation d&amp;#039;ingénierie du Département.
+ &lt;br /&gt;
+ –  Gendarmerie.
+ &lt;br /&gt;
+ –  Bornes incendie.
+ &lt;br /&gt;
+ –  Les dépenses traitées au titre d&amp;#039;une politique thématique départementale.
+ &lt;br /&gt;
+ –  Les travaux de vidéo-protection (sauf ceux aux abords des collèges qui seront traités dans un autre dispositif complémentaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -Logement.
+ &lt;br /&gt;
+ – Acquisition foncière (pour réserve).
+ &lt;br /&gt;
+ – Sièges administratifs communautaires et locaux techniques communautaires.
+ &lt;br /&gt;
+ – Groupes scolaires.
+ &lt;br /&gt;
+ – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
+ &lt;br /&gt;
+ –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S174" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="T174" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
-[...23 lines deleted...]
-  &lt;/strong&gt;
+      <c r="V174" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Politiques Territoriales – Service des Relations avec les Collectivités
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quentin DUVILLIER, Coordonnateur zone nord –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 65
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christel MORIN, Coordonnatrice zone sud –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 31
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aurore MERMET, Coordonnatrice zone centre –
+ &lt;strong&gt;
+  Tél. : 04 75 79 82 29
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 67
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:27" customHeight="0">
+      <c r="A175" s="1">
+        <v>162283</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de financement pour un projet de développement structurant, contribuant à la création ou au maintien d’un nombre significatif d’emplois pérennes</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>INVESTour</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vous êtes une entreprise du tourisme et êtes à la recherche de financement pour un projet de développement structurant, contribuant à la création ou au maintien d’un nombre significatif d’emplois pérennes ?&lt;/strong&gt; Avec INVESTour, la Région Sud renforce les besoins en fonds propres et quasi-fonds propres des entreprises du territoire par l&amp;#039;attribution de prêts participatifs ou d&amp;#039;obligations convertibles.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises des secteurs touristiques en phase de création, de reprise/transmission et celles présentant un projet de développement par l’investissement nécessitant la mobilisation de financement en quasi-fonds propres ou prêts bancaires et permettant la création d&amp;#039;emplois pérennes ou le maintien d&amp;#039;emplois fragilisés.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Les entreprises exerçant une activité au croisement des secteurs du tourisme et de la culture, en cohérence avec le type de projets soutenus dans le cadre de l’Opération d’intérêt régional Tourisme et Industries créatives des &lt;a href="https://www.risingsud.fr/transformer-mon-entreprise/nos-filieres-dexcellence" target="_blank" title="filières de l’excellence économique régionale"&gt;filières de l’excellence économique régionale&lt;/a&gt; .&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Les entreprises de service numérique portant des projets dans le champ du tourisme (à l&amp;#039;exception des applications numériques de type plate-forme)&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Porteuses d&amp;#039;une innovation de service ou de produits dans le champ du tourisme,&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Présentant des projets de financements structurants (diversification de l’activité, rénovation, extension, modernisation, développement durable, projet d’innovation, etc.).&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;N’étant pas cotées en bourse.&lt;br /&gt; 	 &lt;/li&gt; 	&lt;li&gt;Dont le siège social ou l’établissement est situé en Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en trésorerie non couvert par l’activité de l’entreprise (reconstitution de stocks, réapprovisionnement en matière premières/consommables, dettes fournisseurs et sous-traitants, etc.) si ces besoins sont intégrés dans un plan de développement plus global.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels (acquisition de logiciels, dépenses de publicité et de formation des salariés, etc.) et corporels (outil de production, matériels, etc.).&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P175" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les besoins en trésorerie non couvert par l’activité de l’entreprise (reconstitution de stocks, réapprovisionnement en matière premières/consommables, dettes fournisseurs et sous-traitants, etc.) si ces besoins sont intégrés dans un plan de développement plus global.&lt;/li&gt; 	&lt;li&gt;Les investissements immatériels (acquisition de logiciels, dépenses de publicité et de formation des salariés, etc.) et corporels (outil de production, matériels, etc.).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;DEMANDE EN LIGNE&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Les dossiers de candidature doivent être transmis de manière dématérialisée auprès de Région Sud Investissement, société dont la Région est l&amp;#039;actionnaire unique, avant le démarrage des acquisitions liées au projet.&lt;br /&gt; &lt;br /&gt; Les entreprises ayant candidaté sur la base d’un dossier constitué avec l’appui d’un conseiller de Région Sud Investissement font l’objet d’un examen par un Comité technique de pré-sélection. A l’issue, les entreprises présélectionnées sont conviés à un comité de sélection qui délibéra des projets retenus.&lt;br /&gt; &lt;br /&gt; Un échange préalable auprès des services de la Région Sud est fortement recommandé afin de vérifier l’éligibilité au dispositif régional.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/investour</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.regionsudinvestissement.com/nos-solutions-de-pret-partcipatif/pret-participatif/investour-fonds-dedie-aux-entreprises-du-tourisme/</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Portail Entreprises de la Région Sud&lt;br /&gt; &lt;br /&gt; Permanence téléphonique du lundi au vendredi de 8h30 à 12h30 et de 13h30 à 17h30 au &lt;strong&gt;0 805 805 145&lt;/strong&gt; (services et appels gratuits)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investour/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:27" customHeight="0">
+      <c r="A176" s="1">
+        <v>122829</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les acteurs locaux autour d'une démarche partagée de valorisation du patrimoine  (LEADER /Fiche action 4)</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les acteurs locaux autour d'une démarche partagée de valorisation du patrimoine</t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les objectifs sont multiples et visent à
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  valoriser le patrimoine du territoire dans le cadre d&amp;#039;une démarche collective
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;appropriation des patrimoines par les habitants
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer la destination touristique du territoire et du Lac du Der par la structuration de l&amp;#039;offre patrimoniale
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en valeur les sites remarquables
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la sensibilisation aux patrimoines par l&amp;#039;éducation
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer la mise en réseau des acteurs afin d&amp;#039;élargir les outils collectifs liés à ces richesses (connaissance, promotion, communication, produits touristiques...) en direction des habitants et des touristes
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les actions  de sensibilisation et de préservation par des démarches collectives innovantes
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="M176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostics, études et inventaire de l&amp;#039;offre patrimoniale et des besoins en la matière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la valorisation du patrimoine (agents et élus) sur les thématiques de la valorisation du territoire dans un sens large
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau et coordination des acteurs en lien avec la thématique du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Opération de promotion de l&amp;#039;offre patrimoniale et de sensibilisation à cette dernière à destination de tous les publics : organisation d&amp;#039;événements, animation, actions de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;outils de communication-promotion, de connaissance, de sensibilisation et de médiation et d&amp;#039;interprétation du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils spécifiques de sensibilisation et de communication et de valorisation collective et concertée et de mise en tourisme du patrimoine (par mise en tourisme du patrimoine, on entend le développement du tourisme patrimonial)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des sites patrimoniaux (naturel, culturel et historique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation territoriale pour faire émerger les projets
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T176" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a96d-favoriser-le-consommer-local-leader-fiche-act/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+    <row r="177" spans="1:27" customHeight="0">
+      <c r="A177" s="1">
+        <v>122830</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser l'omnipréssence de l'eau et de la nature (LEADER /Fiche action 5)</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser l'omnipréssence de l'eau et de la nature</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>Les objectifs sont multiples et visent à
+ :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  permettre la découverte du territoire à travers les canaux, les cours d&amp;#039;eau et les circuits de randonnée
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir la mise en réseau des sites et des acteurs à travers l&amp;#039;itinérance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  renforcer la destination touristique du territoire et du Lac du Der
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  proposer des itinéraires de découvertes et des déclinaisons locales à pied, en vélo, à cheval, en lien et en complémentarité avec le réseau des voies vertes et de canaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer les services et les activités atour de l&amp;#039;eau et de la nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;accessibilité des plans d&amp;#039;eau, canaux et rivières
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le développement touristique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  fédérer et inscrire les acteurs du territoire autour de la démarche touristique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;études, de diagnostics pour la création ou le développement/modernisation de voies douces, d&amp;#039;itinéraires de découverte, d&amp;#039;équipements et de sites de loisirs et enfin de nouveaux produits touristiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et aménagement d&amp;#039;hébergements insolites, atypiques ou thématisés dans la limite de 2 hébergements insolites ou atypiques sur la durée du programme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de parcours accrobranche, via ferrata, escalade en pleine nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création et réhabilitation d&amp;#039;équipements pour rendre les sites de loisirs et touristiques proches de l&amp;#039;eau accessible au public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception, aménagement, réhabilitation et équipement (signalétique) de circuits thématiques et des sentiers de voies douces et de randonnée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conception et mise en place de nouveaux produits touristiques sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place et promotion des modes de déplacements touristiques doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de communication, de sensibilisation et de promotion permettant la mise en valeur et le développement du tourisme et des activités de pleine nature à tous les publics : animations, événement, participation à des salons
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation pour les activités nouvelles et expérimentales (n&amp;#039;existant pas encore sur le territoire) renvoyant au tourisme mais aussi pour la communication et la promotion touristique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge de la promotion du territoire (agents et élus) sur les thématiques de la promotion touristique dans un sens large
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils de sensibilisation et de communication touristiques : création de supports, outils de diffusion et de matériels renvoyant au numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T177" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6c06-federer-les-acteurs-locaux-autour-dune-demarc/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:27" customHeight="0">
+      <c r="A178" s="1">
+        <v>159894</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F178" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...4 lines deleted...]
-      <c r="H28" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I28" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K28" s="1" t="inlineStr">
+      <c r="J178" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="N28" s="1" t="inlineStr">
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des centres-bourgs, villes ou quartiers, sur le plan de l&amp;#039;image et du cadre de vie
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global d&amp;#039;aménagement de centre-bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables, y compris la redynamisation de stations touristiques existantes et des offices de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutiens aux événements culturels, et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme
-Spectacle vivant
-[...3 lines deleted...]
-      <c r="O28" s="1" t="inlineStr">
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q28" s="1" t="inlineStr">
+      <c r="P178" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q178" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S28" s="1" t="inlineStr">
+      <c r="R178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
-[...30 lines deleted...]
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="T178" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G29" s="1" t="inlineStr">
+    <row r="179" spans="1:27" customHeight="0">
+      <c r="A179" s="1">
+        <v>164743</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'investissement des transitions - Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l&amp;apos;investissement des transitions - Très Petites Entreprises (TPE)</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif accompagne la réalisation des projets de transition de la petite entreprise vers des modèles plus responsables (Responsabilité Sociétale des Entreprises - RSE) et favorise l&amp;#039;économie circulaire, les circuits courts et l&amp;#039;approvisionnement local. &lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consolider financièrement les projets de développement permettant l&amp;#039;entreprise d&amp;#039;engager ses transitions,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Favoriser les circuits courts et l&amp;#039;approvisionnement local,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Limiter et valoriser les déchets, réutiliser et réemployer des outils de production au travers de l&amp;#039;économie circulaire.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Montant
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Cette aide est accordée sur les coûts d&amp;#039;investissement dans les actifs corporels ou incorporels ainsi que les dépenses liées au conseil et au recrutement relatives à la réalisation du projet. Pour ces dernières, elles ne doivent pas dépasser la moitié des dépenses éligibles. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne sont pas éligibles : les dépenses liées à l’acquisition de véhicules, à l’obtention d’une certification ou d’une norme réglementaire et au financement en crédit-bail.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La région fixe un taux d&amp;#039;intervention maximum de 35% du montant de l&amp;#039;investissement.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&amp;#039;aide régionale ne pourra pas dépasser 50 000 € au titre de cette aide et n&amp;#039;interviendra pas si le montant des investissements ne dépasse pas 10 000 € hors taxes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La modulation du taux s&amp;#039;effectue selon l&amp;#039;adéquation du projet avec la feuille de route Néo Terra et/ou la localisation de l&amp;#039;entreprise sur les territoires prioritaires régionaux (territoires d’industrie, CADET, QPV…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie circulaire
+Economie locale et circuits courts
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprise de moins de 10 salariés et chiffre d&amp;#039;affaire ou bilan inférieur à 2 millions d&amp;#039;euros (TPE), enregistrée au Registre national des entreprises, dans les secteurs du commerce, de l&amp;#039;industrie, des services et de l&amp;#039;artisanat. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ne sont pas éligibles : l&amp;#039;hôtellerie, les campings et les gîtes (ils relèvent des dispositifs spécifiques liés aux activités touristiques).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour solliciter une aide à la transition, le dirigeant d’entreprise doit : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Avoir réalisé un accompagnement préalable auprès des structures adéquates,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous pouvez être accompagné dans votre projet par toute structure qui vous semble compétente ( CCI, Chambre des Métiers, ADI - Agence de Développement et de l&amp;#039;Innovation de Nouvelle-Aquitaine, votre EPCI, cabinets spécialisés..) pour vous accompagner dans :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;La définition de votre stratégie et de votre plan d&amp;#039;action&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La recherche de financement et de partenaires&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La complétude et le dépôt de votre dossier de demande d&amp;#039;aide régionale.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/aide-linvestissement-des-transitions-tres-petites-entreprises-tpe</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>Pour solliciter une aide régionale dans le cadre du dispositif d’aide à l&amp;#039;investissement des transitions, le dirigeant d’entreprise dépose un dossier de demande de financement à la Région accompagné des différentes pièces justificatives dont la charte d’engagement signée.</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-linvestissement-des-transitions-tres-petites-entreprises-tpe/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:27" customHeight="0">
+      <c r="A180" s="1">
+        <v>162977</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le bien-être et le cadre de vie des Coëvronnais</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Coëvrons</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H29" s="1" t="inlineStr">
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="I180" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet de mise en tourisme d’un site culturel, de mémoire ou d’histoire (hors musée) ou un projet d’accueil du public au sein d’une entreprise détentrice d’un savoir-faire ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à &lt;/strong&gt;&lt;strong&gt;200 000 € : &lt;/strong&gt;&lt;/p&gt;
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Priorité stratégique :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;La population des Coëvrons est en diminution, plutôt vieillissante, et rencontre des fragilités sociales. L’offre de soin est insuffisante. L’enjeu est d’adapter et de développer des soins et des services pour la population à toutes les étapes de la vie, de favoriser le vivre ensemble et l’échange entre les générations.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;u&gt;Objectifs opérationnels :&lt;/u&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;/li&gt;&lt;li&gt;Faciliter les démarches partenariales pour améliorer la prévention et l&amp;#039;offre de soins sur le territoire&lt;/li&gt;&lt;li&gt;Favoriser l’inclusion sociale, l’insertion et les échanges entre les générations&lt;/li&gt;&lt;li&gt;Prévenir la rupture sociale&lt;/li&gt;&lt;li&gt;Développer l’offre petite enfance et enfance jeunesse&lt;/li&gt;&lt;li&gt;Soutenir l’offre de loisirs et sportive pour tous&lt;/li&gt;&lt;li&gt;Soutenir la vie associative&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Type d&amp;#039;opérations éligibles : &lt;/u&gt;&lt;/p&gt;&lt;p&gt;1/ Amélioration de la prévention et de l&amp;#039;offre de soins :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions innovantes telles que la télémédecine et unité mobile de soin&lt;/li&gt;&lt;li&gt;Actions d’aide à l’installation des professionnels de santé&lt;/li&gt;&lt;li&gt;Actions de prévention, d’information, de communication et de formation&lt;/li&gt;&lt;li&gt;Mise en réseau des professionnels de santé et des acteurs du territoire&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;2/ Renforcement de l’inclusion sociale et des échanges entre les générations :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Actions en faveur de l’inclusion sociale et de l’insertion&lt;/li&gt;&lt;li&gt;Services innovants en faveur des jeunes, de l’intergénérationnel et des personnes âgées (ex : habitats partagés, structures EHPAD/crèche, système de parrainage)&lt;/li&gt;&lt;li&gt;Actions en faveur du handicap et de la santé mentale&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;3/ Développement de l’offre petite enfance et enfance jeunesse :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets en lien avec l’accueil des enfants en situations de handicap (ex : structure de type Loisirs Pluriel), évènements et actions inclusives&lt;/li&gt;&lt;li&gt;Actions d’amélioration de l’offre actuelle&lt;/li&gt;&lt;li&gt;Nouveaux services et équipements&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;4/ Soutien d’une pratique sportive et de loisirs pour tous :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Dispositifs et actions pour soutenir les pratiques amateurs&lt;/li&gt;&lt;li&gt;Actions en faveur de l’intergénérationnel&lt;/li&gt;&lt;li&gt;Acquisition d&amp;#039;équipements pour permettre une pratique inclusive&lt;/li&gt;&lt;li&gt;Développement d’offres de loisirs et sportives innovantes&lt;/li&gt;&lt;li&gt;Actions liées au développement de synergie entre les acteurs de la culture et des loisirs&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P180" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q180" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Dépenses éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Toute dépense matérielle et immatérielle&lt;/p&gt;&lt;p&gt;Il est précisé que :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais directs de personnel ne sont éligibles que sous la forme de coûts simplifiés (barème standard de coût unitaire) dès lors que le personnel affecte au moins 5% de son temps de travail total au projet concerné&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) est éligible pour les porteurs de projet privés si la totalité des dépenses est en TTC et dès lors qu’il n’y a pas application d’un régime d’aides d’Etat excluant ce type de dépenses&lt;/li&gt;&lt;li&gt;Les coûts indirects sont pris en charge par le taux forfaitaire de 7% appliqué sur les dépenses directes éligibles défini dans le règlement portant dispositions communes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Dépenses non éligibles :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses mentionnées dans le Plan Stratégique National à son point 4.7.1 « Liste des dépenses non-éligibles » en application de l’article 73-3 du règlement (UE) n° 2021/2115&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans le décret n° 2023-5 du 3 janvier 2023&lt;/li&gt;&lt;li&gt;Les dépenses mentionnées dans la note de procédure de l’AGR relative à l’éligibilité :&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;     ▪ Les investissements concernant du matériel d’occasion ;&lt;br /&gt;     ▪ Les coûts d’amortissement ;&lt;br /&gt;     ▪ Les contributions en nature (par exemple : bénévolat) et le temps de travail dédié par un porteur de projet à de l’auto-construction (c&amp;#039;est-à-dire le coût de la main d’oeuvre lorsque le bénéficiaire effectue lui-même une partie des travaux), sauf si elle est intégrée dans une option de coût simplifié.&lt;br /&gt;     ▪ les investissements acquis en crédit-bail ou équivalent (location-vente, lease back)&lt;br /&gt;     ▪ les frais de change ;&lt;br /&gt;     ▪ les investissements immobiliers dont l’acquisition est réalisée par le biais d’une vente en l’état futur d’achèvement (VEFA).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Au titre de l’application du barème standard de coût unitaires pour les dépenses de personnel : Les frais directs liés aux dépenses directes de personnel (déplacement, hébergement, restauration)&lt;/li&gt;&lt;li&gt;La Taxe sur la Valeur Ajoutée (TVA) pour les porteurs de projet publics : les dépenses éligibles sont présentées en Hors Taxes (HT)&lt;/li&gt;&lt;li&gt;Les dépenses justifiées sur devis/factures totalisant un montant inférieur à 250€ HT&lt;/li&gt;&lt;li&gt;Les retenues de garanties appliquées dans le cadre d’un marché public de travaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Recettes : Les recettes générées pendant ou après l’opération ne sont pas prises en compte dans le cadre du plan de financement, excepté si l’opération est soumise à un régime d’aide d’Etat qui l’exige.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>CC des Coëvrons</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coevrons.fr/article/programme-leader</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;GAL des Coëvrons&lt;br /&gt;2 avenue Raoul Vadepied&lt;br /&gt;53600 EVRON&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:leader&amp;#64;coevrons.fr"&gt;leader&amp;#64;coevrons.fr&lt;/a&gt;&lt;br /&gt;&lt;span&gt;02 43 66 32 00&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>njoly@coevrons.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:27" customHeight="0">
+      <c r="A181" s="1">
+        <v>112000</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de valorisation du patrimoine monumental</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets de valorisation du patrimoine monumental - investissement</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses remboursées jusqu’à 20 % &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Communes, excepté celles liées au Département par une convention de partenariat au titre de l&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics de coopération intercommunale : &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;o&lt;span&gt;	&lt;/span&gt;pour la réalisation d’études, de travaux et de scénographie en proximité immédiate d’une propriété départementale et favorisant la qualité d’accueil des visiteurs,&lt;/p&gt;&lt;p&gt;o&lt;span&gt;	&lt;/span&gt;dans le cadre d’actions menées par les villes et pays d’art et d’histoire du territoire&lt;/p&gt;&lt;p&gt;&lt;strong&gt;DESCRIPTION DU REGLEMENT&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;Soutenir la valorisation des sites archéologiques et historiques charentais en donnant la priorité à l’action et à la découverte des différentes périodes de l’espèce humaine. Promouvoir la qualité des sites et l’implication forte des acteurs locaux dans l’animation des territoires. &lt;/p&gt;&lt;p&gt;Rendre accessible les sites de visite.&lt;/p&gt;&lt;p&gt;Lutter contre la dégradation de certains vestiges en favorisant une politique d’acquisition des sites archéologiques menacés.&lt;/p&gt;&lt;p&gt;Rendre la culture accessible à tous et en faire un facteur d’attractivité en décloisonnant les approches entre les différentes formes de patrimoine (bâti, naturel, immatériel…) et en encourageant l’émergence de pratiques innovantes. Faire davantage dialoguer des œuvres d’aujourd’hui avec le patrimoine, en lien avec le schéma de développement du tourisme durable de la Charente.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODE DE CALCUL&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Les demandes seront examinées sous réserve de l&amp;#039;obtention des crédits en session budgétaire, sollicités sur demande et au vu des projets présentés :
+&lt;/p&gt;
+&lt;p&gt;
+ → centre d&amp;#039;interprétation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses recevables :
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;p&gt;
+ - études
+&lt;/p&gt;
+&lt;p&gt;
+ - scénographie &amp;#43; second œuvre lié à la scénographie / hors le clos et le couvert
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;Une entreprise au sens de l’Union Européenne&lt;/li&gt;
-[...1 lines deleted...]
-&lt;li&gt;Une collectivité territoriale ou un établissement public&lt;/li&gt;
+ &lt;li&gt;
+  jusqu&amp;#039;à 40 % d&amp;#039;une dépense subventionnable plafonnée à 250.000 € HT ou TTC (selon la nature du bénéficiaire)
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;&lt;strong&gt;Votre projet &lt;/strong&gt;concerne :&lt;/p&gt;
+&lt;p&gt;
+ → espace d&amp;#039;interprétation :
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;La mise en tourisme d’un site culturel, de mémoire ou d’histoire&lt;strong&gt;, situé en zone rurale*,&lt;/strong&gt; et plus particulièrement les projets d’équipement d’aide à la visite (outil de médiation, de digitalisation) permettant la création ou le renouvellement fondamental de l’offre&lt;/li&gt;
-&lt;li&gt;L’amélioration des conditions d’accueil du public au sein d’une entreprise du Grand Est souhaitant faire découvrir ses savoir-faire par la &lt;strong&gt;création, l’amélioration ou la mise en sécurité d’un circuit de visite ou d’espaces permettant l’accueil des clientèles touristiques&lt;/strong&gt; ainsi que la&lt;strong&gt; digitalisation de l’offre de visite&lt;/strong&gt;. Les projets portés par des entreprises n’ouvrant pas encore leurs portes au public (ou de manière ponctuelle) seront étudiés prioritairement dans le cadre de l’&lt;a href="https://www.grandest.fr/appel-a-projet/tourisme-savoir-faire/"&gt;appel à projets Tourisme de Savoir-Faire&lt;/a&gt;.&lt;/li&gt;
+ &lt;li&gt;
+  dépenses recevables :
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;*La zone rurale est constituée des &lt;strong&gt;bourgs ruraux, des communes rurales à habitat dispersé et des communes rurales à habitat très dispersé au sens des critères du zonage INSEE&lt;/strong&gt;&lt;/p&gt;
-&lt;p&gt;&lt;strong&gt;Projets inéligibles :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ - études
+&lt;/p&gt;
+&lt;p&gt;
+ - scénographie &amp;#43; second œuvre lié à la scénographie / hors le clos et le couvert
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;Les projets de musée sont inéligibles, quelle que soit la forme juridique du demandeur&lt;/li&gt;
-&lt;li&gt;Les projets portant uniquement sur la création d’un espace de vente/dégustation sont inéligibles&lt;/li&gt;
+ &lt;li&gt;
+  jusqu&amp;#039;à 35 % d&amp;#039;une dépense subventionnable plafonnée à 80.000 € HT ou TTC (selon la nature du bénéficiaire)
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
-[...3 lines deleted...]
-&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;p&gt;
+ → études et travaux à proximité d&amp;#039;une propriété départementale :
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;les prestations de conseils et d’études préalables à la réalisation des investissements (architecture, décoration, scénographie, design d’offres, aide à la digitalisation, etc.)&lt;/li&gt;
-[...3 lines deleted...]
-&lt;li&gt;les dépenses d’installation de borne de rechargement pour véhicules hybrides ou électriques&lt;/li&gt;
+ &lt;li&gt;
+  jusqu&amp;#039;à 50 % d&amp;#039;une dépense subventionnable plafonnée à 20.000 € HT ou TTC (selon la nature du bénéficiaire)
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;Pour le tourisme de savoir-faire, peuvent être en outre éligibles les travaux de construction, extension, aménagement des bâtiments et des espaces liés à l’accueil du public ou à la création du circuit de visite et les aménagements extérieurs dédiés à l’accueil des clientèles touristiques.&lt;/p&gt;
-[...2 lines deleted...]
-&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est :&lt;/p&gt;
+&lt;p&gt;
+ → valorisation numérique du patrimoine :
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;au titre d’un accompagnement adapté aux &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individuel"&gt;besoins en matière de transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI, etc.)&lt;/li&gt;
-&lt;li&gt;au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explore Grand Est Académie&lt;/a&gt;&lt;/li&gt;
+ &lt;li&gt;
+  jusqu&amp;#039;à 25 % du coût HT ou TTC du projet, avec un montant annuel de subvention plafonné à 10.000 € ou TTC (selon la nature du bénéficiaire)
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Vous devez solliciter le Président du Conseil Régional avant le démarrage du projet et avant signature des devis. Déposez votre demande en ligne.&lt;/p&gt;
-&lt;p&gt;Pour pouvoir bénéficier des conditions de subventionnement, les délais suivants sont à respecter impérativement :&lt;/p&gt;
+&lt;p&gt;
+ → acquisition de sites archéologiques menacés :
+&lt;/p&gt;
 &lt;ul&gt;
-&lt;li&gt;&lt;strong&gt;Le dossier complet de demande de subvention doit être déposé au maximum dans un délai d’un an à compter de la date de transmission de la demande dans le téléservice et avant la fin des travaux. &lt;/strong&gt;&lt;strong&gt;Au-delà de cette période, la demande devient non recevable&lt;/strong&gt;&lt;/li&gt;
+ &lt;li&gt;
+  jusqu&amp;#039;à 30 % d&amp;#039;une dépense subventionnable plafonnée à 20 000.€ HT ou TTC (selon la nature du bénéficiaire)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques</t>
+        </is>
+      </c>
+      <c r="O181" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements valorisant le patrimoine monumental charentais et ayant une résonnance sur le territoire du département :
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Chaque projet devra intégrer les objectifs suivants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;rayonnement territorial&lt;/li&gt;&lt;li&gt;capacité à fédérer les acteurs culturels, touristiques mais aussi la population locale &lt;/li&gt;&lt;li&gt;accessibilité à plusieurs cibles de visiteurs en cohérence avec la fréquentation du site et du territoire, notamment les clientèles étrangères &lt;/li&gt;&lt;li&gt;portée du plan de communication qui doit occuper une part significative dans le projet.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le porteur de projet s’engage à fournir, chaque année, les chiffres de la fréquentation de l’équipement.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ → Centre d&amp;#039;interprétation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;équipement est aménagé à proximité immédiate d&amp;#039;un lieu patrimonial
+ &lt;/li&gt;
+ &lt;li&gt;
+  il organise et met à la disposition des visiteurs des informations faisant appel à l&amp;#039;imagination et l&amp;#039;interprétation. Utilisation des techniques les plus appropriées de communication et de reconstitution afin de permettre la mise en réseau des sites : bornes multimédias, reconstitutions en 3D, images numériques
+ &lt;/li&gt;
+ &lt;li&gt;
+  il s&amp;#039;organise autour de la mise en valeur d&amp;#039;un thème plus que d&amp;#039;une collection
+ &lt;/li&gt;
+ &lt;li&gt;
+  il dispose d&amp;#039;une identité clairement définie, d&amp;#039;un personnel permanent, d&amp;#039;un programme d&amp;#039;animations annuel
+ &lt;/li&gt;
+ &lt;li&gt;
+  son contenu devra faire l&amp;#039;objet d&amp;#039;une étude scénographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  le projet sera soumis à l&amp;#039;avis technique d&amp;#039;un comité scientifique
+ &lt;/li&gt;
+ &lt;li&gt;
+  présence d&amp;#039;un système de comptage. Si site existant, le nombre de visiteurs de l&amp;#039;année précédant la demande devra être mentionné et l&amp;#039;objectif de fréquentation pour les deux années suivantes devra être défini
+ &lt;/li&gt;
+ &lt;li&gt;
+  co-financement obligatoire de la commune et/ou de la communauté de communes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ → Espace d&amp;#039;interprétation :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;équipement est aménagé à proximité immédiate d&amp;#039;un lieu patrimonial
+ &lt;/li&gt;
+ &lt;li&gt;
+  il est conçu comme un espace-vitrine dynamique invitant à la découverte de sites sur le territoire charentais
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contenu rédactionnel et iconographique sera soumis à l&amp;#039;avis technique de spécialistes
+ &lt;/li&gt;
+ &lt;li&gt;
+  possibilité d&amp;#039;accès libre à la visite sans droit d&amp;#039;entrée
+ &lt;/li&gt;
+ &lt;li&gt;
+  présence d&amp;#039;un système de comptage (hors espace de plein air en accès libre). Si site existant, le nombre de visiteurs de l&amp;#039;année précédant la demande devra être mentionné et l&amp;#039;objectif de fréquentation pour les deux années suivantes devra être défini
+ &lt;/li&gt;
+ &lt;li&gt;
+  co-financement obligatoire de la commune et/ou de la communauté de communes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ → Etudes et travaux en proximité immédiate d&amp;#039;une propriété départementale et favorisant la qualité d&amp;#039;accueil des visiteurs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  caractère patrimonial et touristique du site appartenant au Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans le cadre d&amp;#039;un aménagement, usage avéré de l&amp;#039;aménagement par les visiteurs de la propriété départementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  recevabilité des dépenses de mobilier urbain (tables, chaises...) dans le cadre d&amp;#039;un aménagement extérieur
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valorisation numérique du patrimoine monumental :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  caractère innovant des technologies et des fonctionnalités proposées (proposition de nouveaux modes de découverte in situ en lien avec les attentes des visiteurs dans le cadre du développement d&amp;#039;une offre immersive)
+ &lt;/li&gt;
+ &lt;li&gt;
+  rayonnement territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  inscription dans un projet de territoire impliquant des co-financements locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  rigueur scientifique en s&amp;#039;appuyant sur des contenus historiques qualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  capacité à fédérer les acteurs culturels, touristiques mais aussi la population locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  justification de la valeur ajoutée de ces outils en termes de médiation culturelle et de retombées touristiques pour le site
+ &lt;/li&gt;
+ &lt;li&gt;
+  accessibilité à plusieurs cibles de visiteurs en cohérence avec la fréquentation du site et du territoire, notamment les clientèles étrangères (prise en compte des nouveaux usages des publics jeunes)&lt;/li&gt;
+ &lt;li&gt;
+  portée du plan de communication qui doit occuper une part significative dans le projet
+ &lt;/li&gt;
+ &lt;li&gt;un intérêt sera porté aux projets, qui en offrant des moyens de découverte de différents lieux de visite et points d’intérêt touristique, incitent les visiteurs à prolonger leur séjour et augmentent ainsi la fréquentation des sites, notamment ceux disposant de personnels permanents et partenaires de l’opération « Collège et Patrimoine »&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses irrecevables :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la production de jeux vidéo
+ &lt;/li&gt;
+ &lt;li&gt;
+  la production audiovisuelle exclusive
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Le porteur de projet s’engage à fournir, chaque année, les chiffres de la fréquentation de l’équipement.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisition de sites archéologiques menacés :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  site protégé au titre des monuments historiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours financier du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ o	l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant la nature de l&amp;#039;opération envisagée, approuvant le projet, et sollicitant le soutien financier du Département
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour les associations :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ o	les pièces structurelles : statuts, rapport d&amp;#039;activités, membres...
+&lt;/p&gt;
+&lt;p&gt;
+ o	les documents financiers : documents comptables, RIB...
+&lt;/p&gt;
+&lt;p&gt;
+ o le contrat d&amp;#039;engagement républicain signé
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le plan de financement incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  le calendrier prévisionnel de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  le devis descriptif et estimatif du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  les plans des travaux selon la nature du projet
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : possibilité d&amp;#039;acomptes (jusqu&amp;#039;à 80% du montant de la subvention) ; le solde à l&amp;#039;achèvement de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S181" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T181" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U181" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V181" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Patrimoine/6125_Valorisation_patrimoine_monumental_inv_01.pdf</t>
+        </is>
+      </c>
+      <c r="W181" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X181" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : 31 mars dans la mesure du possible
+&lt;/p&gt;
+&lt;p&gt;
+ Service patrimoine et tourisme ; Tél. : 05 16 09 74 21&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y181" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z181" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/73bd-soutenir-les-projets-de-valorisation-du-patri/</t>
+        </is>
+      </c>
+      <c r="AA181" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="182" spans="1:27" customHeight="0">
+      <c r="A182" s="1">
+        <v>149544</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des investissements agritouristiques pour l'attractivité du territoire départemental</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>AIDE AUX INVESTISSEMENTS AGRITOURISTIQUES POUR L’ATTRACTIVITE DU TERRITOIRE DEPARTEMENTAL</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H182" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Cette aide vise à apporter un soutien aux projets agritouristiques portés par des structures collectives en lien avec les produits drômois sous signes de qualité lié à l&amp;#039;origine, dans le cas où ces projets permettent d&amp;#039;améliorer l&amp;#039;attractivité touristique du territoire sans bénéficier économiquement à une entreprise en particulier.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide vise à accompagner les structures professionnelles agricoles collectives dans leurs projets de valorisation des productions drômoises auprès du grand public, des consommateurs et des touristes, dans le but de développer l&amp;#039;agritourisme en Drôme.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h2&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Sont éligibles les investissements relatifs aux projets collectifs de développement de l&amp;#039;agritourisme :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les matériels pédagogiques et de découverte des produits AOP ou IGP drômois (panneaux, jeux, film
+  &lt;br /&gt;
+  pédagogique, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements extérieurs de valorisation du produit dans les lieux publics pour les routes touristiques
+  &lt;br /&gt;
+  liées à un produit AOP ou IGP
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Montant/Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;aide est à hauteur de 50% des dépenses éligibles suite à instruction, dans la limite de 15 000 € HT maximum
+ &lt;br /&gt;
+ de subvention.
+ &lt;br /&gt;
+ Le taux d&amp;#039;aide mentionné ci-dessus est plafonné par les règles des régimes d&amp;#039;aides d&amp;#039;Etat en vigueur.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dossier doit être déposé en ligne sur le site https://mesdemarches.ladrome.fr/. La liste des pièces
+ &lt;br /&gt;
+ justificatives nécessaire au dépôt du dossier est indiquée dans le formulaire en ligne de demande de subvention.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Attention :
+ &lt;/strong&gt;
+ les dépenses ou devis signés avant la date d&amp;#039;accusé de réception du dossier ne sont pas
+ &lt;br /&gt;
+ éligibles.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Instruction des dossiers/demande dématérialisée
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le dossier doit être déposé en ligne sur le site ladrome.fr,
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  https://mesdemarches.ladrome.fr/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Agriculture Forêt Bois
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Investissements des exploitations en lien avec la politique agricole et alimentaire du Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ La demande de paiement est à adresser au Département de la Drôme dans les délais mentionnés dans la
+ &lt;br /&gt;
+ décision juridique attributive de subvention.
+ &lt;br /&gt;
+ La demande de paiement devra obligatoirement comprendre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier de demande de solde ou d&amp;#039;achèvement des investissements
+ &lt;/li&gt;
+ &lt;li&gt;
+  toutes les pièces justificatives relatives aux dépenses (facture(s) signé(es) et acquitté(es))
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout document attestant du respect de la publicité du soutien du Département
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Des acomptes de subvention pourront être versés au fur et à mesure de la réalisation de l&amp;#039;opération au vu des
+  &lt;br /&gt;
+  justificatifs de dépenses.
+  &lt;br /&gt;
+  Le total des acomptes versés ne pourra excéder 80 % de la subvention départementale prévue. Le solde sera
+  &lt;br /&gt;
+  arrêté au prorata des dépenses réellement justifiées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bases réglementaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Les règles relatives aux aides d&amp;#039;Etat s&amp;#039;appliquent. Sont mobilisés dans ce cas :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit le régime d&amp;#039;aide d&amp;#039;État notifié SA 39677, relatif aux aides aux actions de promotion des produits
+  &lt;br /&gt;
+  agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit le règlement De minimis, Règlement (UE) n°1407/2013 de la Commission du 18 décembre 2013
+  &lt;br /&gt;
+  relatif à l&amp;#039;application des articles 107 et 108 du traité sur le fonctionnement de l&amp;#039;Union européenne aux
+  &lt;br /&gt;
+  aides de minimis
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Plancher des dépenses : 1 500 € HT.
+ &lt;br /&gt;
+ Le soutien du Département de la Drôme portera sur les investissements de type panneaux (dans le cadre de la
+ &lt;br /&gt;
+ réglementation sur les panneaux routiers), supports pédagogiques et supports de communication. Ces
+ &lt;br /&gt;
+ investissements seront réalisés dans des lieux publics et/ou ouverts à tous (lieux touristiques, magasins de
+ &lt;br /&gt;
+ producteurs, routes, etc.).
+ &lt;br /&gt;
+ Le projet est éligible si les 4 conditions ci-dessous sont toutes remplies :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  il est porté par une structure collective (association, syndicat, coopérative)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements se font très majoritairement dans la Drôme
+ &lt;/li&gt;
+ &lt;li&gt;
+  il concerne un produit sous signe officiel de qualité lié à l&amp;#039;origine (AOP ou IGP) produit dans la Drôme
+ &lt;/li&gt;
+ &lt;li&gt;
+  il a une dimension d&amp;#039;attractivité touristique au moins d&amp;#039;ampleur départementale.
+  &lt;br /&gt;
+  L&amp;#039;attribution de cette aide ne relève pas d&amp;#039;un caractère automatique. Les projets sont étudiés par les élus
+  &lt;br /&gt;
+  départementaux au fil de l&amp;#039;eau au regard de l&amp;#039;enveloppe disponible. Un seul dossier (présenté au vote) par an et
+  &lt;br /&gt;
+  par bénéficiaire sera pris en compte par le Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Exclusions
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les investissements liés à la construction et à l&amp;#039;achat de bâtiments ou de terrain
+ &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
-&lt;li&gt;Les pièces justificatives des travaux réalisés devront être transmises &lt;strong&gt;au plus tard 36 mois après la date de notification de la subvention sauf mention contraire prévue dans la convention de financement&lt;/strong&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Les investissements liés à l&amp;#039;aménagement, au réaménagement ou l&amp;#039;ameublement de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses liées au renouvellement à l&amp;#039;identique de documents de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes les dépenses de communication liées à des évènements ponctuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous les investissements relevant de l&amp;#039;activité de commercialisation en circuit-court, éligible au dispositif
+  &lt;br /&gt;
+  302 du FEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses pour du matériel informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous les petits équipements et matériels à faible valeur
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;auto-construction de matériel et l&amp;#039;auto-conception de document de communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les investissements immatériels et les frais généraux :
+  &lt;br /&gt;
+  o les conseils fiscaux, la tenue des comptes, les prestations réglementaires, les frais de notaire,
+  &lt;br /&gt;
+  le rachat d&amp;#039;actifs
+  &lt;br /&gt;
+  o l&amp;#039;acquisition de licences, l&amp;#039;acquisition et le dépôt de marques
+  &lt;br /&gt;
+  o les frais de douanes des matériels importés
+  &lt;br /&gt;
+  o les frais de déplacement et d&amp;#039;hébergement
+  &lt;br /&gt;
+  o le temps de travail
+ &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;La décision d’attribution de l’aide est prise par la Commission.&lt;/p&gt;</t>
-[...9 lines deleted...]
-      <c r="O29" s="1" t="inlineStr">
+&lt;h3&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Structure collective agricole (association, syndicat, coopérative).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-aux-investissements-agritouristiques-pour-lattractivite-du-territoire-departemental/</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Direction Economie Emploi Insertion (DEEI) -Service Développement Agricole, Agroalimentaire et Bois
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Suivi technique du dossier : Cassandre MONNET – Tél : 06 87 74 97 42 –
+    &lt;a href="mailto:cmonnet&amp;#64;ladrome.fr" target="_self"&gt;
+     cmonnet&amp;#64;ladrome.fr
+    &lt;/a&gt;
+   &lt;/strong&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Suivi administratif du dossier : Sylvie BILLION-REY – Tél : 04 75 79 81 37 –
+    &lt;a href="mailto:sbillion-rey&amp;#64;ladrome.fr" target="_self"&gt;
+     sbillion-rey&amp;#64;ladrome.fr
+    &lt;/a&gt;
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c55-aide-aux-investissements-agritouristiques-pou/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:27" customHeight="0">
+      <c r="A183" s="1">
+        <v>162653</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser les commerces</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux Commerces des Territoires (ACTe)</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes des Falaises du Talou</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I183" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La Communauté de Communes
+Falaises du Talou, compétente en matière d’actions de développement économique,
+souhaite conforter le tissu économique territorial et renforcer l’attractivité
+du territoire intercommunal et la vitalité des centres-bourgs, en aidant les
+commerces à se moderniser.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette aide, portée par la
+Communauté de communes Falaises du Talou, est élaborée en partenariat avec la Région
+Normandie.&lt;/p&gt;&lt;p&gt;Elle est mise en place pour une
+durée de 3 ans à compter de son lancement par délibération du Conseil
+Communautaire en date du 13 février 2024. Le dispositif prend fin le 12 février
+2026.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les aides ne seront versées que
+sous réserve des crédits disponibles et dans la limite de l’enveloppe allouée à
+cette opération par les différentes parties prenantes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Modernisation des locaux d’activités comprenant
+l’aménagement, l’agencement des locaux de vente ainsi que les prestations de
+conseil réalisées en amont des travaux.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Acquisition de nouveaux équipements professionnels,
+de nouveaux matériels de production apportant une réelle plus-value à
+l’entreprise. Le matériel d’occasion est éligible sous réserve de production
+d’actes authentifiant la vente.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Travaux de modernisation des locaux
+professionnels permettant des économies d’énergie.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Acquisition de matériel de caisse, de logiciels
+d’exploitation, de solutions numériques améliorant directement la productivité
+et le service rendu aux consommateurs en dehors de tout renouvellement.&lt;/p&gt;&lt;p&gt;&lt;span&gt;-&lt;span&gt;       
+&lt;/span&gt;&lt;/span&gt;Travaux d’embellissement des devantures et
+façades (vitrines, habillages, peintures, enduits, enseigne, stores, travaux de
+démontage, prestations de conseil). L’éclairage devra respecter toutes les
+normes de sobriété énergétique.&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Sécurisation et l’accessibilité de
+l’établissement à tous publics.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Aménagement des véhicules de tournée (hors coût
+d’acquisition).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses non éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Achat de fonds de commerce, reprises de bail ou
+de pas de porte.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Acquisition, construction, extension de locaux.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Parkings ou aménagements extérieurs (autres que
+liés à l’accessibilité ou l’embellissement des devantures).&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Dépenses déjà retenues dans le cadre du
+dispositif régional création /reprise «&lt;span&gt; &lt;/span&gt;Coup
+de pouce&lt;span&gt; &lt;/span&gt;».&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Travaux
+relatifs aux logements des exploitants.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Auto-construction
+ou auto-réalisation des travaux.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Investissements
+immatériels (sauf ceux liés au processus de production).&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Investissements financés par crédit-bail ou SCI.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Dépenses courantes et réparations ou de simple
+renouvellement à l’identique de matériel c’est-à-dire n’entrant pas dans le
+cadre d’un investissement visant à développer ou améliorer les conditions
+d’exercices de l’activité
+(réparation ou renouvellement à l’identique).&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Distributeurs automatiques et armoires libre-service&lt;span&gt; &lt;/span&gt;en accès direct. &lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Les travaux réalisés par l’entreprise elle-même.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Chaque demande devra veiller à
+respecter une démarche vertueuse en matière environnementale et de gestions des
+énergies (sobriété énergétique, matériaux de qualité, maîtrise des fluides).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant et modalités de l&amp;#039;aide&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le taux de subvention sera de&lt;strong&gt; 40%
+des dépenses éligibles hors taxes&lt;/strong&gt;, plafonnée à 24&lt;span&gt; &lt;/span&gt;000
+euros de subventions.&lt;/p&gt;&lt;p&gt;Montant minimum de dépenses&lt;span&gt; &lt;/span&gt;: 3&lt;span&gt; &lt;/span&gt;000 euros hors taxes&lt;/p&gt;&lt;p&gt;Deux demandes d’aides pourront être effectuées au maximum sur la
+période du programme sans dépasser au cumul le plafond de la subvention
+ci-dessus fixé. Les deux demandes ne peuvent pas concerner les mêmes types de
+dépenses.&lt;/p&gt;&lt;p&gt;L’investissement doit être effectué dans un délai de 1 an suivant la
+date de notification à l’éligibilité de la subvention.&lt;/p&gt;&lt;p&gt;Le demandeur devra retirer un dossier de demande d’aide au service Développement
+Économique de la Communauté de communes Falaises du Talou. Celui-ci devra être
+complété et retourné avec les pièces justificatives par voie postale auprès du
+Président de la Communauté de communes Falaises du Talou.&lt;/p&gt;&lt;p&gt;Une fois le dossier reconnu complet, le demandeur recevra un accusé de
+réception valant autorisation de commencement anticipé et permettant d’engager
+les travaux ou les investissements. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Important&lt;/strong&gt;&lt;strong&gt;&lt;span&gt; &lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;: Aucun commencement d’exécution du projet
+ne peut être opéré avant qu’il ait été accusé réception du dossier complet de
+demande d’aide par la Communauté de communes. &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;L’accusé de réception ne présage en aucun cas de la décision finale d’octroi
+de la subvention.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalité d&amp;#039;attribution&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La décision d’attribution sera validée par le Conseil Communautaire de
+la Communauté de communes.&lt;/p&gt;&lt;p&gt;Le Comité consultatif émettra un avis avant la décision du Conseil
+Communautaire. Il est composé du Président de la Communauté de communes ou son
+représentant, du Vice-Président en charge du développement économique, des
+membres de la Commission Economie de la Communauté de communes. Par ailleurs,
+il est aussi composé d’un représentant de la Région Normandie, d’un
+représentant de la Chambre de Commerce et d’un représentant de la Chambre de
+Métiers et de l’Artisanat.&lt;/p&gt;&lt;p&gt;Il peut être demandé au demandeur de présenter son projet devant le
+Comité consultatif.&lt;/p&gt;&lt;p&gt;L’attribution de l’aide est notifiée par la Communauté de communes
+Falaises du Talou après validation par le Conseil Communautaire.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalité de versement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire dispose d’un délai de 6 mois après la date
+d’attribution du Conseil Communautaire pour fournir les factures acquittées à
+la Communauté de communes. Le versement effectif de la subvention intervient
+dans un délai de 2 mois maximum à compter de la production des pièces
+ci-dessous auprès de Falaises du Talou&lt;span&gt; &lt;/span&gt;:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Copie de l’ensemble des factures
+acquittées et certifiées concernant l’opération ;&lt;/li&gt;&lt;li&gt;Photographies de l’opération réalisée.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Cette aide sera versée en une seule fois. &lt;/p&gt;
+&lt;p&gt;Si le montant des factures est inférieur aux devis présentés dans le
+dossier de demande de subvention, le montant de l’aide sera ajusté au montant
+des dépenses réelles dans le respect du montant plancher minimal. Dans le cas
+inverse, le montant de l’aide ne sera pas revalorisé.&lt;/p&gt;
+&lt;p&gt;La Communauté de communes se réserve le droit de contrôler si les
+investissements ont bien eu lieu conformément à la demande initiale.&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Engagement du bénéficiaire&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Le bénéficiaire de l’aide s’engage à apposer pendant 3 mois et de
+manière visible une affiche A3 mentionnant les aides de la collectivité et de
+la Région Normandie. &lt;/p&gt;
+&lt;p&gt;Par ailleurs le demandeur de l’aide s’engage à maintenir active son entreprise
+sur le territoire au moins 2 ans après la perception de la subvention, sous
+réserve de remboursement de l’aide accordée.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Modernisation et agencement complets ou partiels du local commercial avec mobilier permettant une meilleure valorisation de l&amp;#039;activité, de l&amp;#039;assortiment et des prestations.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Investissement dans un système de caisse homologué et de gestion globale permettant d&amp;#039;optimiser des indicateurs tels que: les stocks, les commandes, l&amp;#039;exploitation des données statistiques (chiffre d&amp;#039;affaires, marges, etc) , le traitement des encaissements et la fluidité des rapports comptables. L&amp;#039;aide peut couvrir le matériel de caisse, le logiciel, la formation (à l&amp;#039;exclusion des ordinateurs, des imprimantes).&lt;/li&gt;&lt;li&gt;Changement de menuiseries obsolètes en vue d&amp;#039;améliorer la présentation de la façade et renforcer la performance énergétique du local commercial.&lt;/li&gt;&lt;li&gt;Ravalement total de la façade commerciale dans le cadre d&amp;#039;une modernisation de l&amp;#039;apparence du commerce.&lt;/li&gt;&lt;li&gt;Changement généralisé du système d&amp;#039;éclairage afin de le rendre plus économe. &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P29" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="P183" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2024</t>
+        </is>
+      </c>
+      <c r="Q183" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les entreprises doivent répondre
+aux critères cumulatifs suivants&lt;span&gt; &lt;/span&gt;:&lt;br /&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Etablissement en activité sur le territoire de
+la Communauté de communes Falaises du Talou.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Être Immatriculées au Registre du Commerce et
+des Sociétés ou au   Répertoire des métiers
+(l’aide ne peut être accordée à un          propriétaire de local non exploitant du
+fonds).&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Présenter un chiffre d’affaires inférieur à 1
+million d’euros avec une surface de vente inférieure à 400m2. &lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Avoir majoritairement pour clients des
+consommateurs finaux, des particuliers.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Présenter une situation financière saine et être
+à jour des cotisations sociales et fiscales.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;em&gt;&lt;u&gt;&lt;span&gt;Et&lt;/span&gt;&lt;/u&gt;&lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;&lt;u&gt;&lt;span&gt; &lt;/span&gt;&lt;/u&gt;&lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;&lt;u&gt;&lt;span&gt;:&lt;/span&gt;&lt;/u&gt;&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;&lt;strong&gt;Commerce sédentaire disposant d’une devanture
+commerciale installé dans un centre-bourg ayant déjà un commerce * (y compris
+Hôtel, restaurant&lt;/strong&gt;).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Artisan indépendant assimilé au commerce de
+proximité et comprenant nécessairement une devanture commerciale donnant sur
+rue (boulanger, boucher, coiffeur, cordonnier, pressing, ...) installé dans un
+centre-bourg*. &lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Producteur local ou regroupement de producteurs
+locaux avec boutique comprenant une devanture et donnant sur rue et installé
+dans un centre bourg*.&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt; &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;&lt;span&gt;*Commerce installé dans les communes suivantes&lt;/span&gt;&lt;/em&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;em&gt;&lt;span&gt;: Bailly en Rivière, Cuverville sur
+Yères, Dampierre St Nicolas, Douvrend, Envermeu, Meulers, Notre Dame
+d’Aliermont, Petit-Caux , Saint Aubin le Cauf, Saint Jacques d’Aliermont, Saint
+Martin le Gaillard, Saint Nicolas d’Aliermont, Saint Vaast d’Equiqueville.&lt;/span&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Entreprises non éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Commerces non sédentaires, éphémères ou à
+domicile.&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Professions libérales, le secteur médical et
+paramédical (y compris les pharmacies, les taxis ambulanciers).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Agences prestataires de services (auto-écoles, agences
+immobilières, agences de voyages, assurances, services à la personne).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Activités financières (banques).&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Commerce de gros, les succursales et locaux de
+commerces essentiellement basés sur la livraison.&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Laveries automatiques. &lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;-&lt;span&gt;       
+&lt;/span&gt;Activités d’hébergement ou accueillant une
+clientèle touristique (campings, terrains ou parcs de loisirs) hors hôtels et
+Hôtels-restaurants.&lt;strong&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T183" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>CC Falaises du Talou</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.falaisesdutalou.fr/</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté de communes Falaises
+du Talou&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Économique&lt;/p&gt;&lt;p&gt;Tél. 02 35 04 85 10&lt;/p&gt;&lt;p&gt;Port. 07 56 16 40 83&lt;/p&gt;&lt;p&gt;46 bis, rue du Général de Gaulle&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;76630 Envermeu&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>economie@falaisesdutalou.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-les-commerces-a-se-moderniser/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...758 lines deleted...]
-      <c r="E36" s="1" t="inlineStr">
+    <row r="184" spans="1:27" customHeight="0">
+      <c r="A184" s="1">
+        <v>121454</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser le patrimoine naturel et culturel dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement touristique durable dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G184" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H184" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
-[...269 lines deleted...]
-      <c r="I38" s="1" t="inlineStr">
+      <c r="I184" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J38" s="1" t="inlineStr">
+      <c r="J184" s="1" t="inlineStr">
         <is>
           <t>Taux maximal d’intervention FEDER : 60%</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K184" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
-[...724 lines deleted...]
-      <c r="L42" s="1" t="inlineStr">
+      <c r="L184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Massif du Jura connaît des changements climatiques impactant son patrimoine naturel et donc son développement économique et social, basé sur ce patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  Dans un objectif de diversification de l&amp;#039;activité, de reconversion des stations et de désaisonnalisation de l&amp;#039;offre de produits touristiques disponibles, il s&amp;#039;agit de développer une offre d&amp;#039;activités touristiques et de loisirs et d&amp;#039;activités culturelles durables, accessible toute l&amp;#039;année et valorisant le patrimoine naturel.
 &lt;/p&gt;
 &lt;p&gt;
  La présente fiche action vise à permettre un soutien à la valorisation du patrimoine naturel et culturel.
 &lt;/p&gt;
 &lt;p&gt;
  La zone du Massif du Jura s&amp;#039;étend sur deux régions françaises, Auvergne Rhône-Alpes et Bourgogne Franche-Comté, et quatre départements, l&amp;#039;Ain, le Doubs, le Jura et le Territoire de Belfort. Il est composé de 902 communes. (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M42" s="1" t="inlineStr">
+      <c r="M184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Actions de promotion, de communication et de développement du Massif du Jura dans le cadre d&amp;#039;une stratégie pluriannuelle et à l&amp;#039;échelle du massif, notamment les actions de promotion de la destination «Montagnes du Jura», d&amp;#039;activités/évènements sportifs et culturels favorisant la notoriété du Massif ;
   &lt;/li&gt;
   &lt;li&gt;
    Développement des activités écotouristiques sur le Massif, notamment le développement des modes d&amp;#039;itinérances doux avec la création de voies vertes et de pistes cyclables favorisant la découverte du patrimoine naturel et culturel ;
   &lt;/li&gt;
   &lt;li&gt;
    Activités de valorisation du patrimoine naturel et culturel, sous la forme d&amp;#039;études et d&amp;#039;investissements relatifs à la protection, aux aménagements et à la valorisation du patrimoine naturel et culturel. Par exemple, l&amp;#039;aménagement et le maintien de l&amp;#039;attrait touristique des sites naturels, les actions visant la suppression de pollutions visuelles, la requalification des équipements ou de bâtiments, la modernisation des pôles culturels.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Economie d'énergie et rénovation énergétique</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O184" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Articulation avec le schéma interrégional d&amp;#039;aménagement et de développement du Massif du Jura.
 &lt;/p&gt;
 &lt;p&gt;
  Articulation avec les objectifs du CPIER Massif du Jura 2021/2027 et avis favorable du commissariat de massif.
 &lt;/p&gt;
 &lt;p&gt;
  Géographique : L&amp;#039;opération doit se dérouler dans le Massif du Jura  (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura).
 &lt;/p&gt;
 &lt;p&gt;
  Pour les opérations de promotion du territoire, cette condition est analysée au regard du bénéficie pour le territoire, même si son exécution est située en dehors du territoire du Massif du Jura (ex : campagne de promotion dans le métro parisien).
 &lt;/p&gt;
 &lt;p&gt;
  Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
 &lt;/p&gt;
 &lt;p&gt;
  Lignes de partages :
 &lt;/p&gt;
 &lt;p&gt;
  Lorsqu&amp;#039;un projet est éligible à un programme LEADER et la présente fiche action, la répartition se fera sur la base du coût total du projet selon la répartition suivante :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
@@ -7813,1705 +32755,5731 @@
   &lt;/li&gt;
   &lt;li&gt;
    Dépenses concernant l&amp;#039;achat de terrain et/ou de bâtiment ;
   &lt;/li&gt;
   &lt;li&gt;
    Dépenses d&amp;#039;entretien ;
   &lt;/li&gt;
   &lt;li&gt;
    Dépenses indirectes hors forfait 7%.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Modalités de soutien financier
 &lt;/p&gt;
 &lt;p&gt;
  Plancher minimal de subvention FEDER : 50 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;intervention FEDER : 60%
 &lt;/p&gt;
 &lt;p&gt;
  Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S184" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T184" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U184" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V184" s="1" t="inlineStr">
         <is>
           <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/massif-du-jura-patrimoine-tourisme/</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X184" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: massifdujura.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y184" s="1" t="inlineStr">
         <is>
           <t>florence.kohtz@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z184" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/14e3-reconvertir-des-stations-de-moyennes-montagne/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA184" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-[...36 lines deleted...]
- NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+    <row r="185" spans="1:27" customHeight="0">
+      <c r="A185" s="1">
+        <v>10500</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Dotation Départementale Rurale (DDR)</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I185" s="1" t="inlineStr">
+        <is>
+          <t> Max : 10</t>
+        </is>
+      </c>
+      <c r="J185" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des micro-projets, dont le montant est situé entre 5 000€ HT et 100 000€ HT, portés par les communes et leurs groupements, hors EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;enveloppe annuelle fait l&amp;#039;objet de 2 programmations :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Contact téléphonique ou par mail
-[...5 lines deleted...]
-  Conseil sur la méthodologie
+  fin juin (dossiers reçus avant le 1er avril)
+ &lt;/li&gt;
+ &lt;li&gt;
+  et fin d&amp;#039;année (dossiers reçus avant le 1er octobre)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Alimentation
+Economie sociale et solidaire
+Biodiversité
+Réhabilitation
+Logement et habitat
+Paysage
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P185" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q185" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T185" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/971b-dotation-departementale-rurale-ddr/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:27" customHeight="0">
+      <c r="A186" s="1">
+        <v>117575</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement thématique des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un accompagnement pour le développement des territoires Avenir Montagnes qui souhaitent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Redynamiser leur offre touristique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformer leur territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser leur transition écologique et énergétique.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Banque des Territoires vise à :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Accompagnement des EPCI dans la mise en place d&amp;#039;actions ayant pour objectif la valorisation touristique de leur territoire.
-[...5 lines deleted...]
-  Conseil dans la rédaction du projet et l&amp;#039;élaboration de la demande.
+  Développer des démarches de transition énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets d&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des démarches territoriales pour lutter et s&amp;#039;adapter aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets portant sur la gestion de l&amp;#039;eau et la protection de la biodiversité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir et déployer les plans d&amp;#039;actions touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer les projets portant sur des opérations touristiques complexes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Caractéristiques de l&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancement des études dans la limite de 50 % de leur montant TTC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement à 100 % des interventions de consultants experts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement dans la limite globale de 50 000 € TTC par territoire et pendant le programme Avenir Montagnes Ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O43" s="1" t="inlineStr">
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S186" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
-[...18 lines deleted...]
-   falazard&amp;#64;ladrometourisme.com
+      <c r="T186" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=developpement_avenir_montagnes_psat</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
- &lt;li&gt;
-[...9 lines deleted...]
- &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f9c9-accompagner-le-developpement-des-territoires-/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G44" s="1" t="inlineStr">
+    <row r="187" spans="1:27" customHeight="0">
+      <c r="A187" s="1">
+        <v>92356</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Conforter l'attractivité économique des territoires</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier d'Occitanie (EPF)</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...7 lines deleted...]
-      <c r="K44" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
-[...16 lines deleted...]
- Les points forts du service :
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie intervient dans le cadre de projets d&amp;#039;intérêt public pour assurer une action foncière sur mesure, sans prétendre à aucune rémunération pour son action. Il peut :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Connaissances des bonnes pratiques territoriales dans les principales catégories de l&amp;#039;attractivité : talents, investisseurs, international, résidentiel, touristique ; et facilité à construire des benchmarks pertinents
-[...11 lines deleted...]
-  Ressources internes du CNER disponibles pour compléter si besoin ces informations et obtenir d&amp;#039;autres conseils
+  appuyer la collectivité locale dans la conception et l&amp;#039;étude de faisabilité (technique, économique et juridique) de son projet ;
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;p&gt;
-[...3 lines deleted...]
-&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Sollicitation d&amp;#039;un acteur du développement économique (collectivité, agence de développement, autre) pour un besoin en ingénierie avec production d&amp;#039;un cahier des charges synthétique
-[...8 lines deleted...]
-  Rédaction par CNER Expertise, et transmission rapide au demandeur, d&amp;#039;une note complète recapitulant la demande et détaillant la méthodologie choisie pour répondre au cahier des charges, le calendrier, le budget associé et la présentation détaillée du (ou des) expert(s) proposé(s)
+  acquérir à la demande et pour le compte de la collectivité locale, les biens nécessaires à la réalisation future du projet, puis les porter jusqu&amp;#039;au démarrage du projet avant de les céder à la collectivité ou directement à l&amp;#039;opérateur chargé de sa mise en œuvre.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Les stratégies foncières élaborées avec les collectivités permettent d&amp;#039;identifier les fonciers destinés à favoriser le développement économique d&amp;#039;un territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie favorise la requalification des zones existantes et peut intervenir dans le cadre d&amp;#039;opérations d&amp;#039;ensemble et 
+intercommunales à visée économique, à caractère touristique et 
+susceptibles d&amp;#039;accueillir aussi de grands équipements publics ; dès lors que ces opérations sont cohérentes avec les orientations d&amp;#039;aménagement durable du Programme Pluriannuel d&amp;#039;Intervention et nécessitent une maîtrise foncière publique pour les sécuriser.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le territoire d&amp;#039;intervention de l&amp;#039;EPF d&amp;#039;Occitanie appelle à des actions 
+diversifiées en faveur du développement économique qui est étroitement 
+lié au développement résidentiel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le tourisme est également diversifié : tourisme agricole, montagne, littoral...
+ &lt;br /&gt;
+ Les collectivités recherchent un équilibre entre offres aux résidents et aux touristes ; l&amp;#039;EPF accompagne les réflexions sur la philosophie d&amp;#039;aménagement pour répondre à ces besoins spécifiques.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;EPF accompagne les collectivités sur des projets variés
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Développement économique de la filière numérique
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Définir une démarche d&amp;#039;attractivité pour un territoire
-[...14 lines deleted...]
-  Coacher une équipe ou un salarié
+  Aude : Requalification d&amp;#039;une zone d&amp;#039;activité dans le cadre de sa mutation vers la filière numérique. L&amp;#039;EPF a conduit une étude pour accompagner la Communauté de commune dans sa réflexion à long terme.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Intervention liée au tourisme
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lot : Réhabilitation d&amp;#039;un hôtel particulier en plein cœur du centre historique, afin de préserver l&amp;#039;activité restauration et de relancer l&amp;#039;activité hôtelière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ariège : Reconversion en faveur d&amp;#039;un projet d&amp;#039;aménagement dans le domaine de l&amp;#039;économie touristique. L&amp;#039;EPF a accompagné la collectivité afin de sécuriser et accélérer le projet de création d&amp;#039;une offre d&amp;#039;hôtellerie et de restauration haut de gamme.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   &lt;br /&gt;
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Reconversion de site économique
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pyrénées-Orientales : l&amp;#039;EPF accompagne une commune pour la reconversion d&amp;#039;un hangar en école audiovisuelle et la construction d&amp;#039;un pôle numérique.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M44" s="1" t="inlineStr">
-[...7 lines deleted...]
- A la demande de certaines collectivités, le nom du commanditaire a été anonymisé
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Friche
+Foncier
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T187" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf-occitanie.fr/type-dintervention/developpement-de-lattractivite-de-la-region-et-de-ses-territoires/</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Occitanie
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Siège : 04 99 54 91 10
+ &lt;br /&gt;
+ contact&amp;#64;epf-occitanie.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="O44" s="1" t="inlineStr">
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>esra.gueuvin@epf-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/551f-copie-14h03-accompagner-la-redynamisation-des/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:27" customHeight="0">
+      <c r="A188" s="1">
+        <v>58670</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Réduire l'usage des produits phytosanitaires</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contexte et objectifs
+&lt;/p&gt;
+&lt;p&gt;
+ La région Occitanie a la chance de pouvoir appuyer son développement sur un patrimoine lié à l&amp;#039;eau d&amp;#039;une richesse exceptionnelle. La préservation des ressources en eau constitue un enjeu majeur dans notre région, que ce soit d&amp;#039;un point de vue environnemental ou pour le développement démographique et économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Parmi les menaces pesant sur la ressource, la France est le premier consommateur de
+ &lt;strong&gt;
+  produits phytosanitaires
+ &lt;/strong&gt;
+ en Europe. Leurs impacts sur les milieux aquatiques, la faune et la santé ne sont plus à démontrer. Ils sont notamment porteurs de nombreux
+ &lt;strong&gt;
+  perturbateurs endocriniens responsables de maladies chroniques et autres troubles majeurs
+ &lt;/strong&gt;
+ . Les problématiques rencontrées sont présentes sur l&amp;#039;ensemble du territoire. Les récentes évolutions réglementaires (loi Labbé) n&amp;#039;autorisent plus les collectivités, depuis le 1er janvier 2017, à utiliser des produits phytosanitaires d&amp;#039;origine chimique (hors exceptions) pour l&amp;#039;entretien des espaces verts, des voiries ou des promenades accessibles au public.
+ &lt;strong&gt;
+  Toutefois, les espaces gérés par les structures privées ne sont pas encore concernés par une obligation réglementaire.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au travers de cet appel à projets, la Région Occitanie souhaite favoriser l&amp;#039;émergence de démarches exemplaires en matière de
+ &lt;strong&gt;
+  réduction de l&amp;#039;usage de produits phytosanitaires dans les campings, infrastructures de loisirs et terrains sportifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation de diagnostics de consommation
+ &lt;/li&gt;
+ &lt;li&gt;
+  modification des pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  gestion paysagère différenciée
+ &lt;/li&gt;
+ &lt;li&gt;
+  actions de formation des employés ou de sensibilisation de la clientèle
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages privés dont les entreprises relèvent du secteur touristique et sont inscrites au Registre du Commerce et des Sociétés pour des prestations d&amp;#039;hébergement (hôtellerie traditionnelle, hôtellerie de plein air, villages de vacances, ...) ou de loisirs (sites patrimoniaux, espaces de loisirs, d&amp;#039;attraction et culturels),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités territoriales gestionnaires d&amp;#039;un équipement touristique ou d&amp;#039;un terrain sportif,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations Loi 1901 dont l&amp;#039;objet porte sur l&amp;#039;activité touristique ou sportive.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Montant
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent appel à projets est doté d&amp;#039;une enveloppe globale de
+ &lt;strong&gt;
+  1 M€
+ &lt;/strong&gt;
+ . L&amp;#039;aide apportée aux projets retenus représentera
+ &lt;strong&gt;
+  80% de l&amp;#039;assiette éligible
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Un plafond d&amp;#039;assiette subventionnable est fixé à
+ &lt;strong&gt;
+  100 000 € HT
+ &lt;/strong&gt;
+ par projet. Au minimum
+ &lt;strong&gt;
+  20%
+ &lt;/strong&gt;
+ d&amp;#039;autofinancement doit être apporté par le maître d&amp;#039;ouvrage. Un plancher d&amp;#039;assiette subventionnable est fixé à
+ &lt;strong&gt;
+  2 000 €
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de participation
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez le cahier des charges en téléchargement (en bas de la présente page) ainsi que le dossier de candidature.
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des dossiers
+ &lt;strong&gt;
+  31 janvier 2020
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions soutenues
+ &lt;br /&gt;
+ L&amp;#039;appel à projets régional « 0 Phyto, pour la réduction de l&amp;#039;usage de produits phytosanitaires dans les campings, infrastructures de loisirs et sportives » a plus précisément pour objectif de soutenir les projets exemplaires de préservation de la ressource incluant en particulier les axes thématiques suivants :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Connaître : connaissances des usages, des volumes, des modes de consommation de produits phytosanitaires, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en œuvre d&amp;#039;études opérationnelles visant à réduire l&amp;#039;usage de produits phytosanitairesAgir : Réduction de l&amp;#039;usage de produits phytosanitaires. A ce titre, sont donc éligibles la mise en place de méthodes préventives (lutte biologique, réaménagements paysagers via des espaces pilotes, etc.) et curatives (désherbage thermique et mécanique, etc.). Les expérimentations sur les terrains sportifs sont également éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibiliser : sensibilisation et formation du personnel, sensibilisation de la clientèle touristique et des usagers des terrains sportifs.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Sols
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>Consultez la page de l&amp;#039;aide pour obtenir des détails.</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Appel-a-projets-0-Phyto</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Schéhérazade AOUBID
+ &lt;br /&gt;
+ Téléphone : 04 67 22 81 35
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : scheherazade.aoubid&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eea7-appel-a-projets-0-phyto/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:27" customHeight="0">
+      <c r="A189" s="1">
+        <v>155112</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover et réhabiliter l’hôtellerie de plein air et des aires de camping-cars publiques</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Hôtellerie de plein air et aire d’accueil de camping-cars (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation et réhabilitation d&amp;#039;hôtellerie de plein air et d&amp;#039;aires de camping-cars publiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Hôtellerie de plein air (camping)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Espaces extérieurs destinés à l&amp;#039;accueil de tentes, de caravanes, de résidences mobiles de loisirs et d&amp;#039;habitations légères de loisirs. Ils sont constitués a minima de 6 emplacements nus ou équipés de l&amp;#039;une de ces installations, ainsi que d&amp;#039;équipements communs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les hébergements classés sont évalués selon trois grands axes : la qualité de confort, la qualité des services, les bonnes pratiques en matière de respect de l&amp;#039;environnement et d&amp;#039;accueil des clientèles en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Aire d&amp;#039;accueil de camping-cars
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aire d&amp;#039;accueil de camping-cars est un espace ouvert gratuit ou non, dans ou en dehors d&amp;#039;un camping, réservé au stationnement des camping-cars de jour comme de nuit. Au-delà de 50 places, elle est soumise au permis d&amp;#039;aménager pour les parkings (R. 421-19 j du code de l&amp;#039;urbanisme). Elle peut être équipée d&amp;#039;une aire de services qui est un dispositif sanitaire technique proposé aux camping-caristes afin d&amp;#039;effectuer les opérations nécessaires comme la vidange des eaux usées et l&amp;#039;approvisionnement en eau potable.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les projets de création seront analysés au regard des besoins identifiés dans la stratégie touristique du territoire intercommunal concerné. Les projets devront donc répondre à un intérêt touristique avéré et à une problématique constatée de régulation du stationnement de ce type de véhicules.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="R189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Hôtellerie de plein air
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est de contribuer au développement économique et touristique par une offre d&amp;#039;hébergement de qualité. Seuls les établissements classés minimum 2 étoiles et ouvert au minimum entre mai et septembre pourront bénéficier de ce dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ A partir de 150 000 € d&amp;#039;investissement, le projet nécessite de faire appel à un cabinet spécialisé qui réalisera préalablement une étude de faisabilité (dépense éligible).
+&lt;/p&gt;
+&lt;p&gt;
+ Les terrains de camping concernés devront comporter au minimum 30% de leurs emplacements ouverts à la location (à la nuitées, semaine ou au mois pour une clientèle de passage).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Respect de la réglementation en vigueur, en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Document de diagnostic définissant un état des lieux énergétique du bâti (applicable pour les seuls espaces nécessitant d&amp;#039;être chauffés), et des préconisations de travaux si nécessaire (dépense éligible) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Aire d&amp;#039;accueil de camping-cars
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités douces et à la prise en compte des objectifs de transition écologique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le paysagement de l&amp;#039;espace devra être défini pour l&amp;#039;amélioration du cadre de vie tout en proposant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;ensemble de ces conditions d&amp;#039;éligibilité induisent la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre présentant des compétences en matière de végétalisation et de paysagement de l&amp;#039;espace.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création (applicable pour les seuls espaces nécessitant d&amp;#039;être chauffés), recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnement perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Equipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau, barres d&amp;#039;attaches pour les chevaux, ...), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Exemples de démarches en lien avec la transition inclusive :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Bâtiment :
+   &lt;/strong&gt;
+   Présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers, sanitaires, ...), signalétique inclusive, accessibilité du bâtiment par des cheminements doux adaptés PMR, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Équipements de plein air :
+   &lt;/strong&gt;
+   Présence d&amp;#039;emplacements réservés et adaptés aux personnes à mobilités réduites, présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique inclusive, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés à l&amp;#039;amélioration de la qualité des emplacements y compris cheminements avec une forte intégration environnementale et paysagère ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux concernant des équipements ludiques et de loisirs (piscine couverte ou non...), mais également bâtiment d&amp;#039;accueil ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les services offerts à la clientèle (location de vélo électrique ou non, bagagerie, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition, l&amp;#039;installation (hors achat par crédit-bail) et la rénovation d&amp;#039;habitations légères de loisirs (HLL) et mobil-homes avec terrasses y compris transport, pose et terrasse (uniquement dans le cadre d&amp;#039;un projet global)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement extérieur en cas de désimperméabilisation et végétalisation des espaces détente/loisirs et de stationnement ou création de stationnements perméables et végétalisés
+  &lt;/li&gt;
+  &lt;li&gt;
+   et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition de terrain
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;assainissement non collectif
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
-[...20 lines deleted...]
- g.lombardi&amp;#64;cner-france.com
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/hotellerie-de-plein-air-et-aire-daccueil-de-camping-cars-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W189" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.98.70
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4857-hotellerie-de-plein-air-et-aire-daccueil-de-c/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G45" s="1" t="inlineStr">
+    <row r="190" spans="1:27" customHeight="0">
+      <c r="A190" s="1">
+        <v>95037</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets culturels commémoratifs événementiels relatifs à la mémoire des conflits</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets culturels commémoratifs événementiels relatifs à la mémoire des conflits</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
-[...2 lines deleted...]
-      <c r="H45" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I45" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K45" s="1" t="inlineStr">
+      <c r="K190" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L45" s="1" t="inlineStr">
-[...7 lines deleted...]
-:
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide :
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  favoriser l&amp;#039;émergence et l&amp;#039;accompagnement de projets innovants, d&amp;#039;expérimentations territoriales et/ou d&amp;#039;initiatives transversales comme facteur de développement des territoires, de transformation numérique des professionnels du tourisme et d&amp;#039;emploi
-[...61 lines deleted...]
-  être d&amp;#039;intérêt régional de préférence et inscrits prioritairement dans une démarche collaborative et/ou partenariale (associant des acteurs et professionnels régionaux du tourisme et des entreprises d&amp;#039;autres filières, des établissements de recherche, des sites ou territoires touristiques pilotes...)
+  de soutenir les projets culturels, commémoratifs et événementiels permettant de transmettre, de cultiver et de perpétuer la mémoire des conflits armés des 19ème et 20ème siècles - Guerre de 1870, 1ère et 2nde Guerres mondiales - sur le territoire régional,
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les projets devront également :
-[...27 lines deleted...]
- &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   étude, coûts de conception et de développement
+   de labelliser et de soutenir plus spécifiquement les projets culturels et événementiels les plus remarquables présentés dans le cadre des commémorations du centenaire de la Première Guerre mondiale.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   30 % maximum du budget prévisionnel
+Subvention plafonnée à 20 000 €
   &lt;/li&gt;
   &lt;li&gt;
-   investissement matériel (hors ordinateur) et immatériel
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/05/dispositif-memoire-conflits.pdf"&gt;
+    Règlement du dispositif soutien aux projets culturels commémoratifs événementiels
+   &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
-   réalisation de maquettes, tests d&amp;#039;usage
-[...8 lines deleted...]
-   coûts de marketing / communication
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/05/demande-labelisation-financement-14-18.docx"&gt;
+    Dossier de demande de labélisation et financement 14-18
+   &lt;/a&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2017/05/budget-memoire-conflits.xls"&gt;
+    Budget
+   &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S45" s="1" t="inlineStr">
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P190" s="1" t="inlineStr">
+        <is>
+          <t>01/08/2017</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations, les collectivités territoriales, les structures de droit public ou privé ayant leur siège social dans la région Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif d&amp;#039;aide aux projets culturels et événementiels relatif à la mémoire des conflits permet de soutenir les initiatives culturelles, commémoratives et événementielles présentant un rapport direct et fort avec la commémoration des conflits armés des 19ème et 20ème siècles sur le territoire de la Région Grand Est. Outre une rigueur historique et scientifique avérée, les projets doivent répondre à au moins trois des critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   ancrage territorial marqué,
+  &lt;/li&gt;
+  &lt;li&gt;
+   dimension internationale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   partenariats avec d&amp;#039;autres acteurs publics ou privés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   attractivité touristique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   déclinaison pédagogique, mise en valeur du patrimoine,
+  &lt;/li&gt;
+  &lt;li&gt;
+   innovation, créativité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   pérennité du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Dépenses nécessaires à l&amp;#039;organisation de l&amp;#039;événement ou de la manifestation (hors dépenses d&amp;#039;investissement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/projets-culturels-commemoratifs-evenementiels-memoire-conflits/</t>
+        </is>
+      </c>
+      <c r="W190" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0131/depot/simple</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/44f9-soutien-aux-projets-culturels-commemoratifs-e/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:27" customHeight="0">
+      <c r="A191" s="1">
+        <v>162803</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'acquisition d'un véhicule de transport collectif par les associations sportives</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La pratique sportive nécessite de disposer d’équipements spécifiques, souvent coûteux mais nécessaire à une pratique sécurisée, lointaine et dans les meilleures conditions de performance. A ce titre, la Région souhaite aider les associations sportives de son territoire dans l&amp;#039;acquisition de véhicules nécessaires au transport de leurs équipes et de leurs sportifs.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt; Associations sportives ;&lt;/li&gt; 	&lt;li&gt;Ligues et comités sportifs régionaux&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif concerne l’acquisition de véhicules, neufs ou d&amp;#039;occasion, de transport collectif de&lt;br /&gt; sportifs. Sont exclus :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les acquisitions par crédit-bail ou leasing ;&lt;/li&gt; 	&lt;li&gt; les acquisitions de véhicules de tourisme et les monospaces ;&lt;/li&gt; 	&lt;li&gt; les réparations et l’entretien des véhicules ;&lt;/li&gt; 	&lt;li&gt; les véhicules de transport du personnel dirigeant de l’association ;&lt;/li&gt; 	&lt;li&gt; Les autobus&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Sont également retirés des dépenses éligibles à une subvention :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Frais de carte grise ;&lt;/li&gt; 	&lt;li&gt; Frais de plaques d&amp;#039;immatriculation ;&lt;/li&gt; 	&lt;li&gt; Extensions de garanties ;&lt;/li&gt; 	&lt;li&gt; Options, accessoires et équipement spéciaux (climatisation, autoradio, galerie, porte-vélo) ;&lt;/li&gt; 	&lt;li&gt; Malus écologique ;&lt;/li&gt; 	&lt;li&gt; Frais de carburant ;&lt;/li&gt; 	&lt;li&gt; Remises commerciales.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Date de dépôt des dossiers :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T45" s="1" t="inlineStr">
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives</t>
+        </is>
+      </c>
+      <c r="W191" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lacquisition-dun-vehicule-de-transport-collectif-par-les-associations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:27" customHeight="0">
+      <c r="A192" s="1">
+        <v>154981</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les dynamiques durables de l'économie rurale</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>LEADER Fiche Action n°1</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Albigeois et des Bastides (PETR)</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I192" s="1" t="inlineStr">
+        <is>
+          <t> Max : 64</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette subvention a pour objectif de créer un contexte territorial favorable à l&amp;#039;innovation, aux dynamiques économiques durables et aux approches coopératives et collaboratives en offrant les conditions matérielles et immatérielles et en accompagnant les initiatives locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions subventionnées doivent s&amp;#039;inscrire dans les axes stratégiques suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagner les mutations de nos systèmes agricoles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer les circuits courts de proximité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner les projets collectifs de valorisation des produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Innover/Expérimenter de nouvelles formes de pratiques dans les milieux agricoles face au changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contribuer à la création d&amp;#039;emploi et à l&amp;#039;innovation dans les entreprises :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maintenir et consolider le tissu d&amp;#039;entreprises et de commerces de proximité ainsi que l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser et soutenir les coopérations entre acteurs et l&amp;#039;économie collaborative en réponse aux enjeux de transition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer une économie qui valorise les ressources du territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Valoriser le potentiel touristique et encourager les dynamiques durables innovantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre touristique durable et accessible à tous
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promouvoir le territoire et rechercher une complémentarité entre les acteurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagner la montée en compétences des professionnels du tourisme
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Acquisition de matériel et d&amp;#039;équipements, animation et valorisation de collectifs, espaces test agricoles, tiers lieu nourricier, sensibilisation/évènementiels pour accompagner les mutations de nos systèmes agricoles.
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites économiques ; étude/ animation/développement d&amp;#039;une filière bois ; dispositif innovant de coopération et de mutualisation de moyens (PTCE, TZCLD, ...) ;...
+ &lt;br /&gt;
+ •    Création, aménagement et équipement de lieux/sites touristiques ; hébergements durables atypiques, insolites et solidaires ; actions de promotion et de valorisation des offres et attraits touristiques du territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Commerces et services
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;examen et la sélection des projets font l&amp;#039;objet de critères définis par un comité de programmation et formalisés au travers d&amp;#039;une grille de sélection.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette grille peut être obtenue en contactant le PETR en charge de la subvention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T192" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U45" s="1" t="inlineStr">
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>GAL Albigeois et Bastides</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-albigeois-bastides.fr/quest-ce-que-leader</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Justine Chollet
+ &lt;br /&gt;
+ Chargée de mission LEADER
+ &lt;br /&gt;
+ &lt;a target="_self"&gt;
+  jchollet&amp;#64;ptab.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>jchollet@ptab.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1473-accompagner-les-dynamiques-durables-de-lecono/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:27" customHeight="0">
+      <c r="A193" s="1">
+        <v>90862</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les maîtres d'ouvrages publics pour la modernisation et l'amélioration paysagère des stations et des domaines skiables</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I193" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide soutient les maîtres d&amp;#039;ouvrages publics pour un aménagement touristique dans les espaces de montagne.
+    &lt;/p&gt;
+&lt;p&gt;
+ Objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Station
+  &lt;/strong&gt;
+  : favoriser les restructurations urbaines et architecturales des cœurs de stations, organiser et fluidifier les déplacements, améliorer l&amp;#039;accessibilité et le confort pour les publics adaptés
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Domaine skiable
+  &lt;/strong&gt;
+  : maintenir leur qualité et leur condition d&amp;#039;exploitation, limiter les carences structurelles liées aux difficultés d&amp;#039;accès et à l&amp;#039;obsolescence des schémas d&amp;#039;organisation urbaine, intégrer   l&amp;#039;activité touristique liée aux sports d&amp;#039;hiver dans la vie montagnarde.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Maître d&amp;#039;ouvrages publics (collectivités, GIP, établissement public ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ 25% maximum des dépenses éligibles HT.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V45" s="1" t="inlineStr">
-[...11 lines deleted...]
-&lt;p&gt;
+      <c r="V193" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/modernisation-et-amelioration-paysagere-des-stations-et-des-domaines-skiables</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Site de Limoges (départements 87-23-19) : 05 55 45 00 30
   &lt;/li&gt;
   &lt;li&gt;
-   Site de Poitiers (départements 79-86-17-16)
-: 05 16 01 40 55
+   Site de Poitiers (départements 79-86-17-16) : 05 16 01 40 55
   &lt;/li&gt;
   &lt;li&gt;
    Site de Bordeaux (départements 33-24-47-40-64) : 05 57 57 83 09
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
+      <c r="Y193" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z45" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d908-modernisation-et-amelioration-paysagere-des-s/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G46" s="1" t="inlineStr">
+    <row r="194" spans="1:27" customHeight="0">
+      <c r="A194" s="1">
+        <v>119870</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé financièrement pour payer les frais de licence ou d'adhésion à une association</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Pass'Loisirs</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Mairie d'Uzerche</t>
+        </is>
+      </c>
+      <c r="F194" s="1" t="inlineStr">
+        <is>
+          <t>Centre communal d'action sociale (CCAS) d'Uzerche</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si vous avez entre 3 ans et 18 ans révolus, que vous habitez Uzerche, et que vous pratiquez à Uzerche
+ un sport, une activité culturelle ou de loisirs dans une association, le CCAS peut vous faciliter l&amp;#039;accès à vos
+ loisirs en prenant en charge une partie de vos frais de licence ou d&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide vous sera versée après constitution d&amp;#039;un dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation du CCAS sera variable selon le montant du quotient familial et ceci dans la limite
+ de 50€ par enfant (plusieurs activités pouvant être aidées) et par an.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Arts plastiques et photographie
+Sports et loisirs
+Jeunesse
+Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avoir entre 3 et 18 ans, habiter à Uzerche, et pratiquer une activité culturelle, sportive ou citoyenne au sein d&amp;#039;une association oeuvrant sur le territoire de la commune.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Uzerche</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Demande à déposer par la famille à :
+&lt;/p&gt;
+&lt;p&gt;
+ CCAS - Mairie d&amp;#039;Uzerche
+&lt;/p&gt;
+&lt;p&gt;
+ Place de la libération
+&lt;/p&gt;
+&lt;p&gt;
+ Renseignements au 05 55 73 17 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>e.denechaud@uzerche.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4595-passloisirs/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:27" customHeight="0">
+      <c r="A195" s="1">
+        <v>165101</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les stations de montagne au changement climatique</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Adapter les stations de montagne au changement climatique</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier</t>
-[...7 lines deleted...]
-      <c r="K46" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I195" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
-[...15 lines deleted...]
-&lt;/h4&gt;
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet touristique au sein d’une station de montagne dans une logique d’adaptation des activités ou de diversification et dessaisonalisation de l’offre touristique ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligibles (*) et plafonnée à 300 000 €  &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;em&gt;(*) pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...16 lines deleted...]
- &lt;/li&gt;
+&lt;li&gt;Une PME au sens de l’union européenne&lt;/li&gt;
+&lt;li&gt;Une association&lt;/li&gt;
+&lt;li&gt;Une collectivité territoriale&lt;/li&gt;
+&lt;li&gt;Un établissement public&lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...6 lines deleted...]
-&lt;/ol&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...13 lines deleted...]
- &lt;/li&gt;
+&lt;li&gt;Des investissements d’équipements touristiques structurants d’envergure régionale, nationale ou internationale, facteur de différenciation par rapport aux équipements en place, visant l’excellence dans les services proposés aux visiteurs et qui favoriseront l’émergence d’une nouvelle production touristique ou viendront renforcer l’offre des filières touristiques. Ils devront s’inscrire dans un programme de développement ou maintien de l’emploi et répondre aux principaux enjeux de protection de l’environnement, de la biodiversité, des ressources.&lt;/li&gt;
 &lt;/ul&gt;
-&lt;strong&gt;
-[...3 lines deleted...]
-&lt;br /&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 300 000 €&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
- &lt;li&gt;
-[...13 lines deleted...]
- &lt;/li&gt;
+&lt;li&gt;L’ensemble des dépenses répondant aux objectifs visés précédemment.&lt;/li&gt;
 &lt;/ul&gt;
-&lt;h4&gt;
-[...25 lines deleted...]
- &lt;/span&gt;
+&lt;p&gt;Dans les stations de ski, les renouvellements de remontées mécaniques seront étudiés au cas par cas.&lt;/p&gt;
+&lt;p&gt;Pour les années 2025, 2026, 2027 et 2028, le soutien aux investissements liés aux enneigeurs pourra être étudié au cas par cas et de manière dégressive, dès lors qu’il s’agira d’installer ou renouveler du matériel existant par du matériel plus économe en eau et en énergie.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Si des retenues d’eau sont prévues pour l’approvisionnement des enneigeurs, le porteur devra démontrer dans son dossier de demande d’aide à la Région qu’elles sont écologiquement et économiquement viables et socialement acceptées.&lt;/strong&gt;&lt;/p&gt;
+&lt;h4&gt;Aides complémentaires&lt;/h4&gt;
+&lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
+&lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Paysage</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P195" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2024</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T195" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/stations-montagne-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="W195" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0292/depot/simple</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 67 24&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-les-stations-de-montagne-au-changement-climatique/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:27" customHeight="0">
+      <c r="A196" s="1">
+        <v>159895</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F196" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J196" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
  &lt;br /&gt;
- Dates :
-[...7 lines deleted...]
- &lt;/em&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des villages et des espaces les plus ruraux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global de redynamisation de cœur de village
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels, notamment de la rivière Adour, ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation, et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux événements culturels, sportifs et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Espace public
+Friche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P196" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q196" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O46" s="1" t="inlineStr">
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T196" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:27" customHeight="0">
+      <c r="A197" s="1">
+        <v>90864</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Conforter et valoriser les espaces naturels et les espaces remarquables (Parcs Naturels Régionaux et Opérations Grands Sites)</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I197" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide soutient les maîtres d&amp;#039;ouvrages publics des Parcs Naturels Régionaux (PNR) et les Opérations Grands Sites (OGS) afin de conforter et valoriser les espaces naturels et les espaces remarquables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  renforcer l&amp;#039;attractivité touristique des parcs naturels régionaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  moderniser les sites touristiques structurants
+ &lt;/li&gt;
+ &lt;li&gt;
+  structurer l&amp;#039;offre en écotourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;accueil des clientèles, par l&amp;#039;installation d&amp;#039;aménagements légers harmonisés à l&amp;#039;échelle d&amp;#039;un Parc Naturel Régional
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer la qualité d&amp;#039;accueil et de visite des sites inscrits dans une démarche d&amp;#039;Opération Grand Site
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="R197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Maitres d&amp;#039;ouvrages publics, notamment Parc Naturel Régional ou collectivités adhérentes d&amp;#039;un PNR.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25% maximum d&amp;#039;un montant des dépenses éligibles plafonné à 1 000 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  une majoration de 5% maximum pourra être opérée pour les projets implantés sur un territoire très vulnérable
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
-[...12 lines deleted...]
- Laurence Lanne - llanne&amp;#64;cner-france.com - 06 63 60 67 36
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/valorisation-des-parcs-naturels-regionaux-et-operations-grands-sites</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19) : 05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16) : 05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64) : 05 57 57 83 09
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/064d-valorisation-des-parcs-naturels-regionaux-et-/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:27" customHeight="0">
+      <c r="A198" s="1">
+        <v>95124</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement d'aménagements cyclables</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I198" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les
+ aménagements portés par les collectivités territoriales ou leurs groupements de coopération intercommunale présentent un attrait touristique réel. Les liaisons cyclables de type vélo participent à l&amp;#039;attractivité du territoire, notamment touristique, en reliant des sites pôles du Pays Cathare.
+&lt;/p&gt;
+&lt;p&gt;
+ Le développement de l&amp;#039;itinéraire cyclable du réseau principal ou complémentaire aide à inciter le plus grand nombre
+ à la pratique du vélo, ce qui représente un atout écologique important.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de l&amp;#039;Aude accompagnera également les collectivités territoriales compétentes à développer l&amp;#039;intermodalité et tout type de déplacements doux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="M198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mise en œuvre d&amp;#039;itinéraires cyclables à l&amp;#039;échelle d&amp;#039;un ou plusieurs territoires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Voirie et réseaux
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;infrastructure (installation de chantier, travaux de voirie inhérents à la réalisation de l&amp;#039;aménagement)  et de signalisation directionnelle et/ou de police d&amp;#039;itinéraires cyclables inscrits au schéma départemental ou lié à un itinéraire structurant du schéma (porté par un EPCI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études dans la limite d&amp;#039;une étude par itinéraire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements d&amp;#039;évaluation et d&amp;#039;observation (compteurs) y compris les études d&amp;#039;observation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les acquisitions foncières nécessaires à l&amp;#039;aménagement cyclable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les revêtements de type goudron sauf pour les pistes cyclables en domaine urbain ou péri-urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction ou la reprise d&amp;#039;ouvrages d&amp;#039;arts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les itinéraires non cartographiés par les différents schémas sauf s&amp;#039;ils se raccordent à un itinéraire inscrit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les itinéraires qui viendraient en doublon à un itinéraire déjà existant et inscrit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;entretien, de réfection et de mises aux normes d&amp;#039;aménagement existants, les travaux intégrant les équipements de service non marchands (Relais Information Service, bancs, tables....)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/je-veux-developper-des-itineraires-cyclables-dans-ma-commune</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département  de l&amp;#039;Aude - Pôle Aménagement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Développement Environnement et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement -
+ Olivier Baron
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04.68.11.31.03
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse mail :
+ &lt;a href="mailto:olivier.baron&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  olivier.baron&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dda-regler-les-aides-pour-le-schema-departemental/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...15 lines deleted...]
-          <t>Intercommunalité / Pays
+    <row r="199" spans="1:27" customHeight="0">
+      <c r="A199" s="1">
+        <v>162705</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'écotourisme, la valorisation et l'accès au patrimoine naturel et culturel</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H47" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J47" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K47" s="1" t="inlineStr">
+      <c r="I199" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 64</t>
+        </is>
+      </c>
+      <c r="J199" s="1" t="inlineStr">
+        <is>
+          <t>Minimum de 4000€ pour les privés, 10 000€ pour les publics, et plafond à 50 000€ (15 000€ pour le patrimoine)</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L47" s="1" t="inlineStr">
-[...2 lines deleted...]
- Cette aide contient 3 objectifs d&amp;#039;action :
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Via le &lt;/span&gt;&lt;span&gt;programme
+européen de subvention LEADER 2023-2027&lt;/span&gt;&lt;span&gt;, le GAL souhaite accompagner le
+développement de l’écotourisme sur son territoire. C’est un tourisme
+responsable qui intègre la découverte de la nature dans le respect de
+l’environnement et de la culture locale. Il cible en particulier la création et
+l’aménagement de sentiers, la restauration/valorisation de petits patrimoines,
+les &lt;/span&gt;&lt;span&gt;hébergeurs touristiques
+professionnels &lt;/span&gt;&lt;span&gt;(campings, hôtels, gîtes) et les &lt;/span&gt;&lt;span&gt;sites
+ouverts à la visite&lt;/span&gt;&lt;span&gt;. Les projets doivent permettre
+une &lt;/span&gt;&lt;span&gt;gestion écoresponsable du site&lt;/span&gt;&lt;span&gt; :
+type d’infrastructure d’accueil, sources d’énergies, approvisionnements,
+gestion des déchets, animation du site. &lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Exemples de projets :
+Hébergements de plein air en bois local ; Travaux de rénovation écologique ;
+Labélisation Accueil vélo…; Installation de toilettes sèches ; Signalétique ;
+restauration d’un lavoir, …&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Handicap
+Paysage
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une
+TPE/PME, une association ou un porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être situé sur
+une commune rurale d’Alès agglomération, du Gard rhodanien ou de De Cèze
+Cévennes &lt;/span&gt;&lt;span&gt;(Hors Alès et
+Bagnols/Cèze)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les hébergeurs, un enregistrement RCS et une
+adhésion Atout France sont demandés.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Obtenir un
+cofinancement &lt;/span&gt;&lt;span&gt;(Région,
+commune, département…) &lt;/span&gt;&lt;span&gt;hors porteur public&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être en capacité de &lt;/span&gt;&lt;span&gt;régler par
+avance les dépenses&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>GAL des Cévennes au Rhône</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://www.galcevennes.fr/programme-leader-2023-2027/</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénédicte DUSSAP&lt;/p&gt;&lt;p&gt;Sandrine DEBLOIS&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;galdescevennesaurhone&amp;#64;gmail.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Bât.
+ATOME, 2 rue Michelet 30100
+Alès&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;04
+66 25 32 88 / 06 86 94 62 87&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>galdescevennesaurhone@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-lecotourisme-la-valorisation-et-lacces-au-patrimoine-naturel-et-culturel/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:27" customHeight="0">
+      <c r="A200" s="1">
+        <v>120079</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour l'achat de sa licence sportive</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>PASS LOISIRS</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Gometz-le-Châtel</t>
+        </is>
+      </c>
+      <c r="F200" s="1" t="inlineStr">
+        <is>
+          <t>Centre communal d'action sociale (CCAS) de Gometz-le-Châtel</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le PASS LOISIRS concerne les enfants entre 6 et 18 ans ou les séniors de &amp;#43;65 ans souhaitant s&amp;#039;inscrire à l&amp;#039;année pour des activités sportives, culturelles ou artistiques proposées par les associations de la commune, de la Communauté Paris Saclay ou des communes voisines
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide s&amp;#039;élèvera à 50 € par enfant ou sénior.
+&lt;/p&gt;
+&lt;p&gt;
+ Cumulable avec les tickets loisirs jeunes de la CAF.
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux familles Castelgometziennes sous conditions de ressources.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;information, contactez l&amp;#039;accueil de la mairie au 01 60 12 11 05
+&lt;/p&gt;
+&lt;p&gt;
+ ou consultez le site internet : gometzlechatel.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Activités sportives, artistiques ou de loisirs au sein d&amp;#039;une association de notre territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Personnes âgées
+Jeunesse
+Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ APRES CALCUL DU QUOTIEN FAMILIAL ET SUR PRESENTATION DU RECU D&amp;#039;INSCRIPTION A L&amp;#039;ACTIVITE.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T200" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>Gometz-le-Châtel</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Stéphanie Genet
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:SGENET&amp;#64;GOMETZLECHATEL.FR" rel="noopener" target="_blank"&gt;
+  SGENET&amp;#64;GOMETZLECHATEL.FR
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>mairie@gometzlechatel.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2357-pratiquer-une-activite/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:27" customHeight="0">
+      <c r="A201" s="1">
+        <v>10501</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Fonds Départemental de développement (F2D)</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I201" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J201" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets sous maitrise d&amp;#039;ouvrage des EPCI à fiscalité propre portant des projets structurants pour leur territoire par essence. Il donne lieu à une nouvelle génération de contrats-cadre 2021-2027 avec les EPCI à fiscalité propre.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P201" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q201" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Les projets relevant des typologies suivantes sont prioritaires :
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations favorisant le développement des mobilités douces ou partagées,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique des logements communaux à vocation sociale,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ • Sont aussi éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+&lt;/p&gt;
+&lt;p&gt;
+ - les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+&lt;/p&gt;
+&lt;p&gt;
+ - les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+&lt;/p&gt;
+&lt;p&gt;
+ - les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+&lt;/p&gt;
+&lt;p&gt;
+ - la rénovation de structure des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail : subventions.dmit&amp;#64;gers.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c5c-fonds-departemental-de-developpement-f2d/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:27" customHeight="0">
+      <c r="A202" s="1">
+        <v>97354</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la restauration et la mise en valeur du patrimoine mobilier décoratif et funéraire</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Programme : Restauration et mise en valeur du patrimoine mobilier, décoratif et funéraire (PMDF)</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I202" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 75</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le présent dispositif vise à soutenir la restauration et la mise en valeur du patrimoine mobilier, décoratif et funéraire sur tout le territoire de la Vendée.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale est plafonnée à 35 000 € par an pour un même projet. Elle intervient dans la limite d&amp;#039;un montant total des subventions publiques de 80 % du montant des dépenses subventionnables.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Mobilier
+ &lt;/strong&gt;
+ : 35 % du montant des dépenses subventionnables (H.T. pour les collectivités et T.T.C. pour les associations*)
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Orgues à tuyaux
+ &lt;/strong&gt;
+ : 20 % du montant des dépenses subventionnables (H.T. pour les collectivités et T.T.C. pour les associations*)
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Valorisation, trésors
+ &lt;/strong&gt;
+ : 50 % du montant des dépenses subventionnables (H.T. pour les collectivités et T.T.C. pour les associations*)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * H.T. pour les associations récupérant la T.V.A.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif de majoration « Petites communes et commune insulaire de l&amp;#039;Ile d&amp;#039;Yeu » s&amp;#039;applique à ce programme, le taux maximum de la subvention pourra atteindre alors 60 % pour le mobilier, 45 % pour les orgues à tuyaux et 75 % pour la valorisation et trésors.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Le traitement des abords des sites et des espaces publics
-[...5 lines deleted...]
-  Le développement des projets culturels et touristiques
+  Communes de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de collectivités territoriales si le projet se situe sur une commune de moins de 10 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités bénéficiant du label &amp;#34;Villes ou Pays d&amp;#039;art et d&amp;#039;histoire&amp;#34;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations propriétaires ou mandatées par le propriétaire pour assurer la maîtrise d&amp;#039;ouvrage de l&amp;#039;opération.
+  &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Ces objectifs sont répartis en 5 domaines d&amp;#039;intervention:
  &lt;br /&gt;
 &lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Patrimoine éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble du patrimoine mobilier, décoratif et funéraire protégé ou non et situé dans des lieux publics ou privés, sur proposition circonstanciée du conservateur des antiquités et objets d&amp;#039;art de la Vendée justifiant d&amp;#039;un intérêt patrimonial pour la Vendée, est éligible à une subvention du Conseil Départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ En ce qui concerne la restauration et la mise en valeur du patrimoine maritime, l&amp;#039;aide départementale se limite aux seuls bateaux 
+dont les propriétaires s&amp;#039;engagent, après leur restauration, à les rendre accessibles au public dans le cadre de projets touristiques et/ou pédagogiques préalablement définis.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T202" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vendee.fr/aides-departementales-en-faveur-du-patrimoine</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Service Patrimoine et Archéologie
+&lt;/p&gt;
+&lt;p&gt;
+ 40 rue du Maréchal Foch
+85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.28.85.86.63
+&lt;/p&gt;
+&lt;p&gt;
+ E.Mail :
+ &lt;a href="mailto:sophie.boudaud&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  sophie.boudaud&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>celine.belzic@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/850f-soutenir-la-restauration-et-la-mise-en-valeur/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:27" customHeight="0">
+      <c r="A203" s="1">
+        <v>103461</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités - contrat rural</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Voirie et réseaux
+Famille et enfance
+Agriculture et agroalimentaire
+Bâtiments et construction
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Jusqu&amp;#039;à 500.000 € pour les communes et 539.000 € pour les syndicats de communes (40 % de subvention régionale et 30 % de subvention départementale par contrat).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Des subventions supplémentaires sont mobilisables pour les contrats intégrant des opérations environnementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T203" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/SkX3Kmg4o</t>
+        </is>
+      </c>
+      <c r="W203" s="1" t="inlineStr">
+        <is>
+          <t>http://mesdemarches.iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2d6b-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:27" customHeight="0">
+      <c r="A204" s="1">
+        <v>117637</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Créer de nouveaux espaces de nature et liaisons</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Stratégie nature</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I204" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objet de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Financer au cas par cas tout maitre d&amp;#039;ouvrage qui contribuerait à l&amp;#039;objectif de connexion des alto séquanais à la nature, par la végétalisation d&amp;#039;espace de plus de 5000 m2 ou de liaisons vertes permettant de liées différents espaces de nature existants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  But :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mettre chaque habitant des Hauts de Seine à moins de 15 minutes à pied d&amp;#039;un espace de nature et le connecter à une trame éco paysagère de plus de 3.300 hectares de parcs, jardins, promenades et forêts.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Principes d&amp;#039;actions :
+ &lt;/strong&gt;
+&lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Accompagnement des projets en lien avec la politique départementale Tourisme et Patrimoine
-[...11 lines deleted...]
-  Aménagement des lieux de la pleine nature
+  Créer de nouveaux espaces et liaisons. Acquérir, aménager, accueillir, entretenir, rénover, valoriser sont les verbes forts de la stratégie du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des ilots de verdure et de fraicheur en valorisant les délaissés et autres interstices urbains
+ &lt;/li&gt;
+ &lt;li&gt;
+  Générer des partenariats pour étendre son action et créer de nouvelles opportunités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Valoriser les espaces de nature pour leur contribution positive aux enjeux de bien-être en ville, de santé humaine, de protection de la biodiversité et d&amp;#039;adaptation au changement climatique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Biodiversité
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Présence connue d&amp;#039;habitat remarquable (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de flore remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présence connue de faune remarquable en Ile de France (étude depuis 2000)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ou continuité identifié dans le SRCE ou une trame verte et bleue locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétation ayant une bonne fonctionnalité écologique (différentes strates, diversité d&amp;#039;espèces, rusticité, habitat et nourriture pour la faune...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sol vivant, peu ou pas perturbé et perméable sur au moins les 2/3 du site &amp;#43; gestion du ruissellement urbain ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace ouvert au public, pour les loisirs et sports de plein air, pour la promenade et la détente, pour des activités culturelles et de reconnexion à la nature de plus de 5000 m2
+ &lt;/li&gt;
+ &lt;li&gt;
+  Qualité paysagère contribuant à l&amp;#039;identité du lieu et au patrimoine de la localité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Espace de fraicheur en été (lutte contre les îlots de chaleur urbain)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T204" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-Seine</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>http://www.hauts-de-seine.fr/la-strategie-departementale-des-espaces-de-nature</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Lionel Lecoeur :
+ &lt;a href="mailto:llecoeur&amp;#64;hauts-de-seine.fr" rel="noopener" target="_blank"&gt;
+  llecoeur&amp;#64;hauts-de-seine.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>llecoeur@hauts-de-seine.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e81-creer-de-nouveaux-espaces-de-nature-et-liaiso/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:27" customHeight="0">
+      <c r="A205" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I205" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J205" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P205" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q205" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Ainsi, les priorités touristiques départementales reposent principalement sur le soutien aux démarches de qualité, sur le développement d&amp;#039;une offre
- diversifiée et harmonieuse et sur la gestion efficace des flux touristiques depuis les pôles de concentration vers le reste du territoire départemental.
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T205" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
- La mise en œuvre du
-[...7 lines deleted...]
- Il a pour but de structurer le développement des territoires, notamment les plus ruraux, à partir des ressources non délocalisables telles que le patrimoine emblématique (Les Sites Pôles) et les produits ou services locaux de qualité. Ils constituent un des éléments majeurs de la destination touristique audoise et incarnent une identité qui permet de démarquer notre département de l&amp;#039;uniformisation touristique.
+ Téléphone : 05 62 67 31 50
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M47" s="1" t="inlineStr">
-[...9 lines deleted...]
-  Aménagement des sites d&amp;#039;activités de pleine nature
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:27" customHeight="0">
+      <c r="A206" s="1">
+        <v>90856</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Aménager et gérer durablement le littoral</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement et gestion durable du littoral</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     La Région apporte son soutien aux maîtres d&amp;#039;ouvrages publics pour un aménagement touristique des stations et des plages du littoral soumis à de fortes fréquentations, en intégrant les enjeux de respect de l&amp;#039;environnement et de changement climatique.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;strong&gt;
+      Objectifs :
+     &lt;/strong&gt;
+    &lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  requalifier les stations littorales et les espaces fréquentés dans le cadre d&amp;#039;un programme d&amp;#039;aménagement durable
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménager et gérer durablement les plages en améliorant la sécurité et les conditions d&amp;#039;accueil du public, en canalisant et gérant les flux, en renforçant la préservation du site
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en place des expérimentations, visant à anticiper les impacts du changement climatique sur l&amp;#039;activité touristique et, réciproquement, tester de nouvelles solutions pour l&amp;#039;accueil du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer la mobilité décarbonnée.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espaces verts
+Espace public
+Transition énergétique
+Biodiversité
+Bâtiments et construction
+Paysage
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  GIP Littoral.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Requalification des stations et les projets d&amp;#039;aménagement et de gestion durables des espaces
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25% maximum des dépenses éligibles HT pour les investissements dans les équipements et aménagements issus d&amp;#039;une programmation
+  ADS
+ &lt;/li&gt;
+ &lt;li&gt;
+  30% maximum des dépenses éligibles HT pour les investissements d&amp;#039;aménagements durables des plages et des espaces littoraux fréquentés
+ &lt;/li&gt;
+ &lt;li&gt;
+  50% maximum des dépenses éligibles HT ou TTC pour les études préalables (dispositif d&amp;#039;aide au conseil)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Expérimentations
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% maximum des dépenses éligibles HT ou TTC pour les apports de connaissance et les études
+ &lt;/li&gt;
+ &lt;li&gt;
+  30% maximum des dépenses éligibles HT ou TTC pour les investissements
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Les assiettes sont HT (Hors Taxes) ou TTC (Toutes Taxes Comprises) selon le régime de TVA auquel est soumis le porteur du projet ou les bénéficiaires finaux.
+ &lt;/em&gt;
+ ​​​​​​
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S206" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/amenagement-et-gestion-durable-du-littoral</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Site de Limoges (87, 86, 23, 19)
+Direction du tourisme : 05 55 45 00 30
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Poitiers (79, 86, 17, 16)
+Direction du tourisme : 05 16 01 40 55
+  &lt;/li&gt;
+  &lt;li&gt;
+   Site de Bordeaux : Direction du tourisme : 05 57 57 83 09
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/657e-amenagement-et-gestion-durable-du-littoral/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:27" customHeight="0">
+      <c r="A207" s="1">
+        <v>165418</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Etudes préalables aux opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Etudes préalables aux opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine, partenaire incontournable de la valorisation patrimoniale, accompagne les collectivités par une aide aux études – qu’elles soient historiques, juridiques, de faisabilité, de programmation ou diagnostiques – en s’associant étroitement à leur suivi pour garantir des projets cohérents et durables.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Ces études ont pour objectif d’analyser les besoins, le potentiel (atouts et faiblesses) d’un site patrimonial et de proposer un projet adapté aux contraintes identifiées, pour procéder à une valorisation ou à une mise en tourisme optimisées. De telles études sont indispensables à la prise de décision pour des projets de développement touristique d’envergure.&lt;/p&gt;&lt;p&gt;L’accompagnement financier de ces opérations a pour but de favoriser l’émergence de projets viables de valorisation de sites patrimoniaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Dépenses éligibles : études historiques, études juridiques, études diagnostic, études de faisabilité et programmation.&lt;/p&gt;&lt;p&gt;Modalités de calcul de la subvention régionale : 20 % du coût.&lt;/p&gt;&lt;p&gt;La subvention est plafonné e à 20 000 € par projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
-[...221 lines deleted...]
- - Les dépenses pouvant entrer dans le PDESI au titre de la taxe d&amp;#039;aménagement.
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;communes ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;établissements publics de coopération intercommunale (EPCI) : communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;associations propriétaires ou détentrices d’une contractualisation pérenne avec le propriétaire (exemple : bail emphytéotique) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;entreprises, à l’exclusion des Sociétés Civiles Immobilières (SCI).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;sites patrimoniaux publics et privés (hors particuliers et SCI), protégés ou non au titre des Monuments historiques ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;sites ouverts au public au minimum de 3 à 6 mois dans l’année, selon leur localisation sur le territoire régional et leur potentiel touristique (données de fréquentation) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;sites gérés par une équipe professionnelle (permanente ou saisonnière) et adhérant à l’office de tourisme intercommunal ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte des droits culturels par l’association étroite des habitants du territoire concerné au projet de valorisation (ateliers citoyens…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dépenses éligibles&lt;/p&gt;&lt;p&gt;Un diagnostic « biodiversité et espèces protégées » en amont des travaux.&lt;/p&gt;&lt;p&gt;Honoraires de l’architecte maître d’oeuvre sur l’ensemble du projet.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet connaissance&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Un état des lieux de la connaissance du site sera fait au début du projet et pourra être complété, le cas échéant, par une étude historique ou dans certains cas, par des fouilles archéologiques complémentaires, nécessaires à la compréhension et la visite du site.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le service du Patrimoine et de l’Inventaire de la Région pourra être mobilisé le cas échéant sur sa compétence Inventaire Général du Patrimoine Culturel.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet restauration&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les dépenses portant sur la restauration d’un édifice ou d’un site.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La cristallisation des vestiges.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’accessibilité du site et l’accueil des visiteurs, à condition que leur coût ne représente pas la plus importante part des dépenses.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans certains cas, les travaux d’urgence qui constituent un préalable indispensable à la mise en œuvre d’un projet de valorisation du site, pourront être retenus.&lt;/p&gt;&lt;p&gt;Volet médiation scénographie muséographie les dépenses matérielles et les prestations intellectuelles pour réaliser les outils de médiation et leurs contenus&lt;/p&gt;&lt;p&gt;La Région devra être associée au projet par le maître d’ouvrage en tant que membre du comité de pilotage ou de suivi.&lt;/p&gt;&lt;p&gt;Dépenses non éligibles&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;parkings, voiries et réseaux ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;travaux de simple entretien du site ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;dépenses générales de fonctionnement et frais de communication.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les projets éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;les projets inscrits dans un contrat de territoire en tant que projet structurant (notoriété, rayonnement, intérêt patrimonial, fréquentation …) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte du patrimoine culturel immatériel et des politiques mémorielles dans l’ensemble du projet (réunions d’information, ateliers…). Selon la nature du site, cette prise en compte sera considérée comme obligatoire (ex : patrimoine industriel) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;liens établis avec le Campus régional du Patrimoine bâti* (conseils, coopération, chantier école…) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte de l’accessibilité au public en situation de handicap ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte d’une approche environnementale dans la conception du projet pour réduire les coûts de fonctionnement sur les postes : gestion des déchets, restauration du bâti, médiation, scénographie, muséographie, aménagements liés à l&amp;#039;accueil du public. Exemplarités dans les économies de flux (eau, électricité...). Encouragement aux déplacements doux et actifs. Utilisation de matériaux et de produits locaux. Inscription du projet dans son environnement par l’intégration paysagère des équipements liés à l’accueil du public…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;site faisant l’objet d’une animation culturelle spécifique (festivals, spectacles vivants, arts plastiques, expositions temporaires, etc…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* Campus régional du patrimoine bâti : Le Conseil Régional et la Région Académique de Nouvelle-Aquitaine ont souhaité unir leurs labels respectifs CMQ (Campus des Métiers et de Qualifications) et TTNA (Talents et Territoires de Nouvelle-Aquitaine) autour d’un projet commun : le Campus régional du patrimoine bâti. Incarné au lycée des métiers du bâtiment (LMB) de Felletin (23), ce campus rassemble les objectifs et les champs d’actions des deux labels.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/etudes-prealables-aux-operations-globales-de-valorisation-de-sites-patrimoniaux</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier :&lt;/p&gt;&lt;p&gt;un courrier de demande, daté et signé, adressé à Monsieur le Président du Conseil Régional ;&lt;/p&gt;&lt;p&gt;un descriptif précis de l’objet de l’étude (par exemple le cahier des charges adressé aux cabinets d’étude potentiels prestataires) ;&lt;/p&gt;&lt;p&gt;un budget prévisionnel détaillé, équilibré en dépenses et en recettes (en HT et TTC) ;&lt;/p&gt;&lt;p&gt;fiche d’identité SIRENE de la structure porteuse du projet / extrait Kbis pour les entreprises ;&lt;/p&gt;&lt;p&gt;un relevé d’identité bancaire ;&lt;/p&gt;&lt;p&gt;la délibération ou le compte-rendu du Conseil d&amp;#039;Administration par laquelle la structure engage l&amp;#039;étude avec le budget prévisionnel.&lt;/p&gt;&lt;p&gt;Conformément à la délibération n°2023.487.SP relative aux éco socio conditionnalités adoptée en assemblée plénière du 27 mars 2023, la Région Nouvelle-Aquitaine demande à chaque bénéficiaire d’une subvention de signer la « Charte d’engagements du bénéficiaire d’une aide régionale envers la Région Nouvelle-Aquitaine CULTURE PATRIMOINE », et d’adhérer à ses principes (cf. délibération 2024.267.SP du 11 mars 2024).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-prealables-aux-operations-globales-de-valorisation-de-sites-patrimoniaux/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:27" customHeight="0">
+      <c r="A208" s="1">
+        <v>163926</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEAMPA - Fonds européen pour les affaires maritimes, la pêche et l'aquaculture</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Fiche Action n°1 - Promouvoir les métiers en mer comme à terre et les produits issus de la pêche et de l’aquaculture, pour en faire un atout environnemental, économique, culturel et touristique</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp &amp; Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I208" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J208" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 80 000 € (150 000 € en cas de projet de coopération ou interGALPA).</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cette aide met l’accent sur la promotion des métiers de la mer et des
+produits, un pilier incontournable pour garder un territoire vivant et attractif. Il vise
+à créer de la richesse économique, environnementale et sociale par la valorisation
+conjointe de produits de qualité du territoire, les métiers et le tourisme. Cette fiche
+action contribue à revitaliser la filière pêche et aquaculture, nos territoires littoraux
+et contribuer à améliorer l’image des gens de mer. Cette image vivante du
+territoire, associée à la richesse de son passé halieutique, est au centre de
+l’attractivité du territoire et de son potentiel d’attractivité. Il est donc important de
+structurer l’offre touristique bleue et durable, pour attirer les touristes sur notre
+territoire.
+En parallèle, le nombre de professionnels de la pêche et de l’aquaculture, que ce
+soit en mer comme à terre a fortement baissé depuis ces dernières années, et la
+moyenne d’âge des pêcheurs est élevée. L’attrait des métiers est de plus en plus
+difficile, et la transmission des entreprises, notamment pour les marins-pêcheurs
+devient un problème primordial pour les années à venir. Il est nécessaire de donner
+les moyens à la mise en avant des métiers et des formations liés à la pêche et à
+l’aquaculture (y compris le mareyage, la vente, la poissonnerie, etc.) afin d’attirer
+de nouveaux professionnels, en reconversion professionnelle ou en formation
+initiale et de permettre à chacun de se faire sa propre opinion sur les métiers de la
+pêche et de l’aquaculture.
+Il s’agira également d’enrichir et diversifier l’offre de produit de qualité à partir des
+ressources halieutiques pêchées et élevées sur notre territoire… qui ne sont pas
+encore valorisées. Il s’agira de soutenir les démarches collectives de promotion qui
+visent en particulier à développer les liens entre produits, savoir-faire et territoire
+et donc à renforcer la notoriété conjointe des produits et du territoire. Des efforts
+spécifiques de communication et sensibilisation doivent ainsi permettre de faire
+connaître et comprendre aux consommateurs la singularité et la spécificité de ses
+produits (qui combinent leur qualité à un lieu singulier)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OBJECTIFS OPÉRATIONNELS&lt;/strong&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter la population à s’orienter vers
+les métiers de la pêche et de l’aquaculture, valorisant l’image des gens de mer&lt;/li&gt;&lt;li&gt; Soutenir les démarches collectives de
+valorisation et promotion des produits de la pêche et de l’aquaculture &lt;/li&gt;&lt;li&gt;Développer une offre touristique bleue et
+durable, de découverte des activités maritimes&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;EFFETS ATTENDUS&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Accroissement des formations maritimes
+dans l’orientation des jeunes, des femmes et des personnes en réinsertion &lt;/li&gt;&lt;li&gt;&lt;span&gt;Amélioration de l’environnement
+économique de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accroissement des démarches de qualité
+(label, IGP, promotion) pour les produits de la mer locaux&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement d’une offre touristique
+bleue et durable&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="T47" s="1" t="inlineStr">
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;TYPE ET DESCRIPTION DES OPÉRATIONS &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Développement
+d’actions de sensibilisation et de communication aux métiers en mer comme à
+terre&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+de partenariats entre les acteurs socio-professionnels de la filière pêche et
+aquaculture, la formation et l’emploi&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutien
+des savoir-faire et des compétences de la filière pêche et aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Coordination
+entre le secteur de la pêche et le tourisme&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+d’une identité touristique « Côte d’Albâtre » en lien avec la filière pêche et
+aquaculture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développement
+d’actions de valorisation et promotions des produits de la mer locaux (label,
+IGP, etc.)&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
+à la création de nouvelles filières de valorisation et de promotion de produits
+de la mer « méconnus »&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appui
+à la mise en place de concours culinaire visant à promouvoir les métiers
+et  des produits&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Mettre
+en valeur les savoir-faire locaux et artisanaux de l’ensemble de la filière&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Emploi
+Attractivité économique
+Animation et mise en réseau
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P208" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="Q208" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;BENEFICIAIRES : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Entreprises,
+groupements d’entreprises ou entrepreneurs individuels implantés sur le
+territoire&lt;/li&gt;&lt;li&gt;Associations
+implantées sur le territoire de type association loi 1901&lt;/li&gt;&lt;li&gt;Établissements
+Publics de Coopération Intercommunale et communes &lt;/li&gt;&lt;li&gt;Établissements
+publics&lt;/li&gt;&lt;li&gt;Syndicats mixtes&lt;/li&gt;&lt;li&gt;Coopératives&lt;/li&gt;&lt;li&gt;Organismes de
+formation déclarés&lt;/li&gt;&lt;li&gt;Organismes de
+recherche &lt;/li&gt;&lt;li&gt;
+Établissements Publics de
+caractère Industriels et Commercial&lt;br /&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;LES DEPENSES ELIGIBLES : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses de rémunération directement rattachées à l&amp;#039;opération :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les frais de personnel sur la base d&amp;#039;un coût unitaire ;&lt;/li&gt;&lt;li&gt;Les coûts indirects sur la base d&amp;#039;un taux forfaitaire de 15% appliqué aux frais de personnel ;&lt;/li&gt;&lt;li&gt;Les frais de mission (déplacements, restauration, hébergement).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses immatérielles :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestation en ingénierie directement rattachée à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Animation&lt;/li&gt;&lt;li&gt;Étude : recherche, développement, solutions techniques, opportunité, faisabilité…&lt;/li&gt;&lt;li&gt;Études juridiques ;&lt;/li&gt;&lt;li&gt;Audit, conseil, expertise ;&lt;/li&gt;&lt;li&gt;Frais d&amp;#039;honoraire : comptable, juridique, technique ; &lt;/li&gt;&lt;li&gt;Formations ;&lt;/li&gt;&lt;li&gt;Frais de communication/promotion directement rattachés à l&amp;#039;opération ;&lt;/li&gt;&lt;li&gt;Frais de conception/acquisition de logiciels et licences directement rattachés à l&amp;#039;opération.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Dépenses matérielles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Petit équipement, matériel, signalétique ; &lt;/li&gt;&lt;li&gt;Outils de communication &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;TAUX DE SUBVENTION&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;50% par défaut, hors exceptions mentionnées
+ci-dessous et sous réserve de la rédaction finale du programme opérationnel
+FEAMPA.&lt;/li&gt;&lt;li&gt;80 % pour les porteurs de projets qualifiés
+Organismes de Droit Public ou une entreprise chargée de la gestion de services
+d’intérêt économique général.&lt;/li&gt;&lt;li&gt;80 % si l’un des critères suivants est respecté :
+être d’intérêt collectif, avoir un bénéficiaire collectif ; présenter des
+caractéristiques innovantes.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
-[...17 lines deleted...]
- Voir le site du département
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>GALPA Fécamp et Côte d'Albâtre</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agglo-fecampcauxlittoral.fr/entreprendre/etre-accompagne/appels-a-projets/</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Communauté d’Agglomération Fécamp Caux Littoral&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Développement Economique – Cellule d’animation DLAL FEAMPA&lt;/p&gt;&lt;p&gt;825 Route de Valmont, 76400 Fécamp&lt;/p&gt;&lt;p&gt;Amandine BIZARD - Animatrice DLAL FEAMPA&lt;/p&gt;&lt;p&gt;Tél. : &lt;a&gt;02 35 10 48 48&lt;/a&gt; – &lt;a href="mailto:amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr"&gt;amandine.bizard&amp;#64;agglo-fecampcauxlittoral.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>amandine.bizard@agglo-fecampcauxlittoral.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/promouvoir-les-metiers-en-mer-comme-a-terre-et-les-produits-issus-de-la-peche-et-de-laquaculture-pour-en-faire-un-atout-environnemental-economique-culturel-et-touristique/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:27" customHeight="0">
+      <c r="A209" s="1">
+        <v>101600</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Faire des patrimoines l'axe majeur de mon projet de revitalisation</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Association Petites Cités de Caractère</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez vous appuyer sur un cadre méthodologique pour définir un projet de territoire qui place les patrimoines (culturels, naturels, immatériels, personnes), comme porte d&amp;#039;entrée du projet de revitalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association Petites Cités de Caractère vous propose des outils méthodologiques pour vous appuyer dans la définition et la mise en œuvre de votre projet :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Accompagnement méthodologique pour la définition et la mise en œuvre de projets pluriannuels de valorisation des patrimoines matériels et immatériels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   En savoir plus sur les acteurs du patrimoine et les acteurs du tourisme (qui fait quoi ?), et comment travailler sur une stratégie touristique s&amp;#039;appuyant sur la valorisation des patrimoines.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ S&amp;#039;agissant du patrimoine naturel, cette offre peut être associée à celle relative aux territoires engagés pour la nature également présentée dans l&amp;#039;offre de services PVD.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Revitalisation
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R209" s="1" t="inlineStr">
+        <is>
+          <t>Etre une commune ou une intercommunalité du programme Petites villes de demain.</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petitescitesdecaractere.com/fr/</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>Contactez Petites Cités de Caractère : petitescitesdecaracterefrance&amp;#64;gmail.com</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d5de-faire-des-patrimoines-laxe-majeur-de-mon-proj/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C48" s="1" t="inlineStr">
+    <row r="210" spans="1:27" customHeight="0">
+      <c r="A210" s="1">
+        <v>120090</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Etre aidé financièrement pour l'achat de ma licence sportive</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Passeports loisirs jeunes (Plj)</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>Caisse d'allocations familiales (CAF) de Touraine</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Passeport loisirs jeunes (Plj) est un dispositif géré par la Caf de Tours.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objetcif : Permettre aux enfants de familles aux revenus modestes de s&amp;#039;inscrire dans des activités de loisirs, artistiques, sportives, culturelles . . .
+&lt;/p&gt;
+&lt;p&gt;
+ Le Plj est utilisable pour une activité annuelle mais également pour une activité organisée sous forme de stage
+&lt;/p&gt;
+&lt;p&gt;
+ Le Plj ne peut pas être utilisé pour les séjours vacances, les séjours scolaires (classe de neige, de mer ou classe verte), les cours de langues, les Alsh ......
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais d&amp;#039;équipement ou de matériel nécessaires à la pratique de l&amp;#039;activité concernée ne sont pas pris en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Vidéo à destination des familles :
+ &lt;a href="https://youtu.be/WHin6quaTbM" rel="noopener" target="_blank"&gt;
+  https://youtu.be/WHin6quaTbM
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il permet aux allocataires avec un quotient familial compris entre 0 et 850 € de bénéficier d&amp;#039;une aide financière de 60 à 100 € (voir les critères ci-dessous) sur une activité sportive ou culturelle pour leur enfant âgé de 11 à 17 ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Famille et enfance</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  FAMILLES ELIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Allocataires de la Caf Touraine et éligibles à son action sociale au titre du mois d&amp;#039;octobre de l&amp;#039;année civile N-1 et dont le QF est inférieur ou égal à 850 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Et ayant un jeune âgé d&amp;#039;au moins 11 ans et de moins de 18 ans au 31/12 N et à charge au sens des PF au titre du mois de janvier N.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ATTRIBUTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les jeunes doivent s&amp;#039;inscrire auprès d&amp;#039;un opérateur ayant passé une convention avec la Caf. Il peut être situé hors de sa commune de résidence ou en dehors du département.
+&lt;/p&gt;
+&lt;p&gt;
+ La Caf ne procède à aucun réexamen des droits.
+&lt;/p&gt;
+&lt;p&gt;
+ En situation de résidence alternée, chacun des deux parents peut ouvrir droit au Plj.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de modification de charge d&amp;#039;enfants en cours d&amp;#039;année, le parent ayant les enfants à charge peut bénéficier des PLJ édités au nom de l&amp;#039;autre parent.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MONTANTS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Enfants âgés de 11 à 17 ans sans Aeaah
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+ quotient familial compris entre 0 et 850 € de bénéficier d&amp;#039;une aide financière de 60 à 75 € sur une activité sportive ou culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Enfants âgés de 11 à 17 ans avec Aeaah :
+ &lt;/strong&gt;
+ quotient familial compris entre 0 et 850 € de bénéficier d&amp;#039;une aide financière de 85 à 100 € sur une activité sportive ou culturelle.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;ENVOI DES PLJ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les notifications de droit seront envoyées dès le mois de mars (N) aux enfants qui ouvrent droit.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;envoi se fait sous forme dématérialisée dès lors que l&amp;#039;allocataire a déclaré son mail à la Caf et donné son autorisation d&amp;#039;utilisation. Dans le cas contraire, l&amp;#039;envoi est réalisé par courrier.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de non réception, de perte, de destruction ou de suppression du Plj, la Caf ne procède pas à un nouvel envoi du passeport.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PERIODE DE VALIDITE DU PLJ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La période de validité de l&amp;#039;aide financière : du 1er janvier au 31 décembre de l&amp;#039;année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES OPERATEURS :
+&lt;a href="https://www.caf37-partenaires.fr/thematique/jeunesse/" target="_self"&gt;https://www.caf37-partenaires.fr/thematique/jeunesse/&lt;/a&gt; &lt;/strong&gt;(puis l&amp;#039;onglet &amp;#34;Aides aux Temps Libres (ATL : Avf - Plj)&amp;#34; &amp;gt; 2. Plj
+&lt;/p&gt;
+&lt;p&gt;
+ Ils peuvent être de statut public ou privé. Ils ont nécessairement passé une convention avec la Caf.
+&lt;/p&gt;
+&lt;p&gt;
+ La Caf vérifie que les opérateurs répondent à un principe de neutralité philosophique, politique, syndicale et confessionnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Le passeport fonctionne comme un tiers payant. La famille ne fait pas l&amp;#039;avance des frais.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.caf37-partenaires.fr/thematique/jeunesse/</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Caf Touraine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service de gestion des aides financières individuelles (Afi)
+&lt;/p&gt;
+&lt;p&gt;
+ du lundi au vendredi de 9H00 à 12H30
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02 47 31 55 22
+&lt;/p&gt;
+&lt;p&gt;
+ E.mail  : &lt;a target="_self"&gt;afi&amp;#64;caf37.caf.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>carine.dalus@caf37.caf.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e966-etre-aider-financierement-pour-lachat-de-ma-l/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:27" customHeight="0">
+      <c r="A211" s="1">
+        <v>1029</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les équipes artistiques qui s'engagent pour la promotion du Grand Est - Label "Ambassadeur culturel du Grand Est"</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Label &amp;#34;Ambassadeur culturel du Grand Est&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes artistiques sont de véritables ambassadeurs culturels de la région Grand Est qui contribuent au rayonnement, à l&amp;#039;attractivité et au développement de notre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tournées à l&amp;#039;échelle nationale ou internationale qu&amp;#039;effectuent régulièrement les équipes
+ artistiques importantes du Grand Est sont des moments privilégiés de visibilité pour faire
+ connaitre les talents et les ressources de notre région.
+ Par ce dispositif, la Région Grand Est décide de soutenir les équipes artistiques qui à l&amp;#039;occasion
+ de leurs tournées nationales ou internationales souhaitent s&amp;#039;engager pour la promotion du
+ Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Apport en nature et en ingénierie.
+ En contrepartie de l&amp;#039;obtention de ce label, la Région, à l&amp;#039;occasion de ces tournées, s&amp;#039;engage à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mobiliser les compétences existantes en région au sein du Conseil régional ou
+  d&amp;#039;organismes externes afin de mener des actions de visibilité et des rencontres permettant
+  aux milieux économiques, culturels et touristique de la région Grand Est de se faire
+  connaitre et d&amp;#039;associer leur image à celle des équipes artistiques,
+ &lt;/li&gt;
+ &lt;li&gt;
+  procéder à un achat de places de spectacles à tarif négocié auprès du théâtre d&amp;#039;accueil par
+  l&amp;#039;intermédiaire de la structure à laquelle est accordée le label Ambassadeur culturel de la
+  région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  diffuser l&amp;#039;invitation auprès des milieux économiques et institutionnels.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipes artistiques implantées sur le territoire de la région Grand Est qui effectuent régulièrement des tournées significatives comportant plusieurs dates à l&amp;#039;international et qui s&amp;#039;engagent à participer à des actions de promotion culturelle, économique et touristique de la région Grand Est à l&amp;#039;occasion de ces tournées peuvent obtenir le label « Ambassadeur culturel du Grand Est ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les équipes artistiques bénéficiant de ce label s&amp;#039;engagent à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   co-organiser des espaces de rencontres avec les acteurs institutionnels et économiques locaux et les réseaux implantés sur le territoire Grand Est et représentés sur le territoire de destination de la tournée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mettre à disposition les droits d&amp;#039;exploitation du répertoire présenté et, s&amp;#039;il y a lieu, les autorisations des interprètes en cas de captation de leur prestation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   mettre à disposition du Conseil régional les informations sur les tournées envisagées 12 mois avant l&amp;#039;évènement.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Dépenses éligibles
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à l&amp;#039;organisation de l&amp;#039;événement ou de la manifestation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/label-ambassadeur-culturel-grand/</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  Direction de la Culture, du Patrimoine et de la Mémoire.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbac-label-ambassadeur-culturel-du-grand-est-grand/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:27" customHeight="0">
+      <c r="A212" s="1">
+        <v>95041</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Créer des équipements de randonnée nautique sur le Domaine public fluvial régional de l’Ill</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Création d’équipement de randonnée nautique sur le Domaine Public Fluvial régional de l’Ill</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I212" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux maxi : 60 % du montant H.T pour les équipements prioritaires / 40 % pour les équipements secondaires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de 9 000 € pour les équipements prioritaires selon le schéma de gestion globale de l&amp;#039;Ill / 6 000 € pour les équipements secondaires selon le même schéma.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Forêts</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P212" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes et groupement de communes, associations, ....
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Appui aux porteurs locaux pour la réalisation d&amp;#039;équipements publics, promouvant la pratique de la randonnée nautique et de la pêche sur le domaine public fluvial régional. Ce dispositif s&amp;#039;inscrit dans le cadre du schéma de gestion globale de l&amp;#039;Ill sur la base du recensement et de la priorisation des besoins établis conjointement par le Comité Régional de Canoë-Kayak et la Fédération du Bas-Rhin pour la pêche et la protection des milieux aquatiques. Il est conduit en cohérence avec les Plans Départementaux des Espaces Sites et Itinéraires visant à identifier et clarifier l&amp;#039;accessibilité aux sites.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création de sites de mise à l&amp;#039;eau pour embarcations légères (canoës, kayak...) ou tout type d&amp;#039;embarcation (embarcations tractées, barques à fond plat...) ; Équipements de signalisation sur l&amp;#039;eau et au droit des points de mise à l&amp;#039;eau, permettant la communication auprès des usagers (sites touristiques, accueil, consignes de sécurité ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/creation-dequipement-de-randonnee-nautique-domaine-public-fluvial-regional-de-lill/</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Région Grand Est
+  &lt;br /&gt;
+  Monsieur le Président Jean Rottner (A l&amp;#039;attention du Service Eaux et Biodiversité)
+  &lt;br /&gt;
+  1, Place Adrien Zeller – BP 91006
+  &lt;br /&gt;
+  67070 STRASBOURG CEDEX
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour toute information :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Samuel KLEIN : Tél : 03 88 59 85 08, Mail :
+  &lt;a rel="noopener" target="_blank"&gt;
+   samuel.klein&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/50d4-creation-dequipement-de-randonnee-nautique-su/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:27" customHeight="0">
+      <c r="A213" s="1">
+        <v>163591</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les Villes et Pays d'Art et d'Histoire</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Villes et Pays d’Art et d’Histoire</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accompagner les Villes et Pays d&amp;#039;Art et d&amp;#039;Histoire dans la valorisation et l&amp;#039;animation du patrimoine, au plus près des citoyens, grâce à leurs programmes annuels d&amp;#039;actions de sensibilisation, de médiation et d&amp;#039;éducation au patrimoine et à l&amp;#039;architecture.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La Région Nouvelle-Aquitaine reconnaît que le patrimoine culturel est un facteur essentiel de développement de ses territoires et qu’il reste, pour certains d’entre eux, la principale ressource disponible.&lt;/p&gt;&lt;p&gt;Dans une région caractérisée par sa grande superficie, la valorisation du patrimoine permet donc de promouvoir l’idée d’un aménagement raisonné de tous ses territoires. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Date limite de dépôt du dossier : 1er avril de chaque année&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Dépenses éligibles :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Coût du personnel gérant le label VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prestations extérieures (techniques, intellectuelles, cachets artistiques)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication sur les actions VPAH&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Location/achat de matériel pour réaliser les actions&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Expositions, outils de médiation du patrimoine, valises pédagogiques, outils numériques d&amp;#039;aide à la visite.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Modalités de calcul de la subvention régionale &lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Maximum de 20% du coût des dépenses éligibles avec une aide plafonnée à 15 000 € / an.&lt;/p&gt;&lt;p&gt;Une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (Cf. carte EPCI en annexe).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les gestionnaires du label (collectivités territoriales ou associations) des :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Villes d&amp;#039;art et d&amp;#039;histoire de moins de 50 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pays d&amp;#039;art et d&amp;#039;histoire de moins de 150 000 habitants&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programme d&amp;#039;actions équilibrées sur les publics touristiques, habitants et jeunes publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Convention de labellisation VPAH avec le Ministère de la Culture&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Équipe de valorisation du patrimoine professionnelle.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les dossiers éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les VPAH situés en territoires ruraux&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les VPAH mettant en œuvre des actions innovantes et importantes en direction du public jeune et scolaire, notamment dans le cadre de Parcours d&amp;#039;Éducation Artistique et Culturelle en partenariat avec l&amp;#039;Éducation Nationale, ou intégrant d’autres approches patrimoniales comme le patrimoine culturel immatériel&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La valorisation des données de l&amp;#039;Inventaire Général du patrimoine culturel in situ&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les actions en faveur des publics en situation précaire et des publics en situation de handicap (accessibilité des contenus culturels, partenariats avec des structures gérant ces publics…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/villes-et-pays-dart-et-dhistoire</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?
+&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Toutes les demandes devront faire l&amp;#039;objet d&amp;#039;une prise de contact via l&amp;#039;e-mail de contact ci-dessous, merci de préciser votre département.&lt;/p&gt;&lt;p&gt;Les demandes pendront en compte la programmation des projets &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Programmation annuelle avec une date limite de dépôt des dossiers le 1er avril de chaque année.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les projets éligibles seront programmés en fonction de l&amp;#039;enveloppe budgétaire annuelle dévolue à ce dispositif.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Pièces justificatives à fournir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Lettre saisine motivant la demande&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Budget prévisionnel (en € HT) et décision (délibération de la collectivité, acte du conseil d’administration ou autre acte décisionnel)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Programme prévisionnel d&amp;#039;actions détaillé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fiche d&amp;#039;identité Siren&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Patrimoine et Inventaire - Unité Politiques Publiques et Budget&lt;/p&gt;&lt;p&gt;Direction de la Culture et du Patrimoine&lt;/p&gt;&lt;p&gt;15, rue de l’Ancienne Comédie&lt;/p&gt;&lt;p&gt;86021 Poitiers CS 70575&lt;/p&gt;&lt;p&gt;05 49 36 30 05&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/villes-et-pays-dart-et-dhistoire/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:27" customHeight="0">
+      <c r="A214" s="1">
+        <v>140799</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les domaines nordiques des Alpes du Sud et faire la promotion de la filière et des activités nordiques et de pleine nature sur le massif</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Nordic Alpes du Sud</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : études des attentes clientèles (touristes / locaux), de l&amp;#039;offre, analyse FFOM (force / faiblesse / opportunité / menace), mise à disposition de données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de PROJET : aide au développement d&amp;#039;activités (pour habitants et touristes) ou de services sur un territoire...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie FINANCIÈRE : élaboration de budgets prévisionnels et proposition de modèles économiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie RÉGLEMENTAIRE et JURIDIQUE : mise à disposition de supports relatifs à la législation des activités nordiques. Conseils.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de CONCERTATION : organisation de temps d&amp;#039;échanges avec les acteurs de la filière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la GESTION et à l&amp;#039;EXPLOITATION : Analyse des données (chiffre d&amp;#039;affaires, fréquentation), conseil sur l&amp;#039;organisation matérielle et humaine de la structure, aide à la mise en place d&amp;#039;une solution de billetterie numérique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour le développement tout public (touristes &amp;amp; habitants) et la gestion du site nordique de la Draye.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition d&amp;#039;un nouveau positionnement tarifaire (journée, séjours, saison) et harmonisation des tarifs sur le massif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une étude auprès des pratiquants des activités nordiques puis mise en place d&amp;#039;une contribution volontaire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déploiement d&amp;#039;une solution de billetterie numérique et de vente en ligne commune aux domaines du massif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils aux sites pour le déploiement d&amp;#039;activités pour les visiteurs ou habitants : fat bike, animations biathlon, Bia&amp;#039;sket...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage de la tournée « Festi&amp;#039;Nordic » (promotion de l&amp;#039;événement, mise à disposition de matériel, soutien logistique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication publique et valorisation des 28 sites nordiques des Alpes du Sud (Nordic Mag, site internet...).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation de journées de rencontres et de formations pour les professionnels de la filière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bilan annuel global des forfaits vendus et prospective, analyses statistiques spécifiques à chaque domaine.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion de la collectivité :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour un gestionnaire de site nordique : 400€ &amp;#43; 200€/site nordique payant. (coût annuel)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pour un gestionnaire d&amp;#039;activités de pleine nature : 400€ &amp;#43; part variable (200€ à 1200€) en fonction du nombre habitants sur la collectivité. (coût annuel)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Prestations sur mesure (le budget dépend de la nature de l&amp;#039;accompagnement, l&amp;#039;association n&amp;#039;a pas vocation à réaliser des profits).
+ &lt;br /&gt;
+</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence, Hautes-Alpes et Alpes-Maritimes</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://www.nordicalpesdusud.com</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Nordic Alpes du Sud
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Roche André – Route de la Croix de Bretagne 05100 Villard Saint-Pancrace
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 20 15 09 - 06 14 86 24 48
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:direction&amp;#64;nordicalpesdusud.com" target="_self"&gt;
+  direction&amp;#64;nordicalpesdusud.com
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/351e-federer-les-domaines-nordiques-des-alpes-du-s/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:27" customHeight="0">
+      <c r="A215" s="1">
+        <v>164951</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer une politique économique locale basée sur les spécificités du territoire</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Appel à projets n°2.2</t>
+        </is>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="G215" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H215" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I215" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K215" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La stratégie du GAL spécifique à cet appel à projets - « Renforcer une politique économique locale basée sur les spécificités du territoire »&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;La stratégie de la fiche action n°2 du programme LEADER du GAL Castelroussin-Valençay vise à :&lt;/em&gt;&lt;/p&gt;&lt;p&gt;• Accompagner les filières du territoire et soutenir l’émergence et la structuration de nouvelles activités.&lt;/p&gt;&lt;p&gt;• Promouvoir le tourisme durable et les patrimoines culturels et naturels à destination des clientèles touristiques.&lt;/p&gt;&lt;p&gt;• Accompagner la création, le renforcement des compétences à travers la formation, l’installation des actifs et la réinsertion ou réorientation professionnelle.&lt;/p&gt;&lt;p&gt;• Développer les tiers-lieux (économiques, culturels et sociaux) permettant la rencontre et la synergie entre acteurs et ainsi contribuer au développement économique et l’activation des ressources locales et la coopération.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lors de l’élaboration du dossier de candidature LEADER, la liste d’opérations suivantes avaient été retenues :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe de l’accompagnement aux filières du territoire et du soutien à l’émergence et la structuration de nouvelles filières :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions dans l’innovation et la structuration à la professionnalisation économique des filières du territoire (aide à la logistique, revitalisation des marchés locaux...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Promouvoir le tourisme durable et les patrimoines culturels, cultuels et naturels à destination des clientèles &lt;/strong&gt;&lt;strong&gt;touristiques :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Initiatives de mutualisation et de mise en réseau du tourisme et du patrimoine.&lt;/p&gt;&lt;p&gt;• Actions visant à améliorer la qualité de l’accueil touristique et la mise en œuvre de projets touristiques durables (itinéraires vélos, circuits et parcours nature).&lt;/p&gt;&lt;p&gt;• Actions visant à soutenir le développement d’une ingénierie touristique et écologique (communication sur les atouts du territoire, mettre en place des actions de communication autour du savoir-faire et produits du terroir, animateur environnement...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagner la création, le renforcement des compétences à travers la formation, l’installation des actifs et la réinsertion ou réorientation professionnelle :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Soutien aux actions de mise en réseau des actifs agricoles pour soutenir la professionnalisation et la pérennité des emplois agricoles (speed dating, échanges internationaux, formations...).&lt;/p&gt;&lt;p&gt;• Initiatives d’accompagnement de l’installation des artisans, commerces et PME.&lt;/p&gt;&lt;p&gt;• Actions dans l’innovation sur la mobilité des actifs et des compétences locales diverses (Loi Egalim...).&lt;/p&gt;&lt;p&gt;• Actions visant à l’accueil des nouveaux habitants et actifs et référents « nouveaux arrivants ».&lt;/p&gt;&lt;p&gt;• Actions de mutualisation des besoins en RH.&lt;/p&gt;&lt;p&gt;• Actions dans le domaine des transferts de savoir entre Châteauroux et le territoire du GAL (dispositif «Rejoindre » destinés aux nouveaux salariés).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer les « lieux multiusages » (économiques, culturels, sociaux) permettant la rencontre et la synergie entre acteurs et ainsi contribuer au développement économique et l’activation des ressources locales et la coopération :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Actions innovantes sur l’accompagnement et la mise en réseau de lieux existant ou en projet (réalisation de cafés associatifs, de ressourceries) ou tout autre lieu visant des espaces de sociabilité, de lutte contre l’isolement et à la création de partage de ressources, compétences et de savoirs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N215" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Formation professionnelle
+Tiers-lieux
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O215" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P215" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2025</t>
+        </is>
+      </c>
+      <c r="Q215" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Associations loi 1901, agréées, étrangères.&lt;/p&gt;&lt;p&gt;• Collectivités territoriales (communes, EPCI...).&lt;/p&gt;&lt;p&gt;• Établissements publics, dont les chambres consulaires.&lt;/p&gt;&lt;p&gt;• Micro entreprises, TPE, PME, groupements d’entreprises (qui restent des PME).&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Syndicats professionnels ou interprofessionnels (salariés et patronaux).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;• Offices de tourisme.&lt;/p&gt;&lt;p&gt;• Sociétés agricoles, exploitants agricoles et groupements d’agriculteurs (études uniquement).&lt;/p&gt;&lt;p&gt;• Organismes de formation avec numéro d’agrément.&lt;/p&gt;&lt;p&gt;• Organismes d’enseignement.&lt;/p&gt;&lt;p&gt;• Fondations.&lt;/p&gt;&lt;p&gt;• Établissements privés à but non lucratif.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Autres conditions d’éligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;SEUIL ET PLAFOND D’ÉLIGIBILITÉ&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d’aide publique. Au moment du paiement, le montant d’aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;/p&gt;&lt;p&gt;• Plafond maximum de dépenses publiques pour les projets d’investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;• Plafond maximum d’attribution d’une aide Leader sur le territoire du GAL Castelroussin-Valençay : 80 000 €&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention :&lt;/strong&gt; les dépenses éligibles sont déterminées lors de l’instruction. Le seuil est donc vérifié à cette étape et non lors du dépôt de dossier. Le seuil est vérifié à nouveau lors de la demande de paiement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ TEMPORELLE :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense. Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture...).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;ÉLIGIBILITÉ GÉOGRAPHIQUE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, l&amp;#039;investissement doit être réalisé sur le périmètre du GAL Castelroussin-Valençay (hors projet de coopération).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;À noter :&lt;/strong&gt; possibilité de mise en place d&amp;#039;actions hors périmètre du GAL à condition que les bénéfices resurgissent sur le territoire de celui-ci.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;DÉPENSES ÉLIGIBLES SUR FACTURE : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ •    Prestations d&amp;#039;études, de diagnostics, d&amp;#039;inventaires ;
+ &lt;br /&gt;
+ •    Prestation de services et frais d&amp;#039;honoraires en accompagnement 
+comptable, juridique, et technique nécessaire à la réalisation de 
+l&amp;#039;opération (dans la limite de 10 % des autres dépenses) ;
+ &lt;br /&gt;
+ •    Frais d&amp;#039;inscription, d&amp;#039;organisation et de participation à des événements ou des formations en lien direct avec le projet ;
+ &lt;br /&gt;
+ •    Frais de conception et d&amp;#039;aménagement de stands ;
+ &lt;br /&gt;
+ •    Frais de communication (encart publicitaire, frais d&amp;#039;impression, 
+affranchissement pour envoi en nombre, conception de supports de 
+communication), de promotion, d&amp;#039;information (guide, film, site 
+internet...) ;
+ &lt;br /&gt;
+ •    Acquisition de matériel/outillage industriel, mobilier, 
+fournitures (hors acquisition d&amp;#039;occasion et hors investissement 
+agricole) ;
+ &lt;br /&gt;
+ •    Investissement immatériel (logiciels et brevets) ;
+ &lt;br /&gt;
+ •    Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l&amp;#039;opération ;
+ &lt;br /&gt;
+ •    Achat de biens immeubles (dans la limite des règles d&amp;#039;éligibilité définies au niveau régional) ;
+ &lt;br /&gt;
+ •    Location de biens meubles ou immeubles ;
+ &lt;br /&gt;
+ •    Véhicule en lien direct avec le projet (maximum 1 par opération) 
+et vélos neufs affectés exclusivement à l&amp;#039;usage prévu dans la convention
+ et dans le périmètre éligible au programme LEADER.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ DÉPENSES ÉLIGIBLES DE PERSONNEL :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ •    Frais de personnels nécessaires à la réalisation de l&amp;#039;opération et
+ comportant un lien démontré avec celle-ci (salaires, charges liées et 
+traitements accessoires, un justificatif de temps de travail sera 
+demandé) ;
+ &lt;br /&gt;
+ •    Coûts indirects selon un taux forfaitaire de 15 % des frais de 
+personnels directs éligibles (option de coûts simplifiés (OCS) 
+conformément à l&amp;#039;article 83 du règlement (UE) 2021/2115 relatif aux 
+plans stratégiques nationaux et à l&amp;#039;article 54-b du règlement (UE) 
+2021/1060 relatif aux fonds européens de soutien et d&amp;#039;investissement ;
+ &lt;br /&gt;
+ •    Notes de frais des personnels ou bénévoles.
+&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S215" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T215" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U215" s="1" t="inlineStr">
+        <is>
+          <t>GAL Castelroussin-Valençay</t>
+        </is>
+      </c>
+      <c r="V215" s="1" t="inlineStr">
+        <is>
+          <t>https://www.payscastelroussin.fr/actions/leader.html</t>
+        </is>
+      </c>
+      <c r="W215" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr/</t>
+        </is>
+      </c>
+      <c r="X215" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thibault MOURIER&lt;/p&gt;&lt;p&gt;Gestionnaire / Animateur&lt;/p&gt;&lt;p&gt;Tél : 02.34.68.04.70&lt;/p&gt;&lt;p&gt;Courriel : leader&amp;#64;payscastelroussin.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y215" s="1" t="inlineStr">
+        <is>
+          <t>leader@payscastelroussin.fr</t>
+        </is>
+      </c>
+      <c r="Z215" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renforcer-une-politique-economique-locale-basee-sur-les-specificites-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA215" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:27" customHeight="0">
+      <c r="A216" s="1">
+        <v>163280</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'attractivité du territoire en dynamisant l'offre de services et le cadre de vie</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E216" s="1" t="inlineStr">
         <is>
           <t>Syndicat mixte ADEVA Pays Vitryat</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G216" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
+      <c r="H216" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I48" s="1" t="inlineStr">
+      <c r="I216" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J48" s="1" t="inlineStr">
+      <c r="J216" s="1" t="inlineStr">
         <is>
           <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K216" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="O48" s="1" t="inlineStr">
+      <c r="L216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat cherche activement à renforcer son attrait et sa compétitivité en améliorant son cadre de vie et en dynamisant son offre de services.&lt;br /&gt;Maintenir la qualité de vie des habitants et accueillir les nouveaux arrivants nécessitent une offre et un maillage territorial solides en termes de services et d&amp;#039;équipements. Actuellement, l&amp;#039;organisation territoriale est principalement centralisée autour de Vitry-le-François. Il est donc crucial d&amp;#039;accompagner les collectivités et les acteurs privés pour développer ou maintenir un premier niveau de services marchands et non marchands (dans la sphère de l’économie sociale et solidaire), en particulier dans les bourgs relais, tout en facilitant leur accès. L&amp;#039;objectif est d&amp;#039;éviter que les habitants soient contraints de se déplacer systématiquement vers les territoires voisins, tels que Châlons-en-Champagne et Saint-Dizier.&lt;br /&gt;Un autre enjeu majeur concerne le domaine de la santé. Le Pays vitryat est confronté à un déficit de médecins généralistes et spécialistes, ainsi qu&amp;#039;à la menace de désertification médicale. Afin de remédier à cette situation, il est essentiel de créer des conditions favorables à l&amp;#039;installation de nouveaux praticiens de santé. Cela passe par le développement d&amp;#039;infrastructures telles que des maisons médicales ou des cabinets mutualisés, ainsi que par le soutien aux collectivités et aux associations de médecins dans leurs efforts de recrutement.&lt;br /&gt;Par ailleurs, pour renforcer l&amp;#039;attractivité résidentielle, il est important de proposer une offre sportive, culturelle et de loisirs attrayante.&lt;br /&gt;En mettant en oeuvre ces actions combinées, le Pays vitryat vise à créer un territoire attractif, dynamique et durable, capable d&amp;#039;attirer de nouveaux résidents, visiteurs et investisseurs, tout en offrant une qualité de vie élevée à ses habitants.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Bien vivre au Pays&lt;br /&gt;- Développer la destination Pays Vitryat (destination résidentielle et touristique)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Effets attendus :&lt;/strong&gt;&lt;br /&gt;- L’augmentation du nombre et l’amélioration de la qualité des services à la population&lt;br /&gt;- L’installation de praticiens de santé sur le territoire&lt;br /&gt;- L’augmentation et/ou amélioration des pratiques sportives et culturelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;LEADER offre une valeur significative dans la présente fiche action. Un aspect essentiel de cette initiative est le renforcement du partenariat entre les acteurs publics et privés dans le domaine des services de proximité. Cette collaboration favorise une meilleure coordination des ressources et des expertises pour répondre aux besoins locaux de manière efficace.&lt;/p&gt;&lt;p&gt;Une autre idée clé est la mutualisation des compétences pour redynamiser les bourgs-centres. En rassemblant les forces de différents acteurs, LEADER stimule la vitalité économique des zones rurales, tout en préservant leur identité et leurs spécificités culturelles.&lt;br /&gt;Le renforcement de l&amp;#039;attractivité du territoire est également mis en avant grâce à l&amp;#039;amélioration et au développement de l&amp;#039;offre territoriale existante en matière de culture, services, commerces, tourisme et loisirs. LEADER soutient ainsi des projets visant à promouvoir les richesses culturelles et touristiques locales, tout en améliorant les infrastructures et les services disponibles pour les résidents et les visiteurs.&lt;br /&gt;En somme, LEADER offre une approche intégrée et synergique pour dynamiser le Pays Vitryat en favorisant la coopération entre les acteurs, en valorisant les atouts locaux et en développant une offre attrayante et diversifiée de services, de loisirs et de commerces. Ce programme constitue un levier puissant pour améliorer la qualité de vie de la population locale et pour renforcer l&amp;#039;attractivité globale du territoire.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opération contribuant au développement des équipements et services de proximité&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et/ou à l’équipement des :&lt;br /&gt;→ Lieux d’accueil et de mutualisation*&lt;br /&gt;→ Services marchands de proximité : artisanat et commerces&lt;br /&gt;→ Services dans le champ de l’économie sociale et solidaire** et/ou liés à l’environnement et l’économie circulaire***&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Opération contribuant au maintien d’une offre de santé diversifiée et connectée&lt;/strong&gt;&lt;br /&gt;- Soutien à la création, l’aménagement et l’équipement de maisons de santé pluridisciplinaires, maisons médicales ou cabinets mutualisés&lt;br /&gt;- Soutien aux actions d’animation, de promotion et/ou d’accompagnement des acteurs de la santé&lt;br /&gt;- Soutien au développement des e-services****&lt;br /&gt;- Soutien aux opérations permettant l’expérimentation d’outils et/ou actions innovantes dans le domaine de la santé au service des seniors et/ou des personnes en situation de handicap&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Opération contribuant au développement de l’offre sportive, culturelle ou de loisirs pour les habitants du territoire&lt;/strong&gt;&lt;br /&gt;- Soutien à l’équipement, à la mise en réseau, à la coordination, à la mobilité, à l’animation, à la communication favorisant la pratique culturelle et/ou sportive&lt;br /&gt;- Soutien à la création, au développement, à la rénovation, à l’aménagement et à l’équipement des infrastructures culturelles, sportives et/ou de loisirs&lt;br /&gt;- Soutien à l’organisation de manifestations et d’évènements culturels, sportifs et/ou de loisirs&lt;/p&gt;&lt;p&gt;&lt;em&gt;*On entend par mutualisation, la mise en commun des moyens, qu&amp;#039;ils soient humains, financiers ou logistiques afin de réduire des coûts et de réaliser des économies.&lt;br /&gt;**Le concept d&amp;#039;économie sociale et solidaire (ESS) désigne un ensemble de structures, dont le fonctionnement interne et les activités sont fondés sur un principe de solidarité et d&amp;#039;utilité sociale.&lt;br /&gt;***L’économie circulaire consiste à produire des biens et des services de manière durable en limitant la consommation et le gaspillage des ressources et la production des déchets.&lt;br /&gt;****Les e-services désignent toutes les informations et services fournis sur Internet en lien avec la santé.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N216" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Santé
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O216" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P48" s="1" t="inlineStr">
+      <c r="P216" s="1" t="inlineStr">
         <is>
           <t>01/04/2023</t>
         </is>
       </c>
-      <c r="Q48" s="1" t="inlineStr">
+      <c r="Q216" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S48" s="1" t="inlineStr">
+      <c r="R216" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique: Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d’aide.&lt;/p&gt;&lt;p&gt;3. Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S216" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T216" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U216" s="1" t="inlineStr">
         <is>
           <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V216" s="1" t="inlineStr">
         <is>
           <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
         </is>
       </c>
-      <c r="W48" s="1" t="inlineStr">
+      <c r="W216" s="1" t="inlineStr">
         <is>
           <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X216" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
 du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
 &lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
      de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
      de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y216" s="1" t="inlineStr">
         <is>
           <t>a.houdinet@pays-vitryat.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
-[...300 lines deleted...]
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="Z216" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie/</t>
+        </is>
+      </c>
+      <c r="AA216" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>