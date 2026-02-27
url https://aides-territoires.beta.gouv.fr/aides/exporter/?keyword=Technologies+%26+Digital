--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA125"/>
+  <dimension ref="A1:AH85"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,79 +225,114 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>163685</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Encourager les innovations et nouvelles technologies numériques au service des transitions</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Innovation numérique responsable</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
-Entreprise privée</t>
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide à l&amp;#039;innovation numérique responsable vise à encourager les innovations et nouvelles technologies numériques au service des transitions (innovations à impact environnemental, social, sociétal, territorial) et/ou qui visent à diminuer leur propre empreinte environnementale (enjeu de sobriété).
 &lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Les projets devront répondre à un ou plusieurs des objectifs suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;un numérique sobre : en réduisant sa consommation énergétique et donc son empreinte environnementale ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique durable : qui tienne compte du cycle de vie ou qui augmente la durée de vie des matériels et services numériques ou leur recyclabilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique maîtrisé : par le développement de solutions open source ou de communs numériques, par le renforcement de la cybersécurité et l’interopérabilité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique inclusif : qui agit pour plus d’accessibilité et d’égalité ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;un numérique accélérateur des ambitions de la feuille de route régionale Néo Terra.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L&amp;#039;aide prend la forme d&amp;#039;une subvention. &lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;intervention de la subvention est défini en fonction de la nature du porteur de projet et des dépenses éligibles. Il ne peut pas excéder 50%, sauf le développement de logiciels libres et de communs numériques qui pourra être soutenu jusqu’à 60% d&amp;#039;intervention. Pour cela, le demandeur devra être en mesure de justifier d’une stratégie de création de communauté pertinente et d’un modèle économique durable adapté.&lt;/p&gt;&lt;p&gt;La subvention n&amp;#039;est pas accordée à titre général mais affectée à la réalisation du projet (pas de soutien au fonctionnement des structures).&lt;/p&gt;&lt;p&gt;Une part d&amp;#039;autofinancement est attendue des porteurs de projets.&lt;/p&gt;&lt;p&gt;Coûts éligibles :&lt;/p&gt;&lt;p&gt;Coûts de conception &lt;/p&gt;&lt;p&gt;Coûts de développement &lt;/p&gt;&lt;p&gt;Dépenses de personnels mobilisées sur le projet : &lt;/p&gt;&lt;p&gt;au coût réel chargé sur justifications des salaires ; &lt;/p&gt;&lt;p&gt;au coût valorisé pour les non-salariés qui ne pourra pas excéder 30% du montant des dépenses éligibles (la prise en compte des dépenses de personnels non salariés sera limitée aux porteurs de projets de type association ou entreprises de moins de 3 ans) &lt;/p&gt;&lt;p&gt;Frais de déplacements nécessaires au projet (limité à 5 % de l’assiette éligible) &lt;/p&gt;&lt;p&gt;Frais généraux (limité à 20 % des dépenses de personnel) &lt;/p&gt;&lt;p&gt;Coûts des services de consultants ou prestataires (y compris les études) utilisés exclusivement pour le projet &lt;/p&gt;&lt;p&gt;Investissements matériels&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
@@ -324,52 +359,77 @@
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/innovation-numerique-responsable</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Afin d&amp;#039;étudier l&amp;#039;éligibilité de votre demande, la fiche de renseignements est à renvoyer dûment complétée à la Délégation Numérique : innovation-numerique&amp;#64;nouvelle-aquitaine.fr&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/innovation-numerique-responsable/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
         <v>131407</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Développer des technologies numériques et émergentes pour la compétitivité en  adéquation avec le Pacte Vert</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Horizon Europe - Technologies numériques et émergentes pour la compétitivité et l'adéquation avec le Pacte Vert - 2024</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
@@ -587,2087 +647,1118 @@
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
   Cliquez ici
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e0ee-horizon-europe-technologies-numeriques-et-eme/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD3" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>12/03/2023</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
+    <row r="4" spans="1:34" customHeight="0">
       <c r="A4" s="1">
-        <v>162273</v>
+        <v>70231</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier d'une aide pour accélérer votre croissance, rebondir pour rester compétitif ou faciliter votre implantation en région</t>
-[...4 lines deleted...]
-          <t>Sud Développement</t>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+          <t>SOLURIS (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
-        <is>
-[...205 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Projets locaux, intercommunaux et public-privé.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Conseil aux élus et aux cadres territoriaux sur la transformation numériques des collectivités (mairies, intercommunalités, autres établissements publics locaux ).
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Appui technique, financier et organisationnel.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Axes prioritaires : cybersécurité/RGPD, inclusion numérique, numérique responsable, SIG, open data
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Solutions de gestion locale et de dématérialisation, infrastructure locale et cloud.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Centrale d&amp;#039;achat, dispense de marchés publics. Tarifs mutualisés.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M6" s="1" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Préparation et accompagnement du changement.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Solutions de gestion locale et de transformation numérique.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Conseil et création de sites web de services publics.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Formations à l&amp;#039;inclusion numérique, mise à disposition de médiateurs numériques
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Appui à la création de tiers-lieux et de Maisons France Services.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et accompagnement technique sur l&amp;#039;opendata.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Formation initiale et continue des agents publics.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Citoyenneté
 Technologies numériques et numérisation
 Tiers-lieux
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Etre adhérent de Soluris.
 &lt;/p&gt;
 &lt;p&gt;
  Exception : Assistance en cas de cybermalveillance pour toute collectivité même non adhérente.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Charente-Maritime, Deux-Sèvres</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.soluris.fr/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;soluris.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>b.lienard@soluris.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d3c2-conseiller-et-accompagner-la-transformation-n/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2020</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
         <v>101580</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Intégrer le numérique dans le quotidien des artisans</t>
         </is>
       </c>
-      <c r="C7" s="1" t="inlineStr">
+      <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L7" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>Vous souhaitez que les artisans s&amp;#039;engagent dans une démarche de développement numérique pour accroître leur compétitivité et adapter leurs services aux attentes des consommateurs dans un contexte économique et sanitaire en évolution.
 &lt;br /&gt;
 &lt;br /&gt;
 Les chambres de métiers et de l&amp;#039;artisanat vous propose d&amp;#039;opérer un dispositif d&amp;#039;accompagnement comprenant : ·une communication et une sensibilisation auprès des artisans sur les possibilités d&amp;#039;augmenter leur chiffre d&amp;#039;affaires et leur rentabilité par le numérique, et accroitre l&amp;#039;usage des technologies numériques dans l&amp;#039;entreprise ·la réalisation d&amp;#039;un diagnostic de maturité digitale et proposition de plan d&amp;#039;action par un conseiller CMA en présentiel (possible en distanciel) ·un accompagnement à la mise en oeuvre du projet par une aide à la concrétisation dans le cadre d&amp;#039;un investissement matériel ou immatériel ou l&amp;#039;orientation vers les expertises des activateurs France NUM.</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique
 Artisanat</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez votre chambre des métiers et de l&amp;#039;artisanat : https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite/annuaire-des-cma
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e992-integrer-le-numerique-dans-le-quotidien-des-a/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
         <v>165506</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Continent IA - 2026</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Continent IA - 2026</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H8" s="1" t="inlineStr">
+Recherche
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;8 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 8 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 2 666 666 millions et 4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 50% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Compléter le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) depuis la Suisse&lt;/li&gt;    &lt;li&gt;Continuer à fournir l&amp;#039;ensemble des services d&amp;#039;un EDIH, y compris l&amp;#039;infrastructure nécessaire, en se concentrant principalement sur des zones géographiques spécifiques&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : soutenir le secteur privé et public local dans sa transformation numérique, en mettant particulièrement l&amp;#039;accent sur le soutien au développement, au déploiement de formations et à l&amp;#039;adoption de l&amp;#039;IA européenne.&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Fournir un accès à l&amp;#039;expertise technique et aux installations d&amp;#039;expérimentation&lt;/li&gt;    &lt;li&gt;Formation et développement des compétences  Aide à l&amp;#039;identification et à l&amp;#039;accès à des sources de financement potentielles&lt;/li&gt;    &lt;li&gt;Favoriser un écosystème d&amp;#039;innovation et les opportunités de réseautage&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-ac-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-EDIH-AC-09-COMPLETION-STEP?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-EDIH-AC-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Cliquez ici" href="https://digital-strategy.ec.europa.eu/en/activities/digital-programme" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN): &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Industrie</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P8" s="1" t="inlineStr">
+      <c r="P6" s="1" t="inlineStr">
         <is>
           <t>04/11/2025</t>
         </is>
       </c>
-      <c r="Q8" s="1" t="inlineStr">
+      <c r="Q6" s="1" t="inlineStr">
         <is>
           <t>03/03/2026</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être une personne morale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE : les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé uniquement de candidats présélectionnés pour les pôles européens d&amp;#039;innovation numérique de Suisse, désignés par leur pays associé respectif, doit être présenté.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.welcomeurope.com/digital-europe-continent-ia-2026/</t>
         </is>
       </c>
-      <c r="W8" s="1" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-EDIH-AC-09-COMPLETION-STEP?isExactMatch=true&amp;status=31094501,31094502,31094503&amp;callIdentifier=DIGITAL-2026-EDIH-AC-09&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-ia-2026/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD6" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-      <c r="A9" s="1">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration de stratégies de transformation numérique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisition (dans la limite de 10% de l&amp;#039;assiette éligible), de construction et réhabilitation de bâtiments et études liées pour les tiers lieux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de construction et déploiement de réseaux et études liées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées au développement ou déploiement de nouvelles briques ou de nouveaux services numériques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;achats d&amp;#039;équipements numériques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 30 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB7" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale
+Déployer les équipements numériques
+Mise en place d’un café / bistrot</t>
+        </is>
+      </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional Bourgogne Franche-Comté</t>
+        </is>
+      </c>
+      <c r="AD7" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>07/12/2022</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
         <v>165507</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Continent réseau des pôles européens d'innovation numérique (EDIH) IA - 2026</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Continent EDIH IA - 2026</t>
         </is>
       </c>
-      <c r="E9" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G9" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H9" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;79,2 millions d&amp;#039;euros &lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 79,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : entre 1 million d&amp;#039;euros et 3 millions d&amp;#039;euros par projet.&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  La subvention accordée peut être inférieure au montant demandé  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Taux de financement : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Consolider le réseau des pôles européens d&amp;#039;innovation numérique (EDIH) afin de couvrir toutes les régions de l&amp;#039;Union Européenne et des pays associés en renforçant ses performances et sa capacité à répondre aux besoins locaux, régionaux, nationaux et européens en matière de numérisation&lt;/li&gt;    &lt;li&gt;Exploiter le potentiel des technologies numériques vertes afin de faire progresser les objectifs collectifs de l&amp;#039;Europe en matière de climat et d&amp;#039;environnement&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Les propositions doivent être soumises par des pôles d&amp;#039;innovation numérique européens candidats issus de pôles EDIH existants financés par le programme « Europe numérique » et de pôles EDIH ayant obtenu le label d&amp;#039;excellence, tels qu&amp;#039;énumérés dans la &lt;a href="https://eur-lex.europa.eu/eli/dec_impl/2023/1534/oj" target="_blank" rel="nofollow noopener"&gt;décision d&amp;#039;exécution 2023/1534 de la Commission&lt;/a&gt; établissant le réseau initial de pôles EDIH.&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 36 mois&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-edih-eu-eaa-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-EDIH-EU-EEA-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Industrie</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P9" s="1" t="inlineStr">
+      <c r="P8" s="1" t="inlineStr">
         <is>
           <t>04/11/2025</t>
         </is>
       </c>
-      <c r="Q9" s="1" t="inlineStr">
+      <c r="Q8" s="1" t="inlineStr">
         <is>
           <t>03/03/2026</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.welcomeurope.com/digital-europe-continent-edih-ia-2026/</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact : CNECT-DIH&amp;#64;ec.europa.eu&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-edih-ia-2026/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD8" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>165509</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Compétences numériques avancées - 2026</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H10" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;CREA - Europe Créative - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;14,2 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l&amp;#039;appel : 14,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 7,2 millions d&amp;#039;euros par projet&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-SKILLS-09-COMPETITIONS : 7 millions d&amp;#039;euros maximum par projet&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Mettre en place un cadre européen de gouvernance pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Soutenir les objectifs de la Décennie numérique 2030&lt;/li&gt;    &lt;li&gt;Construire un écosystème européen cohérent pour les compétences numériques avancées&lt;/li&gt;    &lt;li&gt;Impliquer et inspirer les jeunes Européens dans les technologies numériques de pointe&lt;/li&gt;    &lt;li&gt;Relever les grands défis sociétaux et technologiques européens&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être des entités juridiques (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établies dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;(liste des pays participants)&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition.&lt;/li&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/li&gt;    &lt;li&gt;d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES : 48 mois&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-2026-SKILLS-09-COMPETITIONS : 36 mois&lt;/li&gt;&lt;/ul&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) :&lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-skills-09_en.pdf" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-SKILLS-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Santé
 Education et renforcement des compétences
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Emploi
 Appui méthodologique
 Industrie
 Fiscalité des entreprises
 Sécurité</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P10" s="1" t="inlineStr">
+      <c r="P9" s="1" t="inlineStr">
         <is>
           <t>04/11/2025</t>
         </is>
       </c>
-      <c r="Q10" s="1" t="inlineStr">
+      <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>03/03/2026</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;- Être des entités juridiques (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Être établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition.&lt;/p&gt;&lt;p&gt;- Un consortium composé :&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplit différentes conditions (voir les détails dans le document d&amp;#039;appel), doit être constitué (DIGITAL-2026-SKILLS-09-LEAGUE-OF-ACADEMIES)&lt;/p&gt;&lt;p&gt;  - d&amp;#039;au moins 3 entités, qui remplissent différentes conditions (voir les détails dans le document d&amp;#039;appel) doit être constitué (DIGITAL-2026-SKILLS-09-COMPETITIONS)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.welcomeurope.com/europe-numerique-competences-numeriques-avancees-2026/</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-competences-numeriques-avancees-2026/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD9" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...1188 lines deleted...]
-      <c r="A18" s="1">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
         <v>142701</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Réaliser une Enquête Mobilité Certifiée Cerema (EMC²) sur votre territoire</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L18" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La mobilité, enjeu incontournable du territoire, se construit et s&amp;#039;organise à partir de données fiables.
 &lt;/p&gt;
 &lt;p&gt;
  Les Enquêtes Mobilité Certifiées Cerema (EMC2) permettent de comprendre les déplacements des résidents pour élaborer des stratégies territoriales adaptées. Ce dispositif d&amp;#039;enquête s&amp;#039;adresse aux territoires de plus de 40 000 habitants et peut-être subventionné par l&amp;#039;État.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez mieux connaître les pratiques et besoins de déplacements sur votre territoire ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous recherchez un outil d&amp;#039;aide à la décision pour élaborer vos politiques de mobilité ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous voulez mesurer les évolutions des comportements de mobilité pour évaluer les politiques menées ?
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -2722,555 +1813,335 @@
 &lt;p&gt;
  Piloter la phase de recueil de données auprès des ménages
 &lt;/p&gt;
 &lt;p&gt;
  Garantir qualité et cohérence des données
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contribuer à l&amp;#039;appropriation de l&amp;#039;enquête :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Préparer l&amp;#039;exploitation des données
 &lt;/p&gt;
 &lt;p&gt;
  Enrichir les fichiers (dont diagnostic énergie-émissions des mobilités - DEEM)
 &lt;/p&gt;
 &lt;p&gt;
  Effectuer les premiers traitements
 &lt;/p&gt;
 &lt;p&gt;
  Réaliser des analyses complémentaires pour nourrir l&amp;#039;élaboration des politiques publiques (modélisation, planification, évaluation).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Saint-Etienne Métropole : Réalisation d&amp;#039;une EMC2 sur le périmètre de Saint-Étienne/Loire Sud/Pilat
  &lt;/li&gt;
  &lt;li&gt;
   Rennes Métropole : Réalisation d&amp;#039;une EMC2 sur le périmètre de Rennes Métropole
  &lt;/li&gt;
  &lt;li&gt;
   Métropole européenne de Lille : Réalisation d&amp;#039;une enquête &amp;#34;Fréquence &amp;#43;&amp;#34; sur le périmètre de la Métropole européenne de Lille.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Cohésion sociale et inclusion
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/realiser-enquete-mobilite-certifiee-cerema-emc2-votre</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3daf-realiser-une-enquete-mobilite-certifiee-cerem/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2023</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...270 lines deleted...]
-      <c r="A20" s="1">
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
         <v>164785</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Accompagner la création ou le développement d’activités touristiques de sites culturels ou patrimoniaux ligériens</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Innovation et transitions pour le tourisme culturel</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H20" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L20" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le développement de la filière du tourisme culturel et patrimonial est inscrit comme l’une des priorités du Schéma régional de développement du tourisme et des loisirs 2022-2028. A travers cet appel à projets, la Région souhaite développer tout le potentiel touristique du patrimoine culturel emblématique de la Région en accompagnant les acteurs économiques du tourisme culturel dans leurs projets innovants et leurs transitions (numérique et écologique).&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;&lt;strong&gt;Qui peut en bénéficier ?&lt;/strong&gt; &lt;br /&gt;Cet appel à projets s’adresse aux propriétaires et exploitants (personnes physiques ou morales publiques et privées) de sites culturels et patrimoniaux déjà ouverts au public ou souhaitant s’ouvrir à une activité touristique régulière adossée à leur activité principale de site culturel.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Pour quels projets ?&lt;/strong&gt;&lt;br /&gt;Les dimensions touristiques et culturelles doivent obligatoirement être présentes dans les projets et chaque projet devra répondre à au moins l’une des thématiques suivantes :&lt;br /&gt;- Innovation : projet proposant une innovation de produit, de procédés ou un regard renouvelé sur le patrimoine,&lt;br /&gt;- Numérique : usage des technologies numériques au profit de l’amélioration des visites (réalité augmentée, outils immersifs et sonores, digitalisation du parcours de visite), &lt;br /&gt;- Transition écologique/durabilité : investissements pour une expérience durable/écologique du visiteur (actions de développement des mobilités douces pour l’accès au site, outils de sensibilisation à la transition écologique…) ou pour le fonctionnement écologique de l’établissement (actions pour la meilleure gestion des déchets, de l’eau, de l’énergie, des achats, du bruit, de l’air, de l’intégration paysagère).&lt;/p&gt;
 &lt;p&gt;Les catégories de projets suivants sont éligibles à cet AAP :&lt;br /&gt;• Création d’un nouveau produit touristique culturel innovant, une nouvelle expérience patrimoniale de visite, appropriation de nouveaux usages et de nouvelles technologies &lt;br /&gt;• Création ou amélioration significative d’aménagements et équipements d’espaces dédiés à l’accueil du public (espaces pédagogiques, d’accueil du public, accessibilité, accueil de cyclotouristes, petite restauration…).&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Quels critères d’éligibilité ?&lt;/strong&gt; &lt;br /&gt;Le site culturel/patrimonial devra :&lt;br /&gt;• Présenter une qualité architecturale ou patrimoniale remarquable,&lt;br /&gt;• Disposer d’un potentiel touristique basé sur une offre structurée,&lt;br /&gt;• Proposer ou souhaiter proposer une activité marchande ou une billetterie,&lt;br /&gt;• Etre ouvert ou comptant ouvrir au moins 6 mois par an à l’issue du projet, et pendant les vacances scolaires (exclusion possible des vacances de Noël).&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Commerces et services</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P20" s="1" t="inlineStr">
+      <c r="P11" s="1" t="inlineStr">
         <is>
           <t>27/03/2025</t>
         </is>
       </c>
-      <c r="Q20" s="1" t="inlineStr">
+      <c r="Q11" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;BÉNÉFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Associations&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Entreprises&lt;/p&gt;&lt;p&gt;Particuliers&lt;/p&gt;&lt;p&gt;Collectivités - Institutions - GIP&lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODALITES DE SOUTIEN FINANCIER&lt;/strong&gt;&lt;br /&gt;Thématique de projet Plancher de dépenses subventionnables (HT) Plafond de dépenses subventionnables (HT) Taux de subvention Prêt régional&lt;br /&gt;Création d’un produit touristique culturel innovant. Engagement significatif vers les transitions écologiques ou numériques. 5 000 € 100 000 € 40 % En complément ou non d’une subvention et selon le besoin financier, un prêt régional (cf dispositif Pays de la Loire AGIR Tourisme) pourra être proposé.&lt;br /&gt;Création ou amélioration significative d’aménagements et équipement d’espaces dédiés à l’accueil du public. 5 000 € 100 000 € 30 %&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;MONTANT DE L&amp;#039;AIDE&lt;/strong&gt;&lt;br /&gt;L’aide régionale se matérialise sous forme d’une subvention. L’attribution d’un prêt régional complémentaire est possible et sera conditionné à l’attribution d’un prêt bancaire au minimum d’un même montant. Ces possibilités de financement ne sont pas cumulables avec d’autres financements régionaux pour un même projet, sur un même objet.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;MODALITES DE DEPOT DU DOSSIER&lt;/strong&gt;&lt;br /&gt;La demande d&amp;#039;aide est dématérialisée sur le portail des aides. Le dossier complet de demande d&amp;#039;aide doit être déposé sur ce portail des aides avant l&amp;#039;engagement des dépenses.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/innovation-et-transitions-pour-le-tourisme-culturel</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X20" s="1" t="inlineStr">
+      <c r="W11" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.paysdelaloire.fr/aides/#/prod/connecte/F_AAP_TCP/depot/simple</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>Direction de l&amp;#039;entreprise et de l&amp;#039;innovation&lt;br /&gt; Service Accompagnement des entreprises&lt;br /&gt; Pôle Tourisme&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Hélène LEROY&lt;br /&gt; tourisme&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 51 71&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/innovation-et-transitions-pour-le-tourisme-culturel/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB11" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>30/03/2025</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-      <c r="A21" s="1">
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
         <v>152558</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>HEU - Gouvernance innovante, observations environnementales et solutions numériques à l'appui du Green Deal - 2024</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...4 lines deleted...]
-      <c r="H21" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Horizon Europe vise à renforcer la base scientifique et technologique de l&amp;#039;UE et l&amp;#039;Espace européen de la recherche (EER), à stimuler la capacité d&amp;#039;innovation, la compétitivité et l&amp;#039;emploi en Europe, et à répondre aux priorités des citoyens, en soutenant notre modèle et nos valeurs socio-économiques.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 133,5 millions d&amp;#039;euros
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 133,5 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Montant par topic :
@@ -3384,113 +2255,113 @@
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-7: Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-8: Élargir les résultats du groupe opérationnel du EIP au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique.
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-9: Des réseaux thématiques pour compiler et partager des connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-10: Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-11: Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-12: Développement de réseaux consultatifs de l&amp;#039;UE dans le domaine de la sylviculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-13: Développement de réseaux de conseil de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Agriculture et agroalimentaire
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (EN)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-9-food-bioeconomy-natural-resources-agriculture-and-environment_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
@@ -3500,220 +2371,143 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la DG
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_fr?etrans&amp;#61;fr" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/944c-heu-gouvernance-innovante-observations-enviro/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD12" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>22/10/2023</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...107 lines deleted...]
-      <c r="A23" s="1">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
         <v>120633</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Soutenir des opérations d'investissement et des projets d’extension des horaires d’ouverture des bibliothèques - DGD</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Dotation générale de décentralisation (DGD)</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F23" s="1" t="inlineStr">
+      <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Direction régionale des Affaires culturelles (DRAC) — Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
+      <c r="I13" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L23" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation générale de décentralisation pour les bibliothèques est accordée aux collectivités territoriales gestionnaires de bibliothèques publiques municipales, intercommunales ou départementales afin de soutenir des opérations d&amp;#039;investissement ainsi que des projets d&amp;#039;extension des horaires d&amp;#039;ouverture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que la dotation générale de décentralisation ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le concours particulier relatif aux bibliothèques au sein de la dotation générale de décentralisation (DGD) est le principal dispositif de soutien de l&amp;#039;État
  &lt;strong&gt;
   à l&amp;#039;investissement et au fonctionnement non pérenne (projets d&amp;#039;extension des horaires) des bibliothèques municipales et intercommunales et des bibliothèques départementales.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est divisé en deux fractions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la première fraction est dédiée principalement aux
   &lt;strong&gt;
    projets courants de construction et d&amp;#039;équipement des bibliothèques
   &lt;/strong&gt;
   municipales, intercommunales et départementales;
@@ -3755,79 +2549,79 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les crédits inscrits au budget de l&amp;#039;État au titre de la construction et de l&amp;#039;équipement des bibliothèques municipales, intercommunales ou départementales
  &lt;strong&gt;
   font l&amp;#039;objet d&amp;#039;un concours particulier au sein de la dotation générale de décentralisation (DGD).
  &lt;/strong&gt;
  À ce titre, les bibliothèques qui répondent aux différents critères (surface minimale et qualité du projet culturel) peuvent en bénéficier.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant final de la subvention est déterminée par chaque région.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;accompagnement représentera 20 à 80% du coût total hors taxes du projet, selon la nature et la qualité du projet.
 &lt;/p&gt;
 &lt;p&gt;
  En complément des crédits du concours particulier, il est possible de solliciter d&amp;#039;autres crédits de l&amp;#039;État, notamment auprès des conseils départementaux, des conseils régionaux et des instances de l&amp;#039;Union européenne, dans le respect du cadre fixé par la loi.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Attention : L&amp;#039;aide accordée dans le cadre de la DGD n&amp;#039;est pas cumulable avec l&amp;#039;aide DETR (dotation d&amp;#039;équipement des territoires ruraux).
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Restructuration d&amp;#039;un bâtiment à Fillinges (Auvergne-Rhône-Alpes) - 2017
  &lt;/li&gt;
  &lt;li&gt;
   Changement du SIGB de la bibliothèque de Koungou (Mayotte) - 2020
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de collection pour le point lecture de Sohoa (Mayotte) - 2021
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement de la bibliothèque de Dzaoudzi Labattoir (Mayotte) - 2021
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité du demandeur :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Seules les bibliothèques publiques sont concernées, c&amp;#039;est à dire les bibliothèques offrant un service de lecture publique à l&amp;#039;ensemble de la population.
 &lt;/p&gt;
 &lt;p&gt;
  Le cas échéant, ces bibliothèques peuvent conserver des fonds patrimoniaux.
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité des projets :
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Seules les opérations suivantes sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Opérations de construction, rénovation, restructuration, extension ou mise en accessibilité
@@ -4012,176 +2806,206 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Acquisition de documents (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le terme &amp;#34;document&amp;#34; fait référence à tous les supports, physiques et dématérialisés.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;acquisition de documents tous supports est accompagnée sur l&amp;#039;année de démarrage du projet. Si celui-ci le justifie, il est possible d&amp;#039;accompagner cette acquisition sur deux ou trois ans.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Extension ou évolution des horaires d&amp;#039;ouverture (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités sont éligibles lorsqu&amp;#039;elles prévoient de mettre en place un projet d&amp;#039;extension ou d&amp;#039;évolution des horaires d&amp;#039;ouverture de tout ou partie de la bibliothèque.
 &lt;/p&gt;
 &lt;p&gt;
  Les ouvertures de nouvelles bibliothèques ne sont pas concernées lorsqu&amp;#039;aucun équipement précédent n&amp;#039;existait dans la commune où s&amp;#039;effectue cette ouverture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Auvergne-Rhône-Alpes</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/dotation-generale-de-decentralisation-dgd</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur la dotation générale de décentralisation en Auvergne-Rhône-Alpes, vous êtes invités à vous adresser au service Livre, Lecture, Archives et Langue Française :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les départements 01, 26, 38, 69 et métropole de Lyon, 73 et 74 :
   &lt;/strong&gt;
   DRAC Auvergne-Rhône-Alpes, Service Livre, Lecture, Archives et Langue Française :
   &lt;a href="mailto:drac.ara-ll&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    drac.ara-ll&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   / 04 72 00 44 31
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les départements 03, 07, 15, 42, 43 et 63 :
   &lt;/strong&gt;
   DRAC Auvergne-Rhône-Alpes, Service Livre, Lecture, Archives et Langue Française :
   &lt;a href="mailto:drac.ara-ll&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    drac.ara-ll&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   / 04 73 41 27 53
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a9f-dotation-generale-de-decentralisation-dgd/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
         <v>128227</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Soutenir des opérations d'investissement et des projets d’extension des horaires d’ouverture des bibliothèques - DGD</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Dotation générale de décentralisation (DGD)</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F24" s="1" t="inlineStr">
+      <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I24" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L24" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation générale de décentralisation pour les bibliothèques est accordée aux collectivités territoriales gestionnaires de bibliothèques publiques municipales, intercommunales ou départementales afin de soutenir des opérations d&amp;#039;investissement ainsi que des projets d&amp;#039;extension des horaires d&amp;#039;ouverture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que la dotation générale de décentralisation ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le concours particulier relatif aux bibliothèques au sein de la dotation générale de décentralisation (DGD) est le principal dispositif de soutien de l&amp;#039;État
  &lt;strong&gt;
   à l&amp;#039;investissement et au fonctionnement non pérenne (projets d&amp;#039;extension des horaires) des bibliothèques municipales et intercommunales et des bibliothèques départementales.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est divisé en deux fractions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la première fraction est dédiée principalement aux
   &lt;strong&gt;
    projets courants de construction et d&amp;#039;équipement des bibliothèques
   &lt;/strong&gt;
   municipales, intercommunales et départementales;
@@ -4223,79 +3047,79 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les crédits inscrits au budget de l&amp;#039;État au titre de la construction et de l&amp;#039;équipement des bibliothèques municipales, intercommunales ou départementales
  &lt;strong&gt;
   font l&amp;#039;objet d&amp;#039;un concours particulier au sein de la dotation générale de décentralisation (DGD).
  &lt;/strong&gt;
  À ce titre, les bibliothèques qui répondent aux différents critères (surface minimale et qualité du projet culturel) peuvent en bénéficier.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant final de la subvention est déterminée par chaque région.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;accompagnement représentera 20 à 80% du coût total hors taxes du projet, selon la nature et la qualité du projet.
 &lt;/p&gt;
 &lt;p&gt;
  En complément des crédits du concours particulier, il est possible de solliciter d&amp;#039;autres crédits de l&amp;#039;État, notamment auprès des conseils départementaux, des conseils régionaux et des instances de l&amp;#039;Union européenne, dans le respect du cadre fixé par la loi.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Attention : L&amp;#039;aide accordée dans le cadre de la DGD n&amp;#039;est pas cumulable avec l&amp;#039;aide DETR (dotation d&amp;#039;équipement des territoires ruraux).
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Restructuration d&amp;#039;un bâtiment à Fillinges (Auvergne-Rhône-Alpes) - 2017
  &lt;/li&gt;
  &lt;li&gt;
   Changement du SIGB de la bibliothèque de Koungou (Mayotte) - 2020
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de collection pour le point lecture de Sohoa (Mayotte) - 2021
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement de la bibliothèque de Dzaoudzi Labattoir (Mayotte) - 2021
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du demandeur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Seules les bibliothèques publiques sont concernées, c&amp;#039;est à dire les bibliothèques offrant un service de lecture publique à l&amp;#039;ensemble de la population.
 &lt;/p&gt;
 &lt;p&gt;
  Le cas échéant, ces bibliothèques peuvent conserver des fonds patrimoniaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité des projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Seules les opérations suivantes sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Opérations de construction, rénovation, restructuration, extension ou mise en accessibilité
@@ -4481,165 +3305,195 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Acquisition de documents (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le terme &amp;#34;document&amp;#34; fait référence à tous les supports, physiques et dématérialisés.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;acquisition de documents tous supports est accompagnée sur l&amp;#039;année de démarrage du projet. Si celui-ci le justifie, il est possible d&amp;#039;accompagner cette acquisition sur deux ou trois ans.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Extension ou évolution des horaires d&amp;#039;ouverture (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités sont éligibles lorsqu&amp;#039;elles prévoient de mettre en place un projet d&amp;#039;extension ou d&amp;#039;évolution des horaires d&amp;#039;ouverture de tout ou partie de la bibliothèque.
 &lt;/p&gt;
 &lt;p&gt;
  Les ouvertures de nouvelles bibliothèques ne sont pas concernées lorsqu&amp;#039;aucun équipement précédent n&amp;#039;existait dans la commune où s&amp;#039;effectue cette ouverture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Dotation-generale-de-decentralisation-DGD</t>
         </is>
       </c>
-      <c r="W24" s="1" t="inlineStr">
+      <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/livre-lecture_dgd-hdf</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur la dotation générale de décentralisation en Hauts-de-France, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;p&gt;
  Direction régionale des affaires culturelles (DRAC) Hauts-de-France
 &lt;/p&gt;
 &lt;p&gt;
  Pôle Publics &amp;amp; Territoires et Industries Culturelles
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:clement.croise&amp;#64;culture.gouv.fr" target="_self"&gt;
   clement.croise&amp;#64;culture.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 03 22 97 33 01
 &lt;/p&gt;
 &lt;p&gt;
  5 Rue Henri Daussy, 80000 Amiens
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f059-soutenir-des-operations-dinvestissement-et-de/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2023</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
         <v>128228</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Soutenir des opérations d'investissement et des projets d’extension des horaires d’ouverture des bibliothèques - DGD</t>
         </is>
       </c>
-      <c r="D25" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Dotation générale de décentralisation (DGD)</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F25" s="1" t="inlineStr">
+      <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Direction régionale des Affaires culturelles (DRAC) — Occitanie</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation générale de décentralisation pour les bibliothèques est accordée aux collectivités territoriales gestionnaires de bibliothèques publiques municipales, intercommunales ou départementales afin de soutenir des opérations d&amp;#039;investissement ainsi que des projets d&amp;#039;extension des horaires d&amp;#039;ouverture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que la dotation générale de décentralisation ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le concours particulier relatif aux bibliothèques au sein de la dotation générale de décentralisation (DGD) est le principal dispositif de soutien de l&amp;#039;État
  &lt;strong&gt;
   à l&amp;#039;investissement et au fonctionnement non pérenne (projets d&amp;#039;extension des horaires) des bibliothèques municipales et intercommunales et des bibliothèques départementales.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif est divisé en deux fractions :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la première fraction est dédiée principalement aux
   &lt;strong&gt;
    projets courants de construction et d&amp;#039;équipement des bibliothèques
   &lt;/strong&gt;
   municipales, intercommunales et départementales;
@@ -4681,79 +3535,79 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les crédits inscrits au budget de l&amp;#039;État au titre de la construction et de l&amp;#039;équipement des bibliothèques municipales, intercommunales ou départementales
  &lt;strong&gt;
   font l&amp;#039;objet d&amp;#039;un concours particulier au sein de la dotation générale de décentralisation (DGD).
  &lt;/strong&gt;
  À ce titre, les bibliothèques qui répondent aux différents critères (surface minimale et qualité du projet culturel) peuvent en bénéficier.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant final de la subvention est déterminée par chaque région.
 &lt;/p&gt;
 &lt;p&gt;
  Le taux d&amp;#039;accompagnement représentera 20 à 80% du coût total hors taxes du projet, selon la nature et la qualité du projet.
 &lt;/p&gt;
 &lt;p&gt;
  En complément des crédits du concours particulier, il est possible de solliciter d&amp;#039;autres crédits de l&amp;#039;État, notamment auprès des conseils départementaux, des conseils régionaux et des instances de l&amp;#039;Union européenne, dans le respect du cadre fixé par la loi.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Attention : L&amp;#039;aide accordée dans le cadre de la DGD n&amp;#039;est pas cumulable avec l&amp;#039;aide DETR (dotation d&amp;#039;équipement des territoires ruraux).
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Restructuration d&amp;#039;un bâtiment à Fillinges (Auvergne-Rhône-Alpes) - 2017
  &lt;/li&gt;
  &lt;li&gt;
   Changement du SIGB de la bibliothèque de Koungou (Mayotte) - 2020
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de collection pour le point lecture de Sohoa (Mayotte) - 2021
  &lt;/li&gt;
  &lt;li&gt;
   Agrandissement de la bibliothèque de Dzaoudzi Labattoir (Mayotte) - 2021
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du demandeur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Seules les bibliothèques publiques sont concernées, c&amp;#039;est à dire les bibliothèques offrant un service de lecture publique à l&amp;#039;ensemble de la population.
 &lt;/p&gt;
 &lt;p&gt;
  Le cas échéant, ces bibliothèques peuvent conserver des fonds patrimoniaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité des projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Seules les opérations suivantes sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Opérations de construction, rénovation, restructuration, extension ou mise en accessibilité
@@ -4939,442 +3793,199 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Acquisition de documents (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le terme &amp;#34;document&amp;#34; fait référence à tous les supports, physiques et dématérialisés.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;acquisition de documents tous supports est accompagnée sur l&amp;#039;année de démarrage du projet. Si celui-ci le justifie, il est possible d&amp;#039;accompagner cette acquisition sur deux ou trois ans.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Extension ou évolution des horaires d&amp;#039;ouverture (aide au démarrage de projet)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les collectivités sont éligibles lorsqu&amp;#039;elles prévoient de mettre en place un projet d&amp;#039;extension ou d&amp;#039;évolution des horaires d&amp;#039;ouverture de tout ou partie de la bibliothèque.
 &lt;/p&gt;
 &lt;p&gt;
  Les ouvertures de nouvelles bibliothèques ne sont pas concernées lorsqu&amp;#039;aucun équipement précédent n&amp;#039;existait dans la commune où s&amp;#039;effectue cette ouverture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Dotation-generale-de-decentralisation-DGD</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur la dotation générale de décentralisation en Occitanie, vous êtes invités à vous adresser au service Livre et Lecture :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Départements 11, 30, 34, 48, 66 :
   &lt;a href="mailto:fleur.bouillanne&amp;#64;culture.gouv.fr" target="_self"&gt;
    fleur.bouillanne&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Départements 09, 12, 31, 32, 46, 65, 81, 82 :
   &lt;a href="mailto:henri.gay&amp;#64;culture.gouv.fr" target="_self"&gt;
    henri.gay&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Collections patrimoniales (aménagements de conservation, signalement-numérisation) :
   &lt;a href="mailto:magali.castillon&amp;#64;culture.gouv.fr" target="_self"&gt;
    magali.castillon&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Pour toute demande de mode d&amp;#039;emploi :
   &lt;a href="mailto:ghislaine.domenech&amp;#64;culture.gouv.fr" target="_self"&gt;
    ghislaine.domenech&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/be20-soutenir-des-operations-dinvestissement-et-de/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>01/02/2023</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...273 lines deleted...]
-      <c r="A27" s="1">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
         <v>132670</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Développer des solutions innovantes nécessaires à la transformation du système alimentaire</t>
         </is>
       </c>
-      <c r="C27" s="1" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>HEU - Gouvernance innovante, des observations environnementales et solutions numériques pour soutenir le Green Deal - 2024</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H27" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - Pilier 2 :  Problématiques mondiales et compétitivité industrielle - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.6 Alimentation, bioéconomie, ressources naturelles, agriculture et environnement - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Gouvernance innovante, observations environnementales et solutions numériques à l&amp;#039;appui du Green Deal visant à accélérer et à maîtriser les solutions innovantes nécessaires à la transformation du système alimentaire et à la mise en œuvre de solutions durables.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-après
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Montant par topic:
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE01-1 : 60 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
@@ -5477,2486 +4088,1875 @@
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-7 : Améliorer les conditions de travail et renforcer la force de travail grâce aux technologies numériques et de données - le potentiel de la robotique et de la réalité augmentée dans l&amp;#039;agriculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-8 : Élargir les résultats des groupes opérationnels du PEI au-delà des frontières au moyen de réseaux thématiques afin de compiler et de partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-9 : Réseaux thématiques pour compiler et partager les connaissances prêtes à l&amp;#039;emploi
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-10 : Réseaux thématiques sur l&amp;#039;agriculture biologique pour compiler et partager des connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-11 : Réseaux thématiques sur la biodiversité pour compiler et partager les connaissances prêtes à être mises en pratique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-12 : Développer les réseaux consultatifs de l&amp;#039;UE sur la sylviculture
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL6-2024-GOVERNANCE-01-13 : Développer les réseaux consultatifs de l&amp;#039;UE sur les systèmes d&amp;#039;élevage durables
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Agriculture et agroalimentaire
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etats membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf" rel="noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-13-general-annexes_horizon-2023-2024_en.pdf" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode&amp;#61;HORIZON-CL6-2024-GOVERNANCE-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;2021%20-%202027;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site web de la Direction Générale (EN)
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/index_en" rel="noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43; (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/research-and-innovation/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe_en"&gt;
   Cliquez ici
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c2be-horizon-europe-gouvernance-innovante-des-obse/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD16" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>02/04/2023</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
         <v>161864</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Accompagner vers l’autonomie numérique - Conseiller numérique</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>Mission Société Numérique</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Conseiller numérique</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H28" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le dispositif Conseiller numérique a été lancé en 2021 dans le cadre du volet inclusion numérique du plan France Relance. Aujourd&amp;#039;hui,  4000 conseillers numériques sont déployés partout en France pour accompagner les citoyens dans leurs usages quotidiens du numérique. &lt;/p&gt;&lt;p&gt;Les Conseillers numériques accompagnent les Français sur trois thématiques considérées comme
 prioritaires : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutenir les Français dans leurs usages quotidiens du numérique : travailler à distance,
 consulter un médecin, vendre un objet, acheter en ligne, etc. ;&lt;/li&gt;&lt;li&gt;Sensibiliser aux enjeux du numérique et favoriser des usages citoyens et critiques : s’informer et
 apprendre à vérifier les sources, protéger ses données personnelles, maitriser les réseaux sociaux,
 suivre la scolarité de ses enfants, etc. ;&lt;/li&gt;&lt;li&gt;Accompagner les Français vers l’autonomie pour réaliser des démarches administratives en
 ligne seul.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les structures d&amp;#039;accueil, publiques ou privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) doivent s&amp;#039;inscrire sur la plateforme conseiller-numérique.gouv.fr. Leur candidature sera alors étudiée par leur préfecture de rattachement, chargée de donner un avis motivé à l&amp;#039;Agence nationale de la Cohésion des Territoires, qui attribue les postes dans le cadre d&amp;#039;un Comité de sélection national.  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier de l&amp;#039;Etat s&amp;#039;organise selon les modalités suivantes : &lt;a href="https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/" target="_self"&gt;https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;A l’issue de sa formation initiale, le Conseiller numérique pourra engager des actions d’accompagnement auprès de tous types de publics au travers d’ateliers de groupes, de présentations et d’accompagnements individuels :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Prendre en main un équipement informatique (ordinateur, smartphone, tablette, etc.) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Naviguer sur internet ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer, recevoir, gérer ses courriels ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Installer et utiliser des applications utiles sur son smartphone ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer et gérer (stocker, ranger, partager) ses contenus numériques ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaître l’environnement et le vocabulaire numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprendre les bases du traitement de texte ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Échanger avec ses proches ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Trouver un emploi ou une formation ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner son enfant ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre ce que le numérique peut apporter à sa TPE/PME ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre la culture numérique.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Inclusion numérique</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les structures d’accueil, publiques et privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) France Services doivent s’inscrire sur la plateforme conseiller-numerique.gouv.fr. Leur candidature sera alors étudiée par la préfecture de département, chargée de donner un avis motivé à l’Agence nationale de la cohésion des territoires, qui attribue les postes dans le cadre d’un Comité de sélection national.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour les structures publiques, ce dispositif est ouvert aux :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collectivités territoriales et leurs groupements au sens de l’article L. 5111-1 du Code général des collectivités territoriales, la Métropole du Grand Paris ainsi que les établissements publics territoriaux et la Métropole de Lyon, les territoires et collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;établissements publics locaux qui leur sont rattachés : CCAS, CIAS, Offices publics de l’habitat… ;&lt;/li&gt;&lt;li&gt;GIP constitués de personnes morales de droit public ;&lt;/li&gt;&lt;li&gt;chambres consulaires, établissements publics administratifs sous tutelle de l’État ;&lt;/li&gt;&lt;li&gt;EPIC préalablement identifiés par l’État.&lt;/li&gt;&lt;li&gt;les services déconcentrés de l’État ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Les structures privées listées ci-dessous peuvent aussi accueillir des Conseillers numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;associations déclarées au sens de la loi du 1er juillet 1901 (loi 1908 en Alsace-Moselle) ;&lt;/li&gt;&lt;li&gt;entreprises relevant de l’économie sociale et solidaire au sens de la loi n°2014-856 du 31 juillet 2014 ;&lt;/li&gt;&lt;li&gt;entreprises sociales pour l’habitat ;&lt;/li&gt;&lt;li&gt;toute personne morale de droit privé poursuivant une mission d’intérêt général et n’ayant pas, à titre exclusif, un but lucratif.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des Conseillers numériques France Services. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l’ensemble du territoire. Les initiatives coordonnées sur un même territoire sont donc à favoriser.&lt;/span&gt;&lt;p&gt;&lt;span&gt;Un projet peut être porté par plusieurs structures, qu’elles soient publiques ou privées, dans la mesure où le Conseiller numérique exerce bien les activités présentées dans l’offre de services. Dans ce cas, une seule structure d’accueil sera identifiée pour instruire la demande de subvention, signaler la convention et percevoir la subvention. Elle sera l’employeur du Conseiller numérique et signataire à ce titre du contrat de travail.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conformément à la &lt;/span&gt;&lt;a href="https://cdn.conseiller-numerique.gouv.fr/cir_45126.pdf" target="_blank" rel="noopener noreferrer" role="link"&gt;circulaire interministérielle du 26 janvier 2021 relative à la mise en œuvre du volet « inclusion numérique » du plan France Relance&lt;/a&gt;&lt;span&gt; : « un Conseiller numérique ne peut venir qu’en complément des deux agents (ou plus) animant la France Services, sur les missions de conseil numérique qui sont les siennes ». Un Conseiller numérique ne peut pas être un des deux ETP d’un espace France Services.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.conseiller-numerique.gouv.fr/</t>
         </is>
       </c>
-      <c r="W28" s="1" t="inlineStr">
+      <c r="W17" s="1" t="inlineStr">
         <is>
           <t>https://www.conseiller-numerique.gouv.fr/aide-structure</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Email : &lt;a href="mailto:conseiller-numerique&amp;#64;anct.gouv.fr" target="_self"&gt;conseiller-numerique&amp;#64;anct.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>societe.numerique@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-vers-lautonomie-dans-lusage-du-numerique/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la Cohésion des Territoires</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>15/03/2024</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-[...508 lines deleted...]
-      <c r="A31" s="1">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
         <v>164157</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Financer des technologies propres</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 65</t>
         </is>
       </c>
-      <c r="J31" s="1" t="inlineStr">
+      <c r="J18" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / Zone AFR</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Est considéré comme une technologie propre éligible, un investissement de lutte contre la pollution ou 
 contribuant à l’adaptation ou l’atténuation au changement climatique, faisant partie intégrante de la chaine de 
 production.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Innovation, créativité et recherche
 Biodiversité
 Artisanat
 Industrie</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q31" s="1" t="inlineStr">
+      <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>31/12/2030</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles, les investissements de 
 lutte contre la pollution ou 
 contribuant à l’adaptation ou 
 l’atténuation au changement 
 climatique, faisant partie intégrante 
 de la chaine de production. &lt;/p&gt;&lt;p&gt;Pour microentreprises concernant la 
 pollution classique : sont éligibles les 
 actions exclusivement groupées sur les 
 secteurs où un enjeu relatif à la 
 pollution classique a été démontré.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-operations-preliminaires-a-lepuration-ou-a-un-raccordement/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2025</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
         <v>77381</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Financer les services numériques pour accélérer et sécuriser la transition numérique des territoires</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Financement de vos projets de services numériques</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H32" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L32" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Vous
 portez un projet de services numériques en tant que collectivité locale,
 entreprise publique locale, entreprise ou acteur financier privé, association
 représentative d’élus et de collectivités, société innovante ou bailleur
 social ? Vous êtes à la recherche d’un financement pour un projet lié à la
 souveraineté numérique, à l’accompagnement de territoires intelligents ou
 encore à la transition numérique ? La Banque des Territoires peut investir
 dans le développement de services numériques contribuant au développement
 économique sobre et à l’attractivité des territoires.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre
 d’investissement concerne quatre domaines de services numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;la gestion de la donnée territoriale
 ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les services numériques liés aux
 villes et territoires intelligents ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;la
 souveraineté numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les services numériques liés à
 l’habitat.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le
 financement proposé peut se faire sous la forme d’apports en capitaux en fonds
 propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Commerces et services
 Technologies numériques et numérisation
 Equipement public
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=services_numeriques_psat</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-numeriques/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2021</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...147 lines deleted...]
-      <c r="A34" s="1">
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
         <v>162749</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’équipement informatique et numérique du réseau régional de lecture publique</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Soutien à l’équipement informatique et numérique du réseau régional de lecture publique</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L34" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les objectifs de cette mesure sont :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;de participer à l’amélioration des conditions de gestion informatique des fonds de livres et documents conservés en région,&lt;/li&gt; 	&lt;li&gt;d’accompagner la transition numérique dans le réseau régional de lecture publique.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les collectivités territoriales pour leur bibliothèque.&lt;/p&gt;
  &lt;p&gt;&lt;span&gt;Sont éligibles dans ce cadre les projets d’acquisition :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;de matériel informatique pour la gestion des collections des bibliothèques et médiathèques,&lt;/li&gt; 	&lt;li&gt;de matériel numérique pour la diffusion des œuvres sur les nouveaux supports.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P34" s="1" t="inlineStr">
+      <c r="P20" s="1" t="inlineStr">
         <is>
           <t>23/05/2024</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Sont éligibles dans ce cadre les projets d’acquisition :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;de matériel informatique pour la gestion des collections des bibliothèques et médiathèques,&lt;/li&gt; 	&lt;li&gt;de matériel numérique pour la diffusion des œuvres sur les nouveaux supports.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer le dossier en cliquant sur bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lequipement-informatique-et-numerique-du-reseau-regional-de-lecture-publique</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Chargée de mission pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Valérie Miletto: &lt;a href="mailto:vmiletto&amp;#64;maregionsud.fr"&gt;vmiletto&amp;#64;maregionsud.fr &lt;/a&gt; &lt;br /&gt; Tél:  04 88 73 67 06 / 06 86 53 56 77 &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Gestionnaire pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Estelle Monier : &lt;a href="mailto:emonier&amp;#64;maregionsud.fr"&gt;emonier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Tél: 04 91 57 59 69&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lequipement-informatique-et-numerique-du-reseau-regional-de-lecture-publique/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
         <v>165511</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Accélérer l'utilisation optimale des technologies - 2026</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Accélérer l&amp;apos;utilisation optimale des technologies - 2026</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H35" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;6 millions d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 6 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : maximum 750 000 euros par projet&lt;/li&gt;  &lt;/ul&gt;  La subvention accordée peut être inférieure au montant demandé.  &lt;ul&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 75% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Financer les activités des centres nationaux ou régionaux indépendants afin d&amp;#039;assurer la couverture des zones géographiques couvertes par les centres EDMO dont le financement prend fin en 2026&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : renforcer la surveillance et l&amp;#039;analyse de l&amp;#039;environnement informationnel en ligne, détecter et dénoncer les campagnes de désinformation, dans le but de contribuer à la connaissance de la situation dans l&amp;#039;ensemble de l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : soutenir l&amp;#039;intégrité des élections en surveillant et en analysant les campagnes de désinformation et les manipulations liées aux élections&lt;/li&gt;    &lt;li&gt;Priorité n° 3 : mettre l&amp;#039;accent sur le renforcement de la résilience sociale et l&amp;#039;intensification des efforts de sensibilisation et de communication afin de toucher un large public et de concevoir des réponses efficaces adaptées aux publics nationaux&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Être des personnes morales (organismes publics ou privés)&lt;/li&gt;    &lt;li&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :  &lt;ul&gt;    &lt;li&gt;les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/li&gt;    &lt;li&gt;les pays non membres de l&amp;#039;UE :  &lt;ul&gt;    &lt;li&gt;les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants&lt;/a&gt;)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_blank" rel="nofollow noopener"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition&lt;/li&gt;    &lt;li&gt;Un consortium composé d&amp;#039;au moins deux candidats indépendants (bénéficiaires ; pas d&amp;#039;entités affiliées) doit être constitué et le coordinateur du consortium doit être établi dans un État membre de l&amp;#039;UE couvert par le pôle.&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : 18 mois&lt;/li&gt;    &lt;li&gt;Contact : &lt;a href="https://european-union.europa.eu/contact-eu/write-us_en" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-bestuse-tech-edmo-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-BESTUSE-TECH-EDMO-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;frameworkProgramme&amp;#61;43152860&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) : &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Innovation, créativité et recherche
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P35" s="1" t="inlineStr">
+      <c r="P21" s="1" t="inlineStr">
         <is>
           <t>04/11/2025</t>
         </is>
       </c>
-      <c r="Q35" s="1" t="inlineStr">
+      <c r="Q21" s="1" t="inlineStr">
         <is>
           <t>03/03/2026</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.welcomeurope.com/digital-europe-accelerer-lutilisation-optimale-des-technologies-2026/</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-accelerer-l-apos-utilisation-optimale-des-technologies-2026/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD21" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...149 lines deleted...]
-      <c r="A37" s="1">
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
         <v>65565</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans leur transformation numérique</t>
         </is>
       </c>
-      <c r="C37" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>ADICO (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L37" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Adico accompagne depuis 30 ans ses adhérents dans le déploiement du numérique et participe à la transformation numérique des collectivités locales.
 &lt;/p&gt;
 &lt;p&gt;
  Pour cela l&amp;#039;Adico s&amp;#039;est organisée autour de 4 objectifs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagnement logiciels (aide à l&amp;#039;utilisation des logiciels métiers et formation des agents),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   et Conseil en communication et en graphisme
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M37" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Appuis technique des collectivités dans l&amp;#039;écriture d&amp;#039;un cahier des charges pour le développement d&amp;#039;un nouveau site internet (respect des obligations RGAA),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Audit d&amp;#039;accessibilité de sites publics,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;audit portant sur le référentiel général de sécurité,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en conformité au RGPD,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Les Iot (qualité de l&amp;#039;air dans les établissements scolaires),
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation de charte graphique, logo...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Il est nécessaire d&amp;#039;être adhérent de l&amp;#039;Association
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Départements 60-27-76-95-77</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>http://www.adico.fr</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;adico.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>emmanuel.vive@adico.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3e24-accompagner-les-collectivites-dans-leur-trans/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB22" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>Adico (Association pour le développement et l'innovation numérique des collectivités)</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>19/10/2020</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-      <c r="A38" s="1">
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>74198</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance numérique</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur les
+ &lt;strong&gt;
+  logiciels métiers d&amp;#039;administration publique
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence technique vous propose également l&amp;#039;assistance et paramétrage d&amp;#039;un
+ &lt;strong&gt;
+  profil acheteur marché publics.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Administration numérique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance et paramétrage sur les logiciels métiers : État Civil, paie, déclaration sociale, comptabilité, élections, registre de délibération, facturation, emprunt, gestions des biens, populations, PayFip
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission des flux en trésorerie et des actes en préfecture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocation électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certificats de signature électronique (Chambersign) et pour l&amp;#039;état civil (Comedec), parapheur électronique (Sésile)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Internet : Gestion des domaines et création de compte client de messagerie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils collaboratifs : Gestion Electronique des Documents, Visioconférence, agendas partagés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Profil acheteur Marchés Publics [plateforme de dématérialisation]
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance et paramétrage du profil acheteur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à mise en ligne et fin de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation des agents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Yann Bogdanovic - Responsable du service Administration Numérique
+ -
+  &lt;a href="mailto:san&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   san&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09b8-beneficier-dune-maintenance-informatique-et-d/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB23" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>15/01/2021</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
         <v>72490</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités dans leur transformation numérique</t>
         </is>
       </c>
-      <c r="C38" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E38" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Agence Landaise Pour l'Informatique (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G38" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L38" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis sa création en 1985, l&amp;#039;Agence Landaise Pour l&amp;#039;Informatique, syndicat mixte, répond  aux  besoins  numériques  dans  le  département  des  Landes.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Assurer la sécurité informatique
  &lt;/li&gt;
  &lt;li&gt;
   Création de sites web
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   DPO mutualisé, stratégie et accompagnement technique surOpen Data
  &lt;/li&gt;
  &lt;li&gt;
   Animateur du réseau départemental d&amp;#039;inclusion numérique
  &lt;/li&gt;
  &lt;li&gt;
   Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot)
  &lt;/li&gt;
  &lt;li&gt;
   Registre dématérialisé des enquêtes publiques
  &lt;/li&gt;
  &lt;li&gt;
   Applicatifs métiers des collectivités
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Formation initiale et continue des agents publics
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Communication (reportages, images en drone)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Adhérer à l&amp;#039;ALPI
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.alpi40.fr/</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  direction&amp;#64;alpi40.fr
 &lt;/p&gt;
 &lt;p&gt;
  contact&amp;#64;alpi40.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>karene.courtesseyre@alpi40.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3760-accompagner-les-collectivites-dans-leur-trans/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB24" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>03/12/2020</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...192 lines deleted...]
-      <c r="A40" s="1">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
         <v>149151</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités aux usages numériques</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Soutien des collectivités aux usages numériques - Vidéoprotection - WiFi ou ADSL</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H40" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L40" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez mener à bien un projet de création ou d&amp;#039;extension d&amp;#039;un système de vidéoprotection sur l&amp;#039;espace public et vos caméras sont connectées par Wifi ?
 &lt;/p&gt;
 &lt;p&gt;
  Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € par commune : Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Une Commune
  &lt;/li&gt;
  &lt;li&gt;
   Un établissement public de coopération intercommunale ou un syndicat mixte dans le cadre de l&amp;#039;exercice de la compétence de la prévention de la délinquance
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Et si votre projet concerne :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;installation (création et extension) de caméras sur la voie publique ou aux abords de lieux ouverts au public, au titre de l&amp;#039;exercice de la compétence de prévention de la délinquance, dans toutes les communes du Grand Est.
 &lt;/p&gt;
 &lt;p&gt;
  Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/plan-regional-de-soutien-des-collectivites-aux-usages-numeriques/</t>
         </is>
       </c>
-      <c r="W40" s="1" t="inlineStr">
+      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0067%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.gr</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toutes questions, prenez contact dès maintenant avec les services régionaux. Vous bénéficierez de conseil dans l&amp;#039;élaboration de votre projet en sollicitant un entretien à
  &lt;a target="_self"&gt;
   numerique&amp;#64;grandest.fr
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir (cf règlement, ci dessous) disponible.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4936-soutien-des-collectivites-aux-usages-numeriqu/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>05/09/2023</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...92 lines deleted...]
-      <c r="A42" s="1">
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
         <v>164371</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'une sauvegarde informatique</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Sauvegarde</t>
         </is>
       </c>
-      <c r="E42" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale (ATD) INGENIERIE70</t>
         </is>
       </c>
-      <c r="G42" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H42" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L42" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département a
 décidé de créer, depuis le 1er janvier 2011, une agence départementale
 d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
 établissement public administratif autonome, est financé par le Département et
 les collectivités adhérentes via les cotisations et les rémunérations des
 prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
 chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
 intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
 demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
 les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
 Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
 Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
 quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
 structures diverses, communautés de communes et le Département de la
 Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
 ces quatre pôles sont facturées selon des tarifs votés en Conseil
 d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
 structure a permis de montrer toute son utilité et cet outil répond aux
 attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
 propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2017 ses compétences aux collectivités
 adhérentes (communes, syndicats, CC, autres structures) utilisant le logiciel
 E-Magnus un ensemble de prestations d’assistance et de maintenance permettant
 la mise en œuvre et l’exploitation du logiciel métier (installation, support,
 télémaintenance, sauvegarde etc.)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/p&gt;&lt;p&gt;Ingénierie 70 a fait le choix de
 candidater à l&amp;#039;appel à projet sur la cybersécurité lancé par l&amp;#039;ANSSI pour
 permettre à chaque collectivité de bénéficier d&amp;#039;une sauvegarde externalisée.
 Cette décision fait suite à une longue réflexion sur la nécessité de protéger
 les données des logiciels e.Magnus, mais également des données des utilisateurs.
 En effet, les collectivités stockent sur leurs postes des données dites
 sensibles qu&amp;#039;il convient de sécuriser. L&amp;#039;externalisation de la sauvegarde
 permet ainsi d&amp;#039;avoir une copie afin de se prémunir de tout dégât physique dans
 les locaux ou dégât sur le matériel. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;3 supports &lt;/strong&gt;distincts :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Sauvegarde
 automatique, &lt;/li&gt;&lt;li&gt;Sauvegarde
 3-2-1 (3 copies de fichiers, sur 2 supports différents dont 1 copie hors site)&lt;/li&gt;&lt;li&gt;Sauvegarde
 déconnectée&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N42" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O42" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R42" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Etre une
 collectivité adhérente à l’agence technique Ingénierie70 pour  la compétence informatique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S42" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="T42" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U42" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Haute-Saône</t>
         </is>
       </c>
-      <c r="V42" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.ingenierie70.fr/</t>
         </is>
       </c>
-      <c r="X42" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_blank"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y42" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>julie.galland@ingenierie70.fr</t>
         </is>
       </c>
-      <c r="Z42" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/sauvegarde-informatique/</t>
         </is>
       </c>
-      <c r="AA42" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC26" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2025</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="43" spans="1:27" customHeight="0">
-      <c r="A43" s="1">
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
         <v>120433</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Développer les usages, services et infrastructures numériques, projets innovants en lien avec le numérique</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>DEVELOPPEMENT DES USAGES, SERVICES ET INFRASTRUCTURES NUMERIQUES, PROJETS INNOVANTS EN LIEN AVEC LE NUMERIQUE</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La stratégie numérique départementale visant à soutenir le développement des usages, services et infrastructures numériques s&amp;#039;articule autour de 4 axes :
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Accompagner les publics dans leur appropriation du numérique,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Soutenir l&amp;#039;innovation, la compétitivité et l&amp;#039;attractivité du territoire grâce aux infrastructures numériques,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Développer l&amp;#039;administration numérique tournée vers l&amp;#039;usager : &amp;#64;services , Accompagner les collectivités du territoire dans leur transition numérique.
@@ -8009,1553 +6009,526 @@
   &lt;strong&gt;
    Téléservice
   &lt;/strong&gt;
   : Communication et numérique
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Dispositif :
   &lt;/strong&gt;
   Développement des usages, services et infrastructures numériques, projets innovants en lien avec le numérique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les aides à l&amp;#039;investissement sont versées suivant le règlement financier général du Département.
  &lt;/li&gt;
  &lt;li&gt;
   Les aides au fonctionnement sont versées selon les modalités définies sur la lettre de notification.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M43" s="1" t="inlineStr">
+      <c r="M27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
  Les opérations éligibles sont des projets de services, d&amp;#039;usages ou de contenus innovants répondant aux enjeux d&amp;#039;ampleur départementale sus-mentionnés. La sélection des projets s&amp;#039;appuiera notamment sur les critères suivants : caractère innovant du projet, compétences du porteur, méthodologie employée, place de l&amp;#039;usager dans le projet, qualité et engagement des partenaires, viabilité et pérennité du projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  collectivités territoriales et leurs regroupements, associations, syndicats mixtes, organismes publics et leurs groupements.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T43" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/developpement-des-usages-services-et-infrastructures-numeriques-projets-innovants-en-lien-avec-le-numerique/</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme – Direction Générale Adjointe du Développement – Mission Développement Numérique
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél :
  &lt;strong&gt;
   04.75.79.81.77
  &lt;/strong&gt;
  – Courriel :
  &lt;a href="mailto:numerique&amp;#64;ladrome.fr"&gt;
   numerique
  &lt;/a&gt;
  &lt;a href="mailto:numerique&amp;#64;ladrome.fr"&gt;
   &amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/531e-developpement-des-usages-services-et-infrastr/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-      <c r="A44" s="1">
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
         <v>139937</v>
       </c>
-      <c r="B44" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Informer sur la mise en œuvre des usages numériques. Accompagner pour le développement du numérique éducatif. Proposer un accès gratuit à des plateformes de dématérialisation.</t>
         </is>
       </c>
-      <c r="D44" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Usages numériques</t>
         </is>
       </c>
-      <c r="E44" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...8 lines deleted...]
-      <c r="L44" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Cantal Ingénierie &amp;amp; Territoires propose des prestations d&amp;#039;accompagnement, d&amp;#039;AMO, de conseil dans le domaine du numérique. L&amp;#039;agence propose également des outils mutualisés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M44" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Ecoles numériques du Cantal : ENT (environnements numérique de travail),
  &lt;/li&gt;
  &lt;li&gt;
   Mission de maintenance et assistance
  &lt;/li&gt;
  &lt;li&gt;
   Conseil et expertise sur le volet équipements et réseaux
  &lt;/li&gt;
  &lt;li&gt;
   Dématérialisation de la commande publique
  &lt;/li&gt;
  &lt;li&gt;
   Dématérialisation des flux vers les services de l&amp;#039;État (contrôle de légalité, hélios...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 Technologies numériques et numérisation
 Appui méthodologique
 Inclusion numérique
 Sécurité</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
  &lt;/li&gt;
  &lt;li&gt;
   Etre adhérent à CIT
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;essentiel des services sont accessibles  gratuitement sous condition d&amp;#039;adhésion
  &lt;/li&gt;
  &lt;li&gt;
   Contrat de maintenance et AMO: services payants.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Cantal</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>http://ingenierie-et-territoires.cantal.fr/</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  cit&amp;#64;cantal.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>cit@cantal.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/85ea-informer-sur-la-mise-en-uvre-des-usages-numer/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC28" s="1" t="inlineStr">
+        <is>
+          <t>Cantal Ingénierie &amp; Territoires</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>04/05/2023</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...924 lines deleted...]
-      <c r="A50" s="1">
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
         <v>92584</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Aider le développement de pratiques numériques dans les bibliothèques/médiathèques</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I50" s="1" t="inlineStr">
+      <c r="I29" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J50" s="1" t="inlineStr">
+      <c r="J29" s="1" t="inlineStr">
         <is>
           <t>Aide plafonnée à 20 % du coût total d’investissement</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L50" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Doter les bibliothèques/médiathèques de matériel informatique et/ou de lecture à même de lutter contre la fracture numérique, et encourager en leur sein le développement de pratiques numériques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M50" s="1" t="inlineStr">
+      <c r="M29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Acquisitions de bornes Wifi, postes informatiques dédiés, tablettes, liseuses etc.
 &lt;/p&gt;
 &lt;p&gt;
  Les frais de câblage, de maintenance et d&amp;#039;abonnement à Internet ne sont pas pris en charge.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Bibliothèques et livres
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires :
  Communes de moins de 15 000 habitants ou les intercommunalités (E.P.C.I.)
 &lt;/p&gt;
 &lt;p&gt;
  Mise en place d&amp;#039;ateliers de découverte, de sensibilisation et de pratique numérique, conjointement avec les enjeux du Schéma Départemental d&amp;#039;Amélioration d&amp;#039;Accessibilité des Services au Public (S.D.A.A.S.P.) et du Schéma Directeur Territorial d&amp;#039;Aménagement Numérique (S.D.T.A.N.) au sein de la bibliothèque.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet présenté s&amp;#039;appliquera à détailler les modalités de mise en oeuvre, en lien avec les schémas précités, et le fonctionnement de la bibliothèque.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T50" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>Communes du Vaucluse inférieures à 15000 habitants</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a6b6-aider-le-developpement-de-pratiques-numerique/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...183 lines deleted...]
-      <c r="A52" s="1">
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
         <v>98465</v>
       </c>
-      <c r="B52" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Mutualiser un responsable des services informatiques</t>
         </is>
       </c>
-      <c r="C52" s="1" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G52" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K52" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L52" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le GIP RECIA propose aux collectivités qui le désirent de
  &lt;strong&gt;
   mutualiser la direction des services informatiques (DSI)
  &lt;/strong&gt;
  afin d&amp;#039;optimiser les ressources numériques et de vous accompagner dans le pilotage de vos prestataires locaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce service permet aux collectivités territoriales et à leurs groupements de bénéficier des services d&amp;#039;un responsable des services informatiques mutualisé qui pourra
  &lt;strong&gt;
   assister les élus et les directions dans la définition d&amp;#039;une stratégie numérique
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Dans une petite collectivité, le responsable des services informatiques mutualisé remplace le service informatique manquant, conseille la collectivité à la fois sur les choix stratégiques mais aussi sur l&amp;#039;accompagnement des services dans l&amp;#039;évolution des pratiques numériques.
 &lt;/p&gt;
 &lt;p&gt;
  Dans une collectivité plus importante, sans se substituer à la DSI en place, le responsable des services informatiques mutualisé apporte sa connaissance et son expertise pour aider la DSI et les services à s&amp;#039;organiser pour réussir leur transition numérique.
 &lt;/p&gt;
 &lt;h4&gt;
  Les avantages
 &lt;/h4&gt;
 &lt;ul&gt;
@@ -9632,156 +6605,181 @@
  &lt;li&gt;
   Rédaction de PCA (Plan de continuité de l&amp;#039;activité)
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de PRA (Plan de reprise d&amp;#039;activité)
  &lt;/li&gt;
  &lt;li&gt;
   Rédaction de PSSI (Plan de sécurisation des systèmes d&amp;#039;information)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Ressources utiles
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;a href="https://www.solaere.recia.fr/" rel="noopener" target="_blank"&gt;
   https://www.solaere.recia.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
   https://www.snc.recia.fr/contactus
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V52" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
         </is>
       </c>
-      <c r="X52" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:info&amp;#64;recia.solutions" rel="noopener" target="_blank"&gt;
   info&amp;#64;recia.solutions
  &lt;/a&gt;
  &lt;br /&gt;
  Tél : 02 38 42 24 59
  &lt;em&gt;
   (choix 4)
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>olivier.jouin@recia.fr</t>
         </is>
       </c>
-      <c r="Z52" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/786b-copie-12h51-mutualiser-un-delegue-a-la-protec/</t>
         </is>
       </c>
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>20/07/2021</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-      <c r="A53" s="1">
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
         <v>98466</v>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Accompagner la transformation numérique des collectivités territoriales</t>
         </is>
       </c>
-      <c r="C53" s="1" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G53" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H53" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L53" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Avec sa plate-forme Solaere et son pôle E-administration, le GIP RECIA offre un
  &lt;strong&gt;
   ensemble de services cohérents et innovants
  &lt;/strong&gt;
  couvrant
  &lt;strong&gt;
   la chaine de dématérialisation des documents et des échanges
  &lt;/strong&gt;
  dans sa globalité, à travers un
  &lt;strong&gt;
   portail sécurisé et unifié
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  Des outils et des services d&amp;#039;e-administration qui ont pour objectif de
  &lt;strong&gt;
   simplifier la communication entre les services, les élus, les administrations et les citoyens
  &lt;/strong&gt;
  et de
  &lt;strong&gt;
   faciliter les usages et les échanges entre collectivités et les services de l&amp;#039;État
  &lt;/strong&gt;
@@ -9843,472 +6841,888 @@
  &lt;/li&gt;
  &lt;li&gt;
   Archivage électronique
  &lt;/li&gt;
  &lt;li&gt;
   Gestion des flux bons de commandes
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Ressources utiles :
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.recia.fr/nos-services/e-administration/" rel="noopener" target="_blank"&gt;
    https://www.recia.fr/nos-services/e-administration/
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
    https://www.snc.recia.fr/contactus
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T53" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
         </is>
       </c>
-      <c r="X53" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a rel="noopener" target="_blank"&gt;
   info&amp;#64;recia.solutions
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 02 38 42 24 59
  &lt;em&gt;
   (choix 1)
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>olivier.jouin@recia.fr</t>
         </is>
       </c>
-      <c r="Z53" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/243a-copie-13h06-mutualiser-un-delegue-a-la-protec/</t>
         </is>
       </c>
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>20/07/2021</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-[...41 lines deleted...]
- Ouverture permanente
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>94792</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une maintenance du parc informatique</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champ d&amp;#039;action en matière de numérique et informatique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur la
+ &lt;strong&gt;
+  maintenance informatique
+ &lt;/strong&gt;
+ et vous propose une
+ &lt;strong&gt;
+  centrale d&amp;#039;achat à prix coûtant
+ &lt;/strong&gt;
+ .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
-[...7 lines deleted...]
-      <c r="O54" s="1" t="inlineStr">
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Maintenance informatique
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépannage et assistance informatique en ligne ou sur place
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centrale d&amp;#039;achat à prix coûtant de matériels et logiciels informatiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paramétrage, installation et reprise des données lors d&amp;#039;un remplacement de postes, livraison
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance et conseils à la mise en œuvre de l&amp;#039;infrastructure informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenance et logiciels pour les établissements scolaires (expérimentation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prêt de matériel informatique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
-[...58 lines deleted...]
-      <c r="S54" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet numérique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X54" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sébastien Briongos - Responsable du service Matériel Système et Réseaux
+ -
+  &lt;a href="mailto:sbriongos&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   sbriongos&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Juliette Dufloux - Assistante achat -
+  &lt;a href="mailto:jdufloux&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   jdufloux&amp;#64;atd16.fr
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0a2f-copie-14h49-beneficier-dune-assistance-inform/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2021</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
+        <v>72205</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Recruter et accueillir des conseillers numériques</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>50 000 euros par poste</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Direction de la Culture
+ Cet appel à manifestation d&amp;#039;intérêt est lancé pour la première vague de candidatures des collectivités territoriales et leurs groupements au recrutement et à l&amp;#039;accueil de conseillers numériques dans le cadre de France Relance. Il vise à recueillir les premières propositions des territoires prêts à porter les contrats de travail de ces conseillers en contrepartie du financement par l&amp;#039;État de leur formation et de leur activité.
  &lt;br /&gt;
- Service Patrimoines et inventaire
-[...2 lines deleted...]
- Chargée de mission pour les départements 75, 77, 92, 93
+&lt;/p&gt;
+&lt;p&gt;
+ Le Gouvernement agit sur trois axes :
  &lt;br /&gt;
- Héloïse Maillé
+ 1- 4000 conseillers numériques formés proposant des ateliers d&amp;#039;initiation au numérique au plus proche des Français ;
  &lt;br /&gt;
- &lt;span&gt;
-[...6 lines deleted...]
- Chargé de mission pour les départements 78, 91, 94, 95
+ 2- Un soutien aux réseaux de proximité qui proposent des activités numériques, par la conception de dispositifs qui facilitent la formation des habitants ;
  &lt;br /&gt;
- Kamel Kacihi
+ 3- Des outils simples et sécurisés indispensables aux aidants (travailleurs sociaux, agents de collectivité territoriale, etc.) pour leur permettre de mieux accompagner les Français qui ne peuvent pas faire leurs démarches administratives seuls.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces trois axes sont déclinés sous forme de nouvelle offre de services disponible pour les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;appel à manifestation d&amp;#039;intérêt permet de candidater pour devenir structure accueillante d&amp;#039;un ou de plusieurs conseillers
+ &lt;/strong&gt;
+ (donc en charge de porter le contrat de travail)
+ &lt;strong&gt;
+  et d&amp;#039;obtenir leur affectation avec une prise en charge financière modulée selon la durée du contrat souhaitée
+ &lt;/strong&gt;
+ . Allouée sous la forme d&amp;#039;une subvention d&amp;#039;un montant de 50 000 euros par poste (et majorée selon les dispositions réglementaires en vigueur en outre-mer le cas échéant), cette prise en charge par l&amp;#039;État sera versée en trois tranches auprès de la collectivité territoriale qui aura pour charge de rémunérer le conseiller à hauteur du SMIC au minimum.
  &lt;br /&gt;
- &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
-[...4 lines deleted...]
- &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P33" s="1" t="inlineStr">
+        <is>
+          <t>17/11/2020</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des conseillers numériques. L&amp;#039;ANCT étudiera au fil de l&amp;#039;eau, tous les 15 du mois, les candidatures reçues et affectera le nombre de conseillers en fonction des conseillers déjà accueillis sur le même territoire. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l&amp;#039;ensemble du territoire. Les initiatives coordonnées sur un même territoire seront donc à favoriser.
+&lt;/p&gt;
+&lt;p&gt;
+ La mise à disposition de conseillers numériques à des structures associatives est autorisée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/250-meu-pour-faciliter-le-numerique-du-quotidien-310</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une webconférence est organisée les 03 et 10 décembre 2020 pour répondre aux questions des collectivités. D&amp;#039;autres webconférences pourront être organisées autant que de besoin.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question : conseiller-numerique&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32ff-recruter-et-accueillir-des-conseillers-numeri/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>ANCT</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>27/11/2020</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G55" s="1" t="inlineStr">
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
+        <v>72749</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Somme Numérique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Association
-[...3 lines deleted...]
-      <c r="H55" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Somme Numérique accompagne ses membres le déploiement du numérique et participe à la transformation numérique des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de dématérialisation (PES V2, Actes, signature électronique, plateforme de marchés publics...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérique éducatif (Espace Numérique de Travail, TBI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement physique dans Datacenter Tiers 3
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marché télécom : fourniture de solutions de communication (tél. fixe et mobile, MtM, SMS...) à prix négociés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sauvegarde de données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de sites internet - gestion de domaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Messagerie collaborative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bornes wifi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Archivage électronique à valeur probante (SESAM)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Conseil en communication et en graphisme.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Hébergement et formation de la messagerie collaborative de la collectivité
+   &lt;/strong&gt;
+   : sécurité et fluidité des échanges entre agents/élus.
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dématérialisation des marchés publics
+  &lt;/strong&gt;
+  : accompagnement des collectivités pour la dématérialisation des marchés publics sur notre plateforme régionale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mise à disposition d&amp;#039;outils de communication
+  &lt;/strong&gt;
+  : nom de domaine, site internet, application mobile
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Toutes les communautés de communes, communes, syndicats situés sur le département de la Somme
+   &lt;br /&gt;
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sommenumerique.fr</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ courrier&amp;#64;sommenumerique.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>l.cartier@sommenumerique.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfaf-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB34" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>09/12/2020</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
+        <v>103486</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Investissement culturel - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I55" s="1" t="inlineStr">
+      <c r="I35" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J55" s="1" t="inlineStr">
+      <c r="J35" s="1" t="inlineStr">
         <is>
           <t>1 million € maximum</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L55" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h4&gt;
  Nature de l&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est une subvention d&amp;#039;un taux maximum de 40% du montant des dépenses éligibles, plafonnées à 1 M€.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
 &lt;/p&gt;
 &lt;h4&gt;
  Cofinancements possibles
 &lt;/h4&gt;
 &lt;p&gt;
  Les autres aides à l&amp;#039;investissement culturel :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
    Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
    Investissement culturel – Aide aux structures itinérantes
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="M55" s="1" t="inlineStr">
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont concernés :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espace public
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires cibles :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
  &lt;/li&gt;
  &lt;li&gt;
   Aménageurs mandatés par les collectivités locales,
  &lt;/li&gt;
  &lt;li&gt;
   Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-investissements-numeriques</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour les projets relevant du secteur :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    du spectacle vivant
   &lt;/strong&gt;
   :
   &lt;span&gt;
    Christine Vacher :
    &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
     christine.vacher&amp;#64;iledefrance.fr
    &lt;/a&gt;
   &lt;/span&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    du patrimoine
   &lt;/strong&gt;
   : Cécile Chenot -
   &lt;a href="mailto:cecile.chenot&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    cecile.chenot&amp;#64;iledefrance.fr
    &lt;span&gt;
@@ -10345,123 +7759,967 @@
   &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
    cinema.audiovisuel&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    du livre et de la lecture
   &lt;/strong&gt;
   : Delphine Martincourt -
   &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/dae5-investissement-culturel-aide-aux-investisseme/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB35" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>17/09/2021</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-      <c r="A56" s="1">
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>127289</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une
+ &lt;strong&gt;
+  subvention d&amp;#039;un taux maximum de 40%
+ &lt;/strong&gt;
+ du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les projets relevant du secteur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Héloise Maillé - heloise.maille-virole&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b09-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB36" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2023</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
+        <v>129711</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement d’infrastructures numériques au sein des territoires</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Financement des infrastructures numériques</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Vous
+êtes porteur d’un projet d’infrastructures numériques en tant que collectivité
+locale, entreprise publique locale, entreprise, opérateur ou exploitant de
+réseau ou acteur financier ? Vous êtes à la recherche d’un financement
+pour développer le Très Haut Débit fixe ou mobile au sein d’un territoire ? La
+Banque des Territoires peut investir dans le développement d’infrastructures
+contribuant à l’amélioration de la connectivité, la création d’emploi, la
+transformation numérique ou encore à l’attractivité des territoires.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’offre
+d’investissement concerne les projets portant sur :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les réseaux 4G/5G ;&lt;/li&gt;&lt;li&gt;la sécurisation des réseaux ;&lt;/li&gt;&lt;li&gt;les réseaux fixes des territoires ;&lt;/li&gt;&lt;li&gt;les data centers.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;En tant
+que « tiers de confiance », la Banque des Territoires propose de
+financer les projets portant une logique d’intérêt général sous la forme
+d’apports en capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=infrastructures_numeriques_psat</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC37" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2023</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
+        <v>133061</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour la cybersécurité et la souveraineté numérique</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Financement de vos projets de services numériques</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;🚩&lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos enjeux de cybersécurité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes une collectivité locale et vous souhaitez protéger et gérer les données de vos infrastructures sensibles ou stratégiques, renforcer la sécurité numérique des hôpitaux, administrations ou tout autre acteur territorial ou encore garantir un numérique de confiance à vos administrés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un porteur de projet (entreprise, investisseur, exploitant...) et vous souhaitez développer des solutions numériques éprouvées et accessibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour accompagner les territoires dans leur transition numérique face à une numérisation croissante et à une recrudescence du risque cyber, la Banque des Territoires propose une offre d&amp;#039;investissements pour financer des solutions innovantes autour de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la confiance numérique : identité numérique, signature électronique... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cybersécurité : solutions de gestion du risque cyber, sensibilisation, protection et assurance cyber, détection... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de la data : services de protection de la donnée personnelle et territoriale.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-numeriques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cybersecurite_souverainete_numerique</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2267-investir-pour-la-cybersecurite-et-la-souverai/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC38" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>06/04/2023</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
+        <v>139434</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les risques naturels et technologiques</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région des Hauts-de-France est exposée à de multiples risques naturels : inondation, mouvements de terrains, présence de cavités ou risques propres au littoral. De plus, le passé industriel des Hauts-de-France a légué un certain nombre de sites présentant des risques technologiques (périmètres SEVESO) et miniers. L&amp;#039;Etablissement Public Foncier Hauts de France est donc amené à intervenir pour maîtriser les fonciers exposés à ces risques, déconstruire les biens les plus exposés et renaturer les emprises acquises. L&amp;#039;établissement accompagne également les collectivités dans la mobilisation des dispositifs financiers dédiés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les sites classés à risque sur sollicitation des collectivités, de la Direction Régionale de Environnement, de l&amp;#039;Aménagement et du Logement (DREAL) et des entreprises concernées par les risques technologiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des sources de pollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de démolition et de déconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renaturation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût des études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût de l&amp;#039;opération travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Foncier du Plan de Prévention des Risques Technologiques des sites EPV et Antargaz, Thiant (Nord)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF intervient dans le cadre de la mise en œuvre des mesures foncières du Plan de Prévention des Risques Technologiques du parc d&amp;#039;activités Haulchin-Thiant. Il a acquis et démoli les habitations et bâtiments situés à proximité de deux sites classés SEVESO (stockage et distribution de butane et propane et entrepôt pétrolier).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Thivencelle, berges de l&amp;#039;Hogneau (Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF poursuit son intervention à Thivencelle sur les berges de l&amp;#039;Hogneau, afin de démolir cinq habitations situées en PPRI risquant de s&amp;#039;effondrer. La déconstruction de ces habitations permettra de redéfinir le plan d&amp;#039;aménagement de la digue gauche de la rivière.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bords de falaise, Wimereux (Pas-de-Calais)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Côte d&amp;#039;Opale est soumise à l&amp;#039;érosion progressive de ses falaises qui menace les villas qui y sont implantées. En réponse, la préfecture du Pas-de-Calais a instauré en octobre 2007 un Plan de Prévention des Risques Littoraux (PPRL) qui concerne notamment la commune de Wimereux. Ne disposant pas de l&amp;#039;ingénierie technique et financière nécessaire pour mettre en œuvre les dispositions du PPRL, la commune de Wimereux a sollicité l&amp;#039;intervention de l&amp;#039;EPF en 2009 pour acquérir cinq maisons, procéder à leur déconstruction et restaurer les habitats naturels présents en bord de falaise. Acteur de la préservation du capital environnemental régional, l&amp;#039;EPF a pris en compte lors de la phase de chantier les espèces protégées et patrimoniales (crambe, armérie, lavatère arbustif) et a permis la restauration des pelouses aérohalines. Une partie des acquisitions et travaux a été prise en charge par les fonds Barnier et le foncier a été restitué à la collectivité sous forme d&amp;#039;espace de nature.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0dd8-gerer-les-risques-naturels-et-technologiques/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC39" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
         <v>121764</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Financer la construction, la restauration, l’aménagement des musées et la numérisation des collections</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Aide à la construction, la restauration, l'aménagement des musées et la numérisation des collections</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E40" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H56" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L56" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>Les Musées franciliens disposent d&amp;#039;importantes collections. Ils constituent à ce titre des espaces privilégiés de valorisation du patrimoine. La Région s&amp;#039;est engagée à soutenir l&amp;#039;attractivité et le rayonnement des Musées de France.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Musée</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Sont éligibles les musées départementaux, intercommunaux, communaux ou associatifs à l&amp;#039;exclusion des musées nationaux. L&amp;#039;établissement doit être labellisé « Musée de France ».
   &lt;/li&gt;
   &lt;li&gt;
    Les aménageurs mandatés par les collectivités territoriales peuvent être bénéficiaires. Une convention de délégation de maîtrise d&amp;#039;ouvrage doit avoir été signée entre la collectivité et l&amp;#039;aménageur.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Soutien à la création, à la rénovation et à l&amp;#039;aménagement des musées :
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Le taux d&amp;#039;intervention est de 40 % maximum des dépenses éligibles.
   &lt;/li&gt;
   &lt;li&gt;
    Les dépenses éligibles correspondent au coût des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (hors études préalables).
   &lt;/li&gt;
   &lt;li&gt;
    Sont inéligibles les dépenses inhérentes aux assurances dommage ouvrage, travaux de démolition préalable, travaux de dépollution, travaux de voirie et réseaux divers (VRD), à l&amp;#039;acquisition foncière.
   &lt;/li&gt;
@@ -10486,4323 +8744,3389 @@
  &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale permet de financer en investissement :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les travaux de construction, restauration (clos et couvert) et aménagement des espaces y compris les réserves.
   &lt;/li&gt;
   &lt;li&gt;
    l&amp;#039;acquisition de logiciel d&amp;#039;inventaire et de base de données nécessaires à la numérisation, les travaux de numérisation des collections et leur indexation
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   .Les demandes d&amp;#039;aide devront être déposées sur
  &lt;/span&gt;
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  &lt;span&gt;
   , la plateforme des aides régionales.
  &lt;/span&gt;
 </t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-construction-la-restauration-lamenagement-des-musees-et-la-numerisation-des-collections</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture
  &lt;br /&gt;
  Service Patrimoines et inventaire
  &lt;br /&gt;
  &lt;br /&gt;
  Chargée de mission pour les départements 75, 77, 92, 93
  &lt;br /&gt;
  Héloïse Maillé
  &lt;br /&gt;
  &lt;span&gt;
   &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
    heloise.maille-virole&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission pour les départements 78, 91, 94, 95
  &lt;br /&gt;
  Kamel Kacihi
  &lt;br /&gt;
  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   kamel.kacihi&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c054-aide-a-la-construction-la-restauration-lamena/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>18/12/2022</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...714 lines deleted...]
-      <c r="A61" s="1">
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
         <v>161669</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Développer les usages innovants du numérique</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Développer les usages  innovants du numérique</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H61" s="1" t="inlineStr">
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I61" s="1" t="inlineStr">
+      <c r="I41" s="1" t="inlineStr">
         <is>
           <t> Min : 50</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L61" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Pour favoriser leur duplicabilité et/ou leur extension par :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La mise en place ou le développement de projets expérimentaux, pilotes et/ou innovants&lt;/p&gt;&lt;p&gt;• Le soutien de poste d’animateur dédié au développement des usages et projets numériques répondant aux spécificités territoriales&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour favoriser l&amp;#039;innovation collective, le partage d’information et la transmission de &lt;/strong&gt;&lt;strong&gt;compétences grâce à la création des tiers-lieux numériques. &lt;/strong&gt;La Région finance les tiers-lieux d’idéation-expérimentation et de fabrication et médiation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour accompagner le développement des Micro-Folies. &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M61" s="1" t="inlineStr">
+      <c r="M41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour la Région, la transformation numérique passe par le développement d’usages innovants dans de nombreux domaines : tourisme / patrimoine, éducation, e-santé, agriculture … La collectivité accompagne les expérimentations de nouveaux usages du numérique.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Tourisme
 Technologies numériques et numérisation
 Tiers-lieux
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q61" s="1" t="inlineStr">
+      <c r="Q41" s="1" t="inlineStr">
         <is>
           <t>02/01/2027</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les projets seront sélectionnés selon
 plusieurs critères techniques : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;- &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’aspect
 innovant (expérimentation ou action novatrice territoriale) ou pilote
 (déploiement d’une expérimentation) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
 portée territoriale du projet (les projets de portée intercommunale et au-delà
 seront privilégiés) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
 proposition de contenus et de services numériques mis en œuvre ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’intégration
 de dispositif d’animation favorisant une bonne appropriation de l’action par le
 public cible ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;leur
 réplicabilité et interopérabilité ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;la
 participation aux réseaux (Ex : Association des tiers-lieux, Micro-Folies) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux de la donnée (ouverture,
 valorisation, protection, sécurisation…) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux du numérique
 responsable sur la base des 4 piliers du numérique responsable : numérique
 sobre, numérique au service du bien commun, numérique éthique et l’inclusion
 numérique …)&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S61" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Bourgogne-Franche-Comté</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
         <is>
           <t>https://www.bourgognefranchecomte.fr/</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt; Délégation à la Transformation Numérique  - contacts : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;France Guillemin 06 74 97 43 20 - &lt;a target="_self"&gt;france.guillemin&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;       &lt;/p&gt;&lt;p&gt;Anne-Claire Sanz 06 59 42 51 65  &lt;a href="mailto:anneclaire.sanz&amp;#64;bourgognefranchecomte.fr"&gt;anneclaire.sanz&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>france.guillemin@bourgognefranchecomte.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-usages-innovants-du-numerique/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB41" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC41" s="1" t="inlineStr">
+        <is>
+          <t>Région Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>22/02/2024</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-      <c r="A62" s="1">
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
         <v>165508</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Continent AI - 2026</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Continent AI - 2026</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
-Entreprise privée
-[...3 lines deleted...]
-      <c r="H62" s="1" t="inlineStr">
+Recherche
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;60,2 millions d&amp;#039;euros&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 60,2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL: 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE: 17.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP: 14.4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA: 1 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE: 3.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA: 1.8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP: 17 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL: 5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE: 17.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP: 14.4 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA: 1 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE: 3.5 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA: 1.8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP: entre 8 et 9 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : entre 50% et 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Améliorer l&amp;#039;infrastructure européenne de données génomiques en soutenant le déploiement d&amp;#039;outils avancés pour la conservation des donnée&lt;/li&gt;    &lt;li&gt;Renforcer la capacité des États membres à séquencer les génomes humains en développant des environnements dédiés et sécurisés de stockage et de traitement des données&lt;/li&gt;    &lt;li&gt;Accélérer l&amp;#039;adoption de solutions européennes basées sur l&amp;#039;IA qui sont prêtes à être déployées dans les établissements de santé pour les soins aux patients et à des fins de recherche&lt;/li&gt;    &lt;li&gt;Renforcer la compétitivité et le leadership en matière d&amp;#039;innovation du secteur automobile européen&lt;/li&gt;    &lt;li&gt;Coordonner et soutenir les projets pilotes mettant en œuvre l&amp;#039;intelligence artificielle générative (GenAI)&lt;/li&gt;    &lt;li&gt;Accroître la productivité et la capacité d&amp;#039;innovation grâce à des technologies de pointe dans le domaine des mondes virtuel&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires&lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action par topic :  &lt;ul&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-TOOL jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-DS-HEALTH-STORAGE jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP jusqu&amp;#039;à 48 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-ECAVA jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-AUTOMOTIVE jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-GENAI-PA jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP entre 48 et 60 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;  Des prolongations sont possibles, si elles sont dûment justifiées et font l&amp;#039;objet d&amp;#039;un amendement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-ai-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-2026-AI-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://digital-strategy.ec.europa.eu/en/activities/digital-programme" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN): &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P62" s="1" t="inlineStr">
+      <c r="P42" s="1" t="inlineStr">
         <is>
           <t>04/11/2025</t>
         </is>
       </c>
-      <c r="Q62" s="1" t="inlineStr">
+      <c r="Q42" s="1" t="inlineStr">
         <is>
           <t>03/03/2026</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Eligibilité&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/span&gt;&lt;br /&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- les pays non membres de l&amp;#039;UE (à l&amp;#039;exception des thèmes soumis à des restrictions ; voir dans le call document)&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/guidance/list-3rd-country-participation_digital_en.pdf" target="_self"&gt;liste des pays participants&lt;/a&gt;)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt; avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation). Pour la validation, ils seront invités à télécharger des documents attestant leur statut juridique et leur origine.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Un consortium composé :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 5 entités de 5 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-DS-HEALTH-STORAGE, DIGITAL-2026-AI-09-DS-HEALTH-TOOLS)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 7 entités de 7 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-SOLUTIONS-CANCER-STEP)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 3 entités de 3 pays éligibles différents doit être constitué (DIGITAL-2026-AI-09-GENAI-PA)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 3 entités doit être constitué (DIGITAL-2026-AI-09-ECAVA)&lt;/p&gt;&lt;p&gt;- d&amp;#039;au moins 4 entités de 3 pays éligibles différents dont : au moins un organisme de recherche et au moins une entreprise privée par secteur identifié dans l&amp;#039;appel (DIGITAL-2026-AI-09-VIRTUAL-TESTBEDS-STEP)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://www.welcomeurope.com/digital-europe-continent-ai-2026/</t>
         </is>
       </c>
-      <c r="W62" s="1" t="inlineStr">
+      <c r="W42" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=DIGITAL-2026-AI-09&amp;isExactMatch=true&amp;status=31094501,31094502,31094503&amp;order=DESC&amp;pageNumber=1&amp;pageSize=50&amp;sortBy=startDate</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;https://european-union.europa.eu/contact-eu/write-us_en&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-continent-ai-2026/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD42" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...168 lines deleted...]
-      <c r="A64" s="1">
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
         <v>50278</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Visualiser le déploiement du numérique à l'école</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’éducation et la formation professionnelle</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
+      <c r="H43" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L64" s="1" t="inlineStr">
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires met à votre disposition eCarto, un outil développé de manière collaborative par :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La Caisse des Dépôts ;
  &lt;/li&gt;
  &lt;li&gt;
   Le Ministère de l&amp;#039;Éducation nationale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  eCarto vous permet de prendre connaissance du déploiement du numérique éducatif au sein des 63 000 établissements scolaires français. Pour cela, il se base sur les données en open data relatives :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   À la connectivité des établissements ;
  &lt;/li&gt;
  &lt;li&gt;
   Aux équipements ;
  &lt;/li&gt;
  &lt;li&gt;
   Aux ressources ;
  &lt;/li&gt;
  &lt;li&gt;
   Et aux expérimentations.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T64" s="1" t="inlineStr">
+      <c r="T43" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_ecole_psat</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/27c6-obtenir-un-outil-permettant-de-visualiser-le-/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB43" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC43" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>02/07/2020</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="65" spans="1:27" customHeight="0">
-[...1071 lines deleted...]
-      <c r="G71" s="1" t="inlineStr">
+    <row r="44" spans="1:34" customHeight="0">
+      <c r="A44" s="1">
+        <v>101593</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transformation écologique et numérique des entreprises</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
-[...132 lines deleted...]
-      <c r="H72" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K72" s="1" t="inlineStr">
-[...296 lines deleted...]
-      <c r="L74" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Afin de contribuer à la transition écologique de votre territoire, les associations Initiative France proposent :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   de sensibiliser les porteurs de projets dans votre territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   d&amp;#039;analyser la &amp;#34;responsabilité écologique&amp;#34; des projets entrepreneuriaux du territoire lors de leur passage en comités d&amp;#039;agrément ;
  &lt;/li&gt;
  &lt;li&gt;
   de mobiliser des experts sur la thématique ;
  &lt;/li&gt;
  &lt;li&gt;
   de valoriser des projets à forte dimension sociale et environnementale via le label Initiative Remarquable ;
  &lt;/li&gt;
  &lt;li&gt;
   de favoriser la transition écologique agricole en soutenant les projets d&amp;#039;agriculture biologique, les circuits-courts, la diversification, les technologies agricoles performantes au niveau environnemental...
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Par ailleurs, pour accélérer la transformation numérique des TPE du territoire, le réseau Initiative France pourra :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   mettre à disposition des élus son réseau de partenaires  ;
  &lt;/li&gt;
  &lt;li&gt;
   intégrer la dimension numérique dans la stratégie de développement des entreprises soutenues par le réseau Initiative France ;
  &lt;/li&gt;
  &lt;li&gt;
   mobiliser des experts sur les questions numériques pour accompagner les entrepreneurs.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La capacité d&amp;#039;action du réseau sera conditionnée par les moyens mis à disposition des associations  France, qui pourront être co-construits avec les différents partenaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N74" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O74" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U74" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X74" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir cartographie sur
  &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer" rel="noopener" target="_blank"&gt;
   https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y74" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>julie.leveque@initiative-france.fr</t>
         </is>
       </c>
-      <c r="Z74" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a303-accelerer-la-transformation-ecologique-et-num/</t>
         </is>
       </c>
-      <c r="AA74" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB44" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC44" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="75" spans="1:27" customHeight="0">
-[...44 lines deleted...]
-      <c r="L75" s="1" t="inlineStr">
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
+        <v>97286</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une sauvegarde informatique et d'usage collaboratifs</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le soutien à la création est l&amp;#039;une des priorités de la politique culturelle régionale.
-[...1 lines deleted...]
-&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
  &lt;br /&gt;
- Dans le domaine du cinéma, de l&amp;#039;audiovisuel et de la création numérique, les aides régionales visent à soutenir les productions d&amp;#039;auteurs et de structures régionales et d&amp;#039;attirer en Pays de la Loire des projets de qualité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence technique met en place une
+ &lt;strong&gt;
+  sauvegarde de vos données
+ &lt;/strong&gt;
+ conformément aux standards de l&amp;#039;ANSSI
+ &lt;strong&gt;
+  en 3 supports
+ &lt;/strong&gt;
+ distincts dont une sauvegarde externalisée avec l&amp;#039;engagement de retrouver vos données sous 72 heures.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, l&amp;#039;ATD16 propose un
+ &lt;strong&gt;
+  cloud
+ &lt;/strong&gt;
+ souverain pour un
+ &lt;strong&gt;
+  usage collaboratif
+ &lt;/strong&gt;
+ de vos données en
+ &lt;strong&gt;
+  mode nomade
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Sauvegarde 3,2,1
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer des 3 copies de vos données, stockées sur 2 supports différents et une sauvegarde externalisée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils collaboratifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;un cloud souverain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accéder à ses données en synchronisation locale depuis différents appareils
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
  &lt;br /&gt;
- En partenariat avec le CNC, le fonds d&amp;#039;aide à la création a ainsi pour objectif de soutenir la diversité de la création, conforter la filière régionale et contribuer à la valorisation du territoire, dans toutes ses dimensions.
-[...2 lines deleted...]
- La Région aide la production de longs métrages, fictions télévisées, magazines, documentaires, courts métrages et œuvres numériques, en partenariat avec le CNC.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, option Sauvegarde 3,2,1 et usages collaboratifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sébastien Briongos - Responsable du service Matériel Systèmes et Réseaux -
+  &lt;a href="mailto:sbriongos&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   sbriongos&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
  &lt;br /&gt;
- Elle propose également des aides au développement, destinées à financer la réalisation de pilotes, la réécriture de scénarios de fictions, le développement de projets.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
-[...59 lines deleted...]
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b2fe-copie-13h15-beneficier-dune-assistance-numeri/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>09/07/2021</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G76" s="1" t="inlineStr">
+    <row r="46" spans="1:34" customHeight="0">
+      <c r="A46" s="1">
+        <v>120286</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Installer et maintenir des systèmes informatiques et réseaux</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Systèmes Informatiques et réseaux</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H76" s="1" t="inlineStr">
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K76" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L76" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Installation et maintenance d&amp;#039;équipements, infrastructures associées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur les enjeux et les solutions techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit du parc informatique de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;un compte-rendu sur l&amp;#039;existant et les orientations à prendre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vente de matériel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vente et installation de serveurs et ordinateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vente et installation de périphériques (imprimantes, bornes wifi, écrans, onduleurs, claviers/ souris, disques durs, cables et adaptateurs, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et configuration de kits de visioconférence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de hotspots wifi publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maintenance et assistance technique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service de maintenance du parc informatique, visites annuelles, dépannages sur site, supervision du serveur, antivirus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hotline téléphonique technique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tests de performances du cablage réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service de sauvegarde de données externalisée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Hébergement dans un DataCenter 100% public :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réservations et dépôts de noms de domaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de sites web
+ &lt;/li&gt;
+ &lt;li&gt;
+  Messagerie électronique et calendriers partagés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de serveurs dédiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Virtualisation de serveurs métiers pour un travail à distance
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/systemes-informatiques-reseaux/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Mixte Numérian
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 30 13 13
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.numerian.fr/"&gt;
+  www.numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
+  contact&amp;#64;numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94f3-systemes-informatiques-et-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB46" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF46" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG46" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH46" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:34" customHeight="0">
+      <c r="A47" s="1">
+        <v>120311</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné à l'informatisation de sa bibliothèque</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Informatisation des bibliothèques</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations d&amp;#039;informatisation ou de ré-informatisation de bibliothèque ou de réseau de bibliothèques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur les logiciels de gestion et portails internet des bibliothèques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visite sur place ou accompagnement à distance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;expression du besoin et à la définition du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des offres des fournisseurs existantes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visite sur place ou accompagnement à distance Réalisation d&amp;#039;une étude de faisabilité financière et technique du projet Aide à la méthode de gestion projet (organisation du chantier, calendrier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la sélection du prestataire et au suivi du chantier
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/informatisation-des-bibliotheques/</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Services des médiathèques
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Informatique et Numérique
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 78 41 90
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:jrieu&amp;#64;ladrome.fr"&gt;
+  jrieu&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9000-informatisation-des-bibliotheques/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB47" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF47" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG47" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH47" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:34" customHeight="0">
+      <c r="A48" s="1">
+        <v>77078</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Agence Alpine des Territoires (AGATE) - OPSN et CPIE</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous accompagnons aujourd&amp;#039;hui les collectivités locales dans leur transformation numérique afin qu&amp;#039;elle profite à leurs services et à tous les acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous les aidons également au quotidien dans l&amp;#039;utilisation de leurs logiciels de gestion communale grâce à notre équipe de spécialistes des logiciels BERGER LEVRAULT (éditeur de logiciels). Notre équipe les forme (sur site ou en séminaire) et les dépanne via notre ligne dédiée à l&amp;#039;assistance téléphonique (hotline).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Notre équipe géomatique est quant à elle une ressource à la fois interne et à disposition des collectivités pour structurer et exploiter les données, les spatialiser dans des bases de données et les rendre compréhensibles via des représentations efficaces et innovantes : cartographique ou datavisualisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement en matière d&amp;#039;inclusion numérique : diagnostic territoriaux, formation, animation de réseau, support  au déploiement de dispositifs - lieu de médiation numérique etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement en matière de gestion de projet numérique : incubateur de projet, formations aux usages numériques, démarche d&amp;#039;openData
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en gestion de données géographiques, production cartographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation, formation, assistance sur les logiciels de gestion de collectivité Berger-Levrault
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion à AGATE et/ou conventionnement en fonction du type d&amp;#039;aide ou d&amp;#039;accompagnement
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://agate-territoires.fr/domaines-dintervention/transition-numerique-geomatique-informatique/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ numerique&amp;#64;agate-territoires.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>edmond.wach@agate-territoires.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df1f-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB48" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG48" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2021</t>
+        </is>
+      </c>
+      <c r="AH48" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:34" customHeight="0">
+      <c r="A49" s="1">
+        <v>72405</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leur transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Centre de Gestion de la Fonction Publique Territoriale de Lot et Garonne - CDG 47  (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le CDG 47 s&amp;#039;est investi en faveur de l&amp;#039;informatisation des collectivités lot-et-garonnaises au travers d&amp;#039;étapes importantes.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement dans l&amp;#039;usage de progiciels de gestion depuis 1984;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en oeuvre du projet élu rural numérique en 2010 composé de quatre axes (la dématérialisation, la sécurité du système d&amp;#039;information, les services internet, l&amp;#039;information géographique);
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La signature d&amp;#039;un partenariat avec la DDFIP depuis 2013 afin d&amp;#039;avoir un rôle moteur dans le processus de dématérialisation de la chaîne comptable et financière.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Notre objectif constant est de jouer un rôle moteur dans l&amp;#039;optimisation de la gestion publique locale en développant en matière informatique et numérique une gamme d&amp;#039;outils et de services en lien avec les besoins du monde territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ Les champs de compétences :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Logiciels métiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurité du système d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation de la chaine comptable et budgétaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation des procédures de marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Télétransmission des actes soumis au contrôle de légalité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parapheur électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocations électroniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication électronique professionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délégué à la protection des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites Internet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système d&amp;#039;Information Géographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et organisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdg47.fr/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 05.53.48.00.70
+ &lt;/li&gt;
+ &lt;li&gt;
+  Courriel :
+   contact&amp;#64;cdg47.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>olivier.pommaret@cdg47.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b4a-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB49" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG49" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2020</t>
+        </is>
+      </c>
+      <c r="AH49" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:34" customHeight="0">
+      <c r="A50" s="1">
+        <v>72750</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>SITIV (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la modernisation numérique des collectivités territoriales
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en conformité RGS, RGI, RGAA et à la sécurisation des Systèmes d&amp;#039;information
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition de plateformes numériques de services
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Infrastructure,  télécoms, sécurité, système d&amp;#039;information, support et formations
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ adhésion et/ou conventionnement
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Rhône et Loire</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sitiv.fr</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ svangheluwe&amp;#64;sitiv.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>svangheluwe@sitiv.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b35f-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB50" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG50" s="1" t="inlineStr">
+        <is>
+          <t>09/12/2020</t>
+        </is>
+      </c>
+      <c r="AH50" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:34" customHeight="0">
+      <c r="A51" s="1">
+        <v>72809</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Intercommunal d’Energies, d'Equipement et d'Environnement de la Nièvre (SIEEEN) - Opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le SIEEEN, guichet unique informatique des collectivités nivernaises
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ En 1992, le SIEEEN reprend le programme d&amp;#039;informatisation des mairies initié quelques années plus tôt par l&amp;#039;Union Amicale des Maires de la Nièvre.
+&lt;/p&gt;
+&lt;p&gt;
+ En 2010, le Syndicat fonde le Service d&amp;#039;Informations TErritoriales des Collectivités (SITEC) afin d&amp;#039;optimiser son offre.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SITEC s&amp;#039;affirme  comme guichet unique informatique pour les collectivités. Il s&amp;#039;appuie sur des partenariats avec les éditeurs nationaux de logiciels collectivités présents sur le territoire nivernais.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : proposer un service et un accompagnement optimisés en représentant plus de 90 % des collectivités nivernaises.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Aujourd&amp;#039;hui, le SIEEEN met à disposition des collectivités de la Nièvre un véritable pôle de compétences numériques. Celui-ci intègre le conseil, les outils, l&amp;#039;expertise technique, la gestion des données complétées par les services habituels.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, le SITEC est structuré en 6 pôles de compétences :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Administration.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniques d&amp;#039;Information et de Communication (TIC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructure et Projets (IP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système d&amp;#039;Information Géographique (SIG)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Investissements.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Il accompagne 284 collectivités, 6 communautés de communes, 10 structures, ainsi que l&amp;#039;Agence Technique Départementale (ATD) dans la mise en œuvre de l&amp;#039;e-administration.
+&lt;/p&gt;
+&lt;p&gt;
+ Un Pack Services pour faciliter la transition numérique des collectivités
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le  SITEC regroupe au sein de son Pack Services une gamme enrichie de solutions matérielles et logicielles pour faciliter la transition numérique des collectivités. Celles-ci permettent la gestion, l&amp;#039;exploitation, l&amp;#039;optimisation et la sécurisation des systèmes d&amp;#039;information et du parc informatique. Le Pack Services est accessible aux collectivités adhérentes à la compétence statutaire numérique des services du SIEEEN.
+&lt;/p&gt;
+&lt;p&gt;
+ Il comprend notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès libre à un programme annuel de formations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;installation de matériels, logiciels et certificats.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La location de matériels ; l&amp;#039;assistance sur site matérielle et logicielle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La veille et l&amp;#039;information en ligne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plate-forme de dématérialisation des actes comptables et à Géo SIEEEN, le Système d&amp;#039;Information Géographique syndical.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mise à disposition d&amp;#039;un connecteur PASRAU (Prélèvement à la Source pour les Revenus Autres).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La sauvegarde externalisée des données sur Datacenter
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion au Pack Services est de 5 € par habitant pour les communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communautés de communes, elle est calculée en fonction du pourcentage de la population, complétée par un forfait selon le nombre de postes à gérer.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les autres collectivités, elle est déterminée selon leur bilan comptable. Les non-adhérents peuvent également bénéficier de l&amp;#039;ingénierie numérique du SIEEEN grâce aux prestations de services.
+&lt;/p&gt;
+&lt;p&gt;
+ La compétence NTIC du SIEEEN ou l&amp;#039;infogérance adaptée aux collectivités
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les collectivités adhérentes au Pack Services ou recourant aux prestations de services SIEEEN bénéficient :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une assistance en hotline ou sur site : logiciels métiers, logiciels SIEEEN, matériels informatiques, Déclaration automatisée des données sociales unifiées (DADSU).
+&lt;/p&gt;
+&lt;p&gt;
+ De la maintenance matérielle.
+&lt;/p&gt;
+&lt;p&gt;
+ Des fournitures et des installations de matériels informatiques et de logiciels bureautiques et métiers.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un accompagnement stratégique : dématérialisation, certificat électronique, audit du système d&amp;#039;information, conseil aux choix de matériels et logiciels, aide à la décision et journées thématiques destinés aux décideurs et agents...
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un enrichissement de données stratégiques : cartographie et Plan de Corps de Rue Simplifié (PCRS).
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un programme de formations annuelles...
+ &lt;br /&gt;
+ &lt;br /&gt;
+ À travers l&amp;#039;offre globale et la gamme complète de services du SITEC, les collectivités nivernaises peuvent disposer d&amp;#039;un service d&amp;#039;infogérance expert et se concentrer pleinement sur leurs missions.
+&lt;/p&gt;
+&lt;p&gt;
+ Quelques chiffres clés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1 200 Postes informatiques en maintenance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 Ecoles et 41 autres (SIAEP, coopératives, maison de l&amp;#039;emploi, ....)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 207 installations, dépannages et migrations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  8 000 appels en hotline /an
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Informatisation complètes d&amp;#039;écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité au RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et accompagnement technique sur l&amp;#039;opendata
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;une plateforme de messagerie à destination des collectivités adhérentes
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent du Sieeen de manière statutaire ou en prestations
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieeen.fr</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ franck.lanfranchi&amp;#64;sieeen.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>franck.lanfranchi@sieeen.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833a-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB51" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG51" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2020</t>
+        </is>
+      </c>
+      <c r="AH51" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:34" customHeight="0">
+      <c r="A52" s="1">
+        <v>73837</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Pôle Numérique du CDG46 (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Centre de Gestion de la Fonction Publique Territoriale du Lot conseille et accompagne, dans le domaine du numérique, autour de 5 services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Protection des données (RGPD)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Progiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation (Actes / Hélios / marchés publics / convocations aux assemblées / etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Internet (création de sites web, messagerie, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Préparation et accompagnement du changement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de transformation numérique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et création de sites web de services publics.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation continue des agents publics sur les outils numériques des services du CDG.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le numérique étant une mission facultative, les collectivités et établissements publics du Lot qui veulent en bénéficier doivent conventionner.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdg46.fr/</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le formulaire de contact sur https://www.cdg46.fr/
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>frederic.frances@cdg46.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbdc-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB52" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG52" s="1" t="inlineStr">
+        <is>
+          <t>06/01/2021</t>
+        </is>
+      </c>
+      <c r="AH52" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:34" customHeight="0">
+      <c r="A53" s="1">
+        <v>115168</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les archives communales et intercommunales numériques</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des archives communales et intercommunales numériques</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Accompagner les communes dans leurs obligations règlementaires de conservation et de communication de leurs documents numériques.
 &lt;/p&gt;
 &lt;p&gt;
  Prestation réglementaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Champs d&amp;#039;intervention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Collecte automatisée des documents.
  &lt;/li&gt;
  &lt;li&gt;
   Conservation et communication réglementaires des documents.
  &lt;/li&gt;
  &lt;li&gt;
   À terme, possibilité de gérer les procédures d&amp;#039;élimination réglementaire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Modalités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Signer une convention tripartite entre le représentant légal de la commune ou de l&amp;#039;EPCI, le Président du Conseil départemental et le directeur des archives départementales, chargé du contrôle scientifique et technique des archives publiques.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N76" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O76" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Communes et EPCI de moins de 20.000 habitants adhérents à la société SPL-Xdemat.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S76" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Aube</t>
         </is>
       </c>
-      <c r="V76" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://www.aube.fr/Aide/91/18-gestion-des-archives-communales-et-intercommunales-numeriques.htm</t>
         </is>
       </c>
-      <c r="X76" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mail :
  &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
   departement&amp;#64;aube.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y76" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>laetitia.hunin@aube.fr</t>
         </is>
       </c>
-      <c r="Z76" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/485f-gerer-les-archives-communales-et-intercommuna/</t>
         </is>
       </c>
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="AE53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG53" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2022</t>
+        </is>
+      </c>
+      <c r="AH53" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-      <c r="A77" s="1">
+    <row r="54" spans="1:34" customHeight="0">
+      <c r="A54" s="1">
         <v>117490</v>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans l'inclusion numérique du territoire</t>
         </is>
       </c>
-      <c r="D77" s="1" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>L’investissement dans l’économie inclusive</t>
         </is>
       </c>
-      <c r="E77" s="1" t="inlineStr">
+      <c r="E54" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G77" s="1" t="inlineStr">
+      <c r="G54" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H77" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K77" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L77" s="1" t="inlineStr">
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires propose un accompagnement visant à l&amp;#039;inclusion numérique par le biais de 15 Hubs territoriaux. Il s&amp;#039;adresse aux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acteurs de l&amp;#039;inclusion numérique : identification comme acteur dédié, formation des médiateurs numériques, mise en place d&amp;#039;un projet d&amp;#039;inclusion numérique (montage financier, recherche de financement, conception de l&amp;#039;offre, etc.), organisation d&amp;#039;un événement consacré à l&amp;#039;inclusion numérique, information et actualités sur le sujet ;
  &lt;/li&gt;
  &lt;li&gt;
   Aux collectivités territoriales : diagnostic de l&amp;#039;inclusion numérique territoriale (acteurs en présence, offres, etc.), création d&amp;#039;une politique publique d&amp;#039;inclusion numérique, formation des agents et organisation d&amp;#039;événements dédiés.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;accompagnement de la Banque des Territoires vise plusieurs objectifs :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Créer des synergies entre les écosystèmes d&amp;#039;inclusion numérique : identification des lieux de médiation, évaluation des capacités territoriales, étude de l&amp;#039;accessibilité des services et analyse de leur adéquation avec les besoins des territoires ;
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la création ou le développement des projets d&amp;#039;inclusion numérique : formation, mise à disposition d&amp;#039;outils et recherche de financement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Economie sociale et solidaire
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O77" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V77" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_inclusif_psat</t>
         </is>
       </c>
-      <c r="X77" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Contactez le Hub de votre région
   : AAP-Hubsinclusifs&amp;#64;caissedesdepots.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z77" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/efd8-etre-accompagne-dans-linclusion-numerique-du-/</t>
         </is>
       </c>
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB54" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC54" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG54" s="1" t="inlineStr">
+        <is>
+          <t>26/04/2022</t>
+        </is>
+      </c>
+      <c r="AH54" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...395 lines deleted...]
-      <c r="G80" s="1" t="inlineStr">
+    <row r="55" spans="1:34" customHeight="0">
+      <c r="A55" s="1">
+        <v>165510</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>DIGITAL EUROPE - Actions de soutien au programme - 2026</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
-[...5 lines deleted...]
-      <c r="K80" s="1" t="inlineStr">
+Recherche
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="O80" s="1" t="inlineStr">
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;1,8 million d&amp;#039;euros&lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Montant de la subvention : 1,8 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 100% du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Soutenir la coordination et le renforcement des capacités des points de contact nationaux (PCN) pour le programme&lt;/li&gt;    &lt;li&gt;Stimuler la mise en œuvre des politiques numériques de l&amp;#039;UE, la visibilité et l&amp;#039;impact du programme, ainsi que la diffusion et l&amp;#039;exploitation à long terme des résultats&lt;/li&gt;    &lt;li&gt;Renforcer le caractère transnational des activités du réseau, dans le but d&amp;#039;encourager davantage la collaboration&lt;/li&gt;    &lt;li&gt;Aider les PCN à mieux faire connaître le programme « Europe numérique » et les politiques numériques de l&amp;#039;UE&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Priorité 1 : faciliter la coopération transnationale entre les PCN&lt;/li&gt;    &lt;li&gt;Priorité 2 : fournir un cadre qui favorisera la participation au programme et maximisera la sensibilisation générale à celui-ci&lt;/li&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Activités sur-mesure&lt;/li&gt;    &lt;li&gt;Activités transfrontalières&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;  &lt;/ul&gt;     &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action : jusqu&amp;#039;à 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;Des extensions sont possibles si elles sont dument justifiées par un amendement&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/digital/wp-call/2026/call-fiche_digital-2026-support-09_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Click here" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/DIGITAL-2026-SUPPORT-09-NCP-NETWORK?isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;callIdentifier&amp;#61;DIGITAL-2026-SUPPORT-09&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Click here" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q80" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="P55" s="1" t="inlineStr">
+        <is>
+          <t>04/11/2025</t>
+        </is>
+      </c>
+      <c r="Q55" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Eligibilité :&lt;/p&gt;&lt;p&gt;- Etre des personnes morales (organismes publics ou privés)&lt;/p&gt;&lt;p&gt;- Etre établies dans l&amp;#039;un des pays éligibles, à savoir :&lt;/p&gt;&lt;p&gt;  - les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;  - les pays non membres de l&amp;#039;UE :&lt;/p&gt;&lt;p&gt;     - les pays de l&amp;#039;EEE et les pays associés au programme « Europe numérique » (liste des pays participants)&lt;/p&gt;&lt;p&gt;- Les bénéficiaires et les entités doivent s&amp;#039;inscrire dans le registre des participants avant de soumettre leur proposition et devront être validés par le service central de validation (REA Validation).&lt;/p&gt;&lt;p&gt;- Un consortium composé d&amp;#039;au moins une entité établie dans un État membre et d&amp;#039;au moins deux candidats indépendants supplémentaires, chacun établi dans un État membre ou un pays associé différent, doit être constitué.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;contact : https://european-union.europa.eu/contact-eu/write-us_fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-actions-de-soutien-au-programme-2026/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD55" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF55" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG55" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH55" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-      <c r="A81" s="1">
+    <row r="56" spans="1:34" customHeight="0">
+      <c r="A56" s="1">
         <v>165131</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Accompagner les offices de tourisme à la transformation digitale</t>
         </is>
       </c>
-      <c r="D81" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Accompagner les offices de tourisme à la transformation digitale</t>
         </is>
       </c>
-      <c r="E81" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G81" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H81" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L81" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous êtes un office de tourisme dans le Grand Est et vous souhaitez acquérir des solutions digitales et d’équipements innovants ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale d’un montant maximum de 5 000 € : &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt; &lt;/strong&gt;&lt;strong&gt;Des &lt;/strong&gt;&lt;strong&gt;dépenses (minimum de 10 000 €) remboursées jusqu’à 50% &lt;/strong&gt;&lt;strong&gt;du montant &lt;/strong&gt;&lt;strong&gt;HT / TTC &lt;/strong&gt;&lt;strong&gt;de votre projet&lt;/strong&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Votre projet concerne l’acquisition de&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;strong&gt;Progiciels &lt;/strong&gt;: progiciel de gestion, de gestion commerciale ou de relation client, de gestion et contrôle, etc.&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Logiciels&lt;/strong&gt;: logiciel de gestion RH/comptable/gestion électronique des documents, logiciel de visites virtuelles, etc.&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Sites web marchand&lt;/strong&gt;: site internet permettant d’acheter ou de réserver en ligne, création de contenu, etc.&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Applications mobiles &lt;/strong&gt;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Outils de travail collaboratifs&lt;/strong&gt;: intranet, logiciel de gestion de projet global, plateforme collaborative d’échanges… ;&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Equipements &lt;/strong&gt;: matériel nécessaire à l’utilisation optimale d’une solution développée ci-dessus en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Expérience augmentée &lt;/strong&gt;: matériels, applications et logiciels permettant l’accès à une réalité virtuelle pour les utilisateurs&lt;/li&gt;
 &lt;li&gt;&lt;strong&gt;Prestation de photos ou vidéos &lt;/strong&gt;: images permettant la valorisation du territoire concerné pour alimenter un site internet ou une animation spécifique&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Montant de l’aide régionale&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Le montant minimum de dépenses devra atteindre au moins 10 000 €. Votre montant d’aide maximal &amp;#61; 50 % du montant des dépenses retenues en € HT/TTC.&lt;/strong&gt;&lt;br /&gt;
 &lt;strong&gt;Plafond de 5 000 €&lt;/strong&gt; (pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous)&lt;/p&gt;
 &lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Les achats de licences et logiciels&lt;/li&gt;
 &lt;li&gt;Les frais de paramétrage et de conception d’une solution numérique&lt;/li&gt;
 &lt;li&gt;Les frais de formation inhérent aux nouveaux équipements&lt;/li&gt;
 &lt;li&gt;Les investissements liés au développement d’un service (site internet/intranet/application)&lt;/li&gt;
 &lt;li&gt;Toutes les dépenses liées à des prestations visuelles valorisant le territoire concerné (vidéos, photos…)&lt;/li&gt;
 &lt;li&gt;Toutes les dépenses liées à l’expérience augmentée : casques immersifs, vidéos 3D, hologrammes, tables interactives et/ou immersives, bornes interactives, objets connectés, solutions innovantes d’aide à la visite ou d’interprétation, applications, logiciels, etc.&lt;/li&gt;
 &lt;li&gt;Tous les équipements nécessaires à l’utilisation optimale d’une solution développée en lien avec l’acquisition d’un progiciel ou d’un logiciel (caisse numérique, serveur, audio-guides, tablette, PC…)&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Sont exclus :&lt;br /&gt;
 &lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Le renouvellement du parc informatique seul&lt;/li&gt;
 &lt;li&gt;Les abonnements&lt;/li&gt;
 &lt;li&gt;Les contrats et autres services en location&lt;/li&gt;
 &lt;li&gt;Les frais d’expédition&lt;/li&gt;
 &lt;li&gt;Les contrats de maintenance&lt;/li&gt;
 &lt;li&gt;Les petites fournitures et accessoires&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt; &lt;/p&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;Déposez votre demande en ligne,&lt;strong&gt; uniquement, &lt;/strong&gt;avant signature de devis et avant le début de l’achat. Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.²&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O81" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P81" s="1" t="inlineStr">
+      <c r="P56" s="1" t="inlineStr">
         <is>
           <t>29/01/2024</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V81" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/offices-tourisme-transformation-digitale/</t>
         </is>
       </c>
-      <c r="W81" s="1" t="inlineStr">
+      <c r="W56" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0270/depot/simple</t>
         </is>
       </c>
-      <c r="X81" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contactez :&lt;/p&gt;&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z81" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-offices-de-tourisme-a-la-transformation-digitale/</t>
         </is>
       </c>
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF56" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG56" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH56" s="1" t="inlineStr">
+        <is>
+          <t>03/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G82" s="1" t="inlineStr">
+    <row r="57" spans="1:34" customHeight="0">
+      <c r="A57" s="1">
+        <v>164713</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les Technologies et les vecteurs énergétiques innovants</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Technologies et vecteurs énergétiques innovants</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
+Recherche
+Agriculteur
 Entreprise privée
-Recherche</t>
-[...7 lines deleted...]
-      <c r="K82" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O82" s="1" t="inlineStr">
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02. Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt; Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt; Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet
+Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Aide à l&amp;#039;investissement &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt; Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;/p&gt;&lt;p&gt; Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.
+Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.
+Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Forêts
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P82" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/technologies-et-vecteurs-energetiques-innovants</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/technologies-et-vecteurs-energetiques-innovants/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB57" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AD57" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF57" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG57" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2025</t>
+        </is>
+      </c>
+      <c r="AH57" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-      <c r="A83" s="1">
+    <row r="58" spans="1:34" customHeight="0">
+      <c r="A58" s="1">
         <v>116786</v>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Encourager les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales - Label Territoire Numérique Libre</t>
         </is>
       </c>
-      <c r="D83" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Label Territoire Numérique Libre</t>
         </is>
       </c>
-      <c r="E83" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>ADULLACT (Association des Développeurs et Utilisateurs de Logiciels Libres pour les Administrations et les Collectivités Territoriales)</t>
         </is>
       </c>
-      <c r="G83" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Recherche</t>
         </is>
       </c>
-      <c r="H83" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K83" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L83" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis 2016, le label Territoire Numérique Libre encourage les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales, en valorisant les choix stratégiques et techniques mis en place sur le territoire : mise en place d&amp;#039;une stratégie en faveur du libre, utilisation de logiciels et systèmes libres, mise à disposition des données publiques (open data), etc.
  &lt;br /&gt;
  &lt;br /&gt;
  Il récompense la mutualisation des ressources, le bon usage de l&amp;#039;argent public, et toutes les initiatives en faveur des biens communs numériques sur le territoire.
  &lt;br /&gt;
  &lt;br /&gt;
  Le label Territoire Numérique Libre a été créé pour mettre en lumière les initiatives libres des collectivités, pour les promouvoir auprès des élus, des autres collectivités et des citoyens. C&amp;#039;est un marqueur fort pour toutes les collectivités engagées dans une démarche &amp;#34;Libre&amp;#34;.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La candidature au label Territoire Numérique Libre est gratuite, et ne nécessite aucune adhésion préalable.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://territoire-numerique-libre.org/le-label/" rel="noopener" target="_blank"&gt;
   Visitez notre site web pour plus d&amp;#039;informations.
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N83" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O83" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Si ...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   votre collectivité utilise au moins un logiciel libre, dans ses services ou établissements scolaires,
  &lt;/li&gt;
  &lt;li&gt;
   vous avez entrepris d&amp;#039;ouvrir vos données publiques (open data),
  &lt;/li&gt;
  &lt;li&gt;
   vous favorisez l&amp;#039;utilisation de formats de fichiers ouverts,
  &lt;/li&gt;
  &lt;li&gt;
   les initiatives numériques libres sont encouragées sur votre territoire ...
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  ... alors, vous êtes déjà un Territoire Numérique Libre !
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toutes les collectivités territoriales françaises de métropole ou d&amp;#039;outre-mer peuvent participer : villes, métropoles, communautés de communes, communautés d&amp;#039;agglomération, départements, régions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  Il suffit de désigner un·e élu·e référent et un·e personne responsable de la candidature, et de compléter le questionnaire de candidature en ligne. La participation au label est entièrement gratuite, seule la fabrication de la signalétique est à la charge des collectivités lauréates.
 &lt;/p&gt;
 &lt;p&gt;
  Vous trouverez davantage d&amp;#039;informations sur notre page pour
  &lt;a href="https://territoire-numerique-libre.org/candidat/" rel="noopener" target="_blank"&gt;
   Être candidat
  &lt;/a&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S83" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V83" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://territoire-numerique-libre.org/le-label/</t>
         </is>
       </c>
-      <c r="X83" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Camille TILLATTE
  &lt;br /&gt;
  Chargée de Marketing et Communication à l&amp;#039;ADULLACT
  &lt;br /&gt;
  label&amp;#64;territoire-numerique-libre.org
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y83" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>camille.tillatte@adullact.org</t>
         </is>
       </c>
-      <c r="Z83" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e457-encourager-les-usages-numeriques-libres-ouver/</t>
         </is>
       </c>
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB58" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC58" s="1" t="inlineStr">
+        <is>
+          <t>ADULLACT</t>
+        </is>
+      </c>
+      <c r="AE58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG58" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2022</t>
+        </is>
+      </c>
+      <c r="AH58" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-      <c r="A84" s="1">
+    <row r="59" spans="1:34" customHeight="0">
+      <c r="A59" s="1">
         <v>63649</v>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités à la transformation numérique - Métiers support</t>
         </is>
       </c>
-      <c r="C84" s="1" t="inlineStr">
+      <c r="C59" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E84" s="1" t="inlineStr">
+      <c r="E59" s="1" t="inlineStr">
         <is>
           <t>Agence Technique Départementale 24 - ATD (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G84" s="1" t="inlineStr">
+      <c r="G59" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
+      <c r="H59" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K84" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L84" s="1" t="inlineStr">
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Depuis plus de 25 ans, l&amp;#039;ATD24 assiste les collectivités dans leur usage
 numérique quotidien et cherche les solutions innovantes pour faciliter la
 transformation et bénéficier au maximum des possibilités offertes par les outils numériques.
 &lt;/p&gt;
 &lt;p&gt;
  Les 348 collectivités adhérentes au service ont accès aux
 logiciels : Paie, Gestion financière, Élection, Etat-civil.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ceuxci sont en lien automatisé avec les différentes plateformes
 nationales, Chorus, Helios, Net-Entreprises, Insee.
 &lt;/p&gt;
 &lt;p&gt;
  Nos missions :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Fourniture et maintenance des logiciels
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
@@ -14811,741 +12135,193 @@
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Paramétrage des comptes utilisateurs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Paramétrage des logiciels
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Formations initiales et complémentaires
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Réunions d&amp;#039;informations
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Assistance quotidienne
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N84" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O84" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sous convention
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S84" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>Dordogne</t>
         </is>
       </c>
-      <c r="V84" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>http://atd24.fr</t>
         </is>
       </c>
-      <c r="X84" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ATD24
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction Gestion des territoires
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  05 53 06 65 65
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  atd24&amp;#64;atd24.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y84" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>d.papon@atd24.fr</t>
         </is>
       </c>
-      <c r="Z84" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2152-accompagnement-a-la-transformation-numerique/</t>
         </is>
       </c>
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB59" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC59" s="1" t="inlineStr">
+        <is>
+          <t>ATD24</t>
+        </is>
+      </c>
+      <c r="AE59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG59" s="1" t="inlineStr">
+        <is>
+          <t>12/10/2020</t>
+        </is>
+      </c>
+      <c r="AH59" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-[...578 lines deleted...]
-      <c r="A88" s="1">
+    <row r="60" spans="1:34" customHeight="0">
+      <c r="A60" s="1">
         <v>101387</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Financer la santé numérique et les services liés au prendre soin</t>
         </is>
       </c>
-      <c r="D88" s="1" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E60" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G60" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H88" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="L88" s="1" t="inlineStr">
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Prêt
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
 entreprise privée (opérateur, investisseur, exploitant ou société de services
 portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
 entreprise à mission ou corporate venture) et vous développez un projet de
@@ -15554,2199 +12330,1621 @@
 d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
 propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
 service lié à la e-santé et au médico-social, comme la transition numérique des
 établissements de santé, l’usage du numérique pour la prévention, les
 technologies innovantes au service des soignants, ou encore un service à impact
 social lié au prendre soin dans la santé, le vieillissement, le handicap, la
 petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
 « tiers de confiance », la Banque des Territoires propose de financer
 les projets portant une logique d’intérêt général sous la forme d’apports en
 capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
 d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
 aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
 la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
 données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
 de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
 sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
 des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
 &lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
 l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
 transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
 et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N60" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Santé
 Technologies numériques et numérisation
 Sécurité</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O60" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S60" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
+      <c r="T60" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U60" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V60" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X60" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y60" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z60" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA60" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB60" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place de la télémedecine</t>
+        </is>
+      </c>
+      <c r="AC60" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG60" s="1" t="inlineStr">
+        <is>
+          <t>07/09/2021</t>
+        </is>
+      </c>
+      <c r="AH60" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-      <c r="A89" s="1">
+    <row r="61" spans="1:34" customHeight="0">
+      <c r="A61" s="1">
+        <v>92609</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le déploiement des outils et projets numériques au service du développement touristique</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Aide maximale de 10 K€ par projet dans la limite de 50 K€ par an</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs du tourisme, afin de mieux répondre aux attentes des visiteurs et renouveler les expériences de découverte des sites et lieux qu&amp;#039;ils promeuvent ou gèrent, doivent s&amp;#039;adapter et proposer des solutions innovantes pour contribuer à bâtir le tourisme de demain.
+En matière d&amp;#039;attractivité touristique et d&amp;#039;outil de découverte, le numérique a un rôle fort à jouer et est indispensable pour le renforcement de l&amp;#039;attractivité des sites touristiques du Vaucluse.
+Le Département souhaite fournir des services innovants et de qualité aux touristes et accompagner financièrement les EPCI, OT et OTI dans leurs projets de développement numériques afin de stimuler l&amp;#039;innovation au sein de la filière du tourisme.
+L&amp;#039;usage du numérique devra par ailleurs aider les acteurs du secteur touristique à intégrer plus rapidement des innovations utiles à leur développement dans la période post-épidémie Covid 19.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de mise en place d&amp;#039;outils de découverte et de valorisation numérique,  applications numériques ou parcours numériques individualisés ou collectifs (sites intérieurs ou extérieurs).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme communaux ou intercommunaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une attention particulière sera portée :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;articulation du projet avec les acteurs du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la liaison entre le projet et la stratégie de communication portée par Vaucluse Provence Attractivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la bonne connexion du projet et le réseau de bornes wifi touristique du Département et en particulier à la web application de valorisation des sites touristiques du Vaucluse
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la dimension durable du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7b5-soutenir-le-deploiement-des-outils-et-projets/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB61" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG61" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH61" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:34" customHeight="0">
+      <c r="A62" s="1">
+        <v>117579</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'inclusion numérique des TPE au sein du territoire</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose une offre d&amp;#039;accompagnement pour favoriser l&amp;#039;inclusion numérique des TPE au sein du territoire. À cet effet, un AMI (Appel à Manifestation d&amp;#039;Intérêt) a été lancé en novembre 2021.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du Plan de Relance, différentes actions ont déjà été entreprises. C&amp;#039;est notamment le cas de l&amp;#039;expérimentation du service Clic&amp;amp;Connect qui avait permis d&amp;#039;apporter un soutien numérique aux TPE et PME (assistance par téléphone et Internet pour accompagner les petites entreprises dans leurs défis numériques du quotidien).
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires s&amp;#039;appuie sur de nombreuses expériences en matière d&amp;#039;inclusion numérique pour accompagner les TPE :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement auprès de l&amp;#039;opérateur du Pass Numérique #APTIC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des Hubs pour favoriser un numérique inclusif ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation au déploiement du programme France Services ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mandat des conseillers numériques du programme France Services pour le compte de l&amp;#039;État.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_numerique_tpe_psat</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d03-favoriser-linclusion-numerique-des-tpe-au-sei/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC62" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG62" s="1" t="inlineStr">
+        <is>
+          <t>10/05/2022</t>
+        </is>
+      </c>
+      <c r="AH62" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:34" customHeight="0">
+      <c r="A63" s="1">
         <v>111653</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Expérimenter de nouvelles ressources numériques pour les bibliothèques et médiathèques</t>
         </is>
       </c>
-      <c r="D89" s="1" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Culture et action extérieure : Bibliothèques et médiathèques</t>
         </is>
       </c>
-      <c r="E89" s="1" t="inlineStr">
+      <c r="E63" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G89" s="1" t="inlineStr">
+      <c r="G63" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H89" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J89" s="1" t="inlineStr">
+      <c r="J63" s="1" t="inlineStr">
         <is>
           <t>2.000€ maximum par territoire.</t>
         </is>
       </c>
-      <c r="K89" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L89" s="1" t="inlineStr">
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bibliothèques et médiathèques : aide aux intercommunalités du Nord-Essonne, pour expérimenter de nouvelles ressources numériques visant à enrichir les offres numériques existantes des intercommunalités.
 &lt;/p&gt;
 &lt;p&gt;
  Dispositif annuel, renouvelable un an pour la même ressource.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2017-02-0021 (AD du 13/11/2017)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N89" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Technologies numériques et numérisation
 Animation et mise en réseau
 Médias et communication</t>
         </is>
       </c>
-      <c r="O89" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R89" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Intercommunalités du Nord-Essonne.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S89" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T89" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U89" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X89" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la culture et de l&amp;#039;action internationale
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 93 52
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y89" s="1" t="inlineStr">
+      <c r="Y63" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z89" s="1" t="inlineStr">
+      <c r="Z63" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7a2b-experimenter-de-nouvelles-ressources-numeriqu/</t>
         </is>
       </c>
-      <c r="AA89" s="1" t="inlineStr">
+      <c r="AA63" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG63" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH63" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="90" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H90" s="1" t="inlineStr">
+    <row r="64" spans="1:34" customHeight="0">
+      <c r="A64" s="1">
+        <v>101570</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir un tiers-lieu de formation numérique "Village Afpa"</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale pour la Formation Professionnelle des Adultes (AFPA)</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K90" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L90" s="1" t="inlineStr">
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La Banque des Territoires propose une offre d&amp;#039;accompagnement pour favoriser l&amp;#039;inclusion numérique des TPE au sein du territoire. À cet effet, un AMI (Appel à Manifestation d&amp;#039;Intérêt) a été lancé en novembre 2021.
-[...5 lines deleted...]
- La Banque des Territoires s&amp;#039;appuie sur de nombreuses expériences en matière d&amp;#039;inclusion numérique pour accompagner les TPE :
+ Vous souhaitez développer sur votre territoire un espace de formation numérique à destination de vos habitants et entreprises.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;AFPA propose de travailler avec les collectivités à la création et l&amp;#039;animation d&amp;#039;un tiers-lieu d&amp;#039;insertion professionnelle et de formation numérique à distance (création d&amp;#039;espaces de CoLearning (Offre Territoire digital de l&amp;#039;Afpa) et d&amp;#039;espaces de coworking (Programme « Village Afpa »)).  Ces espaces permettent :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Investissement auprès de l&amp;#039;opérateur du Pass Numérique #APTIC ;
-[...8 lines deleted...]
-  Mandat des conseillers numériques du programme France Services pour le compte de l&amp;#039;État.
+  L&amp;#039;accès à des équipements numériques pour suivre une formation ou bénéficier d&amp;#039;un accompagnement à distance;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La présence d&amp;#039;un facilitateur numérique de formation pour encadrer les apprentissages et les parcours, recruté localement par la structure d&amp;#039;exploitation de l&amp;#039;espace et formé par l&amp;#039;Afpa pour mener à bien cette mission (titre professionnel de « Responsable d&amp;#039;espace de médiation numérique » du ministère du travail);
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plateforme de e-Learning Métis regroupant plus de 250 parcours de formation et des dispositifs d&amp;#039;accompagnement vers l&amp;#039;emploi (Prépa compétences en ligne) et s&amp;#039;enrichissant en permanence de parcours proposés par ses partenaires;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation à distance des formations et prestations d&amp;#039;accompagnement par un réseau de formateurs (Afpa et partenaires) répartis sur l&amp;#039;ensemble du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accueil sur place pour informer sur les dispositifs d&amp;#039;insertion professionnelle (La promo 16.18 pour les décrocheurs scolaires, Prépa compétences pour les demandeurs d&amp;#039;emploi, Hope pour les réfugiés, Déclic pour l&amp;#039;action pour les 16-25 ans...) et pour conseiller sur les parcours de formation professionnelle et d&amp;#039;&amp;#039;apprentissage permettant d&amp;#039;évoluer professionnellement ou de retrouver un emploi.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N90" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O90" s="1" t="inlineStr">
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S90" s="1" t="inlineStr">
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U90" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X90" s="1" t="inlineStr">
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...452 lines deleted...]
-  &lt;/span&gt;
+ Contactez Chris Trouvat :
+ &lt;a href="mailto:chris.trouvat&amp;#64;afpa.fr" rel="noopener" target="_blank"&gt;
+  chris.trouvat&amp;#64;afpa.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y92" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d278-accueillir-un-tiers-lieu-de-formation-numeriq/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB64" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC64" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires</t>
+        </is>
+      </c>
+      <c r="AE64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG64" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH64" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G93" s="1" t="inlineStr">
+    <row r="65" spans="1:34" customHeight="0">
+      <c r="A65" s="1">
+        <v>92601</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la mise en œuvre d’actions innovantes en matière d’usages et de services numériques</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actions (y compris études préalables) relatives aux réponses à améliorer en matière de services offerts aux habitants grâce à des services et outils numériques en lien avec les compétences et les politiques publiques départementales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les actions financées devront s&amp;#039;inscrire dans les grands enjeux des Schémas départementaux, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets participant directement ou indirectement à une aide à une entreprise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets ne rentrant pas dans les domaines de compétence soutenables par le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de location de locaux et/ou de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le renouvellement d&amp;#039;un soutien d&amp;#039;une action déjà subventionnée par le Département
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5aca-soutenir-la-mise-en-uvre-dactions-innovantes-/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG65" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH65" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:34" customHeight="0">
+      <c r="A66" s="1">
+        <v>120289</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de formations et d'actions de sensibilisation aux nouveaux usages numériques</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux usages numériques</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...15 lines deleted...]
-      <c r="L93" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le syndicat mixte régional e-Collectivités, opérateur public de services numériques, est une structure dédiée au développement de l&amp;#039;administration électronique et à la transformation numérique des collectivités territoriales de la région Pays de la Loire.
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Formations, actions de sensibilisation, ateliers spécifiques, conseil et accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une intervention collective par territoire ou auprès des adhérents / membres / partenaires (1/2 journée)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une intervention par structure auprès des équipes (1/2 journée)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour créer un espace de co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux ressources et équipements du Moulin Digital :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ – Deux journées de coworking pour une personne à ROVALTAIN
+ &lt;br /&gt;
+ – Une journée d&amp;#039;utilisation de la salle de réunion du moulin digital, équipée de visioconférence
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour la mise en place de projets innovants, d&amp;#039;actions de sensibilisation au numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations de conseil pour l&amp;#039;organisation d&amp;#039;événements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition de la stratégie numérique des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Animation de formations numériques à destination des agents de la collectivité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organisation de Café-outils ou « 1h pour... » dans les territoires
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/nouveaux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Moulin Digital
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 83 50 58
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;lemoulindigital.fr"&gt;
+  contact&amp;#64;lemoulindigital.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://lemoulindigital.fr/"&gt;
+  www.lemoulindigital.fr
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
-[...42 lines deleted...]
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/177f-nouveaux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB66" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF66" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG66" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH66" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...148 lines deleted...]
-      <c r="A95" s="1">
+    <row r="67" spans="1:34" customHeight="0">
+      <c r="A67" s="1">
         <v>92101</v>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Gagner en efficacité opérationnelle grâce à la digitalisation de votre organisme</t>
         </is>
       </c>
-      <c r="D95" s="1" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Notre service digital de pré-remplissage automatique de vos données (text mining)</t>
         </is>
       </c>
-      <c r="E95" s="1" t="inlineStr">
+      <c r="E67" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G95" s="1" t="inlineStr">
+      <c r="G67" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H95" s="1" t="inlineStr">
+      <c r="H67" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K95" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L95" s="1" t="inlineStr">
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires accompagne les organismes de logements sociaux dans leur digitalisation.
 &lt;/p&gt;
 &lt;p&gt;
  Cette offre a pour objectif de faire gagner en efficacité les organismes en facilitant leurs démarches de prêt.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N95" s="1" t="inlineStr">
+      <c r="N67" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O95" s="1" t="inlineStr">
+      <c r="O67" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S95" s="1" t="inlineStr">
+      <c r="S67" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T95" s="1" t="inlineStr">
+      <c r="T67" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U95" s="1" t="inlineStr">
+      <c r="U67" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V95" s="1" t="inlineStr">
+      <c r="V67" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux/presentation-service-preremplissage-automatique-donnees-textmining?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_con</t>
         </is>
       </c>
-      <c r="X95" s="1" t="inlineStr">
+      <c r="X67" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
   https://www.banquedesterritoires.fr/directions-regionales
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
   Contactez-nous à travers notre formulaire de contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y95" s="1" t="inlineStr">
+      <c r="Y67" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z95" s="1" t="inlineStr">
+      <c r="Z67" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6f56-accelerer-la-digitalisation-de-votre-organism/</t>
         </is>
       </c>
-      <c r="AA95" s="1" t="inlineStr">
+      <c r="AA67" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC67" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG67" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2021</t>
+        </is>
+      </c>
+      <c r="AH67" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="96" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G96" s="1" t="inlineStr">
+    <row r="68" spans="1:34" customHeight="0">
+      <c r="A68" s="1">
+        <v>72812</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'e-administration et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>e-Collectivités (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...12 lines deleted...]
-      <c r="L96" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Actions (y compris études préalables) relatives aux réponses à améliorer en matière de services offerts aux habitants grâce à des services et outils numériques en lien avec les compétences et les politiques publiques départementales.
-[...2 lines deleted...]
- Les actions financées devront s&amp;#039;inscrire dans les grands enjeux des Schémas départementaux, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse.
+ Le syndicat mixte régional e-Collectivités, opérateur public de services numériques, est une structure dédiée au développement de l&amp;#039;administration électronique et à la transformation numérique des collectivités territoriales de la région Pays de la Loire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N96" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="O96" s="1" t="inlineStr">
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R96" s="1" t="inlineStr">
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ecollectivites.fr</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...49 lines deleted...]
-      <c r="AA96" s="1" t="inlineStr">
+ contact&amp;#64;ecollectivites.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>cedric.macaud@ecollectivites.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e14f-developper-le-administration-et-accompagner-l/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB68" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG68" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2020</t>
+        </is>
+      </c>
+      <c r="AH68" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="97" spans="1:27" customHeight="0">
-[...116 lines deleted...]
-      <c r="A98" s="1">
+    <row r="69" spans="1:34" customHeight="0">
+      <c r="A69" s="1">
         <v>103252</v>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets de restauration et de numérisation d’œuvre d’un fonds patrimonial identifié</t>
         </is>
       </c>
-      <c r="D98" s="1" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Aide à la restauration et numérisation d'œuvre d'un fonds patrimonial identifié</t>
         </is>
       </c>
-      <c r="E98" s="1" t="inlineStr">
+      <c r="E69" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G98" s="1" t="inlineStr">
+      <c r="G69" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H98" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K98" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L98" s="1" t="inlineStr">
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient la préservation et la conservation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié. Constitutives du patrimoine matériel et immatériel, ces archives présentent un réel intérêt à être valorisées auprès du public.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N98" s="1" t="inlineStr">
+      <c r="N69" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O98" s="1" t="inlineStr">
+      <c r="O69" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R98" s="1" t="inlineStr">
+      <c r="R69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La subvention est calculée par application d&amp;#039;un taux d&amp;#039;intervention de 40 % maximum des dépenses éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles correspondent aux coûts de la restauration de l&amp;#039;œuvre, des travaux de numérisation et d&amp;#039;indexation des données, sur la base du devis présenté.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant des dépenses éligibles est plafonné à 1 000 000 M€.
 &lt;/p&gt;
 &lt;p&gt;
  Le projet doit être financé à hauteur de 20 % minimum par la structure porteuse du projet.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide porte sur les travaux de restauration et de numérisation d&amp;#039;archives photographiques, audiovisuelles, papier qu&amp;#039;elles soient privées ou publiques en lien avec l&amp;#039;histoire et la mémoire de l&amp;#039;Ile-de-France.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes d&amp;#039;aide devront être déposées sur
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  , la plateforme des aides régionales. La plateforme sera accessible à compter d&amp;#039;avril 2019.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S98" s="1" t="inlineStr">
+      <c r="S69" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U98" s="1" t="inlineStr">
+      <c r="U69" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V98" s="1" t="inlineStr">
+      <c r="V69" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aide-la-restauration-et-numerisation-doeuvre-dun-fonds-patrimonial-identifie</t>
         </is>
       </c>
-      <c r="X98" s="1" t="inlineStr">
+      <c r="X69" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la Culture
 &lt;/p&gt;
 &lt;p&gt;
  Service Patrimoines et inventaire
 &lt;/p&gt;
 &lt;p&gt;
  Chargée de mission pour les départements 75, 77, 92, 93
 &lt;/p&gt;
 &lt;p&gt;
  Héloïse Maillé
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01 53 85 66 27
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
   &lt;a href="mailto:heloise.maille-virole&amp;#64;iledefrance.fr"&gt;
    heloise.maille-virole&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chargé de mission pour les départements 78, 91, 94, 95
  &lt;br /&gt;
  Kamel Kacihi
  &lt;br /&gt;
  Tél. : 01 53 85 64 72
  &lt;br /&gt;
  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   kamel.kacihi&amp;#64;iledefrance.fr
   &lt;br /&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y98" s="1" t="inlineStr">
+      <c r="Y69" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z98" s="1" t="inlineStr">
+      <c r="Z69" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c39-aide-a-la-restauration-et-numerisation-duvre-/</t>
         </is>
       </c>
-      <c r="AA98" s="1" t="inlineStr">
+      <c r="AA69" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF69" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG69" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2019</t>
+        </is>
+      </c>
+      <c r="AH69" s="1" t="inlineStr">
+        <is>
+          <t>19/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="99" spans="1:27" customHeight="0">
-[...578 lines deleted...]
-      <c r="A101" s="1">
+    <row r="70" spans="1:34" customHeight="0">
+      <c r="A70" s="1">
         <v>147307</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Accélérer la transition écologique et numérique : sciences du climat et réponses</t>
         </is>
       </c>
-      <c r="C101" s="1" t="inlineStr">
+      <c r="C70" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Horizon Europe</t>
         </is>
       </c>
-      <c r="D101" s="1" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>HEU - Sciences du climat et réponses - 2024</t>
         </is>
       </c>
-      <c r="E101" s="1" t="inlineStr">
+      <c r="E70" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G101" s="1" t="inlineStr">
+      <c r="G70" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H101" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K101" s="1" t="inlineStr">
+      <c r="K70" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L101" s="1" t="inlineStr">
+      <c r="L70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Horizon Europe - 2021-2027
  &lt;br /&gt;
  Horizon Europe - 2.5 Climat, Energie et Mobilité - 2021-2027
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Horizon Europe - Le cluster &amp;#34;Climate Energy and Mobility&amp;#34; vise à accélérer la double transition verte et numérique et la transformation associée de notre économie, de notre industrie et de notre société en vue d&amp;#039;atteindre la neutralité climatique en Europe d&amp;#039;ici 2050.
 &lt;p&gt;
  -----
 &lt;/p&gt;
 Budget détaillé par topic ci-après
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Budget total de l&amp;#039;appel : 103 millions d&amp;#039;euros
  &lt;/li&gt;
  &lt;li&gt;
   Budget total par topic :
   &lt;ul&gt;
    &lt;li&gt;
@@ -17833,106 +14031,106 @@
 &lt;ul&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-01: Amélioration de la quantification et de la compréhension des émissions et des puits de méthane naturels et anthropiques
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-02 : Glaces continentales, y compris la couverture neigeuse, les glaciers, les nappes glaciaires et le pergélisol, et leur interaction avec le changement climatique
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-03: La science du paléoclimat pour une meilleure compréhension de l&amp;#039;évolution à court et à long terme du système terrestre
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-04: Boîte à outils améliorée pour l&amp;#039;évaluation des impacts climatiques et environnementaux des politiques commerciales
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-05: Prochaine génération de trajectoires à faibles émissions et résilientes au changement climatique et NDCs pour un avenir aligné sur l&amp;#039;Accord de Paris
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-06: Le rôle de la prospective du changement climatique pour l&amp;#039;approvisionnement en matières premières primaires et secondaires
  &lt;/li&gt;
  &lt;li&gt;
   HORIZON-CL5-2024-D1-01-07: Quantification du rôle des principaux écosystèmes terrestres dans le cycle du carbone et les effets climatiques connexes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N101" s="1" t="inlineStr">
+      <c r="N70" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Innovation, créativité et recherche
 Biodiversité</t>
         </is>
       </c>
-      <c r="O101" s="1" t="inlineStr">
+      <c r="O70" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R101" s="1" t="inlineStr">
+      <c r="R70" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   États membres
  &lt;/li&gt;
  &lt;li&gt;
   Pays associés
  &lt;/li&gt;
  &lt;li&gt;
   Pays à revenu faible ou intermédiaire
  &lt;/li&gt;
 &lt;/ul&gt;
 Pour plus d&amp;#039;informations :
 &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/common/guidance/list-3rd-country-participation_horizon-euratom_en.pdf"&gt;
  Cliquez ici
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S101" s="1" t="inlineStr">
+      <c r="S70" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T101" s="1" t="inlineStr">
+      <c r="T70" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U101" s="1" t="inlineStr">
+      <c r="U70" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V101" s="1" t="inlineStr">
+      <c r="V70" s="1" t="inlineStr">
         <is>
           <t>https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf</t>
         </is>
       </c>
-      <c r="X101" s="1" t="inlineStr">
+      <c r="X70" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour trouver votre Point de Contact National (PCN) :
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/support/ncp"&gt;
   Cliquez ici
  &lt;/a&gt;
  (EN)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -----
 &lt;/p&gt;
 &lt;p&gt;
  Lignes directrices (EN)
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/horizon/wp-call/2023-2024/wp-8-climate-energy-and-mobility_horizon-2023-2024_en.pdf" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Autres documents de l&amp;#039;appel
  &lt;br /&gt;
  &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/horizon-cl5-2024-d1-01-04;callCode&amp;#61;HORIZON-CL5-2024-D1-01;freeTextSearchKeyword&amp;#61;;matchWholeText&amp;#61;true;typeCodes&amp;#61;0,1,2,8;statusCodes&amp;#61;31094501,31094502,31094503;programmePeriod&amp;#61;null;programCcm2Id&amp;#61;43108390;programDivisionCode&amp;#61;null;focusAreaCode&amp;#61;null;destinationGroup&amp;#61;null;missionGroup&amp;#61;null;geographicalZonesCode&amp;#61;null;programmeDivisionProspect&amp;#61;null;startDateLte&amp;#61;null;startDateGte&amp;#61;null;crossCuttingPriorityCode&amp;#61;null;cpvCode&amp;#61;null;performanceOfDelivery&amp;#61;null;sortQuery&amp;#61;sortStatus;orderBy&amp;#61;asc;onlyTenders&amp;#61;false;topicListKey&amp;#61;topicSearchTablePageState" rel="nofollow noopener" target="_blank"&gt;
@@ -17940,780 +14138,620 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Site de la Direction générale
  &lt;br /&gt;
  &lt;a href="https://commission.europa.eu/about-european-commission/departments-and-executive-agencies/research-and-innovation_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
  Information &amp;#43;
  &lt;br /&gt;
  &lt;a href="https://research-and-innovation.ec.europa.eu/funding/funding-opportunities/funding-programmes-and-open-calls/horizon-europe/cluster-5-climate-energy-and-mobility_en" rel="nofollow noopener" target="_blank"&gt;
   Cliquez ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y101" s="1" t="inlineStr">
+      <c r="Y70" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z101" s="1" t="inlineStr">
+      <c r="Z70" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e536-horizon-europe-sciences-du-climat-et-reponses/</t>
         </is>
       </c>
-      <c r="AA101" s="1" t="inlineStr">
+      <c r="AA70" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC70" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD70" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF70" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG70" s="1" t="inlineStr">
+        <is>
+          <t>13/08/2023</t>
+        </is>
+      </c>
+      <c r="AH70" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="102" spans="1:27" customHeight="0">
-      <c r="A102" s="1">
+    <row r="71" spans="1:34" customHeight="0">
+      <c r="A71" s="1">
         <v>162507</v>
       </c>
-      <c r="B102" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Financer les achats d'outils pédagogiques numériques des établissements d'enseignements artistiques</t>
         </is>
       </c>
-      <c r="D102" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>ACHAT D'OUTILS PEDAGOGIQUES NUMERIQUES</t>
         </is>
       </c>
-      <c r="E102" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
-      <c r="G102" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H102" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I102" s="1" t="inlineStr">
+      <c r="I71" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J102" s="1" t="inlineStr">
+      <c r="J71" s="1" t="inlineStr">
         <is>
           <t>Ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
-      <c r="K102" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L102" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Aider les établissements artistiques à investir dans des outils numériques permettant la
 pédagogie auprès des élèves : tableaux numériques, appareils photos,
 outils pour pratiquer la MAO, etc…&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N102" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie</t>
         </is>
       </c>
-      <c r="O102" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R102" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Groupements de communes dont syndicats intercommunaux possédant un établissement d’enseignement artistique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Outils
 numériques mis à disposition des élèves et/ou des enseignants: tableaux
 numériques, appareils photos, outils pour pratiquer la MAO, etc&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Critères :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Viabilité financière du projet&lt;/li&gt;&lt;li&gt;Empreinte environnementale des outils (durabilité)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La date limite de dépôt de la demande est fixée au 30 mars de l’année de l’investissement.&lt;/p&gt;&lt;p&gt;Cette aide est mobilisable chaque année, mais priorité sera donnée aux établissements ne l’ayant pas sollicité l’année n-1 ou n’ayant jamais bénéficié de cette aide.&lt;/p&gt;&lt;p&gt;Les dossiers seront étudiés en fonction de l’enveloppe globale disponible pour cette aide.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S102" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T102" s="1" t="inlineStr">
+      <c r="T71" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U102" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V102" s="1" t="inlineStr">
+      <c r="V71" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/achat-doutils-pedagogiques-numeriques/</t>
         </is>
       </c>
-      <c r="W102" s="1" t="inlineStr">
+      <c r="W71" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X102" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
 Seine-Maritime &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Direction de la Cohésion des
 Territoires &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Email : &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
 &lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y102" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z102" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-achats-doutils-pedagogiques-numeriques-des-etablissements-denseignements-artistiques/</t>
         </is>
       </c>
-      <c r="AA102" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB71" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC71" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG71" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2024</t>
+        </is>
+      </c>
+      <c r="AH71" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="103" spans="1:27" customHeight="0">
-      <c r="A103" s="1">
+    <row r="72" spans="1:34" customHeight="0">
+      <c r="A72" s="1">
         <v>163639</v>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les énergies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
         </is>
       </c>
-      <c r="D103" s="1" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Energies renouvelables : "Technologies et vecteurs énergétiques innovants"</t>
         </is>
       </c>
-      <c r="E103" s="1" t="inlineStr">
+      <c r="E72" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G103" s="1" t="inlineStr">
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H103" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K103" s="1" t="inlineStr">
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L103" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;appel à projets &amp;#34;Technologies et vecteurs énergétiques innovants&amp;#34; vise à promouvoir et à accompagner de nouvelles technologies et/ou de nouveaux vecteurs énergétiques renouvelables, et leurs usages, ainsi que les différentes voies de valorisation énergétique ou matière du C02.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets a pour objectifs de faciliter la mise en place, sur l&amp;#039;ensemble du territoire régional, de sites de développement de nouvelles technologies pour les énergies renouvelables et/ou la valorisation du CO2, issues de la phase de R&amp;amp;D, à savoir :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Premiers sites industriels (à taille réelle de production) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Démonstrateurs pour les briques technologiques ciblées (de taille plus réduite).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Dans ce cadre, la Région souhaite développer principalement trois grandes familles de projets innovants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;La production et les usages des gaz &amp;#34;verts&amp;#34; par pyrogazéification, gazéification hydrothermale et Power to méthane.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La production et l&amp;#039;usage des biocarburants 2G et E-carburants destinés principalement à la mobilité propre routière, aéronautique ou maritime.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le captage, la valorisation et/ou la séquestration durable dans les matériaux, du C02 fatal ou CO2 biogénique, afin de contribuer à la lutte contre le changement climatique et donner une seconde vie au carbone.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M103" s="1" t="inlineStr">
+      <c r="M72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide régionale peut concerner les études préalables et/ou les investissements.&lt;/p&gt;&lt;p&gt;1. Aides aux études préalables (prestations externes) pour faciliter la structuration et la mise en oeuvre du projet&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 70 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;2. Aide à l&amp;#039;investissement&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Taux d’aide ne dépassant pas 65 % maximum de l’assiette éligible. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les études comme pour les investissements, le taux attribué est modulable en fonction notamment de la taille de l’entreprise (spécifiée dans le régime d’aide), du plan de financement, du besoin financier démontré par l’analyse technico-économique du projet, et des disponibilités budgétaires de la collectivité.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les aides sont financées par l&amp;#039;intervention financière en fonds propres de la Région Nouvelle-Aquitaine et/ou par des fonds européens FEDER-PO 2021-2027.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Une complémentarité est possible avec les aides nationales (AAP ADEME...) ou les aides spécifiques de programmes européens.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N103" s="1" t="inlineStr">
+      <c r="N72" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Economie locale et circuits courts
 Revitalisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O103" s="1" t="inlineStr">
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q103" s="1" t="inlineStr">
+      <c r="Q72" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R103" s="1" t="inlineStr">
+      <c r="R72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cet appel à projets s&amp;#039;adresse aux maîtres d&amp;#039;ouvrages publics et privés régionaux comme nationaux avec une implantation obligatoire du projet en Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;Peuvent bénéficier de l&amp;#039;appel à projets (liste non exhaustive) :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Consortiums industriels du secteur ou une société de projet dédiée,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Énergéticiens du secteur ou régies départementales de l’énergie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développeurs d’énergies renouvelables,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Détenteurs de biomasse, connexes ou déchets, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités locales ou SEM, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises du secteur pétrolier en recherche de reconversion d’activités&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipementiers ou intégrateurs de solution en capacité de co-investissement, au côté d’un tiers investisseur ,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Industriels consommateurs de gaz naturel et de produits pétroliers&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises ou organismes publics souhaitant acquérir un véhicule/navire démonstrateur ou une flotte de véhicules ou de navires, fonctionnant avec des biocarburants, des E-carburants …&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Gestionnaires d’unités de méthanisation ou de chaudières biomasse ou les industriels émetteurs de C02 &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises de travaux publics ou de la construction souhaitant transformer et/ou utiliser des matériaux carbonatés (filière C02) &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Le projet doit être porté par un investisseur, acquéreur final de(s) brique(s) technologique(s) visée(s). La mise au point technique et le développement commercial de la brique technologique d’offreurs de solutions sont inéligibles à ce dispositif.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet présente une ou plusieurs innovations avec un TRL compris entre 7 et 9. Les projets R&amp;amp;D de TRL inférieur à 7 peuvent être éventuellement accompagnés par d’autres dispositifs régionaux.&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le projet pilote, de l’échelle 1/10 (démonstrateur) à 1 (pré-commercial ou industriel), s’inscrit dans la durée de l’amortissement (fonctionnement supérieur ou égal à 7 ans de préférence et aligné idéalement sur la durée de vie ou de l’amortissement comptable ou du tarif règlementé) avec un business plan pluriannuel (avec et sans aide).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T103" s="1" t="inlineStr">
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U103" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V103" s="1" t="inlineStr">
+      <c r="V72" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/transition-energetique-et-ecologique/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants</t>
         </is>
       </c>
-      <c r="W103" s="1" t="inlineStr">
+      <c r="W72" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/system/files/specific_pj_files/Dossier_candidatureAAPtechnologies2025_2026_VF%20%281%29.docx</t>
         </is>
       </c>
-      <c r="X103" s="1" t="inlineStr">
+      <c r="X72" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;En amont du dépôt de candidature à une aide aux études et/ou à l’investissement, le maître d’ouvrage devra contacter le coordinateur de l’appel à projets afin d’échanger sur la nature du projet, l’éligibilité des dépenses, les modalités de l’appel à projets et sur les éléments attendus.&lt;/p&gt;&lt;p&gt;Après consultation du Règlement de l&amp;#039;appel à projet, il convient de renvoyer au contact indiqué ci-dessous le dossier de candidature rempli, nécessairement complet et signé, et les pièces demandées (liste en annexe du dossier de candidature)&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y103" s="1" t="inlineStr">
+      <c r="Y72" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z103" s="1" t="inlineStr">
+      <c r="Z72" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/energies-renouvelables-technologies-et-vecteurs-energetiques-innovants/</t>
         </is>
       </c>
-      <c r="AA103" s="1" t="inlineStr">
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB72" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AD72" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF72" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG72" s="1" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH72" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="104" spans="1:27" customHeight="0">
-[...280 lines deleted...]
-      <c r="A106" s="1">
+    <row r="73" spans="1:34" customHeight="0">
+      <c r="A73" s="1">
         <v>92602</v>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’animation d’ateliers collectifs de médiation numérique sur le territoire du département de Vaucluse</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E73" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
-      <c r="G106" s="1" t="inlineStr">
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H73" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L106" s="1" t="inlineStr">
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Animation d&amp;#039;ateliers collectifs de médiation numérique comportant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La mise en place d&amp;#039;ateliers collectifs de médiation numérique par la structure subventionnée (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier)
  &lt;/li&gt;
  &lt;li&gt;
   Des ateliers qui s&amp;#039;inscrivent dans les grands enjeux des Schémas départementaux identifiés ci-dessus, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse et ce, en pleine complémentarité avec les initiatives lancées autour de l&amp;#039;Appel à projet concernant le Réseau d&amp;#039;inclusion numérique de Vaucluse (fin 2019/début 2020) et le réseau des Espaces France Services
  &lt;/li&gt;
  &lt;li&gt;
   Une présentation de la programmation du contenu et des thématiques qui seront traités dans les ateliers sur l&amp;#039;année ainsi que les modalités d&amp;#039;animation projetées (exemples non exhaustifs : «Découverte d&amp;#039;Internet, de la tablette et premiers apprentissages », « Rester connecté avec son territoire », « Rester connecté avec sa famille et ses amis », « Les démarches administratives en ligne »...)
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;animation des ateliers de médiation numérique avec dispositifs informatiques ad-hoc par un/des salarié(s) qualifié(s) sur les thématiques traitées
  &lt;/li&gt;
  &lt;li&gt;
   Des ateliers mis en place physiquement dans la structure bénéficiaire de la subvention mais qui pourront également, après avis des services départementaux, être organisés, dans une entité publique du territoire (commune ou EPCI)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de la subvention :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  500 € de subvention par atelier collectif organisé par le demandeur (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier) soit 12 000 € au maximum par an dans la limite de 24 ateliers subventionnés
 &lt;/p&gt;
 &lt;p&gt;
  Les subventions seront allouées après examen des projets déposés dans la limite des crédits disponibles et votés au budget départemental.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N73" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Revitalisation
 Lutte contre la précarité
 Emploi
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O73" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R106" s="1" t="inlineStr">
+      <c r="R73" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais de location de locaux et/ou de matériels
  &lt;/li&gt;
  &lt;li&gt;
   Les projets d&amp;#039;investissement et/ou d&amp;#039;achat de matériels
  &lt;/li&gt;
  &lt;li&gt;
   Les dépenses liées à l&amp;#039;Appel à Projets réseau départemental d&amp;#039;inclusion numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S106" s="1" t="inlineStr">
+      <c r="S73" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T106" s="1" t="inlineStr">
+      <c r="T73" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U106" s="1" t="inlineStr">
+      <c r="U73" s="1" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X106" s="1" t="inlineStr">
+      <c r="X73" s="1" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y106" s="1" t="inlineStr">
+      <c r="Y73" s="1" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z106" s="1" t="inlineStr">
+      <c r="Z73" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8463-soutenir-lanimation-dateliers-collectifs-de-m/</t>
         </is>
       </c>
-      <c r="AA106" s="1" t="inlineStr">
+      <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB73" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AC73" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG73" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH73" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="107" spans="1:27" customHeight="0">
-      <c r="A107" s="1">
+    <row r="74" spans="1:34" customHeight="0">
+      <c r="A74" s="1">
         <v>103324</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Investir dans les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants</t>
         </is>
       </c>
-      <c r="D107" s="1" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Santé numérique et innovation</t>
         </is>
       </c>
-      <c r="E107" s="1" t="inlineStr">
+      <c r="E74" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G107" s="1" t="inlineStr">
+      <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Association
-[...3 lines deleted...]
-      <c r="H107" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I107" s="1" t="inlineStr">
+      <c r="I74" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K107" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L107" s="1" t="inlineStr">
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Innovation en santé,
  &lt;/li&gt;
  &lt;li&gt;
   Intelligence artificielle,
  &lt;/li&gt;
  &lt;li&gt;
   Télémédecine,
  &lt;/li&gt;
  &lt;li&gt;
   Téléconsultation,
  &lt;/li&gt;
@@ -18741,875 +14779,356 @@
 &lt;p&gt;
  &lt;strong&gt;
   À noter
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;un dispositif régional pouvant être sollicité durant toute l&amp;#039;année en fonction de la disponibilité des crédits.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes doivent être déposées en ligne sur la plateforme
  &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N107" s="1" t="inlineStr">
+      <c r="N74" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O107" s="1" t="inlineStr">
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P107" s="1" t="inlineStr">
+      <c r="P74" s="1" t="inlineStr">
         <is>
           <t>31/12/2019</t>
         </is>
       </c>
-      <c r="R107" s="1" t="inlineStr">
+      <c r="R74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les associations relevant de la loi de 1901 et les fondations reconnues d&amp;#039;utilité publique, existantes depuis au moins 1 an.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les projets innovants et emblématiques :
   &lt;/strong&gt;
   les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les projets de recherche :
   &lt;/strong&gt;
   les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S107" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T107" s="1" t="inlineStr">
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U107" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V107" s="1" t="inlineStr">
+      <c r="V74" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/sante-numerique-et-innovation</t>
         </is>
       </c>
-      <c r="X107" s="1" t="inlineStr">
+      <c r="X74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service santé :
  &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   sante&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  et
  &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   pierre.faivre&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01.53.85.53.85
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y107" s="1" t="inlineStr">
+      <c r="Y74" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z107" s="1" t="inlineStr">
+      <c r="Z74" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3dfa-sante-numerique-et-innovation/</t>
         </is>
       </c>
-      <c r="AA107" s="1" t="inlineStr">
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place de la télémedecine</t>
+        </is>
+      </c>
+      <c r="AE74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF74" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG74" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2021</t>
+        </is>
+      </c>
+      <c r="AH74" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="108" spans="1:27" customHeight="0">
-      <c r="A108" s="1">
+    <row r="75" spans="1:34" customHeight="0">
+      <c r="A75" s="1">
         <v>104796</v>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Contribuer au premier équipement des jeunes en lycées professionnels, technologiques et agricoles</t>
         </is>
       </c>
-      <c r="D108" s="1" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Crédit premier équipement professionnel</t>
         </is>
       </c>
-      <c r="E108" s="1" t="inlineStr">
+      <c r="E75" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G108" s="1" t="inlineStr">
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Particulier</t>
         </is>
       </c>
-      <c r="H108" s="1" t="inlineStr">
+      <c r="H75" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K108" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L108" s="1" t="inlineStr">
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Favoriser l&amp;#039;égalité des chances en matière d&amp;#039;éducation et de formation, en accordant un soutien particulier aux élèves de l&amp;#039;enseignement professionnel et technologique pour l&amp;#039;achat le leur premier équipement professionnel
 &lt;/p&gt;
 &lt;p&gt;
  les formations éligibles accueillent
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des élèves de lycées professionnels, technologiques et agricoles,
  &lt;/li&gt;
  &lt;li&gt;
   les étudiants de niveau III (BTS), en formation dans les lycées technologiques et agricoles,
  &lt;/li&gt;
  &lt;li&gt;
   les élèves des établissements de formation sanitaire de niveau V.
  &lt;/li&gt;
  &lt;li&gt;
   les jeunes en situation de handicap scolarisés en classes ULIS.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N108" s="1" t="inlineStr">
+      <c r="N75" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Revitalisation</t>
         </is>
       </c>
-      <c r="O108" s="1" t="inlineStr">
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P108" s="1" t="inlineStr">
+      <c r="P75" s="1" t="inlineStr">
         <is>
           <t>01/01/2007</t>
         </is>
       </c>
-      <c r="U108" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V108" s="1" t="inlineStr">
+      <c r="V75" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/credit-premier-equipement-professionnel</t>
         </is>
       </c>
-      <c r="X108" s="1" t="inlineStr">
+      <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des lycées
  &lt;br /&gt;
  Service Action éducative et civisme
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Fabienne Rigoli
    &lt;br /&gt;
    02 28 20 58 76
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y108" s="1" t="inlineStr">
+      <c r="Y75" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z108" s="1" t="inlineStr">
+      <c r="Z75" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c8cb-credit-premier-equipement-professionnel/</t>
         </is>
       </c>
-      <c r="AA108" s="1" t="inlineStr">
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF75" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG75" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="AH75" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="109" spans="1:27" customHeight="0">
-[...564 lines deleted...]
-      <c r="A113" s="1">
+    <row r="76" spans="1:34" customHeight="0">
+      <c r="A76" s="1">
         <v>120435</v>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Favoriser la diffusion de technologies utilisant l'énergie solaire à des fins thermiques</t>
         </is>
       </c>
-      <c r="D113" s="1" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>ENERGIES RENOUVELABLES DEVELOPPEMENT DE L'ENERGIE SOLAIRE THERMIQUE</t>
         </is>
       </c>
-      <c r="E113" s="1" t="inlineStr">
+      <c r="E76" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G113" s="1" t="inlineStr">
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H113" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K113" s="1" t="inlineStr">
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L113" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Favoriser la diffusion de technologies utilisant l&amp;#039;énergie solaire à des fins thermiques (eau chaude sanitaire).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Type d&amp;#039;aide et montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Type : Subvention d&amp;#039;Investissement
 &lt;/p&gt;
 &lt;p&gt;
  Montant de l&amp;#039;aide :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Maîtres d&amp;#039;ouvrage publics
   &lt;/strong&gt;
   : communes : taux du règlement d&amp;#039;aide aux territoires drômois en vigueur, majoré de 10%,  appliqué sur le montant HT
  &lt;/li&gt;
@@ -19772,225 +15291,255 @@
   &lt;/em&gt;
  &lt;/strong&gt;
  sont pour les bénéficiaires de droit public,  les suivants :
 &lt;/p&gt;
 &lt;p&gt;
  – attestation d&amp;#039;achèvement ou de mise en service, établie par le Maître d&amp;#039;Ouvrage, et certifiant une réalisation conforme à l&amp;#039;opération subventionnée (cette attestation peut-être intégrée dans le certificat justificatif de dépenses).
 &lt;/p&gt;
 &lt;p&gt;
  – justificatifs des dépenses (signés en original)
 &lt;/p&gt;
 &lt;p&gt;
  – certificat du maire ou du président – (ordonnateur des dépenses du bénéficiaire de droit public) indiquant le montant total HT et TTC des dépenses réalisées éligibles pour l&amp;#039;opération subventionnée, ainsi que la liste détaillée des justificatifs de dépenses correspondantes (références des factures ou décomptes – date – prestataires – objet – montant HT et TTC).
 &lt;/p&gt;
 &lt;p&gt;
  NB : les factures et décomptes ne sont pas à transmettre au Département, mais doivent être tenus à sa disposition pour consultation éventuelle sur sa demande.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a&gt;
   [1]
  &lt;/a&gt;
  la facturation doit être postérieure à la date de réception du dossier complet par le Département.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M113" s="1" t="inlineStr">
+      <c r="M76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chauffe-Eau Solaires Collectifs (surface efficace de capteurs &amp;gt; 7 m 2 ).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses subventionnables
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant HT ou TTC selon le régime de TVA du maître d&amp;#039;ouvrage.
 &lt;/p&gt;
 &lt;p&gt;
  A noter :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Obligation de pose du matériel par un installateur qualité RGE « Reconnu Garant de l&amp;#039;Environnement »
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     nécessité d&amp;#039;une étude de faisabilité pour les installations collectives,
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Mise en place d&amp;#039;un comptage (équipements) et mise en place d&amp;#039;un plan de suivi et analyse (interne ou externe).
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N113" s="1" t="inlineStr">
+      <c r="N76" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Transition énergétique</t>
         </is>
       </c>
-      <c r="O113" s="1" t="inlineStr">
+      <c r="O76" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R113" s="1" t="inlineStr">
+      <c r="R76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exclusions / Ne sont pas éligibles :
  &lt;/strong&gt;
  Programmes neufs des promoteurs immobiliers.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrage public du secteur du logement social.
  &lt;/li&gt;
  &lt;li&gt;
   Maîtres d&amp;#039;ouvrage publics.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S113" s="1" t="inlineStr">
+      <c r="S76" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T113" s="1" t="inlineStr">
+      <c r="T76" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U113" s="1" t="inlineStr">
+      <c r="U76" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V113" s="1" t="inlineStr">
+      <c r="V76" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/energies-renouvelables-developpement-de-lenergie-solaire-thermique/</t>
         </is>
       </c>
-      <c r="X113" s="1" t="inlineStr">
+      <c r="X76" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Environnement – Service Environnement Sports Nature
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Chef de Service Mme
  &lt;strong&gt;
   Isabelle POCHELON
   &lt;br /&gt;
  &lt;/strong&gt;
  Chargée de l&amp;#039;instruction
  &lt;strong&gt;
   Monique VOLLE
  &lt;/strong&gt;
  –
  &lt;strong&gt;
   Tél : 04.75.79.81.76
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y113" s="1" t="inlineStr">
+      <c r="Y76" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z113" s="1" t="inlineStr">
+      <c r="Z76" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9e1a-energies-renouvelables-developpement-de-lener/</t>
         </is>
       </c>
-      <c r="AA113" s="1" t="inlineStr">
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB76" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF76" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG76" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH76" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="114" spans="1:27" customHeight="0">
-      <c r="A114" s="1">
+    <row r="77" spans="1:34" customHeight="0">
+      <c r="A77" s="1">
         <v>143292</v>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux (via Modélisation numérique)</t>
         </is>
       </c>
-      <c r="E114" s="1" t="inlineStr">
+      <c r="E77" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G114" s="1" t="inlineStr">
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H114" s="1" t="inlineStr">
+      <c r="H77" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K114" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L114" s="1" t="inlineStr">
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez mieux appréhender les phénomènes hydrauliques dans les milieux maritimes ou fluviaux et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner. Pour cela, vous cherchez un appui technique et une expertise pointue pour représenter schématiquement un site ou un phénomène dans le but de comprendre et d&amp;#039;expliquer son fonctionnement mais également de prévoir son comportement comme par exemple :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Connaître les courants (champs de vitesse) des voies navigables à différents niveaux de débits (étiage, moyen, crue) ;
  &lt;/li&gt;
  &lt;li&gt;
   Connaître les courants en amont immédiat d&amp;#039;ouvrages hydrauliques transversaux des voies navigables (barrages, seuils...) à différents niveaux de débits (étiage, moyen, crue) ;
  &lt;/li&gt;
  &lt;li&gt;
   Connaître les conditions de navigation sur une voie navigable (simulateur trajectographie) ;
  &lt;/li&gt;
  &lt;li&gt;
   Connaître l&amp;#039;agitation (états de mer), les vitesses de courants et le niveau marin ;
  &lt;/li&gt;
  &lt;li&gt;
   Connaître la dynamique de la propagation d&amp;#039;une crue ou d&amp;#039;une submersion marine ;
@@ -20011,1369 +15560,1024 @@
 &lt;p&gt;
  Le Cerema vous accompagne dans la modélisation numérique des phénomènes hydrauliques en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins. Dans ce cadre nous mettons en œuvre des approches complémentaires :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La récupération des différentes données de terrains et hydrauliques existantes
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;analyse et la construction du modèle numérique spécifique à la demande
  &lt;/li&gt;
  &lt;li&gt;
   Le calage du modèle en fonction d&amp;#039;éléments ou d&amp;#039;événements connus
  &lt;/li&gt;
  &lt;li&gt;
   Les sorties graphiques d&amp;#039;études et rapports d&amp;#039;études
  &lt;/li&gt;
  &lt;li&gt;
   La formation potentielle des futurs utilisateurs
  &lt;/li&gt;
  &lt;li&gt;
   Étude qualitative et quantitative de l&amp;#039;aléa inondation.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N114" s="1" t="inlineStr">
+      <c r="N77" s="1" t="inlineStr">
         <is>
           <t>Risques naturels
 Appui méthodologique
 Valorisation d'actions
 Mers et océans
 Mobilité fluviale
 Sécurité</t>
         </is>
       </c>
-      <c r="O114" s="1" t="inlineStr">
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S114" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U114" s="1" t="inlineStr">
+      <c r="U77" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V114" s="1" t="inlineStr">
+      <c r="V77" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/modelisation-numerique-hydraulique-maritime-fluviale</t>
         </is>
       </c>
-      <c r="X114" s="1" t="inlineStr">
+      <c r="X77" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y114" s="1" t="inlineStr">
+      <c r="Y77" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z114" s="1" t="inlineStr">
+      <c r="Z77" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2c2a-apprehender-les-phenomenes-hydrauliques-dans-/</t>
         </is>
       </c>
-      <c r="AA114" s="1" t="inlineStr">
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB77" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des inondations</t>
+        </is>
+      </c>
+      <c r="AC77" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE77" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG77" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH77" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="115" spans="1:27" customHeight="0">
-      <c r="A115" s="1">
+    <row r="78" spans="1:34" customHeight="0">
+      <c r="A78" s="1">
         <v>154417</v>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Identifier des solutions numériques innovantes et bénéficier d’un appui méthodologique à l’innovation</t>
         </is>
       </c>
-      <c r="D115" s="1" t="inlineStr">
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Appui à l’innovation et à la data dans les projets territoriaux</t>
         </is>
       </c>
-      <c r="E115" s="1" t="inlineStr">
+      <c r="E78" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G115" s="1" t="inlineStr">
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H115" s="1" t="inlineStr">
+      <c r="H78" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K115" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L115" s="1" t="inlineStr">
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes une collectivité territoriale ou un opérateur des collectivités, et vous souhaitez mettre en place une démarche d&amp;#039;innovation, l&amp;#039;utilisation de solutions digitales ou la gestion de données territoriales ? Les experts de la Banque des Territoires vous accompagnent dans la conduite de vos projets innovants.
 &lt;/p&gt;
 &lt;p&gt;
  Nous intervenons de deux manières différentes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soit en mobilisant des experts pour accompagner les expérimentations ou mener les études amont aux projets (aide à la qualification des besoins, appui à rédaction de CCTP) ;
  &lt;/li&gt;
  &lt;li&gt;
   soit par le biais du cofinancement d&amp;#039;études réalisées par un cabinet extérieur dans la limite de 50% du montant TTC de l&amp;#039;étude (80% en Outre-mer).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;appui à l&amp;#039;innovation et à la data dans les projets territoriaux est destiné en priorité à accélérer la transformation écologique des territoires, et à renforcer la cohésion sociale et territoriale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N115" s="1" t="inlineStr">
+      <c r="N78" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O115" s="1" t="inlineStr">
+      <c r="O78" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S115" s="1" t="inlineStr">
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U115" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V115" s="1" t="inlineStr">
+      <c r="V78" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/appui-innovation-data-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=appui_innovation_data_territor</t>
         </is>
       </c>
-      <c r="X115" s="1" t="inlineStr">
+      <c r="X78" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
    Contactez-nous via notre formulaire
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y115" s="1" t="inlineStr">
+      <c r="Y78" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z115" s="1" t="inlineStr">
+      <c r="Z78" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/19ef-identifier-des-solutions-numeriques-innovante/</t>
         </is>
       </c>
-      <c r="AA115" s="1" t="inlineStr">
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB78" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC78" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG78" s="1" t="inlineStr">
+        <is>
+          <t>17/11/2023</t>
+        </is>
+      </c>
+      <c r="AH78" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="116" spans="1:27" customHeight="0">
-[...359 lines deleted...]
-      <c r="A118" s="1">
+    <row r="79" spans="1:34" customHeight="0">
+      <c r="A79" s="1">
         <v>117631</v>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Créer des centres de formation ou développer de nouvelles formations  pour accompagner l'innovation et la transformation digitale dans l'industrie</t>
         </is>
       </c>
-      <c r="D118" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Offre d’amorçage pour la création de centres de formation</t>
         </is>
       </c>
-      <c r="E118" s="1" t="inlineStr">
+      <c r="E79" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G118" s="1" t="inlineStr">
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H118" s="1" t="inlineStr">
+      <c r="H79" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Autre aide financière
-[...8 lines deleted...]
-      <c r="L118" s="1" t="inlineStr">
+Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires vous accompagne dans votre projet de création d&amp;#039;un centre de formation ou de développement de nouvelles formations dans une structure existante. Objectif : soutenir l&amp;#039;innovation, la transformation digitale, la reconversion des industries ou encore rendre plus attractif les métiers industriels.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N118" s="1" t="inlineStr">
+      <c r="N79" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Innovation, créativité et recherche
 Industrie</t>
         </is>
       </c>
-      <c r="O118" s="1" t="inlineStr">
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S118" s="1" t="inlineStr">
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T118" s="1" t="inlineStr">
+      <c r="T79" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U118" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V118" s="1" t="inlineStr">
+      <c r="V79" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=centre_formation_psat</t>
         </is>
       </c>
-      <c r="X118" s="1" t="inlineStr">
+      <c r="X79" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
   Votre contact en région
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y118" s="1" t="inlineStr">
+      <c r="Y79" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z118" s="1" t="inlineStr">
+      <c r="Z79" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9101-creer-des-centres-de-formation-ou-developper-/</t>
         </is>
       </c>
-      <c r="AA118" s="1" t="inlineStr">
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC79" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG79" s="1" t="inlineStr">
+        <is>
+          <t>17/05/2022</t>
+        </is>
+      </c>
+      <c r="AH79" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="119" spans="1:27" customHeight="0">
-      <c r="A119" s="1">
+    <row r="80" spans="1:34" customHeight="0">
+      <c r="A80" s="1">
         <v>162301</v>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Proposer aux lycéens des manuels scolaires gratuits en version numérique, consultables sur tablette tactile</t>
         </is>
       </c>
-      <c r="D119" s="1" t="inlineStr">
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Manuels scolaires numériques</t>
         </is>
       </c>
-      <c r="E119" s="1" t="inlineStr">
+      <c r="E80" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="H119" s="1" t="inlineStr">
+      <c r="H80" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K119" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L119" s="1" t="inlineStr">
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;La Région Sud met tout en oeuvre pour que les élèves bénéficient des meilleures conditions d’apprentissage et poursuit la transition numérique des établissements et propose désormais aux lycéens des manuels scolaires gratuits en version numérique, consultables sur tablette tactile.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Depuis la rentrée scolaire 2019, la Région met à la disposition des lycéens et des professeurs des manuels scolaires numériques sur une tablette tactile pour en permettre la lecture sans avoir besoin d’une connexion permanente.&lt;/p&gt; &lt;p&gt;Les élèves de seconde et première depuis septembre 2019 inscrits dans les 86% de lycées de la Région ayant opté pour les manuels scolaires numériques. Ceux de terminale en bénéficieront à la rentrée 2020.&lt;/p&gt; &lt;p&gt;Permettre toutes les nouvelles formes d&amp;#039;enseignement avec l&amp;#039;usage d&amp;#039;un équipement identique, intégrant tous les nouveaux programmes, pour tous les lycéens.&lt;/p&gt;
 &lt;h5&gt;Les avantages&lt;/h5&gt;
 &lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Pour les élèves :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;Un poids du cartable allégé.&lt;/li&gt; 		&lt;li&gt;Un manuel enrichi : la version numérique du manuel scolaire propose de nombreuses ressources supplémentaires (vidéos, sons, animations) et des fonctionnalités interactives. &lt;/li&gt; 		&lt;li&gt;Une meilleure accessibilité pour les élèves à besoins éducatifs particuliers : Les textes peuvent être zoomés ou écoutés, les couleurs et polices changées, etc.&lt;/li&gt; 		&lt;li&gt;Un accès en ligne de tout point connecté à internet.&lt;/li&gt; 		&lt;li&gt;La facilité de récupérer un document oublié.&lt;/li&gt; 		&lt;li&gt;Plus de nécessité d&amp;#039;un accès en ligne une fois téléchargé, pour l&amp;#039;essentiel du manuel.&lt;/li&gt; 		&lt;li&gt;La possibilité de télécharger le manuel sur plusieurs supports personnels ou familiaux.&lt;/li&gt; 		&lt;li&gt;La possibilité d&amp;#039;annoter le manuel, d&amp;#039;exporter des extraits dans d&amp;#039;autres documents.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N119" s="1" t="inlineStr">
+      <c r="N80" s="1" t="inlineStr">
         <is>
           <t>Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O119" s="1" t="inlineStr">
+      <c r="O80" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P119" s="1" t="inlineStr">
+      <c r="P80" s="1" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
-      <c r="S119" s="1" t="inlineStr">
+      <c r="S80" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U119" s="1" t="inlineStr">
+      <c r="U80" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V119" s="1" t="inlineStr">
+      <c r="V80" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/manuels-scolaires-numeriques</t>
         </is>
       </c>
-      <c r="X119" s="1" t="inlineStr">
+      <c r="X80" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Région :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;l-ec&amp;#64;maregionsud.fr&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Délégations Académiques au Numérique Educatif :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;Aix-Marseille : ce.dan&amp;#64;ac-aix-marseille.fr&lt;/li&gt; 		&lt;li&gt;Nice : dane&amp;#64;ac-nice.fr,&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Direction Régionale de l&amp;#039;Alimentation, de l&amp;#039;Agriculture et de la Forêt (DRAAF).&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;drtic.paca&amp;#64;educagri.fr&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y119" s="1" t="inlineStr">
+      <c r="Y80" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z119" s="1" t="inlineStr">
+      <c r="Z80" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/manuels-scolaires-numeriques/</t>
         </is>
       </c>
-      <c r="AA119" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AB80" s="1" t="inlineStr">
+        <is>
+          <t>Déployer les équipements numériques</t>
+        </is>
+      </c>
+      <c r="AE80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF80" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG80" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH80" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="120" spans="1:27" customHeight="0">
-      <c r="A120" s="1">
+    <row r="81" spans="1:34" customHeight="0">
+      <c r="A81" s="1">
         <v>165505</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l'Europe - 2026</t>
         </is>
       </c>
-      <c r="D120" s="1" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>DIGITAL EUROPE - Déployer des capacités cybernétiques stratégiques à travers l&amp;apos;Europe - 2026</t>
         </is>
       </c>
-      <c r="E120" s="1" t="inlineStr">
+      <c r="E81" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G120" s="1" t="inlineStr">
+      <c r="G81" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H120" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K120" s="1" t="inlineStr">
+      <c r="K81" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L120" s="1" t="inlineStr">
+      <c r="L81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;br /&gt;Programme pour une Europe Numérique 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;50 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 50 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic:  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 15 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 10 millions d&amp;#039;euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Montant de la subvention :  &lt;ul&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : à titre indicatif, entre 3 et 5 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : 1,5 million d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS : 3 millions d&amp;#039;euros par projet, mais d&amp;#039;autres montants, s&amp;#039;ils sont dûment justifiés, ne sont pas exclus&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de financement :  &lt;ul&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-UPTAKE : jusqu&amp;#039;à 50 % et 75 % (pour les PME) du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP : jusqu&amp;#039;à 50 % du total des coûts éligibles&lt;/li&gt;    &lt;li&gt;DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBSs : jusqu&amp;#039;à 70 % du total des coûts éligibles&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;La subvention accordée peut être inférieure au montant demandé.&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Permettre une création et une analyse plus efficaces des renseignements sur les cybermenaces (CTI), l&amp;#039;automatisation des processus à grande échelle, ainsi qu&amp;#039;un traitement plus rapide et évolutif des CTI et l&amp;#039;identification de modèles permettant une détection et une prise de décision rapide&lt;/li&gt;    &lt;li&gt;Relever le défi de trouver les compétences techniques nécessaires pour faire face à un paysage technologique complexe qui repose fortement sur des configurations et des capacités étendues&lt;/li&gt;    &lt;li&gt;Viser à compléter les efforts déployés par les États membres et au niveau de l&amp;#039;Union pour accroître le niveau de protection et de résilience face aux cybermenaces en aidant les États membres dans leurs efforts pour améliorer leur préparation aux cybermenaces et aux incidents en leur fournissant des connaissances et une expertise&lt;/li&gt;    &lt;li&gt;Soutenir la mise en place progressive de centres câblés régionaux, à raison d&amp;#039;un par bassin maritime de l&amp;#039;UE, dont le rôle sera d&amp;#039;améliorer concrètement la détection des menaces et la sécurité opérationnelle autour de ces infrastructures stratégiques&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Priorités&lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Priorité n° 1 : outre leur sécurité, les technologies d&amp;#039;IA développées doivent être performantes, robustes et fiables, en particulier, disposer de solutions d&amp;#039;IA fiables facilitera la phase de déploiement, où l&amp;#039;acceptation sociale est essentielle&lt;/li&gt;    &lt;li&gt;Priorité n° 2 : réaliser des tests coordonnés de préparation des entités opérant dans des secteurs hautement critiques à travers l&amp;#039;Union, en tenant compte des TIC ainsi que des technologies opérationnelles/systèmes de contrôle industriels&lt;/li&gt;  &lt;/ul&gt;  &lt;br /&gt;&lt;ul&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action :  &lt;ul&gt;    &lt;li&gt;  &lt;ul&gt;    &lt;li&gt;pour les topics DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CYBERAI, DIGITAL-ECCC2025-DEPLOY-CYBER-09-UPTAKE, and DIGITAL-ECCC-2025-DEPLOY-CYBER09-CABLEHUBS, la durée indicative de l&amp;#039;action est de 36 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;    &lt;li&gt;pour le topic DIGITAL-ECCC-2025-DEPLOY-CYBER-09-COORDPREP, la durée indicative de l&amp;#039;action est de 24 mois, d&amp;#039;autres durées ne sont pas exclues&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;  &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a title="Cliquez ici" href="https://cybersecurity-centre.europa.eu/document/download/4da440fa-b5dd-474b-b6a9-df1cbdba67d2_en?filename&amp;#61;DEP%209%20Call%20document%20v7.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;DIGITAL-ECCC-2025-DEPLOY-CYBER-09&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de la DG (EN): &lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/programmes/digital-europe-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/programmes/digital" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N120" s="1" t="inlineStr">
+      <c r="N81" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Santé
 Commerces et services
 Technologies numériques et numérisation
 Innovation, créativité et recherche
 Appui méthodologique
 Industrie
 Sécurité</t>
         </is>
       </c>
-      <c r="O120" s="1" t="inlineStr">
+      <c r="O81" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P120" s="1" t="inlineStr">
+      <c r="P81" s="1" t="inlineStr">
         <is>
           <t>28/10/2025</t>
         </is>
       </c>
-      <c r="Q120" s="1" t="inlineStr">
+      <c r="Q81" s="1" t="inlineStr">
         <is>
           <t>31/03/2026</t>
         </is>
       </c>
-      <c r="R120" s="1" t="inlineStr">
+      <c r="R81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Eligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Être des personnes morales (organismes publics ou privés)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Être établis dans l&amp;#039;un des pays éligibles, à savoir :&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;- les États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer (PTOM))&lt;/p&gt;&lt;p&gt;- les pays de l&amp;#039;EEE (Norvège, Islande, Liechtenstein)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les bénéficiaires et les entités affiliées doivent s&amp;#039;inscrire dans le &lt;/span&gt;&lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/how-to-participate/participant-register" target="_self"&gt;registre des participants&lt;/a&gt;&lt;span&gt; avant de soumettre leur proposition.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour le thème DIGITAL-ECCC-2025-DEPLOY-CYBER-09-CABLEHUBS, au moins 2 candidats indépendants (bénéficiaires ; entités non affiliées) provenant de 2 pays éligibles différents doivent être constitués.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S120" s="1" t="inlineStr">
+      <c r="S81" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U120" s="1" t="inlineStr">
+      <c r="U81" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V120" s="1" t="inlineStr">
+      <c r="V81" s="1" t="inlineStr">
         <is>
           <t>https://www.welcomeurope.com/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-leurope-2026/</t>
         </is>
       </c>
-      <c r="X120" s="1" t="inlineStr">
+      <c r="X81" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Contact : applicants&amp;#64;eccc.europa.eu&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y120" s="1" t="inlineStr">
+      <c r="Y81" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z120" s="1" t="inlineStr">
+      <c r="Z81" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/digital-europe-deployer-des-capacites-cybernetiques-strategiques-a-travers-l-apos-europe-2026/</t>
         </is>
       </c>
-      <c r="AA120" s="1" t="inlineStr">
+      <c r="AA81" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD81" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF81" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG81" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2025</t>
+        </is>
+      </c>
+      <c r="AH81" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="121" spans="1:27" customHeight="0">
-      <c r="A121" s="1">
+    <row r="82" spans="1:34" customHeight="0">
+      <c r="A82" s="1">
         <v>163593</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Accompagner des projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
         </is>
       </c>
-      <c r="D121" s="1" t="inlineStr">
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Projets collaboratifs entre les entreprises du territoire et les centres de transfert de technologies et de méthodologies et/ou laboratoires publics</t>
         </is>
       </c>
-      <c r="E121" s="1" t="inlineStr">
+      <c r="E82" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G121" s="1" t="inlineStr">
+      <c r="G82" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...7 lines deleted...]
-      <c r="L121" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dispositif d&amp;#039;accompagnement des projets collaboratifs de R&amp;amp;D portés par des entreprises. Les entreprises, positionnées sur leur marché et disposant d&amp;#039;une stratégie de R&amp;amp;D à long terme, décident, face à un verrou technologique ou scientifique, de s&amp;#039;adjoindre les compétences d&amp;#039;un laboratoire public, ou/et d&amp;#039;un centre de transfert de technologies et de méthodologies, dans le cadre d&amp;#039;un partenariat pour mettre en oeuvre un projet de R&amp;amp;D collaboratif.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif a pour objectif d’aider les entreprises régionales dans leurs démarches d’innovation, pour améliorer leur positionnement concurrentiel sur le marché et ainsi favoriser le développement économique du territoire.&lt;/p&gt;&lt;p&gt;Le dispositif d’accompagnement au transfert de technologies, cible les collaborations de R&amp;amp;D entre les entreprises et les centres de compétences en accord avec la priorité 2 du schéma régional de développement économique régional : renforcer notre souveraineté par l&amp;#039;innovation responsable, et ainsi s&amp;#039;appuyer sur la recherche pour dynamiser l&amp;#039;innovation, les sauts technologiques, et le transfert vers les entreprises.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M121" s="1" t="inlineStr">
+      <c r="M82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Montant&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;assiette éligible comprend toutes les dépenses de l&amp;#039;entreprise liées au projet. &lt;/p&gt;&lt;p&gt;Le montant de l&amp;#039;aide sera calculé après instruction en fonction de la typologie de projet, de la typologie d&amp;#039;entreprise et de sa capacité financière.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N121" s="1" t="inlineStr">
+      <c r="N82" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation
 Economie locale et circuits courts
 Innovation, créativité et recherche
 Emploi
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O121" s="1" t="inlineStr">
+      <c r="O82" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R121" s="1" t="inlineStr">
+      <c r="R82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Entreprises de toutes tailles localisées en Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères de sélection&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L&amp;#039;entreprise devra :&lt;/p&gt;&lt;p&gt;être localisée en Nouvelle-Aquitaine (NA);&lt;/p&gt;&lt;p&gt;avoir un projet de partenariat R&amp;amp;D avec un centre de compétences situé dans ou hors du territoire de NA ;&lt;/p&gt;&lt;p&gt;avoir un niveau de fonds propres en adéquation avec sa demande d&amp;#039;aide ;&lt;/p&gt;&lt;p&gt;respecter les règles d&amp;#039;éco-socio conditionnalités mises en place par la Région ;&lt;/p&gt;&lt;p&gt;ne pas distribuer de dividendes issus de la subvention ;&lt;/p&gt;&lt;p&gt;signer un accord de partenariat définissant notamment les règles de confidentialité, de répartition/protection et d&amp;#039;exploitation des résultats issus du projet collaboratif.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U121" s="1" t="inlineStr">
+      <c r="U82" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V121" s="1" t="inlineStr">
+      <c r="V82" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de</t>
         </is>
       </c>
-      <c r="X121" s="1" t="inlineStr">
+      <c r="X82" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La demande devra être faite directement auprès du service concerné, avant le début du projet qui fait l&amp;#039;objet de la demande de subvention. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service Relation aux Usagers&lt;/p&gt;&lt;p&gt;Direction de l’enseignement supérieur recherche et transfert de technologie&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;/p&gt;&lt;p&gt;Du lundi au vendredi de 9h à 18h sans interruption&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y121" s="1" t="inlineStr">
+      <c r="Y82" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z121" s="1" t="inlineStr">
+      <c r="Z82" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/projets-collaboratifs-entre-les-entreprises-du-territoire-et-les-centres-de-transfert-de-technologies-et-de-methodologies-et-ou-laboratoires-publics/</t>
         </is>
       </c>
-      <c r="AA121" s="1" t="inlineStr">
+      <c r="AA82" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AD82" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF82" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG82" s="1" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH82" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="122" spans="1:27" customHeight="0">
-[...65 lines deleted...]
-      <c r="S122" s="1" t="inlineStr">
+    <row r="83" spans="1:34" customHeight="0">
+      <c r="A83" s="1">
+        <v>162895</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les résidences de création d’une durée de 2 à 10 mois s’inscrivant dans le champ des arts plastiques, numériques et urbains</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Programme régional de résidences d'artistes - arts plastiques, numériques et urbains</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Recherche
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>Le programme de résidences d’artistes vise à soutenir les résidences de création d’une durée de 2 à 10 mois s’inscrivant dans le champ des arts plastiques, numériques et urbains et favorisant une relation vivante des publics à la création.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P83" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+      <c r="Q83" s="1" t="inlineStr">
+        <is>
+          <t>18/03/2026</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Peuvent bénéficier du programme régional de résidences d’artistes :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Les artistes &lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;professionnels&lt;/strong&gt; inscrits à la &lt;span&gt;Sécurité sociale des artistes&lt;/span&gt; auteurs.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Les lieux culturels implantés en      Île-de-France&lt;/strong&gt;, et tout particulièrement les lieux dédiés aux arts      plastiques, numériques et urbains, de droit public et de droit privé ainsi que les &lt;strong&gt;autres&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt; lieux publics ou privés &lt;/strong&gt; &lt;strong&gt;porteurs d’un projet culturel &lt;/strong&gt;&lt;em&gt;(Ces structures doivent avoir la capacité de mener des projets culturels et d&amp;#039;accompagner l&amp;#039;artiste tout au long de sa résidence)&lt;/em&gt;&lt;strong&gt;.&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Le programme propose à la fois : &lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;Une aide à la création pour l&amp;#039;artiste &lt;/strong&gt;par le versement d&amp;#039;une bourse d&amp;#039;un montant de 2.000€ net par mois ;&lt;span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Une aide au projet&lt;/strong&gt; par le versement éventuel d’une subvention à la structure pour la mise en place du projet d’actions culturelles (correspondant à 50 % des dépenses imputables au projet de résidence). &lt;em&gt;Cette subvention et plafonnée à 30 000 €. L&lt;/em&gt;&lt;span&gt;&lt;em&gt;es structures bénéficiant du soutien de la Région dans le cadre d’une convention de développement culturel ou d’une convention « Fabriques de culture Arts visuels » ne peuvent pas solliciter cette subvention.&lt;/em&gt;&lt;/span&gt;&lt;span&gt;&lt;em&gt;&lt;/em&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Le programme de résidences d’artistes de la Région Île-de-France vise à soutenir les résidences de création d’une&lt;strong&gt; durée de 2 à 10 mois&lt;/strong&gt; s’inscrivant dans le champ des arts plastiques, numériques et urbains et favorisant une relation vivante des publics franciliens à la création contemporaine. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ces résidences s’articulent autour d’un projet de création ou de recherche propre à un artiste accueilli par une structure, et d’un projet d’actions culturelles&lt;/strong&gt;, en direction et avec les publics, coconstruit par l’artiste et la structure (rencontres, ateliers, visites...).&lt;span&gt;&lt;br /&gt;&lt;br /&gt;Ils peuvent comporter un certain nombre d’hybridations avec d&amp;#039;autres champs disciplinaires (édition, cinéma, spectacle vivant…) mais &lt;strong&gt;&lt;span&gt;les arts plastiques, numériques et/ou urbains doivent être leur fondement.&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Les candidature au programme régional de résidences d’artistes doivent être déposées sur la plateforme des aides régionales &lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;m&lt;/a&gt;&lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;&lt;span&gt;esdemarches.iledefrance.fr&lt;/span&gt;&lt;/a&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;L’artiste et la structure d’accueil déposent chacun une partie du dossier. Pour cela, ils doivent chacun disposer d’un compte sur &lt;em&gt;Mes démarches&lt;/em&gt;. Si ce n’est pas encore le cas, ils doivent en créer un.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;Le dépôt se fait en &lt;/strong&gt;&lt;strong&gt;deux étapes&lt;/strong&gt; : &lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;La structure d’accueil se connecte à la plateforme avec son compte, sélectionne le dispositif &lt;strong&gt;&lt;em&gt;Programme régional de résidences d’artistes – dossier structure &lt;/em&gt;&lt;/strong&gt;et renseigne ce dernier&lt;em&gt;.&lt;/em&gt;&lt;strong&gt;&lt;em&gt; &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;A l’issue de son dépôt, elle note son numéro de dossier, télécharge le récapitulatif de sa demande, et les transmet à l’artiste.&lt;/li&gt;&lt;li&gt; L’artiste se connecte à la plateforme avec son compte, sélectionne le dispositif &lt;strong&gt;&lt;em&gt;Programme régional de résidences d’artistes – dossier artiste &lt;/em&gt;&lt;/strong&gt;et renseigne ce dernier. Il lui sera demandé, dans le cadre de sa procédure de dépôt, de fournir le numéro de dossier de la structure et le récapitulatif de la demande de cette dernière. Cela permet à la Région de s’assurer de la collaboration de la structure et de l’artiste. &lt;br /&gt;&lt;/li&gt;&lt;/ol&gt; &lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U122" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA122" s="1" t="inlineStr">
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/programme-regional-de-residences-dartistes-arts-plastiques-numeriques-et-urbains</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Direction de la culture, s&lt;/span&gt;&lt;span&gt;ervice EAC et résidences &lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vania Marty&lt;/strong&gt;&lt;span&gt;, chargée de mission résidences : &lt;a href="mailto:vania.marty&amp;#64;iledefrance.fr" target="_blank"&gt;vania.marty&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Laurie Pozzetto&lt;/strong&gt;, chargée de mission EAC et résidences : &lt;a href="mailto:laurie.pozzetto&amp;#64;iledefrance.fr" target="_blank"&gt;laurie.pozzetto&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Delphine Barberolle&lt;/strong&gt;, assistante de gestion : &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" target="_blank"&gt;delphine.barberolle&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-de-residences-dartistes-arts-plastiques-numeriques-et-urbains-1/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF83" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG83" s="1" t="inlineStr">
+        <is>
+          <t>16/06/2024</t>
+        </is>
+      </c>
+      <c r="AH83" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="123" spans="1:27" customHeight="0">
-[...169 lines deleted...]
-      <c r="A124" s="1">
+    <row r="84" spans="1:34" customHeight="0">
+      <c r="A84" s="1">
         <v>127288</v>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements (mobilier, fonds initial d’une nouvelle bibliothèque, matériel numérique et scénographique)</t>
         </is>
       </c>
-      <c r="D124" s="1" t="inlineStr">
+      <c r="D84" s="1" t="inlineStr">
         <is>
           <t>INVESTISSEMENT CULTUREL - Aide aux travaux et à l'acquisition d'équipements</t>
         </is>
       </c>
-      <c r="E124" s="1" t="inlineStr">
+      <c r="E84" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G124" s="1" t="inlineStr">
+      <c r="G84" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
-Association
-[...3 lines deleted...]
-      <c r="H124" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K124" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L124" s="1" t="inlineStr">
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
 &lt;/p&gt;
 &lt;p&gt;
  Les autres aides à l&amp;#039;investissement culturel :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques"&gt;
    Investissement culturel – Aide aux investissements numériques
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
    Investissement culturel – Aide aux structures itinérantes
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N124" s="1" t="inlineStr">
+      <c r="N84" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espace public</t>
         </is>
       </c>
-      <c r="O124" s="1" t="inlineStr">
+      <c r="O84" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P124" s="1" t="inlineStr">
+      <c r="P84" s="1" t="inlineStr">
         <is>
           <t>31/10/2019</t>
         </is>
       </c>
-      <c r="R124" s="1" t="inlineStr">
+      <c r="R84" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
  &lt;/li&gt;
  &lt;li&gt;
   Aménageurs mandatés par les collectivités locales,
  &lt;/li&gt;
  &lt;li&gt;
   Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est une subvention, d&amp;#039;un
  &lt;strong&gt;
   montant maximum de 30% des dépenses éligibles
  &lt;/strong&gt;
  , avec un plafond de dépense de 6,5 M€ pour les travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce plafond peut monter à 40% des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
@@ -21440,73 +16644,73 @@
 &lt;br /&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux
  &lt;/strong&gt;
  (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
  &lt;br /&gt;
  La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un
  &lt;strong&gt;
   dossier de candidature complet
  &lt;/strong&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet objet de la demande d&amp;#039;aide doit être financé
  &lt;strong&gt;
   à hauteur de 20% minimum par la structure porteuse.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S124" s="1" t="inlineStr">
+      <c r="S84" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T124" s="1" t="inlineStr">
+      <c r="T84" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U124" s="1" t="inlineStr">
+      <c r="U84" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V124" s="1" t="inlineStr">
+      <c r="V84" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
         </is>
       </c>
-      <c r="X124" s="1" t="inlineStr">
+      <c r="X84" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En fonction du secteur dont relève le projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Spectacle vivant et enseignement artistique
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Christine Vacher -
   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    christine.vacher&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Arts plastiques
   &lt;/strong&gt;
   &lt;strong&gt;
@@ -21525,156 +16729,201 @@
    Cinéma
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Livre et lecture
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Delphine Martincourt -
   &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y124" s="1" t="inlineStr">
+      <c r="Y84" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z124" s="1" t="inlineStr">
+      <c r="Z84" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
         </is>
       </c>
-      <c r="AA124" s="1" t="inlineStr">
+      <c r="AA84" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB84" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale</t>
+        </is>
+      </c>
+      <c r="AE84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF84" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG84" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2023</t>
+        </is>
+      </c>
+      <c r="AH84" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="125" spans="1:27" customHeight="0">
-      <c r="A125" s="1">
+    <row r="85" spans="1:34" customHeight="0">
+      <c r="A85" s="1">
         <v>162848</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine apporter des réponses concrètes aux problèmes de désertification médicale</t>
         </is>
       </c>
-      <c r="D125" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Soutien à la télémédecine</t>
         </is>
       </c>
-      <c r="E125" s="1" t="inlineStr">
+      <c r="E85" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G125" s="1" t="inlineStr">
+      <c r="G85" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Association
-[...3 lines deleted...]
-      <c r="H125" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K125" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L125" s="1" t="inlineStr">
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
         <is>
           <t>La Région souhaite faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine qui peuvent permettre, selon le contexte local, d’apporter des réponses concrètes aux problèmes de désertification médicale.&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N125" s="1" t="inlineStr">
+      <c r="N85" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O125" s="1" t="inlineStr">
+      <c r="O85" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R125" s="1" t="inlineStr">
+      <c r="R85" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La Région peut prendre en charge 50% de la dépense subventionnable à hauteur de 20.000€ pour les équipements mobiles (chariot, mallette, objets portatifs...) et non mobiles (télécabines…).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles peuvent comprendre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’acquisition du matériel nécessaire à la téléconsultation (chariot, ordinateur, matériel connecté, imprimante, terminal de carte Vitale…),&lt;/li&gt;&lt;li&gt;Les solutions informatiques permettant la prise en charge de la consultation.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; La Région entend soutenir prioritairement les projets d&amp;#039;acquisition de matériels légers de téléconsultation mobiles ou non, inscrits dans un parcours de soins et ayant reçu l&amp;#039;aval des autorités de santé.&lt;br /&gt; &lt;p&gt;Dépôt du dossier sur la plateforme régionale &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (sélectionner le dispositif « Soutien à la télémédecine »).&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S125" s="1" t="inlineStr">
+      <c r="S85" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U125" s="1" t="inlineStr">
+      <c r="U85" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V125" s="1" t="inlineStr">
+      <c r="V85" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-la-telemedecine</t>
         </is>
       </c>
-      <c r="X125" s="1" t="inlineStr">
+      <c r="X85" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:sante&amp;#64;iledefrance.fr" target="_blank"&gt;sante&amp;#64;iledefrance.fr&lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y125" s="1" t="inlineStr">
+      <c r="Y85" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z125" s="1" t="inlineStr">
+      <c r="Z85" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-telemedecine-1/</t>
         </is>
       </c>
-      <c r="AA125" s="1" t="inlineStr">
+      <c r="AA85" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AE85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF85" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG85" s="1" t="inlineStr">
+        <is>
+          <t>16/06/2024</t>
+        </is>
+      </c>
+      <c r="AH85" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>