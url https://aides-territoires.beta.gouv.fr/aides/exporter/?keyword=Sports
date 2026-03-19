--- v0 (2026-01-12)
+++ v1 (2026-03-19)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA98"/>
+  <dimension ref="A1:AH48"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,52 +225,87 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>111659</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Développer les projets sport nature et sport santé</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Sport : Mesures en faveur du sport "Jouons collectif"</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
@@ -348,1299 +383,556 @@
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des sports
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 93 56
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1209-developper-les-projets-sport-nature-et-sport-/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Création d’un city park / city stade / terrain multisports
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
-        <v>90823</v>
+        <v>162322</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Soutenir le sport santé</t>
+          <t>Soutenir le sport fédéral</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au mouvement sportif fédéral</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
-        <is>
-[...426 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Conventionnement pluriannuel :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Avec les ligues et comités régionaux sportifs représentant une fédération sportive agréée par le ministère chargé des sports et le CROS ;&lt;/li&gt; 	&lt;li&gt;Convention pluriannuelle d&amp;#039;objectifs, déclinée sous forme de convention annuelle d&amp;#039;application. Le conventionnement actuel est sur 2022/2024.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les ligues et comités régionaux sportifs représentant une fédération sportive agréée par le ministère chargé des sports et le CROS.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
+      <c r="P3" s="1" t="inlineStr">
         <is>
           <t>21/05/2024</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Date de dépôt des dossiers avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;/p&gt;
 &lt;p&gt;Pour les sports d&amp;#039;hiver, la date de retour des dossiers de conventionnement est fixée au 30 novembre de l&amp;#039;année de l&amp;#039;exercice pour lequel la subvention est demandée.&lt;/p&gt;
 &lt;p&gt;Toute demande doit être &lt;strong&gt;déposée de façon dématérialisée&lt;/strong&gt; sur la plateforme régionale dédiée.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-au-sport-federal</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-au-sport-federal/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H7" s="1" t="inlineStr">
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>163164</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
-[...133 lines deleted...]
-      <c r="O8" s="1" t="inlineStr">
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
-[...63 lines deleted...]
-      <c r="S8" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X8" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2024</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>65152</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Aider le développement de la pratique du sport scolaire</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient le développement de la pratique du sport scolaireLe sport est un domaine d&amp;#039;activité humaine qui intéresse beaucoup les citoyens et qui a une capacité énorme à les rassembler, s&amp;#039;adressant à tous indépendamment de l&amp;#039;âge ou du milieu social.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éducation par le sport commence dans l&amp;#039;entourage, par l&amp;#039;éducation familiale, et se poursuit tout au long de la vie. Le système éducatif dans son ensemble participe au développement physique des individus par l&amp;#039;acquisition des gestes nécessaires à leur évolution et à leur vie future.
+&lt;/p&gt;
+&lt;p&gt;
+ Facteur d&amp;#039;épanouissement personnel, l&amp;#039;intérêt du sport pour les jeunes est essentiel dès le plus jeune âge. Il porte des valeurs qui se retrouvent à toutes les étapes de la vie, notamment par l&amp;#039;apprentissage des règles, le goût de l&amp;#039;effort, l&amp;#039;envie de progresser, le plaisir d&amp;#039;être ensemble, la coopération, le respect de l&amp;#039;autre...Tout d&amp;#039;abord la pratique de l&amp;#039;EPS répond à des horaires hebdomadaires obligatoires qui relèvent des missions de l&amp;#039;Éducation Nationale. La politique sportive abordera les autres aspects de la pratique pour les lycées et étudiants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les sections sportives
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les établissements souhaitant avoir une dynamique sportive inscrivent dans leur projet la volonté de développer une pratique sportive. La création de sections sportives est du domaine du Rectorat, et cet accueil permet de sensibiliser les jeunes à une activité d&amp;#039;entrainement soutenu. Une participation à leur fonctionnement apporte une certaine cohérence dans le parcours de détection des athlètes.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation de la Région est fixée à 50% maximum du coût de fonctionnement de la section. Elle est versée à l&amp;#039;association sportive de l&amp;#039;établissement scolaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accueil des championnats de France
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les services régionaux ou les services départementaux de l&amp;#039;UNSS ainsi que les comités de sport universitaires sont souvent candidats pour l&amp;#039;accueil de championnats de France sur notre territoire. Ces épreuves sont une vitrine régionale. La Région peut être partenaire pour faciliter l&amp;#039;organisation de ces épreuves. Une participation d&amp;#039;un montant maximum de 50% du coût d&amp;#039;organisation peut être accordée à la structure en charge de la manifestation.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les déplacements en championnat de France et internationaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Un soutien forfaitaire de 20 € par sportif et par jour est accordée pour les déplacements en championnat de France dès lors que les épreuves se déroulent à plus de 200 Km de l&amp;#039;établissement, tant pour les licenciés UNSS que les apprentis ou le Sport Universitaire. Cette participation permet d&amp;#039;accompagner jusqu&amp;#039;en phase finale le parcours de ces jeunes sportifs. Une prise en charge du même montant est prévue pour le professeur accompagnant ainsi qu&amp;#039;un jeune officiel.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Niveau individuel : la carte jeune
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aides-en-faveur-du-developpement-de-la-pratique-du-sport-scolaire</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+  Direction des Sports
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
-[...30 lines deleted...]
- &lt;/a&gt;
+ Service développement des pratiques sportives et formation
+&lt;/p&gt;
+&lt;p&gt;
+ Fanny DARNATIGUES :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 67 22 93 15
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : marie-francoise.darnatigues&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4f6f-aides-en-faveur-du-developpement-de-la-pratiq/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>18/10/2020</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...368 lines deleted...]
-      <c r="A11" s="1">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
         <v>120412</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Financer les études pour développer les sports de nature</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>ETUDES SPORTS DE NATURE</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L11" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Objectif
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider les gestionnaires d&amp;#039;espaces, sites et itinéraires (ESI) à financer un conseil extérieur pour des études en lien avec le développement maîtrisé des sports de nature.
  &lt;/li&gt;
  &lt;li&gt;
   Structurer l&amp;#039;offre sports de nature et améliorer la connaissance sur les pratiques et les            pratiquants.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide et montant :
  &lt;/strong&gt;
  subvention de fonctionnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Plafond à 60 000€ TTC de dépenses éligibles. Le temps de travail interne à la structure est exclu.
    &lt;/span&gt;
    &lt;br /&gt;
@@ -1685,1277 +977,633 @@
 &lt;p&gt;
  Instruction interne au service. Dépôt en ligne via
  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
   Drôm&amp;#039;Démat.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   TELESERVICE
  &lt;/strong&gt;
  : Sport et sports de nature
  &lt;br /&gt;
  &lt;strong&gt;
   DISPOSITIF
  &lt;/strong&gt;
  : Etudes sports de nature
 &lt;/p&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  Livrable de l&amp;#039;étude et copies des factures acquittées de l&amp;#039;opération
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     étude stratégique en lien avec les sports de nature (ex: stratégie territoriale sports de
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     nature)
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     étude de fréquentation ou d&amp;#039;analyse de fréquentation, qualitative ou quantitative
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Ces études devront être en cohérence avec les objectifs fixés par le schéma départemental des sports de nature.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les études de faisabilité d&amp;#039;aménagement de lieux de pratique sports de nature relèvent du dispositif « aménagement des espaces, sites et itinéraires de sports de nature »
  &lt;/li&gt;
  &lt;li&gt;
   les études dont l&amp;#039;objet est directement lié au tourisme (ex: stratégie marketing sports de nature) relèvent du règlement départemental tourisme
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Collectivités et syndicats mixtes
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Associations et comités départementaux
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Office National des Forêts (ONF)
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/etudes-sports-de-nature/</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Instructeur et Référent : Direction Environnement – Service Environnement, Sports
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Nature –
  &lt;a href="mailto:environnement&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
   environnement&amp;#64;ladrome.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  – 04 75 79 81 52
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ea51-etudes-sports-de-nature/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...64 lines deleted...]
-  Achat de tenues ou d&amp;#039;équipements sportifs
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>163129</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les moyens d’animation nécessaires à la mise en œuvre des compétences sports de nature des territoires</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>ANIMATION TERRITORIALE SPORTS DE NATURE</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 40</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;Objectif &lt;/h3&gt;    &lt;p&gt;Soutenir les moyens d’animation nécessaires à la mise en œuvre des compétences sports de nature des territoires.&lt;/p&gt;    &lt;h3&gt;Opérations éligibles&lt;/h3&gt;    &lt;p&gt;Moyens humains nécessaires à l’animation d’une ou plusieurs compétences sports de nature :&lt;/p&gt;    &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Gestion des sentiers de randonnée.&lt;/li&gt;&lt;li&gt;Gestion des sites naturels d’escalade.&lt;/li&gt;&lt;li&gt;Concertation/conciliation des usages (seuls les PNR sont éligibles).&lt;/li&gt;&lt;/ul&gt;        &lt;ul&gt; &lt;/ul&gt;    &lt;h3&gt;Type d’aide&lt;/h3&gt;    &lt;p&gt;Subvention de fonctionnement.&lt;/p&gt;    &lt;h3&gt;Dépenses subventionnables&lt;/h3&gt;    &lt;p&gt;Moyens d’animation charges comprises&lt;/p&gt;    &lt;h3&gt;Montant/Taux de l’aide&lt;/h3&gt;    &lt;p&gt;Le Département soutiendra les volumes d’animation à hauteur de :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;30 % pour la prise et/ou l’exercice d’une seule compétence&lt;/li&gt;    &lt;li&gt;40 % pour la prise et/ou l’exercice de deux compétences&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;Le plafond de dépenses éligibles est fixé à 40.000€ maximum par structure, charges comprises, avec un minimum de 0,5 ETP et un maximum de 1 ETP soutenu.&lt;/p&gt;    &lt;p&gt;Dans le cas de territoires bi-départementaux, la proratisation se fera en fonction du nombre de communes situées en Drôme.&lt;/p&gt;    &lt;h3&gt;Pièces constitutives du dossier&lt;/h3&gt;    &lt;ul&gt; &lt;li&gt;&lt;strong&gt;Le courrier &lt;/strong&gt;faisant acte de candidature&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;Les délibérations &lt;/strong&gt;justifiant des prises de compétence&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;La présentation du territoire&lt;/strong&gt;&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;NB : &lt;/strong&gt;Une description claire de la répartition des missions est attendue dans le cas de territoires inclus dans le périmètre d’un Parc Naturel Régional&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;&lt;strong&gt;La stratégie &lt;/strong&gt;en matière de développement des sports de nature, avec un lien particulier sur les compétences identifiées&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;Le plan d’action &lt;/strong&gt;sur l’année à venir, en lien avec la/les compétence(s) identifiée(s). Il comprendra des objectifs chiffrés facilement évaluables lors de la phase de bilan annuel&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;Le plan de financement &lt;/strong&gt;du volume d’animation sollicité&lt;/li&gt;    &lt;li&gt;&lt;strong&gt;Les justificatifs &lt;/strong&gt;des moyens d’animation (fiche de poste, fiche de paie)&lt;/li&gt; &lt;/ul&gt;    &lt;h3&gt;Instruction des dossiers_Demande de dématérialisation&lt;/h3&gt;    &lt;p&gt;Instruction interne au service.&lt;br /&gt;Dépôt en ligne via &lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôm’Démat.&lt;/a&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;TELESERVICE&lt;/strong&gt; : Sport et sports de nature&lt;br /&gt;&lt;strong&gt;DISPOSITIF &lt;/strong&gt;: &lt;strong&gt;Animation territoriale des sports de nature&lt;/strong&gt;&lt;/p&gt;    &lt;h3&gt;Versement&lt;/h3&gt;    &lt;ul&gt; &lt;li&gt;Bilan annuel sur la base du plan d’actions&lt;/li&gt;    &lt;li&gt;Fichier d’évaluation fourni par le Département&lt;/li&gt;    &lt;li&gt;Justificatifs financiers&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;« Le Département, premier partenaire des territoires » : Le bénéficiaire devra se conformer aux obligations du bénéficiaire de subventions départementales en matière de communication&lt;/p&gt;    &lt;h3&gt;Base réglementaire&lt;/h3&gt;    &lt;p&gt;Commission permanente du 24 juin 2024.&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;Exclusions&lt;/h3&gt;    &lt;p&gt;Ne sont pas éligibles les territoires ne disposant pas de compétence sports de nature.&lt;/p&gt;    &lt;h3&gt;Bénéficiaires&lt;/h3&gt;    &lt;ul&gt; &lt;li&gt;Les Etablissements Publics de Coopération Intercommunale (EPCI)&lt;/li&gt;    &lt;li&gt;Les syndicats mixtes (Parcs Naturels Régionaux)&lt;/li&gt; &lt;/ul&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/animation-territoriale-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction Environnement – Service Environnement, Sports de Nature&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:environnement&amp;#64;ladrome.fr" target="_self"&gt;environnement&amp;#64;ladrome.fr&lt;/a&gt;&lt;/p&gt;    &lt;p&gt;Téléphone : 04 75 79 81 52&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/animation-territoriale-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>28/07/2024</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>120317</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de développement maîtrisé des sports de nature</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Projet de développement maîtrisé des sports de nature</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur le cadre juridique, le contexte réglementaire et la politique départementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Envoi de documentation selon besoin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des réunions d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement méthodologique, juridique et technique, en mobilisant si besoin son réseau de partenaires ( Mouvement sportif – la Drôme tourisme –  LPO...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la définition de la stratégie de la collectivité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement à la définition d&amp;#039;un réseau de randonnées, réalisation d&amp;#039;un diagnostic de réseau permettant ensuite l&amp;#039;implantation de la signalétique directionnelle de randonnée et la création de bons plans randos sous la maîtrise d&amp;#039;ouvrage départementale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement réglementaire, technique et financier, aide à la recherche de financement pour la création et l&amp;#039;aménagement de lieux de pratique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans la gestion des conflits d&amp;#039;usage
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="O12" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
-[...45 lines deleted...]
-  &lt;/span&gt;
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Mise en place de stratégies de développement maîtrisé des sports de nature à l&amp;#039;échelle des territoires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement à la prise de compétence intercommunale « gestion des sentiers de randonnée » et à sa mise en œuvre,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Accompagnement à la création ou à l&amp;#039;aménagement, la sécurisation de lieux de pratique sports de nature
+  &lt;/li&gt;
+  &lt;li&gt;
+   Promotion de la filière « outdoor/sports de nature» en lien avec la stratégie tourisme
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/projet-developpement-maitrise-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Service Environnement Sports Nature
+&lt;/p&gt;
+&lt;p&gt;
+ 04.75.79.81.52
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:sportsnature&amp;#64;ladrome.fr"&gt;
+  environnement&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Téléphone : 05 57 45 10 10
-[...273 lines deleted...]
-  https://www.manche.fr/contacter-le-departement/
+ &lt;a href="http://www.ladrome.fr/"&gt;
+  www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b354-projet-de-developpement-maitrise-des-sports-d/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...29 lines deleted...]
-      <c r="H15" s="1" t="inlineStr">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>30758</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Développer la pratique du sport scolaire</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
-[...549 lines deleted...]
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I9" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L19" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contexte et objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le sport est un domaine d&amp;#039;activité humaine qui intéresse beaucoup les citoyens et qui a une capacité énorme à les rassembler, s&amp;#039;adressant à tous indépendamment de l&amp;#039;âge ou du milieu social.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;éducation par le sport commence dans l&amp;#039;entourage, par l&amp;#039;éducation familiale, et se poursuit tout au long de la vie. Le système éducatif dans son ensemble participe au développement physique des individus par l&amp;#039;acquisition des gestes nécessaires à leur évolution et à leur vie future.
 &lt;/p&gt;
 &lt;p&gt;
  Facteur d&amp;#039;épanouissement personnel, l&amp;#039;intérêt du sport pour les jeunes est essentiel dès le plus jeune âge. Il porte des valeurs qui se retrouvent à toutes les étapes de la vie, notamment par l&amp;#039;apprentissage des règles, le goût de l&amp;#039;effort, l&amp;#039;envie de progresser, le plaisir d&amp;#039;être ensemble, la coopération, le respect de l&amp;#039;autre...Tout d&amp;#039;abord la pratique de l&amp;#039;EPS répond à des horaires hebdomadaires obligatoires qui relèvent des missions de l&amp;#039;Éducation Nationale. La politique sportive abordera les autres aspects de la pratique pour les lycées et étudiants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les lycéens,
  &lt;/li&gt;
  &lt;li&gt;
   les associations sportives des lycées,
  &lt;/li&gt;
  &lt;li&gt;
   services régionaux et départementaux UNSS,
  &lt;/li&gt;
  &lt;li&gt;
   comités régionaux sport universitaire et USEG
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le développement du sport scolaire passe par un engagement politique important se traduisant par une ligne financière votée annuellement.
 &lt;/p&gt;
 &lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Jeunesse
 Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les axes d&amp;#039;intervention régionaux peuvent être vus à trois niveaux :
   &lt;em&gt;
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    1. Niveau régional
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Services régionaux de l&amp;#039;Union Nationale du Sport Scolaire (UNSS) et Comités Régionaux de Sport Universitaire
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   2. Niveau territorial
  &lt;/em&gt;
@@ -3048,2368 +1696,674 @@
 &lt;p&gt;
  &lt;em&gt;
   &lt;strong&gt;
    3. Niveau individuel : la carte jeune
   &lt;/strong&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une association sportive existe dans chaque lycée, et cela permet d&amp;#039;adapter les pratiques et de faire un lien avec le mouvement sportif fédéral. Ainsi le sport scolaire suit également les évolutions de la société et du monde sportif en termes de pratiques et d&amp;#039;attentes.
   &lt;/li&gt;
   &lt;li&gt;
    De nouveaux groupes d&amp;#039;activités voient le jour : d&amp;#039;entretien de soi (musculation, le step), la pratique de pleine nature (la course d&amp;#039;orientation, VTT, escalade, canoë-kayak), l&amp;#039;accro-gym.
   &lt;/li&gt;
   &lt;li&gt;
    Les lycéens et apprentis bénéficient de la participation financière de la Région à &amp;#34;l&amp;#039;acquisition d&amp;#039;une licence sportive auprès d&amp;#039;une association sportive de lycée ou CFA&amp;#34;
   &lt;/li&gt;
   &lt;li&gt;
    Ce dispositif est présenté par ailleurs dans le cadre des dispositions de la Carte Jeune.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Aides-en-faveur-du-developpement-de-la-pratique-du-sport</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Sports
 &lt;/p&gt;
 &lt;p&gt;
  Service développement des pratiques sportives et formation
 &lt;/p&gt;
 &lt;p&gt;
  Fanny DARNATIGUES : 04 67 22 93 15
 &lt;/p&gt;
 &lt;p&gt;
  Francis FOURES : francis.foures&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b773-aides-en-faveur-du-developpement-de-la-pratiq/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2020</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G20" s="1" t="inlineStr">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>97691</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maisons et centres de santé pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude
+Agence régionale de santé (ARS) — Occitanie</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Limite d’un montant de subvention de 150 000 €</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département apporte un financement aux projets de maisons et centres de santé pluridisciplinaires afin d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est attribuée dans une zone déficitaire en matière de soin aux collectivités (communes, intercommunalités).
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires sont les collectivités (communes, intercommunalités) souhaitant réaliser le bâtiment d&amp;#039;une Maison de Santé Pluriprofessionnelle dont le projet a été préalablement validé par le comité régional de sélection des MSP en zone sous dotée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département aux projets de Maisons de Santé Pluriprofessionnelles s&amp;#039;inclut dans une démarche globale d&amp;#039;aménagement du territoire, visant à lutter contre la désertification médicale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ communes, EPCI, établissements et organismes  de santé à but non lucratif (établissement de santé et mutuelle).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des dépenses liées à la construction ou à la rénovation du bâti, en extérieur et en intérieur, ainsi qu&amp;#039;aux VRD,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses liées aux aménagements intérieurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement réalisées pour l&amp;#039;achat de mobilier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses liées à l&amp;#039;intégration d&amp;#039;une pharmacie dans les locaux de la MSP ou d&amp;#039;un équipement de balnéothérapie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/maison-de-sante-pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Mail: richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assistant de Direction / Comptable - Maeva Homs
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : maeva.homs&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/888c-favoriser-linstallation-de-medecins-et-accroi/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Création d’une maison de santé
+Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Département de l'Aude</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>15/07/2021</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>97606</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou aménager des espaces réservés au sport</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
-[...320 lines deleted...]
-      <c r="I22" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Max : 35</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L22" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département de l&amp;#039;Aude propose d&amp;#039;aider les communes et leurs groupements à construire ou à aménager
  des équipements sportifs de plein air ou couverts.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Gymnase ou salle spécialisée, aire aménagée, plaine de jeux, plateau d&amp;#039;éducation physique, stade, piscine...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Equipement public</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ne seront pris en compte que les projets qui intègreront des exigences règlementaires en matière d&amp;#039;accessibilité aux personnes à mobilité réduite et qui feront un effort en matière de développement durable (performance énergétique, normes HQE, gestion économe de l&amp;#039;espace, utilisation des énergies renouvelables...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses non éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Dépenses de mobilier et d&amp;#039;entretien courant
  &lt;/li&gt;
  &lt;li&gt;
   Eclairage public
  &lt;/li&gt;
  &lt;li&gt;
   Plantations
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Aude</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.aude.fr/ressources/equipements-sportifs</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04.68.11.69.81
 &lt;/p&gt;
 &lt;p&gt;
  Mail : richard.cane&amp;#64;aude.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/774a-construire-ou-amenager-des-espaces-reserves-a/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB11" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>Département de l'Aude</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>13/07/2021</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="23" spans="1:27" customHeight="0">
-[...745 lines deleted...]
-      <c r="A27" s="1">
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
         <v>121462</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Organiser des évènements sportifs durables</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Accompagnement à l'organisation d'évènements sports de nature</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Parc naturel régional des Baronnies Provençales (PNR)</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Association</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="L27" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le syndicat mixte du Parc apporte un accompagnement aux évènements en lien avec les sports de nature pour les aider à devenir des évènements sportifs durables : peu consommateurs de ressources , faiblement émetteurs de GES, ne générant pas / peu de déchets, respectueux / associant les populations locales.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Baronnies Sports Aventure
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se situer sur une commune classée ou dans une ville-porte du PNR des Baronnies provençales
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>PNR des Baronnies provençales (Parc naturel régional)</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://www.baronnies-provencales.fr/le-parc/le-parc-naturel-regional/</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Kim CHAPUIS
 &lt;/p&gt;
 &lt;p&gt;
  Chargée de projets Activités récréatives, sports et nature
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : kchapuis&amp;#64;baronnies-provencales.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 04.58.17.37.53
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>eruin@baronnies-provencales.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2731-evenements-sportifs-durables/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional des Baronnies provençales</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>11/12/2022</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...906 lines deleted...]
-      <c r="A34" s="1">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
         <v>120421</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Favoriser l'aménagement des espaces, sites et itinéraires de sports de nature</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>AMENAGEMENT DES ESPACES, SITES ET ITINERAIRES DE SPORTS DE NATURE</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I13" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 60</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif :
  &lt;/strong&gt;
  Aider les gestionnaires d&amp;#039;espaces, sites et itinéraires (ESI) à aménager et équiper les lieux de pratique sports de nature.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature et montant de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Subvention d&amp;#039;investissement
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   Étude : plafond à 20 000€ de dépenses éligibles
  &lt;/p&gt;
  &lt;p&gt;
   Travaux et acquisition foncière : plancher à 2 000€ et plafond à 80 000€ de dépenses éligibles
  &lt;/p&gt;
  &lt;p&gt;
@@ -5468,51 +2422,51 @@
 &lt;/h4&gt;
 &lt;p&gt;
  Instruction interne au service.
  &lt;br /&gt;
  Dépôt en ligne via
  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
   Drôm&amp;#039;Démat.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   TELESERVICE
  &lt;/strong&gt;
  : Sport et sports de nature
  &lt;br /&gt;
  &lt;strong&gt;
   DISPOSITIF
  &lt;/strong&gt;
  : Aménagement des lieux de pratique sports de nature
 &lt;/p&gt;
 &lt;p&gt;
  Versement : Copies des factures acquittées de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ol&gt;
   &lt;li&gt;
    &lt;span&gt;
     Étude de faisabilité d&amp;#039;aménagement d&amp;#039;un ESI
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Aménagement/équipement sur les espaces, sites et itinéraires :
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ol&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
@@ -5549,1922 +2503,810 @@
     équipements d&amp;#039;accueil du public : cabanon d&amp;#039;accueil, ...
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     signalétique sous réserve de respect de la charte départementale
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     acquisition foncière permettant la pérennisation foncière de l&amp;#039;ESI, son accès et/ou le stationnement
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  NB : pour des travaux situés en propriété privée des personnes privées, la maîtrise foncière devra être assurée par le biais d&amp;#039;un bail ou un engagement d&amp;#039;ouverture au public de 10 ans minimum.
 &lt;/p&gt;
 &lt;p&gt;
  Les aménagements devront être réalisés dans le respect du développement maîtrisé des sports de nature (intégration paysagère, concertation avec les différents usagers, limitation de l&amp;#039;impact environnemental, ...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont exclus du dispositif les équipements de loisirs ne relevant pas d&amp;#039;une fédération (sentier thématique, d&amp;#039;interprétation, parcours acrobatique en hauteur, luge d&amp;#039;été, ...), les aménagements touristiques (tables de pique-niques, table d&amp;#039;orientation...), le matériel lié à la pratique (baudriers, bateaux, avions, ...)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Collectivités et syndicats mixtes
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Associations et comités départementaux
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Office National des Forêts (ONF)
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/amenagement-des-espaces-sites-et-itineraires-de-sports-de-nature/</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction Environnement – Service Environnement, Espaces Naturels Sensibles, Sports de Nature –
  &lt;a href="mailto:sportsnature&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
   sportsnature&amp;#64;ladrome.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  – 04 75 79 81 52
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/84de-amenagement-des-espaces-sites-et-itineraires-/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
+        <v>30527</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Prendre en compte les enjeux environnementaux dans les sports de nature</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement des collectivités dans l&amp;#039;analyse et la prise en compte des enjeux environnementaux (paysage, milieux naturels, propriété et usages de l&amp;#039;espace (agri/forêt)) dans le développement maîtrisé des sports de nature sur la base des principes de la CDESI (Commission Départementale des Espaces, Sites et Itinéraires relatifs aux sports de nature)
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 24 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour l&amp;#039;aménagement et la valorisation du Site des Gorges du Banquet : sport de nature et biodiversité
+&lt;/p&gt;
+&lt;p&gt;
+ Projet pole Escalade du Dadou : multisites escalades &amp;#43; sentiers rando et interprétation (en lien avec Base de Razisse)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/430f-prendre-en-compte-les-enjeux-environnementaux/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Département du Tarn</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>16/03/2020</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
         <v>144499</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Promouvoir les sports de nature au titre du PDESI des Landes</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Réglement relatif à la promotion des sports de nature au titre du PDESI des Landes</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...3 lines deleted...]
-      <c r="H35" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I35" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 70</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
-[...53 lines deleted...]
-      <c r="N35" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;inscription d&amp;#039;un espace, d&amp;#039;un site ou d&amp;#039;un itinéraire au PDESI 40 fait
+ figure d&amp;#039;opportunité au service des porteurs de projet qui souhaitent 
+s&amp;#039;associer à la politique de développement « maîtrisé » des sports de 
+nature initiée par le Département des Landes.
+De cette inscription émane deux principaux effets :
+- D&amp;#039;abord, elle permet aux porteurs de projet de bénéficier des aides du
+ Département, à la fois pour les études, l&amp;#039;aménagement, et la gestion 
+des sites de pratique.
+- Ensuite, elle garantit à l&amp;#039;usager son accessibilité gratuite, son 
+entretien, sa sécurité et son suivi.&lt;/p&gt;
+            &lt;p&gt;Les aides financières se décomposent en dépenses 
+d&amp;#039;études, d&amp;#039;aménagements, de gestion et d&amp;#039;acquisition attribuées aux 
+sites de niveau III ou appartenant à une « station sports de nature » 
+préalablement inscrits au PDESI. Néanmoins, une aide départementale 
+pourrait être envisagée à titre exceptionnel pour les projets permettant
+ l&amp;#039;amélioration des ESI de niveau II, à la condition qu&amp;#039;ils déclenchent 
+son reclassement au niveau supérieur.&lt;/p&gt;
+&lt;p&gt;NB : Les taux de participation maximum affichés sont à appliquer aux 
+montants Hors Taxe des dépenses. L&amp;#039;attribution d&amp;#039;une aide est soumise à 
+la décision de la Commission Permanente du Département.&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Études&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Études des faisabilités des aménagements des ESI et études d&amp;#039;incidence Natura 2000.
+&amp;gt; Taux de participation : 70 % maximum
+&amp;gt; Plafond d&amp;#039;aide : 10 000 €&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Aménagements&lt;/li&gt;&lt;/ul&gt;
+&lt;ul&gt;&lt;li&gt;Opérations liées à la mise en accessibilité pour différents 
+publics sur le site de pratique : les équipements permettront entre 
+autres de gérer les flux (exemples : cheminements, passerelles, aire de 
+stationnement, balisage du site, travaux de mise en sécurité et de 
+protection, etc.) ;&lt;/li&gt;&lt;li&gt;Gestion des impacts environnementaux liés à 
+la pratique sportive, dans la mesure où l&amp;#039;entretien, le suivi, les 
+expérimentations, etc. sont assurés par conventionnement ;&lt;/li&gt;&lt;li&gt;Mise 
+en œuvre d&amp;#039;actions menées dans le cadre du développement durable et/ou 
+mise en place d&amp;#039;équipements structurants favorisant la gestion des 
+déchets&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&amp;gt; Taux de participation : 60 % maximum
+&amp;gt; Plafond d&amp;#039;aide : 50 000 €&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Pérennisation foncière&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Si les enjeux le nécessitent, le Département pourra aider les 
+collectivités à l&amp;#039;acquisition de terrains dans les conditions prévues à 
+l&amp;#039;article L142-2 du code de l&amp;#039;urbanisme modifié par la loi n°2013-403 du
+ 17 mai 2013 – art1(V) soit classés en ZPENS soit dédiés à l&amp;#039;aménagement
+ et la gestion des espaces, sites et itinéraires figurant au plan 
+départemental des espaces sites et itinéraires relatifs aux sports de 
+nature établi dans les conditions prévues au livre III du code du sport.
+ Les terrains acquis devront être aménagés pour être ouverts aux 
+usagers, dans l&amp;#039;intention de proposer un ESI support d&amp;#039;une ou plusieurs 
+pratiques sportives identifiées. Seuls les ESI de niveau III peuvent 
+prétendre à ce type d&amp;#039;aide.&lt;/p&gt;
+&lt;p&gt;Une aide aux frais de bornage pourra également être proposée.&lt;/p&gt;
+&lt;p&gt;&amp;gt; Taux de participation : 50 % maximum
+&amp;gt; Plafond d&amp;#039;aide : 10 000 €&lt;/p&gt;
+&lt;p&gt;Pour les stations sports de nature :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Réalisation d&amp;#039;outils numériques : site internet, application 
+mobile, plateforme de réservation visant à valoriser l&amp;#039;offre sports de 
+nature proposée sur le territoire et faciliter l&amp;#039;accès à l&amp;#039;information 
+et à la réservation en ligne&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&amp;gt; Taux de participation : 60 % maximum
+&amp;gt; Plafond d&amp;#039;aide : 15 000 €&lt;/p&gt;
+      &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Espace public</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="S35" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Modalités de versement de l&amp;#039;aide départementale&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Demande de justificatifs&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Le paiement de l&amp;#039;aide départementale s&amp;#039;effectue en deux temps :
+− Paiement de l&amp;#039;acompte à la signature de la convention avec le Département
+− Paiement du solde sur présentation des documents suivants :&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;état récapitulatif des dépenses établi par le maître d&amp;#039;ouvrage, 
+attestant que l&amp;#039;opération est terminée, visé du trésorier public, 
+portant la mention des titres de paiement.&lt;/li&gt;&lt;li&gt;l&amp;#039;ensemble des justificatifs de dépenses.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Les paiements sont subordonnés au contrôle des agents du Département.&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Durée de validité de l&amp;#039;aide&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;La durée de validité des subventions est fixée à 24 mois pour le 
+début des travaux après la date de notification de la subvention. 
+L&amp;#039;opération devra être terminée 36 mois après la date de notification. À
+ défaut d&amp;#039;avoir respecté ces délais, l&amp;#039;aide sera annulée. Si le 
+demandeur souhaite bénéficier d&amp;#039;une aide départementale, il devra alors 
+déposer un nouveau dossier.&lt;/p&gt;
+&lt;p&gt;Toutefois, le délai de début d&amp;#039;exécution des travaux pourra être 
+prorogé au maximum d&amp;#039;un an en cas de circonstances exceptionnelles que 
+le demandeur devra justifier avant l&amp;#039;échéance des dix-huit mois (enquête
+ publique par exemple). En cas de prorogation de ce délai, le délai 
+d&amp;#039;achèvement des travaux sera calculé à partir de la date de la 
+prorogation.&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Le cumul des aides publiques&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;Dans le cas où le demandeur obtiendrait des subventions dont le cumul
+ dépasserait 80% du coût total du projet, l&amp;#039;aide du Département sera 
+susceptible d&amp;#039;être diminuée conformément aux dispositions du décret n° 
+99-1060 du 16 décembre 1999 relatif aux subventions de l&amp;#039;État pour des 
+projets d&amp;#039;investissement.&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Clause de réversibilité&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L&amp;#039;octroi de la subvention départementale implique l&amp;#039;ouverture au 
+public de l&amp;#039;Espace Site ou Itinéraire concerné, ainsi que son 
+accessibilité, en garantissant la continuité des itinéraires de 
+randonnée, pour une durée minimale de 5 années à compter de l&amp;#039;achèvement
+ de l&amp;#039;opération.&lt;/p&gt;
+&lt;p&gt;Dans le cas où le porteur de projet bénéficiant d&amp;#039;une aide 
+départementale au titre du PDESI ne respecterait ni les conditions, ni 
+les délais d&amp;#039;engagement, il s&amp;#039;engage à rembourser la totalité de l&amp;#039;aide 
+reçue.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X35" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/promotion-des-sports-de-nature-au-titre-du-pdesi-des-landes-destination-des-associations</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.landes.fr/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:sportsdenature&amp;#64;landes.fr" target="_self"&gt;
   sportsdenature&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/73b4-promouvoir-les-sports-de-nature-au-titre-du-p/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>16/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...95 lines deleted...]
-      <c r="O36" s="1" t="inlineStr">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Fédération nationale des collectivités concédantes et régies (FNCCR)
+Territoire d'Energie Var - Symielec (TE83)
+Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
+Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
+de mettre à disposition et financer des outils d’aide à la décision pour les
+groupements de collectivités qui souhaitent développer des projets de
+rénovation énergétique des bâtiments publics. A l’échelle du Var ce
+programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
+COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
+permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
+conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;o&lt;span&gt;  
+&lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
+différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
+ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
+de flux ACTEE83 avec le
+recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
+collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
+collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
+des collectivités sur l’amélioration énergétique des bâtiments publics en
+communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
+du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
+de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
+AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P36" s="1" t="inlineStr">
-[...866 lines deleted...]
-      <c r="S41" s="1" t="inlineStr">
+      <c r="P16" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2023</t>
+        </is>
+      </c>
+      <c r="Q16" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2026</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Isolation du bâtiment
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (SYMIELECVAR)</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>06/06/2024</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...180 lines deleted...]
-      <c r="G43" s="1" t="inlineStr">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>155106</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
-[...127 lines deleted...]
-      <c r="H44" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
-[...258 lines deleted...]
-      <c r="L46" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
 &lt;/p&gt;
 &lt;p&gt;
  Pour rappel :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
   &lt;/li&gt;
   &lt;li&gt;
    Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
   &lt;/li&gt;
   &lt;li&gt;
    Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
@@ -7476,64 +3318,64 @@
   Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
  &lt;/p&gt;
  &lt;p&gt;
   Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    PIÈCES À FOURNIR
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Projet de santé validé par le comité opérationnel départemental
    &lt;/li&gt;
    &lt;li&gt;
     Pour les rénovations, document de diagnostic énergétique
    &lt;/li&gt;
    &lt;li&gt;
     Pièces justifiant la bonification si sollicitation
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Santé
 Revitalisation
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
  &lt;/li&gt;
  &lt;li&gt;
   A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
  &lt;/li&gt;
  &lt;li&gt;
   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -7608,1147 +3450,1237 @@
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrain
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W46" s="1" t="inlineStr">
+      <c r="W17" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02.33.05.96.17
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Création d’une maison de santé
+Déployer les équipements numériques
+Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="G47" s="1" t="inlineStr">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>120410</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le fonctionnement des structures départementales et bi-départementales de sport de nature</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>SOUTIEN EN FONCTIONNEMENT DES COMITES DEPARTEMENTAUX ET BI-DEPARTEMENTAUX DES SPORTS DE NATURE</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ : Soutenir les structures départementales et bi-départementales (comités sportifs principalement) qui participent au développement des sports de nature sur le territoire en lien avec le schéma départemental des sports de nature.
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides sont articulées autour d&amp;#039;une partie fonctionnement et d&amp;#039;une partie liée à l&amp;#039;accompagnement de projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Type d&amp;#039;aide : subvention de fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature de l&amp;#039;aide :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Aide au fonctionnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide aux projets
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires : sont éligibles les structures départementales et bi-départementales,
+ &lt;strong&gt;
+  à l&amp;#039;exception
+ &lt;/strong&gt;
+ des associations sportives locales et fédérations non agréées.
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;span&gt;
+  Opérations éligibles :
+ &lt;/span&gt;
+&lt;/h3&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   &lt;strong&gt;
+    Aide au fonctionnement
+   &lt;/strong&gt;
+   : c
+  &lt;/span&gt;
+  &lt;span&gt;
+   ritères liés à la structuration du comité : nombre de licenciés moins de 18 ans, nombre d&amp;#039;agents de développement , nombre de clubs.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aides aux projets : Les projets doivent s&amp;#039;inscrire dans les priorités départementales suivantes :
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   structurer, sécuriser et professionnaliser les clubs pour renforcer le rôle d&amp;#039;accompagnement des clubs par les comités.
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;éducation par le sport pour faire de la jeunesse une priorité et utiliser le sport comme moyen d&amp;#039;éducation.
+ &lt;/li&gt;
+ &lt;li&gt;
+  développer de manière maîtrisée les sports de nature en lien avec notre compétence départementale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer l&amp;#039;accès à la pratique sportive pour les publics empêchés, notamment en direction des publics porteurs d&amp;#039;un handicap.
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au haut niveau en lien avec le dispositif de soutien aux sportifs (club Drôme) et le dispositif de soutien aux clubs nationaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Attribution sous réserve d&amp;#039;aide au fonctionnement préalable
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   PV dernière AG
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Budget prévisionnel
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Statuts et déclaration en préfecture si non connus
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Bilan comptable et compte de résultat Fiches projets
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Fiches projets
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_ Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   TELESERVICE
+  &lt;/strong&gt;
+  : Sport et sports de nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   DISPOSITIF
+  &lt;/strong&gt;
+  : Comités sports de nature
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour la part fonctionnement en fonction des pièces demandées ci-dessus
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la part projet(s) : fiche bilan du ou des projet(s)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/soutien-en-fonctionnement-des-comites-departementaux-et-bi-departementaux-des-sports-de-nature/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction Environnement – Service Environnement Sports Nature -
+  &lt;a href="mailto:environnement&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+   environnement&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  –
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  04 75 79 81 52
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acf0-soutien-au-fonctionnement-des-structures-depa/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>117411</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour une gestion des espaces publics à contraintes : cimetières ou terrains de sport</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H47" s="1" t="inlineStr">
-[...54 lines deleted...]
-Consommation et production
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les collectivités vers le zéro phyto en leur proposant des solutions techniques pour se passer des produits phytosanitaires pour l&amp;#039;entretien des espaces à contraintes (projet de végétalisation de cimetières, entretien sans produit phytosanitaire des terrains de sport...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement des collectivités pour le diagnostic des espaces à contraintes notamment les cimetières avec proposition d&amp;#039;aménagement dans le cadre de la suppression des produits phyto sanitaires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Santé
+Biodiversité
 Equipement public
-Bâtiments et construction
 Réhabilitation
+Paysage
 Appui méthodologique
-Animation et mise en réseau
-[...60 lines deleted...]
-      <c r="AA47" s="1" t="inlineStr">
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cb23-accompagner-les-collectivites-pour-une-gestio/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-      <c r="A48" s="1">
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
         <v>162652</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
         </is>
       </c>
-      <c r="C48" s="1" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
         </is>
       </c>
-      <c r="D48" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Programme ACTEE - SDE35</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Syndicat Départemental d'Energie 35</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H48" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I48" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
-      <c r="J48" s="1" t="inlineStr">
+      <c r="J20" s="1" t="inlineStr">
         <is>
           <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L48" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Réduction de l'empreinte carbone</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Ille-et-Vilaine</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
         </is>
       </c>
-      <c r="W48" s="1" t="inlineStr">
+      <c r="W20" s="1" t="inlineStr">
         <is>
           <t>https://www.sde35.fr/contactez-nous</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>sde35@sde35.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB20" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Gestion d'une base nautique
+Isolation du bâtiment
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>SDE35</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>16/05/2024</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...193 lines deleted...]
-      <c r="A50" s="1">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
         <v>112052</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'innovation, de manifestations sportives, parasportives et de promotion du parasport</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Partageons nos sports : soutien aux projets d’innovations, projets de manifestations parasportives et promotion du parasport</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental du Doubs</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L50" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Soutien aux projets d&amp;#039;innovation sociale des personnes en situation de handicap dans la pratique d&amp;#039;activités sportives.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Initiative permettant d&amp;#039;apporter des réponses nouvelles aux besoins rencontrés par les personnes en situation de handicap pour pratiquer des activités physiques.
 &lt;/p&gt;
 &lt;p&gt;
  Ces projets et initiatives pourront tout aussi bien concerner les domaines de l&amp;#039;emploi, la formation, la technologie, le transport, le numérique, la culture, le tourisme, la santé et auront, pour finalité, d&amp;#039;accompagner les personnes en situation de handicap dans la pratique d&amp;#039;activités physiques.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets innovants ou existant au niveau national devront être appliqués sur le territoire doubien.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide ne sera pas renouvelable, elle sera valide pour toute la durée du projet. Seules les associations pourront être éligibles. Toutefois un portage commun avec différentes structures est possible.
 &lt;/p&gt;
 &lt;p&gt;
  Soutien aux projets de manifestations sportives ou d&amp;#039;autres types d&amp;#039;évènements pour la promotion du parasport et/ou des valeurs de l&amp;#039;olympisme
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Evénements et manifestations sportives pour l&amp;#039;inclusion des personnes en situation de handicap par le sport et l&amp;#039;activité physique.
   &lt;/li&gt;
   &lt;li&gt;
    Evénements et manifestations pour la promotion des valeurs de l&amp;#039;olympisme.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Les projets devront avoir lieu sur le territoire du Doubs ou à défaut concerner des acteurs doubiens.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets peuvent être portés par des associations, des collectivités et des établissements publics.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T50" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Doubs</t>
         </is>
       </c>
-      <c r="W50" s="1" t="inlineStr">
+      <c r="W21" s="1" t="inlineStr">
         <is>
           <t>https://mademat.doubs.fr/</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service Sport Culture Education Populaire
 &lt;/p&gt;
 &lt;p&gt;
  ☏ : 03.81.25.83.99
 &lt;/p&gt;
 &lt;p&gt;
  ✉ :
  &lt;a href="mailto:desc&amp;#64;doubs.fr" rel="noopener" target="_blank"&gt;
   desc&amp;#64;doubs.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>aide.mademat@doubs.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2888-soutenir-les-projets-dinnovations-projets-de-/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>Département du Doubs</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>03/02/2022</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-[...144 lines deleted...]
-      <c r="A52" s="1">
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
         <v>111658</v>
       </c>
-      <c r="B52" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Soutenir les manifestations sportives</t>
         </is>
       </c>
-      <c r="D52" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Sport : Mesures en faveur du sport "Jouons collectif"</t>
         </is>
       </c>
-      <c r="E52" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G52" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H52" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I52" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J52" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>30% maximum du budget prévisionnel</t>
         </is>
       </c>
-      <c r="K52" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L52" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mesure en faveur du sport &amp;#34;Jouons collectif&amp;#34; : soutien aux manifestations sportives présentant : soit un niveau sportif à minima national ou international, attesté par la Fédération, soit un intérêt spécifique pour le territoire essonnien reconnu par le Département pour son ancrage historique, son nombre de participants ou pour son lien avec les thématiques développées par celui-ci (sport et femmes, sport et handicap, sport de nature, sport santé...).
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2019-02-0013 (AD du 30/09/2019)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Handicap
 Egalité des chances
 Cohésion sociale et inclusion
 Santé</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Projet présentant : soit un niveau national ou international, soit un intérêt spécifique pour le territoire essonnien, reconnu par le Département.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T52" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X52" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des sports
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 93 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z52" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e817-soutenir-les-manifestations-sportives/</t>
         </is>
       </c>
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-      <c r="A53" s="1">
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
         <v>161007</v>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets sportifs</t>
         </is>
       </c>
-      <c r="C53" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>EUROPE - Erasmus +</t>
         </is>
       </c>
-      <c r="D53" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Erasmus+ - Sport 2024 - 2024</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Commission européenne</t>
         </is>
       </c>
-      <c r="G53" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H53" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Erasmus&amp;#43; - 2021-2027&lt;br /&gt;ERASMUS PLUS – Action clé 2 : coopération entre organisations et établissements - 2021-2027&lt;/p&gt;Erasmus&amp;#43; - Le programme Erasmus&amp;#43; vise à offrir à environ 10 millions d&amp;#039;Européens la possibilité d&amp;#039;acquérir des compétences et de se développer sur le plan personnel, socio-éducatif et professionnel par le biais d&amp;#039;études, de formations, d&amp;#039;expériences professionnelles ou d&amp;#039;activités liées à la jeunesse et au sport tout au long de la période de programmation 2021-2027.&lt;ul&gt;    &lt;li&gt;Montant par topic :  &lt;ul&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SNCESE : 7 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SSCP : 10 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SCP : 34,170,000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;em&gt;Cette subvention prend la forme d&amp;#039;une subvention forfaitaire.&lt;/em&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Objectifs&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Attirer et élargir l&amp;#039;accès au programme pour les nouveaux arrivants, les organisations moins expérimentées et les acteurs à petite échelle&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;inclusion des groupes cibles ayant moins d&amp;#039;opportunités&lt;/li&gt;    &lt;li&gt;Soutenir la citoyenneté européenne active et apporter la dimension européenne au niveau local&lt;/li&gt;    &lt;li&gt;Répondre aux besoins et priorités communs dans les domaines de l&amp;#039;éducation, de la formation, de la jeunesse et du sport&lt;/li&gt;    &lt;li&gt;Encourager des modes de vie sains pour tous&lt;/li&gt;    &lt;li&gt;Lutter contre la discrimination dans le sport, y compris l&amp;#039;égalité entre les hommes et les femmes&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;organisation d&amp;#039;événements sportifs ayant une dimension européenne dans les domaines suivants (bénévolat dans le sport, inclusion sociale par le sport, lutte contre la discrimination dans le sport, y compris l&amp;#039;égalité des sexes, encouragement de modes de vie sains pour tous)&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;&lt;strong&gt;Informations complémentaires&lt;/strong&gt;&lt;/span&gt;  &lt;ul&gt;    &lt;li&gt;Le présent appel à propositions est un appel à propositions ouvert.&lt;/li&gt;    &lt;li&gt;Durée initiale de l&amp;#039;action : entre 6 et 36 mois&lt;/li&gt;  &lt;/ul&gt;  &lt;span&gt;TOPICS&lt;/span&gt; :   Ouvert  &lt;ul&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SNCESE : Manifestations sportives européennes à but non lucratif&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SSCP : Partenariats à petite échelle&lt;/li&gt;    &lt;li&gt;ERASMUS-SPORT-2024-SCP : Partenariats de coopération&lt;/li&gt;  &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>Pays éligibles au programme :
 &lt;a href="https://erasmus-plus.ec.europa.eu/node/26/printable/pdf" rel="nofollow noopener" target="_blank"&gt;
  Cliquez ici
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 (EN)</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>Europe</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://erasmus-plus.ec.europa.eu/sites/default/files/2023-11/2024-Erasmus%2BProgramme-Guide_EN.pdf</t>
         </is>
       </c>
-      <c r="X53" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;eacea-sport&amp;#64;ec.europa.eu&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Lignes directrices&lt;br /&gt; &lt;a href="https://erasmus-plus.ec.europa.eu/sites/default/files/2023-11/2024-Erasmus%2BProgramme-Guide_EN.pdf" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Autres documents de l&amp;#039;appel&lt;br /&gt; &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search?tenders&amp;#61;false&amp;amp;callIdentifier&amp;#61;ERASMUS-SPORT-2024" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Site de l&amp;#039;agence exécutive&lt;br /&gt; &lt;a href="https://www.eacea.ec.europa.eu/index_fr" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;br /&gt; Information &amp;#43;&lt;br /&gt; &lt;a href="https://erasmus-plus.ec.europa.eu/about-erasmus/what-is-erasmus" target="_blank" rel="nofollow noopener"&gt;Cliquez ici&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>msilva@welcomeurope.com</t>
         </is>
       </c>
-      <c r="Z53" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1c22-erasmus-sport-2024-2024/</t>
         </is>
       </c>
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>Welcomeurope</t>
+        </is>
+      </c>
+      <c r="AD23" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>18/02/2024</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-      <c r="A54" s="1">
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
         <v>142678</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Mettre en place des projets d'olympiade culturelle visant à faire participer les publics visés à des activités culturelles mêlant l'art et le sport</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Olympiade culturelle</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G54" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H54" s="1" t="inlineStr">
+Recherche
+Association</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I54" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Olympiade culturelle a pour objectif de faire dialoguer art et sport, à travers des propositions artistiques invitant le public à participer aux différentes activités culturelles mises en place dans le cadre de cette démarche. Ces propositions sont soutenues grâce à une subvention.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Qu&amp;#039;est-ce que l&amp;#039;Olympiade culturelle en Ile-de-France ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Olympiade culturelle est une programmation artistique et culturelle pluridisciplinaire qui se déploie
  &lt;strong&gt;
   jusqu&amp;#039;en septembre 2024
  &lt;/strong&gt;
  sur tout le territoire français. La DRAC (Direction régionale des affaires culturelles) d&amp;#039;Ile-de-France contribue à la construction de cette programmation, en allouant une subvention aux organisateurs de projets qui font dialoguer &amp;#34;art et sport&amp;#34; et mettent en lumière les valeurs de l&amp;#039;Olympisme. Le Comité d&amp;#039;Organisation des Jeux Olympiques et Paralympiques &amp;#34;Paris 2024&amp;#34; est le maître d&amp;#039;œuvre de cette programmation, qu&amp;#039;il construit en s&amp;#039;appuyant sur le ministère de la Culture et ses services déconcentrés en régions.
 &lt;/p&gt;
 &lt;p&gt;
  La DRAC Ile-de-France contribue ainsi, en lien avec les collectivités territoriales et les acteurs culturels, à construire cette programmation qui permet de faire dialoguer les arts et le sport, avec la volonté de refléter la vitalité de la création artistique ou de valoriser la richesse du patrimoine francilien, à travers des propositions artistiques inclusives et participatives se déployant sur tout le territoire francilien et s&amp;#039;adressant aux publics les plus nombreux.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Olympiade culturelle est un label attribué par le Comité d&amp;#039;organisation des Jeux Olympiques et Paralympiques Paris 2024.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Objectifs de la démarche
@@ -8802,73 +4734,73 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Modalités d&amp;#039;évaluation des dossiers
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers déposés sont examinés selon les critères suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Qualité artistique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Pertinence, recherche, inventivité dans les liens construits entre art et sport ;
  &lt;/li&gt;
  &lt;li&gt;
   Rapport au public : les manifestations doivent être le plus participative et le plus inclusive possible ; liens avec les publics et réseaux sportifs ;
  &lt;/li&gt;
  &lt;li&gt;
   Amplitude du déploiement territorial du projet.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M54" s="1" t="inlineStr">
+      <c r="M24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ont déjà été soutenus des projets de création chorégraphique, participatifs, impliquant des sportifs amateurs.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Education et renforcement des compétences
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O54" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Qui peut déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Départements
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises publiques locales
  &lt;/li&gt;
  &lt;li&gt;
   EPCI à fiscalité propre
  &lt;/li&gt;
  &lt;li&gt;
   Établissements publics / Services de l&amp;#039;État
  &lt;/li&gt;
@@ -8926,680 +4858,512 @@
 &lt;p&gt;
  Ne sont pas éligibles les projets :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &amp;#34;art et sport&amp;#34; au périmètre restreint - par exemple, centrés sur un quartier, le territoire d&amp;#039;une commune, un établissement scolaire, une structure culturelle/sociale, un patrimoine sportif ;
  &lt;/li&gt;
  &lt;li&gt;
   n&amp;#039;impliquant pas de rapport construit avec un public et la participation active de publics
   &lt;em&gt;
    (par exemple, un programme de diffusion de spectacles ou d&amp;#039;œuvres cinématographiques dont le programme ne comporte pas de dimension de médiation à l&amp;#039;attention de publics considérés &amp;#34;prioritaires&amp;#34; - scolaires, publics empêchés, etc)
   &lt;/em&gt;
   .
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Nature des dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles concernent les coûts directement liés à la conception et à la mise en œuvre du projet artistique (dépenses artistiques : recherche, production, diffusion ; techniques ; médiation avec les publics ; administration du projet).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T54" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V54" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/olympiade-culturelle</t>
         </is>
       </c>
-      <c r="W54" s="1" t="inlineStr">
+      <c r="W24" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/dev-culturel_olympiade-idf</t>
         </is>
       </c>
-      <c r="X54" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour toute question sur l&amp;#039;Olympiade culturelle en Ile-de-France, vous êtes invités à vous adresser à :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction régionale des affaires culturelles (DRAC) Ile-de-France
 &lt;/p&gt;
 &lt;p&gt;
  Service régional des Populations, de l&amp;#039;Accompagnement, de la Coopération et des Territoires (SRPACTE)
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:olympiadeculturelle.idf&amp;#64;culture.gouv.fr" target="_self"&gt;
   olympiadeculturelle.idf&amp;#64;culture.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  47 Rue Le Peletier, 75009 Paris
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y54" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z54" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8b8c-olympiade-culturelle/</t>
         </is>
       </c>
-      <c r="AA54" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC24" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>04/06/2023</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="55" spans="1:27" customHeight="0">
-      <c r="A55" s="1">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
         <v>111657</v>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Aider des projets sportifs sur des thématiques spécifiques</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Sport : Mesures en faveur du sport "Jouons collectif"</t>
         </is>
       </c>
-      <c r="E55" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H55" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I55" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J55" s="1" t="inlineStr">
+      <c r="J25" s="1" t="inlineStr">
         <is>
           <t>50% maximum du coût prévisionnel du projet</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mesure en faveur du sport &amp;#34;Jouons collectif&amp;#34; : aide aux projets venant favoriser l&amp;#039;animation du territoire, la cohésion sociale, la réduction des inégalités dans l&amp;#039;accès à la pratique sportive, la lutte contre toutes les formes de discriminations, l&amp;#039;égalité femmes-hommes, le développement de la santé par le sport, etc.
 &lt;/p&gt;
 &lt;p&gt;
  Appel à projet sur une thématique spécifique définie chaque année par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  Montant du projet validé par le Département.
 &lt;/p&gt;
 &lt;p&gt;
  Délibération n°2019-02-0013 (AD du 30/09/2019)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Jeunesse
 Egalité des chances
 Cohésion sociale et inclusion
 Santé</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Projet répondant au cahier des charges de l&amp;#039;appel à projet annuel sur une thématique spécifique.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T55" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des sports
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 93 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0bc8-aider-des-projets-sportifs-sur-des-thematique/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-      <c r="A56" s="1">
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
         <v>162899</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Soutenir les événements sportifs internationaux et les manifestations plus locales qui promeuvent les pratiques sportives</t>
         </is>
       </c>
-      <c r="D56" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Soutien régional aux événements sportifs et e-sportifs</t>
         </is>
       </c>
-      <c r="E56" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G56" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Association
-[...3 lines deleted...]
-      <c r="H56" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K56" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L56" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>La Région ambitionne de soutenir aussi bien des événements sportifs internationaux que des manifestations plus locales qui promeuvent les pratiques sportives (pratiques émergentes, e-sport, sport-santé, parasport…).&lt;br /&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N56" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O56" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R56" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;&lt;li&gt;Les collectivités territoriales, EPCI et groupements d’intérêt public (GIP),&lt;/li&gt;&lt;li&gt;Les personnes morales de droit privé à but non lucratif, dont les fédérations sportives agréées et leurs structures déconcentrées franciliennes (comités/ligues/clubs),&lt;/li&gt;&lt;li&gt;Les autres personnes morales de droit privé dont le champ d’activité relève des secteurs du sport, du e-sport ou de l’événementiel.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Les dépenses éligibles se composent exclusivement des dépenses 
 imputables à l&amp;#039;organisation de l&amp;#039;opération soutenue. Les dépenses 
 d&amp;#039;investissement sont exclues ainsi que les frais liés aux services 
 bancaires, impôts et taxes.&lt;/p&gt;&lt;p&gt;Les taux et plafond de subventionnement présentés ci-après constituent des maxima :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Événements sportifs et e-sportifs internationaux&lt;/strong&gt; : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Taux maximum de subventionnement régional : 20%&lt;/li&gt;&lt;li&gt;Montant plafond de subvention : 200.000€&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Autres événements sportifs et e-sportif&lt;/strong&gt;&lt;strong&gt;s&lt;/strong&gt; : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Taux maximum de subventionnement régional : 30% &lt;/li&gt;&lt;li&gt;Montant plafond de subvention : 60.000€&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Sont éligibles les événements sportifs et e-sportifs se déroulant en Île-de-France, ouverts au public. Les projets portant sur une discipline sportive faisant l&amp;#039;objet d&amp;#039;un partenariat avec la Région font l&amp;#039;objet d&amp;#039;un examen prioritaire.&lt;/p&gt;&lt;p&gt;Une attention particulière est portée à l&amp;#039;examen des éléments suivants :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Prestige et envergure de l&amp;#039;évènement et/ou pertinence de la manifestation pour la promotion de la discipline,&lt;/li&gt;&lt;li&gt;Maillage territorial,&lt;/li&gt;&lt;li&gt;Nombre de participants (sportives et sportifs, personnes en situation de handicap, nombre de spectateurs attendus,&lt;/li&gt;&lt;li&gt;Qualité de l&amp;#039;organisation et engagements en matière d&amp;#039;éco-responsabilité, d&amp;#039;égalité femmes-hommes et de lutte contre toutes formes de dérives,&lt;/li&gt;&lt;li&gt;Actions proposées en faveur de l&amp;#039;accès de tous les publics aux pratiques sportives (personnes en situation de handicap, sport féminin, sport santé...).&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Les candidats doivent déposer leur dossier de demande de subvention sur la plateforme régionale &lt;a href="http://mesdemarches.iledefrance.fr"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; en amont de l’organisation de l’évènement.&lt;/p&gt;&lt;p&gt;Pour les Grands Événements Sportifs Internationaux (GESI), les organisateurs sont tenus de déposer auprès de la Région un dossier de présentation définitif de l’événement (comprenant un plan de financement et un plan de communication), dès l’accord des instances fédérales ou internationales et au minimum 6 mois avant son début.&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S56" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U56" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V56" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-regional-aux-evenements-sportifs-et-e-sportifs</t>
         </is>
       </c>
-      <c r="X56" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Laurent Toutain : &lt;a href="mailto:laurent.toutain&amp;#64;iledefrance.fr" target="_blank"&gt;laurent.toutain&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Tél. : 01 53 85 71 97&lt;/p&gt;&lt;p&gt;Didier Pereira : &lt;a href="mailto:didier.pereira&amp;#64;iledefrance.fr" target="_blank"&gt;didier.pereira&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Tél. : 01 53 85 56 53&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y56" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z56" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-regional-aux-evenements-sportifs-et-e-sportifs/</t>
         </is>
       </c>
-      <c r="AA56" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>16/06/2024</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="57" spans="1:27" customHeight="0">
-[...243 lines deleted...]
-      <c r="A58" s="1">
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
         <v>131826</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Rénover le patrimoine bâti communal</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>ISERENOV'</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Territoire d'Energie Isère (TE38)</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H58" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="I58" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 50</t>
         </is>
       </c>
-      <c r="J58" s="1" t="inlineStr">
+      <c r="J27" s="1" t="inlineStr">
         <is>
           <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L58" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
 &lt;/p&gt;
 &lt;p&gt;
  Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
 &lt;/p&gt;
 &lt;p&gt;
  16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
 &lt;/p&gt;
 &lt;p&gt;
  Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M58" s="1" t="inlineStr">
+      <c r="M27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
   &lt;/li&gt;
   &lt;li&gt;
    Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
   &lt;/li&gt;
   &lt;li&gt;
    Changement de chaudière d&amp;#039;un gymnase
   &lt;/li&gt;
   &lt;li&gt;
    ...
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Postes de travaux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Isolation toiture : BAT-EN-101 / BAR-EN-101
   &lt;/li&gt;
   &lt;li&gt;
    Isolation murs : BAT-EN-102 / BAR-EN-102
   &lt;/li&gt;
   &lt;li&gt;
    Isolation sous plancher : BAT-EN-103 / BAR-EN-103
   &lt;/li&gt;
   &lt;li&gt;
    Changement menuiseries : BAT-EN-104 / BAR-EN-104
   &lt;/li&gt;
   &lt;li&gt;
    Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
@@ -9619,433 +5383,212 @@
   &lt;li&gt;
    Pompe à chaleur : BAT-TH-113 / BAR-TH-129
   &lt;/li&gt;
   &lt;li&gt;
    Gestion Technique Centralisée (GTC) : BAT-TH-116
   &lt;/li&gt;
   &lt;li&gt;
    Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
   &lt;/li&gt;
   &lt;li&gt;
    Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
   &lt;/li&gt;
   &lt;li&gt;
    Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  Lien vers le site gouvernemental des fiches CEE :
  &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
   https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T58" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Isère</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.te38.fr/iserenov/</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Envoyez votre demande sur iserenov&amp;#64;te38.fr
 &lt;/p&gt;
 &lt;p&gt;
  Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>jgiono@te38.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB27" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’un gymnase
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>TERRITOIRE ENERGIE 38</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>17/03/2023</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-[...257 lines deleted...]
-      <c r="A60" s="1">
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
         <v>155117</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E60" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L60" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
 &lt;/p&gt;
 &lt;p&gt;
  Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pièces justifiant la bonification si sollicitée
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Accès aux services
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
  &lt;/li&gt;
  &lt;li&gt;
   A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
  &lt;/li&gt;
  &lt;li&gt;
   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions spécifiques aux archives :
@@ -10118,2158 +5661,1099 @@
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrain
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W60" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB28" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-[...803 lines deleted...]
-      <c r="A65" s="1">
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
         <v>163291</v>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Bénéficier du dispositif Conseil en Energie Partagé (CEP)</t>
         </is>
       </c>
-      <c r="C65" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
         </is>
       </c>
-      <c r="E65" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Territoire d'Energie Somme</t>
         </is>
       </c>
-      <c r="G65" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H65" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K65" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L65" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service « Conseil en Energie Partagé » (CEP) proposé par TE80 consiste à partager les compétences en énergie de 4 techniciens 
 spécialisés. Cela permet aux collectivités n’ayant pas les ressources 
 internes suffisantes de mettre en place une politique énergétique 
 maîtrisée, et d’agir concrètement sur leur patrimoine pour réaliser des 
 économies.&lt;/p&gt;&lt;p&gt;Le Conseil en Energie Partagé en quelques mots :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;État des lieux énergétique du patrimoine (bâti et chaufferies)&lt;/li&gt;&lt;li&gt;Anlayse et suivi des consommations&lt;/li&gt;&lt;li&gt;Conseils
  indépendants et personnalisés (optimisation tarifaire, rédaction de cahier des charges, recherche d’artisans qualifiés…)&lt;/li&gt;&lt;li&gt;Recherche de leviers financiers (CEE, subventions régionales, financement participatif…)&lt;/li&gt;&lt;li&gt;Mise en place d’opérations groupées de commandes&lt;/li&gt;&lt;li&gt;opérations sous mandat de maitrise d&amp;#039;ouvrage pour les collectivités souhaitant confier le pilotage des études et des travaux&lt;/li&gt;&lt;li&gt;recherche de leviers financiers &lt;/li&gt;&lt;li&gt;valorisation des CEE&lt;/li&gt;&lt;li&gt;octroi d&amp;#039;aides financières (Contrat chaleur renouvelable territorial, fond de concours à la rénovation de Territoire d&amp;#039;énergie selon les modalité e&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour
  établir un bilan énergétique, le CEP réalise un inventaire du 
 patrimoine, s’appuie notamment sur l’analyse des dernières factures des 
 consommations eau/gaz et électricité des bâtiments communaux et apporte 
 une expertise sur les projets envisagés de la collectivité.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M65" s="1" t="inlineStr">
+      <c r="M29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Rénovation de bâtiments publics, changement de mode de chauffage, optimisation de contrats d&amp;#039;exploitation, installation d&amp;#039;énergies renouvelables...&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N65" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Economie d'énergie et rénovation énergétique</t>
         </is>
       </c>
-      <c r="O65" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R65" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion par transfert de la compétence maîtrise de la demande en énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;80€/bâtiments/an sur 6 ans&lt;/p&gt;&lt;p&gt;atteinte de 40% d&amp;#039;économies d&amp;#039;énergie minimum&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S65" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T65" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U65" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V65" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.te80.fr/nos-actions/transition-energetique/efficacite-energetique</t>
         </is>
       </c>
-      <c r="X65" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y65" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>dt2e@fde-somme.fr</t>
         </is>
       </c>
-      <c r="Z65" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/conseil-en-energie-partage/</t>
         </is>
       </c>
-      <c r="AA65" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2024</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="66" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G66" s="1" t="inlineStr">
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>145009</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation thermique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'investissement métropolitain (FIM) - Volet rénovation des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H66" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I66" s="1" t="inlineStr">
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 1 million d'euros</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Métropole du Grand Paris finance via son fonds d&amp;#039;investissement métropolitain (FIM) les
+ &lt;strong&gt;
+  rénovations thermiques de bâtiments publics des communes et établissements publics territoriaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de candidature sont à envoyer par mail à
+ &lt;strong&gt;
+  fim&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Le FIM constitue notamment un outil de rééquilibrage et de correction des disparités constatées sur le périmètre métropolitain. A ce titre, l&amp;#039;examen des dossiers s&amp;#039;accompagne d&amp;#039;une analyse de la situation financière de la collectivité, qui peut mener à un financement différencié en fonction des capacités financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation énergétique performante d&amp;#039;un gymnase, d&amp;#039;une école, d&amp;#039;une mairie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier d&amp;#039;une subvention au titre du Fonds d&amp;#039;Investissement Métropolitain (FIM) les communes, établissements publics territoriaux (EPT) et autres établissements publics pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage, ainsi que les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles, pour le financement d&amp;#039;équipements en lien avec les compétences métropolitaines et sous réserve que la subvention ne finance pas le déficit d&amp;#039;une concession d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La métropole du Grand Paris peut participer au financement d&amp;#039;études de maîtrise d&amp;#039;œuvre (APS, APD,PRO notamment) préalables. La métropole du Grand Paris ne participe pas au financement d&amp;#039;études d&amp;#039;opportunité. Les projets doivent débuter dans les 12 mois suivant l&amp;#039;attribution de la subvention. Une analyse de la performance environnementale du projet est requise. Les dossiers de rénovation thermique doivent contenir des pièces techniques complémentaires permettant d&amp;#039;évaluer l&amp;#039;amélioration de la performance énergétique des bâtiments après travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-dinvestissement-metropolitain-fim-0</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fim&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fee-financer-la-renovation-thermique-de-batiments/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’un gymnase
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>07/07/2023</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>119928</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Moderniser les équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux équipements sportifs</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Orne</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K66" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L66" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département participe à la construction ou à la réhabilitation lourde d&amp;#039;équipements sportifs majeurs particulièrement structurants pour le développement du sport dans l&amp;#039;Orne.
 &lt;/p&gt;
 &lt;p&gt;
  Seuil et plafond selon équipement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M66" s="1" t="inlineStr">
+      <c r="M31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Gymnase, city-stade, dojo, terrains de tennis, skate-park, anneau de roller...
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N66" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O66" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R66" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Seuil de prise en compte des travaux et plafond de subvention, en fonction des équipements, selon tableau synoptique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S66" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T66" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U66" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Orne</t>
         </is>
       </c>
-      <c r="V66" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.orne.fr/services/sports/les-aides-aux-sports</t>
         </is>
       </c>
-      <c r="X66" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau sport et jeunesse :
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:pat.sport-jeunesse&amp;#64;orne.fr" rel="noopener" target="_blank"&gt;
   pat.sport-jeunesse&amp;#64;orne.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 02 33 81 61 80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y66" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>babin.julie@orne.fr</t>
         </is>
       </c>
-      <c r="Z66" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e4d6-moderniser-les-equipements-sportifs/</t>
         </is>
       </c>
-      <c r="AA66" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Gestion d'une base nautique
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental de l'Orne</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>29/07/2022</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="67" spans="1:27" customHeight="0">
-[...157 lines deleted...]
-      <c r="G68" s="1" t="inlineStr">
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>156153</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou réhabiliter des équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SPORTIFS</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...4 lines deleted...]
-      <c r="H68" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K68" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="S68" s="1" t="inlineStr">
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Concourir à doter le territoire d&amp;#039;équipements sportifs structurants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations affiliées à une fédération sportive agréée par le Ministère en charge des Sports. Ces associations doivent être propriétaires de l&amp;#039;équipement sportif ou disposer d&amp;#039;un bail d&amp;#039;une durée égale à la durée de l&amp;#039;amortissement des travaux et qui ne peut être inférieure à 9 ans lorsque l&amp;#039;aide du Département est supérieure à 23.000€ TTC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement pour la construction ou l&amp;#039;extension d&amp;#039;un bâtiment ou ayant vocation à augmenter la valeur ou la durée d&amp;#039;usage d&amp;#039;un bâtiment existant (y compris la végétalisation des murs et des toitures).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cadre d&amp;#039;un projet global, les travaux de mise en accessibilité peuvent être inclus dans la dépense éligible à condition que leur coût soit inférieur à 50 % du coût total HT dudit projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Acquisitions foncières et immobilières pour la création et l&amp;#039;extension des bâtiments (
+La date de signature de l&amp;#039;acte d&amp;#039;acquisition du bâtiment doit avoir eu lieu dans un délai de 3 ans à compter de la date de dépôt de la demande de subvention).
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux sur les abords des bâtiments dans le cadre de la construction et de l&amp;#039;extension neuve, ou de la rénovation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Les locaux d&amp;#039;accueil limités à 20m2, les parcours de santé.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux d&amp;#039;entretien et de maintenance, les travaux réalisés en régie, les clubs-houses et les aires de jeux pour enfants, l&amp;#039;acquisition de matériel et de mobilier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  de dépenses subventionnables :
+ &lt;/strong&gt;
+ 8.000€ (HT pour les collectivités et TTC pour les associations)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafonds de dépenses subventionnables :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Piscine
+  &lt;/strong&gt;
+  (1 bassin 25 m maxi &amp;#43; 1 bassin d&amp;#039;apprentissage &amp;#43; vestiaires/sanitaires/accueil) hors complexe aquatique : 3.000.000€ pour la construction - 1.500.000€ pour la réhabilitation/extension&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Salle de sport
+  &lt;/strong&gt;
+  (surface sportive utile &amp;gt; 44x24): 1.000.000€ pour la construction - 500.000€ pour la réhabilitation/extension
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Equipements clos et couverts
+  &lt;/strong&gt;
+  (salle de sport surface sportive utile &amp;lt; 44x24, dojo, vestiaires, court de tennis, stockage de matériel sportif, local d&amp;#039;accueil &amp;lt; 20 m2...): 600 000 € pour la construction - 300.000€ pour la réhabilitation/extension
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Terrains de grands jeux
+  &lt;/strong&gt;
+  (terrains de football, rugby, terrains mixtes, stades d&amp;#039;athlétisme, aires de sports de glace, structures artificielles d&amp;#039;escalade, aérodrome, frontons, tanks à ramer, stands de tir, pas de tir à l&amp;#039;arc, vélodrome, golf, équipements équestres, etc.): 600.000€ pour la construction - 300.000€ pour la réhabilitation/extension
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Terrains extérieurs
+  &lt;/strong&gt;
+  (city stade, skate-park, parcours santé, boulodrome, terrains extérieurs de basket-ball, handball, volley-ball, Beach volley, courts de tennis): 100.000€ pour la construction - 50.000€ pour la réhabilitation/extension
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/equipements-sportifs/</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5031-modele/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Gestion d'une base nautique
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U68" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA68" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une maison de santé
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale des Vosges</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>14/05/2024</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="69" spans="1:27" customHeight="0">
-[...704 lines deleted...]
-      <c r="A75" s="1">
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
         <v>73939</v>
       </c>
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Se faire accompagner sur les thématiques énergie et climat</t>
         </is>
       </c>
-      <c r="E75" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>ALEC Métropole Marseillaise - Agence Locale de l'Energie et du Climat</t>
         </is>
       </c>
-      <c r="G75" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...13 lines deleted...]
-      <c r="L75" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;&lt;strong&gt;ALEC Métropole Marseillaise&lt;/strong&gt;, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
  accompagne et anticipe sur ces questions.
 &lt;/p&gt;
 &lt;p&gt;
  Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
  l&amp;#039;espace Conseil France Rénov&amp;#039;, le développement de l&amp;#039;outil numérique LOUTRE, les économes de flux ACTEE, etc.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
  œuvre de leurs compétences (Habitat, Économie, Transport, Environnement). &lt;/p&gt;&lt;p&gt;Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
  réglementaire, technique et de connaissance fine du territoire (observatoire).&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M75" s="1" t="inlineStr">
+      <c r="M34" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Diagnostic énergétique et climatique territorial
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte des enjeux climatiques dans les PLU/I
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Schéma directeur énergie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Observatoire local énergie-climat
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   État des lieux énergétique du patrimoine public
   &lt;br /&gt;
@@ -12282,1960 +6766,605 @@
   Accompagnement des copropriétés à la rénovation énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Lutte contre la précarité énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des acteurs pour le développement des énergies renouvelables locales
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N75" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O75" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S75" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T75" s="1" t="inlineStr">
+      <c r="T34" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U75" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Métropole d'Aix-Marseille-Provence</t>
         </is>
       </c>
-      <c r="V75" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://www.alecmetropolemarseillaise.fr/</t>
         </is>
       </c>
-      <c r="X75" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Philippe Michaud, Directeur
 &lt;/p&gt;
 &lt;p&gt;
  p.michaud&amp;#64;alecmm.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y75" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>f.pidoux@alecmm.fr</t>
         </is>
       </c>
-      <c r="Z75" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f40e-se-faire-accompagner-par-lalec-18/</t>
         </is>
       </c>
-      <c r="AA75" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB34" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Installation de bornes électriques
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC34" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole Marseillaise</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>08/01/2021</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="76" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G76" s="1" t="inlineStr">
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
+        <v>162306</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’organisation de manifestations sportives</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’organisation de manifestations sportives</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...30 lines deleted...]
-      <c r="O76" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif concerne les manifestations sportives de niveau national ou international, organisées sous l’égide d’une fédération sportive et inscrites aux calendriers fédéraux, ainsi que les événements d’E-sport d’envergure nationale ou internationale.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les associations sportives, affiliées à une fédération sportive agréée par le Ministère chargé des sports&lt;/li&gt; 	&lt;li&gt;Les fédérations sportives agréées par le Ministère chargé des sports et leurs organes déconcentrés (ligues et comités régionaux sportifs)&lt;/li&gt; 	&lt;li&gt;Les comités d&amp;#039;organisation constitués sous forme associative exclusivement pour l&amp;#039;organisation d’une manifestation sportive&lt;/li&gt; 	&lt;li&gt;Les Groupements d’Intérêt Public (GIP)&lt;/li&gt; 	&lt;li&gt;Les organisateurs d’E-sport reconnus par l’association France E-sports&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sont exclus : les collectivités territoriales et les EPCI, les offices de tourisme, les offices des sports, les sociétés privées et les associations sportives scolaires et universitaires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R76" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S76" s="1" t="inlineStr">
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2023</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Date de dépôt des dossiers :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;/p&gt;
+&lt;p&gt;Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U76" s="1" t="inlineStr">
-[...32 lines deleted...]
-      <c r="AA76" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lorganisation-de-manifestations-sportives</t>
+        </is>
+      </c>
+      <c r="W35" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lorganisation-de-manifestations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>166050</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’organisation de manifestations sportives</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’organisation de manifestations sportives</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ce dispositif concerne les manifestations sportives de niveau national ou international, organisées sous l’égide d’une fédération sportive et inscrites aux calendriers fédéraux, ainsi que les événements d’E-sport d’envergure nationale ou internationale.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les associations sportives, affiliées à une fédération sportive agréée par le Ministère chargé des sports&lt;/li&gt; 	&lt;li&gt;Les fédérations sportives agréées par le Ministère chargé des sports et leurs organes déconcentrés (ligues et comités régionaux sportifs)&lt;/li&gt; 	&lt;li&gt;Les comités d&amp;#039;organisation constitués sous forme associative exclusivement pour l&amp;#039;organisation d’une manifestation sportive&lt;/li&gt; 	&lt;li&gt;Les Groupements d’Intérêt Public (GIP)&lt;/li&gt; 	&lt;li&gt;Les organisateurs d’E-sport reconnus par l’association France E-sports&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Sont exclus : les collectivités territoriales et les EPCI, les offices de tourisme, les offices des sports, les sociétés privées et les associations sportives scolaires et universitaires.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>13/01/2023</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt; &lt;strong&gt;Date de dépôt des dossiers :&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;/p&gt;
+&lt;p&gt;Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lorganisation-de-manifestations-sportives</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_S_FS_SOUTSPO/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-l-organisation-de-manifestations-sportives/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="77" spans="1:27" customHeight="0">
-[...1384 lines deleted...]
-      <c r="G86" s="1" t="inlineStr">
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
+        <v>162999</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement de la pratique sportive, e-sportive et parasportive en Île-de-France et soutenir les parasportifs franciliens</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Soutien régional à l'acquisition de matériels sportifs, e-sportifs ou parasportifs</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-Collectivité d’outre-mer à statut particulier
+Particulier
 Association</t>
         </is>
       </c>
-      <c r="H86" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="S86" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région entend, à travers cette aide à l&amp;#039;acquisition de matériels, accompagner le développement de la pratique sportive, e-sportive et parasportive en Île-de-France et soutenir les parasportifs franciliens. &lt;br /&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit public,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fédérations sportives sportives agrées et leurs structures déconcentrées franciliennes sous convention avec la Région,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Clubs sportifs agréés uniquement pour l&amp;#039;acquisition de matériels parasportifs,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit privé à but non lucratif et les 
+sociétés, dont l&amp;#039;objet principal consiste en la promotion du e-sport,&lt;/span&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Parasportifs titrés &lt;/span&gt;« &lt;span&gt;Ambassadrices et Ambassadeurs du Sport de la Région Île-de-France &lt;/span&gt;»,&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements et services médico-sociaux ayant intégré le sport dans leur projet d&amp;#039;établissement,&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Clubs professionnels ou semi-professionnels sous convention avec la Région.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Afin
+ de favoriser les mutualisation, une ligue ou un comité régional sportif
+ peut regrouper la demande de plusieurs clubs ou comités départementaux 
+de sa discipline. &lt;/span&gt;&lt;br /&gt; &lt;p&gt;L&amp;#039;aide régionale porte sur l&amp;#039;acquisition de matériels neufs ou d&amp;#039;occasion relevant de dépenses d&amp;#039;investissement. &lt;/p&gt;&lt;p&gt;Elle varie en fonction de la nature du matériel.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le règlement d’intervention 
+téléchargeable ci-après présente les différents plafonds et taux maximum
+ de subventionnement régional. &lt;/p&gt;&lt;br /&gt; &lt;p&gt;Le dispositif concerne l’acquisition des mobiliers et 
+matériels suivants, pour une utilisation sur le territoire francilien :&lt;/p&gt;&lt;p&gt;• Matériels parasportifs,&lt;br /&gt;• Appareils de musculation répondant aux besoins d’entrainement des personnes à mobilité réduite en totale autonomie,&lt;br /&gt;• Matériels sportifs lourds, mobiles ou non, destinés à la pratique sportive fédérale,&lt;br /&gt;•
+ Mobiliers et matériels destinés au développement de clubs sportifs 
+professionnels ou semi-professionnels sous convention avec la Région,&lt;br /&gt;• Matériels e-sportifs dans le cadre du développement de projets structurants en Île-de-France,&lt;br /&gt;• Matériels sportifs événementiels amovibles (structure d’escalade mobile, pack animation rugby…),&lt;br /&gt;•
+ Mobiliers urbains sportifs fixes, en accès libre, dédiés notamment à la
+ promotion et au développement du Teqball, du tennis de table et des 
+échecs.&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Dépôt du dossier de candidature sur la plateforme des aides régionales &lt;span&gt;&lt;strong&gt;&lt;span&gt;&lt;a href="http://mesdemarches.iledefrance.fr"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un seul dossier par structure et par an est accepté.&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-regional-lacquisition-de-materiels-sportifs-e-sportifs-ou-parasportifs</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Laurent Toutain&lt;/p&gt;&lt;p&gt;Tél : 01 53 85 71 97&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:laurent.toutain&amp;#64;iledefrance.fr" target="_blank"&gt;laurent.toutain&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-regional-a-lacquisition-de-materiels-sportifs-e-sportifs-ou-parasportifs/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB37" s="1" t="inlineStr">
+        <is>
+          <t>Création d’un city park / city stade / terrain multisports
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2024</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-[...185 lines deleted...]
-      <c r="A88" s="1">
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
         <v>139916</v>
       </c>
-      <c r="B88" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Se faire accompagner sur les thématiques énergie et climat</t>
         </is>
       </c>
-      <c r="C88" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E88" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
         </is>
       </c>
-      <c r="G88" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...15 lines deleted...]
-      <c r="L88" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
  accompagne, et anticipe sur ces questions.
 &lt;/p&gt;
 &lt;p&gt;
  Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
  l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
  oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
  En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
  d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
 &lt;/p&gt;
 &lt;p&gt;
  Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
  réglementaire, technique et de connaissance fine du territoire (observatoire).
 &lt;/p&gt;
 &lt;p&gt;
  Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M88" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Diagnostic énergétique et climatique territorial
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Prise en compte des enjeux climatiques dans les PLU/I
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Schéma directeur énergie
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Observatoire local énergie-climat
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   État des lieux énergétique du patrimoine public
   &lt;br /&gt;
@@ -14249,811 +7378,1514 @@
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Lutte contre la précarité énergétique
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement des acteurs pour le développement des énergies renouvelables locales
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N88" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Economie circulaire
 Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Lutte contre la précarité
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O88" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S88" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T88" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U88" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Pays des Vallons de Vilaine</t>
         </is>
       </c>
-      <c r="V88" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
         </is>
       </c>
-      <c r="X88" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y88" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>contact@federation-flame.org</t>
         </is>
       </c>
-      <c r="Z88" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
         </is>
       </c>
-      <c r="AA88" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB38" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC38" s="1" t="inlineStr">
+        <is>
+          <t>Fédération FLAME</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>02/05/2023</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="89" spans="1:27" customHeight="0">
-[...462 lines deleted...]
-      <c r="G92" s="1" t="inlineStr">
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
+        <v>162339</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux sur les équipements sportifs collectifs</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux travaux sur les équipements sportifs collectifs</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association</t>
         </is>
       </c>
-      <c r="H92" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contribuer à l’aménagement du territoire régional&lt;/p&gt; &lt;p&gt;Associations sportives affiliées à une fédération sportive agréée par le ministère chargé des sports et CREPS.&lt;br /&gt; Pour les Établissements Publics de Coopération Intercommunale (EPCI) : le Contrat Régional d&amp;#039;Équilibre des Territoires (CRET)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P39" s="1" t="inlineStr">
+        <is>
+          <t>21/05/2024</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;Date de dépôt des dossiers&lt;/h3&gt;
+&lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;/p&gt;
+&lt;p&gt;Toute demande doit être &lt;strong&gt;déposée de façon dématérialisée&lt;/strong&gt; sur la plateforme régionale dédiée  &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-travaux-sur-les-equipements-sportifs-collectifs</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-travaux-sur-les-equipements-sportifs-collectifs/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
+        <v>92608</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les actions sportives permettant de promouvoir l’inclusion sociale, l’insertion, la solidarité, la citoyenneté et la santé</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K92" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N92" s="1" t="inlineStr">
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du budget de l’action</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif vise à aider les actions qui, par le sport, permettent de promouvoir l&amp;#039;inclusion sociale, l&amp;#039;insertion, la solidarité, la citoyenneté et la santé.
+Subvention attribuée dans la limite de l&amp;#039;enveloppe dédiée ne pouvant dépasser 30% du budget de l&amp;#039;action et plafonnée à 10 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projet utilisant le sport comme vecteur d&amp;#039;intégration, d&amp;#039;insertion et valorisation personnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet utilisant le sport comme support d&amp;#039;une pratique respectueuse de l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet spécifique lié à l&amp;#039;encouragement de la mixité de genre, sociale et/ou intergénérationnelle dans le sport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet favorisant l&amp;#039;accès à la pratique du sport pour les personnes en situation de handicap
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet spécifique lié à la pratique du sport contribuant au bien-être et à la santé du pratiquant
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
-Equipement public</t>
-[...2 lines deleted...]
-      <c r="O92" s="1" t="inlineStr">
+Forêts
+Montagne
+Sols
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Risques naturels
+Qualité de l'air
+Lutte contre la précarité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R92" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S92" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupements de communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats intercommunaux
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9087-soutenir-les-actions-sportives-permettant-de-/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
+        <v>140803</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du VERDON (PNR)</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : appui à la formalisation de demandes de subventions, réponses aux appels à projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE et ingénierie de PROJET : aide au montage et à la gestion de projets, conseil architectural et paysager auprès des porteurs publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux et patrimoines du territoire, médiation &amp;#43; Portage des enjeux et des projets collectifs du territoire auprès des instances de tutelle, contractualisation avec des partenaires financiers publics ou privés (lobbying territorial)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement des sites naturels fréquentés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des travaux d&amp;#039;économie d&amp;#039;énergie dans les bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas communaux participatifs de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de sites Natura 2000
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ecogardes, gestion de la fréquentation touristique, prévention incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour l&amp;#039;évolution des pratiques agricoles (expérimentation, formation) et de consommation (valorisation des produits locaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réouverture d&amp;#039;espaces enfrichés au pâturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Replantation de haies et restauration des trames écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques auprès des scolaires, des jeunes, actions de sensibilisation du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui des communes pour leurs documents d&amp;#039;urbanisme
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Forêts
+Montagne
+Transition énergétique
+Education et renforcement des compétences
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le champ d&amp;#039;action du parc est limité au périmètre des communes classées.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 niveaux d&amp;#039;intervention possibles pour les collectivités adhérentes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui et conseil technique ponctuel gratuit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement approfondi de projets (valorisation forfaitaire du temps passé en quasi-régie pour une assistance à maîtrise d&amp;#039;ouvrage ou une maîtrise d&amp;#039;œuvre)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portage de projets spécifiques (délégation de maîtrise d&amp;#039;ouvrage, co-maîtrise d&amp;#039;ouvrage...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation</t>
-[...37 lines deleted...]
-      <c r="AA92" s="1" t="inlineStr">
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>PNR du Verdon (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>http://parcduverdon.fr/</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Domaine de Valx – 04360 Moustier-Ste-Marie
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 74 68 00
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;parcduverdon.fr" target="_self"&gt;
+  info&amp;#64;parcduverdon.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1777-asseoir-un-developpement-economique-et-social/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB41" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Entretien / restauration des haies
+Isolation du bâtiment
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC41" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G93" s="1" t="inlineStr">
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
+        <v>161692</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Développer les équipements sportifs de proximité - Plan 5000 équipements – Génération 2024</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale du Sport (ANS)</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
-Association
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Plan 5000 équipements sportifs – Génération 2024, s’inscrit dans la continuité du Plan 5000 terrains de sport (2022-2023) qui a connu un grand succès qualitatif et quantitatif avec plus de 5500 terrains de sport financés sur tout le territoire français ainsi que dans le prolongement des politiques publiques destinées à renforcer le lien avec le milieu scolaire : 2h de sport au collège et 30 minutes d’Activité Physique et Sportive (APQ) à l’école.&lt;/p&gt;&lt;p&gt;Ce nouveau Plan 5000 équipements – Génération 2024 se déploiera selon 3 axes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les équipements de proximité ;&lt;/li&gt;&lt;li&gt;Les cours d’écoles actives et sportives ;&lt;/li&gt;&lt;li&gt;Les équipements structurants.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Une enveloppe pluriannuelle de 300 M€ sur 3 ans est allouée à l’Agence nationale du Sport pour la mise en place de ce programme.&lt;/p&gt;&lt;p&gt;Entre 2024 et 2026, ce plan doit permettre la création de 5000 équipements supplémentaires (3000 équipements de proximité, 1500 cours d’écoles actives et sportives et 500 équipements structurants). 1/3 des projets devront être situés dans des Quartiers Prioritaires de la politique de la Ville (QPV) ou à proximité immédiate.&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.agencedusport.fr/plan-5000-equipements-generation-2024" title="Agence nationale du Sport" target="_blank"&gt;En savoir plus ...&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;À destination&lt;/strong&gt; des collectivités ou leurs mandataires, des associations à vocation sportive, des universités publiques et des établissements médico-sociaux publics accueillant des jeunes en situation de handicap ayant une association sportive affiliée à une fédération sportive, ce plan contribuera à l’action de l’Agence en matière de correction des inégalités sociales et territoriales. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les territoires éligibles ? &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Tous les territoires sont éligibles. Néanmoins, une priorité d’examen sera donnée aux projets situés en territoires carencés. Les territoires carencés sont définis de la façon suivante :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;En territoire urbain : projets situés dans les quartiers prioritaires de la politique de la ville (QPV) ou leurs environs immédiats. 1/3 des projets devront être situés dans ou à proximité de Quartiers Prioritaires de la politique de la Ville (QPV). &lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;En territoire rural : projets situés dans les zones de revitalisation rurale (ZRR) ou dans une commune appartenant à une intercommunalité ayant signé un Contrat de Relance et de Transition Ecologique (CRTE) qualifié de rural, ou dans un bassin de vie comprenant au moins 50 % de la population en ZRR ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;En territoire ultramarin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelques points de vigilance. P&lt;/strong&gt;our pouvoir bénéficier d’une subvention d’équipement, les porteurs de projet doivent :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;S’engager à ne pas bénéficier de plus de 80 % d’aides publiques par rapport au coût total de l’opération, sauf pour les territoires d’Outre-mer ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Garantir de manière pérenne le caractère sportif de l’équipement ;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Ne pas commencer l’exécution de l’opération avant la réception de l’accusé de réception de dossier conforme, éligible et complet, de la part des services instructeurs. Les devis, bons de commande, ordres de service ou le cas échéant, le marché, ne doivent pas avoir été signés. Les études préalables ou l’acquisition de terrains ne constituent pas un commencement d’exécution.&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;Une convention d’utilisation et d’animation de l’équipement sportif d’une durée minimale de 5 ans devra être signée par le porteur de projet et le(s) utilisateur(s) du(des) équipement(s), avec un ou plusieurs établissements scolaires et/ou le propriétaire foncier précisant les créneaux prévisionnels qui seront réservés aux utilisateurs signataires et les créneaux en accès libre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://www.agencedusport.fr/plan-5000-equipements-generation-2024" title="Agence nationale du Sport" target="_blank"&gt;En savoir plus..&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agencedusport.fr/plan-5000-equipements-generation-2024</t>
+        </is>
+      </c>
+      <c r="W42" s="1" t="inlineStr">
+        <is>
+          <t>https://infrasport.agencedusport.fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.agencedusport.fr/contactez-nous?question&amp;#61;71"&gt;Contactez-nous | Agence nationale du sport (agencedusport.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>benoit.zedet@agencedusport.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-5000-equipements-generation-2024/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB42" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC42" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale du Sport</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2024</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
+        <v>166067</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux sur les équipements sportifs collectifs</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux travaux sur les équipements sportifs collectifs</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin de garantir un accès de qualité et accessible à tous sur l&amp;#039;ensemble de son territoire, la Région accompagne les associations sportives et les communes dans la réalisation de travaux de construction et d&amp;#039;aménagement sur les équipements sportifs collectifs dont ils sont propriétaires.&lt;/p&gt; &lt;p&gt;Ce dispositif s&amp;#039;adresse :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Aux communes lorsque le projet de travaux s’intègre dans un plan national d&amp;#039;aménagement sportif porté par une fédération sportive agréée par le ministère chargé des sports, ou l&amp;#039;Agence Nationale du Sport, et s&amp;#039;il permet d’assurer l&amp;#039;héritage des Jeux olympiques en mettant à disposition des équipements au plus près des pratiquants qui favorisent des pratiques sportives nouvelles.&lt;/li&gt; 	&lt;li&gt; Aux associations sportives lorsqu&amp;#039;elles sont propriétaires de l&amp;#039;équipement ou bénéficiaires d&amp;#039;un bail emphytéotique ou d&amp;#039;une convention de mise à disposition par le propriétaire, d&amp;#039;une durée adaptée à celle de l&amp;#039;amortissement de l&amp;#039;équipement.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Sont éligibles les dépenses relatives à la réalisation de ces travaux, en dehors des frais d’études préalables.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les aires de jeux (toboggans, balançoires…) ;&lt;/li&gt; 	&lt;li&gt; les petits équipements des cours de récréation des établissements scolaires ;&lt;/li&gt; 	&lt;li&gt; les aires de pique-nique ;&lt;/li&gt; 	&lt;li&gt; les aires de stationnement ;&lt;/li&gt; 	&lt;li&gt; les aménagements paysagers ;&lt;/li&gt; 	&lt;li&gt; l’aménagement et restauration de locaux d’accueil et de convivialité ;&lt;/li&gt; 	&lt;li&gt; les clubs house ;&lt;/li&gt; 	&lt;li&gt; les locaux administratifs ;&lt;/li&gt; 	&lt;li&gt; les vestiaires, sanitaires et douches ;&lt;/li&gt; 	&lt;li&gt; les locaux techniques de stockage de matériel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Au-delà des exclusions mentionnées dans les conditions générales, sont également retirées les&lt;br /&gt; dépenses non liées à l’équipement sportif proprement dit, ainsi que les frais d’études, annexes&lt;br /&gt; et VRD&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>21/05/2024</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont éligibles les dépenses relatives à la réalisation de ces travaux, en dehors des frais d’études préalables.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; les aires de jeux (toboggans, balançoires…) ;&lt;/li&gt; 	&lt;li&gt; les petits équipements des cours de récréation des établissements scolaires ;&lt;/li&gt; 	&lt;li&gt; les aires de pique-nique ;&lt;/li&gt; 	&lt;li&gt; les aires de stationnement ;&lt;/li&gt; 	&lt;li&gt; les aménagements paysagers ;&lt;/li&gt; 	&lt;li&gt; l’aménagement et restauration de locaux d’accueil et de convivialité ;&lt;/li&gt; 	&lt;li&gt; les clubs house ;&lt;/li&gt; 	&lt;li&gt; les locaux administratifs ;&lt;/li&gt; 	&lt;li&gt; les vestiaires, sanitaires et douches ;&lt;/li&gt; 	&lt;li&gt; les locaux techniques de stockage de matériel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Au-delà des exclusions mentionnées dans les conditions générales, sont également retirées les&lt;br /&gt; dépenses non liées à l’équipement sportif proprement dit, ainsi que les frais d’études, annexes&lt;br /&gt; et VRD&lt;/p&gt; &lt;p&gt;&lt;span&gt;Date de dépôt des dossiers :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Avant le 31 octobre de l&amp;#039;année précédant l&amp;#039;exercice au titre duquel est demandée la subvention.&lt;br /&gt; &lt;br /&gt; Toute demande doit être déposée de façon dématérialisée sur la plateforme régionale dédiée&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-travaux-sur-les-equipements-sportifs-collectifs</t>
+        </is>
+      </c>
+      <c r="W43" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_S_I_TRAVEQUIP/depot/simple</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-travaux-sur-les-equipements-sportifs-collectifs-1/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:34" customHeight="0">
+      <c r="A44" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB44" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Gestion d'une base nautique
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC44" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale</t>
+        </is>
+      </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>10/10/2023</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
+        <v>90933</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les équipements sportifs</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux Equipements Sportifs</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans une logique d&amp;#039;aménagement sportif équilibré du territoire, la Région Nouvelle-Aquitaine soutient les projets liés à la rénovation et/ou à la construction d&amp;#039;installations sportives.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+      :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin d&amp;#039;assurer le développement équilibré des pratiques sportives sur son territoire, la Région Nouvelle-Aquitaine participe au financement des équipements sportifs publics :
+&lt;/p&gt;
+&lt;p&gt;
+ mis à la disposition des lycées, des centres de formation des apprentis (CFA) et des établissements  régionaux d&amp;#039;enseignement adapté (EREA) dans le cadre de la pratique de l&amp;#039;éducation physique et sportive avec un taux d&amp;#039;occupation d&amp;#039;au moins 20 % du temps d&amp;#039;ouverture et un accès gratuit aux équipements, à vocation régionale, nationale ou internationale permettant la pratique de haut niveau et l&amp;#039;accueil de compétitions majeures, favorisant les sports de nature sur le territoire des Parc Naturels Régionaux (PNR).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier doit être adressé au moins 8 mois avant le démarrage des travaux (phase APD).
+&lt;/p&gt;
+&lt;p&gt;
+ Toute demande déposée après le démarrage des travaux fera l&amp;#039;objet d&amp;#039;une réponse négative.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les personnes morales de droit public (collectivités locales, établissements publics et groupements d&amp;#039;intérêt public).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides régionales sont prioritairement attribuées aux projets :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  relevant de territoires recensés comme socio-économiquement vulnérables,
+ &lt;/li&gt;
+ &lt;li&gt;
+  inscrits dans une démarche contractuelle,
+ &lt;/li&gt;
+ &lt;li&gt;
+  répondant aux démarches de qualité environnementale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans tous les cas, le foncier doit relever du domaine public.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas pris en compte les travaux de mises aux normes imposés par la loi n° 2005-102 du 11/02/2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1° Télécharger le dossier de demande de subvention &amp;#34;Construction ou rénovation d&amp;#039;équipements sportifs&amp;#34;.
+ &lt;/li&gt;
+ &lt;li&gt;
+  2° Envoyer ce document par mail au correspondant dont le nom figure en première page du dossier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/soutien-aux-equipements-sportifs</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction des sports / de la vie assoc. et de l&amp;#039;égalité : 05 87 21 31 10
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a92b-soutien-aux-equipements-sportifs/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB45" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC45" s="1" t="inlineStr">
+        <is>
+          <t>Région Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2021</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:34" customHeight="0">
+      <c r="A46" s="1">
+        <v>95077</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les manifestations sportives</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux manifestations sportives</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H93" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K93" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L93" s="1" t="inlineStr">
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Taux maxi : 10 % maximum du budget prévisionnel éligible
 Plancher : 800 €, calculé sur la base des dépenses éligibles.
 Remarque : Toute manifestation justifiant d&amp;#039;un caractère exceptionnel avéré fera l&amp;#039;objet d&amp;#039;une étude particulière.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La demande d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute demande doit être déposée en ligne, en cliquant sur le lien disponible dans l&amp;#039;encart ci-dessus et
  &lt;strong&gt;
   doit impérativement être transmise, 4 mois avant le début de la manifestation.
  &lt;/strong&gt;
  En cas de doute, n&amp;#039;hésitez pas à contacter votre référent dont les coordonnées sont indiquées dans l&amp;#039;onglet « Contact » sur la page de la Région
  .
 Toute demande incomplète ou arrivée hors délais sera rejetée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N93" s="1" t="inlineStr">
+      <c r="N46" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs</t>
         </is>
       </c>
-      <c r="O93" s="1" t="inlineStr">
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P93" s="1" t="inlineStr">
+      <c r="P46" s="1" t="inlineStr">
         <is>
           <t>30/11/2016</t>
         </is>
       </c>
-      <c r="R93" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les ligues et comités sportifs régionaux, les clubs sportifs ainsi que toute autre structure associative ou professionnelle mandatée par une fédération sportive reconnue par le Ministère en charge des Sports.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Manifestation sportive officielle, de niveau de compétition national minimum, inscrite au calendrier fédéral d&amp;#039;une discipline reconnue par le Ministère en charge des Sports.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Méthode de sélection
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La sélection sera faite en collaboration avec les ligues et comités sportifs régionaux qui transmettront au Service des Sports, durant l&amp;#039;année civile, une liste de 20 manifestations maximum pour le Grand Est, réparties idéalement à hauteur de deux compétitions maximum par département et par discipline. Seuls les projets justifiant d&amp;#039;une aide financière de la commune ou de l&amp;#039;intercommunalité d&amp;#039;accueil pourront bénéficier d&amp;#039;un soutien régional.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dépenses incombant directement aux organisateurs, hors mises à disposition, valorisation, primes et récompenses financières, restauration et hébergement facturés aux participants ou toute autre dépense prise en charge par un autre partenaire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S93" s="1" t="inlineStr">
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
+      <c r="U46" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V93" s="1" t="inlineStr">
+      <c r="V46" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-manifestations-sportives/</t>
         </is>
       </c>
-      <c r="W93" s="1" t="inlineStr">
+      <c r="W46" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0139/depot/simple</t>
         </is>
       </c>
-      <c r="X93" s="1" t="inlineStr">
+      <c r="X46" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   En cas de doute, veuillez s&amp;#039;il vous plait vérifier votre possibilité éligibilité auprès des services avant de constituer un dossier
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Contact
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pour l&amp;#039;Alsace :
   &lt;a href="mailto:claire.manigold&amp;#64;grandest.fr"&gt;
    Claire MANIGOLD
   &lt;/a&gt;
   – 03 88 15 65 24
  &lt;/li&gt;
  &lt;li&gt;
   pour la Champagne-Ardenne :
   &lt;a href="mailto:isabelle.pillard&amp;#64;grandest.fr"&gt;
    Isabelle PILLARD
   &lt;/a&gt;
   – 03 26 70 66 28
@@ -15063,844 +8895,399 @@
   &lt;a href="mailto:xavier.blond&amp;#64;grandest.fr"&gt;
    Xavier BLOND
   &lt;/a&gt;
   – 03 87 61 68 08
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Avant de faire votre demande en ligne,
   &lt;br /&gt;
   consultez le :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
   mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
   guide utilisateurs
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y93" s="1" t="inlineStr">
+      <c r="Y46" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z93" s="1" t="inlineStr">
+      <c r="Z46" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/18eb-soutien-aux-manifestations-sportives/</t>
         </is>
       </c>
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF46" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG46" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH46" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G94" s="1" t="inlineStr">
+    <row r="47" spans="1:34" customHeight="0">
+      <c r="A47" s="1">
+        <v>111664</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Créer un point ou un bureau information jeunesse</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;installation, pour la création et le fonctionnement des points information jeunesse (PIJ) et des bureaux information jeunesse (BIJ), labellisés par le Ministère de la jeunesse et des sports.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant forfaitaire maximum de l&amp;#039;aide :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   7.500€ la première année,
+  &lt;/li&gt;
+  &lt;li&gt;
+   et 3.500€ pour chacune des deux années suivantes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Délibération n°2016-02-0009 (AD du 17/10/2016)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Aide sous réserve de l&amp;#039;obtention du label point information jeunesse (PIJ) ou bureau information jeunesse (BIJ) du Ministère de la jeunesse et des sports.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la citoyenneté, de la jeunesse et de la vie associative
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 32 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa3a-creer-un-point-ou-un-bureau-information-jeune/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG47" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH47" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:34" customHeight="0">
+      <c r="A48" s="1">
+        <v>100363</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner les bénévoles des associations sportives dans leurs démarches administratives et leurs projets</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Comité départemental olympique et sportif (CDOS) de la Côte d'Or</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)</t>
-[...27 lines deleted...]
- mis à la disposition des lycées, des centres de formation des apprentis (CFA) et des établissements  régionaux d&amp;#039;enseignement adapté (EREA) dans le cadre de la pratique de l&amp;#039;éducation physique et sportive avec un taux d&amp;#039;occupation d&amp;#039;au moins 20 % du temps d&amp;#039;ouverture et un accès gratuit aux équipements, à vocation régionale, nationale ou internationale permettant la pratique de haut niveau et l&amp;#039;accueil de compétitions majeures, favorisant les sports de nature sur le territoire des Parc Naturels Régionaux (PNR).
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le
+  Comité
+  Départemental
+  Olympique et
+  Sportif de Côte-d&amp;#039;Or par l&amp;#039;intermédiaire du
+  Centre de
+  Ressource et d&amp;#039;
+  Information pour les
+  Bénévoles dans le domaine sportif, est
+  au service du mouvement associatif Côte-d&amp;#039;Orien
+ pour :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Conseiller et accompagner
+  &lt;/strong&gt;
+  les bénévoles dans leurs démarches administratives et leurs projets (fonctionnement, financements, fiscalité, comptabilité, emploi,...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Apporter des conseils juridiques clairs et adaptés
+  &lt;/strong&gt;
+  (vie associative, évolution de la règlementation,...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Soutenir et mettre en relation avec un réseau de partenaires
+  &lt;/strong&gt;
+  (CoSMoS, DIRECCTE, URSSAF, Comités Départementaux, Conseil Départemental, EPCI, AMF,...).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ensemble du mouvement associatif Côte-d&amp;#039;Orien et toute structure œuvrant pour le développement du milieu associatif, du sport et de l&amp;#039;intérêt général en Côte-d&amp;#039;Or.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N94" s="1" t="inlineStr">
-[...74 lines deleted...]
-      <c r="S94" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
-[...186 lines deleted...]
-  &lt;/span&gt;
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Côte-d'Or</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://cdos21.org/presentation-crib/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mario JOBARD, Agent de développement, CDOS Côte-d&amp;#039;Or
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:crib.cotedor&amp;#64;franceolympique.com" rel="noopener" target="_blank"&gt;
+  crib.cotedor&amp;#64;franceolympique.com
  &lt;/a&gt;
- , Tél. : 01 53 85 58 66
-[...338 lines deleted...]
- &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 09.63.06.66.36
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y97" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA97" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>crib.cotedor@franceolympique.com</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7b8f-centre-de-ressource-et-dinformation-pour-les-/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...91 lines deleted...]
-          <t>published</t>
+      <c r="AE48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG48" s="1" t="inlineStr">
+        <is>
+          <t>09/08/2021</t>
+        </is>
+      </c>
+      <c r="AH48" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>