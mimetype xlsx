--- v0 (2026-01-11)
+++ v1 (2026-03-11)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA64"/>
+  <dimension ref="A1:AH45"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,249 +225,321 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>95023</v>
+        <v>131363</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Aider le développement des équipes artistiques du Spectacle Vivant</t>
+          <t>Accompagner les projets de création et de diffusion du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Association
-[...1 lines deleted...]
-Particulier</t>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;aide financière apportée dans ce cadre recouvre l&amp;#039;activité de la compagnie dans sa totalité, y compris le fonctionnement de l&amp;#039;équipe artistique et les actions de médiation et de travail sur le territoire. Cette aide permet une permanence du travail de création et de diffusion.
-[...22 lines deleted...]
-&lt;/ul&gt;</t>
+ Le règlement « Aide au spectacle vivant » vise à soutenir les associations, les communes et EPCI dans les projets de création des compagnies professionnelles, de diffusion du spectacle vivant et de production d&amp;#039;évènements d&amp;#039;envergure régionale, nationale et internationale, sur le territoire haut-marnais.
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Culture et identité collective
-Spectacle vivant</t>
+          <t>Spectacle vivant</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...43 lines deleted...]
-&lt;/ul&gt;</t>
+ Les dossiers seront examinés au regard des éléments suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la qualité artistique et culturelle du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le rayonnement territorial du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;inscription dans un projet culturel de territoire et la capacité du projet à fédérer (autres acteurs culturels, inscription dans des réseaux locaux...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diversité des publics cibles.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les compagnies professionnelles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la réalisation de spectacles professionnels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion des créations/productions en Haute-Marne (au moins trois représentations dans le département).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les structures de diffusion et d&amp;#039;évènementiel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   une programmation professionnelle, ou encadrée par des professionnels, comportant au moins un spectacle issu de formations départementales,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les critères suivants seront obligatoirement remplis :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;aide au projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;implication d&amp;#039;un EPCI ou de deux autres partenaires au moins dans l&amp;#039;élaboration et le plan de financement du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   un seul financement du conseil départemental par structure, hors actions subventionnées dans le cadre du parcours d&amp;#039;éducation artistique et culturelle en milieu scolaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la conformité de la structure avec la réglementation en vigueur,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le dossier complet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
-          <t>Mise en œuvre / réalisation</t>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>Grand Est</t>
+          <t>Haute-Marne</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://www.grandest.fr/vos-aides-regionales/aide-triennale-developpement-equipes-artistiques-spectacle-vivant/</t>
+          <t>https://haute-marne.fr/wp-content/uploads/2022/04/culture/reglement_spectacle%20vivant%2014122018.pdf</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://messervicesenligne.haute-marne.fr</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...38 lines deleted...]
-&lt;/ul&gt;</t>
+ Direction de la culture, des sports et du monde associatif
+&lt;/p&gt;
+&lt;p&gt;
+ Service action culturelle, sportive et territoriale
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. 03 25 32 88 19
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Toute correspondance doit être adressée à :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Monsieur le Président du conseil départemental
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Direction de la culture, des sports et du monde associatif
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Service action culturelle, sportive et territoriale
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  1 rue du Commandant Hugueny – CS 62127
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  52905 Chaumont Cedex 9
+ &lt;/em&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
-          <t>olivier.claudel@grandest.fr</t>
+          <t>romain.paillard@haute-marne.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/1515-aide-triennale-au-developpement-des-equipes-a/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/507f-accompagner-les-projets-de-creation-et-de-dif/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>10/03/2023</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
         <v>95245</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Intervenir en faveur du spectacle vivant</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Aude</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
@@ -787,4865 +859,1162 @@
   &lt;li&gt;
    allée Raymond-Courrière
   &lt;/li&gt;
   &lt;li&gt;
    11855 CARCASSONNE cedex 9
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>stephanie.quere@aude.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b2d9-intervention-en-faveur-du-spectacle-vivant/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Département de l'Aude</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
+    <row r="4" spans="1:34" customHeight="0">
       <c r="A4" s="1">
-        <v>131363</v>
+        <v>1081</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Accompagner les projets de création et de diffusion du spectacle vivant</t>
-[...4 lines deleted...]
-          <t>Aide au spectacle vivant</t>
+          <t>Soutenir les festivals et manifestations de spectacle vivant d'envergure</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Haute-Marne</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
-        <is>
-[...377 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   participer au rééquilibrage du territoire en termes d&amp;#039;offre culturelle,
  &lt;/li&gt;
  &lt;li&gt;
   faciliter la rencontre entre créateurs, diffuseurs et publics,
  &lt;/li&gt;
  &lt;li&gt;
   soutenir l&amp;#039;emploi culturel régional et la promotion des équipes artistiques/artistes du territoire prenant part à ces manifestations,
  &lt;/li&gt;
  &lt;li&gt;
   accompagner les festivals dans leur effort de rayonnement régional, national ou international et promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation,
  &lt;/li&gt;
  &lt;li&gt;
   encourager les manifestations soucieuses du développement durable et des partenariats locaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature et montant de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel de l&amp;#039;opération. La collectivité se réserve la possibilité de proposer pour certains festivals structurants et à fort rayonnement régional de travailler à un projet de convention pluriannuelle. L&amp;#039;association d&amp;#039;autres collectivités territoriales à ces conventionnements sera recherchée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Tourisme</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    être une manifestation relevant du champ des arts de la scène – théâtre, danse, cirque, marionnette, arts de la parole), de la musique (actuelle, classique et contemporaine -, des arts de la rue ou pluridisciplinaire,
   &lt;/li&gt;
   &lt;li&gt;
    être un projet artistique et culturel de qualité affirmant une ligne artistique identifiée et mettant en oeuvre des actions spécifiques pour développer et sensibiliser les publics,
   &lt;/li&gt;
   &lt;li&gt;
    être une manifestation dont une 1ère édition a déjà eu lieu, se déroulant sur une durée minimale de 3 jours ou justifiant d&amp;#039;un minimum de 9 représentations,
   &lt;/li&gt;
   &lt;li&gt;
    faire appel exclusivement à des artistes professionnels et intégrer des artistes en activité sur le territoire,
   &lt;/li&gt;
   &lt;li&gt;
    avoir une envergure a minima régionale par la fréquentation des publics, l&amp;#039;inscription dans les réseaux, le rayonnement et la visibilité médiatique,
   &lt;/li&gt;
   &lt;li&gt;
    justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale,
   &lt;/li&gt;
   &lt;li&gt;
    respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant.
   &lt;/li&gt;
   &lt;li&gt;
    Ne sont pas éligibles les projets à but strictement commercial.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-manifestations-denvergure-2/</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;p&gt;
   Dépôt des dossiers : culture-subvention&amp;#64;grandest.fr
  &lt;/p&gt;
  &lt;p&gt;
   Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ef8f-soutien-aux-festivals-et-manifestations-denve/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
         <v>1067</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Soutenir les lieux et les projets de spectacle vivant structurants</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H7" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
  &lt;/li&gt;
  &lt;li&gt;
   réduire les inégalités territoriales d&amp;#039;accès à la culture,
  &lt;/li&gt;
  &lt;li&gt;
   encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
  &lt;/li&gt;
  &lt;li&gt;
   amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature et montant de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
  &lt;/li&gt;
  &lt;li&gt;
   disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
  &lt;/li&gt;
  &lt;li&gt;
   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
  &lt;/li&gt;
  &lt;li&gt;
   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/aides-aux-lieux-projets-structurants/</t>
         </is>
       </c>
-      <c r="W7" s="1" t="inlineStr">
+      <c r="W5" s="1" t="inlineStr">
         <is>
           <t>http://culture-subvention@grandest.fr</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  culture-subvention&amp;#64;grandest.fr
 &lt;/p&gt;
 &lt;p&gt;
  Pour les demandes de paiement : versements-creation&amp;#64;grandest.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/47f8-aide-aux-lieux-et-projets-annuels-structurant/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...1566 lines deleted...]
-      <c r="E14" s="1" t="inlineStr">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>162467</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Aide au projet ou au fonctionnement, spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
-[...826 lines deleted...]
-      <c r="F15" s="1" t="inlineStr">
+      <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H15" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les aides au fonctionnement ou au projet ont comme objectif de soutenir la diversité des esthétiques, des expressions, des formes et des formats dans le champ des arts visuels, du théâtre, de la marionnette, des arts du cirque et de la rue, de la danse et de musique. Les services déconcentrés ou centraux du ministère de la culture apportent ainsi une aide au fonctionnement à des structures ou une aide à des projets spécifiques de création et de diffusion artistiques. &lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Qu&amp;#039;est-ce que l&amp;#039;aide au projet ou au fonctionnement, spectacle vivant et arts visuels ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Selon les dispositifs et types d’aides, l’instruction de la demande est réalisée à partir de formulaires différents.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Attention, chaque dispositif a un calendrier propre, qui peut être différent selon les régions. &lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_creation-artistique-2024</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute question, vous êtes invités à vous adresser aux conseillers arts visuels et spectacle vivant de votre Direction régionale aux affaires culturelles (DRAC). Ils sont les interlocuteurs privilégiés des acteurs culturels et des porteurs de projet en&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-projet-ou-au-fonctionnement-spectacle-vivant-et-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2024</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...136 lines deleted...]
-      <c r="A17" s="1">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
         <v>137951</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Accompagner les structures culturelles (salle de spectacle ...) sur le territoire - Spectacle vivant</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Aide au spectacle vivant (accompagnement des structures culturelles)</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J17" s="1" t="inlineStr">
+      <c r="J7" s="1" t="inlineStr">
         <is>
           <t>Aide de 15% du cachet artistique qui ne pourra excéder 5.000€ par an et par structure.</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser les créations et les actions culturelles sur le territoire.
  &lt;/li&gt;
  &lt;li&gt;
   Mettre en place des actions en direction des publics cibles identifiés par le Département (collégiens, jeunes fréquentant les centres de loisirs, scolaires, extra-scolaires, plus de 60 ans, publics empêchés..) en relation avec leur territoire.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné :
  &lt;/strong&gt;
  tout public et publics cibles
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Récurrence de l&amp;#039;aide :
  &lt;/strong&gt;
  annuelle&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;Lettre de demande de
      subvention&lt;/li&gt;&lt;li&gt;Bilan de l&amp;#039;année N-1 ( si une
      aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Budget ou plan de financement&lt;/li&gt;&lt;li&gt;Dossier de demande de
      subvention complété (CERFA / Spécifique)&lt;/li&gt;&lt;li&gt;Présentation du projet&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour
 les demandes de subvention en fonctionnement : &lt;strong&gt;Formulaire
 CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271" target="_self"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt; &lt;br /&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M17" s="1" t="inlineStr">
+      <c r="M7" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;&lt;p&gt;
   Partenariats : programme de projets d&amp;#039;actions culturelles
  &lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide au financement de spectacles/concerts dans le cadre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   d&amp;#039;accueil de créations d&amp;#039;artistes soutenus via l&amp;#039;accompagnement des artistes du Département (même après période de création/résidence) et/ou
  &lt;/li&gt;
  &lt;li&gt;
   de la mise en place d&amp;#039;actions culturelles avec les écoles de musique, et/ou en direction des publics cibles comme les collégiens, plus de 60 ans, centres de loisirs, publics empêchés et/ou mise en valeur des sites patrimoniaux majeurs du Département (Château de Chavaniac, Domaine du Sauvage, La Chaise-Dieu, le lac du Bouchet, la Pinatelle du Zouave, les Narces de la Sauvetat...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  Bonification financière de l&amp;#039;accompagnement si esthétique proposée peu présente (musique classique, danse/musique contemporaine, musiques actuelles).
 &lt;/span&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Formulaire-de-demande-de.html</t>
         </is>
       </c>
-      <c r="W17" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
  Direction Déléguée Culture et Patrimoine :
  &lt;a href="mailto:emilie.langlois&amp;#64;hauteloire.fr" target="_self"&gt;
   culture.patrimoine&amp;#64;hauteloire.f&lt;/a&gt;r - 04 71 07 43 76 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Gestionnaire : Jérôme TOURNAYRE - jerome.tournayre&amp;#64;hauteloire.fr - 04 71 07 43 53&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aaaf-favoriser-les-creations-et-les-actions-cultur/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
         <v>144485</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E18" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la diffusion du spectacle vivant : festivals, saisons culturelles</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...3 lines deleted...]
-      <c r="H18" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I18" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="J18" s="1" t="inlineStr">
+      <c r="J8" s="1" t="inlineStr">
         <is>
           <t>La subvention ne peut excéder 40% du budget global du projet</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
-[...16 lines deleted...]
-      <c r="N18" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dans le domaine de la diffusion du spectacle vivant, quelle que soit la 
+discipline proposée, l&amp;#039;intervention de la collectivité départementale 
+vise à soutenir les organisateurs de manifestations culturelles ou de 
+saisons culturelles, qui proposent sur le territoire landais une 
+programmation fondée sur des créations menées par des artistes 
+professionnels, qui aménagent des lieux pour accueillir au mieux les 
+œuvres, les publics et les artistes, et qui mettent en place un mode 
+d&amp;#039;actions susceptible de fidéliser les spectateurs.
+Parmi ses priorités d&amp;#039;intervention, le Département s&amp;#039;attache à 
+accompagner les projets qui s&amp;#039;engagent à favoriser un accès qualitatif à
+ la culture pour les publics qui en sont les plus éloignés, ainsi que 
+ceux qui développent des programmes d&amp;#039;actions qui contribuent à 
+l&amp;#039;éducation artistique et culturelle des plus jeunes. Il porte également
+ une attention particulière aux projets qui visent à assurer la 
+diversité de l&amp;#039;offre de spectacle vivant sur le territoire landais, en 
+favorisant les esthétiques et les disciplines les moins présentes, et à 
+ceux qui soutiennent l&amp;#039;exigence artistique professionnelle.
+L&amp;#039;aide départementale a pour objectif de renforcer celle apportée 
+localement par les communes, groupements de communes ou autres 
+partenaires publics. Elle vient accompagner l&amp;#039;effort financier engagé en
+ termes de programmation et de régie technique.&lt;/p&gt;&lt;p&gt;Le montant de l&amp;#039;intervention du Département tient donc compte de la 
+pluralité du financement, du montant d&amp;#039;engagement des différents 
+échelons institutionnels, et de la capacité du porteur de projet à 
+mobiliser des recettes propres (billetterie, fonds propres, buvette, 
+etc.). Il tient également compte du soutien en nature éventuellement 
+apporté par le Département dans le cadre de son règlement départemental 
+de mise à disposition de matériels scéniques et muséographiques, et/ou 
+de celui des collectivités de proximité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
-[...76 lines deleted...]
-      <c r="S18" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Tout dossier déposé au titre du soutien aux festivals doit obligatoirement remplir les conditions d’éligibilité suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être détenteur de la « licence d&amp;#039;entrepreneur du spectacle » à partir de 6 spectacles proposés.&lt;/li&gt;&lt;li&gt;Être soutenu par son échelon institutionnel de proximité le plus compétent : commune, EPCI, etc.&lt;/li&gt;&lt;li&gt;Proposer une programmation sur une durée minimale de deux jours consécutifs pour être qualifié de « festival ».&lt;/li&gt;&lt;li&gt;Faire obligatoirement appel à l&amp;#039;intervention rémunérée d&amp;#039;artistes et de techniciens professionnels.&lt;/li&gt;&lt;li&gt;Proposer un renouvellement artistique de la programmation d&amp;#039;année en année.&lt;/li&gt;&lt;li&gt;Prédominance
+ de la part consacrée à la programmation artistique (coûts de cession 
+des spectacles, accueil logistique des artistes et mise en œuvre 
+technique) au regard du budget global.&lt;/li&gt;&lt;li&gt;Valoriser
+ la manifestation et le soutien du Département par une communication 
+adaptée avec des supports dédiés (imprimés ou numériques).&lt;/li&gt;&lt;li&gt;Proposer une politique tarifaire adaptée aux différents publics (minimum : tarif plein/ tarif réduit).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ne
+ sont pas retenus comme éligibles à une aide départementale : les 
+projets et programmes d&amp;#039;animations proposant une déclinaison locale 
+d&amp;#039;événements nationaux (fêtes de la musique, journées du patrimoine, 
+etc.), les programmes d&amp;#039;animation festive (fêtes patronales), 
+commerciale et touristique des territoires, ainsi que les actions déjà 
+financées par ailleurs par la politique culturelle et patrimoniale du 
+Département (programmes de diffusion culturelle des médiathèques, des 
+établissements patrimoniaux, des opérateurs à rayonnement départemental 
+déjà soutenus par la collectivité, etc.)&lt;/p&gt;&lt;p&gt;Selon sa nature et les 
+moyens mis en œuvre pour sa réalisation, le projet est classé dans une 
+catégorie définie par le nombre de critères additionnels qu&amp;#039;il remplit.&lt;/p&gt;&lt;p&gt;Ce
+ classement ne donne pas droit de facto au montant plafonné de 
+subvention de la catégorie : les critères sont les supports de 
+l&amp;#039;instruction de la demande de subvention et permettent de préciser le 
+montant soumis au vote de la Commission Permanente, dans la limite des 
+crédits disponibles.&lt;/p&gt;&lt;p&gt;Liste des 9 critères additionnels : plus de détails sur le site landes.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X18" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/aide-aux-festivals</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.landes.fr/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
   culture&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/09de-aider-a-la-diffusion-du-spectacle-vivant-aide/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G19" s="1" t="inlineStr">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>97735</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir et promouvoir le spectacle vivant - Dispositif "Un été / 100 spectacles"</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...2 lines deleted...]
-Association
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H19" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'intervention dépend du nombre d'habitants dans les communes</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
-[...35 lines deleted...]
-      <c r="N19" s="1" t="inlineStr">
+ Afin de soutenir le monde du spectacle fortement impacté par la crise sanitaire du COVID19, le Département a décidé de renouveler  le dispositif « Un été / 100 spectacles » initié en 2020 visant à soutenir et promouvoir le spectacle vivant au sein du territoire audois.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une subvention de fonctionnement pour la prise en charge des spectacles organisés par les communes et les sites touristiques audois du réseau Pays Cathare gérés par une collectivité territoriale, un acteur associatif ou privé.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R19" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires
-[...36 lines deleted...]
- Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département porte sur la prise en charge des coûts financiers du spectacle (contrat de cession et/ou GUSO).
+&lt;/p&gt;
+&lt;p&gt;
+ Un maximum de deux spectacles par commune pourra être pris en charge dans le cadre du dispositif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de transport, hébergement ou de repas ne seront pas éligibles au dispositif, ainsi que les indemnités forfaitaires en fonction des besoins matériels, la gestion et le paiement des droits d&amp;#039;auteurs, et la communication locale du dispositif, qui restent intégralement à la charge des communes bénéficiaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="X19" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/un-ete-100-spectacles-subvention-aux-communes</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...36 lines deleted...]
-      <c r="AA19" s="1" t="inlineStr">
+ Pôle Aménagement Durable - Direction Education Collèges Culture Jeunesse Sports - Culture
+&lt;/p&gt;
+&lt;p&gt;
+ Audrey De Bentzmann, Secrétaire
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:audrey.debentzmann&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  audrey.debentzmann&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel :
+ 04.68.11.64.95
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed30-intervenir-dans-le-cadre-du-dispositif-un-ete/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Département de l'Aude</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>16/07/2021</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...534 lines deleted...]
-      <c r="E22" s="1" t="inlineStr">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>139366</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Aider les équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux équipes indépendantes (aides déconcentrées au spectacle vivant - ADSV)</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
-[...340 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H23" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif des « aides déconcentrées au spectacle vivant » (ADSV) constitue le socle de la politique du ministère de la Culture en faveur des équipes artistiques. Ce dispositif soutient les artistes ou équipes artistiques indépendants pour qu&amp;#039;ils puissent développer leur travail de création et en faire bénéficier le public le plus large possible (diffusion). Il contribue à l&amp;#039;accompagnement du parcours de l&amp;#039;artiste ou de l&amp;#039;équipe artistique dans sa dynamique de création avec des aides ponctuelles (aide au projet) ou pluriannuelles (conventionnements pour 2, 3 ou 4 années consécutives).
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;h3&gt;
  Que sont les aides déconcentrées au spectacle vivant (ADSV) ?
 &lt;/h3&gt;
 &lt;p&gt;
  Le dispositif des aides déconcentrées au spectacle vivant (ADSV) constitue le socle de la politique du ministère de la Culture en faveur des équipes artistiques.
 &lt;/p&gt;
 &lt;p&gt;
  En 2021, le dispositif a concerné :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   1.412 équipes artistiques dont :
   &lt;ul&gt;
    &lt;li&gt;
     375 ensembles musicaux
    &lt;/li&gt;
    &lt;li&gt;
     313 compagnies de danse
@@ -6210,156 +2579,644 @@
     4 partenaires avec apports en numéraire
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour une demande de conventionnement à 4 ans
   &lt;/strong&gt;
   :
   &lt;ul&gt;
    &lt;li&gt;
     180 représentations dans 3 régions minimum (150 représentations pour le cirque, les arts de la rue et les DOM)
    &lt;/li&gt;
    &lt;li&gt;
     5 partenaires avec apports en numéraire
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Lors de la phase d&amp;#039;instruction du dossier, le service déconcentré du ministère de la Culture pourra identifier les projets qui rendent difficilement applicables l&amp;#039;ensemble des critères &amp;#34;
  &lt;em&gt;
   en raison de la singularité des esthétiques, de propositions de forme atypique, de conditions de production ou&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
 &lt;br /&gt;
 date de clôture de l&amp;#039;aide : Selon discipline et projet</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>DGCA
 demarches-sv-dgca&amp;#64;culture.gouv.fr ; 01 40 15 80 00
 182, rue Saint Honoré - 75001 Paris</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2d7a-aides-aux-equipes-independantes-aides-deconce/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2023</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>95024</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aider les lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux lieux et projets annuels culturels dans le domaine du spectacle vivant</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise ainsi à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les lieux permanents professionnels et les projets annuels structurants du spectacle vivant, ancrés localement et de rayonnement régional, jouant un rôle majeur en matière de création, de diffusion et de dynamique culturelle territoriale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités territoriales d&amp;#039;accès à la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager les projets s&amp;#039;inscrivant dans une stratégie de développement culturel territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  amener les lieux à travailler en réseau et à chercher de nouvelles synergies visant à améliorer les conditions de la création artistique ainsi que l&amp;#039;offre culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Dépôt des dossiers :
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures pouvant s&amp;#039;entourer ou étant dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier de l&amp;#039;appui d&amp;#039;une autre collectivité ou de l&amp;#039;Etat pour leur fonctionnement. Ne sont pas concernées par ce dispositif les structures disposant d&amp;#039;un label national au titre de la circulaire du 31 août 2010 du Ministère de la culture et de la communication, ou du programme de scène conventionnée au titre de la circulaire du 5 mai 1999 du Ministère de la culture et de la communication.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   présenter un projet artistique et culturel global comprenant un volet création, un volet diffusion et un volet action culturelle, et pouvant s&amp;#039;accompagner d&amp;#039;actions complémentaires, ex : résidences, évènements associés,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles et justifier de l&amp;#039;indépendance de la direction artistique,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité locale, voire d&amp;#039;un conventionnement spécifique avec d&amp;#039;autres partenaires publics, Etat ou collectivités.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/aide-aux-lieux-projets-annuels-structurants/</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr"&gt;
+    culture-subvention&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Demandes de paiement :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/980b-aide-aux-lieux-et-projets-annuels-culturels-d/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
+        <v>95032</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux et centres de ressources spectacle vivant et arts visuels</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux réseaux et centres de ressources spectacle vivant et Arts visuels</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir les structures professionnelles positionnées en réseaux ou en centres de ressources et qui contribuent, via l&amp;#039;animation de réseaux et des actions d&amp;#039;information, de médiation ou de formation, à l&amp;#039;accompagnement des acteurs culturels et au développement de la culture sur le territoire et en direction de tous les publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  réduire les inégalités d&amp;#039;accès à la culture.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention accordée annuellement en fonction du projet et du plan de financement prévisionnel. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide régionale est octroyée.
+Recommandation : le versement du solde de l&amp;#039;aide antérieure est demandé au plus tard à la date du dépôt du nouveau dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations culturelles, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est. Seules sont concernées les structures dirigées par des professionnels disposant d&amp;#039;une expertise dans la discipline artistique qui est la leur et pouvant justifier du rayonnement de leur activité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   justifier de son rôle de réseau ou de centre de ressources pour les acteurs culturels et du rayonnement territorial de la structure, être en relation partenariale avec d&amp;#039;autres acteurs de la vie culturelle régionale,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ présenter un projet artistique et culturel global comprenant un ou plusieurs des volets suivants :
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   veille sur un sujet déterminé du développement culturel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ingénierie, expertise, conseil aux porteurs de projets,
+  &lt;/li&gt;
+  &lt;li&gt;
+   conception et diffusion d&amp;#039;outils d&amp;#039;appui, d&amp;#039;études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   ressources en diffusion ou en matériel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   animation, structuration de réseau,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement, appui, conseil, formation en direction d&amp;#039;artistes professionnels ou en voie de professionnalisation,
+  &lt;/li&gt;
+  &lt;li&gt;
+   accompagnement des pratiques amateurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   actions culturelles en direction de publics spécifiques,
+  &lt;/li&gt;
+  &lt;li&gt;
+   disposer de ressources humaines professionnelles adaptées à la nature du projet,
+  &lt;/li&gt;
+  &lt;li&gt;
+   avoir conventionné avec d&amp;#039;autres partenaires publics – Etat, Villes notamment – constitue un atout,
+  &lt;/li&gt;
+  &lt;li&gt;
+   présenter un budget global de fonctionnement de la structure sur 3 ans si le projet s&amp;#039;inscrit sur une durée de 3 ans dans le cadre d&amp;#039;une convention, sur la base de budgets prévisionnels annuels détaillés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-reseaux-centres-de-ressources/</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0018/depot/simple</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les demandes de paiement :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-creation&amp;#64;grandest.fr"&gt;
+    versements-creation&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne. Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc33-soutien-aux-reseaux-et-centres-de-ressources-/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
         <v>150679</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Financer des investissements mobiliers et immobiliers dans les secteurs du spectacle vivant et des arts visuels</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Aide à l&amp;apos;investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="F24" s="1" t="inlineStr">
+      <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Directions Régionales des Affaires Culturelles (DRAC)</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H24" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le ministère de la culture peut attribuer des aides à l&amp;#039;investissement, mobilier ou immobilier, à des structures de production, diffusion, enseignement spécialisé ou enseignement supérieur, des arts visuels et du spectacle vivant.
  &lt;br /&gt;
  Ces aides sont notamment encadrées par le décret n° 2018-514 du 25 juin 2018 relatif aux subventions de l&amp;#039;Etat pour des projets d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Objectifs de la démarche
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les aides sont attribuées dans le cadre d&amp;#039;opérations de travaux, et/ou d&amp;#039;investissements mobilier, par exemple pour des études préalables, des travaux sur les bâtiments, l&amp;#039;équipement mobilier dans le cadre de travaux de rénovation, etc.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037106457?init&amp;#61;true&amp;amp;page&amp;#61;1&amp;amp;query&amp;#61;2018-514&amp;#43;du&amp;#43;25&amp;#43;juin&amp;#43;2018&amp;#43;&amp;amp;searchField&amp;#61;ALL&amp;amp;tab_selection&amp;#61;all" rel="noopener" target="_blank"&gt;
   En savoir plus
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Nature des dépenses éligibles
@@ -6404,62 +3261,62 @@
  Un autre délai de 8 mois à partir de l&amp;#039;accusé de réception court pour l&amp;#039;instruction du dossier et l&amp;#039;éventuelle décision d&amp;#039;attribution d&amp;#039;une subvention, qui fait alors l&amp;#039;objet d&amp;#039;un arrêté ou d&amp;#039;une convention.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;absence de réponse de l&amp;#039;administration dans un délai de
  &lt;strong&gt;
   8 mois à compter de la date d&amp;#039;accusé de réception de la demande de subvention vaut refus d&amp;#039;attribution de subvention.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En cas de décision favorable, des versements intermédiaires peuvent avoir lieu en cours de projet, sur présentation de pièces justifiant la dépense, c&amp;#039;est-à-dire des factures acquittées par le bénéficiaire de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  À la fin des travaux, le bénéficiaire doit ensuite fournir, dans un délai de 12 mois à compter de la date prévisionnelle d&amp;#039;achèvement du projet indiquée dans la convention, l&amp;#039;ensemble des factures acquittées et une attestation d&amp;#039;achèvement des travaux présentant le décompte final des dépenses et la liste des aides publiques perçues.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Calendrier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Selon région
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Arts plastiques et photographie
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Qui peut déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Associations
   &lt;/li&gt;
   &lt;li&gt;
    Communes
   &lt;/li&gt;
   &lt;li&gt;
    Départements
   &lt;/li&gt;
   &lt;li&gt;
    Entreprises privées
   &lt;/li&gt;
   &lt;li&gt;
    Entreprises publiques locales
   &lt;/li&gt;
   &lt;li&gt;
    EPCI à fiscalité propre
@@ -6485,134 +3342,159 @@
 &lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du projet
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet ne doit pas avoir débuté au moment du dépôt de la demande. L&amp;#039;exécution peut commencer seulement après la réception par le demandeur de l&amp;#039;accusé de réception du dossier complet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères de non-éligibilité du projet
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets ne doivent pas faire l&amp;#039;objet d&amp;#039;une aide par l&amp;#039;ASTP (association pour le soutien du théâtre privé) ou par le CNM (centre national de la musique).
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;acquisition d&amp;#039;œuvres par les FRAC font l&amp;#039;objet d&amp;#039;une démarche spécifique, avec un formulaire spécifique
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;orgues non classés font l&amp;#039;objet d&amp;#039;une démarche spécifique
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/aide-a-l-investissement-mobilier-et-immobilier-dans-les-secteurs-du-spectacle-vivant-et-des-arts-visuels</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur les subventions d&amp;#039;investissement mobilier et immobilier dans les secteurs du spectacle vivant et des arts visuels, vous êtes invités à vous adresser à la DRAC/DAC de votre région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf52-aide-a-linvestissement-mobilier-et-immobilier/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2023</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
         <v>129698</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
         </is>
       </c>
-      <c r="D25" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Aides déconcentrées au spectacle vivant (ADSV) : Aide au projet en théâtre, arts de la rue et arts du cirque</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H25" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Destinées à soutenir la création et la diffusion au public de spectacles vivants dans les domaines de la danse, de la musique, du théâtre, des arts de la rue et des arts du cirque, les ADSV se déclinent en deux aides financières : l&amp;#039;aide au projet et le conventionnement.
 &lt;/p&gt;
 &lt;p&gt;
  Cette page présente les spécificités des aides au projet en théâtre, arts de la rue et arts du cirque.
 &lt;/p&gt;
 &lt;h2&gt;
  Présentation du dispositif
 &lt;/h2&gt;
 &lt;p&gt;
  Pour en savoir plus sur les aides déconcentrées au spectacle vivant (ADSV), et notamment sur les critères d&amp;#039;éligibilité, les modalités d&amp;#039;évaluation des dossiers et les modalités d&amp;#039;attribution de la subvention communs à toutes les esthétiques, rendez-vous ici :
 &lt;/p&gt;
 &lt;a href="https://www.culture.gouv.fr/fr/Demarches-en-ligne/Par-type-de-demarche/Subvention/Aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-ADSV" rel="noopener noreferrer" target="_blank"&gt;
  Présentation générale des ADSV
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;h3&gt;
  L&amp;#039;aide déconcentrée au spectacle vivant en théâtre, arts de la rue et arts du cirque
 &lt;/h3&gt;
 &lt;p&gt;
  L&amp;#039;aide au projet en théâtre, arts de la rue et arts du cirque est une aide ponctuelle, qui contribue à la production d&amp;#039;une création, d&amp;#039;une recréation ou d&amp;#039;une reprise et concoure prioritairement :
 &lt;/p&gt;
@@ -7202,362 +4084,177 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Une question ?
 &lt;/h4&gt;
 &lt;p&gt;
  Pour toute question sur le conventionnement théâtre, arts de la rue et arts du cirque en Normandie, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Julien DELOT, Conseiller Théâtre et arts associés / site de Rouen,
   &lt;a href="mailto:julien.delot&amp;#64;culture.gouv.fr"&gt;
    julien.delot&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Joël COLLEVILLE, Assistant-Gestionnaire, Théâtre et arts associés / site de Rouen,
   &lt;a href="mailto:joel.colleville&amp;#64;culture.gouv.fr"&gt;
    joel.colleville&amp;#64;culture.gouv.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Véronique FRICOTEAUX, Conseillère Théâtre et&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>10.000 € minimum
 &lt;br /&gt;
 périmètre de l&amp;#039;aide: [&amp;#039;- France entière -&amp;#039;, &amp;#039;Outre-mer&amp;#039;]
 &lt;br /&gt;
 date de clôture de l&amp;#039;aide : Suivant région</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/fr/catalogue-des-demarches-et-subventions/subvention/aides-aux-equipes-independantes-aides-deconcentrees-au-spectacle-vivant-adsv#:~:text=Le%20dispositif%20des%20aides%20déconcentrées,375%20ensembles%20musicaux</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>Délégation générale de la création artistique (DGCA)
 demarches-sv-dgca&amp;#64;culture.gouv.fr
 01 40 15 80 00</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b8b-aides-deconcentrees-au-spectacle-vivant-adsv-/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2023</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...210 lines deleted...]
-      <c r="A27" s="1">
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
         <v>145872</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (FALC)</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Lutte contre les VHSS (violences et harcèlement sexistes et sexuels) dans le spectacle vivant et les arts visuels (version en français simplifié)</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H27" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le ministère de la Culture a mis en place un plan pour lutter contre les violences et harcèlement sexistes et sexuels ou VHSS. Vous travaillez dans le secteur du spectacle vivant et des arts visuels ? Vous demandez ou souhaitez renouveler une aide financière auprès du ministère de la culture ?
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 2022, les structures culturelles du
  &lt;strong&gt;
   spectacle vivant
  &lt;/strong&gt;
  et des
  &lt;strong&gt;
   arts visuels
  &lt;/strong&gt;
  doivent respecter le plan de lutte contre les VHSS. C&amp;#039;est une condition pour recevoir les aides financières du ministère de la culture.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que le plan de lutte contre les VHSS ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le ministère de la Culture a mis en place le plan de lutte contre les VHSS (violences et harcèlements sexistes et sexuels). C&amp;#039;est la loi &amp;#34;Schiappa&amp;#34;, votée le 3 août 2018.
 &lt;/p&gt;
 &lt;p&gt;
  La loi &amp;#34;Schiappa&amp;#34; renforce la lutte contre les violences sexuelles et sexistes. Par exemple contre les violences sexuelles, contre les comportements ou les paroles mal placées à connotations sexuelles, ...
@@ -7667,1586 +4364,508 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Cliquer sur le bouton &amp;#34;Accéder au formulaire&amp;#34; en bas de page.
  &lt;/li&gt;
  &lt;li&gt;
   Connectez-vous ou créez un compte, puis laissez-vous guider pour remplir le formulaire.
  &lt;/li&gt;
 &lt;/ol&gt;
 &lt;p&gt;
  Si le ministère de la Culture vous accorde une aide financière, le formulaire sera un document officiel. Ce formulaire sera joint aux documents du projet, c&amp;#039;est-à-dire à la convention ou l&amp;#039;arrêté de subvention.
 &lt;/p&gt;
 &lt;p&gt;
  Ceci signifie que vous devrez mettre en place les actions pour lutter contre les VHSS décrites dans le formulaire.
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous demanderons un bilan détaillé des actions réalisées à la fin du projet ou tous les ans si le projet dure plusieurs années.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Cohésion sociale et inclusion
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Êtes-vous concerné par cette démarche ?
 &lt;/p&gt;
 &lt;p&gt;
  Vous devez déposer un dossier si :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous travaillez dans le secteur des arts visuels et du spectacle vivant
  &lt;/li&gt;
  &lt;li&gt;
   Vous êtes :
   &lt;ul&gt;
    &lt;li&gt;
     Une association
    &lt;/li&gt;
    &lt;li&gt;
     Une commune
    &lt;/li&gt;
    &lt;li&gt;
     Un département
    &lt;/li&gt;
    &lt;li&gt;
     Une EPCI à fiscalité propre
    &lt;/li&gt;
    &lt;li&gt;
     Un établissement public
    &lt;/li&gt;
    &lt;li&gt;
     Une entreprise privée
    &lt;/li&gt;
    &lt;li&gt;
     Une entreprise publique locale
    &lt;/li&gt;
    &lt;li&gt;
     Une personne physique qui travaille dans une structure culturelle
    &lt;/li&gt;
    &lt;li&gt;
     Une région
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Vous avez déposé une demande d&amp;#039;aide financière auprès du ministère de la culture pour un projet.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/lutte-contre-les-vhss-violences-et-harcelement-sexistes-et-sexuels-dans-le-spectacle-vivant-et-les-arts-visuels-version-en-francais-simplifie</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W15" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/theatre-spectacle_vhss</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La sous-direction des affaires financières et générales (SDAFIG) répond à toutes vos questions sur la lutte contre les VHSS :
 &lt;/p&gt;
 &lt;p&gt;
  Direction générale de la création artistique (DGCA)
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sous-direction des affaires financières et générales
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:demarchevhss.creation&amp;#64;culture.gouv.fr" target="_self"&gt;
   demarchevhss.creation&amp;#64;culture.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 40 15 88 32
 &lt;/p&gt;
 &lt;p&gt;
  62 Rue Beaubourg, 75003 Paris
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1290-lutte-contre-les-vhss-violences-et-harcelemen/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>16/07/2023</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...919 lines deleted...]
-      <c r="A34" s="1">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
         <v>164942</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Déclaration de représentation(s), dans un but lucratif, avec participation d'artistes amateurs</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Déclaration de représentation(s), dans un but lucratif, avec participation d&amp;apos;artistes amateurs</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="K34" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Présentation du dispositif&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Contexte&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La loi n° 2016-925 du 7 juillet 2016 relative à la liberté de la création, à l&amp;#039;architecture et au patrimoine précise à l’article 32 III les conditions à respecter par les entrepreneurs de spectacle vivant pour pouvoir faire appel à des artistes amateurs dans des représentations en public de spectacles organisés dans un cadre lucratif.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cette réglementation a pour objectif de sécuriser les représentations effectuées en public par des artistes amateurs, de prévenir les situations de concurrence déloyale entre les artistes amateurs non rémunérés et les artistes professionnels rémunérés, et à garantir les droits des artistes professionnels.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Qu’est-ce qu’un artiste amateur ?&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Est artiste amateur dans le domaine de la création artistique toute personne qui pratique seule ou en groupe une activité artistique à titre non professionnel et qui n&amp;#039;en tire aucune rémunération.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le cadre non lucratif constitue le cadre habituel de l’activité des artistes amateurs, y compris dans le cadre de festivals de pratique en amateur. La loi reconnait dans ce cadre le droit aux artistes amateurs ou aux groupements d’artistes amateurs / associations d’amateurs de participer à des représentations en public d’œuvres de l’esprit organisées dans un cadre non lucratif et de :&lt;/p&gt;&lt;p&gt;Faire de la publicité ;&lt;/p&gt;&lt;p&gt;D’utiliser du matériel professionnel ;&lt;/p&gt;&lt;p&gt;De mettre en place une billetterie payante servant à financer leurs activités et les frais engagés pour les représentations. &lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les artistes amateurs ne relèvent pas de la présomption de salariat.&lt;/p&gt;&lt;p&gt;Dans un cadre non lucratif, les groupements d’artistes amateurs peuvent faire appel à des artistes professionnels rémunérés encadrants ou solistes, par exemple des chefs de chœur, chefs d’orchestre, ou metteurs en scène.&lt;/p&gt;&lt;p&gt;Participation d&amp;#039;artistes amateurs à une ou des représentations de spectacles dans un cadre lucratif&lt;/p&gt;&lt;p&gt;Dans un cadre lucratif, toute personne qui participe à un spectacle doit être rémunérée en contrepartie de sa prestation et relève des dispositions relatives à la présomption de salariat prévue par le code du travail (C. trav., art. L. 7121-3 et L. 7121-4). Lorsqu’ils participent à un spectacle organisé dans un cadre lucratif, l’artiste amateur ou le groupement d’artistes amateurs doivent donc être en principe déclarés et rémunérés au minimum conventionnel. Le simple défraiement ne constitue pas une rémunération au minimum conventionnel.&lt;/p&gt;&lt;p&gt;Par exception, l’article 32 III de la loi relative à la liberté de la création, à l’architecture et au patrimoine permet aux entrepreneurs de spectacles vivants de faire appel à des artistes amateurs pour participer à un spectacle organisé dans un cadre lucratif, sans être tenus de les rémunérer, si le spectacle est organisé dans le cadre d&amp;#039;un accompagnement de la pratique amateur ou d&amp;#039;actions pédagogiques et culturelles. Cette possibilité est toutefois soumise au respect de quatre conditions cumulatives (voir ci-après). &lt;/p&gt;&lt;p&gt;La participation d’un groupement d’amateurs constitué sous forme associative à de telles représentations dans un cadre lucratif ne doit pas constituer la part principale de leur activité.&lt;/p&gt;&lt;p&gt;Objectifs de la démarche&lt;/p&gt;&lt;p&gt;La démarche de « Déclaration de représentation(s) dans un but lucratif avec participation d’artistes amateurs » est l’outil permettant de déclarer les spectacles organisés dans un cadre lucratif faisant participer des artistes amateurs non rémunérés afin d’encadrer leur pratique qui déroge au principe de présomption de salariat prévu par le code du travail pour les artistes du spectacle (C. trav., art L. 7121-3 et L. 7121-4).&lt;/p&gt;&lt;p&gt;Les données collectées par le ministère de la culture, lors de la télédéclaration, peuvent donner lieu à des études ou des travaux statistiques, après avoir fait l’objet d’un traitement afin d’occulter les mentions permettant l’identification des personnes qui y sont nommées ou afin de rendre impossible leur identification.&lt;/p&gt;&lt;p&gt;Vous pouvez télécharger le schéma d&amp;#039;explication ci-dessous : &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Spectacle vivant</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Tout entrepreneur de spectacles vivants (structure de production, de diffusion et d’exploitation de lieux de spectacles) qui organise un spectacle faisant participer des artistes professionnels (obligatoirement rémunérés) et des artistes amateurs non rémunérés.&lt;/p&gt;&lt;p&gt;Il peut s&amp;#039;agir de :&lt;/p&gt;&lt;p&gt;Associations &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Communes&lt;/p&gt;&lt;p&gt;Départements &lt;/p&gt;&lt;p&gt;Entreprises privées &lt;/p&gt;&lt;p&gt;Entreprises publiques locales &lt;/p&gt;&lt;p&gt;EPCI à fiscalité propre &lt;/p&gt;&lt;p&gt;Établissements de recherche&lt;/p&gt;&lt;p&gt;Établissements publics / Services de l&amp;#039;État &lt;/p&gt;&lt;p&gt;Régions&lt;/p&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Pour pouvoir faire participer des artistes amateurs à un spectacle organisé dans un cadre lucratif, l’entrepreneur de spectacles vivants doit :&lt;/p&gt;&lt;p&gt;Avoir déclaré son activité d’entrepreneur de spectacles vivants à l’aide d’un récépissé de déclaration d’entrepreneur de spectacles vivants valant licence en cours de validité ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Avoir conclu une convention d’accompagnement de la pratique amateur avec l’Etat (généralement au niveau de la DRAC) ou une collectivité territoriale (voir détails dans la rubrique Procédure ci-dessous). &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/declaration-renouvellement/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-d-artistes-amateurs</t>
         </is>
       </c>
-      <c r="W34" s="1" t="inlineStr">
+      <c r="W16" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/declaration-representations-artistes-amateurs</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une question ?&lt;/p&gt;&lt;p&gt;Pour toute question sur la déclaration de représentation(s), dans un but lucratif, avec participation d&amp;#039;artistes amateurs, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;Direction Générale de la Création Artistique (DGCA) &lt;/p&gt;&lt;p&gt;Délégation aux politiques professionnelles et sociales des auteurs et aux politiques de l&amp;#039;emploi &amp;gt; Département des politiques de l’emploi et de la formation professionnelle du spectacle vivant et enregistré &lt;/p&gt;&lt;p&gt;amateurs.dgca&amp;#64;culture.gouv.fr&lt;/p&gt;&lt;p&gt;54, rue des Franc-Bourgeois 75004 Paris&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/declaration-de-representation-s-dans-un-but-lucratif-avec-participation-dartistes-amateurs/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2025</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G35" s="1" t="inlineStr">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>117402</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la mise en œuvre de projets culturels, de spectacles et de résidences artistiques</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...20 lines deleted...]
-      <c r="K35" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...26 lines deleted...]
- Les dossiers éligibles seront présentés en Commission Culture et Patrimoine selon le calendrier suivant : 2 commissions au 1er semestre et 2 commissions au 2nd semestre.
+ Permettre aux EPCI de développer leur offre culturelle dans les domaines du spectacle vivant et des arts visuels :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Accompagnement dans la mise en œuvre de projets culturels dans les domaines du spectacle vivant et des arts visuels : saisons de spectacles, festivals, résidences d&amp;#039;artistes, projets d&amp;#039;action culturelle...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Conseil dans les domaines artistiques, techniques et administratifs et juridiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mise à disposition de documents de référence. Accompagnement des processus de définition de projets.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Co-organisation de projets, impliquant l&amp;#039;intervention de professionnels du secteur.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Variables (Jusqu&amp;#039;à 7500 € pour la mise en œuvre d&amp;#039;une résidence artistique).
+&lt;/p&gt;
+&lt;p&gt;
+ Cofinancements possibles Département de Seine-et-Marne / Région Ile-de-France / Direction régionale des Affaires Culturelles d&amp;#039;Ile-de-France.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
-[...165 lines deleted...]
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Éligibilité du diffuseur
-[...50 lines deleted...]
- &lt;br /&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
-[...37 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/621a-accompagner-les-collectivites-dans-la-mise-en/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-      <c r="A37" s="1">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
         <v>94924</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Soutenir les initiatives artistiques et culturelles locales</t>
         </is>
       </c>
-      <c r="D37" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Soutien aux initiatives artistiques et culturelles locales</t>
         </is>
       </c>
-      <c r="E37" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide &amp;#34;Soutien aux initiatives artistiques et culturelles locales&amp;#34;
 &lt;/p&gt;
 &lt;p&gt;
  Objectif : Par ce dispositif, la Région Grand Est décide de contribuer au développement culturel des territoires.
 &lt;/p&gt;
 &lt;p&gt;
  Conformément aux objectifs prioritaires de la politique culturelle régionale, ce dispositif vise à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soutenir des projets culturels ponctuels sur les territoires,
  &lt;/li&gt;
  &lt;li&gt;
   soutenir des initiatives enrichissant l&amp;#039;offre culturelle dans les territoires,
  &lt;/li&gt;
  &lt;li&gt;
   soutenir des projets de diffusion culturelle et participer à une démarche d&amp;#039;irrigation des territoires associant praticiens amateurs encadrés par des artistes et des techniciens professionnels,
  &lt;/li&gt;
  &lt;li&gt;
   soutenir des initiatives associatives portant un projet relevant d&amp;#039;une démarche artistique et culturelle favorisant l&amp;#039;accès des citoyens aux différentes formes d&amp;#039;art.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
@@ -9257,496 +4876,1063 @@
 &lt;p&gt;
  Les associations culturelles ou porteuses d&amp;#039;un projet culturel ayant leur siège dans la région Grand Est, les collectivités territoriales et les structures de droit public ou privé installées en région Grand Est.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide revêt la forme d&amp;#039;une subvention de fonctionnement. Le projet doit être réalisé au cours de l&amp;#039;année civile pour laquelle l&amp;#039;aide est octroyée.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Demande d&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers sont traités au fil de l&amp;#039;eau. La date de réception par la Région du dossier complet doit être antérieure de 4 mois avant la date de démarrage de l&amp;#039;opération.
  &lt;strong&gt;
   Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
  &lt;/strong&gt;
  Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N37" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O37" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P37" s="1" t="inlineStr">
+      <c r="P18" s="1" t="inlineStr">
         <is>
           <t>18/06/2019</t>
         </is>
       </c>
-      <c r="R37" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide de la Région Grand Est est subordonnée aux critères suivants :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    présenter dans la programmation une ligne éditoriale artistique identifiée et répondant aux exigences techniques et artistiques indispensables à la bonne conduite d&amp;#039;un tel projet,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    faire appel à des artistes et des techniciens professionnels,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    pour les manifestations, être d&amp;#039;une durée minimale de 3 jours pour les arts visuels et spectacle vivant ou donner au moins 6 représentations pour le spectacle vivant,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    faire apparaitre clairement la part artistique dans le budget,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    justifier de l&amp;#039;engagement financier d&amp;#039;au moins une collectivité territoriale sachant que la Région ne saurait être le premier financeur,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    s&amp;#039;inscrire dans une dynamique et un rayonnement a minima intercommunal,
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    respecter les dispositions légales et règlementaires liées à l&amp;#039;activité de spectacle vivant et de arts visuels.
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Sont éligibles les dépenses nécessaires à la réalisation du projet hors dépenses de valorisation, d&amp;#039;ajustements comptables, de frais bancaires et d&amp;#039;investissement.
   &lt;/strong&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T37" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V37" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/initiatives-artistiques-et-culturelles-locales/</t>
         </is>
       </c>
-      <c r="X37" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
 &lt;/p&gt;
 &lt;p&gt;
  Dossier de demande de subvention à retourner par email au minimum 4 mois avant la date de démarrage de l&amp;#039;opération à l&amp;#039;adresse suivante :
  &lt;a href="mailto:culture-subvention&amp;#64;grandest.fr" rel="noopener" target="_blank"&gt;
   culture-subvention&amp;#64;grandest.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z37" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c472-soutien-aux-initiatives-artistiques-et-cultur/</t>
         </is>
       </c>
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="H38" s="1" t="inlineStr">
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>10304</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Programmer des spectacles présentés par des équipes artistiques régionales</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>50% maximum</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le Conseil Départemental accompagne les associations sur des projets visant à valoriser la langue occitane, à aider à sa transmission et à son développement dans les domaines suivants :
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets soutenus par la Région doivent permettre :
+  &lt;/li&gt;
+  &lt;li&gt;
+   un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ L&amp;#039;aide accordée ne peut excéder 50% du montant mentionné dans le contrat de cession. Son montant ne peut être inférieur à 500 €  (plancher) et supérieur à 2 000 € (plafond). Le montant annuel cumulé pour un même programmateur est limité à 4 000 €, pour un maximum de 5 représentations par an. Dépenses éligibles : Dépenses artistiques liées à la programmation du spectacle faisant l&amp;#039;objet de la demande : cession ou rémunération directe (frais d&amp;#039;approche non pris en compte).
+ &lt;p&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ces spectacles peuvent faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 3 années civiles suivant l&amp;#039;année de leur création, dans la limite de 12 représentations maximum ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est sollicitée pour une représentation par spectacle programmé, hors séances scolaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un même programmateur peut mobiliser le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   De la même façon, un même lieu peut accueillir une programmation mobilisant le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine  Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : artsetspectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04bb-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>14/11/2019</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>58698</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Arts de la Scène - Aide à la diffusion de proximité</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Enseignement (y compris aux adultes),
-[...19 lines deleted...]
-      <c r="N38" s="1" t="inlineStr">
+  un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
-Spectacle vivant
-[...3 lines deleted...]
-      <c r="O38" s="1" t="inlineStr">
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- La demande de subvention est établie sur un dossier type à retirer auprès du Conseil Départemental ou téléchargeable sur le site Internet.
-[...17 lines deleted...]
- 4/ la demande est prise en compte au vu notamment
+ Éligibilité du diffuseur
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  du projet précis de l&amp;#039;objet de la demande
-[...5 lines deleted...]
-  des partenariats avec d&amp;#039;autres associations travaillant dans le domaine de la transmission, de la valorisation ou du développement de la langue occitane.
+  Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le prix de vente pour chaque spectacle faisant l&amp;#039;objet de la demande ne peut être inférieur à 1 000 € HT (hors frais annexes).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, manifestations diverses) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aide est sollicitée pour une seule représentation par spectacle programmé, hors séances scolaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dispositif peut être mobilisé un maximum de 5 fois par année civile par le même programmateur et par un même lieu.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- La durée de validité de l&amp;#039;aide est annuelle.
-[...2 lines deleted...]
- Le versement de l&amp;#039;aide est exercé sur présentation d&amp;#039;un rapport de l&amp;#039;action et du bilan financier.
+ Éligibilité des spectacles programmés
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un spectacle peut faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 4 années civiles suivant l&amp;#039;année de sa création, dans la limite de 12 représentations maximum ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le spectacle doit être proposé par une équipe artistique repérée dans les réseaux de diffusion régionaux, attestant d&amp;#039;un répertoire, d&amp;#039;une diffusion antérieure, d&amp;#039;une activité exercée exclusivement à titre professionnel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de contrat de cession, l&amp;#039;équipe artistique doit être portée par une structure juridique de production (licence d&amp;#039;entrepreneur notamment), domiciliée en région Occitanie, dont les conditions réglementaires d&amp;#039;embauche et de rémunération des artistes et techniciens sont respectées (présence d&amp;#039;un personnel administratif notamment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont concernés les spectacles de création, mobilisant des formes et écritures artistiques contemporaines dans le domaine des arts de la scène, de la rue ou de la piste.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les autres propositions, notamment les productions relevant d&amp;#039;autres disciplines artistiques, du répertoire traditionnel, de l&amp;#039;animation ou de l&amp;#039;action pédagogique ne sont pas visées par les dispositifs régionaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière est accordée aux équipes artistiques ayant bénéficié d&amp;#039;un soutien de la Région au cours des 3 exercices précédant la demande (aide à la création notamment).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X38" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Service Culture Occitane et Territoires
-[...4 lines deleted...]
- sebastien.pugin&amp;#64;ha-py.fr
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Arts de la Scène
+&lt;/p&gt;
+&lt;p&gt;
+ artsdelascene&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e0df-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>24/09/2020</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-      <c r="A39" s="1">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
+        <v>31445</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la diffusion de proximité dans le domaine des arts de la scène</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>on montant ne peut être inférieur à 500€ (plancher) et supérieur à 2.000€ (plafond). Le montant annu</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa politique de soutien au spectacle vivant, la Région met en place un système d&amp;#039;aide à la diffusion qui permet aux opérateurs de droit privé ou public d&amp;#039;obtenir un soutien à la programmation de spectacles présentés par des équipes artistiques régionales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional, notamment en milieu rural et sur les communes dépourvues d&amp;#039;offre culturelle à l&amp;#039;année ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la diffusion en Occitanie des équipes artistiques professionnelles issues du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une ouverture de tous les publics sur la diversité des esthétiques du spectacle vivant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Calendrier :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers éligibles seront présentés en Commission Culture et Patrimoine selon le calendrier suivant : 2 commissions au 1er semestre et 2 commissions au 2nd semestre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Le lieu de programmation doit être situé dans une commune de moins de 15 000 habitants ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le programmateur ne peut en aucun cas être soutenu dans le cadre d&amp;#039;un autre dispositif régional de soutien à la diffusion (lieux structurants, festivals, aide à la saison, ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les spectacles concernés par le dispositif sont présentés par des équipes artistiques professionnelles domiciliées en région Occitanie ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Ces spectacles peuvent faire l&amp;#039;objet d&amp;#039;une demande d&amp;#039;aide à la diffusion de proximité durant les 3 années civiles suivant l&amp;#039;année de leur création, dans la limite de 12 représentations maximum ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide est sollicitée pour une représentation par spectacle programmé, hors séances scolaires ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un même programmateur peut mobiliser le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   De la même façon, un même lieu peut accueillir une programmation mobilisant le dispositif dans la limite de 5 dates au total par année civile ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   La demande de soutien doit être adressée à la Région impérativement avant la date de la représentation (ou de la première représentation en cas de programmation groupée).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ Dépenses artistiques liées à la programmation du spectacle faisant l&amp;#039;objet de la demande : cession ou rémunération directe (frais d&amp;#039;approche non pris en compte).
+</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-Scene-Aide-a-la-diffusion-de-proximite</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://mesaidesenligne.laregion.fr/</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de la Culture et du Patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Service Arts de la Scène
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : artsdelascene&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc72-arts-de-la-scene-aide-a-la-diffusion-de-proxi/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>03/04/2020</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
         <v>153929</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Disposer du parc de matériel scénique</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Parc de matériel scénique</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le parc de matériel scénique de la Manche est un outil d&amp;#039;accompagnement de premier plan dans une logique de mutualisation au service des acteurs culturels. Structuré autour d&amp;#039;une large gamme de matériels techniques et scéniques, le parc est animé par une équipe de professionnels : régisseur général, techniciens son et lumières et magasiniers qui, en plus de proposer un service de location de ces produits à des tarifs très abordables, peuvent apporter des conseils adaptés en fonction des besoins exprimés et de la nature des événements envisagés.
 Les tarifs du catalogue de matériel sont donnés à titre indicatif.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment bénéficier de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Avant toute réservation, l&amp;#039;équipe du parc de matériel scénique se tient à la disposition des emprunteurs pour envisager ensemble le projet de spectacle vivant : le matériel le plus adapté pourra être mis à disposition en fonction de la programmation, des contraintes de lieux...
 Les prêts de matériels et de leurs accessoires sont soumis aux conditions générales (voir règlement en téléchargement).
 L&amp;#039;acceptation du devis par l&amp;#039;emprunteur entraîne automatiquement pour lui l&amp;#039;acceptation des conditions générales de prêt et des tarifs en vigueur.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature des proje
  &lt;/strong&gt;
  &lt;strong&gt;
   ts éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le matériel propriété du Département de la Manche est mis à disposition sous réserve d&amp;#039;un droit de participation à sa maintenance, aux communes et aux associations culturelles du département de la Manche qui ont un projet d&amp;#039;action culturelle dans le domaine du spectacle vivant (sont donc exclus les comités, associations et les collectivités à finalité politique, économique, ou religieuse).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le matériel est destiné à être utilisé dans le département de la Manche uniquement, dans le cadre de manifestations de spectacle vivant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T39" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/parc-de-materiel-scenique/</t>
         </is>
       </c>
-      <c r="W39" s="1" t="inlineStr">
+      <c r="W22" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  - formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.33.05.90.92
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ec36-parc-de-materiel-scenique/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>10/11/2023</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-      <c r="A40" s="1">
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>162305</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux  élèves et jeunes de l'enseignement Professionnel de découvrir de nouveaux domaines d’application aux savoir-faire</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Enseignement Professionnel : Lycées Professionnels  et CFA au Festival d’Aix</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Ce parcours professionnel invite à la découverte de l’opéra. Il est proposé à l’ensemble des lycées professionnels, des CFA de la Région SUD, rattachés aux Académies d‘Aix- Marseille et de Nice.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;S’adressant spécifiquement lycées professionnels, aux CFA de la Région SUD Provence-Alpes-Côte d&amp;#039;Azur, le Parcours professionnel  invite à la découverte de l’opéra en proposant un focus technique du spectacle vivant : les Professions et les savoirs-faire du spectacle vivant et de l’opéra, les étapes qui précédent la première représentation d’un opéra.&lt;br /&gt; &lt;br /&gt; L’objectif est de permettre à ces  élèves et jeunes  adultes au début de leur vie professionnelle et jeunes de découvrir de nouveaux domaines d’application aux savoir-faire et aux compétences qu’ils acquièrent dans leur formation, élargissant ainsi leur champ des possibles et la construction de leur projet professionnel.  &lt;/p&gt;
+&lt;p&gt;Fondé sur la réciprocité, ce parcours se construit avec l’équipe pédagogique : chaque étape du parcours, ainsi que  l’opéra auquel les élèves assisteront en fonction des filières  et spécialisation. &lt;/p&gt; &lt;p&gt;Les lycées professionnels, CFA  de la Région SUD, rattachés aux Académies d‘Aix- Marseille et de Nice&lt;strong&gt;. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>27/11/2020</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les modalités d&amp;#039;inscription :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;ACADEMIE d’AIX MARSEILLE | INSCRIPTIONS VIA LA DAAC  &lt;/strong&gt;&lt;br /&gt; Les inscriptions au dispositif se font via un formulaire accessible  en ligne  sur le site de la DAAC.&lt;br /&gt; L’adresse vous sera communiquée par Mme Isabelle Tourtet - courriel : &lt;a href="mailto:isabelle.tourtet&amp;#64;ac-aix-marseille.fr"&gt;isabelle.tourtet&amp;#64;ac-aix-marseille.fr&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;ACADEMIE DE NICE | INSCRIPTIONS VIA LA DAAC  &lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Académie de Nice | DAAC chargé du domaine musique conseiller EAC&lt;/strong&gt;,&lt;br /&gt; Philippe Mopin - courriel : &lt;a href="mailto:philippe.mopin&amp;#64;ac-nice.fr"&gt;philippe.mopin&amp;#64;ac-nice.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Festival d’Aix | &lt;/strong&gt;&lt;strong&gt;Responsable du Service éducatif, &lt;/strong&gt;&lt;br /&gt; Frédérique Tessier - courriel : &lt;a href="mailto:frederique.tessier&amp;#64;festival-aix.com"&gt;frederique.tessier&amp;#64;festival-aix.com&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Modalité de remboursement des frais de transports &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Remboursements des 2 transports pour 10 établissements professionnels sélectionnés (6 de l’Académie d’Aix-Marseille et 6 de l’Académie de Nice).&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Votre demande de remboursement&lt;/strong&gt; et &lt;strong&gt;votre facture&lt;/strong&gt; doivent être adressées &lt;strong&gt;par courriel&lt;/strong&gt; à la Direction de la Jeunesse, des Sports et de la Citoyenneté :&lt;br /&gt; &lt;strong&gt;Joëlle HANANIA&lt;/strong&gt;, chargée de mission Education artistique et culturelle : &lt;a href="mailto:jhanania&amp;#64;maregionsud.fr"&gt;jhanania&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Françoise Bouchetière, &lt;/strong&gt;gestionnaire au Service Jeunesse et Citoyenneté  : &lt;a href="mailto:fbouchetière&amp;#64;maregionsud.fr"&gt;fbouchetière&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/enseignement-professionnel-lycees-professionnels-et-cfa-au-festival-daix</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/enseignement-professionnel-lycees-professionnels-et-cfa-au-festival-daix/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
         <v>103485</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Investissement culturel - Aide aux travaux et à l'acquisition d'équipements</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Association
-[...3 lines deleted...]
-      <c r="H40" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Le dispositif permet le soutien à la construction et la restructuration des équipements culturels relevant des quatre disciplines suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Enseignement artistique : conservatoires agrées par le ministère de la culture,
   &lt;/li&gt;
   &lt;li&gt;
    Spectacle vivant : lieux de répétition, de formation et de diffusion du spectacle vivant, lieux labellisés par le ministère de la culture,
   &lt;/li&gt;
   &lt;li&gt;
    Arts plastiques : centres d&amp;#039;art, espace collectifs de travail, ateliers,
   &lt;/li&gt;
   &lt;li&gt;
    livre et lecture : bibliothèques, médiathèques et lieux de vie littéraire.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Le dispositif permet également l e soutien à la rénovation, l&amp;#039;extension ou l&amp;#039;aménagement des cinémas classés art et essai.
@@ -9762,103 +5948,103 @@
   &lt;/li&gt;
   &lt;li&gt;
    Fonds initial de la collection d&amp;#039;une nouvelle bibliothèque,
   &lt;/li&gt;
   &lt;li&gt;
    Matériel numérique et scénographique.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un dossier de candidature complet .
 &lt;/p&gt;
 &lt;p&gt;
  Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espace public</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P40" s="1" t="inlineStr">
+      <c r="P24" s="1" t="inlineStr">
         <is>
           <t>31/10/2019</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;aide régionale est une subvention, d&amp;#039;un montant maximum de 30% des dépenses éligibles , avec un plafond de dépense de 6,5 M€ pour les travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce plafond peut monter à 40 % des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets d&amp;#039;équipements, les dépenses éligibles correspondent aux montants des devis des acquisitions envisagées.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En fonction du secteur dont relève le projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Spectacle vivant et enseignement artistique
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Christine Vacher -
   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    christine.vacher&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Arts plastiques
   &lt;/strong&gt;
   &lt;strong&gt;
@@ -9879,486 +6065,157 @@
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
    cinema.audiovisuel&amp;#64;iledefrance.fr
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Livre et lecture
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Delphine Martincourt -
   &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/326d-investissement-culturel-aide-aux-travaux-et-a/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB24" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>17/09/2021</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...354 lines deleted...]
-      <c r="A43" s="1">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
         <v>153930</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Soutenir les structures de développement et de diffusion culturelle et les équipes artistiques</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Structures et actions d&amp;rsquo;intérêt départemental ou supra-départemental dans le domaine culturel</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif est de soutenir les structures de développement et de diffusion culturelle et les équipes artistiques (tous secteurs confondus : arts plastiques, audiovisuel, livre et lecture, musiques, patrimoine, spectacle vivant).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment bénéficier de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt de la demande d&amp;#039;aide :
 La demande pour l&amp;#039;année N doit être déposée sur la plateforme à la mi-octobre de l&amp;#039;année N-1.
 Exemple : le Département n&amp;#039;instruit plus de demandes de subventions pour l&amp;#039;année 2024 ; pour les demandes de 2025, elles peuvent être déposées jusqu&amp;#039;au dimanche 15 octobre 2024.;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conditions d&amp;#039;éligibilité :
 &lt;/p&gt;
 &lt;p&gt;
  1. Adéquation du projet avec les objectifs départementaux &amp;#34;partagés&amp;#34; avec les opérateurs locaux :
 &lt;/p&gt;
 &lt;p&gt;
  - caractère professionnel de l&amp;#039;organisation,
 &lt;/p&gt;
 &lt;p&gt;
  - respect de la réglementation,
 &lt;/p&gt;
 &lt;p&gt;
  - capacité à mobiliser des partenaires et travail en réseau,
 &lt;/p&gt;
 &lt;p&gt;
  - rayonnement de l&amp;#039;action et cohérence action/territoire (action en territoire rural déficitaire, action structurante en
 &lt;/p&gt;
 &lt;p&gt;
  - territoire urbain, absence de concurrence/thématique),
 &lt;/p&gt;
 &lt;p&gt;
  - impact du projet en termes de dynamique et d&amp;#039;attractivité du territoire,
 &lt;/p&gt;
@@ -10375,749 +6232,311 @@
  2. Qualité du projet ou de l&amp;#039;action :
 &lt;/p&gt;
 &lt;p&gt;
  - risque artistique avéré,
 &lt;/p&gt;
 &lt;p&gt;
  - développement d&amp;#039;actions périphériques,
 &lt;/p&gt;
 &lt;p&gt;
  - maturité de l&amp;#039;action et identité culturelle.,
 &lt;/p&gt;
 &lt;p&gt;
  3. Mobilisation des financements :
 &lt;/p&gt;
 &lt;p&gt;
  - implication des collectivités locales,
 &lt;/p&gt;
 &lt;p&gt;
  - participation d&amp;#039;autres partenaires publics et privés,
 &lt;/p&gt;
 &lt;p&gt;
  - autofinancement
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S43" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T43" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/structures-et-actions-dinteret-departemental-ou-supra-departemental-dans-le-domaine-culturel/</t>
         </is>
       </c>
-      <c r="W43" s="1" t="inlineStr">
+      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  - formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.33.05.99.42
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e855-structures-et-actions-drsquointeret-departeme/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>10/11/2023</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E44" s="1" t="inlineStr">
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>163658</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations de construction ou de rénovation d'équipements culturels structurants</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Equipements culturels</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G44" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...4 lines deleted...]
-      <c r="H44" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine apporte son soutien aux opérations de construction ou de rénovation d&amp;#039;équipements culturels structurants pour le territoire. Cet accompagnement concerne les lieux de spectacle vivant, les médiathèques, les salles de cinémas indépendants de proximité, les musées de France et centre d&amp;#039;interprétation de l&amp;#039;architecture et du patrimoine, les établissements d&amp;#039;enseignement supérieur artistique, les centres d&amp;#039;art et lieux de diffusion de l&amp;#039;art contemporain, les lieux de création et de production et l&amp;#039;équipement en matériel des lieux.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Contribuer à un aménagement culturel équilibré du territoire régional en corrigeant les inégalités territoriales en matière d’équipements culturels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Renforcer la qualité des équipements culturels, les remettre à niveau notamment en regard des enjeux de la création contemporaine, des nouvelles technologies et des enjeux environnementaux, &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Soutenir les projets d’équipements culturels qui intègrent les droits culturels,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Offrir sur le territoire de la Nouvelle-Aquitaine une offre culturelle et artistique riche, diversifiée et de qualité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit public&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit privé&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d&amp;#039;éligibilité pour les lieux :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;besoin d&amp;#039;un équipement culturel au regard du bassin de vie,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;viabilité du modèle économique (investissement et fonctionnement),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;gestion par une équipe professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;réalisation d&amp;#039;une étude préalable concluant à la faisabilité du projet,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;si portage par une commune rurale ou de moins de 30 000 habitants, soutien financier de l’intercommunalité (excepté pour les musées),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;si portage privé, financement par au moins une collectivité autre que la Région, ou par l’Etat, ou par un établissement public,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;intégration du développement durable dans le projet (conditions d’éco-responsabilité répondant à la feuille de route de Néo terra) dans la conception du projet (intégration paysagère, énergie, eau, matériaux bio-sourcés, mobilité durable).&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Critères éligibilité pour le matériel :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Equipement en matériel pour structure culturelle professionnelle,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Achat de matériel pour l’aménagement du lieu dans le cadre de sa création, de son extension ou de sa réhabilitation,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Equipement en matériel en lien direct avec le projet artistique de la structure ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La demande est formulée au moins cinq années après l’obtention d’une aide régionale de ce type.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Attribution au bénéficiaire de l’aide directe représentant un taux maximal de 20 % des dépenses éligibles (toutes tranches confondues) dans la limite du montant plafond (détail dans le RI et fiches thématiques à télécharger ci-dessous)&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/equipements-culturels</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Compléter le formulaire de demande en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/equipements-culturels/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>127288</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements (mobilier, fonds initial d’une nouvelle bibliothèque, matériel numérique et scénographique)</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux travaux et à l'acquisition d'équipements</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K44" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L44" s="1" t="inlineStr">
-[...553 lines deleted...]
-      <c r="L47" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
 &lt;/p&gt;
 &lt;p&gt;
  Les autres aides à l&amp;#039;investissement culturel :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques"&gt;
    Investissement culturel – Aide aux investissements numériques
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
    Investissement culturel – Aide aux structures itinérantes
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N47" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Espace public</t>
         </is>
       </c>
-      <c r="O47" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P47" s="1" t="inlineStr">
+      <c r="P27" s="1" t="inlineStr">
         <is>
           <t>31/10/2019</t>
         </is>
       </c>
-      <c r="R47" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
  &lt;/li&gt;
  &lt;li&gt;
   Aménageurs mandatés par les collectivités locales,
  &lt;/li&gt;
  &lt;li&gt;
   Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est une subvention, d&amp;#039;un
  &lt;strong&gt;
   montant maximum de 30% des dépenses éligibles
  &lt;/strong&gt;
  , avec un plafond de dépense de 6,5 M€ pour les travaux.
 &lt;/p&gt;
 &lt;p&gt;
  Ce plafond peut monter à 40% des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
@@ -11184,73 +6603,73 @@
 &lt;br /&gt;
 &lt;p&gt;
  Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux
  &lt;/strong&gt;
  (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
  &lt;br /&gt;
  La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un
  &lt;strong&gt;
   dossier de candidature complet
  &lt;/strong&gt;
  .
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet objet de la demande d&amp;#039;aide doit être financé
  &lt;strong&gt;
   à hauteur de 20% minimum par la structure porteuse.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S47" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U47" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V47" s="1" t="inlineStr">
+      <c r="V27" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
         </is>
       </c>
-      <c r="X47" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  En fonction du secteur dont relève le projet :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Spectacle vivant et enseignement artistique
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Christine Vacher -
   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    christine.vacher&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Arts plastiques
   &lt;/strong&gt;
   &lt;strong&gt;
@@ -11269,426 +6688,656 @@
    Cinéma
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Livre et lecture
   &lt;/strong&gt;
   &lt;strong&gt;
    :
   &lt;/strong&gt;
   Delphine Martincourt -
   &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
    delphine.martincourt&amp;#64;iledefrance.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y47" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z47" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
         </is>
       </c>
-      <c r="AA47" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB27" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2023</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="48" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G48" s="1" t="inlineStr">
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>20428</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Financer des festivals d'arts de la scène</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La région Occitanie est une région particulièrement riche en festivals. Les festivals sont d&amp;#039;importants diffuseurs de la culture. Ils participent à la circulation des artistes et permettent à un large public de découvrir des œuvres de qualité. Ils renforcent la cohésion territoriale et sociale par la mobilisation d&amp;#039;un important bénévolat, par la conduite d&amp;#039;actions hors période festivalière (programmation à l&amp;#039;année, actions  de médiation : stages, rencontres, échanges). Ils contribuent ainsi à la démocratisation culturelle et à l&amp;#039;aménagement du territoire, en palliant parfois le manque d&amp;#039;infrastructure, notamment en milieu rural.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, les festivals œuvrent pour la valorisation du patrimoine régional et pour le développement du tourisme. Leur rôle est conséquent en matière économique directe et indirecte (hôtels, restaurants, campings...). Ils jouent un rôle croissant dans le champ du développement durable. La Région soutient de nombreux festivals et promeut leur action via son site Web.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets soutenus par la Région doivent permettre :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un maillage du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un égal accès des publics à la culture ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un soutien à l&amp;#039;économie des festivals et au tourisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  une aide pour développer des actions en faveur du développement durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le soutien et l&amp;#039;accompagnement des équipes artistiques professionnelles du territoire régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un renforcement de la coopération régionale autour de projets artistiques majeurs ou innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de projets à rayonnement régional et/ou national.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant est déterminé en fonction des critères énoncés ci-dessus et de l&amp;#039;économie globale du projet. Dans le cadre de sa nouvelle politique culturelle et afin d&amp;#039;aider à la mobilisation des financements européens dans le secteur de la culture et du patrimoine, toute structure retenue au titre du dispositif pourra se voir attribuer une aide complémentaire pour la mise en œuvre d&amp;#039;un projet participant à un programme européen.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les aides s&amp;#039;adressent aux festivals ayant au minimum un an d&amp;#039;existence.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets, pour bénéficier de l&amp;#039;aide de la Région, doivent répondre aux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Implantation et activité en région ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Viabilité économique du projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Durée minimale : 2 jours ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Situation régulière au regard des obligations réglementaires en matière de spectacle vivant (obligations fiscales et sociales, licence d&amp;#039;entrepreneur de spectacles...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Budget réalisé de la dernière édition du festival : 25 000 € minimum.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ce dispositif n&amp;#039;est pas cumulable avec les financements accordés au titre de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la saison,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide à la diffusion de proximité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide aux lieux structurants.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les dépenses artistiques, techniques et administratives, à l&amp;#039;exception de la valorisation du bénévolat, des mises à disposition en nature, des dotations aux amortissements, des provisions, des intérêts des emprunts et des agios. Un lien direct doit être établi entre les dépenses éligibles et la réalisation du programme subventionné, en particulier pour les dépenses éventuellement réalisées avant la date du dépôt du dossier de demande de subvention. Le Règlement de Gestion des Financements Régionaux (RGFR) prévoit que les charges indirectes peuvent être éligibles sous certaines conditions et qu&amp;#039;elles pourront, si la nature de l&amp;#039;opération le justifie, être calculées selon une méthode simplifiée préétablie et conventionnée de taux forfaitaire. Explication de la méthode utilisée : Méthode calcul du le temps passé (temps passé sur l&amp;#039;action / temps de travail total des salariés de la structure). Ces charges indirectes ne pouvant pas dépasser 25 % du budget établi par la structure.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Arts-de-la-scene-Aide-aux-Festivals</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  La demande doit être envoyée par courrier aux adresses suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Région Occitanie / Pyrénées-Méditerranée
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Montpellier 201 avenue de la Pompignane 34064 Montpellier cedex 2
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse 22 Boulevard du Maréchal Juin 31406 Toulouse cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour plus d&amp;#039;informations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Culture et du Patrimoine Service Arts de la Scène et Art Contemporain
+&lt;/p&gt;
+&lt;p&gt;
+ Site de Toulouse : artsetspectaclevivant&amp;#64;laregion.fr Site de Montpellier : spectaclevivant&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2eb1-arts-de-la-scene-aide-aux-festivals/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>03/01/2020</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
+        <v>164144</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec des partenaires culturels européens</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - Europe Créative</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Coopération</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Relais Culture Europe</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...3 lines deleted...]
-      <c r="H48" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’appel &lt;strong&gt;&lt;a href="https://www.relais-culture-europe.eu/appels-a-projets/cooperation" target="_self"&gt;Coopération&lt;/a&gt;&lt;/strong&gt; du volet Culture du programme Europe Créative soutient des projets favorisant la création et la circulation des œuvres et des artistes en Europe aujourd’hui et les approches innovantes dans les secteurs culturels et créatifs.&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P29" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="Q29" s="1" t="inlineStr">
+        <is>
+          <t>05/05/2026</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;L&amp;#039;appel est ouvert à toute structure des champs culturels et créatifs (musique, spectacle vivant, patrimoine, etc.), publique ou privée, à but lucratif ou non lucratif, quelle que soit sa taille.&lt;/li&gt;&lt;li&gt;Les structures doivent se réunir en consortium européen intégrant un coordinateur et des partenaires de différents pays participants au programme. Le partenariat doit réunir des compétences, savoir-faire et ressources nécessaires pour mener à bien le projet et démontrer une expérience antérieure. Le consortium peut inclure des acteurs d&amp;#039;autres champs (éducation, environnement, social, technologie, économie, etc.) dans la mesure où ils amènent une expertise et des compétences nécessaires pour le projet.&lt;/li&gt;&lt;li&gt;La structure coordinatrice doit avoir plus de 2 ans d&amp;#039;existence légale. Pour les partenaires il n&amp;#039;y a pas de condition de durée d&amp;#039;existence minimale.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Si vous cherchez des partenaires européens pour former un consortium, contactez-nous : communication&amp;#64;relais-culture-europe.eu&lt;/strong&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.relais-culture-europe.eu/appels-a-projets/cooperation</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;martha.gutierrez&amp;#64;relais-culture-europe.eu&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>communication@relais-culture-europe.eu</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cooperez-avec-des-partenaires-culturels-europeens/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Relais Culture Europe</t>
+        </is>
+      </c>
+      <c r="AD29" s="1" t="inlineStr">
+        <is>
+          <t>sectorial</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L48" s="1" t="inlineStr">
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2025</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>162788</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les réseaux professionnels qui mettent en œuvre la mise en réseau, la professionnalisation et l’animation des acteurs professionnels</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux agences et réseaux</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les agences de la Région ont pour mission :&lt;/span&gt;&lt;/p&gt;
 &lt;ol&gt; 	&lt;li&gt; Accompagner / professionnaliser les filières des arts de la scène, des arts visuels et du livre ;&lt;/li&gt; 	&lt;li&gt; Programmer / promouvoir les richesses artistiques et patrimoniales auprès du grand public ;&lt;/li&gt; 	&lt;li&gt; Observer / informer en faveur de prise de décisions stratégiques par les acteurs publics.&lt;/li&gt; &lt;/ol&gt;
 &lt;p&gt;&lt;br /&gt; Dans un même dynamique d’accompagnement des filières, la Région soutient les réseaux professionnels qui mettent en œuvre la mise en réseau, la professionnalisation et l’animation des acteurs professionnels.&lt;/p&gt;
  &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les associations et établissements publics ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt; situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt; en conformité avec la réglementation liée avec l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt; subventionnés par au moins deux partenaires institutionnels&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Les projets devront attester des actions suivantes :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; des actions de mise en valeur des compétences et des réalisations culturelles de la région&lt;/li&gt; 	&lt;li&gt; des actions d’information générale et régulière des structures de la filière culturelle&lt;/li&gt; 	&lt;li&gt; une attention particulière pour les publics lycéens, apprentis ou éloignés de la culture (quartiers urbains sensibles éloignement géographique, publics empêchés) &lt;/li&gt; 	&lt;li&gt; l’organisation de manifestations destinés à promouvoir les capacités des acteurs culturels régionaux &lt;/li&gt; 	&lt;li&gt;des actions d’assistance technique aux acteurs culturels régionaux par le conseil et le soutien logistique &lt;/li&gt; 	&lt;li&gt; des activités de ressources, d’études et d’observations&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur.&lt;/p&gt;
 &lt;p&gt;Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;strong&gt;Ne sont pas éligibles : &lt;/strong&gt;Les actions pouvant être examinées dans le cadre des dispositifs de la Culture dédiés aux actions culturelles, aux aides à la création ou aux programmations artistiques ; les actions destinées aux pratiques amateurs, les stages et master-classes, les tremplins, les concours, les cours de pratiques artistiques.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;exploitation, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure&lt;/li&gt; 	&lt;li&gt;pour une demande d&amp;#039;investissement, la demande doit se faire trois mois au plus tard avant le début de l&amp;#039;action, de l&amp;#039;achat, des travaux....&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P48" s="1" t="inlineStr">
+      <c r="P30" s="1" t="inlineStr">
         <is>
           <t>27/05/2024</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Les projets devront attester des actions suivantes :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; des actions de mise en valeur des compétences et des réalisations culturelles de la région&lt;/li&gt; 	&lt;li&gt; des actions d’information générale et régulière des structures de la filière culturelle&lt;/li&gt; 	&lt;li&gt; une attention particulière pour les publics lycéens, apprentis ou éloignés de la culture (quartiers urbains sensibles éloignement géographique, publics empêchés) &lt;/li&gt; 	&lt;li&gt; l’organisation de manifestations destinés à promouvoir les capacités des acteurs culturels régionaux &lt;/li&gt; 	&lt;li&gt;des actions d’assistance technique aux acteurs culturels régionaux par le conseil et le soutien logistique &lt;/li&gt; 	&lt;li&gt; des activités de ressources, d’études et d’observations&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur.&lt;/p&gt;
 &lt;p&gt;Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;strong&gt;Ne sont pas éligibles : &lt;/strong&gt;Les actions pouvant être examinées dans le cadre des dispositifs de la Culture dédiés aux actions culturelles, aux aides à la création ou aux programmations artistiques ; les actions destinées aux pratiques amateurs, les stages et master-classes, les tremplins, les concours, les cours de pratiques artistiques.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-agences-et-reseaux</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-agences-et-reseaux/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...191 lines deleted...]
-      <c r="A50" s="1">
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
         <v>130980</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Soutenir financièrement les projets visant à développer et à valoriser le patrimoine linguistique (français, langues régionales et non territoriales, langue des signes...)</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Valorisation des langues de France</t>
         </is>
       </c>
-      <c r="E50" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture</t>
         </is>
       </c>
-      <c r="G50" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H50" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J50" s="1" t="inlineStr">
+      <c r="J31" s="1" t="inlineStr">
         <is>
           <t>1.500 à 20.000 €</t>
         </is>
       </c>
-      <c r="K50" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L50" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La France dispose d&amp;#039;un patrimoine linguistique d&amp;#039;une grande richesse : français, langues régionales, langues non territoriales, langue des signes française... Le ministère de la Culture soutient financièrement les projets visant à développer et à valoriser ce patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Présentation du dispositif
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Que sont les langues de France ? Aux côtés du français, langue nationale, les langues de France façonnent notre identité culturelle et constituent une richesse immatérielle vivante et créative. Sont considérées comme langues de France :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    les langues régionales
   &lt;/strong&gt;
   , inscrites dans la Constitution depuis 2008 : &amp;#34;
   &lt;em&gt;
    Les langues régionales appartiennent au patrimoine de la France
   &lt;/em&gt;
   &amp;#34; (
   &lt;a href="https://www.legifrance.gouv.fr/loda/article_lc/LEGIARTI000019241104" rel="noopener" target="_blank"&gt;
    article 75-1
    &lt;span&gt;
@@ -11751,109 +7400,109 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les interventions de la DGLFLF privilégient les projets susceptibles d&amp;#039;élargir les publics aux questions relatives aux langues de France, et prennent en compte leur exigence scientifique. Elles s&amp;#039;efforcent dans la mesure du possible de respecter un équilibre des différentes langues dans le choix des projets retenus.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Calendrier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les subventions allouées par la DGLFLF sont attribuées sur une base annuelle.
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes doivent être déposées
  &lt;strong&gt;
   avant le 15 décembre chaque année
  &lt;/strong&gt;
  pour pouvoir être prises en compte pour l&amp;#039;année suivante.
 &lt;/p&gt;
 &lt;p&gt;
  Le bilan du projet devra être transmis au plus tard 6 mois après la réalisation du projet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M50" s="1" t="inlineStr">
+      <c r="M31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Colloque &amp;#34;Rencontres sur les parlers du Croissant&amp;#34; (CNRS / INALCO, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 5 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Organisé à Boussac (Creuse) en octobre 2022, ce colloque a présenté les travaux de recherche les plus récents sur ces parlers gallo-romans encore pratiqués de nos jours dans la frange nord du Massif central et dont la caractéristique est de présenter simultanément des traits typiques de l&amp;#039;occitan (auvergnat, limousin) et des langues d&amp;#039;oïl (français, berrichon, poitevin-saintongeais).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projet de recherche et d&amp;#039;édition en langues amérindiennes (Association IPÊ, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 6 500 €
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;association Ipê, spécialisée dans la recherche et le développement des langues amérindiennes de Guyane, a réalisé deux dictionnaires bilingues (wayana-français et apalaï-français) et un jeu de dominos thématique bilingue wayana-français.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Spectacle &amp;#34;Le Tabou (l&amp;#039;illettrisme chez les sourds&amp;#34; (Association Art&amp;#039;Sign, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 5 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Création d&amp;#039;un spectacle-performance visuel en langue des signes et en dessins afin d&amp;#039;aborder le délicat sujet de l&amp;#039;illettrisme chez les personnes sourdes et de lever ce tabou.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ateliers éducatifs en arménien occidental (Association Mgnig, 2022)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention : 3 500 €
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;activité principale de l&amp;#039;association Mgnig est l&amp;#039;organisation d&amp;#039;ateliers hebdomadaires linguistiques et culturels en arménien occidental (cours de théâtre, ateliers scientifiques, travaux manuels, séances de lectures et discussions) à destination du jeune public.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N50" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O50" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R50" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Qui peut déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Communes
  &lt;/li&gt;
  &lt;li&gt;
   Départements
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises privées
  &lt;/li&gt;
  &lt;li&gt;
   Entreprises publiques locales
  &lt;/li&gt;
  &lt;li&gt;
   EPCI à fiscalité propre
  &lt;/li&gt;
@@ -11915,78 +7564,78 @@
   projets de recherche
  &lt;/strong&gt;
  sur une ou plusieurs langues de France sont éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères de non-éligibilité du projet
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets sans rapport avec au moins une langue de France ne sont pas éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Nature des dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La subvention ne peut couvrir les dépenses de fonctionnement ou d&amp;#039;équipement d&amp;#039;une structure.
 &lt;/p&gt;
 &lt;p&gt;
  Elle sert à financer la réalisation d&amp;#039;un projet culturel ou de recherche.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S50" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T50" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U50" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V50" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/valorisation-des-langues-de-france</t>
         </is>
       </c>
-      <c r="W50" s="1" t="inlineStr">
+      <c r="W31" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/aide-projet-fonctionnement_transmission-culturelle</t>
         </is>
       </c>
-      <c r="X50" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour toute question sur la valorisation des langues de France, vous êtes invités à vous adresser à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Délégation générale à la langue française et aux langues de France (DGLFLF)
 &lt;/p&gt;
 &lt;p&gt;
  Mission Langues de France et Outre-mer
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:dglflf.min&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
   dglflf.min&amp;#64;culture.gouv.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 40 15 36 62
 &lt;/p&gt;
 &lt;p&gt;
@@ -12317,101 +7966,258 @@
    emmanuelle.charrier&amp;#64;polynesie-francaise.pref.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Saint-Pierre-et-Miquelon
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rosiane DE LIZARAGA :
   &lt;a href="mailto:rosiane.de-lizaraga&amp;#64;spm975.gouv.fr" rel="noopener" target="_blank"&gt;
    rosiane.de-lizaraga&amp;#64;spm975.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y50" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z50" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2a09-valorisation-des-langues-de-france/</t>
         </is>
       </c>
-      <c r="AA50" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>26/02/2023</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="51" spans="1:27" customHeight="0">
-      <c r="A51" s="1">
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>166134</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Développer les pratiques culturelles en milieu rural en Ile-de-France</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Culture et ruralités en Ile-de-France</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
+        <is>
+          <t>Le montant minimum de subvention est de 5 000€.  Le montant de la subvention alloué par la DRAC Ile-de-France peut atteindre 80% du budget de l'action, un co-financement du projet est attendu.</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Culture et ruralités en Ile-de-France&lt;/p&gt;&lt;p&gt;Les pratiques artistiques et culturelles sont des leviers d&amp;#039;émancipation personnelle et de cohésion sociale. Pour autant, les freins à la pratique artistique et à la fréquentation des lieux culturels sont nombreux : accessibilité géographique, moyens financiers, mécanismes d&amp;#039;exclusion sociale, etc.&lt;/p&gt;&lt;p&gt;La direction régionale des affaires culturelles d&amp;#039;Île-de-France (DRAC IDF), service déconcentré du ministère de la Culture placé sous l&amp;#039;autorité du préfet de région, souhaite développer l&amp;#039;accompagnement des projets culturels et artistiques à destination des populations des territoires ruraux.&lt;/p&gt;&lt;p&gt;Présentation du dispositif&lt;/p&gt;&lt;p&gt;Qu&amp;#039;est-ce que l&amp;#039;appel à projets &amp;#34;Culture et ruralités&amp;#34; ?&lt;/p&gt;&lt;p&gt;Le présent dispositif en faveur des territoires ruraux a pour objectif de favoriser l&amp;#039;égal accès à l&amp;#039;offre culturelle au bénéfice des habitants des territoires ruraux et à développer l&amp;#039;attractivité des territoires.&lt;/p&gt;&lt;p&gt;Il s&amp;#039;appuie sur les ressources culturelles des territoires ruraux, sur la mobilisation des opérateurs et des structures culturelles, sur le partenariat avec les collectivités territoriales, sur les réseaux associatifs, sur les acteurs ruraux et sur la participation des habitants.&lt;/p&gt;&lt;p&gt;Les bénéficiaires des projets sont les habitants résidant dans les communes rurales de la région Île-de-France. Le dispositif concerne tous les habitants, de la petite enfance au grand âge, avec une attention particulière aux projets s&amp;#039;adressant au public des 16-25 ans.&lt;/p&gt;&lt;p&gt;Objectifs de la démarche&lt;/p&gt;&lt;p&gt;Le dispositif vise en particulier à développer l&amp;#039;éducation artistique et culturelle et à accompagner les projets culturels des territoires ruraux en soutenant notamment les projets hors-les-murs et itinérants.&lt;/p&gt;&lt;p&gt;Pour en savoir plus, vous pouvez télécharger le cahier des charges ci-dessous : &lt;/p&gt;&lt;p&gt;https://www.culture.gouv.fr/mc/content/download/384868/file/Cahier%20des%20charges%20Culture%20et%20Ruralités%202026.pdf?inLanguage&amp;#61;fre-FR&amp;amp;version&amp;#61;1&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Critères d&amp;#039;éligibilité du projet&lt;/p&gt;&lt;p&gt;Les projets éligibles doivent s&amp;#039;inscrire dans la géographie prioritaire des territoires ruraux définie au niveau interministériel, selon la grille de densité au 1er janvier 2025 : https://www.insee.fr/fr/information/8571524&lt;/p&gt;&lt;p&gt;Les communes considérées comme rurales relèvent des catégories de densité 1, 2 ou 3 : les bourgs ruraux, les communes rurales à habitat dispersé, les communes rurales à habitat très dispersé.&lt;/p&gt;&lt;p&gt;Les projets doivent être mis en œuvre sur la saison 2026-2027.&lt;/p&gt;&lt;p&gt;Critères de non-éligibilité du projet&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;Les projets déployés uniquement sur le temps scolaire car les dispositifs d&amp;#039;éducation artistique et culturelle en partenariat avec les académies font l&amp;#039;objet d&amp;#039;appels à projets spécifiques ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les projets reconduits sur le même territoire au-delà de deux années de suite ;&lt;/p&gt;&lt;p&gt;Les projets ne permettant pas un accès libre et gratuit de la population concernée.&lt;/p&gt;&lt;p&gt;Les demandes d’aide au fonctionnement ;&lt;/p&gt;&lt;p&gt;Les demandes d&amp;#039;aide à la création artistique ;&lt;/p&gt;&lt;p&gt;Les demandes d’aide à la diffusion artistique uniquement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="Q32" s="1" t="inlineStr">
+        <is>
+          <t>28/06/2026</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Qui peut déposer un dossier ?&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Associations &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Entreprises privées &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI à fiscalité propre &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères d’éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Le dispositif couvre l&amp;#039;ensemble des secteurs artistiques et toutes les dimensions de la culture. Sont ainsi concernés les champs du spectacle vivant, du patrimoine, de l&amp;#039;architecture, de la culture scientifique et technique, des arts visuels, du cinéma, de l&amp;#039;audiovisuel, du livre et de la lecture, des pratiques numériques et de l&amp;#039;éducation populaire.&lt;/p&gt;&lt;p&gt;Sont éligibles à candidater :&lt;/p&gt;&lt;p&gt;Les communautés de communes rurales, les communes rurales ;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les professionnels des métiers artistiques et culturels et les structures culturelles, inscrits dans les réseaux de création, de diffusion ou de recherche ainsi que les structures de l&amp;#039;éducation populaire.&lt;/p&gt;&lt;p&gt;Critères de non-éligibilité du demandeur&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;Les EPCI (communautés de communes ou communautés d&amp;#039;agglomération) dont la convention avec la DRAC IDF concerne un accompagnement au titre de la ruralité ;&lt;/p&gt;&lt;p&gt;Les structures culturelles dont la convention avec la DRAC IDF concerne un accompagnement au titre de la ruralité ;&lt;/p&gt;&lt;p&gt;Les structures culturelles bénéficiant de subventions exceptionnelles au titre de la ruralité (le Fonds d&amp;#039;innovation territoriale (FIT), un apport dans le cadre du Plan Culture et Ruralité, etc.).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/culture-et-ruralites-en-ile-de-france</t>
+        </is>
+      </c>
+      <c r="W32" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dev-culturel_ruralites-idf</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction régionale des affaires culturelles (DRAC) Ile-de-France&lt;/p&gt;&lt;p&gt;Service régional des Populations, de l’Accompagnement, de la Coopération et des Territoires (SRPACTE)&lt;/p&gt;&lt;p&gt;srpacte.idf&amp;#64;culture.gouv.fr &lt;/p&gt;&lt;p&gt;47 Rue Le Peletier 75009 Paris&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/culture-et-ruralites-en-ile-de-france/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
         <v>120281</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Mener un projet de développement de l'Education aux Arts et à la Culture (EAC)</t>
         </is>
       </c>
-      <c r="D51" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Projet de développement de l'Education aux Arts et à la Culture (EAC)</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K51" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    OPÉRATIONS CONCERNÉES
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Mise en place d&amp;#039;une stratégie de développement de l&amp;#039;Education aux Arts et à la Culture à l&amp;#039;échelle des territoires,
  &lt;/li&gt;
  &lt;li&gt;
   Mise en œuvre d&amp;#039;actions d&amp;#039;éducation aux arts et à la culture dans les domaines du spectacle vivant, de la musique, des arts plastiques, du cinéma, de la lecture,...à destination des publics jeunes, des publics spécifiques (personnes âgés, en situation de handicap), habitants de territoires ruraux éloignés de l&amp;#039;offre culturelle
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
@@ -12445,395 +8251,197 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Assistance à la construction de l&amp;#039;offre d&amp;#039;éducation aux arts et à la culture d&amp;#039;un territoire (Mise en complémentarité et maillage territoriale des acteurs et des projets).
  &lt;/li&gt;
  &lt;li&gt;
   Aide ponctuelle au montage d&amp;#039;une action spécifique ( définition de l&amp;#039;action à conduire – expertise technique et méthodologie)
  &lt;/li&gt;
  &lt;li&gt;
   Conseil en matériel scénique
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   Si nécessaire accompagnement à la rédaction d&amp;#039;une convention avec les partenaires institutionnels.
  &lt;/em&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Education et renforcement des compétences
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/projet-developpement-education-aux-arts-et-culture/</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction culture et patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  Service de développement culturel
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:culture&amp;#64;ladrome.fr"&gt;
   culture&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 0475 79 26 01
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ced5-projet-de-developpement-de-leducation-aux-art/</t>
         </is>
       </c>
-      <c r="AA51" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="52" spans="1:27" customHeight="0">
-[...223 lines deleted...]
-      <c r="A53" s="1">
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
         <v>24913</v>
       </c>
-      <c r="B53" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création artistique régionale en langue catalane et/ou occitane et au conventionnement tremplin</t>
         </is>
       </c>
-      <c r="E53" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Occitanie</t>
         </is>
       </c>
-      <c r="G53" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H53" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région souhaite encourager et soutenir les créations en langues régionales et leur diffusion, ainsi que la professionnalisation des compagnies et groupes dont les matériaux de création sont les langues catalane et/ou occitane.
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs : Soutenir la création en langue catalane et/ou occitane dans les domaines du théâtre, de la musique, de la danse, de la littérature, de l&amp;#039;édition et de l&amp;#039;audiovisuel.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie</t>
         </is>
       </c>
-      <c r="O53" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R53" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Toutes les dépenses de fonctionnement sauf :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    la création et la maintenance de sites Internet
   &lt;/li&gt;
   &lt;li&gt;
    la diffusion de CD.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;aides et dispositions spécifiques
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    A) Aide au projet
   &lt;/em&gt;
@@ -12881,754 +8489,464 @@
   &lt;li&gt;
    capacité à s&amp;#039;inscrire dans une dynamique territoriale et à mobiliser des ressources d&amp;#039;autres partenaires publics ou privés pour construire l&amp;#039;activité régulière avec permanence administrative
   &lt;/li&gt;
   &lt;li&gt;
    investissement régulier auprès des publics, et en particulier éloignés de la culture, par une activité d&amp;#039;action culturelle diversifiée et tournée vers la recherche de formes singulières ou innovantes de médiation ou de rencontres
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  La compagnie conventionnée est aidée pour l&amp;#039;ensemble de ses activités et ne peut pas bénéficier d&amp;#039;une aide au projet ou à la résidence pendant la durée de son conventionnement. Pendant la durée de la convention, le projet de la compagnie devra comporter au moins une création. Après la fin de la convention, celle-ci pourra être renouvelée une fois seulement.
 &lt;/p&gt;
 &lt;p&gt;
  Après avis du comité conseil, et sous réserve de complétude du dossier, les projets retenus sont présentés à la commission culture du Conseil Régional puis soumis au vote de l&amp;#039;Assemblée Régionale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    C) Conventionnement 3 ou 4 ans
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour les compagnies déjà structurées, il s&amp;#039;agit alors d&amp;#039;émarger sur les critères des dispositifs génériques accompagnant le spectacle vivant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U53" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V53" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://www.laregion.fr/Langues-et-cultures-catalane-et-occitane-Aide-a-la-creation</t>
         </is>
       </c>
-      <c r="X53" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Pour la gestion administrative du dossier :
  &lt;/strong&gt;
  Audrey CASSAR Mail : audrey.cassar&amp;#64;laregion.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour la nature du projet :
  &lt;/strong&gt;
  Philippe VIALARD Mail : philippe.vialard&amp;#64;laregion.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z53" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/89c0-langues-et-cultures-catalane-et-occitane-aide/</t>
         </is>
       </c>
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>30/01/2020</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-[...264 lines deleted...]
-      <c r="E55" s="1" t="inlineStr">
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
+        <v>165933</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les artistes : musique, théâtre, arts du mouvement</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux artistes : musique, théâtre, arts du mouvement</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G55" s="1" t="inlineStr">
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...3 lines deleted...]
-      <c r="H55" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K55" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L55" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt; favoriser la permanence d’artistes professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt;encourager leur rayonnement en région et à l’échelle nationale et internationale&lt;/li&gt; 	&lt;li&gt; soutenir l’emploi des artistes professionnels&lt;/li&gt; 	&lt;li&gt; soutenir la création et la production dans la pluralité des esthétiques musicales&lt;/li&gt; 	&lt;li&gt;encourager la rencontre avec les publics les plus diversifiés et les acteurs des territoires&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Les équipes artistiques professionnelles ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt; Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;Ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;En conformité avec la réglementation liée avec l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt; Subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Dans le cadre d’une action spécifique de résidence pourront être éligibles des projets portés par des associations autour d’une équipe artistique professionnelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt; Les compagnies&lt;/li&gt; 	&lt;li&gt;Groupes et ensembles de pratiques amateurs (orchestres, harmonies, chorales, etc.)&lt;/li&gt; 	&lt;li&gt;Les autres structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;Les communes et intercommunalités et leurs établissements publics&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P35" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Sont éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les équipes artistiques professionnelles ayant un établissement ou une succursale&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Situés en région Provence-Alpes-Côte d’Azur&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ayant au moins une année d’existence à la date du vote&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;En conformité avec la réglementation liée avec l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; Subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans le cadre d’une action spécifique de résidence pourront être éligibles des projets portés par des associations autour d’une équipe artistique professionnelle.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ne sont pas éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Les compagnies&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Groupes et ensembles de pratiques amateurs (orchestres, harmonies, chorales, etc.)&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les autres structures représentant les pratiques amateurs&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les communes et intercommunalités et leurs établissements publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour bénéficier de l’aide régionale, les structures présentent un programme prévisionnel.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;a) Pour une aide au fonctionnement annuel (exploitation)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les programmes d’activité annuels doivent répondre aux critères suivants :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Un projet artistique et culturel détaillé garantissant une qualité artistique&lt;/li&gt; 	&lt;li&gt;Un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;Un ancrage territorial&lt;/li&gt; 	&lt;li&gt;Une mise en œuvre régulière de nouvelles productions et de créations, et la diffusion d’un répertoire&lt;/li&gt; 	&lt;li&gt;Une diffusion à l’échelle régionale, nationale et internationale&lt;/li&gt; 	&lt;li&gt;Un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt;Des collaborations régulières avec les acteurs culturels du territoire régional&lt;/li&gt; 	&lt;li&gt;Une démarche écoresponsable&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;b) Pour une aide au projet (action spécifique)&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Le programme du projet doit répondre aux critères suivants :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Projets d’artistes professionnels et confirmés, s’appuyant sur une dynamique de coopération entre des acteurs de terrain : acteurs publics locaux, équipes artistiques et acteurs associatifs culturels et non culturels, sur les pratiques des populations et permettant de répondre à des disparités d’offre culturelle&lt;/li&gt; 	&lt;li&gt;Projets structurants d’accueil en résidence artistique longue permettant l’inscription d’artistes et de groupes professionnels confirmés sur un territoire, mis en œuvre par au moins trois acteurs de terrain différents autour de l’artiste : acteurs publics, associations culturelles et non culturelles&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pacte régional : Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Sont exclus : &lt;/strong&gt;les actions pouvant être examinées dans le cadre de l&amp;#039;action éducative de la Région, les projets de création artistique pouvant être examinés dans le cadre de l’appel à projets Carte blanche aux artistes, les stages et master-classes, les tremplins, les concours, les cours de pratiques artistiques, les académies de formation musicale.&lt;/p&gt;
+ &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique ou une demande concernant de l&amp;#039;investissement, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, de l&amp;#039;achat, de l&amp;#039;investissement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-artistes-musique-theatre-arts-du-mouvement</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-artistes-musique-theatre-arts-du-mouvement-1/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>11/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>162756</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les lieux : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux lieux : musique, théâtre, arts du mouvement, arts visuels</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible et de qualité toute l’année, complémentaires aux festivals et manifestations&lt;/li&gt; 	&lt;li&gt;Favoriser la présence d’artistes sur le territoire et accompagner les artistes, notamment régionaux, dans leur parcours et soutenir l’emploi des professionnels&lt;/li&gt; 	&lt;li&gt; Accueillir les artistes et les œuvres majeures de l’art d’aujourd’hui dans le domaine des arts visuels&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et à l’attractivité économique et touristique du territoire&lt;/li&gt; 	&lt;li&gt;Favoriser la rencontre de l’offre culturelle avec les publics les plus diversifiés, par des actions de diffusion, de médiation, de participation et de recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; Encourager la coopération professionnelle et territoriale dans une dynamique de filière et de mutualisations&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
  &lt;p&gt;&lt;span&gt;Sont éligibles à une aide régionale :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;&lt;span&gt; &lt;/span&gt;les lieux et structures de production et/ou de diffusion dirigés par des artistes ou des professionnels du monde culturel,&lt;/li&gt; 	&lt;li&gt;ayant un établissement ou une succursale situés en région Provence-Alpes-Côte d’Azur,&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote,&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée,&lt;/li&gt; 	&lt;li&gt;le droit de la propriété intellectuelle et du travail,&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (Europe, Etat, collectivités…)&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Et présentant un dossier complet :&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; - Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;br /&gt; - Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Ne sont pas éligibles:&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les spectacles de cabaret ou pratiquant uniquement de l’achat de spectacles&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N55" s="1" t="inlineStr">
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O55" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P55" s="1" t="inlineStr">
+      <c r="P36" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R55" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Soutien au fonctionnement des lieux dans la musique et les arts de la scène :&lt;/span&gt;&lt;br /&gt; L’aide régionale participe au financement de lieux qui mènent une action d’intérêt régional, national, voire international, et répondent aux orientations suivantes :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;un projet artistique et culturel détaillé garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt;une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt;un ancrage et un rayonnement territorial&lt;/li&gt; 	&lt;li&gt;un soutien à la création artistique, aux artistes, en particulier régionaux, à travers des résidences, des soutiens à la production, à l’insertion professionnelle&lt;/li&gt; 	&lt;li&gt; un programme d’actions culturelles et sociales, notamment en direction de la jeunesse et des publics éloignés de la culture&lt;/li&gt; 	&lt;li&gt; des collaborations régulières avec les acteurs culturels du territoire régional et au-delà&lt;/li&gt; 	&lt;li&gt;une démarche éco-responsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt; &lt;span&gt;Soutien au fonctionnement des lieux dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Une programmation d’expositions régulières qui présentent les artistes confirmés ou émergents de la scène de l’art contemporain et contribuent à la recherche de nouveaux publics&lt;/li&gt; 	&lt;li&gt; L’organisation d’un programme de résidence d’artistes et/ou de spectateurs conciliant temps de création des artistes et participation des spectateurs et actions de rencontres avec le grand public, le public professionnel et les publics éloignés&lt;/li&gt; 	&lt;li&gt;La proposition d’actions culturelles et artistiques de médiation, d’échanges et de rencontres avec le public, en particulier les jeunes et les publics éloignés de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt;Les conditions générales de l’accueil des artistes doivent faire l’objet d’une convention entre la structure d’accueil et les artistes. La résidence et le travail des artistes doivent être rémunérés conformément au droit du travail et au code de la propriété littéraire et artistique.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Pacte régional :&lt;/strong&gt; Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Pour un projet d’investissement&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes&lt;/li&gt; 	&lt;li&gt; Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Equipements bureautique et informatique&lt;/li&gt; 	&lt;li&gt;achat de véhicules&lt;/li&gt; 	&lt;li&gt;création et maintenance de sites internet&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S55" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U55" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V55" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X55" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y55" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z55" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-lieux-musique-theatre-arts-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA55" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="56" spans="1:27" customHeight="0">
-[...213 lines deleted...]
-      <c r="A57" s="1">
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
         <v>120839</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités territoriales, les structures privées dans leur projet d’acquisitions, construction et restauration de structures itinérantes</t>
         </is>
       </c>
-      <c r="D57" s="1" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Investissement culturel Aide à l'acquisition construction restauration structures itinérantes (SV)</t>
         </is>
       </c>
-      <c r="E57" s="1" t="inlineStr">
+      <c r="E37" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G57" s="1" t="inlineStr">
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Association
-[...3 lines deleted...]
-      <c r="H57" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I57" s="1" t="inlineStr">
+      <c r="I37" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="K57" s="1" t="inlineStr">
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L57" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient les collectivités territoriales et/ou leurs mandataires et, les structures privées dans leur projet d&amp;#039;acquisitions, construction et restauration de structures itinérantes.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Equipement public
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P57" s="1" t="inlineStr">
+      <c r="P37" s="1" t="inlineStr">
         <is>
           <t>31/12/2021</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce dispositif de soutien s&amp;#039;adresse aux collectivités territoriales ou à des personnes morales de droit privé ou public ayant au moins 1 an d&amp;#039;existence.
 &lt;/p&gt;
 &lt;p&gt;
  Pour être éligible, le porteur de projet doit avoir son siège social et son projet situés en Ile-de-France.
  &lt;br /&gt;
 &lt;/p&gt;
 Le renouvellement de l&amp;#039;aide régionale aux structures itinérantes ne pourra être sollicité qu&amp;#039;après une période de 5 ans minimum.
 &lt;br /&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Cette aide permet de financer la construction, la restauration et l&amp;#039;acquisition des structures itinérantes.
 &lt;/p&gt;
 &lt;p&gt;
  Sont concernées les structures itinérantes (chapiteaux, péniches, yourtes...) accueillant des manifestations culturelles ou permettant la réalisation d&amp;#039;actions culturelles.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Toutes les demandes doivent être faites sur la plateforme dédiée de la Région :
  &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
@@ -13661,461 +8979,653 @@
  &lt;/li&gt;
  &lt;li&gt;
   Les documents attestant de l&amp;#039;engagement des financeurs cités dans le budget prévisionnel (notification, convention...),
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;attestation de non-commencement des travaux avant le vote de la subvention ou la demande motivée de démarrage anticipée,
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;attestation de récupération de la TVA*,
  &lt;/li&gt;
  &lt;li&gt;
   La lettre d&amp;#039;engagement concernant l&amp;#039;accueil de stagiaires dans le cadre de la mesure « 100.000 nouveaux stages »,
  &lt;/li&gt;
  &lt;li&gt;
   Les comptes annuels (bilan et compte de résultat) du dernier exercice clos certifiés pour les structures privées,
  &lt;/li&gt;
  &lt;li&gt;
   La charte régionale des valeurs de la République et de la laïcité tamponnée et signée,
  &lt;/li&gt;
  &lt;li&gt;
   Une copie de la délibération ou de la décision de solliciter l&amp;#039;aide à l&amp;#039;investissement culturel auprès de la Région et adoptant le projet et intégrant la demande d&amp;#039;aide auprès du Conseil régional et des différents partenaires pour les collectivités territoriales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T57" s="1" t="inlineStr">
+      <c r="T37" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-lacquisition-construction-restauration-structures-itinerantes-sv</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Christine Vacher :
  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   christine.vacher&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction culture - Service spectacle vivant
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ad63-investissement-culturel-aide-a-lacquisition-c/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>25/10/2022</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-      <c r="A58" s="1">
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
+        <v>137949</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les organisateurs d événements culturels - Festivals</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Aide au spectacle vivant - Festival (accompagnement des organisateurs d événements culturels)</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Aides selon le lieu de la manifestation, l’originalité du thème, la période, la fréquentation.</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;:&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir la diffusion et la programmation des différentes disciplines artistiques par des évènements porteurs d&amp;#039;une identité départementale, et par des évènements de moindre ampleur mais qui permettent l&amp;#039;animation de territoires ruraux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des actions en direction des publics cibles identifiés par le Département  en relation avec leur territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public et public cible politique culturelle
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Pièces à fournir : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Lettre demande&lt;/li&gt;&lt;li&gt;Dossier artistique&lt;/li&gt;&lt;li&gt;Présentation du projet&lt;/li&gt;&lt;li&gt;Budget&lt;/li&gt;&lt;li&gt;Bilan
+de l&amp;#039;année N-1 (si une aide avait été attribuée)&lt;/li&gt;&lt;li&gt;Dossier de demande de subvention complété
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ annuelle&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Pour
+les demandes de subvention en fonctionnement
+: &lt;strong&gt;Formulaire
+CERFA N°12156*06&lt;/strong&gt; :  &lt;a href="https://www.service-public.gouv.fr/particuliers/vosdroits/R1271"&gt;https://www.service-public.gouv.fr/particuliers/vosdroits/R1271&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf) &lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au financement de manifestations organisées (plus d&amp;#039;une dizaine de festivals : Festival Musiques en Vivarais Lignon...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.service-public.gouv.fr/particuliers/vosdroits/R1271</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Culture et Patrimoine - culture.patrimoine&amp;#64;hauteloire.fr - 04 71 07 43 76 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Gestionnaire : Jérôme TOURNAYRE - jerome.tournayre&amp;#64;hauteloire.fr - 04 71 07 43 53&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cca9-soutenir-la-diffusion-et-la-programmation-des/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC38" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
         <v>162757</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Soutenir les festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
         </is>
       </c>
-      <c r="D58" s="1" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Soutien aux festivals manifestations : musique, théâtre, arts du mouvement, arts visuels</t>
         </is>
       </c>
-      <c r="E58" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G58" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...3 lines deleted...]
-      <c r="H58" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K58" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L58" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt; 	&lt;li&gt; Contribuer à structurer une offre artistique et culturelle accessible, diversifiée et de qualité,&lt;/li&gt; 	&lt;li&gt; Favoriser la programmation d’artistes professionnels régionaux, nationaux, internationaux&lt;/li&gt; 	&lt;li&gt;Soutenir l’emploi et participer à l’émergence d’artistes et au développement des carrières,&lt;/li&gt; 	&lt;li&gt; Développer des événements artistiques, festivals et expositions dans le domaine des arts visuels,&lt;/li&gt; 	&lt;li&gt;Contribuer à l’aménagement culturel et au développement économique et touristique des territoires,&lt;/li&gt; 	&lt;li&gt; Favoriser la rencontre avec un public large et diversifié, en période estivale et aussi toute l’année,&lt;/li&gt; 	&lt;li&gt; Inciter à une démarche éco-responsable.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Sont éligibles : &lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations ayant un établissement ou une succursale&lt;/li&gt; 	&lt;li&gt;Situés en région Provence-Alpes-Côte d’Azur&lt;/li&gt; 	&lt;li&gt;ayant au moins une année d’existence à la date du vote&lt;/li&gt; 	&lt;li&gt;en conformité avec la réglementation liée à l’obtention d’une licence d’entrepreneur du spectacle actualisée, le droit de la propriété intellectuelle et du travail&lt;/li&gt; 	&lt;li&gt;subventionnés par au moins deux partenaires institutionnels (collectivités, Etat, Europe...)&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Et présentant un dossier complet :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Pour la musique et les arts de la scène : associations, entreprises, établissements publics ; les communes et intercommunalités de moins de 80.000 habitants peuvent être éligibles si leur projet concerne des publics ou des zones territoriales éloignées de l’offre culturelle.&lt;/li&gt; 	&lt;li&gt; Pour les arts visuels : associations, entreprises, établissements publics, fondations reconnues d’utilité publique, collectivités&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les festivals et manifestations portés par les structures d’enseignement artistique&lt;/li&gt; 	&lt;li&gt;les établissements scolaires et universitaires&lt;/li&gt; 	&lt;li&gt;les grands orchestres, opéras, ballets et centres chorégraphiques nationaux&lt;/li&gt; 	&lt;li&gt;les centres sociaux&lt;/li&gt; 	&lt;li&gt;les structures représentant les pratiques amateurs&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Le dépôt doit se faire selon le règlement financier en vigueur : pour une action spécifique, la demande doit être déposée au plus tard 3 mois avant le début de l&amp;#039;action, une demande d&amp;#039;exploitation, la demande doit être déposée Au plus tard 3 mois avant le début de l&amp;#039;exercice comptable de la structure.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N58" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective</t>
         </is>
       </c>
-      <c r="O58" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P58" s="1" t="inlineStr">
+      <c r="P39" s="1" t="inlineStr">
         <is>
           <t>24/05/2024</t>
         </is>
       </c>
-      <c r="R58" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt; Soutien au fonctionnement dans la musique et les arts de la scène :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation artistique détaillée garantissant une offre de qualité&lt;/li&gt; 	&lt;li&gt;un modèle économique soutenable et cohérent&lt;/li&gt; 	&lt;li&gt; une politique d’accès s&amp;#039;adressant à un public large et diversifié&lt;/li&gt; 	&lt;li&gt; une dynamique de développement et une prise de risque artistique&lt;/li&gt; 	&lt;li&gt; l’emploi d’artistes professionnels, notamment régionaux et émergents&lt;/li&gt; 	&lt;li&gt; un projet de territoire à rayonnement régional ou intercommunal a minima ou concourant à la valorisation d’un patrimoine remarquable&lt;/li&gt; 	&lt;li&gt;une durée supérieure à 2 jours et des actions dans l’année&lt;/li&gt; 	&lt;li&gt;des collaborations avec les acteurs du territoire (éducatif, social, entreprises, tourisme, etc.)&lt;/li&gt; 	&lt;li&gt;une démarche écoresponsable&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Soutien au fonctionnement dans les arts visuels :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;une programmation d’exposition(s) présentant les oeuvres de créateurs et tout particulièrement la création émergente,&lt;/li&gt; 	&lt;li&gt; une action culturelle de diffusion et de promotion des artistes à destination des publics de la région,&lt;/li&gt; 	&lt;li&gt;l’organisation d’actions de communication et de promotion destinées à sensibiliser le public régional et le milieu de l’art contemporain à la créativité des artistes, des galeries et des musées du secteur&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Le montant de l’aide régionale est plafonné à 500 000 euros et ne peut excéder 40 % du montant total des dépenses subventionnables retenues.&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Le montant de l’aide est estimé en fonction de :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;la qualité artistique et culturelle du projet et l’accompagnement des artistes&lt;/li&gt; 	&lt;li&gt;de l’impact social auprès des publics&lt;/li&gt; 	&lt;li&gt;de l’engagement et de l’implication des financeurs publics et privés&lt;/li&gt; 	&lt;li&gt;de la participation à la structuration de la filière professionnelle des arts visuels&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Pacte régional : &lt;/strong&gt;Les structures s’engagent à suivre les recommandations inscrites dans le Pacte régional pour la transition du spectacle vivant en Provence-Alpes-Côte d’Azur. Pour celles qui sont conventionnées, leur engagement sera formalisé dans le cadre de leur convention pluriannuelle.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont exclus :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les manifestations ponctuelles ou à rayonnement exclusivement local&lt;/li&gt; 	&lt;li&gt;les commémorations et anniversaires&lt;/li&gt; 	&lt;li&gt;les festivals du rire&lt;/li&gt; 	&lt;li&gt;les reconstitutions historiques ou folkloriques&lt;/li&gt; 	&lt;li&gt;les manifestations liées aux fêtes religieuses&lt;/li&gt; 	&lt;li&gt;les rencontres citoyennes sans caractère culturel&lt;/li&gt; 	&lt;li&gt;les manifestations à but commercial, ou ayant pour but la récolte de fonds&lt;/li&gt; 	&lt;li&gt;les jumelages entre villes&lt;/li&gt; 	&lt;li&gt;les voyages à caractère culturel&lt;/li&gt; 	&lt;li&gt;les conférences&lt;/li&gt; 	&lt;li&gt;les concours&lt;/li&gt; 	&lt;li&gt;les tremplins/battles&lt;/li&gt; 	&lt;li&gt;les manifestations représentant les pratiques amateurs&lt;/li&gt; 	&lt;li&gt;les académies de formation musicale&lt;/li&gt; 	&lt;li&gt; les spectacles de cabaret et d’humour&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Ne sont pas éligibles: &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;Les projets ponctuels d’exposition, de résidence, de production ou d’édition qui sont examinés dans le cadre du dispositif « Carte blanche aux artistes Arts Visuels ».&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt; Pour un projet d’investissement :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Soutenir nos partenaires culturels professionnels sur l’ensemble du territoire&lt;/li&gt; 	&lt;li&gt; Offrir aux publics et aux artistes des conditions techniques et d’accueil optimales&lt;/li&gt; 	&lt;li&gt;Permettre une transition vers des investissements durables et éco-responsables&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Sont éligibles les associations, entreprises, collectivités, fondations, établissements publics éligibles au dispositif (critères ci-dessus) et partenaires de la Région ou bénéficiant d’une convention avec la Région.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Sont éligibles les projets d’investissement directement liées à l’activité artistique :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etudes&lt;/li&gt; 	&lt;li&gt;Travaux, aménagements spécifiques (acoustique, insonorisation…)&lt;/li&gt; 	&lt;li&gt; Equipements : matériels scéniques, son, lumières, équipements plateau et publics…&lt;/li&gt; 	&lt;li&gt; Logiciels spécifiques : musique assistée par ordinateur, billetterie…&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Les dossiers seront étudiés au regard de la prise en compte de contraintes spécifiques liées au développement durable.&lt;/p&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Ne sont pas éligibles : &lt;/span&gt;Equipements bureautique et informatique, achat de véhicules, création et maintenance de sites internet.&lt;br /&gt; Pour les arts visuels : seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Pour les arts visuels : &lt;/span&gt;seules sont prises en compte les dépenses directement liées à l’activité du demandeur en faveur des arts visuels, à savoir : les coûts d’acquisition des matériels et des études éventuelles liées directement à ces acquisitions, sur présentation de devis.&lt;/p&gt; &lt;p&gt;Déposer le dossier en cliquant sur le bouton « Je fais ma demande »&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S58" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U58" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V58" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels</t>
         </is>
       </c>
-      <c r="X58" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y58" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z58" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-festivals-manifestations-musique-theatre-arts-du-mouvement-arts-visuels/</t>
         </is>
       </c>
-      <c r="AA58" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="59" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G59" s="1" t="inlineStr">
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
+        <v>162895</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les résidences de création d’une durée de 2 à 10 mois s’inscrivant dans le champ des arts plastiques, numériques et urbains</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Programme régional de résidences d'artistes - arts plastiques, numériques et urbains</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Département
+Recherche
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J59" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="O59" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>Le programme de résidences d’artistes vise à soutenir les résidences de création d’une durée de 2 à 10 mois s’inscrivant dans le champ des arts plastiques, numériques et urbains et favorisant une relation vivante des publics à la création.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
-[...56 lines deleted...]
-      <c r="AA59" s="1" t="inlineStr">
+      <c r="P40" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+      <c r="Q40" s="1" t="inlineStr">
+        <is>
+          <t>18/03/2026</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Peuvent bénéficier du programme régional de résidences d’artistes :&lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Les artistes &lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;professionnels&lt;/strong&gt; inscrits à la &lt;span&gt;Sécurité sociale des artistes&lt;/span&gt; auteurs.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Les lieux culturels implantés en      Île-de-France&lt;/strong&gt;, et tout particulièrement les lieux dédiés aux arts      plastiques, numériques et urbains, de droit public et de droit privé ainsi que les &lt;strong&gt;autres&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt; lieux publics ou privés &lt;/strong&gt; &lt;strong&gt;porteurs d’un projet culturel &lt;/strong&gt;&lt;em&gt;(Ces structures doivent avoir la capacité de mener des projets culturels et d&amp;#039;accompagner l&amp;#039;artiste tout au long de sa résidence)&lt;/em&gt;&lt;strong&gt;.&lt;/strong&gt;&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Le programme propose à la fois : &lt;/span&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;Une aide à la création pour l&amp;#039;artiste &lt;/strong&gt;par le versement d&amp;#039;une bourse d&amp;#039;un montant de 2.000€ net par mois ;&lt;span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Une aide au projet&lt;/strong&gt; par le versement éventuel d’une subvention à la structure pour la mise en place du projet d’actions culturelles (correspondant à 50 % des dépenses imputables au projet de résidence). &lt;em&gt;Cette subvention et plafonnée à 30 000 €. L&lt;/em&gt;&lt;span&gt;&lt;em&gt;es structures bénéficiant du soutien de la Région dans le cadre d’une convention de développement culturel ou d’une convention « Fabriques de culture Arts visuels » ne peuvent pas solliciter cette subvention.&lt;/em&gt;&lt;/span&gt;&lt;span&gt;&lt;em&gt;&lt;/em&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;Le programme de résidences d’artistes de la Région Île-de-France vise à soutenir les résidences de création d’une&lt;strong&gt; durée de 2 à 10 mois&lt;/strong&gt; s’inscrivant dans le champ des arts plastiques, numériques et urbains et favorisant une relation vivante des publics franciliens à la création contemporaine. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ces résidences s’articulent autour d’un projet de création ou de recherche propre à un artiste accueilli par une structure, et d’un projet d’actions culturelles&lt;/strong&gt;, en direction et avec les publics, coconstruit par l’artiste et la structure (rencontres, ateliers, visites...).&lt;span&gt;&lt;br /&gt;&lt;br /&gt;Ils peuvent comporter un certain nombre d’hybridations avec d&amp;#039;autres champs disciplinaires (édition, cinéma, spectacle vivant…) mais &lt;strong&gt;&lt;span&gt;les arts plastiques, numériques et/ou urbains doivent être leur fondement.&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Les candidature au programme régional de résidences d’artistes doivent être déposées sur la plateforme des aides régionales &lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;m&lt;/a&gt;&lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr" target="_blank"&gt;&lt;span&gt;esdemarches.iledefrance.fr&lt;/span&gt;&lt;/a&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;L’artiste et la structure d’accueil déposent chacun une partie du dossier. Pour cela, ils doivent chacun disposer d’un compte sur &lt;em&gt;Mes démarches&lt;/em&gt;. Si ce n’est pas encore le cas, ils doivent en créer un.&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;&lt;strong&gt;Le dépôt se fait en &lt;/strong&gt;&lt;strong&gt;deux étapes&lt;/strong&gt; : &lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;La structure d’accueil se connecte à la plateforme avec son compte, sélectionne le dispositif &lt;strong&gt;&lt;em&gt;Programme régional de résidences d’artistes – dossier structure &lt;/em&gt;&lt;/strong&gt;et renseigne ce dernier&lt;em&gt;.&lt;/em&gt;&lt;strong&gt;&lt;em&gt; &lt;/em&gt;&lt;/strong&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;A l’issue de son dépôt, elle note son numéro de dossier, télécharge le récapitulatif de sa demande, et les transmet à l’artiste.&lt;/li&gt;&lt;li&gt; L’artiste se connecte à la plateforme avec son compte, sélectionne le dispositif &lt;strong&gt;&lt;em&gt;Programme régional de résidences d’artistes – dossier artiste &lt;/em&gt;&lt;/strong&gt;et renseigne ce dernier. Il lui sera demandé, dans le cadre de sa procédure de dépôt, de fournir le numéro de dossier de la structure et le récapitulatif de la demande de cette dernière. Cela permet à la Région de s’assurer de la collaboration de la structure et de l’artiste. &lt;br /&gt;&lt;/li&gt;&lt;/ol&gt; &lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/programme-regional-de-residences-dartistes-arts-plastiques-numeriques-et-urbains</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Direction de la culture, s&lt;/span&gt;&lt;span&gt;ervice EAC et résidences &lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vania Marty&lt;/strong&gt;&lt;span&gt;, chargée de mission résidences : &lt;a href="mailto:vania.marty&amp;#64;iledefrance.fr" target="_blank"&gt;vania.marty&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Laurie Pozzetto&lt;/strong&gt;, chargée de mission EAC et résidences : &lt;a href="mailto:laurie.pozzetto&amp;#64;iledefrance.fr" target="_blank"&gt;laurie.pozzetto&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;strong&gt;Delphine Barberolle&lt;/strong&gt;, assistante de gestion : &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" target="_blank"&gt;delphine.barberolle&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/programme-regional-de-residences-dartistes-arts-plastiques-numeriques-et-urbains-1/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>16/06/2024</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="60" spans="1:27" customHeight="0">
-      <c r="A60" s="1">
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
         <v>120641</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Faire découvrir des lieux patrimoniaux, leur histoire et leurs collections aux jeunes et à leurs familles à travers une pratique artistique</t>
         </is>
       </c>
-      <c r="C60" s="1" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D60" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E60" s="1" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>C&amp;apos;est mon patrimoine !</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture
 Agence nationale de la cohésion des territoires (ANCT)</t>
         </is>
       </c>
-      <c r="F60" s="1" t="inlineStr">
+      <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Direction régionale des Affaires culturelles (DRAC) — Hauts-de-France</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
-[...2 lines deleted...]
-      <c r="H60" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I60" s="1" t="inlineStr">
+      <c r="I41" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K41" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La découverte et la familiarisation des enfants et des adolescents à la culture passe par la découverte d&amp;#039;un patrimoine et d&amp;#039;une pratique artistique. Le ministère de la Culture soutient ces actions en allouant une subvention aux porteurs de projets dans le cadre de l&amp;#039;appel à projets &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Qu&amp;#039;est-ce que l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Lancée en 2005 par le ministère de la Culture (&amp;#34;Les Portes du temps&amp;#34;), l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; contribue à l&amp;#039;émancipation des jeunes par les arts et la culture et repose sur les trois piliers de l&amp;#039;éducation artistique et culturelle (EAC) :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la rencontre avec les artistes et les œuvres,
  &lt;/li&gt;
  &lt;li&gt;
   la connaissance des arts et du patrimoine
  &lt;/li&gt;
  &lt;li&gt;
   et la pratique artistique.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Cette opération a vocation à s&amp;#039;inscrire dans les projets de territoire contractualisés. Elle encourage des pratiques artistiques et culturelles nouvelles (balades urbaines, reportages photo, vidéo, radio, utilisation du jeu vidéo comme support de médiation par exemple).
@@ -14175,67 +9685,67 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Subvention
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet doit reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention versée par l&amp;#039;État ne peut excéder 80 % du budget total du projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financement &amp;#34;politique de la ville&amp;#34;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets visent l&amp;#039;ensemble des territoires prioritaires, dont les territoires ruraux. Pour être éligible à un financement spécifique des crédits politiques de la ville, le public bénéficiaire visé par le projet doit être composé d&amp;#039;au moins 60 % de jeunes issus des quartiers prioritaires de la politique de la ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets touchant majoritairement d&amp;#039;autres publics éloignés peuvent être financés sur d&amp;#039;autres crédits, notamment apportés par le ministère de la Culture.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N60" s="1" t="inlineStr">
+      <c r="N41" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour être éligibles à un financement, les projets devront remplir les conditions suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Co-construction et co-financement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le projet doit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   être co-construit entre professionnels de différentes disciplines : médiateurs des patrimoines, artistes professionnels, acteurs de l&amp;#039;enfance et de la jeunesse, du secteur public ou de l&amp;#039;éducation populaire, etc.
  &lt;/li&gt;
  &lt;li&gt;
   reposer sur un partenariat impliquant au moins un service ou une structure patrimoniale : le partenaire patrimonial est pleinement associé à l&amp;#039;élaboration et à la réalisation du projet. Deux services différents d&amp;#039;une même collectivité, patrimoine et jeunesse, peuvent par dérogation être considérés comme partenaires.
  &lt;/li&gt;
  &lt;li&gt;
   reposer sur plusieurs financements (État, collectivités territoriales, mécénat...).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Une formation préalable est attendue pour chaque projet à destination des différents acteurs, notamment les animateurs encadrant les jeunes. Cette formation peut être dispensée par l&amp;#039;établissement patrimonial, par une structure d&amp;#039;accueil de jeunes et/ou un réseau d&amp;#039;éducation populaire (dans le cadre d&amp;#039;un seul projet ou pour un territoire plus vaste et pour plusieurs projets mutualisés).
@@ -14289,220 +9799,245 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles les projets :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   qui ne respectent pas la composition du public cible (jeunes de 6 à 18 ans, issus à 60% minimum des quartiers prioritaires de la ville),
  &lt;/li&gt;
  &lt;li&gt;
   ne comportant pas d&amp;#039;axe de pratique artistique avec un professionnel du domaine artistique concerné,
  &lt;/li&gt;
  &lt;li&gt;
   dont le partenaire patrimonial n&amp;#039;est pas explicitement impliqué dans l&amp;#039;élaboration et la réalisation du projet,
  &lt;/li&gt;
  &lt;li&gt;
   ne reposant pas sur plusieurs financements.
  &lt;/li&gt;
  &lt;li&gt;
   Une simple visite au musée ou dans un monument historique, sans contrepartie créative de la part des jeunes, n&amp;#039;est pas considérée comme déterminante dans la validation des projets.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T41" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U41" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V41" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/c-est-mon-patrimoine</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X41" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur l&amp;#039;opération &amp;#34;C&amp;#039;est mon patrimoine !&amp;#34; en Hauts-de-France, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   À la DRAC :
   &lt;a href="mailto:CMP.drac.hdf&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    CMP.drac.hdf&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Au SGAR :
   &lt;a href="mailto:sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr" rel="noopener" target="_blank"&gt;
    sgar-politiquesdecohesion&amp;#64;hauts-de-france.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y60" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z41" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a2f0-cest-mon-patrimoine/</t>
         </is>
       </c>
-      <c r="AA60" s="1" t="inlineStr">
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC41" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="61" spans="1:27" customHeight="0">
-      <c r="A61" s="1">
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
         <v>90803</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Restaurer et valoriser des sites patrimoniaux</t>
         </is>
       </c>
-      <c r="D61" s="1" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Opérations globales de valorisation de sites patrimoniaux</t>
         </is>
       </c>
-      <c r="E61" s="1" t="inlineStr">
+      <c r="E42" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G61" s="1" t="inlineStr">
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H61" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K61" s="1" t="inlineStr">
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L61" s="1" t="inlineStr">
+      <c r="L42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le patrimoine doit être considéré comme une ressource pour les territoires, parfois la seule dans les zones rurales, dans une perspective d&amp;#039;aménagement et de développement socio-économique et touristique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  Ces opérations globales de valorisation concernent des sites ou édifices majeurs, mais aussi des entités patrimoniales plus modestes, reconnus de préférence par un label patrimonial, qui présentent un intérêt tout particulier par leur forte singularité historique ou architecturale, dans une optique d&amp;#039;aménagement maillant le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  De tels sites ou monuments, à l&amp;#039;attractivité touristique potentielle ou avérée, peuvent contribuer au développement économique local s&amp;#039;ils sont suffisamment mis en valeur et accessibles au public. Ils doivent correspondre à des programmes d&amp;#039;investissement, à la fois matériels et immatériels, comprenant nécessairement plusieurs volets : restauration – cristallisation / création de contenus de supports de visite, scénographie, muséographie  / aménagements liés à l&amp;#039;accueil du public, prestations intellectuelles, outils de médiation, mise en tourisme...
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit de favoriser les pratiques culturelles et de découvertes et notamment des formes de valorisation nouvelles et originales, aujourd&amp;#039;hui sous-exploitées, et le développement des activités de service et de tourisme correspondantes.
 &lt;/p&gt;
 &lt;p&gt;
  Ces projets seront, si nécessaire, examinés, voire instruits et soutenus de manière transversale en mobilisant toutes les politiques régionales potentiellement concernées, et tout particulièrement celle du tourisme à travers ses dispositifs.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Communes, Établissements publics de coopération intercommunale (communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux...), Départements, Associations, Entreprises (à l&amp;#039;exclusion de SCI).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   25 % du coût total HT, avec un montant de subvention plafonné à 500 000 € par opération, hors bonification éventuelle.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   15 % du coût total HT, si le projet bénéficie d&amp;#039;une aide du FEADER ou du FEDER, avec un montant de subvention plafonné à 300 000 € par opération, hors bonification éventuelle.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dans tous les cas, une bonification de 10% sera appliquée pour les territoires en situation de vulnérabilité socio-économique relative (cf. carte EPCI en annexe).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N61" s="1" t="inlineStr">
+      <c r="N42" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Tourisme
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O61" s="1" t="inlineStr">
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R61" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilité (tous ces critères sont obligatoires):
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Sites patrimoniaux publics et privés (hors particuliers et SCI), protégés ou non
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sites disposant d&amp;#039;une billetterie (gratuite ou payante)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sites ouverts au public au minimum de 3 à 6 mois dans l&amp;#039;année, selon leur localisation sur le territoire régional et leur potentiel touristique (données de fréquentation)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sites gérés par une équipe professionnelle (permanente ou saisonnière) et adhérant à l&amp;#039;office tourisme local
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Projet envisagé de manière globale et faisant (ou ayant fait) l&amp;#039;objet d&amp;#039;une étude préalable de développement et de faisabilité
@@ -14585,66 +10120,66 @@
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses non éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Parkings, voiries et réseaux.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de simple entretien du site.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Dépenses générales de fonctionnement et frais de communication.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="T61" s="1" t="inlineStr">
+      <c r="T42" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U61" s="1" t="inlineStr">
+      <c r="U42" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V61" s="1" t="inlineStr">
+      <c r="V42" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/culture/operations-globales-de-valorisation-de-sites-patrimoniaux</t>
         </is>
       </c>
-      <c r="X61" s="1" t="inlineStr">
+      <c r="X42" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Laurence Fouquet
  &lt;/strong&gt;
  &lt;strong&gt;
   (P
  &lt;/strong&gt;
  &lt;strong&gt;
   our les Départements 24-33-40-47-64)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  14, Rue François de Sourdis
  &lt;br /&gt;
  33077
                                                     Bordeaux cedex
 &lt;/p&gt;
 &lt;p&gt;
  05.57.57.74.10
 &lt;/p&gt;
 &lt;p&gt;
@@ -14664,394 +10199,499 @@
                                                     Limoges Cedex 1
 &lt;/p&gt;
 &lt;p&gt;
  05.55.45.19.61
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Aurélie Riffaud (Pour les Départements 16-17-79-86)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Culture et du Patrimoine
 &lt;/p&gt;
 &lt;p&gt;
  15, rue de l&amp;#039;Ancienne Comédie
 &lt;/p&gt;
 &lt;p&gt;
  86021
                                                     Poitiers CS 70575
 &lt;/p&gt;
 &lt;p&gt;
  0549363005
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y61" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z61" s="1" t="inlineStr">
+      <c r="Z42" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5e22-operations-globales-de-valorisation-de-sites-/</t>
         </is>
       </c>
-      <c r="AA61" s="1" t="inlineStr">
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB42" s="1" t="inlineStr">
+        <is>
+          <t>Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC42" s="1" t="inlineStr">
+        <is>
+          <t>Région Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2021</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="62" spans="1:27" customHeight="0">
-      <c r="A62" s="1">
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
+        <v>165418</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Etudes préalables aux opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Etudes préalables aux opérations globales de valorisation de sites patrimoniaux</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine, partenaire incontournable de la valorisation patrimoniale, accompagne les collectivités par une aide aux études – qu’elles soient historiques, juridiques, de faisabilité, de programmation ou diagnostiques – en s’associant étroitement à leur suivi pour garantir des projets cohérents et durables.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Ces études ont pour objectif d’analyser les besoins, le potentiel (atouts et faiblesses) d’un site patrimonial et de proposer un projet adapté aux contraintes identifiées, pour procéder à une valorisation ou à une mise en tourisme optimisées. De telles études sont indispensables à la prise de décision pour des projets de développement touristique d’envergure.&lt;/p&gt;&lt;p&gt;L’accompagnement financier de ces opérations a pour but de favoriser l’émergence de projets viables de valorisation de sites patrimoniaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Dépenses éligibles : études historiques, études juridiques, études diagnostic, études de faisabilité et programmation.&lt;/p&gt;&lt;p&gt;Modalités de calcul de la subvention régionale : 20 % du coût.&lt;/p&gt;&lt;p&gt;La subvention est plafonné e à 20 000 € par projet.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;communes ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;établissements publics de coopération intercommunale (EPCI) : communautés de communes, communautés d&amp;#039;agglomérations, syndicats mixtes, Parcs Naturels Régionaux…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;associations propriétaires ou détentrices d’une contractualisation pérenne avec le propriétaire (exemple : bail emphytéotique) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;entreprises, à l’exclusion des Sociétés Civiles Immobilières (SCI).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Critères d’éligibilité&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;sites patrimoniaux publics et privés (hors particuliers et SCI), protégés ou non au titre des Monuments historiques ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;sites ouverts au public au minimum de 3 à 6 mois dans l’année, selon leur localisation sur le territoire régional et leur potentiel touristique (données de fréquentation) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;sites gérés par une équipe professionnelle (permanente ou saisonnière) et adhérant à l’office de tourisme intercommunal ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte des droits culturels par l’association étroite des habitants du territoire concerné au projet de valorisation (ateliers citoyens…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dépenses éligibles&lt;/p&gt;&lt;p&gt;Un diagnostic « biodiversité et espèces protégées » en amont des travaux.&lt;/p&gt;&lt;p&gt;Honoraires de l’architecte maître d’oeuvre sur l’ensemble du projet.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Volet connaissance&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; Un état des lieux de la connaissance du site sera fait au début du projet et pourra être complété, le cas échéant, par une étude historique ou dans certains cas, par des fouilles archéologiques complémentaires, nécessaires à la compréhension et la visite du site.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le service du Patrimoine et de l’Inventaire de la Région pourra être mobilisé le cas échéant sur sa compétence Inventaire Général du Patrimoine Culturel.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Volet restauration&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Les dépenses portant sur la restauration d’un édifice ou d’un site.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;La cristallisation des vestiges.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L’accessibilité du site et l’accueil des visiteurs, à condition que leur coût ne représente pas la plus importante part des dépenses.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans certains cas, les travaux d’urgence qui constituent un préalable indispensable à la mise en œuvre d’un projet de valorisation du site, pourront être retenus.&lt;/p&gt;&lt;p&gt;Volet médiation scénographie muséographie les dépenses matérielles et les prestations intellectuelles pour réaliser les outils de médiation et leurs contenus&lt;/p&gt;&lt;p&gt;La Région devra être associée au projet par le maître d’ouvrage en tant que membre du comité de pilotage ou de suivi.&lt;/p&gt;&lt;p&gt;Dépenses non éligibles&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;parkings, voiries et réseaux ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;travaux de simple entretien du site ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;dépenses générales de fonctionnement et frais de communication.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de priorisation&lt;/p&gt;&lt;p&gt;Parmi les projets éligibles, seront considérés comme prioritaires :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;les projets inscrits dans un contrat de territoire en tant que projet structurant (notoriété, rayonnement, intérêt patrimonial, fréquentation …) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte du patrimoine culturel immatériel et des politiques mémorielles dans l’ensemble du projet (réunions d’information, ateliers…). Selon la nature du site, cette prise en compte sera considérée comme obligatoire (ex : patrimoine industriel) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;liens établis avec le Campus régional du Patrimoine bâti* (conseils, coopération, chantier école…) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte de l’accessibilité au public en situation de handicap ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;prise en compte d’une approche environnementale dans la conception du projet pour réduire les coûts de fonctionnement sur les postes : gestion des déchets, restauration du bâti, médiation, scénographie, muséographie, aménagements liés à l&amp;#039;accueil du public. Exemplarités dans les économies de flux (eau, électricité...). Encouragement aux déplacements doux et actifs. Utilisation de matériaux et de produits locaux. Inscription du projet dans son environnement par l’intégration paysagère des équipements liés à l’accueil du public…&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;site faisant l’objet d’une animation culturelle spécifique (festivals, spectacles vivants, arts plastiques, expositions temporaires, etc…).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;* Campus régional du patrimoine bâti : Le Conseil Régional et la Région Académique de Nouvelle-Aquitaine ont souhaité unir leurs labels respectifs CMQ (Campus des Métiers et de Qualifications) et TTNA (Talents et Territoires de Nouvelle-Aquitaine) autour d’un projet commun : le Campus régional du patrimoine bâti. Incarné au lycée des métiers du bâtiment (LMB) de Felletin (23), ce campus rassemble les objectifs et les champs d’actions des deux labels.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/culture/etudes-prealables-aux-operations-globales-de-valorisation-de-sites-patrimoniaux</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pièces nécessaires au dépôt du dossier :&lt;/p&gt;&lt;p&gt;un courrier de demande, daté et signé, adressé à Monsieur le Président du Conseil Régional ;&lt;/p&gt;&lt;p&gt;un descriptif précis de l’objet de l’étude (par exemple le cahier des charges adressé aux cabinets d’étude potentiels prestataires) ;&lt;/p&gt;&lt;p&gt;un budget prévisionnel détaillé, équilibré en dépenses et en recettes (en HT et TTC) ;&lt;/p&gt;&lt;p&gt;fiche d’identité SIRENE de la structure porteuse du projet / extrait Kbis pour les entreprises ;&lt;/p&gt;&lt;p&gt;un relevé d’identité bancaire ;&lt;/p&gt;&lt;p&gt;la délibération ou le compte-rendu du Conseil d&amp;#039;Administration par laquelle la structure engage l&amp;#039;étude avec le budget prévisionnel.&lt;/p&gt;&lt;p&gt;Conformément à la délibération n°2023.487.SP relative aux éco socio conditionnalités adoptée en assemblée plénière du 27 mars 2023, la Région Nouvelle-Aquitaine demande à chaque bénéficiaire d’une subvention de signer la « Charte d’engagements du bénéficiaire d’une aide régionale envers la Région Nouvelle-Aquitaine CULTURE PATRIMOINE », et d’adhérer à ses principes (cf. délibération 2024.267.SP du 11 mars 2024).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-prealables-aux-operations-globales-de-valorisation-de-sites-patrimoniaux/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>07/09/2025</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:34" customHeight="0">
+      <c r="A44" s="1">
         <v>163027</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Développer et structurer une offre touristique rurale, diversifiée, innovante et décarbonée</t>
         </is>
       </c>
-      <c r="C62" s="1" t="inlineStr">
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Fiche Action n°2 : Développer et structurer une offre touristique rurale, diversifiée, innovante et décarbonée</t>
         </is>
       </c>
-      <c r="E62" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="G62" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...4 lines deleted...]
-          <t>Subvention
+Association</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
 Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="I62" s="1" t="inlineStr">
+Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J62" s="1" t="inlineStr">
+      <c r="J44" s="1" t="inlineStr">
         <is>
           <t>Plancher : 5 000 euros / Plafond : 20 000 euros</t>
         </is>
       </c>
-      <c r="K62" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L62" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Développer une offre touristique durable en cohérence avec les ressources du territoire et les aspirations des touristes&lt;/h2&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Développer une itinérance touristique responsable&lt;/h3&gt;&lt;h4&gt;Adaptation des aménités touristiques du territoire au tourisme itinérant&lt;/h4&gt;&lt;p&gt;Les aménités de l&amp;#039;espace rural (paysages, sites, forêts, cours d’eau, produits locaux, exploitations agricoles, patrimoines…) constituent de forts facteurs d’attractivité mais aussi la « scène » d’une activité en plein essor, l’itinérance. Les demandes de pratiques d’itinérance pédestre, cyclo, équestre et fluviale permettent de constituer une offre touristique de découvertes, des expériences de rencontres très recherchées par les clientèles. Cette offre d’itinérance est pleinement durable car constituée de mobilités douces appréciée et utilisée par les habitants (y compris parfois pour des déplacements « domicile-travail »). Toutefois cela reste une offre à améliorer : jalonnements sentiers, circuits, offre d’interprétation, cohérences des circuits, signalétique, présence de services (pour les vélos par exemple) …&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Développement de services proposant des séjours touristiques décarbonés (ou à faible impact)&lt;/h4&gt;&lt;p&gt;Pour répondre aux enjeux climatiques et énergétiques et aux attentes des clientèles de plus en plus sensibles sur ces sujets, les gestionnaires du tourisme et les professionnels doivent construire des offres de séjours touristiques décarbonés et peu consommateurs d’énergie. Des projets innovants peuvent émerger pour améliorer l’intermodalité, les recours mobilités douces, les éco-hébergements, les activités avec une faible empreinte écologique. Des calculateurs sont disponibles (Good Planet, Green Tripper) pour expérimenter des initiatives de mesures locales&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Valoriser les atouts culturel, patrimoniaux et les savoir-faire du territoire&lt;/h3&gt;&lt;h4&gt;Valorisation de la présence de l’eau et amélioration de son accessibilité&lt;/h4&gt;&lt;p&gt;L’eau est fortement présente sur le territoire de la CASE. S’il existe déjà des offres touristiques et de loisirs (croisière promenade à la découverte des moulins et impressionnistes / musée de la Batellerie, parc de Léry-Poses et ses plages…), l’itinérance fluviale, les activités nautiques, la baignade, la pêche sont autant de domaines dans lesquels le territoire est déjà engagé mais qui restent porteurs d’un fort potentiel de développement en coopération avec les territoires voisins.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Amélioration de la visibilité des patrimoines et des savoir-faire&lt;/h4&gt;&lt;p&gt;Le territoire est riche de ses patrimoines et savoir-faire mais ils peuvent gagner en visibilité, en mise en cohérence et en mise en tourisme. Le développement de circuits, l’amélioration de la médiation et de l’interprétation, la mise en réseau des acteurs sont autant de leviers qui pourront être soutenus par le GAL.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Renforcement du lien culture-tourisme&lt;/h4&gt;&lt;p&gt;L’offre culturelle sur le territoire est une offre conséquente et présente sur l’ensemble du territoire tant en milieu urbain que rural (lecture publique, enseignement musical spectacle vivant, patrimoine, musique, arts plastiques, cinéma, etc.). La culture doit donc pouvoir constituer une offre touristique majeure pour le territoire. Les Patrimoines (avec approche ludique et numérique via l’application « Seine Eure s’imagine », les évènements (festivals, expositions…), les musées et sites, les résidences d’artistes, les créations sont autant d’opportunités pour ouvrir encore plus la culture vers les habitants et les touristes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement de l’évènementiel dans sa dimension éco-responsable&lt;/h4&gt;&lt;p&gt;Modestes ou conséquents de nombreux évènements remplissent l’agenda du territoire et constituent des facteurs d’attractivité importants pour la destination. Mais le champ de l’évènementiel est grandement améliorable dans ses impacts ; gestion des déchets, modalités d’accessibilité, consommation énergétique, protection des milieux, accessibilité sociale et inclusive… Autant de sujets qui peuvent donner lieu à des projets inventifs.&lt;br /&gt;&lt;/p&gt;&lt;h3&gt;OBJECTIF STRATEGIQUE : Renforcer, diversifier et accompagner la qualification et la diversification des offres touristiques&lt;/h3&gt;&lt;h4&gt;Développement d’une offre de restauration et d’hébergement durable&lt;/h4&gt;&lt;p&gt;Pour une offre touristique durable il est impératif de chercher à améliorer l’offre de restauration et d’hébergements. Cela peut passer par le renforcement des circuits courts et la valorisation des produits locaux (en lien avec l’alimentation – axe 1 mais aussi produits artisanaux et écoconstruction pour les hébergements). Les professionnels doivent être sensibilisés, formés et accompagnés sur les potentiels d’utilisation des produits locaux, sur des pratiques plus économes en énergie, sur la gestion des déchets et de l’eau, sur les offres liées aux mobilités douces pour leurs clients.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Adaptation des offres aux différents publics&lt;/h4&gt;&lt;p&gt;Un tourisme véritablement durable doit adapter son offre à la diversité des publics et porter une attention particulière aux publics en situation de handicap et aux publics en situation de précarité. Cet objectif doit s’articuler avec la démarche en cours de diagnostic sur l’accessibilité Handicap mené par la CASE en partenariat avec les acteurs institutionnels et associatifs concernés. De vraies marges de progrès existent pour améliorer l’accessibilité, en particulier de l’offre patrimoniale, mais aussi sur l’itinérance, pour les publics en situation de handicap et pour les familles (présence seniors et enfants), par exemple. Enfin, la question de l’accessibilité tarifaire doit, autant que possible, être prise en compte pour que certaines activités soient ouvertes à plus de touristes.&lt;br /&gt;&lt;/p&gt;&lt;h4&gt;Accompagnement des opérateurs dans les démarches de qualification et d’optimisation de leurs services&lt;/h4&gt;&lt;p&gt;De nombreux labels existent (culturels et patrimoniaux/ l’accueil, la qualité et le bien-être / alimentaires / environnementaux…) qui jouent un rôle de certification de qualité, de reconnaissance pour le client. Mais les professionnels ont besoin d’être informés et accompagnés pour choisir les labels qui sont les plus pertinents et efficaces au regard de leurs activités et spécificités. Le GAL doit faciliter ces démarches d’engagement mais en privilégiant les labels cohérents avec la stratégie locale de développement (écolabels, accueil vélo, tourisme et handicap…).&lt;/p&gt;&lt;h4&gt;Amélioration de la communication et de la promotion pour la rendre plus efficiente&lt;/h4&gt;&lt;p&gt;Les actions de communication et de promotion doivent gagner en lisibilité, en cohérence et en efficience. C’est par un travail partenarial, par des gouvernances innovantes que la progression pourra se mettre en œuvre. Le GAL peut jouer un rôle important de facilitateur et d’initiateur de projets qui y contribueront.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N62" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Tourisme</t>
         </is>
       </c>
-      <c r="O62" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P62" s="1" t="inlineStr">
+      <c r="P44" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q62" s="1" t="inlineStr">
+      <c r="Q44" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R62" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Faire l’objet d’un cofinancement public français. LEADER intervient à 80% en contrepartie d’un financement national (État, Région, Département, Agglo, Commune). 1€ de cofinancement français permet d’appeler 4€ de financement européen LEADER.&lt;/p&gt;&lt;p&gt;Ne pas déjà faire l’objet d’un financement européen (FEDER, FSE, FEADER, FTJ)&lt;/p&gt;&lt;p&gt;Pouvoir avancer la trésorerie (La subvention LEADER n’est versée qu’après réalisation du projet, sur justificatif des dépenses)&lt;/p&gt;&lt;p&gt;Apporter une preuve des coûts raisonnables&lt;br /&gt;Dépense &amp;gt; 25 000€ &amp;#61; 2 devis&lt;br /&gt;Dépense &amp;gt; 100 000€ &amp;#61; 3 devis&lt;/p&gt;&lt;p&gt;Pouvoir maintenir les investissements 3 ans à partir de la demande de paiement&lt;/p&gt;&lt;p&gt;Répondre aux obligations de publicité imposées par l’Union Européenne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S62" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T62" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U62" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>GAL Seine-Eure</t>
         </is>
       </c>
-      <c r="V62" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://www.agglo-seine-eure.fr/programme-leader/#:~:text=Le%20programme%20LEADER%20(Liaisons%20Entre,est%20%C3%A0%20sa%20sixi%C3%A8me%20programmation.</t>
         </is>
       </c>
-      <c r="X62" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;flavien.andre&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;isabelle.moulin&amp;#64;seine-eure.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y62" s="1" t="inlineStr">
+      <c r="Y44" s="1" t="inlineStr">
         <is>
           <t>flavien.andre@seine-eure.com</t>
         </is>
       </c>
-      <c r="Z62" s="1" t="inlineStr">
+      <c r="Z44" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-structurer-une-offre-touristique-rurale-diversifiee-innovante-et-decarbonee/</t>
         </is>
       </c>
-      <c r="AA62" s="1" t="inlineStr">
+      <c r="AA44" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB44" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC44" s="1" t="inlineStr">
+        <is>
+          <t>Groupe d'Action Locale Seine-Eure</t>
+        </is>
+      </c>
+      <c r="AD44" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>04/07/2024</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="63" spans="1:27" customHeight="0">
-[...92 lines deleted...]
-      <c r="A64" s="1">
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
         <v>163227</v>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Financer mon projet de pratique artistique</t>
         </is>
       </c>
-      <c r="D64" s="1" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Appel à projet "publics et pratiques artistiques" : Financer mon projet de pratique artistique</t>
         </is>
       </c>
-      <c r="E64" s="1" t="inlineStr">
+      <c r="E45" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G64" s="1" t="inlineStr">
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H64" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I64" s="1" t="inlineStr">
+      <c r="I45" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J64" s="1" t="inlineStr">
+      <c r="J45" s="1" t="inlineStr">
         <is>
           <t>Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.</t>
         </is>
       </c>
-      <c r="K64" s="1" t="inlineStr">
+      <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
+      <c r="L45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Objectif &lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet « Publics &amp;amp; pratiques artistiques » est destiné à :&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;favoriser la rencontre entre des publics impliqués dans une pratique artistique en amateur et des équipes artistiques professionnelles et/ou&lt;/li&gt;    &lt;li&gt;faire découvrir et rendre accessible une pratique artistique à des publics éloignés de l’offre culturelle.&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Opérations éligibles&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit d’élèves inscrits dans un établissement d’enseignement artistique ou de publics engagés dans une pratique artistique au sein d’un groupement d’amateurs (chorale, fanfare, troupe de théâtre amateur, etc.).&lt;br /&gt;Le projet doit permettre la rencontre entre amateurs et artistes professionnels (ayant une actualité de création/diffusion) par la pratique artistique.&lt;br /&gt;Les échanges interdisciplinaires et l’ouverture à de nouvelles esthétiques seront à privilégier, ainsi que la coopération de plusieurs établissements d’enseignement artistique ou structures de pratiques en amateur autour d’un projet commun.&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique :&lt;/strong&gt;&lt;br /&gt;Il s’agit des publics éloignés de l’offre culturelle, prioritairement les publics situés en zone très rurale (notamment communes en ZRR-Zone de Revitalisation Rurale- et EPCI de moins de 30 hbts/km²) et les publics cibles du Département (collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance), ainsi les publics ne fréquentant pas les établissements d’enseignement artistique.&lt;br /&gt;Le projet doit permettre de favoriser l’élargissement et la diversification des publics, ainsi que l’ancrage territorial des structures sur leur bassin de vie.&lt;br /&gt;Les projets faisant appels à des artistes professionnels (ayant une actualité de création/diffusion) seront à privilégier.&lt;br /&gt;Les partenariats développés avec des lieux culturels, compagnies artistiques mais aussi les acteurs du champ social, éducatif, socio-culturel, de la santé seront à privilégier.&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Pour l’ensemble des projets, une attention particulière sera portée aux projets conçus en partenariat avec :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;les équipements culturels du Département : médiathèques départementales et bibliothèques partenaires, Musée départemental de la Résistance du Vercors, les Châteaux de la Drôme, l’Auberge des Dauphins, les archives départementales.&lt;/li&gt;    &lt;li&gt;les structures et acteurs culturels (spectacle vivant, arts visuels, cinéma d’animation, …) soutenus par le Département dans le cadre de ses dispositifs&lt;/li&gt;    &lt;li&gt;des Centres Médico-Sociaux (CMS), les services de protection de l’enfance, les établissements et services sociaux et médico-sociaux (Maisons d’enfant à caractère social, EHPAD …) et les établissements médico-sociaux (IME, ITEP…)&lt;/li&gt;&lt;li&gt;les collèges de la Drôme&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Par ailleurs, l’appel à projets vise à soutenir des projets de pratique artistique en amateur &lt;/span&gt;&lt;strong&gt;inscrits dans la durée&lt;/strong&gt;&lt;span&gt;. Ils doivent être pensés dans une logique de progression et s’articuler autour de plusieurs séquences (minimum 5 jours consécutifs ou non).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Enfin, le projet doit impérativement bénéficier d’un &lt;/span&gt;&lt;strong&gt;co-financement &lt;/strong&gt;&lt;span&gt;et/ou d’une part de financement sur les fonds propres.&lt;/span&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bénéficiaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur du projet doit avoir plus de 2 ans d’existence à la date du dépôt, et son siège social doit être domicilié dans la Drôme.&lt;/p&gt;&lt;p&gt;A – &lt;strong&gt;Projet s’adressant à des publics déjà engagés dans une pratique artistique&lt;/strong&gt; : les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les groupements de pratiquants amateurs (chorale, fanfare, troupe de théâtre amateur, etc. (association, collectivités territoriales et leurs regroupements)).&lt;/p&gt;&lt;p&gt;B – &lt;strong&gt;Projet s’adressant à des publics non-engagés dans une pratique artistique &lt;/strong&gt;: les porteurs éligibles sont les établissements d’enseignement artistique, dans et hors réseau du Schéma départemental (associations, collectivités territoriales et leurs regroupements, syndicats mixtes) et les acteurs culturels (associations, collectivités territoriales, …), à l’exclusion des structures culturelles soutenues dans le cadre des Conventions Pluriannuelles d’Objectifs (CPO) ou bénéficiant d’une autre aide financière de &amp;#43; de 15 000 € émanant de la Direction Culture et Patrimoine sur l’année N.&lt;/p&gt;&lt;p&gt;Un projet par an et par structure pourra être aidé. Pour les établissements d’enseignement artistique, il sera possible d’aider deux projets par structure et par an à condition que l’un des projets s’adresse à des publics non-inscrits au sein de la structure.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Type d’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’appel à projet Publics et pratiques artistiques permet l’attribution d’une subvention de fonctionnement.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépenses subventionnables&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Les dépenses éligibles sont les dépenses artistiques, pédagogiques, logistiques (frais de transport, restauration, hébergement), de communication, techniques.&lt;/p&gt;&lt;p&gt;Sont exclues les dépenses de fonctionnement liées aux activités habituelles de la structure (notamment ateliers hebdomadaires conduits sur une année scolaire).&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Montant/taux de l’aide&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;L’aide départementale est attribuée sous la forme d’une subvention qui ne peut excéder 50% du budget réalisé. Cette subvention ne peut être inférieure à 1.000 € et ne peut être supérieure à 5.000 €.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Pièces constitutives du dossier&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Les éléments demandés sont notamment :&lt;/strong&gt;&lt;/p&gt;    &lt;ul&gt; &lt;li&gt;Description détaillée du projet et calendrier&lt;/li&gt;    &lt;li&gt;Budget prévisionnel du projet&lt;/li&gt;    &lt;li&gt;CV des artistes et professionnels impliqués&lt;/li&gt;    &lt;li&gt;Détails des structures partenaires impliquées&lt;/li&gt;    &lt;li&gt;Nombre et typologie des publics concernés&lt;/li&gt;    &lt;li&gt;Préciser si le projet est gratuit pour les participants, ou indiquer les conditions tarifaires&lt;/li&gt; &lt;/ul&gt;    &lt;p&gt;&lt;strong&gt;Instruction des dossiers_Demande dématérialisée&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Dépôt des dossiers : &lt;/strong&gt;&lt;br /&gt;Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme : &lt;strong&gt;&lt;span&gt;&lt;a href="https://mesdemarches.ladrome.fr/"&gt;Drôme Démat’.&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;br /&gt;&lt;strong&gt;Téléservice &lt;/strong&gt;: Culture et Patrimoine&lt;br /&gt;&lt;strong&gt;Dispositif&lt;/strong&gt; : Publics et pratiques artistiques&lt;/p&gt;    &lt;p&gt;Le dossier réputé complet est instruit par les services de la Direction Culture &amp;amp; Patrimoine, ceux-ci peuvent solliciter un rendez-vous avec le porteur de projet.&lt;br /&gt;Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Cette commission rend un avis consultatif.&lt;br /&gt;L’avis de la commission est ensuite soumis à la délibération de la Commission permanente du Conseil départemental.&lt;br /&gt;En cas d’acceptation, une notification est alors adressée au porteur de projet.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Versement&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Le porteur de projet devra se conformer aux obligations départementales de communication qui seront précisés dans la notification.&lt;br /&gt;En cas de réajustement substantiel du budget, le bénéficiaire doit en informer le Département. Il s’engage également à informer le Département dans les plus brefs délais si une modification importante ou une annulation du projet intervient.&lt;br /&gt;Le porteur de projet aura jusqu’au 31 décembre de l’année suivant l’année du vote pour justifier de la réalisation du projet, en fournissant un bilan budgétaire et qualitatif.&lt;br /&gt;Plusieurs indicateurs seront également demandés à cette occasion : nombre de participants, typologie des publics concernés par les projets (publics cibles du Département – collégiens, personnes âgées dépendantes, mineurs et majeurs en situation de handicap, bénéficiaires du RSA, mineurs et jeunes majeurs dans le cadre de l’aide sociale à l’enfance, publics inscrits au sein d’un établissement d’enseignement artistique ou d’un groupement d’amateurs, publics ne fréquentant pas les établissements d’enseignement artistique, publics situés en zone très rurale), partenaires impliqués dans le projet (dans et hors Drôme), durée du projet (nombre de jours), conditions tarifaires pour les&lt;br /&gt;participants, plus-value du projet pour les bénéficiaires, nombre de spectateurs sur les restitutions le cas échéant, nombre de structures impliquées dans le cas d’un projet de coopération, ouverture à de nouvelles esthétiques, etc. &lt;br /&gt;Le Département se réserve la possibilité de proratiser l’aide dans le cas où le budget réalisé présenterait un écart supérieur à -25% du budget prévisionnel.&lt;br /&gt;Le Département se réserve le droit de demander toute pièce justificative.&lt;/p&gt;    &lt;p&gt;&lt;strong&gt;Bases réglementaires&lt;/strong&gt;&lt;/p&gt;    &lt;p&gt;Délibération du 25 mars 2024&lt;/p&gt;    &lt;h3&gt;&lt;/h3&gt;</t>
         </is>
       </c>
-      <c r="N64" s="1" t="inlineStr">
+      <c r="N45" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Spectacle vivant
 Médias et communication</t>
         </is>
       </c>
-      <c r="O64" s="1" t="inlineStr">
+      <c r="O45" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S64" s="1" t="inlineStr">
+      <c r="S45" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T64" s="1" t="inlineStr">
+      <c r="T45" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U64" s="1" t="inlineStr">
+      <c r="U45" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V64" s="1" t="inlineStr">
+      <c r="V45" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
         </is>
       </c>
-      <c r="X64" s="1" t="inlineStr">
+      <c r="X45" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Direction CULTURE ET PATRIMOINE – Service Développement Culturel – &lt;/strong&gt;&lt;strong&gt;Tél : 04 75 79 26 01&lt;/strong&gt; – &lt;strong&gt;&lt;a href="mailto:culture&amp;#64;ladrome.fr" target="_self"&gt;culture&amp;#64;ladrome.fr&lt;/a&gt;&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y64" s="1" t="inlineStr">
+      <c r="Y45" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z64" s="1" t="inlineStr">
+      <c r="Z45" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-projet-publics-et-pratiques-artistiques-financer-mon-projet-de-pratique-artistique/</t>
         </is>
       </c>
-      <c r="AA64" s="1" t="inlineStr">
+      <c r="AA45" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>08/09/2024</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>