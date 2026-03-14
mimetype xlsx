--- v0 (2026-01-16)
+++ v1 (2026-03-14)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA25"/>
+  <dimension ref="A1:AH16"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,419 +225,513 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>70923</v>
+        <v>163143</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Prévenir les risques naturels majeurs  - Fonds de Prévention des Risques Naturels Majeurs (FPRNM)</t>
         </is>
       </c>
+      <c r="D2" s="0" t="inlineStr">
+        <is>
+          <t>Fonds Barnier</t>
+        </is>
+      </c>
       <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>DDT de l'Ardèche</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le fonds de prévention des risques naturels majeurs (FPRNM), dit fonds Barnier, permet de soutenir des mesures de prévention et de protection des personnes et des biens exposés aux risques naturels majeurs.&lt;/p&gt;&lt;p&gt;Ce fonds peut être mobilisé par les collectivités territoriales, les petites entreprises, les particuliers et les services de l&amp;#039;État afin de garantir la préservation des vies humaines et de mettre en place des démarches de prévention des dommages selon le cadre fixé par la loi.&lt;/p&gt;&lt;p&gt;Face à des catastrophes toujours plus fréquentes et intenses, le fonds Barnier est aujourd&amp;#039;hui un levier indispensable pour l&amp;#039;adaptation des territoires au changement climatique.&lt;/p&gt;&lt;p&gt;Dans le cadre du projet de loi de finances 2021, le Gouvernement proposera au Parlement de fixer les moyens du fonds à 205M€ pour la prévention des risques naturels dans le contexte du changement climatique.&lt;/p&gt;&lt;p&gt;Le fonds Barnier peut être mobilisé pour des dépenses d&amp;#039;investissement afin de réaliser des études, des travaux ou des équipements de prévention ou de protection contre les risques naturels. Il est aussi mobilisable pour les actions d&amp;#039;information préventive sur les risques majeurs qui contribuent à développer la conscience du risque.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Risques naturels</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Les communes d&amp;#039;Ardèche couvertes par un PPRN ou
+    un PEP/PAPI, et leurs groupements.&lt;/p&gt;&lt;p&gt;Pour plus d&amp;#039;information, voir le guide FPRNM sur le site du ministère
+    : &lt;a href="https://www.ecologie.gouv.fr/politiques-publiques/financement-prevention-risques-naturels-hydrauliques"&gt;https://www.ecologie.gouv.fr/politiques-publiques/financement-prevention-risques-naturels-hydrauliques&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Ardèche</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/politiques-publiques/financement-prevention-risques-naturels-hydrauliques</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/ddt07-collectivites-demande-de-subvention-du-fonds</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p id="bureau"&gt;DDT07&lt;/p&gt;&lt;p&gt;Service Urbanisme et
+          Territoires/Service Prévention des risques &lt;br /&gt;&lt;/p&gt;
+        &lt;p&gt;
+          &lt;span id="nom-rue"&gt;2 place Simone
+            Veil - BP 613&lt;/span&gt;&lt;span id="code-postal"&gt; -
+            07006 Privas Cedex&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:ddt-sut-pr&amp;#64;ardeche.gouv.fr"&gt;ddt-sut-pr&amp;#64;ardeche.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>alice.perret@ardeche.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/demander-une-subvention-sur-le-fonds-de-prevention-des-risques-naturels-majeurs-fprnm-ou-fonds-barnier/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Gestion des inondations</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>DDT07</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>31/07/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
+        <v>496</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Prévenir les risques naturels majeurs - Fonds de Prévention des Risques Naturels Majeurs (FPRNM)</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Ministères de l'Aménagement du territoire et de la Transition écologique
 Direction Générale de la Prévention des Risques (DGPR)</t>
         </is>
       </c>
-      <c r="F2" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G2" s="0" t="inlineStr">
+      <c r="F3" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Territoires et de la Mer (Guyane)</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
-Collectivité d’outre-mer à statut particulier</t>
-[...2 lines deleted...]
-      <c r="H2" s="0" t="inlineStr">
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I2" s="0" t="inlineStr">
-[...14 lines deleted...]
-      <c r="L2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Le fonds de prévention des risques naturels majeurs (FPRNM), dit fonds Barnier, permet de soutenir des mesures de prévention et de protection des personnes et des biens exposés aux risques naturels majeurs.
-[...14 lines deleted...]
- Le fonds Barnier peut être mobilisé pour des dépenses d&amp;#039;investissement afin de réaliser des études, des travaux ou des équipements de prévention ou de protection contre les risques naturels. Il est aussi mobilisable pour les actions d&amp;#039;information préventive sur les risques majeurs qui contribuent à développer la conscience du risque.
+ Le risque naturel majeur est la conséquence d&amp;#039;un aléa d&amp;#039;origine naturelle dont les effets peuvent mettre en jeu un grand nombre de personnes, occasionnent des dommages importants et dépassent les capacités de réaction des instances directement concernées. Le Fonds de Prévention des Risques Naturels Majeurs (FPRNM), dit « fonds Barnier », créé par la loi n°95-101 du 2 février 1995 relative au renforcement de la protection de l&amp;#039;environnement avait pour objectif initial de financer les indemnités d&amp;#039;expropriation de biens exposés à un risque naturel majeur, ainsi que les dépenses liées à la limitation d&amp;#039;accès et à la démolition éventuelle de ces biens, afin d&amp;#039;en empêcher toute occupation future. Progressivement, l&amp;#039;utilisation des ressources du FPRNM a été élargie à d&amp;#039;autres catégories de dépenses dans le but de prévenir des risques naturels majeurs.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FPRNM permet actuellement le financement de mesures (catégories de dépenses) permanentes inscrites dans le code de l&amp;#039;environnement (
+ &lt;a href="https://www.legifrance.gouv.fr/affichCodeArticle.do?idArticle&amp;#61;LEGIARTI000028538272&amp;amp;cidTexte&amp;#61;LEGITEXT000006074220&amp;amp;dateTexte&amp;#61;20160603&amp;amp;oldAction&amp;#61;rechCodeArticle&amp;amp;fastReqId&amp;#61;1760183903&amp;amp;nbResultRech&amp;#61;1"&gt;
+  article L.561-3
+ &lt;/a&gt;
+ ) et de mesures temporaires qui sont inscrites dans les lois de finances (
+ &lt;a href="https://www.legifrance.gouv.fr/affichTexte.do?cidTexte&amp;#61;JORFTEXT000000612133&amp;amp;fastPos&amp;#61;2&amp;amp;fastReqId&amp;#61;1977516449&amp;amp;categorieLien&amp;#61;cid&amp;amp;oldAction&amp;#61;rechTexte"&gt;
+  article 128 de la loi 2003-1311
+ &lt;/a&gt;
+ et
+ &lt;a href="https://www.legifrance.gouv.fr/affichTexte.do?cidTexte&amp;#61;JORFTEXT000000634802&amp;amp;fastPos&amp;#61;1&amp;amp;fastReqId&amp;#61;295249300&amp;amp;categorieLien&amp;#61;cid&amp;amp;oldAction&amp;#61;rechTexte"&gt;
+  article 136 de la loi 2005-1719
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ Les trois grands types de mesures finançables par le FPRNM sont  :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les mesures d&amp;#039;acquisition de biens (expropriation ou acquisition amiable) pour les biens exposés à un risque naturel ou sinistrés à plus de 50 % suite à une catastrophe naturelle et les dépenses connexes : limitation de l&amp;#039;accès ou démolition des biens, évacuation temporaire, relogement des personnes exposées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les mesures de réduction de la vulnérabilité face au risque : aide au financement d&amp;#039;études pour la réduction de la vulnérabilité, de travaux sur des équipements de prévention ou de protection contre les risques naturels, d&amp;#039;opérations de reconnaissance et de comblements de cavités souterraines ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses afférentes à l&amp;#039;élaboration des plans de prévention des risques naturels (PPRN) et à l&amp;#039;information préventive sur les risques majeurs : dossier départemental sur les risques naturels (DDRM), transmission aux maires d&amp;#039;informations nécessaires à l&amp;#039;élaboration des documents d&amp;#039;information communale sur les risques naturels (DICRIM), information acquéreur locataire pour les biens immobiliers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les bénéficiaires sont, selon les mesures, les collectivités territoriales et leurs groupements, l&amp;#039;État et dans certains cas les particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Qui peut bénéficier du fonds ?
+  Le FPRNM finance les actions d&amp;#039;investissement et non de fonctionnement
  &lt;/strong&gt;
-&lt;/p&gt;
-[...22 lines deleted...]
- &amp;gt; Si la commune est couverte par un plan de prévention des risques naturels (PPRN) approuvé*, la prise en charge est de :
+ . À titre d&amp;#039;exemples, les aides attribuées dans le cadre de l&amp;#039;élaboration d&amp;#039;un programme d&amp;#039;actions de prévention des inondations (PAPI) pourront servir à financer les études et travaux mais pas les coûts liés à l&amp;#039;animation de ce PAPI comme la rémunération des chargés de mission ; ou encore les subventions attribuées pour le financement d&amp;#039;un équipement de protection ne peuvent être utilisées que pour l&amp;#039;acquisition dudit équipement et non pour son renouvellement ou sa remise en état.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour chaque grand type de mesures susmentionné, les risques concernés sont les suivants  :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  50 % pour les études ;
-[...58 lines deleted...]
-      <c r="M2" s="0" t="inlineStr">
+  pour les mesures d&amp;#039;acquisition de biens : risque naturel prévisible de mouvement de terrain, d&amp;#039;affaissement de terrain dû à une cavité souterraine ou à une marnière, d&amp;#039;avalanche, de crues torrentielles ou à montée rapide ou de submersion marine ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les mesures de réduction de la vulnérabilité face au risque et les dépenses afférentes à l&amp;#039;élaboration des plans de prévention des risques naturels (PPRN) : risque de mouvement de terrain, d&amp;#039;affaissement de terrain dû à une cavité souterraine ou à une marnière (bien que ces cavités ne soit pas naturelles), d&amp;#039;avalanche, d&amp;#039;inondation, d&amp;#039;incendie de forêt, de séisme, d&amp;#039;éruption volcanique, de tempête et de cyclone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les dépenses afférentes à l&amp;#039;information préventive : tous les risques majeurs, y compris les risques technologiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le risque d&amp;#039;érosion est exclu du champ d&amp;#039;indemnisation par le FPRNM. Il est, en effet, considéré comme un risque prévisible sur du long terme et n&amp;#039;entre donc pas dans la définition d&amp;#039;un « risque majeur ».
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  LA MOBILISATION DU FONDS PAR DES COLLECTIVITÉS TERRITORIALES
-  &lt;br /&gt;
+  MESURES SUSCEPTIBLES D&amp;#039;ÊTRE FINANCEES PAR LE FONDS :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
+ 1. pour l&amp;#039;État, les communes et leur groupement :
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;expropriation de biens exposés à un risque naturel majeur (100 %)  ;
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;acquisition amiable de biens exposés à un risque naturel majeur (100 %)  ;
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;acquisition amiable de biens sinistrés par une catastrophe naturelle (100 %) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - les études, travaux, ouvrages et équipements de préventions des collectivités locales pour les communes 
+        concernées par les études et travaux couvertes par un PPRN (40 à 50 %) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2. pour les propriétaires de biens concernés :
+&lt;/p&gt;
+&lt;p&gt;
+ - les études et travaux imposés par un PPRN des biens à usage d&amp;#039;habitation ou utilisé dans le cadre  
+       d&amp;#039;activités professionnelles (moins de 20 salariés) couvert par un contrat d&amp;#039;assurance incluant la garantie 
+       catastrophe naturelle (20 à 40% maximum) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3. pour les collectivités publiques compétentes ou les entreprises d&amp;#039;assurance :
+&lt;/p&gt;
+&lt;p&gt;
+ - les campagnes d&amp;#039;information sur la garantie catastrophe naturelle des biens couverts par la garantie
+       (100 %).
+&lt;/p&gt;
+&lt;p&gt;
  &lt;strong&gt;
-  1) Accompagner les démarches globales de prévention des risques naturels
+  CONDITIONS MINIMALES D&amp;#039;ÉLIGIBILITÉ :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Le fonds Barnier peut être mobilisé pour des dépenses d&amp;#039;investissement afin de réaliser des études, des travaux ou des équipements de prévention ou de protection contre les risques naturels. Il est aussi mobilisable pour les actions d&amp;#039;information préventive sur les risques majeurs qui contribuent à développer la conscience du risque.
-[...114 lines deleted...]
-      <c r="S2" s="0" t="inlineStr">
+ Pour les opérations de reconnaissance ainsi que les études et travaux de réduction de la vulnérabilité imposés par un PPRN, les biens concernés doivent être obligatoirement assurés et couverts par un contrat d&amp;#039;assurance incluant la garantie « catastrophes naturelles » et être exposés à un danger avéré.
+Les opérations (hormis celles imposées par un PPRN) doivent faire l&amp;#039;objet d&amp;#039;une analyse coût/avantage qui en démontre la pertinence et compare tous les moyens envisageables.
+Par ailleurs, le respect de la logique de prévention justifie d&amp;#039;exclure les actions ne relevant pas de la prévention contre un risque majeur et notamment les travaux de réparation, d&amp;#039;entretien courant et de surveillance relevant des obligations légales des propriétaires ou gestionnaires (protection des infrastructures, entretien des ouvrages en général, travaux d&amp;#039;assainissement pluvial, lutte contre le ruissellement urbain, surveillance de
+falaises, etc).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X2" s="0" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Guyane</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>http://www.guyane.developpement-durable.gouv.fr/le-fonds-de-prevention-des-risques-naturels-a1604.html</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &amp;gt; Les directions départementales des territoires - et de la mer (DDT-M) sont vos interlocuteurs privilégiés pour toute demande de subvention.
-[...2 lines deleted...]
- &amp;gt; La note technique du 11 février 2019 relative au fonds de prévention des risques naturels majeurs intègre un guide qui précise les modalités de gestion et les conditions d&amp;#039;éligibilité aux différentes mesures du fonds.
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour la Guyane :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ DEAL de Guyane
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ern.remd.deal-guyane&amp;#64;developpement-durable.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 94 29 51 49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>nicaise.rene@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d271-fprnm-fonds-de-prevention-des-risques-naturel/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des inondations
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>24/01/2019</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
         <v>139434</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Gérer les risques naturels et technologiques</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="L3" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région des Hauts-de-France est exposée à de multiples risques naturels : inondation, mouvements de terrains, présence de cavités ou risques propres au littoral. De plus, le passé industriel des Hauts-de-France a légué un certain nombre de sites présentant des risques technologiques (périmètres SEVESO) et miniers. L&amp;#039;Etablissement Public Foncier Hauts de France est donc amené à intervenir pour maîtriser les fonciers exposés à ces risques, déconstruire les biens les plus exposés et renaturer les emprises acquises. L&amp;#039;établissement accompagne également les collectivités dans la mobilisation des dispositifs financiers dédiés.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les sites classés à risque sur sollicitation des collectivités, de la Direction Régionale de Environnement, de l&amp;#039;Aménagement et du Logement (DREAL) et des entreprises concernées par les risques technologiques.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Acquisition
  &lt;/li&gt;
@@ -655,176 +749,206 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant de l&amp;#039;aide :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Ingénierie prise en charge à 100%
  &lt;/li&gt;
  &lt;li&gt;
   Jusqu&amp;#039;à 80% du coût des études
  &lt;/li&gt;
  &lt;li&gt;
   Jusqu&amp;#039;à 80% du coût de l&amp;#039;opération travaux
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Foncier du Plan de Prévention des Risques Technologiques des sites EPV et Antargaz, Thiant (Nord)
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  L&amp;#039;EPF intervient dans le cadre de la mise en œuvre des mesures foncières du Plan de Prévention des Risques Technologiques du parc d&amp;#039;activités Haulchin-Thiant. Il a acquis et démoli les habitations et bâtiments situés à proximité de deux sites classés SEVESO (stockage et distribution de butane et propane et entrepôt pétrolier).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Thivencelle, berges de l&amp;#039;Hogneau (Nord)
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;EPF poursuit son intervention à Thivencelle sur les berges de l&amp;#039;Hogneau, afin de démolir cinq habitations situées en PPRI risquant de s&amp;#039;effondrer. La déconstruction de ces habitations permettra de redéfinir le plan d&amp;#039;aménagement de la digue gauche de la rivière.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bords de falaise, Wimereux (Pas-de-Calais)
  &lt;/strong&gt;
  &lt;br /&gt;
  La Côte d&amp;#039;Opale est soumise à l&amp;#039;érosion progressive de ses falaises qui menace les villas qui y sont implantées. En réponse, la préfecture du Pas-de-Calais a instauré en octobre 2007 un Plan de Prévention des Risques Littoraux (PPRL) qui concerne notamment la commune de Wimereux. Ne disposant pas de l&amp;#039;ingénierie technique et financière nécessaire pour mettre en œuvre les dispositions du PPRL, la commune de Wimereux a sollicité l&amp;#039;intervention de l&amp;#039;EPF en 2009 pour acquérir cinq maisons, procéder à leur déconstruction et restaurer les habitats naturels présents en bord de falaise. Acteur de la préservation du capital environnemental régional, l&amp;#039;EPF a pris en compte lors de la phase de chantier les espèces protégées et patrimoniales (crambe, armérie, lavatère arbustif) et a permis la restauration des pelouses aérohalines. Une partie des acquisitions et travaux a été prise en charge par les fonds Barnier et le foncier a été restitué à la collectivité sous forme d&amp;#039;espace de nature.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Risques naturels</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Nord, Pas-de-Calais et Somme</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://epf-hdf.fr/</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
   https://epf-hdf.fr/lepf-pratique/contact
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>n.condomines@epf-hdf.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0dd8-gerer-les-risques-naturels-et-technologiques/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
         <v>143384</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Prévenir et gérer les risques naturels terrestres</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L4" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le changement climatique amplifie l&amp;#039;intensité et la fréquence des phénomènes naturels, engendrant des problématiques majeures de sécurité et une augmentation du coût des dommages induits.
  &lt;br /&gt;
  &lt;br /&gt;
  Les gestionnaires territoriaux sont appelés à réduire la vulnérabilité de leur patrimoine, anticiper et mettre en oeuvre des stratégies d&amp;#039;aménagement locales pour s&amp;#039;adapter aux risques naturels géotechniques. Fort de son expertise en matière de risques naturels, infrastructures de transports et résilience territoriale, le Cerema vous accompagne pour diagnostiquer, définir et mettre en oeuvre des solutions de gestion des risques dans la durée.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous avez besoin d&amp;#039;un appui technique pour définir des solutions en vue d&amp;#039;un retour à la normale ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez connaitre la vulnérabilité de votre patrimoine ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous vous interrogez sur le coût et la priorisation des travaux de protection à engager ? L&amp;#039;organisation à mettre en place ? L&amp;#039;inspection des ouvrages de protection ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous voulez lancer une démarche de préparation à la gestion de crise ?
@@ -927,915 +1051,764 @@
   Prestations de recherche appliquée.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
  2. Élaborer votre stratégie de gestion des risques
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Évaluation des enjeux (humains et patrimoniaux) et de leur vulnérabilité
  &lt;/li&gt;
  &lt;li&gt;
   Synthèse de l&amp;#039;état des lieux, identifications d&amp;#039;axes prioritaires et recommandations
  &lt;/li&gt;
  &lt;li&gt;
   Montée en compétences de vos équipes pour construire la stratégie
  &lt;/li&gt;
  &lt;li&gt;
   Co-construction du plan d&amp;#039;actions.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Département de l&amp;#039;Isère : Expérimentation d&amp;#039;un suivi de l&amp;#039;évolution des hautes falaises de Fontaines-Bénites à Saint-Christophe-en-Oisans — 2022
  &lt;/li&gt;
  &lt;li&gt;
   Communautés de Communes Dronne et Belle : Études géotechniques pour la sécurisation du parcours troglodytique de l&amp;#039;Abbaye de Brantôme (2018-2022)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Appui méthodologique
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/prevenir-gerer-risques-naturels-terrestres</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b64a-prevenir-et-gerer-les-risques-naturels-terres/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>15/06/2023</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
         <v>162751</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Accompagner la résilience du territoire régional face aux risques naturels majeurs</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Accompagner la résilience du territoire régional face aux risques naturels majeurs</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L5" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il s&amp;#039;agit d&amp;#039;accompagner les territoires à vivre avec les risques naturels à travers notamment une meilleure connaissance des aléas et des enjeux mais également une approche renouvelée de l&amp;#039;aménagement du territoire, le développement d&amp;#039;une conscience du risque et une meilleure surveillance et prévision.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Collectivités et leurs groupements&lt;/li&gt; 	&lt;li&gt;Etablissements publics&lt;/li&gt; 	&lt;li&gt;Chambres consulaires&lt;/li&gt; 	&lt;li&gt; Associations&lt;/li&gt; 	&lt;li&gt; Gestionnaires de milieux aquatiques.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d’actions soutenues&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;  Développer et partager la connaissance&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Amélioration et développement de la connaissance sur les aléas, sur les enjeux (populations, habitats, activités économiques, réseaux, enjeux environnementaux) et de la vulnérabilité des territoires ; Elaboration de stratégie de résilience du territoire.&lt;/li&gt; 	&lt;li&gt;Amélioration et développement de la connaissance sur l’incidence du changement climatique sur les aléas et la vulnérabilité des territoires par des études prospectives.&lt;/li&gt; 	&lt;li&gt;Actions de valorisation, capitalisation et diffusion de la connaissance.&lt;/li&gt; 	&lt;li&gt; Diagnostic de réduction de la vulnérabilité individuelle des biens et des personnes.&lt;/li&gt; 	&lt;li&gt; Caractérisation des risques à l’échelle d’un document d’urbanisme (plui ou scot), sous réserve que les territoires concernés ne disposent pas d’études réalisées dans le cadre de l’élaboration des plans de prévention des risques.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;    &lt;strong&gt;Apprendre à vivre avec le risque&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Actions d’information et de sensibilisation permettant une meilleure appropriation des risques naturels et le développement d’une culture du risque et de la résilience par les différents acteurs du territoire régional. Ceci doit permettre de favoriser les bons comportements pour prévenir le risque et de développer les bons réflexes en cas de crise pour limiter ses conséquences.&lt;/li&gt; 	&lt;li&gt;Actions permettant l’intégration des enjeux liés aux risques naturels dans les politiques d’aménagement du territoire et la montée en compétence de l’ensemble des acteurs de l’urbanisme sur ce sujet.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;    &lt;strong&gt;Outils de surveillance, de prévision, d’alerte et gestion de crise&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes préalables (définition d’objectifs, enjeux, localisation) et mise en place d’équipements permettant de développer et d’améliorer, la surveillance, la prévision et/ou l’avertissement sous réserve que l’opération soit portée à minima à l’échelle d’un bassin de risque.&lt;/li&gt; 	&lt;li&gt; Actions visant à l’appropriation des outils de surveillance, de prévision et d’alerte par les acteurs locaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Dépenses non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La réalisation des schémas directeurs de gestion des eaux pluviales et zonages pluviaux hormis les études globales à l’échelle bassin versant sur les ruissellements intenses urbains dont le financement sera étudié au cas par cas.&lt;/li&gt; 	&lt;li&gt; Les actions d’éducation à l’environnement.&lt;/li&gt; 	&lt;li&gt; L’élaboration des Documents d’Information Communaux sur les Risques Majeurs (dicrim) pour les communes disposant d’un plan de prévention des risques naturels (pprn) exceptées les actions inscrites dans un Programme d’Actions de Prévention des Inondations (papi) voté par la Région.&lt;/li&gt; 	&lt;li&gt; L’achat et la pose des panneaux de signalétique des repères de crues.&lt;/li&gt; 	&lt;li&gt;La mise en place des réseaux citoyens ou réserve communale de sauvegarde ;&lt;/li&gt; 	&lt;li&gt; La réalisation des Plans Communaux de Sauvegarde ;&lt;/li&gt; 	&lt;li&gt;La réalisation des exercices de gestion de crise ;&lt;/li&gt; 	&lt;li&gt; L’entretien des systèmes de prévision, de surveillance et d’alerte.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Conditions de réalisation :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les actions réalisées en régie ne sont pas éligibles sauf pour les bénéficiaires autres que les collectivités territoriales et leurs groupements.&lt;/li&gt; 	&lt;li&gt; Les opérations doivent être portées à minima à l’échelle d’un bassin versant ou d’un bassin de risque.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Se référer plus précisément au cadre d&amp;#039;intervention&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P5" s="1" t="inlineStr">
+      <c r="P6" s="1" t="inlineStr">
         <is>
           <t>23/05/2024</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Types d’actions soutenues&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;  Développer et partager la connaissance&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Amélioration et développement de la connaissance sur les aléas, sur les enjeux (populations, habitats, activités économiques, réseaux, enjeux environnementaux) et de la vulnérabilité des territoires ; Elaboration de stratégie de résilience du territoire.&lt;/li&gt; 	&lt;li&gt;Amélioration et développement de la connaissance sur l’incidence du changement climatique sur les aléas et la vulnérabilité des territoires par des études prospectives.&lt;/li&gt; 	&lt;li&gt;Actions de valorisation, capitalisation et diffusion de la connaissance.&lt;/li&gt; 	&lt;li&gt; Diagnostic de réduction de la vulnérabilité individuelle des biens et des personnes.&lt;/li&gt; 	&lt;li&gt; Caractérisation des risques à l’échelle d’un document d’urbanisme (plui ou scot), sous réserve que les territoires concernés ne disposent pas d’études réalisées dans le cadre de l’élaboration des plans de prévention des risques.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;    &lt;strong&gt;Apprendre à vivre avec le risque&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Actions d’information et de sensibilisation permettant une meilleure appropriation des risques naturels et le développement d’une culture du risque et de la résilience par les différents acteurs du territoire régional. Ceci doit permettre de favoriser les bons comportements pour prévenir le risque et de développer les bons réflexes en cas de crise pour limiter ses conséquences.&lt;/li&gt; 	&lt;li&gt;Actions permettant l’intégration des enjeux liés aux risques naturels dans les politiques d’aménagement du territoire et la montée en compétence de l’ensemble des acteurs de l’urbanisme sur ce sujet.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;    &lt;strong&gt;Outils de surveillance, de prévision, d’alerte et gestion de crise&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Etudes préalables (définition d’objectifs, enjeux, localisation) et mise en place d’équipements permettant de développer et d’améliorer, la surveillance, la prévision et/ou l’avertissement sous réserve que l’opération soit portée à minima à l’échelle d’un bassin de risque.&lt;/li&gt; 	&lt;li&gt; Actions visant à l’appropriation des outils de surveillance, de prévision et d’alerte par les acteurs locaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Dépenses non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;La réalisation des schémas directeurs de gestion des eaux pluviales et zonages pluviaux hormis les études globales à l’échelle bassin versant sur les ruissellements intenses urbains dont le financement sera étudié au cas par cas.&lt;/li&gt; 	&lt;li&gt; Les actions d’éducation à l’environnement.&lt;/li&gt; 	&lt;li&gt; L’élaboration des Documents d’Information Communaux sur les Risques Majeurs (dicrim) pour les communes disposant d’un plan de prévention des risques naturels (pprn) exceptées les actions inscrites dans un Programme d’Actions de Prévention des Inondations (papi) voté par la Région.&lt;/li&gt; 	&lt;li&gt; L’achat et la pose des panneaux de signalétique des repères de crues.&lt;/li&gt; 	&lt;li&gt;La mise en place des réseaux citoyens ou réserve communale de sauvegarde ;&lt;/li&gt; 	&lt;li&gt; La réalisation des Plans Communaux de Sauvegarde ;&lt;/li&gt; 	&lt;li&gt;La réalisation des exercices de gestion de crise ;&lt;/li&gt; 	&lt;li&gt; L’entretien des systèmes de prévision, de surveillance et d’alerte.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;span&gt;Conditions de réalisation :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Les actions réalisées en régie ne sont pas éligibles sauf pour les bénéficiaires autres que les collectivités territoriales et leurs groupements.&lt;/li&gt; 	&lt;li&gt; Les opérations doivent être portées à minima à l’échelle d’un bassin versant ou d’un bassin de risque.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Se référer plus précisément au cadre d&amp;#039;intervention&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/accompagner-la-resilience-du-territoire-regional-face-aux-risques-naturels-majeurs</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-la-resilience-du-territoire-regional-face-aux-risques-naturels-majeurs/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
         <v>162752</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Développer la résilience des territoires et des populations face aux risques naturels en montagne</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Développer la résilience des territoires et des populations face aux risques naturels en montagne</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il s’agit de soutenir :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;le développement et la poursuite des démarches engagées en matière de gestion intégrée des risques naturels à partir d’approches territoriales multirisques,&lt;/li&gt; 	&lt;li&gt; les projets interrégionaux d’animation, de sensibilisation et de mise en réseau pour une meilleurs gestion des risques naturels.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Il s&amp;#039;agit de favoriser les actions coordonnées et collectives de gestion intégrée des risques naturels en optimisant la gouvernance selon des territoires cohérents.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les Etablissements Publics de Coopération Intercommunale&lt;/li&gt; 	&lt;li&gt;Les syndicats mixtes&lt;/li&gt; 	&lt;li&gt; Les établissements et sociétés publics, porteurs d’une démarche de gestion intégrée des risques naturels &lt;/li&gt; 	&lt;li&gt; Les collectivités et structures publiques porteuses d’une réflexion concertée à l’échelle pertinente au vu de l’aléa visé&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dispositif &lt;span&gt;« Développer la connaissance locale et la sensibilisation sur les risques naturels »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Diagnostics locaux des aléas : calcul des intensités, estimation des fréquences, cartographie des emprises, etc.&lt;/li&gt; 	&lt;li&gt; Identification et évaluation des enjeux humains et matériels dans l’espace soumis à un aléas naturels ;&lt;/li&gt; 	&lt;li&gt;Mettre en œuvre des opérations ciblées (adaptées à la sociologie et nature des aléas du territoire) de sensibilisation et de communication auprès du grand public, des scolaires et des touristes ;&lt;/li&gt; 	&lt;li&gt; Formation des élus, des techniciens des collectivités et des acteurs socio-professionnels locaux&lt;/li&gt; 	&lt;li&gt; Etude historique des aléas / des territoires&lt;/li&gt; 	&lt;li&gt;Formation à la gestion de crise&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Soutenir la gouvernance locale et les réseaux d’acteurs »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Accompagner l’élaboration concertée de stratégies globales pluriannuelles de gestion intégrée des risques naturels (plan pluriannuel d’actions)&lt;/li&gt; 	&lt;li&gt; Animation de réseaux régionaux d’acteurs impliqués dans la Gestion Intégrée des Risques Naturels en montagne : formations, conférences, retours d’expériences, etc.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Réduire la vulnérabilité des territoires »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etude préalable à la réalisation d’ouvrages de protection, diagnostics d’ouvrages de protection&lt;/li&gt; 	&lt;li&gt; Réalisation d’ouvrages de protection / prévention des aléas avec priorité données aux techniques basées sur la nature&lt;/li&gt; 	&lt;li&gt; Accompagner le déploiement des systèmes de suivi des aléas et d’alerte à la population et/ou aux autorités locales de gestion de crise (stations hydrométriques, pluviographes, stations GPS, outils de modélisation, systèmes de communication, etc.)&lt;/li&gt; 	&lt;li&gt; Prise en compte des risques naturels dans les documents d’urbanismes&lt;/li&gt; 	&lt;li&gt; Actualisation des DICRIM (Document d&amp;#039;information communal sur les risques majeurs) dans le cadre des connaissances acquises via la GIRN&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Actions non éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les actions menées en dehors d’une démarche territoriale intégrée.&lt;/li&gt; 	&lt;li&gt; Les approches monorisques sont exclues du financement européen.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Types de dépenses non éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les dépenses participant à la réalisation de documents réglementaires communaux dans le domaine des risques (PPR) ;&lt;/li&gt; 	&lt;li&gt; Les amendes, pénalités financières, frais de justice et de contentieux, exonérations de charges ;&lt;/li&gt; 	&lt;li&gt; Les frais débiteurs, agios et autres frais financiers.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
+      <c r="P7" s="1" t="inlineStr">
         <is>
           <t>23/05/2024</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dispositif &lt;span&gt;« Développer la connaissance locale et la sensibilisation sur les risques naturels »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Diagnostics locaux des aléas : calcul des intensités, estimation des fréquences, cartographie des emprises, etc.&lt;/li&gt; 	&lt;li&gt; Identification et évaluation des enjeux humains et matériels dans l’espace soumis à un aléas naturels ;&lt;/li&gt; 	&lt;li&gt;Mettre en œuvre des opérations ciblées (adaptées à la sociologie et nature des aléas du territoire) de sensibilisation et de communication auprès du grand public, des scolaires et des touristes ;&lt;/li&gt; 	&lt;li&gt; Formation des élus, des techniciens des collectivités et des acteurs socio-professionnels locaux&lt;/li&gt; 	&lt;li&gt; Etude historique des aléas / des territoires&lt;/li&gt; 	&lt;li&gt;Formation à la gestion de crise&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Soutenir la gouvernance locale et les réseaux d’acteurs »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Accompagner l’élaboration concertée de stratégies globales pluriannuelles de gestion intégrée des risques naturels (plan pluriannuel d’actions)&lt;/li&gt; 	&lt;li&gt; Animation de réseaux régionaux d’acteurs impliqués dans la Gestion Intégrée des Risques Naturels en montagne : formations, conférences, retours d’expériences, etc.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Réduire la vulnérabilité des territoires »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etude préalable à la réalisation d’ouvrages de protection, diagnostics d’ouvrages de protection&lt;/li&gt; 	&lt;li&gt; Réalisation d’ouvrages de protection / prévention des aléas avec priorité données aux techniques basées sur la nature&lt;/li&gt; 	&lt;li&gt; Accompagner le déploiement des systèmes de suivi des aléas et d’alerte à la population et/ou aux autorités locales de gestion de crise (stations hydrométriques, pluviographes, stations GPS, outils de modélisation, systèmes de communication, etc.)&lt;/li&gt; 	&lt;li&gt; Prise en compte des risques naturels dans les documents d’urbanismes&lt;/li&gt; 	&lt;li&gt; Actualisation des DICRIM (Document d&amp;#039;information communal sur les risques majeurs) dans le cadre des connaissances acquises via la GIRN&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Actions non éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les actions menées en dehors d’une démarche territoriale intégrée.&lt;/li&gt; 	&lt;li&gt; Les approches monorisques sont exclues du financement européen.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Types de dépenses non éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les dépenses participant à la réalisation de documents réglementaires communaux dans le domaine des risques (PPR) ;&lt;/li&gt; 	&lt;li&gt; Les amendes, pénalités financières, frais de justice et de contentieux, exonérations de charges ;&lt;/li&gt; 	&lt;li&gt; Les frais débiteurs, agios et autres frais financiers.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/developper-la-resilience-des-territoires-et-des-populations-face-aux-risques-naturels-en-montagne</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-resilience-des-territoires-et-des-populations-face-aux-risques-naturels-en-montagne/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-      <c r="A7" s="1">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
         <v>140800</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Prévenir les risques naturels en montagne : avalanches, mouvements de terrains, chutes de blocs, crues torrentielles…</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Office national des forêts (ONF)</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L7" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Expertise technique : observation et amélioration des connaissances ; étude pour des travaux de protection ; appui à la gestion de crise
  &lt;/li&gt;
  &lt;li&gt;
   Conseil amont : mise à disposition de données (dont base évènements) ; aide à la programmation de travaux ; appui en matière d&amp;#039;organisation vis-à-vis des risques
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie administrative : conseils pour la gestion des procédures en lien avec les travaux ; appui à la rédaction de cahier des charges
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie de projet : assistance à maîtrise d&amp;#039;ouvrage ou maîtrise d&amp;#039;œuvre pour des travaux de protection
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Assistance à la gestion et à l&amp;#039;exploitation des ouvrages de protection
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M8" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Protection contre les crues : maîtrise d&amp;#039;œuvre des travaux de confortement des digues sur le torrent de Gaudissart (Barcelonnette &amp;amp; Uvernet-Fours). Étude de dangers de système d&amp;#039;endiguement de l&amp;#039;Ubaye ou de torrents (Jausiers, Colmars les Alpes)
  &lt;/li&gt;
  &lt;li&gt;
   Maîtrise des glissements de terrain : suivi de glissements de terrain et instrumentations (Digne, Barcelonnette, Jausiers)
  &lt;/li&gt;
  &lt;li&gt;
   Gestion du risque d&amp;#039;avalanche : projet de filets paravalanches – RD1091, col de Vars
  &lt;/li&gt;
  &lt;li&gt;
   Protection contre les chutes de blocs : maîtrise d&amp;#039;œuvre des travaux de pose de filets pare-blocs (Le Caire) ou de purge (les Mées) ou de travaux en paroi (Thorame-Haute). Étude de l&amp;#039;aléa et dimensionnement de protection (Peyruis)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Montagne
 Risques naturels</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  2 types d&amp;#039;intervention :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   missions d&amp;#039;intérêt général financées par le MTE : appui technique de premier niveau en matière de prévention et de gestion intégrée des risques naturels (gratuit – appui à la demande du Préfet)
  &lt;/li&gt;
  &lt;li&gt;
   prestations complémentaires facturées au coût réel (prestations dans le domaine concurrentiel)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.onf.fr/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : ONF-RTM, 7 rue Monseigneur Meirieu, 04 000 Digne-les-Bains
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 04 92 32 62 00
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:rtm.digne&amp;#64;onf.fr" target="_self"&gt;
   rtm.digne&amp;#64;onf.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/98d9-service-rtm-prevention-des-risques-naturels-e/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>90754</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’exploitation par câble des forêts de montagne des Pyrénées-Atlantiques présentant de fortes contraintes d’exploitation et des risques naturels</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Exploitation par câble</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Particulier</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient l&amp;#039;exploitation par câble des forêts de montagne des Pyrénées-Atlantiques présentant de fortes contraintes d&amp;#039;exploitation et un rôle avéré de protection contre les aléas naturels.
 &lt;/p&gt;
 &lt;strong&gt;
  Objectifs
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   propriétaires forestiers privés, leurs groupements
  &lt;/li&gt;
  &lt;li&gt;
   les collectivités territoriales et leurs groupements.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Risques naturels</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est modulée en fonction d&amp;#039;un certain nombre de critères techniques propres au chantier : longueur de ligne (câble court ou long), destination des produits extraits (Bois d&amp;#039;œuvre (BO), Bois d&amp;#039;industrie (BI), affouage ou bois énergie), contrainte éventuelle de reprise de bois au camion pour les amener à bord de grumiers.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant
  &lt;/strong&gt;
  :
  &lt;/p&gt;&lt;p&gt;
   L&amp;#039;aide au débardage par câble est calculée sur la base d&amp;#039;un surcoût d&amp;#039;exploitation.
  &lt;/p&gt;
  &lt;p&gt;
   Le taux maximum de subvention des 3 financeurs (Etat, Région Aquitaine et département des Pyrénées-Atlantiques) est de 80% de l&amp;#039;estimation HT des travaux éligibles.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Pyrénées-Atlantiques</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/exploitation-par-cable</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service forêt bois papier :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bernard LAZARINI :
    05.57.57.82.70
  &lt;/li&gt;
  &lt;li&gt;
   Pascale PAREL :
    05.57.57.80.53
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5c08-exploitation-par-cable/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Région Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2021</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...265 lines deleted...]
-    <row r="10" spans="1:27" customHeight="0">
+    <row r="10" spans="1:34" customHeight="0">
       <c r="A10" s="1">
         <v>143316</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Construire la résilience de son territoire : préparation à la crise et accompagnement post-crise</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Département</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
@@ -2018,80 +1991,111 @@
           <t>https://www.cerema.fr/fr/activites/services/resilience-territoriale-preparation-crise-accompagnement</t>
         </is>
       </c>
       <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
       <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f6a-construire-la-resilience-de-son-territoire-pr/</t>
         </is>
       </c>
       <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Gestion des inondations
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
+    <row r="11" spans="1:34" customHeight="0">
       <c r="A11" s="1">
         <v>162732</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Recherche et réseaux alpins</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
-Entreprise privée</t>
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Recherche et réseaux&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les actions doivent servir la politique du Comité de Massif des Alpes ;&lt;/li&gt; 	&lt;li&gt;une convention pluriannuelle d’objectifs et de moyens pourra être établie entre la Région et le bénéficiaire.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ;&lt;/li&gt; 	&lt;li&gt;animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne,&lt;br /&gt; 	gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Type d’action non éligible :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
@@ -2136,548 +2140,459 @@
         </is>
       </c>
       <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/recherche-reseaux-alpins</t>
         </is>
       </c>
       <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
 &lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/recherche-et-reseaux-alpins/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
-          <t>published</t>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
+    <row r="12" spans="1:34" customHeight="0">
       <c r="A12" s="1">
-        <v>94496</v>
+        <v>166080</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Réduire l'impact des activités humaines sur l'environnement</t>
+          <t>Encourager la mise en capacité des territoires de projets et des filières économiques du Massif des Alpe</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Recherche et réseaux alpins</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Fondation UEM</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
-        <is>
-[...187 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
-[...70 lines deleted...]
-          <t>Cours d'eau / canaux / plans d'eau
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens. &lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Recherche et réseaux&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;p&gt;Elle a pour objectif d&amp;#039;encourager la mise en capacité des territoires de projets et des filières économiques du Massif des Alpes ; elle soutient des dynamiques précises de réseaux permettant une capitalisation et une diffusion de toutes les expériences et bonnes pratiques à l’ensemble des territoires alpins ; elle contribue à l&amp;#039;émergence de projets innovants et la production de connaissance en décloisonnant les filières.&lt;br /&gt; &lt;br /&gt; Le Schéma de Massif des Alpes met en avant l’importance de soutenir les réseaux d’acteurs structurés à l’échelle du massif des Alpes, dont les têtes de réseaux participent activement au bon fonctionnement de la gouvernance alpine.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les actions doivent servir la politique du Comité de Massif des Alpes.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Type d&amp;#039;actions éligibles&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Appuyer les réseaux scientifiques et professionnels d’observation, analyse, études et alertes&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;Production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;Promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ; animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;Mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne, gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;Actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;Des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;Des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Type d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;Les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
 Forêts
 Montagne
 Sols
-Transition énergétique
-[...2 lines deleted...]
-Recyclage et valorisation des déchets
+Espace public
 Risques naturels
 Qualité de l'air
 Biodiversité
-Mers et océans
-Réduction de l'empreinte carbone</t>
+Equipement public
+Bâtiments et construction
+International
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions doivent servir la politique du Comité de Massif des Alpes.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Type d&amp;#039;actions éligibles&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Appuyer les réseaux scientifiques et professionnels d’observation, analyse, études et alertes&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;Production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;Promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ; animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;Mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne, gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;Actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;Des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;Des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Type d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;Les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt; &lt;div&gt;&lt;p&gt;&lt;strong&gt;Vous avez déposé une demande &lt;u&gt;avant le 1er octobre 2024&lt;/u&gt; ? &lt;/strong&gt;&lt;br /&gt; &lt;a href="https://subventionsenligne.maregionsud.fr/" rel="noreferrer" target="_blank"&gt;Accédez à la plateforme de suivi de votre dossier&lt;/a&gt;&lt;/p&gt;&lt;/div&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/recherche-reseaux-alpins</t>
+        </is>
+      </c>
+      <c r="W12" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_S_FS_CIMARECH/depot/simple</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recherche-et-reseaux-alpins-1/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>94496</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Réduire l'impact des activités humaines sur l'environnement</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Fondation UEM</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Fondation UEM soutient des projets locaux et régionaux mais peut aussi accompagner des projets portant sur des problématiques plus vastes, dans un périmètre national.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle apporte son soutien à des actions concrètes dont la finalité vise à réduire l&amp;#039;impact des activités humaines sur l&amp;#039;environnement. Cet engagement se traduit par la lutte contre les pollutions et les nuisances, la prévention des risques naturels et technologiques et la préservation des équilibres naturels (faune, flore, sites et milieux naturels).
+&lt;/p&gt;
+&lt;p&gt;
+ La Fondation se donne pour priorité de contribuer à réduire le changement climatique et de préserver la biodiversité par tous les moyens possibles. Ce soutien peut être financier mais peut aussi consister à assurer une meilleure visibilité à votre projet grâce à une meilleure communication autour de celui-ci, en informant et sensibilisant le grand public sur les questions environnementales soulevées par votre initiative.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Risques naturels
+Qualité de l'air
+Biodiversité</t>
         </is>
       </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...13 lines deleted...]
- &lt;/strong&gt;
+ L&amp;#039;appel à projets est ouvert à tout organisme ou personne dans la mesure où le but poursuivi est
+ non lucratif et l&amp;#039;activité d&amp;#039;intérêt général.
+&lt;/p&gt;
+&lt;p&gt;
+ La fondation ne soutiendra qu&amp;#039;un projet par candidat à la fois. Tout examen d&amp;#039;un nouveau projet
+ sera conditionné par la concrétisation du projet précédent, ou a minima par la preuve d&amp;#039;un
+ avancement significatif du projet précédent. Un projet pourra faire l&amp;#039;objet d&amp;#039;une subvention étalée
+ dans le temps sur plusieurs années.
+&lt;/p&gt;
+&lt;p&gt;
+ Les critères d&amp;#039;éligibilité sont impératifs. Un projet ne remplissant pas ces exigences ne sera pas
+ étudié.
+ Pour être retenu, le projet du candidat doit répondre aux critères d&amp;#039;éligibilité énoncés ci-après :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Efficacité et transition énergétique (production
-[...21 lines deleted...]
-  Restauration des écosystèmes fragiles ;
+  Il doit correspondre à une action promue par la Fondation d&amp;#039;Entreprise UEM ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet ne doit pas avoir d&amp;#039;objectifs religieux, politiques ou commerciaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;exception des projets dont le budget est inférieur à 10 000 €, la Fondation
+   d&amp;#039;Entreprise UEM privilégiera les projets pluri-financés (la Fondation d&amp;#039;Entreprise UEM
+   soutiendra au maximum 50% du budget total du projet).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il ne doit pas servir à financer des dépenses courantes de fonctionnement d&amp;#039;une
+   structure, des besoins de trésorerie, des collectes de fonds (hors les coûts directs de
+   main d&amp;#039;œuvre éventuellement liés au projet).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fondation-uem.org/program/actions-diverses/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de candidature doit être obligatoirement déposé sur le site internet de la Fondation
+ d&amp;#039;Entreprise UEM.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque dossier doit comprendre les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La fiche de candidature, téléchargeable sur le site internet de la Fondation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note de présentation de votre projet et du budget associé (10 pages maximum). Cette note pourra être accompagnée d&amp;#039;annexes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La liste des autres financements obtenus ou sollicités ;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;br /&gt;
-[...5 lines deleted...]
- &lt;/strong&gt;
+ En cas d&amp;#039;avis favorable du jury de la Fondation d&amp;#039;Entreprise UEM, les documents suivants vous
+ seront demandés :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Projets (ou composantes de projet) permettant de réduire la vulnérabilité des biens, des personnes et des écosystèmes au changement climatique : projets d&amp;#039;infrastructures avec prise en compte des vulnérabilités aux risques climatiques ;
-[...17 lines deleted...]
-  Etc.
+  Les rapports d&amp;#039;activité et financier du candidat pour les 2 dernières années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les statuts de l&amp;#039;organisme le cas échéant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;extrait d&amp;#039;enregistrement au Journal Officiel ou tout document équivalent, le cas
+   échéant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;attestation d&amp;#039;assurance de responsabilité civile du candidat ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un relevé d&amp;#039;identité bancaire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
-[...63 lines deleted...]
-      </c>
       <c r="Y13" s="1" t="inlineStr">
         <is>
-          <t>belliotl@afd.fr</t>
+          <t>flavie.berdu@developpement-durable.gouv.fr</t>
         </is>
       </c>
       <c r="Z13" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/17dd-pret-secteur-public-vert-psp-vert/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d9b-actions-diverses/</t>
         </is>
       </c>
       <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>23/06/2021</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
+    <row r="14" spans="1:34" customHeight="0">
       <c r="A14" s="1">
         <v>162974</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Obtenir un appui pour faire émerger vos projets de territoires</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>DDT de l'Aube</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée
-Agriculteur</t>
+Agriculteur
+Entreprise privée</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique
-Ingénierie financière
+          <t>Ingénierie financière
+Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les
 services spécialisés de la Direction Départementale des
 Territoires de l’Aube, selon le domaine concerné, sont les
 interlocuteurs de proximité des élus qui souhaitent être
 accompagnés et soutenus dans la mise en œuvre de leurs projets
 relevant des  domaines suivants :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Urbanisme
 	et aménagement&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;p&gt;accompagnement
 	des dispositifs Petites Villes de Demain, Action Cœur de Ville,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;appui
 	à l’élaboration de schémas directeurs d’accessibilité,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;instruction
 	des actes d’urbanisme et conseil aux services instructeurs des
 	collectivités,&lt;/p&gt;
 	&lt;/li&gt;&lt;li&gt;&lt;p&gt;conseil
 	et expertise pour l’élaboration des documents de planification,&lt;/p&gt;
@@ -2835,331 +2750,249 @@
           <t>https://intra.ddt.aube.rie.gouv.fr/spip.php?page=sommaire</t>
         </is>
       </c>
       <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Direction
 Départementale des Territoires de l’Aube.&lt;/p&gt;
 &lt;p&gt;Email : &lt;a href="mailto:ddt-direction&amp;#64;aube.gouv.fr" target="_self"&gt;ddt-direction&amp;#64;aube.gouv.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>jean-michel.barrois@aube.gouv.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/obtenir-un-appui-pour-faire-emerger-vos-projets-de-territoires/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>DDT 10</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2024</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
+    <row r="15" spans="1:34" customHeight="0">
       <c r="A15" s="1">
-        <v>162335</v>
+        <v>53696</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>S’approprier les enjeux de la biodiversité dans un contexte de dérèglement climatique afin de construire le monde de demain</t>
-[...4 lines deleted...]
-          <t>Dispositif d’accompagnement de projets à destination des jeunes citoyens</t>
+          <t>Conseiller les territoires dans le cadre de projets d'aménagements - Ingénierie Territoriale de l'Etat / Nouveau conseil aux territoires (NCT)</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+          <t>DDT du Tarn</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
-        <is>
-[...105 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Ingénierie technique
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...7 lines deleted...]
-      <c r="L16" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   4 missions de conseil dans le domaine de l&amp;#039;aménagement du territoire :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aide à l&amp;#039;émergence de projet de territoire
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la mise en œuvre de politiques publiques prioritaires
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnement d&amp;#039;opération
  &lt;/li&gt;
  &lt;li&gt;
   Appui méthodologique aux collectivités confrontées à des difficultés particulières, notamment dans le domaine des risques.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans le cadre du nouveau conseil aux Territoires (NCT), la direction départementale des territoires (DDT) du Tarn a mis en place depuis quelques années une organisation qui s&amp;#039;appuie sur plusieurs agents dont certains avec un profil pluridisciplinaire de type « référent territorial » et d&amp;#039;autres avec un profil plus spécialisé pour faire face à des enjeux particuliers dans le domaine de l&amp;#039;eau (GEMAPI, eau potable et assainissement) et du développement de la production des énergies renouvelables.
 &lt;/p&gt;
 &lt;p&gt;
  Les référents territoriaux de la DDT ont un positionnement transversal et sont de ce fait un interlocuteur privilégié des EPCI-FP et des collectivités. Ils constituent une porte d&amp;#039;entrée sur les différents domaines de compétence de la DDT et interviennent notamment dans les domaines de l&amp;#039;aménagement durable, de l&amp;#039;urbanisme (planification, réglementation, assainissement, etc.), la mobilité, la qualité des constructions, l&amp;#039;habitat et le logement, la revitalisation des centres bourgs, la problématique des risques naturels, le développement des énergies renouvelables,...
 &lt;/p&gt;
 &lt;p&gt;
  La DDT apporte une vision transversale et intégrée des projets et ce dès leur émergence. Elle offre une aide aux EPCI-FP et aux villes principales souhaitant répondre aux appels à projets nationaux ou régionaux concernant l&amp;#039;aménagement durable (écoquartier, ville durable, ...) ou qui accompagnent la démarche de transition énergétique ainsi que l&amp;#039;appui aux secteurs ruraux. Des compétences spécifiques en ingénierie financière ont été développées (connaissance des sources et des modes de financement, en particulier financement de l&amp;#039;aménagement TA, PUP, PEPE, ...) permettant de contribuer utilement à l&amp;#039;émergence d&amp;#039;un projet.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Exemples d&amp;#039;intervention :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   accompagnement dans l&amp;#039;évolution de la gouvernance sur la Gemapi, Eau et Assainissement. Conseil dans le domaine réglementaire (SUP, schémas, zonages) ;
  &lt;/li&gt;
  &lt;li&gt;
   accompagnement de communes dans des démarches de revitalisation de centre bourgs/centre ville/quartier urbain ;
  &lt;/li&gt;
  &lt;li&gt;
   financement 1% paysage RN 88 : accompagnement de collectivités dans la sélection de projets éligibles ;
  &lt;/li&gt;
  &lt;li&gt;
   accompagnement administratif d&amp;#039;une collectivité pour la création d&amp;#039;une UTN locale en zone de moyenne montagne ;
  &lt;/li&gt;
  &lt;li&gt;
   participation aux suivis des AMI friches et conseil sur des projets en zone inondable ;
  &lt;/li&gt;
  &lt;li&gt;
   accompagnement des développeurs éoliens et de centrales au sol dans leurs prospections et au travers du pôle ENR du Tarn. Conseil auprès des collectivités sur leurs démarches prospectives ou d&amp;#039;urbanisme ;
  &lt;/li&gt;
  &lt;li&gt;
   conseils à des communes confrontées à des mouvements de terrain (réglementation, fonds Barnier, relogement d&amp;#039;urgence) ;
  &lt;/li&gt;
  &lt;li&gt;
   participation aux comités de suivi d&amp;#039;études de projet de pôle multimodal de deux villes ;
  &lt;/li&gt;
  &lt;li&gt;
   appui réglementaire sur la publicité dans un site à haute valeur patrimoniale et paysagère ;
  &lt;/li&gt;
  &lt;li&gt;
   etc.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Patrimoine et monuments historiques
 Espace public
 Friche
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Alimentation
 Revitalisation
 Risques naturels
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Appui méthodologique
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P16" s="1" t="inlineStr">
+      <c r="P15" s="1" t="inlineStr">
         <is>
           <t>01/01/2019</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T15" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Tarn</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>http://www.tarn.gouv.fr/les-missions-de-la-ddt-a540.html</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;blockquote&gt;
  &lt;blockquote&gt;
   &lt;br /&gt;
  &lt;/blockquote&gt;
 &lt;/blockquote&gt;
 &lt;p&gt;
  Marie BRAU, référente territoriale du Gaillacois et Vaurais
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : marie.brau&amp;#64;tarn.gouv.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone :  06 07 78 22 86
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  ------
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sophie DEBRIEU, référente territoriale de l&amp;#039;Albigeois
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -3175,96 +3008,121 @@
 &lt;p&gt;
  Pierre-Luc RIVIERE, référent territorial d&amp;#039;Autan et Cocagne
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : pierre-luc.riviere&amp;#64;tarn.gouv.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 07 89 30 04 35
 &lt;/p&gt;
 &lt;p&gt;
  ------
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Cyril CREME, chef du pôle appui territorial
 &lt;/p&gt;
 &lt;p&gt;
  E-mail : cyril.creme&amp;#64;tarn.gouv.fr
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 05 81 27 51 19
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>christophe.antoine@tarn.gouv.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4fd9-ddt-du-tarn-nouveau-conseil-au-territoire-nct/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>DDT 81</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>15/07/2020</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
         <v>143305</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Effectuer les choix stratégiques adaptés à la mise en œuvre de la Gemapi</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L17" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Votre besoin
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Une fois le diagnostic territorial établi, vous devez formaliser votre stratégie et le programme d&amp;#039;actions pluriannuel à partir desquels la Gemapi sera mise en oeuvre.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Cerema vous accompagne pour éclairer et justifier la prise de décisions stratégiques et financières.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous souhaitez analyser et traduire les enjeux liés à la Gemapi sur votre territoire ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous êtes prêts à bâtir une stratégie ou un programme d&amp;#039;actions pluriannuel pour déployer la Gemapi ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous souhaitez sécuriser le choix du scénario de mise en oeuvre (pertinence, faisabilité) ?
  &lt;/li&gt;
  &lt;li&gt;
   Vous vous interrogez sur la méthodologie de phasage des actions ?
@@ -3324,1844 +3182,158 @@
  &lt;li&gt;
   Partage et utilisation de retours d&amp;#039;expérience ;
  &lt;/li&gt;
  &lt;li&gt;
   Co-construction d&amp;#039;une stratégie adaptée à votre territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   Support au phasage des actions ;
  &lt;/li&gt;
  &lt;li&gt;
   Contribution à la rédaction de votre cahiers des charges.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &amp;gt; Évaluer les scénarios proposés sur le plan socio-économique et environnemental
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Outils d&amp;#039;aide à la décision.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M17" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Agglo Le Puy en Velay
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Réalisation d&amp;#039;un diagnostic territorial. Elaboration d&amp;#039;un plan d&amp;#039;actions permettant une prise de compétence Gemapi réussie.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    CO.BA.H.M.A. – EPTB Mauldre
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Prise en compte des zones humides dans la gestion intégrée du bassin versant (rôles, fonctions hydrauliques), des coûts de gestion et de restauration.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Risques naturels
 Milieux humides</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/effectuer-choix-strategiques-adaptes-mise-oeuvre-gemapi</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b75c-effectuer-les-choix-strategiques-adaptes-a-la/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="E18" s="1" t="inlineStr">
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
-[...1697 lines deleted...]
-          <t>published</t>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>