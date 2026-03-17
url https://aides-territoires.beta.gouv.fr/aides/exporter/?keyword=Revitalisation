--- v0 (2026-01-12)
+++ v1 (2026-03-17)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA41"/>
+  <dimension ref="A1:AH31"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,307 +225,577 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>144509</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Favoriser la revitalisation, dynamisation ou restructuration des centres-villes et centres-bourgs landais</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Dotation de revitalisation</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Commune
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
           <t>Dotation de revitalisation allouée au plan d'actions : de 250 à 350.000 euros</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...22 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Pour
+solliciter l’aide du Département dans le cadre du dispositif « revitalisation,
+dynamisation ou restructuration de son centre-ville ou centre-bourg », la
+commune, ou son EPCI, devra réaliser préalablement une étude globale de son
+centre-ville ou centre-bourg de type « Plan de référence » qui
+définira un plan d’action global et pluriannuel.&lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Typologies
+d’opérations/ de projets éligibles&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt; Au regard du plan d&amp;#039;action, après accord avec
+la commune, les projets retenus devront concerner au minimum 2 thématiques sur
+les 4 suivantes :&lt;/p&gt;
+&lt;p&gt;·        
+habitat et logement social,&lt;/p&gt;
+&lt;p&gt;·        
+commerce et services,&lt;/p&gt;
+&lt;p&gt;·        
+cadre de vie et l’environnement,
+notamment la transition énergétique et écologique et les espaces publics en
+lien avec les mobilités,&lt;/p&gt;
+&lt;p&gt;·        
+équipements à destination de la
+population.&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;Les
+projets devront être localisés aux centres-bourgs ou centres-villes et
+justifier d’effets directs de revitalisation, dynamisation ou restructuration
+des centres-bourgs ou centres-Villes. Ils doivent démontrer un effet de
+centralité par leurs incidences sur les services ou les habitants des communes
+rurales périphériques.&lt;/p&gt;
+&lt;p&gt;Les
+aides s’inscrivent dans une poli􀆟que prioritaire départementale, ce sont
+des projets structurants pouvant relever de l’intérêt départemental.  &lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Accessibilité
 Attractivité économique</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...20 lines deleted...]
-Les projets devront être localisés aux centres-bourgs ou centres-villes et justifier d&amp;#039;effets directs de revitalisation, de dynamisation ou de restructuration des centres-bourgs ou centres Villes, et/ou démontrer un effet de centralité par leurs incidences sur les services ou les habitants des communes rurales périphériques.</t>
+          <t>&lt;p&gt;Les
+centralités devront : &lt;/p&gt;
+&lt;p&gt;-       
+présenter
+un plan de référence ou une étude globale d’aménagement intégrant des
+dimensions économiques, sociales, environnementales, de services et
+d’aménagement du centre-bourg ou centre-ville, &lt;/p&gt;
+&lt;p&gt;-       
+établir
+une liste des projets envisagés pour le développement du centre-ville ou centre-bourg
+à 10 15 ans.&lt;/p&gt;
+&lt;p&gt;-       
+définir
+avec les élus départementaux et services les projets proposés à la dotation de
+revitalisation et soumettre leur demande au Président du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Bénéficiaires&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;
+&lt;p&gt;·        
+commune ayant des fonctions de centralité,
+&lt;/p&gt;
+&lt;p&gt;·        
+établissement public de coopération
+intercommunale (en accord avec la commune pour tout ou partie des projets
+retenus) &lt;/p&gt;
+&lt;p&gt;Ou
+leurs délégataires désignés dans le cadre d’une concession d’aménagement. &lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Aide du
+Département des Landes&lt;/u&gt; :&lt;/p&gt;
+&lt;p&gt;Dotation départementale maximale allouée
+au plan d’actions de revitalisation dynamisation du centre-bourg, centre-ville de
+la commune :&lt;/p&gt;
+&lt;p&gt;• ville moyenne : 350 000 €,&lt;/p&gt;
+&lt;p&gt;• moyens et petits pôles :
+300 000 €,&lt;/p&gt;
+&lt;p&gt;• pôle de proximité : 250 000
+€.&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;La
+dotation est susceptible d’être augmentée à hauteur de 20 % dans le cas d’une
+mise en œuvre effective d’un programme ambitieux de création de logements
+sociaux, à loyers modérés dans le centre-bourg. &lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;Ce
+programme devra être établi en cohérence avec le schéma départemental de
+l’Habitat et contribuer au plan « Bien vieillir dans les Landes » en
+intégrant des logements sociaux et/ ou en favorisant le maintien des personnes
+âgées à leur domicile.&lt;/p&gt;
+&lt;p&gt;L’aide aux projets retenus ne pourra dépasser
+40 % des dépenses éligibles. &lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;
+&lt;p&gt;Une
+centralité ne pourra être bénéficiaire de l’aide de revitalisation, restructuration
+ou dynamisation de son centre-ville ou centre-bourg qu’une seule fois sur la
+période 2019-2027. &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
-          <t>https://www.landes.fr/partage-documentaire</t>
+          <t>https://www.landes.fr/toutes-nos-aides/revitalisation-dynamisation-et-restructuration-des-centres-bourgs-et-centres-villes</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
- Secrétariat : 05 58 05 40 22
-&lt;/p&gt;
+ Secrétariat : 05 58 05 40 40&lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/86c0-favoriser-la-revitalisation-dynamisation-ou-r/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
-        <v>92355</v>
+        <v>117561</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Accompagner la revitalisation des centres anciens</t>
+          <t>Financer la revitalisation des centres-villes</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville</t>
         </is>
       </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose plusieurs financements et plans d&amp;#039;action pour contribuer à la revitalisation des centres-villes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le prêt Action Cœur de Ville visant à revitaliser les centres-villes de demain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le prêt de renouvellement urbain pour les Petites villes de demain pour améliorer les conditions de vie des habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des solutions d&amp;#039;ingénierie et de financements spécifiques.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_revitalisation_dnat</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4a6f-financer-la-revitalisation-des-centres-villes/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>06/05/2022</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>92355</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la revitalisation des centres anciens</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
           <t>Établissement public foncier d'Occitanie (EPF)</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="L3" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Établissement public foncier d&amp;#039;Occitanie intervient dans le cadre de projets d&amp;#039;intérêt public pour assurer une action foncière sur mesure, sans prétendre à aucune rémunération pour son action. Il peut :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   appuyer la collectivité locale dans la conception et l&amp;#039;étude de faisabilité (technique, économique et juridique) de son projet ;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   acquérir à la demande et pour le compte de la collectivité locale, les biens nécessaires à la réalisation future du projet, puis les porter jusqu&amp;#039;au démarrage du projet avant de les céder à la collectivité ou directement à l&amp;#039;opérateur chargé de sa mise en œuvre.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;Établissement public foncier d&amp;#039;Occitanie accompagne les collectivités dans la reconquête du centre des villes en les aidant à bâtir une stratégie globale destinée à agir sur les usages diversifiés.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;établissement intervient auprès des collectivités sur des projets d&amp;#039;aménagement sans critère de taille, dans le cadre de programmes variés (habitat, activités économiques, protection d&amp;#039;espaces naturels), avec des temporalités de portage adaptées (court, moyen, long terme), dans des situations urbaines contrastées (centre ancien à valeur patrimoniale, bourg à redynamiser, friches industrielles, dents creuses en secteur tendu, secteurs touristiques...), dès lors que ces opérations sont cohérentes avec les orientations d&amp;#039;aménagement durable du Programme Pluriannuel d&amp;#039;Intervention et nécessitent une maîtrise foncière publique pour les sécuriser.
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;intervention de l&amp;#039;EPF d&amp;#039;Occitanie vise alors selon les cas à :
  &lt;br /&gt;
  &lt;br /&gt;
  • accélérer les projets en sécurisant la maîtrise foncière,
  &lt;br /&gt;
  • débloquer des situations par le déploiement d&amp;#039;une offre de services sur-mesure,
  &lt;br /&gt;
  • avoir un effet levier sur la chaîne des acteurs de l&amp;#039;aménagement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;EPF accompagne les communes dans :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la qualification et la valorisation du patrimoine,
  &lt;/li&gt;
  &lt;li&gt;
   la qualification du cadre de vie, le développement économique y compris
  &lt;/li&gt;
  &lt;li&gt;
   le tourisme pour les territoires concernés et le développement de l&amp;#039;offre de logements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Action Cœur de Ville (ACV) - L&amp;#039;EPF est porteur de foncier sur plusieurs projets parmi lesquels :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Lot : Monument Historique - acquisition fin 2019
  &lt;/li&gt;
@@ -563,439 +833,310 @@
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Entraygues-sur-Truyère (Aveyron)
  &lt;/li&gt;
  &lt;li&gt;
   Bram (Aude)&lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Contrat Bourg-Centre Occitanie (BCO) -
  &lt;/strong&gt;
  L&amp;#039;EPF, partenaire du dispositif accompagne les petites villes, bourgs ruraux ou péri urbains dans leur politique de dynamisation de leurs bassins de vie. Une collaboration forte entre les services de la Région et des services de l&amp;#039;EPF permet d&amp;#039;identifier les problématiques foncières des territoires. Chaque contrat cadre définit une feuille de route partagée sur des sujets d&amp;#039;habitat, de qualité de vie et de cohésion sociale... L&amp;#039;EPF compte 183 conventions actives sur les communes BCO, parmi lesquelles :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Laguiole (Aveyron)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Sommières (Gard)&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Friche
 Foncier
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Occitanie</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.epf-occitanie.fr/appui-aux-politiques-publiques/</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   EPF d&amp;#039;Occitanie
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Siège : 04 99 54 91 10
  &lt;br /&gt;
  contact&amp;#64;epf-occitanie.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>esra.gueuvin@epf-occitanie.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3d9e-accompagner-la-redynamisation-des-centres-via/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>28/04/2021</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...24 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>101600</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Faire des patrimoines l'axe majeur de mon projet de revitalisation</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Association Petites Cités de Caractère</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...16 lines deleted...]
-      <c r="L4" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- _________________________________________________________________
-[...31 lines deleted...]
-      <c r="O4" s="1" t="inlineStr">
+ Vous souhaitez vous appuyer sur un cadre méthodologique pour définir un projet de territoire qui place les patrimoines (culturels, naturels, immatériels, personnes), comme porte d&amp;#039;entrée du projet de revitalisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;association Petites Cités de Caractère vous propose des outils méthodologiques pour vous appuyer dans la définition et la mise en œuvre de votre projet :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Accompagnement méthodologique pour la définition et la mise en œuvre de projets pluriannuels de valorisation des patrimoines matériels et immatériels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   En savoir plus sur les acteurs du patrimoine et les acteurs du tourisme (qui fait quoi ?), et comment travailler sur une stratégie touristique s&amp;#039;appuyant sur la valorisation des patrimoines.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ S&amp;#039;agissant du patrimoine naturel, cette offre peut être associée à celle relative aux territoires engagés pour la nature également présentée dans l&amp;#039;offre de services PVD.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Revitalisation
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
-[...46 lines deleted...]
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>Etre une commune ou une intercommunalité du programme Petites villes de demain.</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.petitescitesdecaractere.com/fr/</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>Contactez Petites Cités de Caractère : petitescitesdecaracterefrance&amp;#64;gmail.com</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d5de-faire-des-patrimoines-laxe-majeur-de-mon-proj/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...150 lines deleted...]
-    <row r="6" spans="1:27" customHeight="0">
+    <row r="6" spans="1:34" customHeight="0">
       <c r="A6" s="1">
         <v>89471</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Débloquer les projets de revitalisation des friches - UrbanVitaliz</t>
+          <t>Débloquer des projets de revitalisation de friches - UrbanVitaliz</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t>Fonds vert Ingénierie</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Cerema
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)
+Ministères de l'Aménagement du territoire et de la Transition écologique
 Agence nationale de la cohésion des territoires (ANCT)
-Ministères de l'Aménagement du territoire et de la Transition écologique
-Établissement Public Foncier des Hauts-de-France (EPF)</t>
+Cerema</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-Particulier</t>
+Particulier
+Association</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique
+          <t>Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;a href="https://urbanvitaliz.fr/" target="_self"&gt;
   UrbanVitaliz
  &lt;/a&gt;
  est un service humain et numérique gratuit qui permet de
  &lt;strong&gt;
   lever les blocages rencontrés par les collectivités en déficit d&amp;#039;ingénierie qui souhaitent débloquer le foncier à l&amp;#039;abandon
  &lt;/strong&gt;
  sur leur territoire (anciennes zones commerciales, industrielles, ferroviaires, résidences à l&amp;#039;abandon, etc.).
 &lt;/p&gt;
 &lt;p&gt;
  Le foncier artificialisé qui a perdu son usage représente une belle opportunité de renouvellement urbain, pour limiter l&amp;#039;artificialisation de sols naturels ou agricoles. Mais il est aussi très complexe à réhabiliter, et de nombreuses collectivités en déficit d&amp;#039;ingénierie renoncent face aux difficultés et inconnues rencontrées.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  En lien avec les acteurs ressources des territoires,
@@ -1008,72 +1149,70 @@
  &lt;/strong&gt;
  :
  &lt;br /&gt;
  &lt;span&gt;👩‍💼&lt;/span&gt;
  En les orientant vers un
  &lt;strong&gt;
   acteur public ou privé
  &lt;/strong&gt;
  qui peut intervenir aux côtés de la collectivité en fonction de son cas de figure (EPF, Ademe, services de l&amp;#039;Etat, prestation d&amp;#039;acteur privé, etc.) ;
  &lt;br /&gt;
  &lt;span&gt;💸&lt;/span&gt;
  En faisant le tri parmi les
  &lt;strong&gt;
   financements existants
  &lt;/strong&gt;
  pour un type de projet donné ;
  &lt;br /&gt;
  &lt;span&gt;📌&lt;/span&gt;
  En proposant les
  &lt;strong&gt;
   prochaines étapes à suivre
  &lt;/strong&gt;
  jusqu&amp;#039;à la phase travaux, etc.
 &lt;/p&gt;
 &lt;p&gt;
- La construction du parcours numérique et l&amp;#039;alimentation de l&amp;#039;outil avec les bonnes ressources sont réalisées au fil de l&amp;#039;eau à partir des besoins des collectivités qui sollicitent le service, en partenariat avec l&amp;#039;ensemble des acteurs du territoire (Ademe, Établissements Publics Fonciers, Agences d&amp;#039;urbanisme, SAFER, etc.).
-[...7 lines deleted...]
-&lt;/p&gt;
+ La construction du parcours numérique et l&amp;#039;alimentation de l&amp;#039;outil avec les bonnes ressources sont réalisées au fil de l&amp;#039;eau à partir des besoins des collectivités qui sollicitent le service, en partenariat avec l&amp;#039;ensemble des acteurs du territoire (DDT-M, Ademe, Établissements Publics Fonciers, Agences d&amp;#039;urbanisme, SAFER, etc.).
+ &lt;br /&gt;
+ L&amp;#039;équipe est composée de 2 urbanistes conseillères qui répondent aux questions des collectivités, pour apporter des solutions pertinentes, et d&amp;#039;une personne chargée de déploiement disponible pour vous aider sur le service.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 72 % des dossiers sont déposés par des communes de moins de 5000 habitants.&lt;br /&gt;
+ 40% des dossiers par des communes de moins de 2000 habitants.&lt;/p&gt;
 &lt;p&gt;
  Revitalisation - Renouvellement urbain - Renaturation - Sobriété foncière - Lien entre acteurs du territoire - Appui à l&amp;#039;ingénierie
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;une initiative du Cerema et de beta.gouv.fr en partenariat avec le MTE (DGALN), l&amp;#039;ANCT et l&amp;#039;EPF Hauts-de-France, qui s&amp;#039;inscrit dans le cadre du Zéro Artificialisation Nette.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;appui aux collectivités a démarré en décembre 2020 et déjà 440 collectivités furent mises sur les bons rails pour le démarrage de leur projet. À titre d&amp;#039;exemple, UrbanVitaliz a permis aux collectivités de faire maturer leurs projets pour pouvoir candidater au Fonds vert / fonds friches, de progresser dans leurs démarches en prenant un contact efficace avec les acteurs locaux ou en candidatant aux financements pertinents.&lt;/p&gt;</t>
+ L&amp;#039;appui aux collectivités a démarré en décembre 2020 et déjà 600 collectivités furent mises sur les bons rails pour le démarrage de leur projet. À titre d&amp;#039;exemple, UrbanVitaliz a permis aux collectivités de faire maturer leurs projets pour pouvoir candidater au Fonds vert / Fonds friches, de progresser dans leurs démarches en prenant un contact efficace avec les acteurs locaux ou en candidatant aux financements pertinents.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Economie d'énergie et rénovation énergétique
 Tiers-lieux
 Revitalisation
 Biodiversité
 Equipement public
 Réhabilitation
 Logement et habitat
 Appui méthodologique</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
@@ -1085,356 +1224,328 @@
  &lt;/li&gt;
  &lt;li&gt;
   Être une collectivité ou en lien avec la collectivité&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
       <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U6" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V6" s="1" t="inlineStr">
         <is>
-          <t>http://www.urbanvitaliz.fr</t>
+          <t>https://urbanvitaliz.fr/</t>
         </is>
       </c>
       <c r="W6" s="1" t="inlineStr">
         <is>
-          <t>https://urbanvitaliz.fr/onboarding/</t>
+          <t>https://urbanvitaliz.fr/onboarding/project</t>
         </is>
       </c>
       <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  friches&amp;#64;beta.gouv.fr
  &lt;br /&gt;
-&lt;/p&gt;&lt;p&gt;https://urbanvitaliz.fr/onboarding/&lt;br /&gt;&lt;/p&gt;</t>
+&lt;/p&gt;&lt;p&gt;https://urbanvitaliz.fr/onboarding/project&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>friches@beta.gouv.fr</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1f1b-service-gratuit-urbanvitaliz-debloquer-les-pr/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>UrbanVitaliz</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>24/03/2021</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
+    <row r="7" spans="1:34" customHeight="0">
       <c r="A7" s="1">
-        <v>98524</v>
+        <v>66397</v>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Constituer un fonds de revitalisation économique par la consignation</t>
-[...4 lines deleted...]
-          <t>La consignation pour constituer un fonds de revitalisation économique</t>
+          <t>Bénéficier d'expertises pour la mise en œuvre des projets de revitalisation</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Agence nationale de la cohésion des territoires (ANCT)
+Cerema</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>Entreprise privée</t>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Autre aide financière</t>
+          <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Dans le cadre d&amp;#039;un plan de licenciement collectif ou de revitalisation pour contribuer au développement d&amp;#039;emplois du territoire, La Banque des Territoires accompagne les grandes entreprises pour constituer un fonds de revitalisation économique grâce à la consignation.
-[...3 lines deleted...]
-&lt;/p&gt;
+ Le Cerema, en partenariat financier avec l&amp;#039;ANCT, vous propose un accompagnement sur mesure des projets des collectivités, sous la forme de missions d&amp;#039;Assistance à Maîtrise d&amp;#039;Ouvrage ou d&amp;#039;expertises flash.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement peut intervenir aux différentes phases du projet :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •    le diagnostic territorial et l&amp;#039;identification des enjeux ;
+ &lt;br /&gt;
+ •    la définition des orientations stratégiques et du plan d&amp;#039;actions ;
+ &lt;br /&gt;
+ •    le passage à l&amp;#039;opérationnel ;
+ &lt;br /&gt;
+ •    le dispositif d&amp;#039;évaluation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il concerne différents domaines d&amp;#039;intervention du Cerema, notamment la stratégie foncière et d&amp;#039;aménagement durable, les mobilités, la transition écologique et la résilience, les bâtiments publics, la revitalisation économique et commerciale...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il mobilise différents outils méthodologiques appuyant une vision globale d&amp;#039;émergence de projet, une gouvernance partenariale et une démarche participative.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La prestation d&amp;#039;ingénierie est cofinancée avec une répartition qui diffère selon la strate démographique de la commune et de l&amp;#039;EPCI, et la capacité à financer de la commune :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une prise en charge est possible par l&amp;#039;Anct, avec un taux de prise en charge déterminé par l&amp;#039;Anct en fonction d&amp;#039; indicateurs de fragilité de la collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans les cas où l&amp;#039;Anct peut intervenir (après validation de l&amp;#039;Anct), le Cerema et l&amp;#039;Anct cofinancent à parité le montant pris en charge qui est variable (33%, 50%, 80%, 100%).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N7" s="1" t="inlineStr">
         <is>
-          <t>Revitalisation
-Emploi</t>
+          <t>Eau pluviale
+Espace public
+Friche
+Foncier
+Transition énergétique
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/actualites/programme-petites-villes-demain-premier-bilan-du-cerema-son</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...47 lines deleted...]
-&lt;/ul&gt;</t>
+ Contactez votre préfecture de département pour exprimer votre besoin d&amp;#039;étude et d&amp;#039;accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;équipe de référents PVD au sein du Cerema :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction technique Territoires et Ville&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;/strong&gt;Raphaèle Ratto raphaele.ratto&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Isabelle Mesnard isabelle.mesnard&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Direction Territoriale Ile de France&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Olivier Mazenq olivier.mazenq&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Mélanie Belot melanie.belot&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Direction Territoriale Ouest&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Juliette Maître juliette.maitre&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Loïc Guilbot loic.guilbot&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Direction Territoriale Hauts de France&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Julien Leroy julien.leroy&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Hervé Coulon herve.coulon&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Direction Territoriale Normandie Centre&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Elsa Moutet elsa.moutet&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Romaric Courtier-Arnoux romaric.courtier-arnoux&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Direction Territoriale Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Karine Dreyer karine.dreyer&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Direction Territoriale Centre Est&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Clément Lainé clement.laine&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Aude Noël aude.noel&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Direction Territoriale Méditerranée&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Sylvain Michelon sylvain.michelon&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Marlène Long marlene.long&amp;#64;cerema.fr&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Direction Territoriale Sud Ouest&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Brigitte Pouget brigitte.pouget&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Claire Seze claire.seze&amp;#64;cerema.fr&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Direction Territoriale Occitanie&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Christophe Sabot christophe.sabot&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Anne Talha anne.talha&amp;#64;cerema.fr&lt;br /&gt;&lt;br /&gt;&lt;strong&gt;Agences Outre-mer&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ Bénédicte Baxerres (Guyane) / benedicte.baxerres&amp;#64;cerema.fr&lt;/p&gt;&lt;p&gt;Charlotte Lebris (Antilles) Charlotte.LE-BRIS&amp;#64;cerema.fr&lt;/p&gt;
+&lt;p&gt;
+ Jonathan Priester (Océan Indien) / jonathan.priester&amp;#64;cerema.fr
+&lt;/p&gt;
+&lt;p&gt;José-Luis Del Gado  (Océan Indien) / jose-luis.delgado&amp;#64;cerema.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
-          <t>baptiste.girod@caissedesdepots.fr</t>
+          <t>raphaele.ratto@cerema.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/7619-constituer-un-fonds-de-revitalisation-economi/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e6f-beneficier-dexpertises-pour-la-mise-en-uvre-d/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Cerema Direction Territoires et ville</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>22/10/2020</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>11/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
+    <row r="8" spans="1:34" customHeight="0">
       <c r="A8" s="1">
-        <v>101600</v>
+        <v>119728</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Faire des patrimoines l'axe majeur de mon projet de revitalisation</t>
+          <t>Faire de la gare un lieu de services pour la revitalisation du territoire</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Association Petites Cités de Caractère</t>
+          <t>SNCF Gares et Connexions</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Ingénierie financière</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
-        <is>
-[...108 lines deleted...]
-      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectif de l&amp;#039;aide :
  &lt;/strong&gt;
  Favoriser l&amp;#039;implantation de services et d&amp;#039;activités en gare, afin de contribuer à la revitalisation des territoires et à l&amp;#039;attractivité du mode ferroviaire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Présentation Générale
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Place de la Gare vise à réinventer les gares en y facilitant l&amp;#039;implantation d&amp;#039;activités et de services à destination des voyageurs et des riverains. Le programme cherche ainsi à soutenir le développement économique local et à maintenir des gares animées sur tout le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Un site internet et des référents régionaux dédiés pour faciliter l&amp;#039;implantation de services dans les espaces disponibles en gare
 &lt;/p&gt;
 &lt;p&gt;
  SNCF Gares &amp;amp; Connexions met à disposition des acteurs locaux :
 &lt;/p&gt;
 &lt;p&gt;
  Des espaces disponibles, signalés sur un site internet dédié sous forme d&amp;#039;appels à projets. La liste des gares potentiellement éligibles est indiquée en annexe. Remarques :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -1504,88 +1615,88 @@
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  1.Une collectivité, une association ou une entreprise a une idée d&amp;#039;implantation et se renseigne sur les locaux disponibles auprès des équipes SNCF G&amp;amp;C
 &lt;/p&gt;
 &lt;p&gt;
  1.	Ou une collectivité, une association ou une entreprise repère un appel à projet sur un espace disponible en gare et manifeste son intérêt via le site internet Place de la Gare
  &lt;a href="https://placedelagare.sncf/" rel="noopener" target="_blank"&gt;
   https://placedelagare.sncf/
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  2.	Les candidats déposent un dossier sur la plateforme en réponse à une consultation ouverte
 &lt;/p&gt;
 &lt;p&gt;
  3.	Un jury analyse les projets candidats et attribue le lot (jury composé de SNCF G&amp;amp;C, des collectivités et des autres financeurs potentiellement mobilisés)
 &lt;/p&gt;
 &lt;p&gt;
  4.	Mise en place de l&amp;#039;activité : SNCF Gares &amp;amp; Connexions réalise et finance tout ou partie des travaux propriétaires (si besoin de remise aux normes) ; le futur occupant réalise les travaux d&amp;#039;aménagement. Une convention d&amp;#039;occupation temporaire (COT) est signée entre SNCF G&amp;amp;C et l&amp;#039;occupant.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Commerces et services</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   En priorité, projets d&amp;#039;implantation de services et commerces en gare (à destination des voyageurs et des riverains). Les annonces précisent à chaque fois le type de projets éligibles. Pour certains espaces (notamment en étage), les projets peuvent aussi concerner des implantations de bureaux ou de logements.
  &lt;/li&gt;
  &lt;li&gt;
   Viabilité économique du projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Toutes les gares situées dans des communes bénéficiaires de Petites Villes de Demain, possédant des espaces disponibles valorisables et disposant d&amp;#039;une desserte ferroviaire (ou de bus conventionnés). Liste des gares concernées à la fois par les dispositifs Petites Villes de demain et Place de la gare.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Auvergne-Rhône-Alpes, Camille Chavigny,
   &lt;a href="mailto:camille.chavigny&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
    camille.chavigny&amp;#64;sncf.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Bourgogne-Franche-Comté, Camille Chavigny,
   &lt;a href="mailto:camille.chavigny&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
    camille.chavigny&amp;#64;sncf.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Bretagne, Enora Le Jeune,
   &lt;a href="mailto:enora.le-jeune&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
    enora.le-jeune&amp;#64;sncf.fr
    &lt;span&gt;
@@ -1662,1079 +1773,934 @@
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Ile-de-France, Antoine Martin,
   &lt;a href="mailto:antoine.martin2&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
    antoine.martin2&amp;#64;sncf.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Nouvelle Aquitaine, Pierre Longeaux,
   &lt;a href="mailto:pierre.longeaux&amp;#64;sncf.fr" rel="noopener" target="_blank"&gt;
    pierre.longeaux&amp;#64;sncf.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>ebarbereau@retail-connexions-sncf.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d9ad-faire-de-la-gare-un-lieu-de-services-pour-la-/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Retail et Connexions</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>05/07/2022</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>101576</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'expertises thématiques pour mettre en œuvre des projets de revitalisation</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L10" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>Vous vous êtes engagés dans une démarche de revitalisation et avez identifié un besoin d&amp;#039;ingénierie pour concrétiser une action ou un projet précis.
 &lt;br /&gt;
 &lt;br /&gt;
 La Banque des Territoires vous propose un accompagnement dans l&amp;#039;élaboration et la mise en œuvre de votre plan d&amp;#039;actions : des experts présélectionnés via un accord cadre (marché à bons de commande) pris en charge à 100% par la Banque des Territoires sont mis à votre disposition. Il s&amp;#039;agit de missions ponctuelles aux typologies prédéfinies pouvant être déclenchées à tout moment du projet jusqu&amp;#039;au terme du programme national (mars 2026).</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Revitalisation</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>Contactez votre direction régionale de la Banque des Territoires : https://www.banquedesterritoires.fr/directions-regionales</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/ee0f-beneficier-dexpertises-thematiques-pour-mettr/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-      <c r="A11" s="1">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
         <v>95248</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un appui à la conception du projet de revitalisation des Petites Villes de demain</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Appui à la conception du projet global de revitalisation des Petites villes de demain</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires accompagnes les communes qui souhaitent élaborer une stratégie de revitalisation et définir un plan d&amp;#039;action, notamment pour la dynamisation des commerces de leur territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Sont pris en charge des missions pour élaborer des documents stratégiques nécessaires à la conception du projet global de revitalisation, notamment :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La production de diagnostics identifiant les causes de la dévitalisation
  &lt;/li&gt;
  &lt;li&gt;
   La production de programmation urbaine et plans guides pour établir les besoins
  &lt;/li&gt;
  &lt;li&gt;
   La production de plans d&amp;#039;actions pour la revitalisation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/appui-projet-revitalisation-petites-villes-de-demain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=conception_r</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
   https://www.banquedesterritoires.fr/directions-regionales
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
   Contactez-nous à travers notre formulaire de contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f452-appui-a-la-conception-du-projet-global-de-rev/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
         <v>155111</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Réaliser une étude de revitalisation de centre-bourg, centre-ville, quartier, projet de territoire</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Etude de revitalisation de centre-bourg, centre-ville, quartier, projet de territoire (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L12" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Réalisation d&amp;#039;étude de revitalisation de centre-bourg, centre-ville, quartier, établissement d&amp;#039;un projet de territoire.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT ou TTC selon que le maître d&amp;#039;ouvrage puisse ou non récupérer la TVA sur l&amp;#039;opération avec application d&amp;#039;un taux fixe de 50% avec une aide plafonnée à 15 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Cahier des charges de l&amp;#039;étude
   &lt;/li&gt;
   &lt;li&gt;
    Proposition du cabinet retenu
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Commerces et services
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les études devront être réalisées sur un périmètre suffisamment étendu et associer la société civile (habitants, commerçants, ...) au cours des différentes étapes. Les projets de territoire devront également être construits avec la société civile et appréhender les principaux sujets de l&amp;#039;aménagement du territoire : espaces publics, mobilités, habitats, économie, activités socio-culturelles, tourisme, ...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;études
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais de publicité et de reproduction des dossiers.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/etude-de-revitalisation-de-centre-bourg-centre-ville-quartier-projet-de-territoire-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W12" s="1" t="inlineStr">
+      <c r="W11" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d73f-etude-de-revitalisation-de-centre-bourg-centr/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
         <v>144507</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Accompagner les études des centralités landaises pour la revitalisation, dynamisation et restructuration des centres-villes et centres-bourgs</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E13" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Financement des études de type plan de référence</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I12" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="J13" s="1" t="inlineStr">
+      <c r="J12" s="1" t="inlineStr">
         <is>
           <t>Plafond de dépense subventionnable : 50.000€</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L13" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une commune inscrite comme centralités à l&amp;#039;échelle départementale, engagée dans une démarche de revitalisation, dynamisation ou de restructuration de son centre-bourg ou centre- ville devra préalablement réaliser une étude de définition d&amp;#039;un projet d&amp;#039;aménagement d&amp;#039;ensemble du type &amp;#34;Plan de référence&amp;#34; ou document de programmation similaire.
 &lt;/p&gt;
 &lt;p&gt;
  Cette étude se compose d&amp;#039;un diagnostic de la situation décrivant les symptômes de la dévitalisation, les besoins de restructuration ou de dynamisation proposant une stratégie élaborée en concertation avec l&amp;#039;EPCI et un programme d&amp;#039;actions pluriannuel reposant sur 4 thématiques qu&amp;#039;il convient de traiter dans le programme opérationnel : l&amp;#039;habitat et le logement, le commerce et les services, le cadre de vie et l&amp;#039;environnement, et les espaces publics en lien avec les mobilités, la transition énergétique et écologique ainsi que les équipements à destination de la population.
 &lt;/p&gt;
 &lt;p&gt;
  Les services du Département devront être associés à la démarche à travers la mise en place d&amp;#039;un comité de pilotage ad hoc.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Commerces et services
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Attractivité économique
 Mobilité pour tous
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Commune inscrite comme centralité à l&amp;#039;échelle départementale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T12" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X13" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/revitalisation-dynamisation-et-restructuration-des-centres-bourgs-et-centres-villes</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pôle Développement Territorial Intégré et Ingénierie de Projets
 &lt;/p&gt;
 &lt;p&gt;
- Secrétariat : 05 58 05 40 22
-&lt;/p&gt;
+ Secrétariat : 05 58 05 40 40&lt;/p&gt;
 &lt;p&gt;
  Courriel :
  &lt;a href="mailto:developpement.territorial&amp;#64;landes.fr" target="_self"&gt;
   developpement.territorial&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Hôtel du Département
 &lt;/p&gt;
 &lt;p&gt;
  23 rue Victor Hugo
 &lt;/p&gt;
 &lt;p&gt;
  40025 MONT-DE-MARSAN CEDEX
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/50f7-accompagner-les-etudes-des-centralites-landai/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...188 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>101572</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de retours d'expériences innovantes au Forum des solutions</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Plan urbanisme construction architecture (PUCA)
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
-[...124 lines deleted...]
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L16" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>L&amp;#039;ANCT et le PUCA vous proposent de bénéficier des cycles de conférences « Forum des solutions ». Le Forum des solutions est une série de rendez-vous mensuels et thématiques qui s&amp;#039;adresse à toutes les collectivités qui souhaitent placer l&amp;#039;innovation au cœur des stratégies de revitalisation urbaine. Chaque rendez-vous permet la présentation par leurs auteurs de projets réalisés répondant aux problématiques rencontrées par les villes petites et moyennes.
 &lt;br /&gt;
 &lt;br /&gt;
 La saison 3 2021-2022 débutera en octobre 2021.
 &lt;br /&gt;
 &lt;br /&gt;
 Les retours d&amp;#039;expérience visent la bonne compréhension de l&amp;#039;impact concret des solutions présentées, mais aussi sur les montages financiers mis en œuvre, les types d&amp;#039;innovation sur lesquelles elles reposent et la manière dont elles pourraient être répliquées sur l&amp;#039;ensemble du territoire. Il s&amp;#039;agira également d&amp;#039;identifier les pièges à éviter et les obstacles auxquels ont dû se confronter les parties prenantes lors de la mise en œuvre du projet.</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Revitalisation</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>Etre une commune ou une intercommunalité du programme Petites villes de demain.
 &lt;br /&gt;
 Etre une commune ou une intercommunalité Action cœur de ville
 &lt;br /&gt;
 Etre une commune ou intercommunalité ayant signé une Opération de revitalisation du territoire.
 &lt;br /&gt;
 Etre un acteur économique intéressé par les questions de revitalisation de cœur de ville.</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://agence-cohesion-territoires.gouv.fr/forum-des-solutions-89</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>Consultez la dernière publication : http://www.urbanisme-puca.gouv.fr/parution-l-innovation-en-partage-dans-les-coeurs-a2355.html (août 2021).
 &lt;br /&gt;
 &lt;br /&gt;
 Captations vidéos des séances précédentes : http://www.urbanisme-puca.gouv.fr/forums-des-solutions-en-videos-a1879.html)</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>petitesvillesdedemain@anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a939-beneficier-de-retours-dexperiences-innovantes/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
         <v>554</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Diagnostiquer les mutations de votre territoire avec Dataviz</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville
 Tourisme Ingénierie Développement</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>DATAVIZ Cœur de Ville</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L17" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dataviz Cœur de Ville est un service de datavisualisation permettant d&amp;#039;accéder à des données territorialisées, nécessaires pour l&amp;#039;élaboration d&amp;#039;un projet de revitalisation d&amp;#039;un centre-ville.
 &lt;/p&gt;
 &lt;p&gt;
  Les données statistiques et cartographiques présentées sont liées aux différents axes de revitalisation du centre-ville, à savoir :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Portrait socio-démographique
  &lt;/li&gt;
  &lt;li&gt;
   Restructurer l&amp;#039;habitat
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser le développement économique
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter les mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Servir les citoyens
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -2750,152 +2716,476 @@
 Commerces et services
 Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Connaissance de la mobilité
 Mers et océans</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Action cœur de ville</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=diag_mutation_dataviz_psat</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Pour accéder à l&amp;#039;espace personnalisé de votre ville connectez-vous via votre compte utilisateur de la Banque des Territoires.
  &lt;/li&gt;
  &lt;li&gt;
   Pour la première utilisation du service personnalisé, merci de nous contacter directement au datavizcoeurdeville&amp;#64;caissedesdepots.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e46b-diagnostic-territorial-cur-de-ville/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2019</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>9129</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un dispositif d'éducation musicale et orchestrale à vocation sociale (DEMOS)</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>Philharmonie de Paris</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Démos : Dispositif d&amp;#039;éducation musicale et orchestrale à vocation sociale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projet de démocratisation culturelle s&amp;#039;adressant à des enfants issus de quartiers relevant de la politique de la ville ou de zones rurales insuffisamment dotées en institutions culturelles.
+&lt;/p&gt;
+&lt;p&gt;
+ Démos a pour but d&amp;#039;enrichir le parcours éducatif des enfants, de favoriser la transmission du patrimoine classique et de contribuer à leur bonne insertion sociale. Il est bâti sur une coopération professionnelle forte entre acteurs de la culture et du champ social.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une cohérence pédagogique et artistique globale, il propose un apprentissage de la musique classique à des enfants ne disposant pas, pour des raisons économiques, sociales et culturelles, d&amp;#039;un accès facile à cette pratique dans les institutions existantes.
+&lt;/p&gt;
+&lt;p&gt;
+ Chaque enfant se voit confer un instrument de musique pendant trois ans. Encadré par des professionnels de la musique et du champ social, il suit des cours hebdomadaires de 3 h 30 en moyenne et retrouve régulièrement les autres enfants du même territoire pour une répétition en orchestre (« tutti »).  Un grand concert est organisé en fn d&amp;#039;année dans un lieu emblématique du territoir
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Jeunesse</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet s&amp;#039;adresse à des enfants de 7 à 12 ans habitants dans des quartiers relevant de la politique de la ville (QPV) ou dans des zones de revitalisation rurale (ZRR) éloignées des lieux de pratique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://demos.philharmoniedeparis.fr/le-projet.aspx</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ demos&amp;#64;philharmoniedeparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>lea.landrieu@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4609-demos-dispositif-deducation-musicale-et-orche/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Mairie de Le Bessat</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2019</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
+        <v>111625</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Revitaliser les commerces du territoire</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Ruralité</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>50% ou 70% maximum des dépenses HT selon la catégorie</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à la revitalisation commerciale du territoire, pour des études et prestations d&amp;#039;ingénierie, et des dépenses d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Etudes et prestations d&amp;#039;ingénierie : 70% maximum des dépenses HT, plafonné à 15.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Autres dépenses d&amp;#039;investissement : 50% maximum des dépenses HT, plafonné à 150.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2017-PART-005 (CP du 16/01/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes (118) et Intercommunalités (6) en périmètre de la ruralité en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68bd-revitaliser-les-commerces-du-territoire/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
         <v>95249</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un co-financement des ingénieries locales stratégiques des Petites de Villes de demain</t>
         </is>
       </c>
-      <c r="C18" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Co-financement des ingénieries stratégiques des Petites villes de demain</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="I18" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L18" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________________
@@ -2911,2565 +3201,1813 @@
  &lt;strong&gt;
   Les missions peuvent être liées à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la réalisation de diagnostics socio-économiques et urbains,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;élaboration du projet global de revitalisation, à l&amp;#039;élaboration d&amp;#039;un plan de référence,
  &lt;/li&gt;
  &lt;li&gt;
   la réalisation d&amp;#039;une programmation urbaine ou d&amp;#039;un plan guide,
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;identification des îlots/secteurs géographiques stratégiques.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Revitalisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/co-financement-ingenieries-strategiques-petites-villes-demain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=cof</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
   https://www.banquedesterritoires.fr/directions-regionales
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
   Contactez-nous à travers notre formulaire de contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/603e-co-financement-des-ingenieries-strategiques-d/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G19" s="1" t="inlineStr">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>157561</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'attractivité des Petites villes de demain et des bourgs structurants samariens</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Fonds en faveur de l'attractivité des communes "Petites villes de demain" et des bourgs structurants (investissements)</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
-[...580 lines deleted...]
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
-[...1382 lines deleted...]
-      <c r="I29" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L29" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Ce fonds s&amp;#039;inscrit dans la continuité des démarches déjà engagées par le Département, en partenariat avec l&amp;#039;État et la Banque des territoires, pour accompagner les bourgs dans le développement de leur attractivité. Il permet d&amp;#039;apporter une aide en investissement pour la déclinaison opérationnelle des projets portés par les communes labellisées « Petites villes de demain» (PVD) et les autres bourgs structurants formellement engagés dans une démarche de redynamisation.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les crédits sont mobilisables par les bénéficiaires dans le cadre d&amp;#039;une enveloppe de 10 M€ sur 5 ans, ouverte lors du vote du budget supplémentaire 2023 et le dispositif est décliné selon les modalités suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    bénéficiaires : les 20 communes lauréates du programme national PVD ; les bourgs structurants engagés dans une démarche globale de reconquête ou de renforcement de l&amp;#039;attractivité de leur centre via le recrutement d&amp;#039;un bureau d&amp;#039;étude ; les groupements de communes intervenant en tant que maîtres d&amp;#039;ouvrage sur ces communes ;
   &lt;/li&gt;
   &lt;li&gt;
    taux de subvention maximum de 40% de l&amp;#039;assiette éligible ;
   &lt;/li&gt;
   &lt;li&gt;
    aide financière plafonnée à 300.000€ par commune sur les 5 ans ;
   &lt;/li&gt;
   &lt;li&gt;
    seuil minimum des dépenses éligibles : 20.000€ HT :
   &lt;/li&gt;
   &lt;li&gt;
    participation minimale du maître d&amp;#039;ouvrage : 20% du coût HT de l&amp;#039;opération ;
   &lt;/li&gt;
   &lt;li&gt;
    aide départementale cumulable avec d&amp;#039;autres financements publics.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M29" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les dépenses d&amp;#039;investissement dédiées à la mise en œuvre des projets.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Ne sont pas éligibles :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    les études préalables ;
   &lt;/li&gt;
   &lt;li&gt;
    les travaux d&amp;#039;entretien ;
   &lt;/li&gt;
   &lt;li&gt;
    les dépenses d&amp;#039;équipement ;
   &lt;/li&gt;
   &lt;li&gt;
    le coût de la main d&amp;#039;œuvre lorsque les travaux sont réalisés en régie.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Accès aux services
 Commerces et services
 Tiers-lieux
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Innovation, créativité et recherche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Emploi
 Attractivité économique
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P29" s="1" t="inlineStr">
+      <c r="P18" s="1" t="inlineStr">
         <is>
           <t>01/06/2023</t>
         </is>
       </c>
-      <c r="Q29" s="1" t="inlineStr">
+      <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères d&amp;#039;éligibilités :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Pour les communes « Petites villes de demain » :
    &lt;/strong&gt;
    sont éligibles les investissements relatifs à la mise en œuvre des projets décrits dans leur convention d&amp;#039;opération de revitalisation de territoire (ORT) ;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Pour les autres bourgs structurants :
    &lt;/strong&gt;
    sont éligibles les investissements relatifs à la déclinaison opérationnelle de leur démarche d&amp;#039;attractivité formalisée via le recrutement d&amp;#039;un bureau d&amp;#039;étude (passé ou en cours).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Somme</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/dynamisation-bourgs-centres/</t>
         </is>
       </c>
-      <c r="W29" s="1" t="inlineStr">
+      <c r="W18" s="1" t="inlineStr">
         <is>
           <t>https://subvention.somme.fr/</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseil départemental de la Somme
 &lt;/p&gt;
 &lt;p&gt;
  Direction de l&amp;#039;attractivité et du développement des territoires
 &lt;/p&gt;
 &lt;p&gt;
  03 22 71 81 71
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>allefevre@somme.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4382-favoriser-lattractivite-des-petites-villes-de/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Somme</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>27/12/2023</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>56456</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une minoration foncière dans le cadre de projets "Petites Villes de Demain" ou "Action Cœur de Ville"</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie financière
+Ingénierie technique
+Autre aide financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>Minoration de 25% du prix de cession HT, cumulable à une ou plusieurs minorations</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ : Les projets de revitalisation de centres villes portent sur des fonciers complexes rendant difficile la réalisation des projets. Afin d&amp;#039;accompagner les projets &amp;#34;Petites Villes de Demain&amp;#34; et  &amp;#34;Actions Cœur de Ville&amp;#34; sur le volet foncier, une prise en charge spécifique du prix de revient peut intervenir, complémentairement à une ou plusieurs minorations foncières (logement aidé, recyclage foncier-travaux préparatoires, valorisation du patrimoine bâti, réhabilitation habitat).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ -    Les opérations éligibles sont celles situées dans un périmètre d&amp;#039;opération de revitalisation de territoire (ORT), liés aux conventions &amp;#34;Petites Villes de Demain&amp;#34; ou &amp;#34;Action Cœur de Ville&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Minoration de 25% du prix de revient HT, complémentairement à une ou plusieurs minorations, dans la limite de 50% du prix de revient HT.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Attribution de la minoration pour des projets entrant dans le cadre du PPI (sauf opération bénéficiant d&amp;#039;un bail emphytéotique EPFLO).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Revitalisation
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q19" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/560e-recyclage-foncier-et-friches/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>126879</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études relatives aux grands villages pour demain (GVD)</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Partenariat contractuel avec les territoires - convention ingénierie territoriale avec les grands villages pour demain (études)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Perspectives de revitalisation des petites villes dans le cadre de la réalisation d&amp;#039;études nécessaires pour élaborer et mener à bien le projet global de (re)dynamisation des points de centralité, dans une configuration optimale selon chaque contexte territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 35 % de la dépense TTC.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Accès aux services
+Commerces et services
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes retenues au titre de l&amp;#039;expérimentation « Grands Village pour Demain »
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;obtention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les études doivent avoir été retenues par l&amp;#039;instance départementale compétente
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Frais d&amp;#039;études :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;ingénierie stratégique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;ingénierie pré-opérationnelle thématique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;ingénierie opérationnelle ou de montage juridico-financier des projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de conduite des opérations d&amp;#039;investissements.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les prestations réalisées en régie ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cumul des subventions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéfice d&amp;#039;une convention d&amp;#039;ingénierie permet à la GVD cocontractante l&amp;#039;accès aux autres dispositifs. Toutefois, pour les études retenues, le cumul n&amp;#039;est pas possible avec les autres aides de droit commun du Département.
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ PIECES A FOURNIR
+&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour contractualiser :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du bénéficiaire sollicitant une convention d&amp;#039;ingénierie avec le Département ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération du bénéficiaire précisant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ o	la liste des études envisagées,
+&lt;/p&gt;
+&lt;p&gt;
+ o	le plan de financement de chacune des études incluant la dotation sollicitée auprès du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;instruction de la demande :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ o	la nature de l&amp;#039;opération envisagée,
+&lt;/p&gt;
+&lt;p&gt;
+ o	le plan de financement prévu incluant la subvention sollicitée auprès de la Banque des territoires et du Département ;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une notice explicative (cahier des charges de l&amp;#039;étude) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  un calendrier de réalisation de l&amp;#039;étude ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acte d&amp;#039;engagement du Cabinet d&amp;#039;étude retenu mentionnant les honoraires et sa mission.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour le paiement de la subvention :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une copie du document approuvé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le décompte général et définitif de l&amp;#039;opération joint aux factures acquittées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement final avec copies des décisions attributives des autres partenaires financiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  tout support de communication faisant apparaître la participation du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : validation, par l&amp;#039;instance départementale compétente, d&amp;#039;un programme d&amp;#039;études visé dans le cadre d&amp;#039;une convention d&amp;#039;une durée de 1 an (modèle-type sur demande).
+&lt;/p&gt;
+&lt;p&gt;
+ Selon la nature des dossiers, le projet d&amp;#039;étude peut faire l&amp;#039;objet d&amp;#039;une analyse approfondie associant le maître d&amp;#039;ouvrage et les autres partenaires éventuels (DDT, ABF, CAUE, ATD16 ou d&amp;#039;autres partenaires).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois à la remise de l&amp;#039;étude, validée par le bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : conformément aux modalités de la convention signée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/partenariat_contractuel_avec_les_territoires.pdf</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches ».
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Subvention d&amp;#039;investissement (pour les études suivies de travaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Subvention de fonctionnement affectée à une action (pour les autres études)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 60 37
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c06b-soutenir-les-etudes-relatives-aux-grands-vill/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2023</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
+        <v>45613</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le développement commercial et l’attractivité économique des cœurs de ville</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’aménagement et l’immobilier d’activité</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires aide les collectivités à la mise en place de foncières dédiées à la revitalisation des cœurs de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vous accompagne dans les opérations de restructuration immobilière des commerces et dans la création de locaux d&amp;#039;activités. Elle se caractérise par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un soutien en ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  des prises de participations en fonds propres et quasi-fonds propres
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renforcement en fonds propres et quasi-fonds propres de SEM et filiales de SEM intégrant une activité de foncière de redynamisation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-amenagement-immobilier-activite?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=Crea_foncieres_locale_ps</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b76-developper-des-foncieres-locales-repondant-a-/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2020</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
+        <v>162650</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Investir pour soutenir des démarches en faveur du commerce, de l’artisanat et des services</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>FEDER - Fiche-Action 8 - Investir pour soutenir des démarches en faveur du commerce, de l’artisanat et des services</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Isle en Périgord (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 50 000 €</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A l’échelle du Pays, la principale fragilité du secteur artisanal, dont l’inscription spatiale est diffuse (notamment dans les territoires ruraux),&lt;br /&gt;est d’assurer la continuité et la reprise d’activité, face à l’accélération de l’effet générationnel. L’organisation du commerce sur le territoire se&lt;br /&gt;caractérise par des relations d’interdépendances, qui s’appuient sur une zone de chalandise robuste. On consomme sur place avec peu d’évasion.&lt;br /&gt;Le commerce est ainsi un élément structurant, qui ne demande qu’à s’inscrire dans les projets de territoire pour accompagner les politiques de revitalisation (Centre-Bourg, Centre-ville), tout en s’ajustant aux nouveaux comportements d’achats (des circuits de proximité à l’e-commerce).&lt;/p&gt;&lt;p&gt;Pour répondre au défi de l’adaptation et du maintien de la réponse de proximité, il s’agit ici d’apporter un nouveau souffle à des actions.&lt;br /&gt;L’enjeu central de ces nouveaux lieux de référence sera de créer une dynamique collective, dont l’impact en termes d’image et de qualité des services proposés, aura un effet d’entrainement sur la revitalisation des centres bourgs et des centres-villes, sur la requalification du foncier (diversification des fonctions) et sur la reprise d’activités.&lt;/p&gt;&lt;p&gt;Plus largement, l’accès aux services facilité grâce à la création d’outils numériques en vue de créer, tisser du lien social au travers différents domaines pourront aussi s’inscrire dans cette fiche (mise en réseau de professionnels par exemple).&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Mettre en place des actions qui concourent au partage de connaissance et d’expertise à l’échelle de l’ensemble du territoire du Pays&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Observatoire …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mettre en place des actions de mise en réseau des professionnels&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Village d’artisans &lt;br /&gt;• Innovations commerciales : « Tiny commerce » (itinérant)&lt;br /&gt;• Matériel roulant et son équipement&lt;br /&gt;• Création d’outils favorisant l’échange, le partage dans divers domaines …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Créer ou réhabiliter des espaces sachant s’adapter aux nouveaux rythmes et attentes de la clientèle en proposant des services et des produits de qualité dans un cadre respectueux de son environnement&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Réhabilitation de friches pour donner un nouvel élan commercial&lt;br /&gt;• Chaine e-commerce : plateforme, logistique, distribution, vente …&lt;br /&gt;• Découverte de produits&lt;br /&gt;• Formations&lt;br /&gt;• Projets numériques innovants …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Créer ou réhabiliter des espaces permettant d’étoffer ou de créer une offre, des services proposés&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Aménagement d’espaces intérieurs/extérieurs pouvant permettre d’offrir un lieu favorisant l’échange, le partage …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Revitalisation
+Attractivité économique
+Animation et mise en réseau
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q22" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 25 000 €&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles :&lt;/p&gt;&lt;p&gt;• Les SCI et les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;• Les agriculteurs dans le cadre de leur seule activité agricole&lt;br /&gt;• Les dépenses d’auto-construction&lt;br /&gt;• Les contributions en nature&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA8-Cce-Artisanat-Services.pdf</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/investir-pour-soutenir-des-demarches-en-faveur-du-commerce-de-lartisanat-et-des-services/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte du Pays de l'Isle en Périgord</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>15/05/2024</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>165360</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Aider au déplacement de collégiens pour des manifestations liées à l'information sur l'orientation</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Aide au déplacement de collégiens pour des manifestations liées à l&amp;apos;information sur l&amp;apos;orientation</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine met en place une aide aux transports destinée aux collégiens dans le cadre des engagements de la Charte régionale de l&amp;#039;information métiers dans les collèges. L&amp;#039;aide aux transports vise à faciliter l&amp;#039;accès aux salons d&amp;#039;orientation, aux actions des Tiers de Confiance, aux visites d&amp;#039;entreprise, etc.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser la découverte des métiers, des filières et univers professionnels ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Appréhender l’environnement économique, la connaissance des métiers, des filières et des voies de formation ; &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Découvrir les secteurs d’activité et/ou de visites des plateaux techniques inter-établissements ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Contribuer à la construction du parcours d’orientation en développant la connaissance de la diversité des métiers et l’offre de formation (s’inscrire dans le Parcours Avenir(s)). &lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;Le taux d&amp;#039;aide est de 70% du montant TTC des frais de transport liés au déplacement faisant l&amp;#039;objet de la demande de subvention.&lt;/p&gt;&lt;p&gt;L&amp;#039;établissement devra faire l&amp;#039;avance des frais de transport.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Calendrier&lt;/p&gt;&lt;p&gt;La demande d&amp;#039;aide doit être déposée en amont de la date du déplacement.&lt;/p&gt;&lt;p&gt;Chaque dossier est instruit par les services de la Région Nouvelle-Aquitaine.&lt;/p&gt;&lt;p&gt;La prise de décision est faite par le Comité technique régional. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Toutes structures qui portent un projet en faveur des collégiens dans le cadre de la mise en oeuvre de la charte régionale dédiée au déploiement de l&amp;#039;information métiers dans les collèges.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Une attention particulière sera portée aux projets intégrant une démarche de connaissance des métiers en interaction avec les dispositifs de la Région Nouvelle-Aquitaine&lt;/p&gt;&lt;p&gt;Par ailleurs afin de répondre à l&amp;#039;objectif d&amp;#039;inclusion et de favoriser les projets pour les jeunes les plus fragiles, une priorité sera observée pour les publics relavant de Zone Agricole Protégée rurales (ZAP), de Zone de Revitalisation Rurale (ZRR), de Quartier de la Politique de la Ville (QPV). &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/aide-au-deplacement-de-collegiens-pour-des-manifestations-liees-linformation-sur-lorientation</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?&lt;/p&gt;&lt;p&gt;Pour toute demande, transmettre à l&amp;#039;adresse suivante charte.colleges&amp;#64;nouvelle-aquitaine.fr :&lt;/p&gt;&lt;p&gt;Un courrier adressé à Monsieur le Président du Conseil régional de Nouvelle-Aquitaine. Ce courrier devra être daté et signé par le représentant légal de l&amp;#039;établissement (merci d&amp;#039;indiquer lisiblement les nom et prénom du signataire). Si une personne autre que le représentant légal signe le courrier, merci de nous fournir également la délégation de signature donnant autorisation pour signer en lieu et place du responsable légal.&lt;/p&gt;&lt;p&gt;Un formulaire vous sera communiqué dès reception du courrier si le projet est éligible. Vous devrez le retourner renseigner à l&amp;#039;adresse ci-dessus mentionnée, annexé du devis et d&amp;#039;un relevé d&amp;#039;identité bancaire.&lt;/p&gt;&lt;p&gt;Afin d’identifier et de traiter efficacement les demandes, merci d’indiquer dans l’objet du mail : Nom du collège / Nom de la commune / L’événement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-deplacement-de-collegiens-pour-des-manifestations-liees-a-linformation-sur-lorientation/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2025</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
         <v>95255</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'un accompagnement à la stratégie foncière et immobilière des Petites Villes de demain</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Accompagnement à la stratégie foncière et immobilière des Petites villes de demain</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L30" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Banque des Territoires propose aux collectivités une prise en charge de missions d&amp;#039;analyse foncière et immobilière pour vous aider à réaliser le volet urbain de votre projet de revitalisation.
 &lt;/p&gt;
 &lt;p&gt;
  Plusieurs missions répondant aux besoins des territoires Petites villes de demain sont couvertes dont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;aide à la formalisation d&amp;#039;une stratégie foncière et immobilière pour identifier les parcelles à traiter pour réaliser son projet urbain
  &lt;/li&gt;
  &lt;li&gt;
   Les analyses bâtimentaires et architecturales pour appréhender les possibilités physiques d&amp;#039;évolution d&amp;#039;un bâtiment
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Revitalisation
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>Communes bénéficiaires du programme Petites villes de demain</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-strategie-fonciere-immobiliere-petites-villes-de-demain?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_co</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/247e-beneficier-dun-accompagnement-a-la-strategie-/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC24" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>120921</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités qui s’engagent dans la réhabilitation de bâtiments existants plutôt que dans la construction de nouveaux bâtiments</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter plutôt que construire</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>La Région accompagne les collectivités qui s&amp;#039;engagent dans la réhabilitation de bâtiments existants plutôt que dans la construction de nouveaux bâtiments.
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics de coopération Intercommunale (EPCI) à fiscalité propre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics territoriaux (EPT)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes compétents sur des équipements de proximité (regroupements pédagogiques, petite enfance...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Études pré-opérationnelles visant à définir la faisabilité d&amp;#039;une opération pour un équipement public :
+ jusqu&amp;#039;à 70% des dépenses éligibles (subvention maximale uniquement pour les communes et syndicats de communes de moins de 20.000 habitants : 50.000 €).
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de revitalisation du bâti :
+ jusqu&amp;#039;à 50% des dépenses éligibles (subvention maximale : 250.000€), incluant les coûts d&amp;#039;acquisition (dans la limite de 150.000€ HT). Les honoraires de maîtrise d&amp;#039;œuvre (ou autres frais d&amp;#039;études liés à l&amp;#039;exécution des travaux) pourront être pris en charge dans la limite de 15% du coût HT des travaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Opérations de revitalisation de bâtiments existants destinés à accueillir un équipement public au stade d&amp;#039;avant-projet définitif (APD) ou équivalent,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pré-études opérationnelles en section d&amp;#039;investissement visant à définir la faisabilité d&amp;#039;une opération de réhabilitation de bâtiments dans les communes et syndicats de communes de moins de 20.000 habitants,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création ou transformation de logements communaux dans les communes de moins de 20.000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les bâtiments protégés au titre des monuments historiques ne sont pas éligibles.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif avant de déposer leur dossier sur
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/F_PCT_DAT_REHAB/depot/simple"&gt;
+  https://mesdemarches.iledefrance.fr/aides/#/cridfprd/connecte/F_PCT_DAT_REHAB/depot/simple
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Après instruction des dossiers par les services régionaux, l&amp;#039;attribution et le montant définitif des aides sont votés en commission permanente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/rehabiliter-plutot-que-construire</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:amenagement&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ amenagement&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e46-rehabiliter-plutot-que-construire/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Création d’une crèche
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>25/10/2022</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
         <v>104542</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Revitaliser votre centre-bourg : améliorer l'offre de logement et l'accès aux services et aux activités marchandes.</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Fonds régional de reconquête des centres-villes des villes moyennes et des centres-bourgs</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Pays de la Loire</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
+      <c r="I26" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J31" s="1" t="inlineStr">
+      <c r="J26" s="1" t="inlineStr">
         <is>
           <t>Plafond de subvention par projet : 20 000 € étude 200 000€ investissement</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conforter leur rôle de centralité des villes moyennes, renforcer le maillage du territoire et leur permettre de faire face à des enjeux démographiques, économiques ou sociaux à venir.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est destinée à soutenir les communes ayant un rôle de centralité souhaitant revitaliser leur centre-bourg dans le but d&amp;#039;y améliorer l&amp;#039;offre de logement et l&amp;#039;accès aux services et aux activités marchandes.
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles concernent les études stratégiques de revitalisation de centres bourgs ainsi que les investissements concernant des opérations de reconquête de centres bourgs;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Exigences énergétiques
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Opérations de rénovation de bâtiments : gain de 40% minimum d&amp;#039;énergie primaires par rapport à la situation avant travaux et atteinte de la classe C minimum pour les bâtiments à usage de logements;
  &lt;/li&gt;
  &lt;li&gt;
   Opérations de constructions de bâtiments : atteinte du niveau passif minimum;
  &lt;/li&gt;
  &lt;li&gt;
   Intégration de 4 critères de développement durable pour les opérations de construction et pour les opérations de réhabilitation parmi les dix critères listés dans le règlement d&amp;#039;intervention.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Commerces et services
 Revitalisation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P31" s="1" t="inlineStr">
+      <c r="P26" s="1" t="inlineStr">
         <is>
           <t>13/11/2020</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Liste des communes éligibles :
  &lt;a href="https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs" rel="noopener" target="_blank"&gt;
   https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt se fera par voie postale à :
  &lt;br /&gt;
  Mme la Présidente de la Région des Pays de la Loire
  &lt;br /&gt;
  Hôtel de Région
  &lt;br /&gt;
  1, rue de la Loire
  &lt;br /&gt;
  44 966 NANTES CEDEX 9
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -5484,73 +5022,73 @@
  &lt;/li&gt;
  &lt;li&gt;
   La présentation détaillée du projet (intitulé, descriptif, objectifs, etc.) de type avant-projet sommaire (APS)
  &lt;/li&gt;
  &lt;li&gt;
   Les engagements du niveau de performance énergétique envisagé et critères de développement durable retenus ou étude thermique préalable
  &lt;/li&gt;
  &lt;li&gt;
   Le budget prévisionnel de l&amp;#039;opération et son plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   Les loyers ou redevances qui seront exigés des occupants
  &lt;/li&gt;
  &lt;li&gt;
   Les décisions de financement Etat (ou délégataire), les agréments règlementaires
  &lt;/li&gt;
  &lt;li&gt;
   Le calendrier prévisionnel des travaux
  &lt;/li&gt;
  &lt;li&gt;
   La délibération du porteur de projet approuvant le programme
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.paysdelaloire.fr/les-aides/fonds-regional-de-reconquete-des-centres-villes-des-villes-moyennes-et-des-centres-bourgs</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des territoires et de la ruralité
  &lt;br /&gt;
  Service Relations aux collectivités
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Loire-Atlantique
  &lt;/strong&gt;
  &lt;br /&gt;
  Tanguy RIOU
  &lt;br /&gt;
  Tél. 02 28 20 62 86
  &lt;br /&gt;
  tanguy.riou&amp;#64;paysdelaloire.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Maine-et-Loire
  &lt;/strong&gt;
  &lt;br /&gt;
  Christelle Touchais-Pinon
  &lt;br /&gt;
  Tél. 02 41 68 70 78
@@ -5570,1933 +5108,987 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Sarthe
  &lt;/strong&gt;
  &lt;br /&gt;
  Dominique Chanteau-Nogues
  &lt;br /&gt;
  Tél. 02 43 67 22 80
  &lt;br /&gt;
  dominique.chanteau-nogues&amp;#64;paysdelaloire.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vendée
  &lt;/strong&gt;
  &lt;br /&gt;
  Tanguy RIOU
  &lt;br /&gt;
  Tél. 02 28 20 62 86
  &lt;br /&gt;
  tanguy.riou&amp;#64;paysdelaloire.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>olivier.guillon@paysdelaloire.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5c9e-fonds-regional-de-reconquete-des-centres-vill/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB26" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...218 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>155110</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Créer, réaménager et revitaliser des espaces publics en cœur de bourg, centre-ville ou quartier</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Espaces publics en centres bourgs et centres villes (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I33" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="L33" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  BENEFICIAIRES
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création, réaménagement et revitalisation d&amp;#039;espaces publics en cœur de bourg, centre-ville ou quartier.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;espace public désigne l&amp;#039;ensemble des espaces urbanisés destinés à l&amp;#039;usage de tous, sans restriction. Il peut ainsi s&amp;#039;agir de tout espace de circulation (réseau viaire) ou de rassemblement (parc, place...). Dans la présente fiche, les projets accompagnés devront comporter a minima la fonction de rassemblement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les parkings dédiés un équipement public ou privé spécifique ainsi que les projets n&amp;#039;agissant que sur la sécurisation d&amp;#039;une voirie ne sont pas éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  présence d&amp;#039;un écologue pour la conception et la réalisation du projet, projet de renaturation d&amp;#039;un espace public (opération pour restaurer un meilleur état écologique des sites pour favoriser le cycle de l&amp;#039;eau en réduisant le ruissellement, favoriser la biodiversité et réduire les îlots de chaleur, ...), définition d&amp;#039;une gestion différenciée des espaces et/ou identification d&amp;#039;un périmètre de non intervention, réduction de places de stationnement en cœur de bourg, installation d&amp;#039;équipements relatifs aux mobilités douces (bornes de recharges, casiers, abri-vélos couverts, station de gonflage, abri-piétons, points d&amp;#039;eau), utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;espace public, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales...), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  présence d&amp;#039;équipements adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités actives et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions d&amp;#039;aménagement devront s&amp;#039;appuyer sur une analyse de la situation existante identifiant les points noirs à régler et les atouts de l&amp;#039;espace à valoriser ;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet d&amp;#039;aménagement devra traiter à la fois les enjeux de circulations des différents usagers de l&amp;#039;espace tout en travaillant un paysagement de qualité permettant une gestion facilitée source d&amp;#039;économie d&amp;#039;énergie et/ou d&amp;#039;eau, l&amp;#039;utilisation des essences locales, ...
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des conditions d&amp;#039;éligibilité présenté induit la mobilisation d&amp;#039;une équipe de maîtrise d&amp;#039;œuvre pluridisciplinaire ou un maître d&amp;#039;œuvre s&amp;#039;appuyant sur des études pré-opérationnelles ou mobilisant des compétences externes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Communes
-[...2 lines deleted...]
-  Etablissements publics de coopération intercommunale retenus au titre du programme d&amp;#039;appui de l&amp;#039;Agence Nationale de Cohésion Territoriale « Petites villes de demain »
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition de moins de 5 ans)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements urbains ou paysagers directement liés au projet :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;strong&gt;
-[...51 lines deleted...]
- &lt;br /&gt;
+ 1) le terrassement, les revêtements, les bordures...
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 4) l&amp;#039;éclairage public économe et adapté (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors signalisation routière
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) le mobilier urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  d&amp;#039;ingénierie stratégique,
-[...8 lines deleted...]
-  de conduite des opérations d&amp;#039;investissements.
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Les prestations réalisées en régie ne sont pas éligibles.
-[...15 lines deleted...]
- Pour contractualiser :
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  le courrier du bénéficiaire sollicitant une convention d&amp;#039;ingénierie avec le Département ;
-[...64 lines deleted...]
-      <c r="S33" s="1" t="inlineStr">
+  Les travaux de chaussée en enrobé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T33" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="X33" s="1" t="inlineStr">
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/espaces-publics-en-centres-bourgs-et-centres-villes-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...9 lines deleted...]
-  &lt;/span&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service :
-[...27 lines deleted...]
- &lt;/a&gt;
+ Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e30-espaces-publics-en-centres-bourgs-et-centres-/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>165906</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'aménagement durable - volet aménagement</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'aménagement durable - volet aménagement</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région souhaite promouvoir la renaturation d’espaces publics intégrant les enjeux d’aménagement durable et d’adaptation au changement climatique afin d’améliorer le cadre de vie et les conforts d’usage pour les habitants (lutte contre les îlots de chaleur, développement des modes actifs notamment), de protéger et renforcer la biodiversité et ses services, ainsi que d’accompagner la transition vers une mobilité décarbonée. Ce soutien se décline sur trois types d’opérations :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;La renaturation d’espaces publics dans le cadre de projets de revitalisation de centres-villes et de quartiers en reconversion ;&lt;/li&gt; 	&lt;li&gt;La requalification des espaces publics dans les zones d’activités économiques ;&lt;/li&gt; 	&lt;li&gt;Les projets d’aménagement en faveur des modes actifs (hors schéma régional des véloroutes).&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P28" s="1" t="inlineStr">
+        <is>
+          <t>27/09/2024</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets doivent nécessairement figurer dans les contrats Nos territoires d’abord.&lt;/p&gt;&lt;p&gt;EPCI, communes, établissements publics, syndicats mixtes, SPL&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Sur le volet renaturation d’espaces publics en centre-ville ou quartiers en reconversion : prioritairement les projets dans les centralités du SRADDET, les quartiers de gares ou en lien avec les démarches structurantes portées par la Région et construits sur une réflexion globale des enjeux de l’aménagement (îlots de chaleurs, biodiversité, eaux de pluie, déchets, mobilité, etc.) ;&lt;/li&gt; 	&lt;li&gt;Sur le volet requalification des zones d’activités : uniquement les projets en zones d’activités économiques existantes et d’intérêt communautaire, construits sur une réflexion globale des enjeux de l’aménagement (îlots de chaleurs, biodiversité, eaux de pluie, déchets, mobilité, etc.). L’inscription dans la démarche PARC&amp;#43; est valorisée ;&lt;/li&gt; 	&lt;li&gt;Sur le volet aménagements favorables aux modes actifs : créations, améliorations ou sécurisations d’aménagements cyclables (pistes cyclables, bandes cyclables, voies vertes, etc.) et justifiant d’un intérêt en termes de desserte, d’interconnexion, d’accessibilité ou de report modal. L’inscription dans un document de planification est valorisée.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/accompagner-lamenagement-durable-volet-amenagement</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_S_I_AMENAME/depot/simple</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:sah&amp;#64;maregionsud.fr"&gt;sah&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-l-amenagement-durable-volet-amenagement/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
         <v>32414</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Créer ou rénover des terrains de Basket 3x3 (Nouvelle discipline olympique) - Plan INFRA FFBB</t>
         </is>
       </c>
-      <c r="C34" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Fédération Française de Basketball</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Association</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Ingénierie technique
-[...3 lines deleted...]
-      <c r="J34" s="1" t="inlineStr">
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="J29" s="1" t="inlineStr">
         <is>
           <t>Aide forfaitaire de 2.000€ par terrain de Basket 3x3</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L34" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Plan INFRA FFBB - Fonds Fédéral
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Plan INFRA mis en place par la FFBB a pour ambition de décliner territorialement FFBB 2024 comme véritable outil d&amp;#039;aménagement et de reconnaissance d&amp;#039;innovation sociale en s&amp;#039;adaptant aux spécificités de chaque territoire (urbain (au sein des métropoles et des Quartier Politique de la Ville), rural (Zone de Revitalisation Rurale), ultramarins).
 &lt;/p&gt;
 &lt;p&gt;
  La FFBB soutiendra la création et la réhabilitation d&amp;#039;espaces de pratique « oubliés » ou « abandonnés » en accès libre ou contrôlé par la mise en œuvre d&amp;#039;un
  &lt;strong&gt;
   LABEL INFRA FFBB
  &lt;/strong&gt;
  valorisant la qualité de l&amp;#039;équipement adapté aux nouvelles pratiques du Basket (3x3 et VxE).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="http://www.ffbb.com/sites/default/files/infrastructure-ffbb-v9-165x310.pdf"&gt;
   Téléchargez la plaquette de présentation du plan INFRA
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="http://www.ffbb.com/sites/default/files/2019-03-22_ffbb2024_-_plan_infra_-_cahier_des_prescriptions_techniques_1.0_vfin.pdf"&gt;
   Téléchargez le cahier des prescriptions techniques
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  - Réalisation d&amp;#039;un terrain de Basket 3x3 à l&amp;#039;extrémité d&amp;#039;un &amp;#34;city-stade&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  - Rénovation de playgrounds extérieurs en milieu urbain avec design particulier (Exemple à Paris, Bordeaux, Lyon, etc...) sur des plans spécifiques amorcés par la collectivité.
 &lt;/p&gt;
 &lt;p&gt;
  - Création de terrains de Basket 3x3 en milieu rural, proche du gymnase utilisé par le club local.
 &lt;/p&gt;
 &lt;p&gt;
  - Création de terrains de Basket 3x3 couverts sur un site dédié aux pratiques urbaines (skate-park, StreetWorkout, etc...).
 &lt;/p&gt;
 &lt;p&gt;
  - Tout autre projet répondant à un besoin sur le territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Equipement public
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les critères du LABEL INFRA FFBB
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3 critères cumulatifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projet déposé par un club affilié à la FFBB ou une collectivité territoriale en lien avec un club support existant affilié à la FFBB.
  &lt;/li&gt;
  &lt;li&gt;
   Projet concernant un ou plusieurs équipements extérieurs dédiés à la pratique du Basketball (5x5 ou 3x3), couverts ou non, en accès contrôlé ou en accès libre, en rénovation ou création, en zone QPV, ZRR ou sur toute autre zone proche d&amp;#039;équipements couverts habituellement utilisés par un club affilié.
  &lt;/li&gt;
  &lt;li&gt;
   Projet respectant l&amp;#039;esprit de la plaquette INFRA FFBB et le cahier des prescriptions techniques établis à cet effet.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les critères du FONDS FFBB INFRA
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   3 critères cumulatifs :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projet ayant obtenu le label INFRA FFBB.
  &lt;/li&gt;
  &lt;li&gt;
   Projet qui concerne un ou plusieurs équipements en accès libre (mais proche d&amp;#039;un équipement existant utilisé par un club affilié FFBB) ou en accès contrôlé au profit du club.
  &lt;/li&gt;
  &lt;li&gt;
   Projet abouti et prêt à recevoir l&amp;#039;aide fédérale de la FFBB.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>http://www.ffbb.com/ffbb/ffbb-2024/le-plan-infra</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  FFBB : infra&amp;#64;ffbb.com
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>lsaillard@ffbb.com</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/52ab-plan-infra-ffbb-fonds-federal-terrains-de-bas/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>FFBB</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2020</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-[...121 lines deleted...]
-      <c r="A36" s="1">
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
         <v>163727</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Soutenir la rénovation énergétique des logements sociaux</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>La rénovation énergétique des logements sociaux</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H36" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L36" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le présent dispositif vise à soutenir les opérations de rénovation énergétique des logements sociaux communaux, de bâtiments à usage de logements communaux et d&amp;#039;activité tertiaire et de petits collectifs de logements sociaux (2 à 20 logements) existant&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Favoriser l’attractivité des territoires ruraux &lt;/p&gt;&lt;p&gt;Participer à la revitalisation des centres bourgs et au renouvellement urbain&lt;/p&gt;&lt;p&gt;Engager le parc social dans la transition énergétique et climatique pour maintenir une offre de logements sociaux confortables, économes en énergie et bas carbone (objectif du Sraddet et du PREE Nouvelle-Aquitaine : rénover énergétiquement 5000 à 7000 logements sociaux par an)&lt;/p&gt;&lt;p&gt;Développer l’offre de logement et lutter contre la précarité énergétique des ménages&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M36" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Montant
 &lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt si Cep après travaux inférieur à 150 kWhep/m2.an&lt;/p&gt;&lt;p&gt;jusqu’à 60% des dépenses éligibles plafonnées à 9 000 € / logt si Cep après travaux inférieur à 80 kWhep/m2.an&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergique de bâtiments à usage de logements sociaux communaux et d&amp;#039;activité tertiaire (activité marchande) &lt;/p&gt;&lt;p&gt;Etudes thermiques, missions d’assistance à maîtrise d’ouvrage et de maîtrise d’œuvre, pour les communes de moins de 5 000 habitants : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Etudes thermiques et/ou missions d’assistance à maîtrise d’ouvrage, mutualisées entre plusieurs collectivités ou nécessaires à une démarche BDNA ou de certification environnementale : jusqu’à 70% du coût HT&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 50% de l’assiette éligible HT&lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, ou à une démarche BDNA plafonné à 4 000 €&lt;/p&gt;&lt;p&gt;Opération de rénovation énergétique de petits collectifs de logemets sociaux(dans la limite de 3 projets par an) &lt;/p&gt;&lt;p&gt;Assistance à maîtrise d’ouvrage pour les démarches faisant l’objet d’une certification environnementale (BBC Effinergie, NF Habitat HQE…) ou intégrant une démarche BDNA : jusqu’à 50% du coût HT pour une opération&lt;/p&gt;&lt;p&gt;Dépenses liées aux travaux de maîtrise de l’énergie et aux installations de production d’énergie renouvelable en autoconsommation (hors maîtrise d’œuvre) : &lt;/p&gt;&lt;p&gt;jusqu’à 40% des dépenses éligibles plafonnées à 6 000 € / logt &lt;/p&gt;&lt;p&gt;Bonus : 50% du surcoût HT des dépenses liées à la prise en compte du caractère ancien et/ou patrimonial du bâti ou à l’utilisation de matériaux biosourcés, plafonné à 1 000 € / logt&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Cohésion sociale et inclusion
 Education et renforcement des compétences
 Economie locale et circuits courts
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires
 &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Communes&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Opérateurs (bailleurs…) agissant pour le compte d’une commune ou d’un EPCI&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Organismes de logement social publics&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Structures associatives et entreprises privées bénéficiant d’un agrément de l’Etat au titre du logement social&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Territoires cibles&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Territoires qualifiés de ruraux au sens de l’INSEE, porteurs d’un projet habitat : bourg ruraux, habitat dispersé, habitat très dispersé (information sur la grille communale de densité en niveaux sur le site https://observatoire-des-territoires.gouv.fr/outils/cartographie-interactive)&lt;/p&gt;&lt;p&gt;Les territoires situés en dehors des communautés d’agglomération sont prioritaires dans la programmation. &lt;/p&gt;&lt;p&gt;Projets cibles &lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de logements sociaux communaux existants : &lt;/p&gt;&lt;p&gt;2 logements minimum&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de bâtiments à usage de logements communaux et d’activité tertiaire :&lt;/p&gt;&lt;p&gt;surface de plancher fiscale du bâtiment à usage tertiaire inférieure ou égale à 50% de la surface totale de plancher fiscale du bâtiment&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 150 kWhep/m2.an et opération BBC compatible&lt;/p&gt;&lt;p&gt;Opérations de rénovation énergétique de petits collectifs de logements sociaux (dans la limite de 3 projets par an)&lt;/p&gt;&lt;p&gt;Petits collectifs de logements sociaux de 2 à 20 logements&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Cep après travaux inférieur à 80 kWhep/m2.an &lt;/p&gt;&lt;p&gt;Critères communs à ces 3 types d&amp;#039;opérations&lt;/p&gt;&lt;p&gt;Dans tous les cas diminution des émissions de GES, opération utilisant le fioul après travaux inéligible&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Prise en compte du confort d’été et de la ventilation/qualité de l’air&lt;/p&gt;&lt;p&gt;Travaux réalisés par des professionnels titulaires du label RGE (Reconnu garant de l’environnement) ou justifiant de leur engagement dans cette démarche&lt;/p&gt;&lt;p&gt;Mise en œuvre de toute action permettant de sensibiliser/former aux éco-gestes les occupants&lt;/p&gt;&lt;p&gt;Critères de priorité&lt;/p&gt;&lt;p&gt;La priorité sera donnée aux :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations qui s’inscrivent dans la contractualisation régionale avec les territoires et qui participent à la stratégie régionale de revitalisation des centres bourgs, d’OPAH-RU, etc.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;opérations s’inscrivant dans une stratégie territoriale portée, par exemple, par un EPCI.&lt;/p&gt;&lt;p&gt;Nota bene : &lt;/p&gt;&lt;p&gt;Cette aide, qui porte sur le parc existant, est à distinguer de l&amp;#039;aide &amp;#34;Logement social en ruralité&amp;#34;, décrite par ailleurs dans le guide des aides et qui s&amp;#039;applique à des opérations portant création d&amp;#039;une offre nouvelle de logements sociaux, en recyclage immobilier.&lt;/p&gt;&lt;p&gt;L’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/la-renovation-energetique-des-logements-sociaux</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Comment faire ma demande ?
 &lt;/p&gt;&lt;p&gt;Votre contact : energie&amp;#64;nouvelle-aquitaine.fr            &lt;/p&gt;&lt;p&gt;à l&amp;#039;attention de Vanessa BINAU                                         &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/la-renovation-energetique-des-logements-sociaux/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Création de logements sociaux
+Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>56455</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Préparer un projet de maitrise foncière</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...91 lines deleted...]
-      <c r="H38" s="1" t="inlineStr">
+Région</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L38" s="1" t="inlineStr">
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>aide maximale de 70 000 €</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Du fait de sa proximité avec les élus et de sa connaissance des territoires, la direction départementale des Territoires de la Lozère (DDT) est en capacité d&amp;#039;apporter localement une réponse adaptée à chaque collectivité, prenant en compte les objectifs des dispositifs d&amp;#039;aménagement du territoire et les principes généraux du développement durable.
-[...35 lines deleted...]
-&lt;p&gt;
+ L&amp;#039;Établissement Public Foncier Local des territoires Oise et Aisne accompagne ses adhérents pour la mise en œuvre de projet d&amp;#039;acquisitions foncière entrant dans le cadre du Programme Pluriannuel d&amp;#039;Intervention 202024-2028 : habitat, revitalisation d&amp;#039;un centre, activités économiques, résorption de friches, commerce de proximité, biodiversité et renaturation, équipements publics locaux, dents creuses...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette phase d&amp;#039;ingénierie et de conseil en amont d&amp;#039;une potentielle intervention foncière se fait à titre gratuit. Pour mieux préparer l&amp;#039;action foncière, un cofinancement d&amp;#039;étude peut-être accordé (voir page dédiée à cette aide).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités non adhérentes, il peut être sollicité un RDV avec l&amp;#039;EPFLO pour échanger sur vos projets et la démarche d&amp;#039;adhésion.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="X38" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q31" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- DDT de la Lozère
-[...5 lines deleted...]
- E-mail : ddt-msct&amp;#64;lozere.gouv.fr
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0982-cofinancer-des-etudes-pour-preparer-laction-f/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...723 lines deleted...]
-          <t>published</t>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>