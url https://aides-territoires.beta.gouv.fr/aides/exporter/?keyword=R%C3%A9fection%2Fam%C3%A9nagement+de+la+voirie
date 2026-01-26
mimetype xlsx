--- v0 (2025-11-19)
+++ v1 (2026-01-26)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA87"/>
+  <dimension ref="A1:AA107"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,597 +228,141 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>120322</v>
+        <v>152468</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Entretenir et réparer la voirie et les ouvrages d’art sur réseau routier communal</t>
+          <t>Aider tous travaux sur la voirie départementale et communale ainsi que les réseaux liés</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Entretien et réparation de voirie et d’ouvrages d’art sur réseau routier communal</t>
+          <t>VOIRIE ET RESEAUX DIVERS</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Drôme</t>
+          <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...199 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
-[...254 lines deleted...]
-      <c r="I4" s="1" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Min : 20 Max : 80</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider tous travaux sur la voirie départementale et communale ainsi que les réseaux liés.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M4" s="1" t="inlineStr">
+      <c r="M2" s="0" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réaménagement de la place de la mairie et création de zones accessibles aux Personnes à Mobilité Réduite
  &lt;/li&gt;
  &lt;li&gt;
   Extension des réseaux secs pour desserte de logements sociaux
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un tracteur tondeuse avec kit mulching pour l&amp;#039;entretien des espaces publics
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement et mise aux normes de l&amp;#039;éclairage public dans les communes de moins de 3 500 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Création et aménagement d&amp;#039;abris-bus dans toutes les zones de la commune
  &lt;/li&gt;
  &lt;li&gt;
   Travaux d&amp;#039;enfouissement de la fibre optique pour une connexion FTTH (Fiber to the Home)
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation des trottoirs, rues et places du centre-ville
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de véhicules utilitaires légers pour les services techniques de la commune
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de zones touristiques avec signalisation et jalonnement du patrimoine local
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Eau pluviale
 Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -1374,152 +918,1099 @@
  &lt;/li&gt;
  &lt;li&gt;
   les équipements annexes (signalisation verticale (hors nouvel itinéraire poids lourds) feux tricolores, alarme vitesse, mobilier urbain, plaques de rue, aires de jeux...),
  &lt;/li&gt;
  &lt;li&gt;
   les acquisitions foncières,
  &lt;/li&gt;
  &lt;li&gt;
   les travaux de voirie liés à la création ou à la réhabilitation de lotissements ou de zones commerciales,
  &lt;/li&gt;
  &lt;li&gt;
   travaux uniquement d&amp;#039;intégration des réseaux secs non situés à proximité immédiate d&amp;#039;espaces d&amp;#039;intérêt patrimonial,
  &lt;/li&gt;
  &lt;li&gt;
   tous travaux de réseaux secs en milieu urbain (la liste des communes urbaines et rurales prises en compte au titre des dispositifs d&amp;#039;aides s&amp;#039;appuie sur la liste des communes définies comme « urbaines » par le dernier arrêté préfectoral en vigueur, pris en application du décret n° 2006-430 du 13 avril 2006 définissant les communes rurales),
  &lt;/li&gt;
  &lt;li&gt;
   travaux sur les chemins ruraux,
  &lt;/li&gt;
  &lt;li&gt;
   travaux relatifs aux espaces verts autres que les espaces d&amp;#039;accompagnement de la voirie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W4" s="1" t="inlineStr">
+      <c r="W2" s="0" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3512-aider-a-lequipement-en-videoprotection/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>111627</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir la voirie communale</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Contrats</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Aide selon la longueur de la voirie communale.</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrat de voirie communale de 3 ans : aide aux travaux d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention mobilisable en une seule fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2019-04-0028 (AD du 30/09/2019)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes de moins de 2.000 habitants en Essonne et intercommunalités compétentes et maîtres d&amp;#039;ouvrage en Essonne.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La commune doit passer par un groupement de commandes, dont la convention constitutive est pilotée par l&amp;#039;intercommunalité.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fc7e-entretenir-la-voirie-communale/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>44620</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Aménager une voirie impliquant le réseau routier départemental</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Confrontés à des difficultés de circulation, la commune ou la communauté de communes peut être amenée à s&amp;#039;interroger sur la réalisation d&amp;#039;aménagements se développant en domaine public départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Cela concerne notamment, les projets d&amp;#039;aménagement de la voirie départementale dans le cadre d&amp;#039;opérations d&amp;#039;urbanisme en agglomération ou de valorisation des espaces urbains en traverse d&amp;#039;agglomération, ou bien, le traitement des problèmes ponctuels de sécurité, au niveau d&amp;#039;un carrefour situé hors agglomération, entre une voie communale et une route départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 40 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn à l&amp;#039;adresse suivante : https://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement d&amp;#039;un cheminement piéton le long de la RD622
+&lt;/p&gt;
+&lt;p&gt;
+ Décaler un arrêt bus au carrefour de la RD 622 et d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;un cheminement piéton entre le cimetière et le complexe sportif, le long de la RD4
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement de sécurité aux abords d&amp;#039;un arrêt bus au carrefour des VC 4 et RD 35
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement de sécurité dans la traversée du village, études et simulation avec des écluses - RD6
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement de sécurité dans la traversée de l&amp;#039;agglomération
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de solution pour l&amp;#039;accessibilité PMR des arrêts bus au Giratoire de Gabor - RD630
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;une agglomération avec signalisation (RD 631)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation au Plan de déplacement urbain - RD 10 et RD 14
+&lt;/p&gt;
+&lt;p&gt;
+ Mise à jour de la signalisation de police dans l&amp;#039;agglomération
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pose de radars pédagogiques
+&lt;/p&gt;
+&lt;p&gt;
+ Réalisation de comptages avec analyse de vitesse en traverse du village
+&lt;/p&gt;
+&lt;p&gt;
+ Interdiction des poids lourds dans la traverse du village
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>contact-aidesetsubventions@oise.fr</t>
+          <t>pierre.albinet@tarn.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/3512-aider-a-lequipement-en-videoprotection/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3936-amenager-une-voirie-impliquant-le-reseau-rout/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
+        <v>97598</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Structurer et maintenir les réseaux de voirie en bon état</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif pour le Département de l&amp;#039;Aude est d&amp;#039;aider les communes et leurs groupements à structurer et à maintenir en bon état leur réseau de voirie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires sont les communes de moins de 15 000 habitants ainsi que les groupements de communes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Travaux d&amp;#039;investissement structurant sur le réseau routier communal :
+  &lt;/strong&gt;
+  restructuration et renforcement de chaussée, aménagement de carrefour, construction ou confortement d&amp;#039;ouvrages d&amp;#039;art, bordurages et aménagements de trottoirs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aménagements de sécurité :
+  &lt;/strong&gt;
+  ralentisseurs et plateaux traversants, mise en accessibilité des arrêts de bus et leur cheminement aires de stationnement, chemins piétonniers...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aires de covoiturage
+  &lt;/strong&gt;
+  (la signalétique et la communication étant prises en charge par le Département sous réserve que la collectivité accepte que l&amp;#039;aire entre dans le réseau départemental)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aménagements des itinéraires cyclables :
+  &lt;/strong&gt;
+  études pour la création de boucles cyclotouristiques locales articulées avec un axe structurant départemental, création et aménagement et sécurisation de boucles cyclotouristiques locales (revêtement, signalétique, jalonnement, barrières de sécurité)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toute opération relevant de l&amp;#039;entretien général (rebouchage de nids de poule...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements annexes (mobilier urbain, feux tricolores, miroir, radars pédagogiques, plaques de rues...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de voirie liés à la création de lotissements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les investissements liés à la création de réseaux de télécommunications ou d&amp;#039;éclairage public
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements paysagers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les communes appartenant à un groupement de communes qui s&amp;#039;est doté de la compétence voirie, les travaux de chaussées sous maîtrise d&amp;#039;ouvrage communale sont exclus du champ d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/voirie-communale</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : voirie, cœurs de village, services de proximité, équipements touristiques (hébergement et pleine nature), déneigement, intempéries – Ghislaine Cabrol-Hutin
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.67.36
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : ghislaine.cabrol&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f3b8-aider-a-structurer-et-a-maintenir-en-bon-etat/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>97599</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Reconstruire la voirie suite à des intempéries</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du Département de l&amp;#039;Aude est d&amp;#039;aider à la reconstruction de la voirie communale sinistrée et aux dépendances suite à la survenance d&amp;#039;événements climatiques ou géologiques de très grande ampleur.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires sont les communes et leurs groupements (Syndicats Intercommunaux, Communautés de Communes).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépense éligible :
+ &lt;/strong&gt;
+ Reconstruction à l&amp;#039;identique ou confortement au minimum de la voirie communale et ouvrages d&amp;#039;art endommagés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépense liée à l&amp;#039;extension d&amp;#039;une construction endommagée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de confort et d&amp;#039;embellissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement des heures supplémentaires des agents des collectivités pour travaux de déblaiement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/voirie-intemperies</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : voirie, cœurs de village, services de proximité, équipements touristiques (hébergement et pleine nature), déneigement, intempéries – Ghislaine Cabrol-Hutin
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.67.36
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : ghislaine.cabrol&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/588c-aider-a-la-reconstruction-de-la-voirie-face-a/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>120346</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des routes départementales en traverse de zones agglomérées</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>AMENAGEMENT DES ROUTES DEPARTEMENTALES EN TRAVERSE DE ZONE AGGLOMEREES</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Assurer et améliorer les fonctions que remplit une Route Départementale en traverse de zone agglomérée.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour la circulation générale : bon écoulement du trafic de transit (qualité et sécurité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  au niveau de l&amp;#039;agglomération : circulation intra-urbaine, stationnement, sécurité des piétons, qualité de l&amp;#039;espace urbain pour les habitants, etc....
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces aménagements font l&amp;#039;objet d&amp;#039;opérations concertées et coordonnées entre le Département et les Communes, ou les EPCI, afin de traiter dans le même temps tous les aspects de l&amp;#039;aménagement de la traverse.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Les communes et les EPCI si la  compétence voirie ou la compétence aménagements cyclables leur a été déléguée.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour les communes au potentiel fiscal de moins de 150 k€ et pour des opérations de moins de 150 k€ de travaux HT hors déplacements de réseaux et à condition qu&amp;#039;il n&amp;#039;y ait pas d&amp;#039;enjeu paysager ou architectural :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Département peut assurer la maîtrise d&amp;#039;ouvrage des travaux de traverses
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Commune peut transférer sa maîtrise d&amp;#039;ouvrage au Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Pôle Ingénierie le plus proche :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *assure la maîtrise d&amp;#039;œuvre de l&amp;#039;opération
+&lt;/p&gt;
+&lt;p&gt;
+ *calcule la participation communale
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Commune verse sa part de financement au Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les autres :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Commune ou l&amp;#039;EPCI assurent la maîtrise d&amp;#039;ouvrage des travaux en traverse de zones agglomérées.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Département transfère sa maîtrise d&amp;#039;ouvrage à la Commune en lui proposant une convention de transfert de maîtrise d&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Pôle Ingénierie le plus proche assure un accompagnement de la commune ou l&amp;#039;EPCI.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Il aide pour l&amp;#039;écriture du programme (opportunité, analyse des besoins, objectifs, estimation révisionnelle des travaux, prescriptions techniques  applicables aux travaux sur RD).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la partie du projet qui le concerne, il apporte un appui pour la  consultation et le choix d&amp;#039;un maître d&amp;#039;œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la partie du projet qui le concerne, il conseille en phase études puis  travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Il rédige la convention de transfert de maîtrise d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ Il donne les autorisations techniques préalables et les permissions de voirie  nécessaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Il s&amp;#039;assure du respect des préconisations techniques et financières.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Département verse sa part de financement en investissement, selon ses disponibilités financières, en dépenses directes pour les travaux pour lesquels il transfère sa maîtrise d&amp;#039;ouvrage, et sous forme d&amp;#039;une subvention pour une partie des travaux restant à la charge de la Commune ou de l&amp;#039;EPCI.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Montant Hors Taxe des travaux prévus basé sur les prix des marchés à bons de commandes du Département.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ensemble des éléments permettant la collecte et l&amp;#039;évacuation des eaux pluviales de la chaussée : bordures de trottoirs, collecteur EP nécessaire aux eaux pluviales de la voirie, regards de branchement, grilles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bordures d&amp;#039;îlots directionnels de carrefour y compris celles de l&amp;#039;îlot central
+ &lt;/li&gt;
+ &lt;li&gt;
+  Revêtement des pistes cyclables, dans la limite de 3,5 mètres de large
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtrise d&amp;#039;œuvre, CSPS, frais de passation des marchés
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant /Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Pour les travaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le taux de subvention est calculé en fonction des critères de richesse du bénéficiaire (cf. délibération du 30 novembre 2015).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le critère retenu est le Potentiel Financier de l&amp;#039;année N-1 dont le calcul est fixé par l&amp;#039;article L. 2334-4 du CGCT.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ On distingue deux taux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux nominal : ce taux est fixé par référence aux strates de richesse présentées ci-dessous au regard de la grille de référence définie par l&amp;#039;Assemblée départementale dans le cadre des Projets de Cohérence Territoriale
+ &lt;/li&gt;
+&lt;/ul&gt;
+Potentiel financier de la commune
+Taux
+0 € à 200 000 €
+70 %
+200 001  € à 450 000 €
+50 %
+450 001 € à 600 000 €
+40 %
+600 001 €  1 000 000 €
+30 %
+1 000 001 € à 2 000 000 €
+25 %
+&amp;gt; 2 000 000 €
+20 %
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux réel : le taux nominal sera minoré de 15 % si l&amp;#039;effort fiscal de la commune est inférieur à 0,7.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le taux nominal sera majoré de 10 % pour toute commune nouvelle résultant de la fusion de communes et ce, sur une période limitée à 3 ans après la date de fusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux des EPCI est fixé à 20 % sans minoration.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la maîtrise d&amp;#039;œuvre, CSPS et frais de passation des marchés : 8 % du montant de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les pistes cyclables, le revêtement bénéficie d&amp;#039;une subvention de 100 % sur la base des prix des marchés à bon de commande du Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Notice explicative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de l&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Estimation détaillée avec répartition des maîtrises d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération de la commune
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Aménagement du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aménagement des routes départementales en traverse de zone agglomérée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Validation technique de l&amp;#039;avant-projet (AVP) par le Comité d&amp;#039;Examens Techniques des Opérations Routières (CETOR). Sont notamment pris en compte le gabarit et la sécurité.
+&lt;/p&gt;
+&lt;p&gt;
+ Validation du projet (PRO) par la Commission Aménagement Voirie (CAV).
+&lt;/p&gt;
+&lt;p&gt;
+ Cette commission arrête le plan de financement et propose un planning de l&amp;#039;opération au regard des échéances souhaitées par la commune ou l&amp;#039;EPCI et des disponibilités budgétaires du Département, par rapport aux autres projets de traverse.
+&lt;/p&gt;
+&lt;p&gt;
+ Établissement du programme de traverses et inscription budgétaire : la programmation de l&amp;#039;année N est établie en septembre de l&amp;#039;année N-1 au vu des projets validés en juin de l&amp;#039;année N-1 selon les disponibilités financières du programme aménagement des traverses du Département. Ainsi, pour que son inscription puisse être étudiée lors de la programmation, un projet aura dû être examiné et validé par le CETOR et la CAV au plus tard au mois de juin de l&amp;#039;année N-1.
+&lt;/p&gt;
+&lt;p&gt;
+ Décision de la Commission permanente.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Au vu des factures et/ou décomptes acquittés.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 21 janvier 2013 dénommée Schéma d&amp;#039;Orientation des Déplacements Routiers (SODeR)
+&lt;/p&gt;
+&lt;p&gt;
+ Mise à jour de la  Fiche d&amp;#039;Orientation C3 (Délibération 15 février 2016).
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération du 31 mai 2021 sur le Aides aux territoires drômois pour les pistes cyclables
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Travaux d&amp;#039;investissement sur routes départementales situées en zones agglomérées.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ Toute autre opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/amenagement-des-routes-departementales-en-traverse-de-zone-agglomerees/</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction des Déplacements – Service Administratif et Financier – Pôle Conventions &amp;amp; Subventions Voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mireille MALLEVAL
+  &lt;/strong&gt;
+  – Tél :
+  &lt;strong&gt;
+   04 75 75 92 21 –
+  &lt;/strong&gt;
+  Mail : mmalleval&amp;#64;ladrome.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/822f-amenagement-des-routes-departementales-en-tra/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>120369</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Soutenir les collectivités dans leurs projets d'investissement en matière de voirie communale et/ou communautaire</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>SOUTIEN A LA VOIRIE COMMUNALE</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;objectif est de soutenir les collectivités dans leurs projets d&amp;#039;investissements en matière de voirie communale et/ou communautaire, dans le cadre d&amp;#039;une dotation forfaitaire annuelle « orientée » voirie tenant compte du kilométrage avec une pondération pour les communes situées à plus de 700m d&amp;#039;un projet de voirie structurant sur le mandat municipal.
 &lt;/p&gt;
 &lt;h4&gt;
  Montant / taux de l&amp;#039;aide :
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Dotation forfaitaire voirie :
    &lt;/strong&gt;
    forfait.
   &lt;/li&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Projet structurant voirie :
    &lt;/strong&gt;
    taux de la commune. (Plancher &amp;#61; 3 000 € HT. Plafond &amp;#61; 400 000 € HT)
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;h4&gt;
   Instruction des dossiers :
  &lt;/h4&gt;
@@ -1533,278 +2024,2768 @@
   Dispositif : Aménagement des espaces publics
  &lt;/p&gt;
  &lt;p&gt;
   Vote de la subvention par la Commission permanente. La durée de validité de la subvention est limitée à 2 ans, sans prorogation possible. Ces opérations sont éligibles aux enveloppes DST et PCT, le Département se réserve la possibilité de ne pas prioriser les projets de voirie structurante par rapport aux autres projets d&amp;#039;aménagement et d&amp;#039;équipement déposés par les communes.
  &lt;/p&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;strong&gt;
     Dotation forfaitaire voirie :
    &lt;/strong&gt;
    Au courant du 1er trimestre de l&amp;#039;année d&amp;#039;attribution.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;h4&gt;
  Bases réglementaires
 &lt;/h4&gt;
 &lt;p&gt;
  Délibération du 21 novembre 2022 : « Aides aux territoires »
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Accessibilité</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les opérations éligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux de classement de voirie, d&amp;#039;amélioration et de modernisation du réseau routier ou de création de voies, propriétés de la commune (études, levés, acquisitions, signalisation et travaux), ou de parkings seront soutenus dans le cadre de la Dotation Forfaitaire Voirie.
 &lt;/p&gt;
 &lt;p&gt;
  Les communes ne pourront déposer qu&amp;#039;un seul projet au cours de leur mandat municipal :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    création, réfection et requalification d&amp;#039;une voirie structurante (hors réseaux sec et humides, éclairage public),
   &lt;/li&gt;
   &lt;li&gt;
    projet d&amp;#039;aménagement global dont la part voirie sera prise en compte dans les dépenses éligibles, (hors réseaux sec et humides, éclairage public),
   &lt;/li&gt;
   &lt;li&gt;
    création / rénovation de parking.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Le caractère structurant du projet sera déterminant dans la recevabilité du dossier.
 &lt;/p&gt;
 &lt;p&gt;
  Ces plafonds pourront évoluer en cas de contraintes fortes sur le budget départemental ».
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux d&amp;#039;entretien de voirie ne sont pas éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Dotation Forfaitaire Voirie : Les communes de moins de 5 000 habitants. Les communes ayant déléguées leur compétence voirie pourront verser au EPCI la part voirie de la DFV.
   &lt;/li&gt;
   &lt;li&gt;
    Projet voirie structurant : Communes de – 25 000 habitants.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/soutien-a-la-voirie-communale/</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Politiques Territoriales-Service des Relations avec les Collectivités.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quentin DUVILLIER
  &lt;/strong&gt;
  , Coordonnateur zone nord  –
  &lt;strong&gt;
   Tél. : 04 75 79 26 65
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Christel MORIN,
  &lt;/strong&gt;
  Coordonnatrice zone sud  –
  &lt;strong&gt;
   Tél. : 04 75 79 26 31
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Aurore MERMET
  &lt;/strong&gt;
  , Coordonnatrice zone centre –
  &lt;strong&gt;
   Tél. : 04 75 79 82 29
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Laurence ROCHER
  &lt;/strong&gt;
  , Chef de service, Coordonnatrice  zone ouest  –
  &lt;strong&gt;
   Tél. : 04 75 79 26 67
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0394-dotation-forfaitaire-voirie/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G6" s="1" t="inlineStr">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>139935</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’une aide pour conseiller et accompagner, pour définir, piloter et exploiter un projet dans le domaine de la voirie et des réseaux divers</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>AMO ou MOE Mission voirie et réseaux divers</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le domaine de la voirie, Cantal Ingénierie &amp;amp; Territoires (CIT), propose un rôle de conseil dans la phase diagnostic du projet. CIT propose des missions d&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO), notamment dans le cas d&amp;#039;opérations nécessitant l&amp;#039;intervention d&amp;#039;équipes pluridisciplinaires. CIT intervient également sur des missions de maitrise d&amp;#039;œuvre (MOE) pour les opérations permettant une ingénierie en interne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement de place de village
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de traverse de centre bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien de voirie, mise en sécurité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi d&amp;#039;opérations veille du respect de l&amp;#039;acte d&amp;#039;engagement, supervision des marchés de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO ou MOE sur les ouvrages d&amp;#039;art (murs, ponts)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de voies vertes, voies partagées ou voies à mobilité douce
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etre adhérent à CIT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conventionnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>http://ingenierie-et-territoires.cantal.fr/</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8e2-beneficier-dune-aide-pour-conseiller-et-accom/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>143349</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour définir et lancer un projet dans le domaine de la voirie et des ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière de voirie et d&amp;#039;ouvrages d&amp;#039;art :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour donner des conseils de 1er niveau
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une expertise ciblée (assistance à maîtrise d&amp;#039;ouvrage partielle)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance à maîtrise d&amp;#039;ouvrage globale afin d&amp;#039;aider la collectivité à répondre à ses prérogatives de maître d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil de 1er niveau (administratifs, réglementaires et techniques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui méthodologique pour l&amp;#039;actualisation du tableau de classement de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic simplifié d&amp;#039;un ouvrage d&amp;#039;art et préconisations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition d&amp;#039;un programme de surveillance et d&amp;#039;entretien des ouvrages d&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition d&amp;#039;un programme d&amp;#039;entretien de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition de principes (définition du besoin, faisabilité, scénarios d&amp;#039;aménagement....) ou assistance à maîtrise d&amp;#039;ouvrage (définition du besoin, faisabilité, scénarios d&amp;#039;aménagement, appui à la consultation des prestataires dont maîtrise d’œuvre, suivi des études..) pour l&amp;#039;aménagement d&amp;#039;une traversée d&amp;#039;agglomération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition de principes (définition du besoin, faisabilité, scénarios d&amp;#039;aménagement....) ou assistance à maîtrise d&amp;#039;ouvrage (définition du besoin, faisabilité, scénarios d&amp;#039;aménagement, appui à la consultation des prestataires dont maîtrise d’œuvre, suivi des études..) pour les travaux d&amp;#039;amélioration d&amp;#039;une voie existante ou de construction d&amp;#039;une voie nouvelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise ou assistance à maîtrise d&amp;#039;ouvrage autre projet
+ &lt;/li&gt;&lt;li&gt;Diagnostic de sécurité ou assistance à maîtrise d&amp;#039;ouvrage pour la mise en sécurité des passages à niveau&lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.inge43.fr/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
+  contact&amp;#64;inge43.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 71 07 41 71
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>contact@inge43.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b4c-beneficier-dun-accompagnement-pour-definir-et/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>162244</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux aménagements de voirie : les nouveaux matériaux durables</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H6" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les communes réalisent de nombreux aménagements sur leur territoire
+(VRD, espace public, sécurisation de cheminements piétons/cycles, ...) pour
+améliorer le cadre de vie des citoyens.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Aujourd’hui il est nécessaire d’intégrer dès la conception de ces
+aménagements les enjeux du développement durable et les effets du changement
+climatique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;L’objet de la formation est de bien définir le besoin et d’intégrer
+des solutions techniques innovantes pour 
+les travaux dont les communes auront la charge en tant que maître
+d’ouvrage.&lt;font face="Calibri, sans-serif"&gt;&lt;span&gt;&lt;/span&gt;&lt;/font&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;CONTENU (Progression pédagogique)&lt;/p&gt;&lt;p&gt;Étude de cas : réhabilitation d’une voirie d’une commune rurale du Jura &lt;/p&gt;&lt;p&gt;Cadrage d’un projet de voirie/place&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Acteurs et moyens disponibles&lt;/li&gt;&lt;li&gt;Objectifs et contraintes&lt;/li&gt;&lt;li&gt;Techniques classiques de voirie, chaussée, réseaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Solutions intégrant les nouvelles contraintes environnementales&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Enjeux des aménagements durables : mobilité, sécurité, définition des espaces, gestion des eaux pluviales&lt;/li&gt;&lt;li&gt;Nouvelles techniques intégrant les changements climatiques et le développement durable&lt;/li&gt;&lt;li&gt;Reprise de l’étude de cas &lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;OBJECTIFS PEDAGOGIQUES&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Connaitre les principales techniques relatives
+aux aménagements urbains et de voirie&lt;/li&gt;&lt;li&gt;Appréhender les enjeux du changement
+climatique sur les aménagements de voirie/places&lt;/li&gt;&lt;li&gt;Construire et suivre un projet d’aménagement en intégrant les
+objectifs du développement durable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Points forts :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Fondamentaux techniques en termes de travaux d’aménagement de
+voirie, de réseaux&lt;/li&gt;&lt;li&gt;Formation basée sur des exemples de travaux déjà réalisés en
+Franche-Comté ou des technologies disponibles en 2024.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prérequis&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Être élu maire, adjoint, conseiller municipal en fonction à la date de
+la formation&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.amjura.fr</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;AMJ | 2 rue de Pavigny - LONS-LE-SAUNIER 39000 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;03 84 86 07 07&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;formation&amp;#64;amjura.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>fabrice.castro@amjura.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/formation-amenagements-de-voirie-les-nouveaux-materiaux-durables/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>163015</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans l'établissement de votre politique routière</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Définition de la politique routière et programmation des travaux</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement dans les différentes étapes de l’établissement de votre politique routière :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Recensement de la voirie (identification et quantification du patrimoine routier) / transposition des données sur un Système d’Information Géographique (SIG) / hiérarchisation du réseau),&lt;/li&gt;&lt;li&gt;Assistance à la mise à jour du tableau de recensement de la voirie communale,&lt;/li&gt;&lt;li&gt;Diagnostic des chaussées (relevés qualitatifs / évaluation de l’état des chaussées),&lt;/li&gt;&lt;li&gt;Programmation pluriannuelle des travaux (définition d’une stratégie d’entretien périodique et planification des travaux).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-damenagement-ou-de-creation-de-voiries-mobilites-douces-ou-ouvrages-dart/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>163016</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation des opérations d’entretien de la voirie et de ses dépendances</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Maitrise d'oeuvre pour les opérations d’entretien de la voirie et de ses dépendances</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour les opérations d’entretien de la voirie et de ses dépendances.&lt;/p&gt;&lt;p&gt;La mise en œuvre d’un programme annuel de réfection de chaussées : études de maitrise d’œuvre, assistance pour la passation des marchés de travaux et suivi de travaux.&lt;/p&gt;&lt;p&gt;Accompagnement pour la consultation, la passation et suivi de l’exécution des autres marchés de prestations intellectuelles nécessaires (coordination SPS, …), ainsi qu’une assistance à la gestion des marchés.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-damenagement-ou-de-creation-de-voiries-mobilites-douces-ou-ouvrages-dart-1/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>154978</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’acquisition de matériel pour l’entretien de la voirie</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>ACQUISITION DE MATÉRIEL DE VOIRIE</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - Taux porté à 40 % pour l'acquisition de véhicule électrique (ramené à 35% en fonction du potentiel financier</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L6" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à l&amp;#039;acquisition de matériel pour l&amp;#039;entretien de la voirie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 5 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dotés de la compétence en matière de voirie, quelle que soit leur population, pour les travaux qu&amp;#039;ils réalisent dans les communes dont la population est inférieure à 5 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Les communautés d&amp;#039;agglomération ou communauté urbaine et la Métropole, ainsi que les communes
+ qui la composent, sont exclues de ce dispositif d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Acquisition de matériel roulant neuf ou d&amp;#039;occasion pour l&amp;#039;entretien de la voirie : tracteur multifonctions immatriculé, véhicule léger et fourgon, camion, camion-grue, balayeuse, broyeur à branches, épareuse, bras de fauchage, épandeur à sel, lame de déneigement, remorque, benne, chargeur pour tracteur, désherbeuse.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+ Les tondeuses à gazon tractées, poussées et portées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/Plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 5.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 50.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de la dépense subventionnable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/acquisition-de-materiel-de-voirie/</t>
+        </is>
+      </c>
+      <c r="W14" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b0f-aider-au-maintien-et-au-developpement-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>30522</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Aménager ponctuellement le réseau routier communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La mission consiste à apporter une aide, d&amp;#039;une part dans l&amp;#039;analyse des enjeux de circulation, et d&amp;#039;autre part dans la définition des besoins d&amp;#039;aménagement de la voirie communale, puis à accompagner la collectivité dans la recherche d&amp;#039;un maître d&amp;#039;œuvre pour mener à bien la phase opérationnelle.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 41 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sécurisation de la circulation aux entrées du village
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en sécurité de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;un trottoir et d&amp;#039;une voie piétonne (VC Chemin des Pins)
+&lt;/p&gt;
+&lt;p&gt;
+ Sécurisation du carrefour de la VC n°4 avec un futur lotissement
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;un cheminement doux entre la mairie et le stade municipal au-dessus du ruisseau Le Rieu Fauré.
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement de stationnement alterné
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement de parking aux abords du collège
+&lt;/p&gt;
+&lt;p&gt;
+ Réparations suite à éboulement de talus sur une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ Programmation de l&amp;#039;entretien de la voirie communale
+&lt;/p&gt;
+&lt;p&gt;
+ Instabilité du chemin de randonnée du petit train
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b539-amenager-ponctuellement-le-reseau-routier-com/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>30523</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir la voirie, programmer les travaux d'entretien routier et limiter les risques du gestionnaire</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette action consiste à donner les notions de base dans la gestion et la réalisation de l&amp;#039;entretien routier visant à préserver le patrimoine et limiter les risques pour les maitres d&amp;#039;ouvrages (Communes ou EPCI).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions concernent l&amp;#039;entretien de tous les composants du domaine routier : chaussée, espaces verts, ouvrages, signalisation ...
+&lt;/p&gt;
+&lt;p&gt;
+ Sont aussi abordées des méthodes simples de programmation de travaux d&amp;#039;entretien périodique des chaussées avec une stratégie propre à chaque collectivité en fonction de la nature de son patrimoine (quantitatif et qualitatif) et du budget consacré.Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 42 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c654-entretenir-la-voirie-programmer-les-travaux-d/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>74573</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aider les travaux urgents de réparation de voirie suite à intempérie</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 60</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide varie selon critères fiscaux</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds d&amp;#039;urgence routes intempéries (FURI) intervient auprès des communes et EPCI du département en cas de dommages causés sur la voirie et ouvrages d&amp;#039;arts communaux par un événement climatique ou géologique.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale intervient en complément de l&amp;#039;aide de l&amp;#039;Etat au titre du &amp;#34;Fonds de solidarité catastrophes naturelles&amp;#34; ou des &amp;#34;crédits exceptionnels pour les dégâts causés par des calamités publiques&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale intervient sur les dégâts non couverts par les assurances.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Travaux de réparation, reconstruction de voiries à l&amp;#039;identique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : communes et EPCI
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : travaux de réparation, reconstruction de voiries à l&amp;#039;identique, hors
+ extension, amélioration.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions de financement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Dépense de 50 000€ HT minimum : aide départementale unique ou complémentaire à l&amp;#039;aide de l&amp;#039;Etat et de la Région (aide départementale inférieure ou égale à celle de l&amp;#039;Etat)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Taux de financement
+ &lt;/strong&gt;
+ : 60% maximum, selon la taille de la collectivité et autres financements,  dans la limite de 70% toutes aides publiques confondues
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Ruralité et Economie Résidentielle :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Christel ASENSIO : 05 62 56 78 34 (christel.asensio&amp;#64;ha-py.fr)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sophie HONDAA : 05 62 56 77 87 (sophie.hondaa&amp;#64;ha-py.fr)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/162f-aider-les-travaux-urgents-de-reparation-de-vo/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>74894</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux de voirie pastorale et d'améliorations pastorales</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 70</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'aide varie de 10 à 70% du montant HT ou TTC des travaux selon les autres financements</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Conseil Départemental soutient les travaux de voirie pastorale et d&amp;#039;améliorations pastorales (clôtures, parcs de tri, rénovation cabanes, aménagement point d&amp;#039;eau ...) en cofinancement du FEADER.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention FEADER est à retirer au GIP CRPGE (Centre de Ressources sur le Pastoralisme et la Gestion de l&amp;#039;Espace).
+&lt;/p&gt;
+&lt;p&gt;
+ La durée de validité de l&amp;#039;aide est de 2 ans.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de l&amp;#039;aide se fait par acomptes ou en totalité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le soutien du Conseil Départemental est exercé dans le cadre des financements de la Région, de l&amp;#039;Etat, de l&amp;#039;Europe et éventuellement du Parc National.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jocelyne SASSERE  : 05.62.56.78.33 / jocelyne.sassere&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a818-soutenir-les-travaux-de-voirie-pastorale-et-d/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>105110</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir la voirie communale (FDAC)</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Fonds départemental d'aide aux communes (FDAC)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etablissements publics de coopération intercommunale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats intercommunaux à vocation multiple (SIVOM)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entretien de la voirie communale
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de subvention est déterminé en fonction du
+ &lt;strong&gt;
+  &lt;em&gt;
+   potentiel fiscal
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ (de l&amp;#039;année N-2 – fiches DGF N-1) par habitant des communes. Celui des groupements de communes résulte du rapport : total des potentiels fiscaux des communes membres / nombre d&amp;#039;habitants de ces mêmes communes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  moins de 520 € par habitant : 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  de 520 € à 830 € par habitant : 30%
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ce taux est applicable à la dépense subventionnable HT, plafonnée en fonction du coût d&amp;#039;entretien (fixé à 0,8309 €/m) et de la longueur de voirie (classée au 1er janvier 2005 – fiches DGF 2006).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Rythme de passage des dossiers :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  tous les 3 ans pour les communes qui n&amp;#039;ont pas délégué cette compétence
+ &lt;/li&gt;
+ &lt;li&gt;
+  chaque année pour les groupements de communes (pour la moitié de leur voirie)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les voies concernées sont les voies communales qui ont fait l&amp;#039;objet d&amp;#039;un classement dans le domaine public communal
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations subventionnées : le FDAC concerne uniquement les travaux d&amp;#039;entretien de la voirie communale
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le renforcement de chaussées
+ &lt;/li&gt;
+ &lt;li&gt;
+  le renouvellement du revêtement superficiel dont la signalisation horizontale et verticale
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;entretien des fossés, le dérasement des accotements
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aqueducs traversant les chaussées et autres dispositifs de retenues
+ &lt;/li&gt;
+ &lt;li&gt;
+  la désimperméabilisation des voies dès lors qu&amp;#039;elle donne lieu à un projet de végétalisation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ne sont pas éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  tous travaux sur les routes départementales
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous travaux sur les chemins ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;élargissement, la construction ou la reconstruction d&amp;#039;un ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  la remise en état à la suite de dégâts causés par les calamités publiques qui relève des subventions exceptionnelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  les emplacements de stationnement dans la mesure où ils constituent l&amp;#039;accessoire d&amp;#039;une opération de voirie et sont situés dans l&amp;#039;emprise de la voie, ces travaux s&amp;#039;inscrivant dans les aménagements de bourgs
+ &lt;/li&gt;
+ &lt;li&gt;
+  la création de voies communales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - la nature de l&amp;#039;opération envisagée
+&lt;/p&gt;
+&lt;p&gt;
+ - le plan de financement prévu incluant la subvention sollicitée auprès du Département
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une notice explicative (dont calendrier de réalisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le devis descriptif et estimatif des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  les plans des travaux
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction :
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/fdac.pdf</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 74 15
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa96-entretenir-la-voirie-communale-fdac/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>120322</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir et réparer la voirie et les ouvrages d’art sur réseau routier communal</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Entretien et réparation de voirie et d’ouvrages d’art sur réseau routier communal</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur la réglementation, les enjeux, les procédures
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à la programmation des travaux de voirie (recensement des travaux, analyse des contraintes techniques et environnementales, définition des procédures administratives à suivre, priorisation, chiffrage sommaire et échéancier de réalisation des travaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance pour le diagnostic préalable des désordres sur ouvrages d&amp;#039;art (rédaction du dossier de consultation des experts, analyse des offres, gestion des marchés d&amp;#039;expertise)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance pour le choix d&amp;#039;un maître d&amp;#039;oeuvre (rédaction du dossier de consultation, analyse des offres, gestion du marché)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la validation des études réalisées par le maître d&amp;#039;oeuvre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Prestations définies selon la loi MOP :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude préliminaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la passation du contrat de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visa des plans d&amp;#039;exécution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Direction de l&amp;#039;exécution des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ordonnancement, pilotage et coordination des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance aux opérations de réception des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Dans le cadre d&amp;#039;un programme d&amp;#039;entretien régulier ou à la suite de désordres événementiels :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   travaux de réfection ou de réparation de chaussée (renouvellement des enduits superficiels, enrobés, coulis...) ou d‘ouvrages d&amp;#039;art, ainsi que les travaux préparatoires éventuellement nécessaires
+  &lt;/li&gt;
+  &lt;li&gt;
+   travaux de remise en état à l&amp;#039;identique de chaussée ou d&amp;#039;ouvrages d&amp;#039;art suite à un sinistre
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;br /&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;span&gt;
+   Critères d&amp;#039;éligibilité des communes :
+  &lt;/span&gt;
+  &lt;br /&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage : population inférieure à 5000 habitants
+   &lt;/li&gt;
+   &lt;li&gt;
+    pour la maîtrise d&amp;#039;œuvre : population inférieure à 2000 habitants et montant de travaux inférieur à 150 k€ par an
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/entretien-et-reparation-de-voirie-et-douvrages-dart-sur-reseau-routier-communal/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Département de la Drôme – Service études et travaux
+  &lt;/li&gt;
+  &lt;li&gt;
+   Secrétariat 04 75 75 92 27 •
+   &lt;a href="mailto:gyounsi&amp;#64;ladrome.fr"&gt;
+    gyounsi&amp;#64;ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.ladrome.fr/"&gt;
+    www.ladrome.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9e35-entretien-et-reparation-de-voirie-et-douvrage/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>97325</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l'entretien de la voirie de marais</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Environ 20% du territoire Vendéen est situé en zone de marais. La nature géologique du sol conduit à une dégradation plus rapide de l&amp;#039;état de la voirie. En effet, les argiles de marais (argile de l&amp;#039;holocène), substratum des routes concernées, sont de nature à gonfler ou dégonfler selon la saison et la teneur en eau des sols.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme a pour objectif d&amp;#039;aider ces communes dans l&amp;#039;entretien des routes situées sur cette couche géologique d&amp;#039;argiles de marais.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond de l&amp;#039;aide fixé à 10 000 euros par kilomètre linéaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Réhabilitation
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 3000 habitants ayant tout ou partie de leur territoire concerné par la couche géologique de l&amp;#039;argile de l&amp;#039;Holocène
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI regroupant ces communes et ayant la compétence de l&amp;#039;entretien de la voirie communale
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sont éligibles l&amp;#039;ensemble des travaux liés à la réalisation de l&amp;#039;infrastructure.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas concernés, les études, les panneaux de signalisation directionnelle et d&amp;#039;information et les acquisitions foncières.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux devront concerner uniquement les voies communales revêtues en enrobé ou en bicouche.
+&lt;/p&gt;
+&lt;p&gt;
+ Les chemins sablés, en terre ou non revêtus seront exclus.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux pris en compte devront être situés sur la couche géologique de l&amp;#039;argile de l&amp;#039;holocène.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département ne pourra pas être attribuée pour des travaux de même nature sur une même section pendant 5 ans après l&amp;#039;attribution d&amp;#039;une aide du Département à ce titre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;&lt;p&gt;Pôle Finances et Ressources / Direction des Finances / Service Ingénierie financière et budgétaire&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 84 20&lt;/p&gt;
+&lt;p&gt;
+ Mail : &lt;a href="mailto:finances&amp;#64;vendee.fr" target="_self"&gt;finances&amp;#64;vendee.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>florian.sicard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dc81-accompagner-lentretetien-de-la-voirie-de-mara/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>143288</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Développer l’usage des matériaux alternatifs en construction routière</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;utilisation de matériaux alternatifs en substitution de matériaux naturels présente un enjeu majeur pour les acteurs de la construction. La construction routière notamment constitue, par les quantités de matière en jeu, une filière de choix pour valoriser les matériaux alternatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Maîtres d&amp;#039;ouvrages de la construction routière
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La loi sur la transition énergétique pour la croissance verte (LTECV) engage l&amp;#039;Etat et les collectivités territoriales maîtres d&amp;#039;ouvrages de la construction et de l&amp;#039;entretien routier sur la voie d&amp;#039;une consommation raisonnée des ressources naturelles granulaires en favorisant le réemploi et le recyclage ou toutes autres formes de valorisation matière, au sens de la directive 2008/98/CE du Parlement européen relative aux déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ La LTECV fixe ainsi à l&amp;#039;Etat et aux collectivités territoriales des objectifs ambitieux pour leurs chantiers de construction et d&amp;#039;entretien routier :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   l
+  &lt;/strong&gt;
+  a priorité à l&amp;#039;utilisation des matériaux issus du réemploi, de la réutilisation ou du recyclage de déchets dans les  marchés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des taux élevés de réemploi, de réutilisation ou de recyclage de déchets : au moins 50 % en masse en 2017 et 60 % en 2020.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les besoins des maîtres d&amp;#039;ouvrages concernent donc principalement l&amp;#039;assistance technique pour des actions opérationnelles sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Entreprises du BTP et industriels
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les producteurs de déchets et les entreprises de TP doivent par ailleurs développer l&amp;#039;usage de matériaux alternatifs et investir dans le développement de nouvelles techniques constructives et de traitement des matériaux minéraux et organiques afin de favoriser le recyclage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Fort de sa connaissance historique des matériaux minéraux et biosourcés et de son positionnement entre maîtres d&amp;#039;ouvrages et maîtres d&amp;#039;œuvre, le Cerema propose une offre de services à destination des maîtres d&amp;#039;ouvrages publics et des entreprises des TP.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ces services permettent de rassembler et croiser des compétences variées indispensables pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organiser les filières de gestion, dont la valorisation en technique routière des déchets issus des chantiers du BTP, des industries, des collectivités et des mines et carrières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Concevoir et dimensionner les infrastructures routières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractériser les matériaux granulaires utilisés en construction (géotechnique, mécanique et environnement) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtriser les risques environnementaux et sanitaires liés à l&amp;#039;emploi de nouveaux matériaux alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôler les chantiers de construction ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &amp;#039;
+  &lt;/strong&gt;
+  Monitorer&amp;#039; la durabilité des constructions routières (environnement et géotechnique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assister techniquement les maîtres d&amp;#039;ouvrage dans la gestion des déchets générés par leur chantier et l&amp;#039;emploi des matériaux alternatifs, sur toutes les phases de leur chantier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le Cerema propose en particulier aux maîtres d&amp;#039;ouvrages de la construction routière :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Assistance pour :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; La promotion des matériaux alternatifs, leur domaine d&amp;#039;emploi au travers une vulgarisation des documents techniques et environnementaux existants ; o l&amp;#039;élaboration de marchés intégrant la gestion des matériaux et des déchets générés dans le cadre de la construction et de l&amp;#039;entretien routier ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;élaboration de marchés « matériaux » favorisant le réemploi et l&amp;#039;utilisation de matériaux alternatifs dans les ouvrages routiers (dont volets mécanique, géotechnique, environnemental et sanitaire, élaboration du plan de contrôle) ;
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;gt; L&amp;#039;élaboration et le suivi de marchés de contrôle de chantiers de mise en œuvre de matériaux alternatifs ;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance technique chantier lors de la mise en œuvre de matériaux alternatifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et/ou mise en œuvre de méthodologies et d&amp;#039;outils pour faciliter l&amp;#039;application des politiques publiques en matière de réemploi, de réutilisation ou de recyclage de déchets en construction et entretien routier ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transfert de connaissances (formation des ingénieurs territoriaux).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;établissement propose aux entreprises du BTP et aux industriels une variété de prestations :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes de gisements actuels et nouveaux de matériaux alternatifs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de méthodologies et de guides régionaux sur de nouveaux gisements, en collaboration avec les acteurs de la construction, calqués sur les méthodologies nationales ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de nouveaux usages d&amp;#039;emploi de matériaux recyclés ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;outil d&amp;#039;échanges pour mettre en relation fournisseur et utilisateurs de matériaux alternatifs...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transition énergétique
+Innovation, créativité et recherche
+Bâtiments et construction
+Appui méthodologique
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/developper-usage-materiaux-alternatifs-construction-routiere</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b2f-developper-lusage-des-materiaux-alternatifs-e/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>128962</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseils fonciers en matière de chemins ruraux et voirie communale</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être informé sur la législation et la réglementation en
+matière de voiries (chemins d&amp;#039;exploitations, chemins
+ruraux, voiries communales...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être conseiller en matière de classement/
+déclassement/ aliénation/ actualisation des chemins
+ruraux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagner à l&amp;#039;analyse et à l&amp;#039;étude au cas par cas
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller foncier et/ou le conseiller
+en développement territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations et échanges sur les droits et obligations
+du statut des différentes voiries communales
+(connaissance et actualisation)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges autour des enjeux juridiques, financiers et
+techniques pour mieux appréhender et optimiser la
+gestion
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Rapport personnalisé en fonction de la nature du besoin
+(note, études, tableaux...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents administratifs
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d48-beneficier-de-conseils-fonciers-en-matiere-de/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>126138</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des travaux d'entretien et de réfection des voiries, murs et ponceaux communaux</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppe de voirie communale</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Plancher de 700€</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de voirie communale exprime la solidarité du Département envers les communes, afin de répondre aux enjeux de conservation du patrimoine routier communal et par voie de conséquence de sécurité des voies secondaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seuls les projets de travaux peuvent bénéficier d&amp;#039;un accompagnement départemental. Il s&amp;#039;agit des travaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;entretien et de réfection des seules voiries communales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;entretien, de réparation à l&amp;#039;identique des murs et ponceaux des voies communales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les acquisitions ne sont pas éligibles, y compris les acquisitions des matériels dédiés au déneigement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 24 juin 2022 ou 1er janvier 2023, 257 communes, et n&amp;#039;appartenant pas à une Métropole,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale (EPCI) ayant compétence en matière de voirie, pour les communes qui ont transférés leur voirie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Syndicats compétents en matière de voirie communale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année N sont éligibles sur devis et la subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement ou en 2 si la subvention est supérieure à 150 000 €.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/60d8-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>104961</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer aux aménagements sous maitrise d'ouvrage déléguée (voirie départementale)</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Voirie départementale - contributions aux aménagements sous maitrise d'ouvrage déléguée</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DESCRIPTION DU DISPOSITIF
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le Département souhaite apporter son soutien aux aménagements de traversées d&amp;#039;agglomération dans l&amp;#039;emprise du domaine public routier départemental portés par les communes ou les intercommunalités. Le projet devra s&amp;#039;inscrire dans une volonté de modernisation, de sécurisation et de valorisation des abords ou traversées d&amp;#039;agglomération.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODE DE CALCUL
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention est attribué en fonction de la nature du projet (prise en charge de la réfection de la couche de roulement de la voie départementale concernée voire du renforcement en grave bitume de la structure de chaussée de la route départementale selon les préconisations du Département).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Participation du Département au titre de la couche de roulement à hauteur de 100% dans le cadre du projet d&amp;#039;aménagement de traverse
   &lt;/li&gt;
   &lt;li&gt;
    Participation du Département au titre du renforcement de la structure à hauteur de 100% si la route départementale concernée par le projet communal n&amp;#039;est pas suffisamment structurée pour recevoir le trafic mesuré
   &lt;/li&gt;
   &lt;li&gt;
    Participation du Département au titre du renforcement de la structure à hauteur de 50% dans le cadre de travaux d&amp;#039;effacement des réseaux
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Cette aide sera forfaitaire et calculée sur la base des prix des marchés départementaux.
 &lt;/p&gt;
 &lt;p&gt;
  Nota : aucune participation du Département à la structure de chaussée ne sera accordée pour tout aménagement ou équipement (plateau, écluse, chicane,...) souhaité par la commune générant de ce fait un renforcement de structure de la voie départementale
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   instruction du dossier technique (avant-projet) avec le concours de l&amp;#039;Agence départementale de l&amp;#039;aménagement (ADA) territorialement compétente
  &lt;/li&gt;
  &lt;li&gt;
   rencontre préalable entre la collectivité maître d&amp;#039;ouvrage et le Département (élus et représentants de la Direction des routes et de l&amp;#039;aménagement) afin d&amp;#039;examiner précisément l&amp;#039;objet de la demande, le contexte, les contraintes techniques, le plan de financement prévisionnel (prenant en compte les aides financières escomptées d&amp;#039;autres dispositifs), le calendrier de réalisation
  &lt;/li&gt;
  &lt;li&gt;
   à l&amp;#039;issue de cette rencontre, établissement par le Département d&amp;#039;un relevé de propositions reprenant l&amp;#039;ensemble des décisions et le plan prévisionnel de financement
  &lt;/li&gt;
  &lt;li&gt;
   examen du dossier par l&amp;#039;Assemblée délibérante pour attribution d&amp;#039;un fonds de concours au titre de la voirie départementale
  &lt;/li&gt;
  &lt;li&gt;
   établissement par l&amp;#039;ADA d&amp;#039;une convention autorisant l&amp;#039;aménagement, l&amp;#039;entretien ultérieur et fixant les modalités du cofinancement de l&amp;#039;opération
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -1842,484 +4823,894 @@
   dans le cas particulier d&amp;#039;un fonds de concours basé sur des dépenses réelles, et outre les pièces mentionnées ci-dessus, le versement est conditionné à la présentation en fin d&amp;#039;opération :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  - d&amp;#039;un tableau récapitulatif rappelant le montant des différentes aides obtenues
 &lt;/p&gt;
 &lt;p&gt;
  - du décompte général et définitif des travaux, visé par le comptable du maître d&amp;#039;ouvrage, auquel sera jointe la copie des factures acquittées
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Modalités particulières d&amp;#039;instruction : pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de versement : un acompte, correspondant à 70 % du montant de la contribution départementale, intervient sur présentation de l&amp;#039;OS de démarrage ; le solde est versé au vu du procès-verbal de parfait achèvement dûment complété
 &lt;/p&gt;
 &lt;p&gt;
  Caducité : l&amp;#039;opération devra être achevée et la demande de versement du solde devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive du fonds de concours à la collectivité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/Medias/1-vos_besoins/Dispositifs/Routes_et_deplacements/3111_AMENAGTS_SOUS_MAITRISE_D_OUVRAGE_DELEGUEE.pdf</t>
         </is>
       </c>
-      <c r="W6" s="1" t="inlineStr">
+      <c r="W25" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches »
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Date limite de dépôt des demandes : néant
 &lt;/p&gt;
 &lt;p&gt;
  Direction des routes et de l&amp;#039;aménagement ; Tél. : 05 16 09 61 64
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/11bf-contribuer-aux-amenagements-sous-maitrise-dou/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>111631</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Aménager la voirie, le stationnement, les carrefours, la sécurité et la signalisation</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Voirie</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>Taux d'aide selon le nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;investissement pour les aménagements de voirie et de sécurité routière : études, parcs de stationnement, signalisation, aménagement de carrefour...
+&lt;/p&gt;
+&lt;p&gt;
+ Aide provenant du produit des amendes de police relatif à la circulation routière, crédits Etat répartis par le Département.
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 2.000 habitants : 50 % de la dépense subventionnable HT plafonnée à 60.000€.
+  &lt;/li&gt;
+  &lt;li&gt;
+   De 2.001 à 5.000 habitants : 30 % de la dépense subventionnable HT plafonnée à 80.000€.
+  &lt;/li&gt;
+  &lt;li&gt;
+   De 5.001 à 10.000  habitants : 20 % de la dépense subventionnable HT plafonnée à 100.000€.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Délibération n°2013-03-0010 (AD du 24/06/2013)
+</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes et Groupements de communes de moins de 10.000 habitants en Essonne.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un seul dossier, intégrant une ou plusieurs opérations, par an et par collectivité.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des infrastructures et de la voirie
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/61e5-amenager-la-voirie-le-stationnement-les-carre/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>162633</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Mesurer les vitesses et le trafic routier</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Voirie</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
-[...10 lines deleted...]
- &lt;/em&gt;
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets.
+&lt;/p&gt;
+&lt;p&gt;Dans le domaine de la voirie la réalisation de comptages routiers et des mesures de vitesses permets préalablement à l&amp;#039;engagement de travaux de définir si la voie nécessite des aménagements (constat d&amp;#039;une problématique d&amp;#039;après les mesures effectuées ou simple ressenti) et d&amp;#039;adapter ceux-ci en fonction du trafic (taux de PL et de VL) et des vitesses pratiquées...&lt;/p&gt;&lt;p&gt;Les mesures s&amp;#039;effectuent sur une période d&amp;#039;une semaine et font l&amp;#039;objet de la remise d&amp;#039;un rapport avec l&amp;#039;extraction et l&amp;#039;analyse des données issues de ces mesures.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Mesurer la vitesse des usagers sur un axe routier&lt;/p&gt;&lt;p&gt;Comptabiliser le trafic routier avec possibilité d&amp;#039;extraire le trafic PL et VL&lt;/p&gt;&lt;p&gt;Définir des aménagements de sécurité si besoin en fonction du trafic et des vitesses pratiquées&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
-[...32 lines deleted...]
- &lt;br /&gt;
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr  -&lt;/a&gt; 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
-[...66 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/visiter-les-ouvrages-dart-et-accompagner-les-maitre-douvrage-dans-la-gestion-et-lentretien-de-leur-patrimoine/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G8" s="1" t="inlineStr">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>154979</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réfection des dégâts sur voies communales consécutifs aux intempéries</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>RÉFECTION DES DÉGÂTS SUR VOIES COMMUNALES CONSÉCUTIFS AUX INTEMPÉRIES</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I28" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 50</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider de manière exceptionnelle les communes et EPCI suite à une catastrophe naturelle.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dotés de la compétence en matière de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Les communes appartenant à un EPCI peuvent déposer une demande à titre individuel étant précisé que cette demande ne peut être cumulée avec celle déposée, le cas échéant, par l&amp;#039;EPCI.
+&lt;/p&gt;
+&lt;p&gt;
+ La Métropole Rouen Normandie et les communes qui la composent sont exclues de ce dispositif d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux de remise en état des voies
+communales et des ouvrages d&amp;#039;art, y
+compris murs et talus de soutènement
+de chaussées, consécutifs à des
+évènements météorologiques
+exceptionnels (neige, gel, tempêtes,
+inondations orages...) et travaux de
+déblaiement avec location d&amp;#039;engins.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cette aide exceptionnelle s&amp;#039;appuie sur les critères de l&amp;#039;aide départementale à la voirie communale et à la réhabilitation des ouvrages d&amp;#039;art, notamment sur la nature des dépenses éligibles, les bénéficiaires de l&amp;#039;aide et les caractéristiques de la dépense subventionnable.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plantations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mobilier urbain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouvrages d&amp;#039;assainissement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Équipements annexes des chaussées et infrastructures non financés dans le cadre des aides à la voirie communale (voirie ou ouvrages des lotissements et des zones d&amp;#039;activités).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cette aide s&amp;#039;appuie sur la reconnaissance, par un arrêté préfectoral, de l&amp;#039;état de catastrophe naturelle sur le
+secteur où les travaux de réparation seront sollicités. Il est toutefois important que la demande soit
+déposée rapidement après la constatation des dégâts, et avant même la parution de l&amp;#039;arrêté préfectoral,
+pour que celle-ci puisse être instruite dans les meilleurs délais.
+Compte tenu de l&amp;#039;urgence à réaliser les travaux de réparation, les communes ou les EPCI doivent déposer
+leurs dossiers dans un délai de 3 mois suivant l&amp;#039;évènement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;avis technique de la direction des routes sera sollicité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 1.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : Communes : 200.000€ HT - EPCI : 1.200.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ces plafonds sont annuels, toutes opérations confondues.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/refection-des-degats-sur-voie-communale-consecutifs-aux-intemperies/</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c7c8-aider-au-maintien-et-au-developpement-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>162409</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l’aménagement d’infrastructures cyclables hors agglomération pour la pratique du vélo au quotidien</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Programme Vélo du Quotidien</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Ce dispositif vise à favoriser le
+développement de la pratique du vélo au quotidien, en particulier dans le cadre
+des déplacements domicile-travail, par l’accompagnement des collectivités locales
+(EPCI et communes) dans la réalisation d’aménagements cyclables situés hors agglomération
+le long d’une route départementale. &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Les travaux concernés par l’octroi de l’aide départementale :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aménagement d’une
+piste cyclable bidirectionnelle ou monodirectionnelle le long des routes départementales
+(prise en charge à 40% par le Département plafonné à 300 000€ par an et par
+canton).&lt;/li&gt;&lt;li&gt;&lt;span&gt;Sécurisation des
+traversées de routes départementales par les pistes ou itinéraires cyclables (prise
+en charge par le Département à 40% plafonné à 300 000€ par an et par canton).&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Aménagement de bandes
+multifonctionnelles sur routes départementales (prise en charge à 80% par le Département
+plafonné à 300 000€ par an et par canton)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;span&gt;Autres critères d’éligibilité :&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L’aménagement doit être
+situé le long d’une route départementale hors agglomération&lt;/span&gt;&lt;/li&gt;&lt;li&gt;Respecter le référentiel
+d’aménagement&lt;/li&gt;&lt;li&gt;&lt;span&gt;Avoir fait l’objet d’un contact préalable avec l’Agence Routière Départementale
+(ARD) concernée, garantissant la faisabilité technique du projet. &lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vendee.fr/amenager-et-preserver-leur-cadre-de-vie/organiser-les-mobilites/pistes-cyclables</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Département de la Vendée&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;40, rue Foch, 85923 LA ROCHE SUR YON cedex 9&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Tel : 02 28 85 86 02&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Mail : &lt;a href="mailto:mobilites-durables&amp;#64;vendee.fr" target="_blank"&gt;&lt;span&gt;mobilites-durables&amp;#64;vendee.fr &lt;/span&gt;&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>hugo.bard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-lamenagement-dinfrastructures-cyclables-hors-agglomeration-pour-la-pratique-du-velo-au-quotidien/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>94791</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en oeuvre de leur projet d'urbanisme, d'aménagement, d'assainissement, d'eau, de voirie et d'ouvrage d'art</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de Meurthe et Moselle (ATD 54)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Assistance technique, administrative et financière des collectivités pour la définition de leurs besoins, la conception et la mise en oeuvre des projets dans les domaines de l&amp;#039;aménagement, de l&amp;#039;urbanisme, de l&amp;#039;eau, de la voirie et des ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  AMO travaux d&amp;#039;assainissement collectif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à l&amp;#039;entretien des ouvrages d&amp;#039;assainissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de schéma directeur eau potable, suivi de DSP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic de voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un programme de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visites des ponts et conseils en matière de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO opérations d&amp;#039;urbanisme et d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour la gestion intégrée des eaux pluviales dans les projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la recherche et à la mobilisation des financements.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Equipement public
+Logement et habitat
+Appui méthodologique
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Meurthe-et-Moselle</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.mmd54.org/</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:mmd54&amp;#64;mmd54.org" rel="noopener" target="_blank"&gt;
+  mmd54&amp;#64;mmd54.org
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cécile CALIN, Directrice de MMD 54 : 03 94 94 56 92
+&lt;/p&gt;
+&lt;p&gt;
+ Murielle COLLIGNON, Assistante administrative : 03 54 50 71 66
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>ccalin@mmd54.org</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/abfe-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>120280</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Mener des diagnostics ou des projets d'aménagement dans le domaine de la voirie communale</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Prestations diverses dans le domaine de la voirie communale</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
-[...172 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Projets d&amp;#039;aménagement de routes ou d&amp;#039;ouvrages d&amp;#039;art communaux neufs
  &lt;/li&gt;
  &lt;li&gt;
   Diagnostics de sécurité ou autres missions en rapport avec la route
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
@@ -2364,1594 +5755,1232 @@
   &lt;li&gt;
    Avant projet
   &lt;/li&gt;
   &lt;li&gt;
    Projet
   &lt;/li&gt;
   &lt;li&gt;
    Assistance à la passation du contrat de travaux
   &lt;/li&gt;
   &lt;li&gt;
    Visa des plans d&amp;#039;exécution
   &lt;/li&gt;
   &lt;li&gt;
    Direction de l&amp;#039;exécution des travaux
   &lt;/li&gt;
   &lt;li&gt;
    Ordonnancement, pilotage et coordination des travaux
   &lt;/li&gt;
   &lt;li&gt;
    Assistance aux opérations de réception des travaux
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N9" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O9" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R9" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Communes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage : population inférieure à 5000 habitants
   &lt;/li&gt;
   &lt;li&gt;
    pour la maîtrise d&amp;#039; oeuvre : population inférieure à 2000 habitants, potentiel fiscal inférieur à 700 k€ HT, montant de travaux inférieur à 150 k€ HT et projet sans enjeu paysager ou architectural majeur
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S9" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V9" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/prestations-diverses-dans-le-domaine-de-la-voirie-communale/</t>
         </is>
       </c>
-      <c r="X9" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme
 &lt;/p&gt;
 &lt;p&gt;
  Service études et travaux
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 75 92 27
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:gyounsi&amp;#64;ladrome.fr"&gt;
   gyounsi&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y9" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z9" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d142-prestations-diverses-dans-le-domaine-de-la-vo/</t>
         </is>
       </c>
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>140773</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des travaux de voirie et d'aménagement des espaces publics</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
-[...2 lines deleted...]
- Aider à l&amp;#039;acquisition de matériel pour l&amp;#039;entretien de la voirie.
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménager les circulations et zones de vie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Développer l&amp;#039;attractivité des territoires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Améliorer les conditions de circulation
+&lt;/p&gt;
+&lt;p&gt;
+ - Embellir le cadre de vie
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O10" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
-[...4 lines deleted...]
- &lt;/strong&gt;
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  dper&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 03 84 47 04 12
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f8e4-realiser-des-travaux-de-voirie-et-damenagemen/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>149780</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en voirie / aménagement de l'espace public</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique voirie/aménagement de l&amp;#039;espace public sont les suivants :
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Communes de moins de 5 000 habitants
-[...2 lines deleted...]
-  EPCI dotés de la compétence en matière de voirie, quelle que soit leur population, pour les travaux qu&amp;#039;ils réalisent dans les communes dont la population est inférieure à 5 000 habitants.
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis  coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  MAITRISE D&amp;#039;OEUVRE (pour les travaux de voirie &amp;lt; 90 k€ HT): conception du projet et suivi de sa réalisation dans les conditions de délais, de qualité ainsi que de coûts fixés
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement de l&amp;#039;hypercentre de Villié-Morgon
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de l&amp;#039;espace public en centre bourg incluant la démolition d&amp;#039;un bâtiment à  Saint-Laurent-d&amp;#039;Agny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de la traversée d&amp;#039;agglomération à Haute-Rivoire
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- NB : Les communautés d&amp;#039;agglomération ou communauté urbaine et la Métropole, ainsi que les communes
-[...4 lines deleted...]
-  Dépenses éligibles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations de maîtrise d&amp;#039;oeuvre (MOE) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sécurisation du centre bourg à Meaux-la-Montagne
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;aménagements de sécurité à Souzy
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une écluse à Vaux-en-Beaujolais
   &lt;br /&gt;
- &lt;/strong&gt;
-[...21 lines deleted...]
-  Plafond de dépenses : 50.000€ HT
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de la dépense subventionnable.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
-[...132 lines deleted...]
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Equipement public
-Architecture
-[...3 lines deleted...]
-      <c r="O11" s="1" t="inlineStr">
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="S11" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accès au service :
+&lt;/p&gt;
+&lt;p&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;oeuvre sont payantes avec remise sur les coûts journaliers des intervenants.
+&lt;/p&gt;
+&lt;p&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil, d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;oeuvre sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
-[...21 lines deleted...]
- 04 71 45 27 27
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89ca-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-      <c r="A12" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>126134</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Obtenir une assistance technique en matière de voirie</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Assistance technique départementale Domaine Voirie</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Conseils à l&amp;#039;établissement d&amp;#039;un diagnostic de sécurité routière, sur la procédure à suivre pour le classement ou le déclassement des voies, sur l&amp;#039;exploitation d&amp;#039;une voirie ou enfin sur la programmation des travaux d&amp;#039;entretien courant de voirie.
 &lt;/p&gt;
 &lt;p&gt;
  Les missions de maîtrise d&amp;#039;oeuvre n&amp;#039;étant pas exclues expressément du champ de l&amp;#039;assistance technique, il est proposé d&amp;#039;apporter un service aux collectivités qui en ont le plus besoin, en assurant des missions de maîtrise d&amp;#039;oeuvre, pour des opérations limitées à 30 000 € HT de coût de travaux pour les communes et 150 000 € HT pour les EPCI.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  1- Les communes considérées comme rurales (c&amp;#039;est-à-dire : les communes de moins de 2 000 habitants ; les communes de plus de 2 000 habitants qui n&amp;#039;appartiennent pas à une unité urbaine ; les communes de plus de 2 000 habitants qui appartiennent à une unité urbaine de moins de 5 000 habitants) auxquelles il convient de soustraire celles dont le potentiel financier par habitant est supérieur à 1,3 fois le potentiel financier moyen par habitant des communes de – 5 000 habitants.
 &lt;/p&gt;
 &lt;p&gt;
  La liste est transmise annuellement par les services de l&amp;#039;Etat.
 &lt;/p&gt;
 &lt;p&gt;
  2- les EPCI de moins de 40 000 habitants pour lesquels les communes mentionnées au 1 représentent plus de la moitié de la population des communes membres.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Responsable de la Gestion Financière des Aides aux Collectivités
 &lt;/p&gt;
 &lt;p&gt;
  Olivier Bayle
 &lt;/p&gt;
 &lt;p&gt;
  Tél. 04 77 12 52 12
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:olivier.bayle&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   olivier.bayle&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/65d0-obtenir-une-assistance-technique-en-matiere-d/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G13" s="1" t="inlineStr">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>120323</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Faire des aménagements routiers sur routes départementales en agglomération</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Aménagements routiers sur routes départementales en agglomération</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;p&gt;
+ Présentation des règles de la voirie départementale, des procédures de validation et de financement, prescriptions pour le programme de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Indication des caractéristiques de la voirie départementale, prescriptions techniques applicables aux travaux de voirie sur RD, rédaction de la convention de transfert de Maîtrise d&amp;#039;Ouvrage pour les travaux de chaussée réalisés par la Commune, rédaction de l&amp;#039;accord de voirie, validation du projet technique pour les travaux de voirie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Prestations définies selon la loi MOP :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etude préliminaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostic
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avant projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la passation du contrat de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visa des plans d&amp;#039;exécution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Direction de l&amp;#039;exécution des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ordonnancement, pilotage et coordination des travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance aux opérations de réception des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets d&amp;#039;aménagement de routes départementales en agglomération dans le cadre d&amp;#039;opérations d&amp;#039;urbanisme, de modification ou d&amp;#039;aménagements routiers divers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Critères d&amp;#039;éligibilité des communes :
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour l&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO) : pas de critère d&amp;#039;éligibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour la maîtrise d&amp;#039;oeuvre : population inférieure à 2000 habitants, potentiel fiscal inférieur à 700 k€ HT, montant de travaux inférieur à 150 k€ HT et projet sans enjeu paysager ou architectural majeur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/amenagements-routiers-sur-routes-departementales-en-agglomeration/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Département de la Drôme – Service études et travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Secrétariat 04 75 75 92 27 •
+  &lt;a href="mailto:gyounsi&amp;#64;ladrome.fr"&gt;
+   gyounsi&amp;#64;ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.ladrome.fr/"&gt;
+   www.ladrome.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9552-amenagements-routiers-sur-routes-departementa/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>156157</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux sur la voirie communale et la réhabilitation d’ouvrages d’art</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>VOIRIE COMMUNALE ET RÉHABILITATION DES OUVRAGES D’ART</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J36" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="N13" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes et EPCI dans leurs travaux de voirie ou pour la réhabilitation d&amp;#039;ouvrages d&amp;#039;art.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
-Transports collectifs et optimisation des trafics routiers
-[...3 lines deleted...]
-      <c r="O13" s="1" t="inlineStr">
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="S13" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dotés de la compétence en matière de voirie, quelle que soit leur population, pour les travaux qu&amp;#039;ils réalisent dans les communes dont la population est inférieure à 2 000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: La Métropole ainsi que les communes qui la composent ne peuvent bénéficier de ce dispositif d&amp;#039;aide en raison du transfert de compétences
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie communale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;investissement structurant sur le réseau routier communal : restructuration et renforcement de chaussée à l&amp;#039;aide d&amp;#039;enrobé en béton bitumineux, aménagement de carrefour, aménagements de sécurité, ouvrages d&amp;#039;assainissement strictement liés à la chaussée, signalisation de sécurité (verticale et horizontale) de premier investissement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  En cas de travaux d&amp;#039;assainissement pluvial conséquent, présentant un enjeu en matière d&amp;#039;inondations caractérisé par des dysfonctionnements hydrauliques avérés, la réalisation d&amp;#039;un schéma de gestion des eaux pluviales sera sollicitée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais liés à la constitution et à la réalisation de l&amp;#039;opération : frais de maîtrise d&amp;#039;œuvre et de coordination de sécurité, études.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études d&amp;#039;investissement préalables concourant à la définition et à la réalisation de ces aménagements, à condition qu&amp;#039;elles soient comprises dans un délai de 3 ans à compter de la date du dépôt de la demande de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réhabilitation des ouvrages d&amp;#039;art :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et travaux de réhabilitation (ponts, murs de soutènement de chaussées) maintien du niveau de service et des impératifs de sécurité routière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais liés à la constitution et à la réalisation de l&amp;#039;opération : frais de maîtrise d&amp;#039;œuvre et de coordination de sécurité, études.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études d&amp;#039;investissement préalables concourant à la définition et à la réalisation de ces aménagements, à condition qu&amp;#039;elles soient comprises dans un délai de 3 ans à compter de la date du dépôt de la demande de subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie communale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Simple revêtement de la chaussée (enduit superficiel, rebouchage de nids-de-poule, etc.) et toutes opérations relevant de l&amp;#039;entretien général,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous ouvrages d&amp;#039;assainissement non liés à la voirie (collectes des eaux usées et autres),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les mises à niveau des ouvrages des concessionnaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements annexes (feux tricolores, alarme vitesse, plaques de rue, aires de jeux, etc.),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions foncières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les créations de voiries,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les cheminements piétons, y compris les trottoirs, et les pistes cyclables,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous aménagements non liés strictement à la voirie (éclairage, enfouissement de réseaux, aménagements paysagers, mobilier urbain, etc.)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réhabilitation des ouvrages d&amp;#039;art :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tous travaux non directement liés à l&amp;#039;ouvrage ou ne présentant aucun impératif en matière de sécurité routière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de simple entretien courant des ouvrages, les acquisitions foncières ainsi que les travaux annexes (éclairage...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de voirie ou sur des ouvrages liés à la création ou à la réhabilitation de lotissements ou de zones d&amp;#039;activités ainsi que plus généralement toutes opérations à caractère économique et commercial.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études d&amp;#039;investissement préalables liées à des opérations à caractère économique et commercial tels que les aménagements de lotissement à usage privé et les ZAC.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 10.000€ HT pour les communes et EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 200.000€ HT pour les communes (par an et par maître d&amp;#039;ouvrage) - 1.200.000€ HT pour les EPCI (par an et par maître d&amp;#039;ouvrage)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: L&amp;#039;aide n&amp;#039;est pas cumulable avec d&amp;#039;autres aides départementales ni avec le fonds d&amp;#039;action locale (FAL).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
-[...10 lines deleted...]
- Téléphone : 01 60 91 96 09
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/voirie-communale-et-rehabilitation-des-ouvrages-dart/</t>
+        </is>
+      </c>
+      <c r="W36" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e001-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...112 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>164215</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une Délégation de Matrise d'Ouvrage "Clé en main"</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Délégation de matrise d'ouvrage (DMO)</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
-[...20 lines deleted...]
-      <c r="O15" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financé par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70 propose ses
+compétences aux collectivités adhérentes pour des missions de délégation de
+maîtrise d’ouvrage&lt;/p&gt;&lt;p&gt;L’agence missionne l’entreprise pour le
+compte des collectivités via des accords cadre à bons de commandes. L’agence
+suit les travaux et les réceptionne. La maitrise d’ouvrage est déléguée, c’est
+Ingénierie70 qui réglera à l’entreprise le montant des travaux. &lt;/p&gt;&lt;p&gt;Réalisation sous mandat de maîtrise d&amp;#039;ouvrage
+déléguée de tous travaux concernant l&amp;#039;assainissement (réseaux, stations
+d&amp;#039;épuration, pluvial...) et l&amp;#039;eau potable (installations de production et de
+traitement, réseaux...), voirie pour un montant de travaux &amp;lt; à 100 000 € HT.&lt;/p&gt;&lt;p&gt;NIVEAU
+D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS&lt;/p&gt;&lt;p&gt;Ø  &lt;u&gt;La phase définition des conditions de réalisation incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Définition des
+conditions administratives et techniques selon lesquelles les ouvrages seront
+réalisés ;&lt;/p&gt;&lt;p&gt;-
+Réalisation des démarches administratives nécessaires pour l’exécution des
+travaux ;&lt;/p&gt;&lt;p&gt;- Assistance
+au maître d’ouvrage pour le montage des dossiers de subvention.&lt;/p&gt;&lt;p&gt;Ø 
+&lt;u&gt;La
+phase travaux incluant&lt;/u&gt; :&lt;u&gt;&lt;/u&gt;&lt;/p&gt;&lt;p&gt;- Sélection
+par Ingénierie70 des prestataires
+et passation des marchés de travaux ;&lt;/p&gt;&lt;p&gt;- Le cas
+échéant, organisation de la coordination sécurité et protection de la santé ;&lt;/p&gt;&lt;p&gt;- Contrôle
+de l’activité des prestataires, organisation et direction des réunions de
+chantier, rédaction et diffusion des comptes rendus ; &lt;/p&gt;&lt;p&gt;- Gestion
+administrative et comptable de l’opération, paiement des marchés de travaux aux
+prestataires;&lt;/p&gt;&lt;p&gt;- Réception
+des travaux des prestataires, en liaison avec le maître d’ouvrage ;&lt;/p&gt;&lt;p&gt;- Le cas
+échéant, suivi des réserves formulées lors de la réception des travaux jusqu’à
+leur levée ;&lt;/p&gt;&lt;p&gt;- Suivi des
+désordres signalés par le maître de l’ouvrage durant l’année de parfait
+achèvement ;&lt;/p&gt;&lt;p&gt;- Gestion
+des contentieux avec les prestataires. Dans ce cas, Ingénierie70 peut ester en justice pour le compte du maitre
+de l’ouvrage.&lt;/p&gt;&lt;p&gt; Durant tout son mandat, Ingénierie70
+assure une assistance d’ordre technique et administrative au maître d’ouvrage&lt;/p&gt;&lt;ul type="disc"&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aménagement d&amp;#039;un arrêt de bus, aménagement de sécurité, modification d&amp;#039;un carrefour, réhabilitation d&amp;#039;un jeu de quilles, travaux de voirie etc. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
-[...49 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il est nécessaire d&amp;#039;adhérer au pôle concerné de l’agence départementale. Toutes les collectivités, CC, syndicats peuvent être adhérent à Ingénierie70.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : contact&amp;#64;ingenierie70.fr&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>julie.galland@ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-dune-delegation-de-matrise-douvrage-cle-en-main/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...176 lines deleted...]
-      <c r="G17" s="1" t="inlineStr">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>111705</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les travaux de voirie et les aménagements de sécurité routière</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
-[...420 lines deleted...]
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I20" s="1" t="inlineStr">
+      <c r="I38" s="1" t="inlineStr">
         <is>
           <t> Max : 40</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;État transfère aux Départements le soin de répartir une enveloppe financière issue du produit des amendes de police relatives à la circulation routière entre les communes éligibles.
 &lt;/p&gt;
 &lt;p&gt;
  Les dotations accordées sont obligatoirement destinées au financement des opérations énumérées à l&amp;#039;article R. 2334-12 du code général des collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
+      <c r="M38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Selon les dispositions de l&amp;#039;article R. 2334-12 du code général des collectivités territoriales, les sommes allouées, sont utilisées au financement des opérations suivantes en matière de circulation routière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Etude et mise en œuvre de plans de circulation ;
  &lt;/li&gt;
  &lt;li&gt;
   Création de parcs de stationnement ;
  &lt;/li&gt;
  &lt;li&gt;
   Installation et développement de signaux luminaux et de la signalisation horizontale ;
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de carrefours ;
  &lt;/li&gt;
  &lt;li&gt;
   Différenciation du trafic ;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux commandés par les exigences de la sécurité routière ;
  &lt;/li&gt;
  &lt;li&gt;
   Etudes et mise en œuvre de zones à circulation restreinte prévues à l&amp;#039;article L. 2213-4-1 du code général des collectivités territoriales.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Versement de la dotation aux collectivités bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le produit des amendes de police relatives à la circulation routière est partagé entre :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les communautés urbaines et autres groupements comptant au moins 10 000 habitants, auxquels les communes ont transféré la totalité de leurs compétences en matière de voies communales, de transports en commun et de parcs de stationnement et les communes de 10 000 habitants et plus ne faisant pas partie de ces groupements.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Ils reçoivent directement leur dotation par le préfet, il s&amp;#039;agit des communes de BAYEUX, CABOURG, LISIEUX, MEZIDON-VALLEE-D&amp;#039;AUGE, TROUVILLE-SUR-MER, VILLERS-SUR-MER et VIRE-NORMANDIE ainsi que de la communauté urbaine de CAEN.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les groupements de moins de 10 000 habitants exerçant la totalité des compétences précitées et les communes de moins de 10.000 habitants ne faisant pas partie de ces groupements.
   &lt;/li&gt;
  &lt;/ul&gt;
@@ -3970,2948 +6999,333 @@
  &lt;/li&gt;
  &lt;li&gt;
   Les demandes seront étudiées par ordre chronologique d&amp;#039;arrivée dûment complétées ;
  &lt;/li&gt;
  &lt;li&gt;
   Chaque commune historique peut déposer une demande par an ;
  &lt;/li&gt;
  &lt;li&gt;
   Un seul projet sera retenu pour les communes qui font plusieurs demandes la même année, le projet retenu est le premier arrivé ;
  &lt;/li&gt;
  &lt;li&gt;
   Le projet ne doit pas être commencé avant la notification de l&amp;#039;attribution de la subvention par le Département sous peine d&amp;#039;en perdre le bénéfice ;
  &lt;/li&gt;
  &lt;li&gt;
   Le montant des travaux subventionnables est plafonné à 100.000 € HT par projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Le taux de subvention est de 40% du montant HT du projet dans la limite du plafond ci-dessus ;
  &lt;/li&gt;
  &lt;li&gt;
   La demande doit être complète pour être instruite sous peine de non traitement.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S38" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T38" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Calvados</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/subvention-au-titre-des-amendes.html</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
+      <c r="W38" s="1" t="inlineStr">
         <is>
           <t>https://portail.teleservices.calvados.fr/</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service animation des agences routières
 &lt;/p&gt;
 &lt;p&gt;
  Direction des routes du Conseil Départemental du Calvados
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:animation-ard&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
   animation-ard&amp;#64;calvados.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02 31 57 12 91
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>beatrice.poullain@calvados.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a0f1-amenager-la-voirie-et-favoriser-les-travaux-d/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...128 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>128964</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un avis technique sur un ouvrage ou une construction</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K22" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...16 lines deleted...]
- &lt;/em&gt;
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;une analyse technique d&amp;#039;un bâti existant
+dans la perspective de sa réutilisation ou de sa
+réhabilitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obtenir l&amp;#039;examen des désordres ou sinistres d&amp;#039;une
+construction ainsi que les pistes opérationnelles de
+réparation (préconisations, estimation prévisionnelle
+du coût,...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet de Gironde
+Ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconnaissance des lieux et inspections visuelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour les projets et travaux en
+découlant
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Fiche d&amp;#039;analyse et de faisabilité opérationnelle
+comprenant, le cas échéant :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des éléments de diagnostic ou une analyse technique
+de la problématique avec des propositions
+  &lt;/li&gt;
+  &lt;li&gt;
+   des éléments de compréhension et/ou de
+programmation du projet, le cas échéant
+  &lt;/li&gt;
+  &lt;li&gt;
+   une synthèse du déroulement de l&amp;#039;opération avec
+indication des procédures de marché public
+  &lt;/li&gt;
+  &lt;li&gt;
+   une estimation prévisionnelle sommaire des coûts
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents techniques relatifs au projet
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
-[...581 lines deleted...]
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S39" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
-[...1818 lines deleted...]
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Gironde Ressources
 &lt;/p&gt;
 &lt;p&gt;
  05 56 99 57 70
 &lt;/p&gt;
 &lt;p&gt;
  contact&amp;#64;gironderessources.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>contact@gironderessources.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edea-obtenir-un-avis-technique-sur-un-ouvrage-ou-u/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>152160</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création d'aménagements de sécurité routière</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENTS DE SÉCURITÉ ROUTIÈRE</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K37" s="1" t="inlineStr">
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L37" s="1" t="inlineStr">
-[...177 lines deleted...]
-      <c r="L38" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Participer au travers de la répartition du produit des amendes de police (article R2334-12 du code général des collectivités territoriales) à l&amp;#039;aménagement des équipements améliorant la sécurité des usagers des transports en commun et des voiries.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
  communes de moins de 10.000 habitants
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M38" s="1" t="inlineStr">
+      <c r="M40" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagement de passage piéton sécurisé rue des Lilas
  &lt;/li&gt;
  &lt;li&gt;
   Installation de feux tricolores à l&amp;#039;intersection de la rue de la Mairie
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une zone de stationnement pour les usagers du parc municipal
  &lt;/li&gt;
  &lt;li&gt;
   Étude de circulation pour la sécurisation de la RD 75
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place de plateaux ralentisseurs sur la rue de l&amp;#039;École
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un carrefour sécurisé rue des Cerisiers
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un chemin piétonnier le long de la RD 200
  &lt;/li&gt;
  &lt;li&gt;
   Réhabilitation de l&amp;#039;aire d&amp;#039;accueil des camions sur la RD 42
@@ -6927,62 +7341,62 @@
  &lt;/li&gt;
  &lt;li&gt;
   Étude de sécurité routière pour la RD 150
  &lt;/li&gt;
  &lt;li&gt;
   Création de zones 30 dans les quartiers résidentiels
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un passage surélevé à l&amp;#039;intersection de la rue Principale
  &lt;/li&gt;
  &lt;li&gt;
   Installation de dos d&amp;#039;âne pour réduire la vitesse rue des Érables
  &lt;/li&gt;
  &lt;li&gt;
   Étude de sécurité pour la RD 55 et la RD 220
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de carrefours sécurisés rue de la Gare
  &lt;/li&gt;
  &lt;li&gt;
   Installation de feux tricolores aux intersections de la RD 30
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
+      <c r="N40" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers</t>
         </is>
       </c>
-      <c r="O38" s="1" t="inlineStr">
+      <c r="O40" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R38" s="1" t="inlineStr">
+      <c r="R40" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -7096,1943 +7510,592 @@
      &lt;p&gt;
       Taux communal ou intercommunal pour les travaux sur ou le long de voie communale
       &lt;br /&gt;
       &lt;br /&gt;
       &lt;br /&gt;
       &lt;br /&gt;
      &lt;/p&gt;
      &lt;p&gt;
       Taux communal ou intercommunal bonifié (&amp;#43;10%) pour les travaux sur ou le long de routes départementales
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       - Dépense subventionnable plafonnée à 300 000 € HT
      &lt;/p&gt;
     &lt;/td&gt;
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  Pour les travaux dont l&amp;#039;emprise est susceptible de concerner le domaine public départemental (routes, espaces publics,...), le maître d&amp;#039;ouvrage devra obligatoirement prendre contact avec les services du pôle aménagement et mobilité du Conseil départemental, afin de l&amp;#039;associer le plus en amont possible aux réflexions portant sur la conception du projet, et de solliciter une convention de maîtrise d&amp;#039;ouvrage ou une permission de voirie suivant les cas.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S40" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T38" s="1" t="inlineStr">
+      <c r="T40" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
+      <c r="U40" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V38" s="1" t="inlineStr">
+      <c r="V40" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W38" s="1" t="inlineStr">
+      <c r="W40" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X38" s="1" t="inlineStr">
+      <c r="X40" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
+      <c r="Y40" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z38" s="1" t="inlineStr">
+      <c r="Z40" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4293-aider-a-lamelioration-de-la-qualite-de-la-dis/</t>
         </is>
       </c>
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="AA40" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="G39" s="1" t="inlineStr">
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>117155</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière de sécurité routière, aménagements de voirie et modes actifs</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la définition des contraintes et de solutions techniques et financières  pour la sécurisation et l&amp;#039;aménagement de la voirie communale, de cheminements piétons, cycles et PMR et d&amp;#039;aires de covoiturage, de même que la sécurisation et la mise en accessibilité des points d&amp;#039;arrêt transports en commun.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Sensibilisation sur les règles de voirie et de la sécurité routière. Conseils pour l&amp;#039;établissement d&amp;#039;un diagnostic de sécurité routière, sur la définition des orientations d&amp;#039;aménagement, la méthodologie, les interlocuteurs et les types de solutions tant pour la voirie, que les cheminements modes actifs et points d&amp;#039;arrêts.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil pour l&amp;#039;élaboration de schéma directeur de déplacements modes actifs.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur la répartition des responsabilités sur le domaine public et prise en compte dans les projets d&amp;#039;aménagements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur l&amp;#039;établissement d&amp;#039;un plan de financement et recherche de financements extérieurs suivant les types d&amp;#039;aménagements
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Risques naturels
+Accessibilité
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7b34-conseiller-les-collectivites-en-matiere-de-se/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>157101</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’une assistance en matière de voirie et d’aménagements d’espace public et paysager</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...16 lines deleted...]
-      <c r="K39" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
-[...80 lines deleted...]
- &lt;br /&gt;
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une filiale du Département dont l&amp;#039;objet est d&amp;#039;apporter aux collectivités et aux EPCI adhérents qui le demandent une assistance d&amp;#039;ordre technique, administrative, juridique et financière.
+&lt;/p&gt;
+&lt;p&gt;
+ MATEC assiste les collectivités par la réalisation :
+ &lt;br /&gt;
+ • Des études de faisabilité permettant d&amp;#039;avoir des éléments de cadrage technique et un coût estimé d&amp;#039;opération
+ &lt;br /&gt;
+ • Du programme de l&amp;#039;opération permettant de préciser les besoins, le montant des travaux, les contraintes techniques qui seront imposées aux maîtres d&amp;#039;œuvre (architectes et bureaux d&amp;#039;études).
+ &lt;br /&gt;
+ Lors de la consultation des maîtres d&amp;#039;œuvre, MATEC rédige l&amp;#039;ensemble des pièces, procède aux analyses des offres, donne la possibilité de bénéficier de la plateforme de marchés publics et aide à la notification des marchés.
+ &lt;br /&gt;
+ Dans toute la poursuite des études qui permettront d&amp;#039;affiner le projet de l&amp;#039;esquisse jusqu&amp;#039;à la consultation des entreprises, en passant par l&amp;#039;Avant-Projet Sommaire (APS) et l&amp;#039;Avant-Projet Définitif (APD), MATEC sera présent aux côtés des collectivités, lors des réunions de travail pour analyser les études MATEC assiste les collectivités produites et les informer des optimisations possibles.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour les projets d&amp;#039;aménagement de sécurité routière, de réfection de voirie, d&amp;#039;équipements d&amp;#039;aires de jeux et tel que cela était réalisé auparavant par la DDE puis l&amp;#039;ATESAT pour des petits projets, MATEC peut accompagner les collectivités dans la définition du projet avec la réalisation des plans, du descriptif technique qui permettront de consulter les entreprises.
+ &lt;br /&gt;
+ Pour les projets plus conséquents, MATEC est alors votre Assistant à Maîtrise d&amp;#039;Ouvrage, et apporte un soutien administratif, conceptuel et technique aux collectivités.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M39" s="1" t="inlineStr">
-[...31 lines deleted...]
- / Médiation / Résidences
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Diagnostic voirie
+ &lt;br /&gt;
+ •    Travaux de voirie divers et sécurité routière
+ &lt;br /&gt;
+ •    Terrains sportifs
+ &lt;br /&gt;
+ •    Aménagement paysager parcs, square, ...
+ &lt;br /&gt;
+ •    Aire de jeux
+ &lt;br /&gt;
+ •    Cours d&amp;#039;écoles
+ &lt;br /&gt;
+ •    Traversée de village
+ &lt;br /&gt;
+ •    Place
+ &lt;br /&gt;
+ •    Développement et aménagement pistes cyclables
+ &lt;br /&gt;
+ •    Accompagnement pour développer secteur habita et économique
+ &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
-[...9 lines deleted...]
-Sports et loisirs
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
 Tourisme
-Forêts
-Montagne
 Sols
 Espaces verts
 Espace public
 Friche
-Foncier
 Voirie et réseaux
-Transition énergétique
-[...12 lines deleted...]
-Agriculture et agroalimentaire
 Revitalisation
-Innovation, créativité et recherche
-[...2 lines deleted...]
-Biodiversité
 Equipement public
-Bâtiments et construction
-[...2 lines deleted...]
-Architecture
 Paysage
 Accessibilité
-International
-[...16 lines deleted...]
-      <c r="O39" s="1" t="inlineStr">
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...529 lines deleted...]
-   Ouvre une nouvelle fenêtre
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+&lt;/p&gt;
+&lt;p&gt;
+ • A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
  &lt;/a&gt;
- &lt;br /&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+&lt;/p&gt;
+&lt;p&gt;
+ • Au 03.55.94.18.11
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 17 Quai Paul Wiltzer
+&lt;/p&gt;
+&lt;p&gt;
+ 57000 METZ
+&lt;/p&gt;
+&lt;p&gt;
+ Horaires d&amp;#039;ouverture :
+&lt;/p&gt;
+&lt;p&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d09d-beneficier-dune-assistance-en-matiere-de-voir/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...207 lines deleted...]
-      <c r="A41" s="1">
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
         <v>163014</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
         </is>
       </c>
-      <c r="E41" s="1" t="inlineStr">
+      <c r="E43" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G41" s="1" t="inlineStr">
+      <c r="G43" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Ingénierie technique
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...2 lines deleted...]
-      <c r="K41" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M41" s="1" t="inlineStr">
+      <c r="M43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N43" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Equipement public
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O43" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S43" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U43" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V43" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X43" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y43" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z43" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
-        </is>
-[...254 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/a696-conseils-assistance-technique-at-et-assistanc/</t>
         </is>
       </c>
       <c r="AA43" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:27" customHeight="0">
       <c r="A44" s="1">
-        <v>162409</v>
+        <v>159895</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Favoriser l’aménagement d’infrastructures cyclables hors agglomération pour la pratique du vélo au quotidien</t>
-[...332 lines deleted...]
-        <is>
           <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
         </is>
       </c>
-      <c r="C46" s="1" t="inlineStr">
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
 EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E44" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="F46" s="1" t="inlineStr">
+      <c r="F44" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G44" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H46" s="1" t="inlineStr">
+      <c r="H44" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J46" s="1" t="inlineStr">
+      <c r="J44" s="1" t="inlineStr">
         <is>
           <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
+      <c r="K44" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L46" s="1" t="inlineStr">
+      <c r="L44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
  &lt;/strong&gt;
  &lt;br /&gt;
  Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
  &lt;br /&gt;
  &lt;br /&gt;
  Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Types d&amp;#039;actions soutenues
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
@@ -9084,2749 +8147,2616 @@
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
  &lt;/strong&gt;
  :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
  &lt;/li&gt;
  &lt;li&gt;
   Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
  &lt;/li&gt;
  &lt;li&gt;
   Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N44" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Espace public
 Friche
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Paysage
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O44" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P46" s="1" t="inlineStr">
+      <c r="P44" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q46" s="1" t="inlineStr">
+      <c r="Q44" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R46" s="1" t="inlineStr">
+      <c r="R44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S44" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
+      <c r="T44" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U44" s="1" t="inlineStr">
         <is>
           <t>GAL Adour Chalosse Tursan Marsan</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V44" s="1" t="inlineStr">
         <is>
           <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X44" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
  &lt;a target="_self"&gt;
   leader&amp;#64;adourchalossetursan.fr
  &lt;/a&gt;
  - 05 58 79 74 80
 &lt;/p&gt;
 &lt;p&gt;
  Bureau de Mont-de-Marsan: Eric Guagliardi -
  &lt;a target="_self"&gt;
   eric.guagliardi&amp;#64;montdemarsan-agglo.fr
  &lt;/a&gt;
  - 05 58 05 38 07
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>140797</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de Conseils, d'Assistance Technique (AT) et d'Assistance à Maîtrise d’Ouvrage (AMO) pour les problématiques quotidiennes des collectivités adhérentes</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie et Territoires 04</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseils &amp;#34;amont&amp;#34; sur l&amp;#039;ensemble des domaines d&amp;#039;intervention couverts (eau, route, bâtiment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet dans le domaine de l&amp;#039;eau, des routes et du bâtiment
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative et financière (recherche de financements)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise technique (eau, route et bâtiment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie réglementaire (eau) : appui à la réalisation de documents à portée réglementaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la gestion et à l&amp;#039;exploitation (eau, routes)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  AMO pour la construction d&amp;#039;ouvrages d&amp;#039;épuration ou d&amp;#039;adduction d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO pour la réalisation de schémas directeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de bilans et d&amp;#039;expertises sur le fonctionnement d&amp;#039;ouvrages d&amp;#039;épuration ou d&amp;#039;adduction d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de faisabilité pour la mise en sécurité de traversées urbaines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostics et définition de programmes d&amp;#039;entretien du patrimoine &amp;#34;voirie&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Voirie et réseaux
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Adhésion de la collectivité (délibération et cotisation annuelle) pour l&amp;#039;un des services (eau, voirie et aménagement) ou pour l&amp;#039;ensemble des services.
+&lt;/p&gt;
+&lt;p&gt;
+ - Formalisation de la demande d&amp;#039;intervention (à retrouver sur le site de l&amp;#039;Agence).
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement de la demande par les services :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Inclus dans l&amp;#039;adhésion : informations et conseils simples dans chacun des domaines de compétence cités ci-dessus.
+  &lt;/li&gt;
+  &lt;li&gt;
+   En supplément, sur la base de propositions d&amp;#039;intervention spécifiques : prestations techniques &amp;#34;complexes&amp;#34;, missions d&amp;#039;accompagnement de projets d&amp;#039;investissement et aide à la programmation pluriannuelle.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.it04.fr/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Hôtel du département – 13 rue du docteur Romieu CS 70 216 – 04 995 Digne les Bains CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 30 08 50
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;it04.fr" target="_self"&gt;
+  contact&amp;#64;it04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a696-conseils-assistance-technique-at-et-assistanc/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>162635</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des traverses d'agglomération et entretenir le patrimoine routier</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Voirie</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. La voirie et les aménagements paysagers constituent des enjeux majeurs en termes de mobilités, d&amp;#039;attractivité économique, de préservation de l&amp;#039;environnement et de l&amp;#039;amélioration du cadre de vie. Le patrimoine routier et les espaces publics nécessitent un entretien régulier et des investissements qualitatifs pour en assurer la pérennité et la maîtrise des coûts de maintenance.&lt;/p&gt;
+&lt;p&gt;Dans le domaine de la voirie nos techniciens vous accompagnent en réalisant des études de faisabilité des mission de maîtrise d&amp;#039;œuvre (opération inférieure à 90 000€ HT) ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;Les missions de maîtrise d&amp;#039;œuvre consistent à l&amp;#039;issue de la validation du projet et de son enveloppe financière de  vous accompagner pour procéder à la consultation et à la passation d&amp;#039;un marché de travaux avec une ou des entreprises de travaux. A l&amp;#039;issue de cette phase de consultation l&amp;#039;ATD assure le suivi de chantier (organisation des réunions, point d&amp;#039;avancement des travaux, suivi des décomptes, assistance durant les opérations de réceptions et de levées des réserves...)&lt;/p&gt;&lt;p&gt; L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aménager des traverses d&amp;#039;agglomérations&lt;/p&gt;&lt;p&gt;Aménager et réhabiliter des espaces publics (aires de jeux, lieux de rencontres...)&lt;/p&gt;&lt;p&gt;Réaliser des aménagement de sécurité (rétrécissement de chaussée, ralentisseurs, chicanes, écluses....)&lt;/p&gt;&lt;p&gt;Entretenir le patrimoine routier (réfection de couches de roulement, réparations ponctuelles...)&lt;/p&gt;&lt;p&gt;Mise à jour ou élaboration de tableaux de classements&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Voirie et réseaux
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/voirie/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y46" s="1" t="inlineStr">
         <is>
-          <t>leader@adourchalossetursan.fr</t>
+          <t>pmilliot@atd88.fr</t>
         </is>
       </c>
       <c r="Z46" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rehabiliter-et-construire-des-batiments-publics/</t>
         </is>
       </c>
       <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:27" customHeight="0">
       <c r="A47" s="1">
-        <v>117172</v>
+        <v>98630</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les investissements des communes rurales (FAL)</t>
-[...4 lines deleted...]
-          <t>Fonds d’aménagement local (FAL)</t>
+          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Haute-Marne</t>
+          <t>Cher Ingénierie des Territoires (CIT)</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Commune
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>en fonction du nombre d'habitants</t>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
-[...5 lines deleted...]
- &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+          <t>&lt;p&gt;
+ Les accompagnements proposés pour les collectivités souhaitant définir et mettre en oeuvre leur projet d&amp;#039;aménagement, de voirie, d&amp;#039;ouvrage d&amp;#039;art, de bâtiment, d&amp;#039;eau-assainissement, de restauration sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;étude d&amp;#039;opportunité et de faisabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  le diagnostic de voirie et d&amp;#039;ouvrage d&amp;#039;art
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;assistance à la maitrise d&amp;#039;ouvrage pour la réalisation de projet de voirie, aménagement espaces publics  , de bâtiment (bibliothèque, mairie, salle polyvalente, école, cantine, maison de santé,..)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la recherche de financement et accompagnement dans le montage de dossier (y compris Fonds européens).
+ &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N47" s="1" t="inlineStr">
         <is>
           <t>Eau potable
-Eau pluviale
 Assainissement des eaux
-Patrimoine et monuments historiques
-[...4 lines deleted...]
-Friche
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
 Voirie et réseaux
-Economie d'énergie et rénovation énergétique
-[...2 lines deleted...]
-Santé
+Alimentation
 Equipement public
 Bâtiments et construction
 Réhabilitation
-Logement et habitat
-[...4 lines deleted...]
-Bibliothèques et livres</t>
+Logement et habitat</t>
         </is>
       </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
-        </is>
-[...6 lines deleted...]
-&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S47" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T47" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U47" s="1" t="inlineStr">
         <is>
-          <t>Haute-Marne</t>
-[...9 lines deleted...]
-          <t>https://e-subventions.haute-marne.fr/</t>
+          <t>Cher</t>
         </is>
       </c>
       <c r="X47" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+          <t>&lt;p&gt;
+ Caroline Edilber, Directrice CIT :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 02 48 27 80 27
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:cit&amp;#64;departement18.fr" rel="noopener" target="_blank"&gt;
+   cit&amp;#64;departement18.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y47" s="1" t="inlineStr">
         <is>
-          <t>sarah.janda@haute-marne.fr</t>
+          <t>caroline.edilber@departement18.fr</t>
         </is>
       </c>
       <c r="Z47" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c0ee-accompagner-les-collectivites-dans-la-definit/</t>
         </is>
       </c>
       <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:27" customHeight="0">
       <c r="A48" s="1">
-        <v>164215</v>
+        <v>121762</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bénéficier d'une Délégation de Matrise d'Ouvrage "Clé en main"</t>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités situées dans les territoires ruraux de Grande Couronne</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>Délégation de matrise d'ouvrage (DMO)</t>
+          <t>Contrat rural</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+          <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
-        <is>
-[...152 lines deleted...]
-      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H48" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I49" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
-[...778 lines deleted...]
-      <c r="L52" s="1" t="inlineStr">
+      <c r="L48" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N52" s="1" t="inlineStr">
+      <c r="N48" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O52" s="1" t="inlineStr">
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R52" s="1" t="inlineStr">
+      <c r="R48" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 2.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   Syndicats de communes de moins de 3.000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 Jusqu&amp;#039;à 350.000 € pour les communes et 539.000 € pour les syndicats de communes (40% de subvention régionale et 30% de subvention départementale par contrat).
 &lt;br /&gt;
 &lt;p&gt;
  Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
 &lt;/p&gt;
 &lt;p&gt;
  Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
 &lt;/p&gt;
 &lt;strong&gt;
  Dates limites de dépôt des dossiers de demandes de subvention
 &lt;/strong&gt;
 &lt;br /&gt;
 - 10/01/2023 : présentation à partir de la CP de mars 2023
 &lt;br /&gt;
 - 15/03/2023: présentation à partir de la CP de juin 2023
 &lt;br /&gt;
 - 20/04/2023: présentation à partir de la CP de juillet 2023
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S52" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U52" s="1" t="inlineStr">
+      <c r="U48" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V52" s="1" t="inlineStr">
+      <c r="V48" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-rural</t>
         </is>
       </c>
-      <c r="X52" s="1" t="inlineStr">
+      <c r="X48" s="1" t="inlineStr">
         <is>
           <t>&lt;a rel="noopener" target="_blank"&gt;
  contrats-ruraux&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y52" s="1" t="inlineStr">
+      <c r="Y48" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z52" s="1" t="inlineStr">
+      <c r="Z48" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/64bc-contrat-rural/</t>
         </is>
       </c>
-      <c r="AA52" s="1" t="inlineStr">
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="53" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G53" s="1" t="inlineStr">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>157090</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...5 lines deleted...]
-Ingénierie financière
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K53" s="1" t="inlineStr">
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L53" s="1" t="inlineStr">
-[...24 lines deleted...]
-Pour cela, le Département et le CAUE s&amp;#039;appuient sur un réseau des acteurs de l&amp;#039;ingénierie sur le territoire, afin de réunir toutes les compétences nécessaires pour favoriser une construction judicieuse des projets.
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une sensibilisation des acteurs à la sobriété énergétique du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Un développement des projets de rénovation énergétique des bâtiments publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ - La production d&amp;#039;énergies renouvelables sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - La réduction des volumes et la valorisation des déchets
+&lt;/p&gt;
+&lt;p&gt;
+ - Un usage renforcé des mobilités actives et décarbonées
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien et la valorisation des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ - La préservation des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M53" s="1" t="inlineStr">
-[...2 lines deleted...]
- Accompagnement pour la création d&amp;#039;une maison de santé, la réhabilitation d&amp;#039;une école, sécurisation d&amp;#039;une traverse de village et la création d&amp;#039;un cheminement piéton, pour la renaturation d&amp;#039;un cours d&amp;#039;eau et la suppression de digues afin de réduire les inondations sur une commune, aide à la mise en place d&amp;#039;un procédé innovant permettant de limiter la prolifération des lentilles d&amp;#039;eau et améliorer les performances épuratoires, à la mise en œuvre d&amp;#039;un protocole de contrôle des points d&amp;#039;auto-surveillance des réseaux de collecte...
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Productions d&amp;#039;énergies
+&lt;/p&gt;
+&lt;p&gt;
+ - Maîtrise des dépenses énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement et/ou stockage de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Valorisation des ressources locales
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion et valorisation des déchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Suivi de la biodiversité, préservation et valorisation des milieux
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et information des professionnels et acteurs privés
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N53" s="1" t="inlineStr">
-[...6 lines deleted...]
-Risques naturels
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Innovation, créativité et recherche
 Biodiversité
-Equipement public
-[...9 lines deleted...]
-      <c r="O53" s="1" t="inlineStr">
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S53" s="1" t="inlineStr">
-[...37 lines deleted...]
- DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y53" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA53" s="1" t="inlineStr">
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;a target="_self"&gt;
+ &lt;p&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="54" spans="1:27" customHeight="0">
-      <c r="A54" s="1">
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
         <v>163959</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
         </is>
       </c>
-      <c r="C54" s="1" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 ÉcoQuartier
 Renaturation des villes
-Fonds vert - Édition 2025
 Fonds vert Ingénierie
 Fonds Biodiversité</t>
         </is>
       </c>
-      <c r="D54" s="1" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Territoires Engagés pour la Nature</t>
         </is>
       </c>
-      <c r="E54" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Office Français de la Biodiversité (OFB)
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - Occitanie
 Agence Bretonne de la Biodiversité (ARBE)
-Agence Régionale de la Biodiversité (ARB) - Occitanie
-Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agences de l'eau
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Office Français de la Biodiversité (OFB)
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
 Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
-Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
-[...7 lines deleted...]
-      <c r="G54" s="1" t="inlineStr">
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H54" s="1" t="inlineStr">
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K54" s="1" t="inlineStr">
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L54" s="1" t="inlineStr">
+      <c r="L50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Basé sur des orientations partagées nationalement, « Territoires 
 engagés pour la nature » se décline dans les régions volontaires avec un
  accompagnement local assuré par les Agences Régionales de la 
 Biodiversité, ou d&amp;#039;un collectif régional.
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
 faire émerger, reconnaître et accompagner des territoires engagés dans 
 une démarche de progrès en faveur de la biodiversité.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;&lt;p&gt;
  « TEN » reconnait l&amp;#039;importance de 
 l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
 et souhaite apporter un soutien et une visibilité aux territoires 
 désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
 Face au changement climatique, valoriser et conserver la biodiversité 
 permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
 d&amp;#039;aujourd&amp;#039;hui et de demain.
 &lt;/p&gt;
 &lt;p&gt;
  Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
 &lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;
   Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
 partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
  d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
 permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
  et des thématiques en émergence (trame noire, solutions fondées sur la 
 nature...).
  &lt;/li&gt;&lt;li&gt;
   Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
  &lt;/li&gt;&lt;li&gt;
   Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
 d&amp;#039;événements phares, articles sur internet, journées partage 
 d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
 territoire.
  &lt;/li&gt;&lt;li&gt;
   La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
 critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
  certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
 collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
  dans les modalités de leurs aides).
   &lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M54" s="1" t="inlineStr">
+      <c r="M50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
 espaces naturels et des espèces de la faune, la fonge et de la flore associées
 à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
 L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
 peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
 restauration.&lt;/p&gt;
 &lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
 local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
 biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
 diagnostic du territoire, de développer une vision partagée et d’objectiver des
 actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
 collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
 qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
 plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
 œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
 peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
 des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
 les usages sur ces espaces, et ainsi protéger les espèces de l’activité
 humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
 une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
 différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
 évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
 écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
 espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
 de nichoirs&lt;/a&gt;,
 faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
 stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
 biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
 des missions de restauration, favorisant le rétablissement des fonctions
 écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
 vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
 Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
 et ainsi faciliter l’accès à des financements en ce sens. Il donne également
 accès à des ressources et des retours d’expériences riches d’inspiration et de
 partage de bonnes pratiques.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N54" s="1" t="inlineStr">
+      <c r="N50" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O54" s="1" t="inlineStr">
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R54" s="1" t="inlineStr">
+      <c r="R50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;1.
 S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
 additionnelles*, avec un impact positif et respectant les politiques publiques
 locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
 2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
 compétences, de façon transversale, en vue de la protection, préservation et de
 la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
 3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
 existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
 4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
 l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
 techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
 conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
 serre,&lt;/p&gt;&lt;p&gt;
 5. Porter politiquement sa candidature au programme “Territoires engagés pour
 la nature”,&lt;/p&gt;&lt;p&gt;
 6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
 les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
 7. Participer au partage et à la valorisation des réalisations, profitant du
 réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
 8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S54" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U54" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V54" s="1" t="inlineStr">
+      <c r="V50" s="1" t="inlineStr">
         <is>
           <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
         </is>
       </c>
-      <c r="W54" s="1" t="inlineStr">
+      <c r="W50" s="1" t="inlineStr">
         <is>
           <t>https://ofb.gouv.fr/territoires-engages-nature</t>
         </is>
       </c>
-      <c r="X54" s="1" t="inlineStr">
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Un(e)
 animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
 13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
 Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
 28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
 Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
 12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
 Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
 78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
 Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
 91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
 Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
 68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
 69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
 Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
 85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
 Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
 54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
 MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
 31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
 77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
 Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
 36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
 Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 54&lt;/p&gt;&lt;p&gt;FOUREST
 Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
 66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Office Français de la Biodiversité (OFB)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>67589</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités en ingénierie</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Ingenierie départementale</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des spécialistes appartenant à l&amp;#039;administration départementale sont à disposition des collectivités gersoises pour apporter des conseils techniques, administratifs et juridiques, de montage et conduite de projet dans les domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement et Bâtiments
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voirie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assainissement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Milieux aquatiques et Gémapi
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;aider à l&amp;#039;émergence des projets, afin de passer de l&amp;#039;idée à la réalisation de l&amp;#039;opération puis à la gestion des ouvrages, sans toutefois entrer dans le champ de la maitrise d&amp;#039;œuvre réservé aux bureaux d&amp;#039;études et architectes.
+Pour cela, le Département et le CAUE s&amp;#039;appuient sur un réseau des acteurs de l&amp;#039;ingénierie sur le territoire, afin de réunir toutes les compétences nécessaires pour favoriser une construction judicieuse des projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la création d&amp;#039;une maison de santé, la réhabilitation d&amp;#039;une école, sécurisation d&amp;#039;une traverse de village et la création d&amp;#039;un cheminement piéton, pour la renaturation d&amp;#039;un cours d&amp;#039;eau et la suppression de digues afin de réduire les inondations sur une commune, aide à la mise en place d&amp;#039;un procédé innovant permettant de limiter la prolifération des lentilles d&amp;#039;eau et améliorer les performances épuratoires, à la mise en œuvre d&amp;#039;un protocole de contrôle des points d&amp;#039;auto-surveillance des réseaux de collecte...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:ingenierie&amp;#64;gers.fr"&gt;
+  ingenierie&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 50
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:assainissement&amp;#64;gers.fr"&gt;
+  assainissement&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 08
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:cater&amp;#64;gers.fr"&gt;
+  cater&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 32
+&lt;/p&gt;
+&lt;p&gt;
+ DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a21c-accompagner-les-collectivites-en-ingenierie/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W53" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I54" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des travaux en régie, seule la part afférente aux matériaux et aux fournitures sera prise en compte dans les dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de village..........................................................
+  &lt;strong&gt;
+   500 000 €
+  &lt;/strong&gt;
+  &lt;em&gt;
+   par tranche annuelle
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments communaux..........................................................
+  &lt;strong&gt;
+   1 000 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupes scolaires et/ou équipements petite enfance.. ..
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  maison de santé........................................................................
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Les taux de subventions sont calculés en fonction de la richesse des bénéficiaires.
+ &lt;br /&gt;
+ Le critère retenu est le Potentiel Financier de l&amp;#039;année N-1 dont le  calcul est fixé par l&amp;#039;article L. 2334-4 du code général des  collectivités territoriales.
+ &lt;br /&gt;
+ Le taux nominal est fixé par référence aux strates de richesse présentées ci dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ POTENTIEL FINANCIER de la commune
+TAUX
+0 € à 200 000 €
+70 %
+200 001 € à 450 000 €
+50 %
+450 001 € à 600 000 €
+40 %
+600 001 € à 1 000 000 €
+30 %
+1 000 001 € à 2 000 000 €
+25 %
+&amp;gt; 2 000 000 €
+20 %
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux nominal sera majoré de 10 % pour toute commune nouvelle résultant de la fusion de communes et ce, sur une période limitée à 3 ans après la date de fusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera minoré de 15 % du taux si l&amp;#039;Effort Fiscal de la commune est inférieur à 0,7.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux des Communautés de Communes et d&amp;#039;Agglomérations est fixé à       20 % sans minoration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositions particulières pour les bénéficiaire d&amp;#039;une subvention d&amp;#039;un montant égal ou supérieur à 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire s&amp;#039;engage à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ – dans l&amp;#039;hypothèse où le bien, objet de la subvention allouée venait, dans un délai de 10 ans à compter du versement du solde de ladite subvention, à ne plus être utilisé par le seul Bénéficiaire notamment en cas de cession, ou de mise à disposition de tiers qui remettrait en cause le caractère d&amp;#039;intérêt général ayant motivé le financement obtenu, celui-ci devra rembourser les sommes concernées selon les conditions dégressives suivantes qui ont été formalisées dans le règlement des aides adopté par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Bénéficiaire devra s&amp;#039;acquitter du montant correspondant à 1/10ème de la somme allouée par année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ – signer la convention qui sera jointe à la notification de la subvention, relative aux obligations du bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ – appliquer le logo du Département sur les panneaux de chantier, les documents de communication et le projet réalisé, en se référant à la charte graphique instaurée par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ – joindre à la demande de solde une photo du projet financé, faisant apparaître l&amp;#039;apposition d&amp;#039;une plaque comportant le texte suivant « le Département premier partenaire des communes »
+&lt;/p&gt;
+&lt;p&gt;
+ – informer le Département des autres financements publics obtenus pour le même objet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ –  délibération de la collectivité maître d&amp;#039;ouvrage
+ &lt;br /&gt;
+ –  dossier APS/APD
+ &lt;br /&gt;
+ –  budget détaillé (plan de financement)
+ &lt;br /&gt;
+ –  note détaillée du projet
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ – dépôt des dossiers en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ au 30 septembre N-1 pour financement éventuel en année N.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Aménagement du Territoire.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics_ Construction ou rénovation et bonus bois
+&lt;/p&gt;
+&lt;p&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – décision de la Commission permanente qui attribue la subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases règlementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Equipement public
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments Communaux
+ &lt;/strong&gt;
+ : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité
+ &lt;/strong&gt;
+ des équipements publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments scolaires du 1
+  er
+  degré et/ou équipements petite enfance :
+ &lt;/strong&gt;
+ construction, extensions et restructurations d&amp;#039;écoles, de groupes scolaires ou de restaurants scolaires, équipement petite enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Équipements sportifs :
+ &lt;/strong&gt;
+ créations ou restructurations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements de village :
+ &lt;/strong&gt;
+ requalification de centres bourgs, aménagements d&amp;#039;espaces publics en lien avec les opérations en traverse d&amp;#039;agglomération, places, aires de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements urbains
+ &lt;/strong&gt;
+ , esthétiques et paysagers dans le cadre d&amp;#039;un projet global
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de création et aménagement de
+ &lt;strong&gt;
+  sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouvrages d&amp;#039;art
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  projets concourant à la valorisation du patrimoine communal
+ &lt;/strong&gt;
+ en investissement et non éligible au titre d&amp;#039;autres règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition ait lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Études,
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les études concernées sont les suivantes
+ &lt;/strong&gt;
+ : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets structurants de requalification urbaine
+ &lt;/strong&gt;
+ (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements sportifs, culturels, touristiques, petite enfance (Centre de loisirs sans hébergement, crèche...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets structurants de requalification urbaine (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages d&amp;#039;art
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de création et aménagement de sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ Les mises en accessibilité des équipements publics (hors groupes scolaires)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Aménagement cyclable (voir modalités sur la fiche politique cyclable)
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+ &lt;/strong&gt;
+ : le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition est lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les maisons de santé
+ &lt;/strong&gt;
+ (voir nouvelles modalités ci-après)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études concernées sont les suivantes : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au déneigement,
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Préalable à l&amp;#039;intervention du Département
+ &lt;br /&gt;
+ – recensement à l&amp;#039;échelle et par l&amp;#039;EPCI des moyens existants,
+ &lt;br /&gt;
+ – évaluation avec l‘aide des services de la Direction des Déplacements du Département des besoins en équipements à acquérir et leur priorisation,
+ &lt;br /&gt;
+ – définition d&amp;#039;un planning d&amp;#039;acquisition des nouveaux équipements nécessaires sur le mandat
+ &lt;br /&gt;
+ – prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide au déneigement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide portera uniquement sur les dépenses d&amp;#039;investissement :
+ &lt;br /&gt;
+ – lames de déneigement,
+ &lt;br /&gt;
+ – saleuse et sableuse et leurs équipements de fixation,
+ &lt;br /&gt;
+ – équipements des pneumatiques (pneus normaux et chaînes ou pneus spéciaux),
+ &lt;br /&gt;
+ – éclairages spécifiques pour interventions de nuit,
+ &lt;br /&gt;
+ – engins spécifiques de déneigement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ –  Acquisition foncière pour réserve foncière ou pour habitat.
+ &lt;br /&gt;
+ –  Logements communaux.
+ &lt;br /&gt;
+ –  Les travaux d&amp;#039;entretien.
+ &lt;br /&gt;
+ – Reprise de concession.
+ &lt;br /&gt;
+ – Gîtes communaux, camping et bornes de camping car.
+ &lt;br /&gt;
+ – Matériel de déneigement.
+ &lt;br /&gt;
+ – Mobilier et acquisition sauf faisant partie d&amp;#039;un programme d&amp;#039;ensemble (mobilier scolaire et de bibliothèque).
+ &lt;br /&gt;
+ –  Prestation d&amp;#039;ingénierie du Département.
+ &lt;br /&gt;
+ –  Gendarmerie.
+ &lt;br /&gt;
+ –  Bornes incendie.
+ &lt;br /&gt;
+ –  Les dépenses traitées au titre d&amp;#039;une politique thématique départementale.
+ &lt;br /&gt;
+ –  Les travaux de vidéo-protection (sauf ceux aux abords des collèges qui seront traités dans un autre dispositif complémentaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -Logement.
+ &lt;br /&gt;
+ – Acquisition foncière (pour réserve).
+ &lt;br /&gt;
+ – Sièges administratifs communautaires et locaux techniques communautaires.
+ &lt;br /&gt;
+ – Groupes scolaires.
+ &lt;br /&gt;
+ – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
+ &lt;br /&gt;
+ –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Politiques Territoriales – Service des Relations avec les Collectivités
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quentin DUVILLIER, Coordonnateur zone nord –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 65
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christel MORIN, Coordonnatrice zone sud –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 31
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aurore MERMET, Coordonnatrice zone centre –
+ &lt;strong&gt;
+  Tél. : 04 75 79 82 29
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 67
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y54" s="1" t="inlineStr">
         <is>
-          <t>mathilde.maisano@ofb.gouv.fr</t>
+          <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z54" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
         </is>
       </c>
       <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:27" customHeight="0">
       <c r="A55" s="1">
-        <v>128964</v>
+        <v>128958</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Obtenir un avis technique sur un ouvrage ou une construction</t>
+          <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
           <t>Gironde Ressources (ATD)</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
-        <is>
-[...477 lines deleted...]
-      <c r="L57" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être accompagné pour les projets d&amp;#039;aménagement urbain,
 paysager ou de construction publique, tout au long de leur
 réalisation :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   aide à la définition de la procédure nécessaire
 à mettre en oeuvre
 • identification des étapes et des différents
 prestataires à mobiliser
  &lt;/li&gt;
  &lt;li&gt;
   interface entre les différents intervenants
  &lt;/li&gt;
  &lt;li&gt;
   aide au pilotage et à l&amp;#039;animation du projet.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Modalités d&amp;#039;accompagnement
 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rencontre avec le conseiller en développement
 territorial et/ou un chef de projet
  &lt;/li&gt;
  &lt;li&gt;
   Mise au point de l&amp;#039;accompagnement nécessaire
 et proposition d&amp;#039;aide
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation de la mission d&amp;#039;AMO : suivi administratif
 et juridique, marchés publics, coordination des
 intervenants (dont le maître d&amp;#039;oeuvre) ...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M57" s="1" t="inlineStr">
+      <c r="M55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Livrables
 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Faisabilité opérationnelle (élément de compréhension
 et de la programmation du projet, déroulement
 de l&amp;#039;opération, estimation prévisionnelle,...)
  &lt;/li&gt;
  &lt;li&gt;
   Documents nécessaires à la bonne conduite du projet :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  --&amp;gt; actes administratifs tels que conventions,
 délibérations...
 &lt;/p&gt;
 &lt;p&gt;
  --&amp;gt; marchés publics et toutes pièces relevant
 de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
 de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
 cahier des charges, cahier des clauses
 administratives particulières, acte d&amp;#039;engagement...)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N57" s="1" t="inlineStr">
+      <c r="N55" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Bâtiments et construction
 Réhabilitation
 Architecture
 Appui méthodologique
 Industrie</t>
         </is>
       </c>
-      <c r="O57" s="1" t="inlineStr">
+      <c r="O55" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R57" s="1" t="inlineStr">
+      <c r="R55" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Saisine officielle de l&amp;#039;exécutif
  &lt;/li&gt;
  &lt;li&gt;
   Fourniture de documents administratifs et études
 diverses relatives au projet
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S57" s="1" t="inlineStr">
+      <c r="S55" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U57" s="1" t="inlineStr">
+      <c r="U55" s="1" t="inlineStr">
         <is>
           <t>Gironde</t>
         </is>
       </c>
-      <c r="V57" s="1" t="inlineStr">
+      <c r="V55" s="1" t="inlineStr">
         <is>
           <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
         </is>
       </c>
-      <c r="X57" s="1" t="inlineStr">
+      <c r="X55" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Gironde Ressources
 &lt;/p&gt;
 &lt;p&gt;
  05 56 99 57 70
 &lt;/p&gt;
 &lt;p&gt;
  contact&amp;#64;gironderessources.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y57" s="1" t="inlineStr">
+      <c r="Y55" s="1" t="inlineStr">
         <is>
           <t>contact@gironderessources.fr</t>
         </is>
       </c>
-      <c r="Z57" s="1" t="inlineStr">
+      <c r="Z55" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
         </is>
       </c>
-      <c r="AA57" s="1" t="inlineStr">
+      <c r="AA55" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="58" spans="1:27" customHeight="0">
-[...219 lines deleted...]
-      <c r="A59" s="1">
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>158480</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D59" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E59" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G59" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H59" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K59" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L59" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N59" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -11858,206 +10788,1519 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O59" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P59" s="1" t="inlineStr">
+      <c r="P56" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R59" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S59" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
       <c r="U59" s="1" t="inlineStr">
         <is>
-          <t>Essonne</t>
-[...4 lines deleted...]
-          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
       <c r="X59" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
-[...2 lines deleted...]
-  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y59" s="1" t="inlineStr">
         <is>
-          <t>thomas.perrono@essonne.gouv.fr</t>
+          <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
       <c r="Z59" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
       <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:27" customHeight="0">
       <c r="A60" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de Meurthe-et-Moselle
+CAUE de la Moselle
+CAUE de Mayotte
+CAUE de la Seine-et-Marne
+CAUE des Pyrénées-Atlantiques
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Orientales
+CAUE de Rhône-Métropole
+CAUE de la Sarthe
+CAUE de la Savoie
+CAUE de l'Orne
+CAUE du Loir-et-Cher
+CAUE de la Somme
+CAUE du Pas-de-Calais
+CAUE des Deux-Sèvres
+CAUE du Loiret
+CAUE de la Vendée
+CAUE de la Haute-Vienne
+CAUE des Vosges
+CAUE de l'Essonne
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE du Morbihan
+CAUE d'Alsace
+CAUE de l'Yonne
+CAUE de la Haute-Savoie
+CAUE de la Seine-Maritime
+CAUE de la Charente-Maritime
+CAUE du Val-de-Marne
+CAUE du Val d'Oise
+CAUE de Guadeloupe
+CAUE de la Martinique
+CAUE de la Guyane
+CAUE de l'Île-de-la-Réunion
+CAUE du Var
+CAUE du Tarn-et-Garonne
+CAUE de la Côte-d'Or
+CAUE des Hauts-de-Seine
+CAUE des Bouches-du-Rhône
+CAUE du Cantal
+CAUE de la Charente
+CAUE du Cher
+CAUE de Corrèze
+CAUE de l'Aude
+CAUE de la Drôme
+CAUE de l'Oise
+CAUE du Gard
+CAUE de la Haute-Garonne
+CAUE de la Gironde
+CAUE de l'Hérault
+CAUE de l'Isère
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Ardèche
+CAUE de la Haute-Loire
+CAUE du Lot
+CAUE Lot-et-Garonne
+CAUE du Maine-et-Loire
+CAUE de la Manche
+CAUE de la Mayenne
+CAUE de Corse
+CAUE de la Creuse
+CAUE de la Dordogne
+CAUE du Tarn
+CAUE de la Meuse
+CAUE du Gers
+CAUE de l'Ain
+CAUE de l'Aisne
+CAUE des Hautes-Alpes
+CAUE de l'Ariège
+CAUE des Landes
+CAUE du Puy-de-Dôme
+CAUE de l'Aveyron
+CAUE du Calvados</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
         <v>162563</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E60" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G60" s="1" t="inlineStr">
+      <c r="G61" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H60" s="1" t="inlineStr">
+      <c r="H61" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I60" s="1" t="inlineStr">
+      <c r="I61" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J60" s="1" t="inlineStr">
+      <c r="J61" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K60" s="1" t="inlineStr">
+      <c r="K61" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L60" s="1" t="inlineStr">
+      <c r="L61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M60" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N60" s="1" t="inlineStr">
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -12096,1901 +12339,314 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O60" s="1" t="inlineStr">
+      <c r="O61" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R60" s="1" t="inlineStr">
+      <c r="R61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S60" s="1" t="inlineStr">
+      <c r="S61" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T60" s="1" t="inlineStr">
+      <c r="T61" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U60" s="1" t="inlineStr">
+      <c r="U61" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V60" s="1" t="inlineStr">
+      <c r="V61" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X60" s="1" t="inlineStr">
+      <c r="X61" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y60" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z60" s="1" t="inlineStr">
+      <c r="Z61" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
-        </is>
-[...244 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
         </is>
       </c>
       <c r="AA61" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:27" customHeight="0">
       <c r="A62" s="1">
-        <v>157566</v>
+        <v>163017</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+          <t>Etre accompagné pour planifier le développement des mobilités douces sur votre territoire</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>Travaux d’accompagnement et de sécurité sur le réseau routier départemental en agglomération</t>
+          <t>Assistance à l'élaboration d'un schéma directeur des mobilités douces</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Seine-Maritime</t>
+          <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...1 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement à l’élaboration d’un schéma directeur de développement des mobilités douces sur votre territoire :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance à la définition du besoin et rédaction du cahier des charges,&lt;/li&gt;&lt;li&gt;Accompagnement pour la consultation et l’attribution des marchés de prestations intellectuelles nécessaires (Bureau d’études chargé d’établir le schéma directeur).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="N62" s="1" t="inlineStr">
         <is>
-          <t>Espace public
-[...1 lines deleted...]
-Transports collectifs et optimisation des trafics routiers
+          <t>Voirie et réseaux
 Mobilité partagée
-Sécurité</t>
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
       <c r="O62" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="R62" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...55 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S62" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T62" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U62" s="1" t="inlineStr">
         <is>
-          <t>Seine-Maritime</t>
+          <t>Aveyron</t>
         </is>
       </c>
       <c r="V62" s="1" t="inlineStr">
         <is>
-          <t>https://www.seinemaritime.fr/aides-et-demarches/travaux-daccompagnement-et-de-securite-sur-le-reseau-routier-departemental-en-agglomeration/</t>
-[...4 lines deleted...]
-          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
       <c r="X62" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...9 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y62" s="1" t="inlineStr">
         <is>
-          <t>subventions76-communesepci@seinemaritime.fr</t>
+          <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
       <c r="Z62" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/887c-soutenir-les-travaux-daccompagnement-et-de-se/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-letablissement-de-votre-politique-routiere/</t>
         </is>
       </c>
       <c r="AA62" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:27" customHeight="0">
       <c r="A63" s="1">
-        <v>162838</v>
+        <v>152162</v>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l’environnement</t>
+          <t>Aider à la réalisation de travaux d’aménagement d’infrastructures de circulation douce et modes de déplacements actifs</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>Plan route de demain : Innovation</t>
+          <t>CIRCULATIONS DOUCES / MODES DE DEPLACEMENT ACTIFS</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional d'Ile de France</t>
+          <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
-        <is>
-[...82 lines deleted...]
-      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
-[...108 lines deleted...]
-      <c r="K65" s="1" t="inlineStr">
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 52</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L65" s="1" t="inlineStr">
-[...1070 lines deleted...]
-      <c r="L73" s="1" t="inlineStr">
+      <c r="L63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la réalisation de travaux d&amp;#039;aménagement d&amp;#039;infrastructures de circulations douces destinés aux publics pratiquant un mode de déplacement actif, y compris les études préliminaires, les acquisitions foncières et les équipements de service annexes et en lien direct avec l&amp;#039;utilisation des infrastructures.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ces voies de circulations douces sont réservées à un usage non motorisé (exception faite, le cas échéant, des véhicules de déplacement personnels de type trottinette électrique ou véhicules d&amp;#039;entretien) et regroupent différents types d&amp;#039;aménagements : voie verte, bande cyclable, piste cyclable, etc.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M73" s="1" t="inlineStr">
+      <c r="M63" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une voie douce pour les promeneurs à Clairoix
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une liaison piétonne et cyclable vers la gare de Verberie
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une piste cyclable le long de la RD 820
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Installation de stationnements sécurisés pour les vélos à Compiègne
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;un itinéraire cyclable entre Thourotte et Longueil-Annel
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une voie verte entre Noyon et Ribécourt-Dreslincourt
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement d&amp;#039;une piste cyclable le long de l&amp;#039;Oise à Creil
  &lt;/li&gt;
  &lt;li&gt;
   Mise en place des zones 30 et pistes cyclables à Lacroix-Saint-Ouen
  &lt;/li&gt;
  &lt;li&gt;
   Étude et création de circulations douces entre les communes de Bury et Tricot
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N73" s="1" t="inlineStr">
+      <c r="N63" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O73" s="1" t="inlineStr">
+      <c r="O63" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R73" s="1" t="inlineStr">
+      <c r="R63" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -14174,2205 +12830,8193 @@
 &lt;ul&gt;
  &lt;li&gt;
   infrastructures exclusivement dédiées à une pratique sportive (ex.: parcours BMX) ;
  &lt;/li&gt;
  &lt;li&gt;
   trottoirs et sentes piétonnes en agglomération ;
  &lt;/li&gt;
  &lt;li&gt;
   itinéraires de randonnée pédestre ;
  &lt;/li&gt;
  &lt;li&gt;
   zones 30 et zones de rencontre (éligibles au titres des crédits d&amp;#039;Etat, amendes de police) ;
  &lt;/li&gt;
  &lt;li&gt;
   aménagement de type chaussée à voie centrale banalisée (CVCB ou Chaussidou) sur Route Départementale hors agglomération ;
  &lt;/li&gt;
  &lt;li&gt;
   travaux d&amp;#039;entretien ;
  &lt;/li&gt;
  &lt;li&gt;
   aménagements hors champ de l&amp;#039;objet de l&amp;#039;aide.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S73" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T73" s="1" t="inlineStr">
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U73" s="1" t="inlineStr">
+      <c r="U63" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V73" s="1" t="inlineStr">
+      <c r="V63" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W73" s="1" t="inlineStr">
+      <c r="W63" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X73" s="1" t="inlineStr">
+      <c r="X63" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b58-aider-a-la-mise-en-place-ou-a-la-rehabilitati/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>149096</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet d’aménagement cyclable et/ou de service vélo pour la mobilité du quotidien</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux aménagements cyclables et services vélos pour la mobilité du quotidien</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet d&amp;#039;aménagement cyclable et/ou de service vélo pour la mobilité du quotidien ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;une aide régionale pouvant aller jusqu&amp;#039;à 60% du coût HT de votre projet :
+&lt;/p&gt;
+&lt;p&gt;
+ Un acompte de 50% du montant de la subvention régionale dès le démarrage des opérations pour les maîtres d&amp;#039;ouvrage comptant moins de 10 000 habitants et pour toute subvention dépassant 20 000€.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P64" s="1" t="inlineStr">
+        <is>
+          <t>27/03/2023</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/amenagements-cyclables-services-velo/</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ dispositifveloduquotidien&amp;#64;grandest.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/58ed-soutien-aux-amenagements-cyclables-et-service/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>120085</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'aménagement d'itinéraires cyclables structurants</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de concours CYCL'YN</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de Communes Yvetot Normandie</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I65" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 50</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   La Communauté de Communes Yvetot Normandie crée un fonds spécial pour la mise en place du Plan Vélo intercommunal.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un fonds de concours spécial CYCL&amp;#039;YN destiné aux communes de l&amp;#039;intercommunalité concernées par le Schéma cyclable de l&amp;#039;intercommunalité, d&amp;#039;un montant global de 1 283 600 euros, est instauré pour une période de 12 ans, de 2022 à 2033.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;OCTROI DU FONDS DE CONCOURS CYCL&amp;#039;YN
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  a.	Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets éligibles sont l&amp;#039;aménagement d&amp;#039;itinéraires cyclables structurants.
+&lt;/p&gt;
+&lt;p&gt;
+ Le fonds de concours concerne en premier lieu les itinéraires cyclables identifiés au Schéma cyclable de l&amp;#039;intercommunalité, avec 2 niveaux de priorité :
+&lt;/p&gt;
+&lt;p&gt;
+ -	Les 9 axes structurants identifiés au « scénario programmatique » et l&amp;#039;ensemble des points durs de sécurité. Ces axes, ont été retenus au regard de leur intérêt stratégique : nombre d&amp;#039;habitants, d&amp;#039;emplois et d&amp;#039;équipements à proximité. Il s&amp;#039;agit donc des axes à aménager en priorité pour constituer un réseau cyclable structurant, sous forme de linéaires continus,
+&lt;/p&gt;
+&lt;p&gt;
+ -	Les axes du réseau complémentaire qui constituent un maillage complémentaire de grands axes.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  b.	Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les fonds de concours aux communes membres sont destinés à financer la réalisation d&amp;#039;équipements (dépenses d&amp;#039;investissement exclusivement), pour lesquels les communes sont désignées comme maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont :
+&lt;/p&gt;
+&lt;p&gt;
+ - les acquisitions d&amp;#039;emprise foncière exclusivement nécessaire aux aménagements cyclables,
+&lt;/p&gt;
+&lt;p&gt;
+ - les études liées au projet (maîtrise d&amp;#039;œuvre, SPS, CT, etc.),
+&lt;/p&gt;
+&lt;p&gt;
+ - les travaux (signalisation des travaux, terrassement et VRD de l&amp;#039;emprise d&amp;#039;aménagement cyclable, aménagement de chaussées, signalisation horizontale et verticale spécifique aux cycles),
+&lt;/p&gt;
+&lt;p&gt;
+ - et les aménagements connexes (abris vélos, arceaux...).
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les aménagements soumis à Yvetot Normandie en amont de leur réalisation pourront bénéficier d&amp;#039;un fonds de concours. Yvetot Normandie devra être associé aux études préalables.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant versé de fonds de concours sera égal au maximum à 50 % du montant restant à charge de la commune, sachant que la participation minimale de la commune bénéficiaire s&amp;#039;élève à 20 % du montant total des financements publics qui lui sont accordés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les communes pourront demander un appui technique des services de la Communauté de Communes pour la recherche des subventions possibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T65" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>CC Yvetot Normandie</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communauté de Communes Yvetot Normandie
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sandrine Lollier / 02 35 56 34 52
+  &lt;/li&gt;
+  &lt;li&gt;
+   Blanche Despaigne / 02 77 43 99 93
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>pascal.prokop@yvetot-normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4317-financer-lamenagement-ditineraires-cyclables-/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>95124</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement d'aménagements cyclables</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les
+ aménagements portés par les collectivités territoriales ou leurs groupements de coopération intercommunale présentent un attrait touristique réel. Les liaisons cyclables de type vélo participent à l&amp;#039;attractivité du territoire, notamment touristique, en reliant des sites pôles du Pays Cathare.
+&lt;/p&gt;
+&lt;p&gt;
+ Le développement de l&amp;#039;itinéraire cyclable du réseau principal ou complémentaire aide à inciter le plus grand nombre
+ à la pratique du vélo, ce qui représente un atout écologique important.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département de l&amp;#039;Aude accompagnera également les collectivités territoriales compétentes à développer l&amp;#039;intermodalité et tout type de déplacements doux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mise en œuvre d&amp;#039;itinéraires cyclables à l&amp;#039;échelle d&amp;#039;un ou plusieurs territoires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Voirie et réseaux
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;infrastructure (installation de chantier, travaux de voirie inhérents à la réalisation de l&amp;#039;aménagement)  et de signalisation directionnelle et/ou de police d&amp;#039;itinéraires cyclables inscrits au schéma départemental ou lié à un itinéraire structurant du schéma (porté par un EPCI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études dans la limite d&amp;#039;une étude par itinéraire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements d&amp;#039;évaluation et d&amp;#039;observation (compteurs) y compris les études d&amp;#039;observation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les acquisitions foncières nécessaires à l&amp;#039;aménagement cyclable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les revêtements de type goudron sauf pour les pistes cyclables en domaine urbain ou péri-urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction ou la reprise d&amp;#039;ouvrages d&amp;#039;arts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les itinéraires non cartographiés par les différents schémas sauf s&amp;#039;ils se raccordent à un itinéraire inscrit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les itinéraires qui viendraient en doublon à un itinéraire déjà existant et inscrit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;entretien, de réfection et de mises aux normes d&amp;#039;aménagement existants, les travaux intégrant les équipements de service non marchands (Relais Information Service, bancs, tables....)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/je-veux-developper-des-itineraires-cyclables-dans-ma-commune</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département  de l&amp;#039;Aude - Pôle Aménagement durable
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Développement Environnement et Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Service Aménagement -
+ Olivier Baron
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04.68.11.31.03
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse mail :
+ &lt;a href="mailto:olivier.baron&amp;#64;aude.fr" rel="noopener" target="_blank"&gt;
+  olivier.baron&amp;#64;aude.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8dda-regler-les-aides-pour-le-schema-departemental/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>131345</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Créer un schéma cyclable intra-communal pour les communes PVD</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>avec un plafond d'aide maximal de 10 000 €.</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La communauté de communes du Massif du Sancy souhaite aider les communes lauréates du programme Petites Villes de Demain (Besse, La Bourboule et Le Mont-Dore) dans la création d&amp;#039;un schéma cyclable intra-communal.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide aux travaux sera conditionnée à la réalisation d&amp;#039;une étude préalable permettant d&amp;#039;évaluer les besoins et de projeter un schéma adéquat.
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention : 20% d&amp;#039;aide, avec un plafond d&amp;#039;aide maximal de 10 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Pour rappel : dans le cadre du programme Petites Villes de Demain, les communes lauréates peuvent bénéficier d&amp;#039;une aide de 50% pour les études préalables (fonds Banque des territoires). Pour en bénéficier, contacter la cheffe de projet Petites Villes de Demain du territoire.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour candidater, il convient d&amp;#039;envoyer les éléments suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention du président,
+ &lt;/li&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à demander la subvention faisant figurer le plan de financement des travaux (intégrant l&amp;#039;ensemble des co-financeurs),
+ &lt;/li&gt;
+ &lt;li&gt;
+  un ou des devis justifiant du montant des dépenses,
+ &lt;/li&gt;
+ &lt;li&gt;
+  le rapport synthétique de l&amp;#039;étude préalable.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q67" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2026</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Dépôt de dossier de demande de subvention à
+  ccms&amp;#64;cc-massifdusancy.fr
+ à l&amp;#039;attention de la secrétaire générale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour toutes informations complémentaires, vous pouvez contacter le 04 73 65 24 48.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour le financement de l&amp;#039;étude préalable, vous pouvez contacter : Marie FERNANDEZ MADRID - cheffe de projet Petites Villes de Demain / 04 73 93 91 36 ou par mail à
+  m.fernandezmadrid&amp;#64;cc-massifdusancy.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0a20-creation-dun-schema-cyclable-intra-communal-p/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>144517</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des aménagements cyclables</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le Schéma Cyclable 2018-2027 tient compte des orientations et stratégies nationales, régionales et avant tout locales, les projets de territoires constituant le socle de mise en œuvre du maillage cyclable.&lt;br /&gt;&lt;br /&gt;L’adoption de la Loi d’Orientation des Mobilités (LOM) le 14 décembre 2019 marque un tournant décisif dans l’organisation de la mobilité et placent les intercommunalités au titre d’Autorité Organisatrice de la Mobilité (AOM). A défaut, cette prise de compétence est assurée par la Région Nouvelle-Aquitaine qui devient AOM du territoire concerné.&lt;br /&gt;&lt;br /&gt;Lors de la Décision Modificative n° 1 du 17 juillet 2020, l’Assemblée départementale a confirmé le lancement de la définition de sa politique de la mobilité qui prévoit de conforter un lien très fort avec la solidarité, l’insertion et la mobilité. Dans ce contexte, le Département tient à tenir un rôle central en matière de cohésion sociale et territoriale et d’accompagnement des collectivités&lt;br /&gt;&lt;br /&gt;Un diagnostic des dynamiques territoriales, des pratiques et offres de mobilité des territoires landais a été réalisé en 2020 et partagé au sein d’un groupe projet associant les services de l’Etat, de la Région Nouvelle-Aquitaine, du Syndicat mixte Nouvelle-Aquitaine Mobilités ainsi que les Directions du Département intervenant dans le champ de la mobilité.&lt;br /&gt;&lt;br /&gt;A l’appui de ce diagnostic, le Département a approuvé sa stratégie de mobilité lors de la DM2-2020. La politique cyclable devenant par déclinaison, un des volets de la politique de mobilité du Département.&lt;br /&gt;&lt;br /&gt;cf. descriptif complet sur le guide des aides sur landes.fr&lt;br /&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  cf. descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=91</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a87d-realisation-damenagements-cyclables/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>120357</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le cyclotourisme et le vélo du quotidien</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>POLITIQUE CYCLABLE</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Le vélo s&amp;#039;est imposé ces dernières années dans le domaine du tourisme et des loisirs. L&amp;#039;engouement pour le vélo du quotidien, celui qu&amp;#039;on utilise pour ses déplacements domicile-travail ou loisirs déjà bien amorcé, s&amp;#039;est confirmé à l&amp;#039;issue du confinement de 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Compte tenu de l&amp;#039;évolution des pratiques, il convient de faire porter les efforts de soutien départemental sur le cyclotourisme et surtout le vélo du quotidien.
+&lt;/p&gt;
+&lt;h3&gt;
+ Opérations éligibles
+&lt;/h3&gt;
+&lt;p&gt;
+ Le règlement du Département porte sur 2 orientations « soutenir le cyclotourisme » et « sécuriser le vélo du quotidien », qui se déclinent ainsi :
+&lt;/p&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  finalisation du réseau des Véloroutes Voies Vertes
+ &lt;/strong&gt;
+ : Itinéraires de VVV à échelle supracommunale, avec un plafond de montant subventionnable de 300 000 € / km et 1 M€ par ouvrage d&amp;#039;art.
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  liaison entre les VVV phares et les  territoires proches
+ &lt;/strong&gt;
+ : Travaux d&amp;#039;aménagement de liaisons douces et d&amp;#039;équipements dédiés aux cyclotouristes entre les VVV EV17 ou V63 et les territoires proches, dans une bande d&amp;#039;environ 5 kms.
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  sécurisation du vélo du quotidien
+ &lt;/strong&gt;
+ : Les aménagements cyclables (de type bandes cyclables ou pistes cyclables...) sur les itinéraires que le Département juge structurants et pertinents dans le cadre d&amp;#039;un Schéma Directeur Cyclable (SDC), élaboré par l&amp;#039;EPCI, en concertation avec le Département, pour les portions hors route départementale, et hors zone agglomérée. Intégration le cas échéant de ces opérations dans un contrat de partenariat global établi entre le Département et l&amp;#039;EPCI ayant élaboré le SDC pour coordonner l&amp;#039;aménagement des itinéraires. Un plafond de dépenses subventionnables de 300 000 €/km, porté à 500 000 € /km en secteur contraint, et 2 Md&amp;#039;€ pour les ouvrages d&amp;#039;art (passerelles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  – réalisation de schémas directeurs cyclables
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Finalisation du réseau des Véloroutes Voies Vertes (VVV)
+  : Les EPCI et les syndicats mixtes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Liaisons entre  les VVV et les territoires proches
+  : Les EPCI et les communes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation du vélo du quotidien
+  :
+   Les EPCI ou les communes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de Schémas Directeurs
+  Cyclables
+  : Les EPCI.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Cf chapitre « opérations éligibles »
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  Finalisation du réseau des Véloroutes Voies Vertes (VVV)
+ &lt;/strong&gt;
+ : Le taux du Département est de 30 % pour les études et travaux
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  Liaisons entre  les VVV et les territoires proches
+ &lt;/strong&gt;
+ : Bonification des aides départementales de &amp;#43; 10 % du montant HT des travaux
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  Sécurisation du vélo du quotidien
+ &lt;/strong&gt;
+ : Le taux du Département est fixé à 30 %. Cette participation pourrait être majorée jusqu&amp;#039;à atteindre 50 %, en vue de maintenir l&amp;#039;investissement direct des intercommunalités (ou communes) maîtres d&amp;#039;ouvrage en-deçà de 50 %, après avoir épuisé toutes recherches de subventions auprès d&amp;#039;autres partenaires (appels à projets du Plan national vélo, dotation de soutien à l&amp;#039;investissement local (DSIL), Région, Fonds européens ...).
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  Réalisation de Schémas Directeurs Cyclables
+ &lt;/strong&gt;
+ : Le taux du Département est de 30 %.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   délibération de la collectivité maître d&amp;#039;ouvrage
+  &lt;/li&gt;
+  &lt;li&gt;
+   dossier AVP
+  &lt;/li&gt;
+  &lt;li&gt;
+   budget détaillé -note détaillée du projet
+  &lt;/li&gt;
+  &lt;li&gt;
+   note détaillée du projet
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers _Demande dématéralisée
+&lt;/h3&gt;
+&lt;p&gt;
+ – dépôt des dossiers au Conseil départemental au 30 septembre N-1 pour financement éventuel en année N via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/page-de-connexion/"&gt;
+  Drôm&amp;#039;Démat
+ &lt;/a&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Téléservice
+ &lt;/strong&gt;
+ : Aménagement du territoire
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics : Construction ou rénovation
+ &lt;br /&gt;
+ &lt;br /&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec la Direction des Déplacements.
+ &lt;br /&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+ &lt;br /&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+ &lt;br /&gt;
+ – décision de la Commission permanente qui attribue la subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019 et du 31 mai 2021.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Le règlement du Département porte sur 2 orientations « soutenir le cyclotourisme » et « sécuriser le vélo du quotidien », qui se déclinent ainsi :
+&lt;/p&gt;
+&lt;p&gt;
+ –
+ &lt;strong&gt;
+  finalisation du réseau des Véloroutes Voies Vertes
+ &lt;/strong&gt;
+ : Itinéraires de VVV à échelle supracommunale, avec un plafond de montant subventionnable de 300 000 € / km et 1 M€ par ouvrage d&amp;#039;art.
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  liaison entre les VVV phares et les  territoires proches
+ &lt;/strong&gt;
+ : Travaux d&amp;#039;aménagement de liaisons douces et d&amp;#039;équipements dédiés aux cyclotouristes entre les VVV EV17 ou V63 et les territoires proches, dans une bande d&amp;#039;environ 5 kms.
+ &lt;br /&gt;
+ –
+ &lt;strong&gt;
+  sécurisation du vélo du quotidien
+ &lt;/strong&gt;
+ : Les aménagements cyclables (de type bandes cyclables ou pistes cyclables...) sur les itinéraires que le Département juge structurants et pertinents dans le cadre d&amp;#039;un Schéma Directeur Cyclable (SDC), élaboré par l&amp;#039;EPCI, en concertation avec le Département, pour les portions hors route départementale, et hors zone agglomérée. Intégration le cas échéant de ces opérations dans un contrat de partenariat global établi entre le Département et l&amp;#039;EPCI ayant élaboré le SDC pour coordonner l&amp;#039;aménagement des itinéraires. Un plafond de dépenses subventionnables de 300 000 €/km, porté à 500 000 € /km en secteur contraint, et 2 Md&amp;#039;€ pour les ouvrages d&amp;#039;art (passerelles).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  – réalisation de schémas directeurs cyclables
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/politique-cyclable/</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction des Politiques Territoriales- Service des Relations avec les Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quentin DUVILLIER, Coordonnateur zone nord
+  – Tél. : 04 75 79 26 65 – 06 69 14 32 79
+ &lt;/li&gt;
+ &lt;li&gt;
+  Christel MORIN, Coordonnatrice zone sud  –
+  Tél. : 04 75 79 26 31 – 06 37 04 42 76
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aurore MERMET, Coordonnatrice zone centre
+  – Tél. : 04 75 79 82 29 – 06 99 27 31 25
+ &lt;/li&gt;
+ &lt;li&gt;
+  Laurence ROCHER, Chef de service, Coordonnatrice  zone ouest
+  – Tél. : 04 75 79 26 67 – 06 86 65 53 38
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6e1-politique-cyclable/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>162514</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Financer les aménagements cyclables inscrits au schéma directeur départemental des véloroutes</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>AMENAGEMENTS CYCLABLES INSCRITS AU SCHEMA DIRECTEUR DEPARTEMENTAL DES VELOROUTES</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>diminué des éventuelles subventions perçues par la commune ou l'EPCI pour maintenir un principe de parité entre le maitre d'ouvrage et le Département</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réalisation de travaux visant à l&amp;#039;amélioration des conditions de circulation des cyclistes sur les itinéraires cyclables en site propre et/ ou en site partagé inscrits au schéma directeur départemental des véloroutes.&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les sites partagés: les travaux de revêtement de fil d&amp;#039;eau au fil d&amp;#039;eau &lt;br /&gt;&lt;/li&gt;&lt;li&gt;pour les sites propres: l&amp;#039;ensemble des dépenses d&amp;#039;infrastructures, y compris les frais de maitrise d&amp;#039;oeuvre et les aménagements connexes de type aires de repos, de pique-nique ou de stationnement&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses exclues:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Aucun investissement ne participant pas directement par sa nature à la fonction première de l’aménagement ne pourra être pris en compte (exemple : éclairage public).&lt;/li&gt;&lt;li&gt;Les études, les travaux sur des ouvrages d’art, les investissements de jalonnement et de signalisation de police ne peuvent être subventionnés spécifiquement au titre de cette aide. Ces dépenses peuvent éligibles dans le cas d’un projet global d’aménagement cyclable.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plafonds de dépenses:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;pour les sites partagés : dépense plafonnée à 8€ / m²&lt;/li&gt;&lt;li&gt;pour les sites propres: sans plafond&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Conditions:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les dépenses devront répondre aux recommandations en vigueur (CERTU, Vélo &amp;amp; Territoires, CEREMA...), en particulier en ce qui concerne la largeur de l’infrastructure qui doit être d’au moins 3 mètres pour les aménagements cyclables en site propre (diminution ponctuelle envisageable à 2,5 m minimum).&lt;/li&gt;&lt;li&gt;Le revêtement des aménagements cyclables est imposé avec un niveau de finition permettant un usage « par tous et en toute saison » de type enrobé ou béton.&lt;/li&gt;&lt;li&gt;Dans le cas où un projet d’aménagement cyclable se situe à proximité d’un itinéraire du Schéma Directeur Départemental des Véloroutes, l’association des services du Département en amont du dépôt du dossier de subvention est nécessaire afin d’étudier l’intérêt de l’intégration de cet aménagement au sein de l’itinéraire cyclable départemental et donc de définir l’éligibilité du projet à ce dispositif de soutien.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagements-cyclables-inscrits-au-schema-directeur-departemental-des-veloroutes/</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;/span&gt;&lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;&lt;span&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/span&gt;&lt;/a&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-amenagements-cyclables-inscrits-au-schema-directeur-departemental-des-veloroutes/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
+        <v>159894</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F71" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J71" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des centres-bourgs, villes ou quartiers, sur le plan de l&amp;#039;image et du cadre de vie
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global d&amp;#039;aménagement de centre-bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables, y compris la redynamisation de stations touristiques existantes et des offices de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutiens aux événements culturels, et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P71" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q71" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>155113</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les mobilités du quotidien : schémas, infrastructures, équipements et services</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Les mobilités du quotidien : schémas, infrastructures, équipements et services (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;un schéma directeur vélo ou d&amp;#039;un schéma directeur des mobilités actives
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un schéma directeur vélo permet de programmer les liaisons cyclables d&amp;#039;intérêt communautaire ou communal à réaliser afin de créer un réseau cyclable structurant à l&amp;#039;échelle de la collectivité concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ Un schéma directeur des mobilités actives est un document stratégique de référence et de programmation permettant d&amp;#039;organiser le développement des mobilités actives qui sont définies comme toutes les formes de déplacements qui impliquent une dépense énergétique par le biais d&amp;#039;un effort musculaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création et aménagement d&amp;#039;infrastructures à destination des vélos ou multi pratiques (voies exclusivement réservées à la circulation d&amp;#039;usagers non motorisés)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces infrastructures peuvent donc être des pistes cyclables réservées aux vélos mais également des voies vertes multi pratiques pouvant également accueillir piétons, cavaliers, trottinettes, ...
+&lt;/p&gt;
+&lt;p&gt;
+ Il est précisé que de déploiement du Réseau Cyclable d&amp;#039;Intérêt Départemental (RCID) fait l&amp;#039;objet de modalités de financement spécifiques déclinées dans le cadre d&amp;#039;une autre politique départementale (hors politique territoriale).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;aires en faveur de l&amp;#039;intermodalité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce sont des lieux d&amp;#039;échanges entre services de transport et de mobilité
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en place de toute offre de services visant à favoriser et promouvoir les mobilités du quotidien :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   installation d&amp;#039;abris-vélos couverts, de consignes sécurisées, de bornes de recharge pour les VAE, de stations de gonflage, de bornes d&amp;#039;entretien vélo... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   création d&amp;#039;une plateforme de mobilité (guichet unique d&amp;#039;animation, d&amp;#039;information et d&amp;#039;accompagnement des usagers sur les solutions de déplacement existantes) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en place de services d&amp;#039;autopartage et/ou vélopartage (hors libre-service sans attache) : mise à disposition de véhicules électriques ou hydrogènes, scooters, mobylettes, vélos, vélos-cargos, vélos adaptés aux personnes à mobilité réduite, au profit d&amp;#039;usagers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   acquisition de véhicules électriques pour transport à la demande à vocation sociale ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   mise en place d&amp;#039;une plateforme numérique de mobilité (type application de réservation avec possibilité de paiement en ligne).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Schéma de mobilités actives et plan de déplacement : participation du conseil départemental sur la base des dépenses éligibles HT ou TTC selon que le maître d&amp;#039;ouvrage puisse ou non récupérer la TVA sur l&amp;#039;opération avec application d&amp;#039;un taux fixe de 50% avec une aide plafonnée à 15 000 €.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Infrastructures et animations : participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%
+  &lt;/li&gt;
+  &lt;li&gt;
+   Poste d&amp;#039;animateur de plate-forme mobilité : participation du conseil départemental limitée dans le temps (trois ans maximum) et de manière dégressive avec un taux de 40 % en première année, 30 % en seconde année et 20 % sur la dernière année, sur la base maximum d&amp;#039;une assiette éligible de 35 000 €/an correspondant à la masse salariale affectée à l&amp;#039;opération (coût du poste chargé)
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Poste :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Fiche de poste
+  &lt;/li&gt;
+  &lt;li&gt;
+   CV du candidat retenu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etude :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Cahier des charges de l&amp;#039;étude
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet proposé sur l&amp;#039;espace public ou le domaine public devra répondre à la législation et à la réglementation en vigueur relatives notamment à l&amp;#039;accessibilité des espaces publics, à la prise en compte des mobilités actives et à la prise en compte des objectifs de transition écologique.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra être intégré dans la réflexion globale du territoire et en cohérence avec les schémas directeurs intercommunaux ainsi que le plan vélo départemental
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS SPECIFIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;un schéma directeur vélo ou schéma directeur des mobilités actives.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ceux-ci devront obligatoirement comporter une rubrique « analyse des pratiques sur le territoire ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création et aménagement d&amp;#039;infrastructures à destination des vélos ou multipratiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet devra prendre en compte a minima les déplacements à vélo
+&lt;/p&gt;
+&lt;p&gt;
+ 2- La (les) liaison(s) accompagnée(s) devra(ont) faciliter les mobilités du quotidien : desservir les zones d&amp;#039;habitat, des équipements publics, des commerces, des sites de visite touristiques publics, la plage...
+&lt;/p&gt;
+&lt;p&gt;
+ 3- Les critères techniques (largeur de voirie, utilisation du double sens ou d&amp;#039;une voie de chaque côté de la voirie...) seront étudiés par le service départemental référent.
+&lt;/p&gt;
+&lt;p&gt;
+ 4- Pour les communes CPU, CPS et l&amp;#039;ensemble des communes littorales, schéma directeur vélo ou d&amp;#039;un schéma directeur des mobilités actives devra justifier la ou les liaisons inscrite(s) au projet. Pour les autres communes, il sera demandé la production d&amp;#039;une analyse des circulations douces au sein de la commune.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Création d&amp;#039;aires en faveur de l&amp;#039;intermodalité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aire devra être aménagée et équipée pour l&amp;#039;accueil d&amp;#039;au moins deux modes de déplacement dont un de mobilité active (piéton, vélo). Cette plateforme pourra donc accueillir des services de type autopartage, vélopartage, casiers sécurisés pour l&amp;#039;accueil de vélos personnels, des bornes de recharges pour les véhicules électriques, des stations de gonflage pour les véhicules présents, des bornes d&amp;#039;entretien pour les vélos, ... Elle pourra si le besoin est identifié accueillir l&amp;#039;espace d&amp;#039;attente pour les transports en commun de type bus, ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Mise en place de toute offre de services visant à favoriser et promouvoir les mobilités du quotidien
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet devra répondre à un besoin exprimé du territoire et devra préciser le mode de gestion et d&amp;#039;animation du service ainsi que les partenariats développés avec les acteurs du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition écologique :
+   &lt;/strong&gt;
+   présence d&amp;#039;un écologue pour la définition et/ou la réalisation du projet, réalisation d&amp;#039;aménagements paysagers qualitatifs sur l&amp;#039;itinéraire, gestion durable des eaux pluviales provenant des aménagements réalisés, utilisation de matériaux durables (bois locaux, masse, enrobé à liant végétal...) pour la réalisation des équipements présents sur l&amp;#039;itinéraire ou sur l&amp;#039;aire créée, adaptation des équipements pour une fonctionnalité plus durable (production d&amp;#039;énergie, récupération des eaux de pluies, gestion des déchets, mise en place d&amp;#039;un système d&amp;#039;éclairage public adapté aux usages et contraintes locales......), réemploi de matériaux, insertion de clauses environnementales dans les marchés publics, mise en place d&amp;#039;une offre de services complémentaire à la réalisation de l&amp;#039;infrastructure (location de vélos, stations de gonflage, casiers de rangements, ...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Exemples de démarches en lien avec la transition inclusive :
+   &lt;/strong&gt;
+   présence d&amp;#039;équipements, de signalétiques adaptés pour tous les publics (mobiliers urbains, sanitaires, ...), aménagement et équipements permettant l&amp;#039;accueil de véhicules adaptés, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants, formation « savoir rouler à vélo », programmation d&amp;#039;animations régulières sur le site, dans les établissements scolaires, mise en place d&amp;#039;une offre de services complémentaire à l&amp;#039;équipement : achat de vélos adaptés, intégration de places de stationnement suffisamment larges pour tous types de vélos...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A) Pour les travaux d&amp;#039;aménagement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, ...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les acquisitions de terrain ou de bâti pour démolition nécessaires à la réalisation de l&amp;#039;aménagement prévu (si acquisition moins de 5 ans)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagements urbains ou paysagers directement liés au projet :
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ 1) le terrassement, les revêtements, les bordures...
+&lt;/p&gt;
+&lt;p&gt;
+ 2) l&amp;#039;ensemble des travaux de réseaux à la charge du maître d&amp;#039;ouvrage,
+&lt;/p&gt;
+&lt;p&gt;
+ 3) l&amp;#039;éclairage public économe et adapté (pour les communes ayant déléguée la compétence au SDEM, le taux d&amp;#039;aide sera appliqué sur le reste à charge de la commune)
+&lt;/p&gt;
+&lt;p&gt;
+ 5) la signalétique hors signalisation routière automobile
+&lt;/p&gt;
+&lt;p&gt;
+ 6) la végétalisation et le paysagement
+&lt;/p&gt;
+&lt;p&gt;
+ 7) l&amp;#039;équipement urbain : bancs, barrières, portail, corbeilles, sanitaires, ...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Et toutes dépenses inhérentes à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les bandes cyclables sur la voirie existante si elles composent la majeure partie de la liaison ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les trottoirs partagés s&amp;#039;ils composent la majeure partie de la liaison ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  B) Pour la mise en place de services :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les travaux d&amp;#039;aménagement d&amp;#039;un guichet unique ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais d&amp;#039;acquisition d&amp;#039;outils informatiques et numériques nécessaires à l&amp;#039;offre de services ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition de flottes de véhicules (hors EPDM engins personnels de déplacement motorisé trottinette électrique, gyropodes ...) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;acquisition de mobiliers et équipements spécifiques : abris couverts, consignes sécurisées, bornes de recharge, stations de gonflage et d&amp;#039;entretien... ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Signalétique (hors panneaux routiers) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Toute dépense inhérente à l&amp;#039;obtention de la bonification.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Fonctionnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les diagnostics et études préalables en lien direct avec le projet ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le financement du poste d&amp;#039;un conseiller en mobilité (éligible uniquement sur les CT, CPU et CPS sur une durée de 3 ans maximum) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;organisation de formations/ateliers de mobilité (éligible uniquement dans les CTM, CPU et CPS).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les acquisitions de flottes de véhicules dédiés aux agents de la collectivité ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les frais de publicité, de reproduction des dossiers.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux réalisés en régie.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/les-mobilites-du-quotidien-schemas-infrastructures-equipements-et-services-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W72" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.61
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a05d-les-mobilites-du-quotidien-schemas-infrastruc/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>163208</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Développer le Vélotourisme</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Développer le Vélotourisme</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le programme Développer le vélotourisme se prolonge sur 2024. Ce programme s&amp;#039;articule autour de 3 axes :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;Inciter les&lt;strong&gt; établissements touristiques&lt;/strong&gt; à entrer dans une &lt;strong&gt;démarche de référencement auprès de la marque Accueil Vélo&lt;/strong&gt;.   &lt;br /&gt;&lt;/li&gt;&lt;li&gt;Permettre aux &lt;strong&gt;collectivités territoriales d’investir dans des équipements&lt;/strong&gt; plébiscités par les touristes à vélo en implantant des aires de services le long des itinéraires inscrits au schéma national, régional ou départemental des véloroutes.&lt;/li&gt;&lt;li&gt;Aider les &lt;strong&gt;collectivités territoriales et comités d’itinéraire&lt;/strong&gt; à la réalisation d’études pour &lt;strong&gt;créer ou accélérer la réalisation d&amp;#039;itinéraires ou tronçons&lt;/strong&gt; d&amp;#039;itinéraires de véloroutes.&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;Axe 1 - Devenir Accueil Vélo&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles : &lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Office du tourisme&lt;/li&gt;&lt;li&gt;Site touristique dont      halte et port fluvial&lt;/li&gt;&lt;li&gt;Hébergement touristique&lt;/li&gt;&lt;li&gt;Restaurant&lt;/li&gt;&lt;li&gt;Les collectivités territoriales dès lors qu’elles gèrent un des établissements cités ci-dessus&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;L&amp;#039;établissement doit s&amp;#039;engager dans une démarche de référencement auprès de la marque Accueil      Vélo ou être déjà labellisés afin d’accroître leur capacité d’accueil et      d’amélioration la qualité des services proposés.&lt;/li&gt;&lt;li&gt;L’établissement doit se      situer à &lt;strong&gt;moins de 5 km d’un itinéraire cyclable balisé selon confirmation&lt;/strong&gt;      du référent qualité de la marque Accueil Vélo.&lt;/li&gt;&lt;li&gt;Est attendu l’implantation      de 5 emplacements stationnements vélo au minimum.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;En fonction des typologies d&amp;#039;établissements des critères supplémentaires spécifiques s’appliquent.&lt;/p&gt;&lt;p&gt;Ces critères d’éligibilités correspondent aux référentiels de la marque Accueil Vélo qui sont détaillés dans le &lt;a target="_blank" href="http://www.francevelotourisme.com/sites/default/files/accueil-velo-guide-pratique.pdf"&gt;guide pratique Accueil Vélo&lt;/a&gt;. &lt;/p&gt;&lt;p&gt;Il est nécessaire de prendre contact auprès du référent qualité de la marque Accueil Vélo &lt;a target="_blank" href="http://www.francevelotourisme.com/contact/devenir_accueil_velo"&gt;via le formulaire de contact&lt;/a&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;En amont du dépôt de la demande cela permettra de s’assurer :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;De l&amp;#039;éligibilité de      l&amp;#039;établissement&lt;/li&gt;&lt;li&gt;De la correspondance du      projet d’investissement envisagé et des attendus de la marque Accueil Vélo&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Axe 2 - Implanter des aires de services le long des itinéraires&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les haltes fluviales et      ports fluviaux&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les projets doivent respecter les critères suivants :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les &lt;strong&gt;itinéraires&lt;/strong&gt;      concernés sont ceux &lt;strong&gt;inscrits au schéma national, régional ou      départemental&lt;/strong&gt; des véloroutes&lt;/li&gt;&lt;li&gt;L’aire de services doit      être &lt;strong&gt;visible depuis l’itinéraire&lt;/strong&gt; ou située à &lt;strong&gt;moins de 200 mètres avec une      signalétique&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Pour le confort des      usagers, il est attendu une &lt;strong&gt;répartition homogène des aires de services le      long des itinéraires &lt;/strong&gt;: tout au plus tous les 30 km&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Il est préconisé de distancier d’une vingtaine de kilomètres l’implantation des aires de services le long d’un même itinéraire. N&amp;#039;est pas éligible une implantation distante de moins de 10 km.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Axe 3 - Réaliser des études&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Sont éligibles :&lt;/p&gt;&lt;ul type="circle"&gt;&lt;li&gt;Les collectivités      territoriales&lt;/li&gt;&lt;li&gt;Les structures      représentant un comité d’itinéraire (chef de file du comité d’itinéraire)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’itinéraire concerné par l’étude doit être &lt;strong&gt;inscrit soit au schéma national, régional&lt;/strong&gt; &lt;strong&gt;ou départemental&lt;/strong&gt; des véloroutes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;4 thématiques sont proposées pour réaliser les études :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Créer de nouveaux itinéraire cyclables touristiques&lt;/strong&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Accélérer la réalisation      de tronçons&lt;/strong&gt; d’itinéraires déjà inscrits à un schéma&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Améliorer la mise en      sécurité&lt;/strong&gt; des itinéraires&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Renforcer l’attractivité&lt;/strong&gt;      des véloroutes&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Vous êtes invités à lire attentivement le texte de l&amp;#039;appel à projet dans la rubrique « Vérifier mon éligibilité » en amont du dépôt de votre dossier.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20240725/developper-velotourisme</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
       <c r="Y73" s="1" t="inlineStr">
         <is>
-          <t>contact-aidesetsubventions@oise.fr</t>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z73" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/2b58-aider-a-la-mise-en-place-ou-a-la-rehabilitati/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-le-velotourisme-2/</t>
         </is>
       </c>
       <c r="AA73" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:27" customHeight="0">
       <c r="A74" s="1">
-        <v>140736</v>
+        <v>111656</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Réaliser des travaux d'infrastructure téléphonique dans le cadre des travaux d'extension de réseau électrique</t>
+          <t>Développer les aménagements cyclables, le stationnement et le jalonnement vélos</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>Réaliser des travaux d'infrastructure téléphonique dans le cadre des travaux d'extension de réseau électrique pour alimenter une parcelle communale, un lotissement communal, une zo</t>
+          <t>Mobilité et déplacements : Plan vélo</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+          <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-[...5 lines deleted...]
-          <t> Max : 20</t>
+          <t>Subvention</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
-          <t>Montant de travaux ou d'investissements aidés, plafonné à 20 % du montant TTC des travaux électriques</t>
+          <t>Montants de subvention plafonnés</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...1 lines deleted...]
- &lt;/strong&gt;
+ Plan vélo : aide aux aménagements cyclables, au stationnement et aux travaux liés à la mise en oeuvre d&amp;#039;un plan de jalonnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement de bande cyclable, de piste cyclable unidirectionnelle ou bidirectionnelle et de voies vertes.
+ &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Nature de l&amp;#039;opération : Infrastructures téléphoniques
+   Aménagements cyclables, plafond de dépense subventionnable : 550.000€ HT par km aménagé.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Stationnement, plafond de dépense subventionnable : 1.000€ HT par place de stationnement vélos aménagée.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Jalonnement, plafond de dépense subventionnable : 150€ HT par mètre linéaire jalonné.
   &lt;/li&gt;
  &lt;/ul&gt;
- &lt;ul&gt;
+&lt;p&gt;
+ Délibération n°2018-04-0020 (AD du 28/05/2018)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Voirie et réseaux
+Paysage
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des transports et des mobilités
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 96 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e066-developper-les-amenagements-cyclables-le-stat/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>103400</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la création d'un réseau régional de lignes cyclables directes, sécurisées et confortables-  Réseau express vélo régional (RER Vélo)</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Réseau express vélo régional (RER Vélo)</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I75" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien à la création d&amp;#039;un réseau régional de lignes cyclables directes, sécurisées et confortables. Le RER-V vient en complément du dispositif de soutien aux projets cyclables préexistant
+&lt;/p&gt;
+&lt;p&gt;
+ Montant : Jusqu&amp;#039;à 60 % des dépenses subventionnables (plafonds variables selon les opérations).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
-   Classement au regard du régime d&amp;#039;électrification : Communes Urbaines (U1, U2) et Communes Rurales (ER)
+   &lt;span&gt;
+    Études et procédures induites (études de faisabilité, d&amp;#039;impact, et autre études nécessaires à l&amp;#039;enquête publique...),
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Réalisation ou amélioration d&amp;#039;un aménagement cyclable,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Aménagements souples, légers et réversibles permettant de préfigurer des aménagements cyclables définitifs ou répondant l&amp;#039;urgence sanitaire,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Implantation de signalisation directionnelle verticale et horizontale,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Création d&amp;#039;équipements de service (supports d&amp;#039;information ou totem, station de gonflage et petites réparations, aires de repos...),
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Implantation de stationnements cyclables,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Dépenses d&amp;#039;investissement permettant d&amp;#039;assurer le suivi et l&amp;#039;évaluation du RER-V (compteurs vélo...).
+   &lt;/span&gt;
+   &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
- &lt;ul&gt;
-[...18 lines deleted...]
-      <c r="O74" s="1" t="inlineStr">
+</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R74" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="S74" s="1" t="inlineStr">
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T74" s="1" t="inlineStr">
-[...229 lines deleted...]
-      </c>
       <c r="U75" s="1" t="inlineStr">
         <is>
-          <t>Drôme</t>
+          <t>Île-de-France</t>
         </is>
       </c>
       <c r="V75" s="1" t="inlineStr">
         <is>
-          <t>https://collectivites.ladrome.fr/aidefinanciere/amendes-de-police/</t>
+          <t>https://www.iledefrance.fr/aides-appels-a-projets/HJyMYe_ud</t>
         </is>
       </c>
       <c r="X75" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...242 lines deleted...]
- Email :
+ Merci de contacter la Direction des transports de la région Île-de-France :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbd5-reseau-express-velo-regional-rer-velo/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>1050</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la structuration et la mise en tourisme des Véloroutes et Voies Vertes</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ambition est de faire de la Région Grand Est une destination d&amp;#039;excellence pour l&amp;#039;itinérance à vélo en fédérant les acteurs et en qualifiant l&amp;#039;offre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles :
+ &lt;/strong&gt;
+ Investissements permettant la création de circuits d&amp;#039;itinérance douce sur le territoire Grand Est et mise en tourisme de ces circuits.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sont éligibles : terrassements, bande de roulement, voirie et aires de repos, signalisation, mobilier de sécurité, réseaux, signalétique touristique de l&amp;#039;itinéraire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont exclus
+ : installation de chantier, travaux préparatoires, démolitions préalables, passerelles, assistance à maîtrise d&amp;#039;ouvrage, Sécurité et Protection de la Santé, autres honoraires divers, dépenses liées au marché (publicité, éditions...), révisions de prix liées aux marchés publics, travaux d&amp;#039;entretien d&amp;#039;itinéraires cyclables déjà existants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide pour l&amp;#039;investissement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux maxi : 20 % (hors régimes cadres exemptés)
+ Plafond : 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montant des subventions pouvant être accordées par le Conseil régional Grand Est est modulé en fonction de l&amp;#039;intérêt du projet et du plan prévisionnel de l&amp;#039;opération.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage apportera un autofinancement égal, au minimum, à 20 % du montant global de l&amp;#039;opération. Par ailleurs, si le projet comporte plusieurs phases d&amp;#039;investissements pour un même itinéraire, celles-ci devront être préalablement présentées lors de la première demande de subvention, il ne pourra être accordé d&amp;#039;aide régionale qu&amp;#039;une seule fois par année civile pour chaque phase.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le soutien du Conseil régional sur ses fonds propres pourra être complété par la mobilisation de crédits FEDER ou FEADER. Seuls les dossiers répondant aux conditions et obligations du Programme Opérationnel ou du PDR du territoire concerné, et plus généralement aux règlements communautaires encadrant la gestion des fonds structurels seront instruits au titre des fonds FEDER ou FEADER.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide pour le fonctionnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Sont éligibles : les projets de mise en tourisme de l&amp;#039;offre « Vélo » à l&amp;#039;échelle d&amp;#039;un itinéraire phare inscrit au schéma national des Véloroutes et Voies Vertes ou sur ceux bénéficiant de financements INTERREG.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maxi : 20 %
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Tourisme
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/accompagner-la-structuration-et-la-mise-en-tourisme-des-veloroutes-et-voies-vertes/</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Sports et du Tourisme
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 03 87 3367 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y76" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>admin@test.com</t>
         </is>
       </c>
       <c r="Z76" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e2e8-plan-route-management-de-la-mobilite/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d86d-accompagner-la-structuration-et-la-mise-en-to/</t>
         </is>
       </c>
       <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:27" customHeight="0">
       <c r="A77" s="1">
-        <v>40407</v>
+        <v>141752</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eviter le report de trafics de marchandises de la voie ferroviaire vers la route</t>
+          <t>​​Accompagner l'aménagement d’une cour d’école​</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>Cités éducatives</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d'espace (péri)scolaire</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional du Grand Est</t>
+          <t>Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans une démarche de co-design, s&amp;#039;appuyant sur un outil d&amp;#039;aide à la co-conception d&amp;#039;aménagement de vos espaces pédagogiques, nos équipes vous accompagnent dans la mise en place de la cour d&amp;#039;école de demain. L&amp;#039;objectif est de faciliter le travail en co-design pour qu&amp;#039;un collectif soit en mesure de créer des espaces pensés par et pour leurs utilisateurs et permettre une meilleure appropriation de ces espaces par leurs usagers pour les utiliser et les faire vivre.
+&lt;/p&gt;
+&lt;p&gt;
+ Prix : sur devis
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Une collectivité souhaite rénover la cour de récréation d&amp;#039;une de ses écoles.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un projet par et pour ses utilisateurs co-piloté par l&amp;#039;Atelier Canopé de votre département.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communautés impliquées dans le projet : les élus, les personnels de la collectivité, les personnels périscolaires, les enseignants, les parents d&amp;#039;élèves, les habitants du quartier... et bien entendu les élèves !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un projet en quatre phases principales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   se projeter :
+  &lt;/strong&gt;
+  &lt;em&gt;
+   le rapport d&amp;#039;étonnement
+  &lt;/em&gt;
+  . Il s&amp;#039;agit d&amp;#039;observer l&amp;#039;existant, les pratiques qui y sont liées, les ressentis et les envies de l&amp;#039;ensemble des usagers de la cour et de ses abords comme ceux des personnels et élus municipaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   co-construire
+  &lt;/strong&gt;
+  :
+  &lt;em&gt;
+   le hackathon
+  &lt;/em&gt;
+  . Pendant une journée, entre 30 et 50 personnes se retrouveront pour construire des prototypes de réhabilitation à partir des conclusions du rapport d&amp;#039;étonnement via un hackathon. Des experts (services techniques, architectes, paysagers...) sont présents tout au long de la journée pour aider les équipes et les médiateurs Canopé accompagnent chacun des groupes. À l&amp;#039;issue de cette journée, un vote permet de faire émerger les trois projets les plus aboutis.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   finaliser
+  &lt;/strong&gt;
+  :
+  &lt;em&gt;
+   l&amp;#039;incubation
+  &lt;/em&gt;
+  . Les participants des trois projets retenus sont réunis pour une dernière journée de mise en commun des idées afin d&amp;#039;obtenir le projet qui sera mis en oeuvre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   vivre
+  &lt;/strong&gt;
+  :
+  &lt;em&gt;
+   la formation et l&amp;#039;accompagnement
+  &lt;/em&gt;
+  . Une fois le chantier livré,  les enseignants et le service périscolaire seront accompagnés ; pour les aider à vivre et faire vivre ce nouvel espace, des ressources  et des formations adaptées aux enjeux leur seront proposées
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Transition énergétique
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette offre de service s&amp;#039;adresse à toutes les collectivités désireuses de faire travailler ensemble dans une démarche de co-design tous les partenaires impliqués et concernés par le projet de réaménagement d&amp;#039;un espace scolaire ou périscolaire au bénéfice du bien-être des élèves.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département :
+ &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_self"&gt;
+  https://www.reseau-canope.fr/nous-trouver/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>frederic.kapala@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/190f-accompagner-lamenagement-dune-cour-decole-fac/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>155562</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la végétalisation des cours d’écoles</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>VÉGÉTALISATION DES COURS D'ÉCOLES</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I78" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J78" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider les communes pour le réaménagement des cours d&amp;#039;écoles existantes en vue de l&amp;#039;adaptation au changement climatique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mettre en place des îlots de fraîcheur, en désimperméabilisant les sols, végétalisant les cours d&amp;#039;écoles et en créant des zones d&amp;#039;ombrages,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infiltrer les eaux pluviales à la source pour limiter le ruissellement et récupérer les eaux de pluie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la reconquête de la biodiversité en plantant des espèces végétales locales et en aménageant des refuges pour la faune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer le cadre de vie et le bien-être des enfants, en proposant des espaces multifonctionnels et de détente.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études d&amp;#039;aides à la décision et de faisabilité de projets de réaménagement et végétalisation de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  La désimperméabilisation de la cour de récréation et la mise en place de revêtements naturels perméables (ex : sols enherbés, copeaux de bois et paillis, sable, platelage en bois...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La plantation d&amp;#039;espèces végétales diversifiées et locales favorisant la biodiversité et la création de zones d&amp;#039;ombre et d&amp;#039;îlots de fraîcheur (utilisation d&amp;#039;espèces locales nécessitant peu d&amp;#039;entretien et une faible consommation d&amp;#039;eau, plantation d&amp;#039;arbres et arbustes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;aménagements favorables à la biodiversité : nichoirs et/ou perchoirs à oiseaux, hôtels à insectes, gîtes pour petits mammifères
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création d&amp;#039;ombrières végétalisées (pergolas) ou toutes protections solaires (auvents, voilage, extension de préau et équipements rafraîchissants (points d&amp;#039;eau, brumisateurs,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  La récupération et réutilisation d&amp;#039;eau de pluie des bâtiments, notamment pour l&amp;#039;arrosage des végétaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations :
+  Aménagements ludiques et sportifs (espaces multifonctionnels), création d&amp;#039;espace contribuant à l&amp;#039;organisation d&amp;#039;ateliers pédagogiques (ex : jardins potagers, carrés d&amp;#039;herbes aromatiques...), Études et dépenses d&amp;#039;ingénierie et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage, outils de communication et supports pédagogiques liés à l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les plantations hors-sols d&amp;#039;éléments végétalisés de type bacs et potées fleuris, jardinières...,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses d&amp;#039;entretien et de maintenance,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets de rénovation globale des bâtiments,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements liés à la création de bâtiments scolaires (constructions neuves).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La désimperméabilisation et la végétalisation constituent des dépenses obligatoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux devront permettre de réduire les surfaces imperméabilisées d&amp;#039;au moins 25 % par rapport à l&amp;#039;existant. Il conviendra de privilégier des revêtements clairs pour les surfaces restants imperméables. Le réemploi des matériaux devra être privilégié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les espèces végétales sauvages et locales seront à privilégier. Pour les arbres et arbustes, ils devront respecter la liste départementale des essences locales (liste disponible auprès de la direction de l&amp;#039;environnement).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront être menés dans le cadre d&amp;#039;une démarche participative impliquant l&amp;#039;ensemble des usagers de l&amp;#039;établissement (équipe pédagogique, personnel d&amp;#039;entretien, élèves et leurs représentants,...) afin d&amp;#039;aboutir à un projet d&amp;#039;aménagement co-conçu et partagé.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafond de
+ dépenses éligibles :
+ &lt;/strong&gt;
+ 600.000€ HT
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de ce plafond.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/vegetalisation-des-cours-decoles/</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/89af-modele/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Economie circulaire
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q79" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T79" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:27" customHeight="0">
+      <c r="A80" s="1">
+        <v>163147</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les actions en faveur de la pratique du vélo</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J80" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 100 000 € HT pour les études / Plafond de 200 000 € HT pour les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+Aujourd’hui, l’adaptation des
+territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
+des espaces et des activités humaines. C’est pourquoi, le
+Département souhaite faciliter l’émergence de projets locaux par
+la mobilisation de moyens techniques et financiers adaptés aux
+attentes des territoires sur les thématiques liées à la transition
+écologique (restauration et préservation des milieux naturels et
+aquatiques, plantations de végétaux, gestion des eaux pluviales) et
+aux mobilités douces (plan départemental des itinéraires de
+promenade et de randonnée, développement de la mobilité à
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Le département d&amp;#039;Eure-et-Loir a acté le 1er schéma directeur cyclable le 27 mars 2023, qui prend en compte les enjeux du vélo au quotidien et les enjeux du vélotourisme. Dans cette stratégie, le Département s&amp;#039;engage sur les 10 années à venir à mettre en oeuvre des actions visant à sécuriser les trajets à vélo par des aménagements cyclables, à développer les services de l&amp;#039;écosystème vélo et à promouvoir la pratique du vélo au quotidien.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etudes, schémas, plans de mobilités douces,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Acquisition foncière nécessaire à la création ou l&amp;#039;amélioration d&amp;#039;un aménagement cyclable, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagements cyclables : bandes cyclables, pistes cyclables, voies vertes...&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagements de sécurisation, résolution de carrefours dangereux, passerelles...&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le jalonnement et/ou la signalétique horizontale et verticale,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagement de haltes, d&amp;#039;aires de service, petits mobiliers d&amp;#039;accueil,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication
+	et valorisation du patrimoine (naturel, bâti ou d&amp;#039;artisanat) et des services à proximité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour permettre de réaliser des aménagements cyclables homogènes, continus, confortables et sécurisés sur tout le territoire, il est nécessaire d&amp;#039;harmoniser les pratiques et les principes d&amp;#039;aménagement entre les territoires et de mettre à disposition des collectivités des critères communs.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le règlement accessible sur le site du Conseil départemental d&amp;#039;Eure-et-Loir est accompagné d&amp;#039;un guide des aménagements cyclables, reprenant les critères d&amp;#039;éligibilité du dispositif, ainsi que d&amp;#039;autres conseils d&amp;#039;aménagement en annexe&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Les opérations finançables doivent permettre de développer la pratique du vélotourisme, du vélo de loisir et du vélo pour les déplacements utilitaires.&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T80" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
+        </is>
+      </c>
+      <c r="W80" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:27" customHeight="0">
+      <c r="A81" s="1">
+        <v>140792</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise sur les différents domaines de l'urbanisme et du développement territorial</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'urbanisme du Pays d'Aix-Durance</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : prospective et observation des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie foncière : aide à l&amp;#039;élaboration de stratégies foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie réglementaire et juridique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la réalisation du Plan Vélo de la ville de Manosque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de mobilité pour la commune de Trets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconquête des friches agricoles d&amp;#039;intérêt DFCI et développement du pastoralisme en forêt dans la planification
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de projets urbains communaux : Rognes, étude de faisabilité stationnement avenue de Lambesc D15 / Gréasque, restructuration de l&amp;#039;entrée de ville et construction d&amp;#039;une maison médicale / Saint-Antonin-sur-Bayon, réalisation d&amp;#039;un schéma directeur des espaces publics et requalification de trois secteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertuis 2040 ; un exercice de prospective territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Finalisation de la démarche d&amp;#039;élaboration du PLH de PAA
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation des impacts de la crise sanitaire sur les marchés immobiliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de qualification des friches industrielles à potentiel foncier pour l&amp;#039;économie productive
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût de l&amp;#039;adhésion pour les communes : forfait de 1000 €/an et conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût pour les autres adhérents : conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence, Hautes-Alpes et Bouches-du-Rhône</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>http://www.aupa.fr</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Le Mansard - Bât C- 4e Etage, 1 Place Martin Luther King, Avenue du 8 mai 1945, 13090 Aix-en-Provence
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 42 23 12 17
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:aupa&amp;#64;aupa.fr" target="_self"&gt;
+  aupa&amp;#64;aupa.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/474e-expertise-au-service-des-territoires-sur-les-/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:27" customHeight="0">
+      <c r="A82" s="1">
+        <v>77367</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'amorçage d'un projet de transition écologique</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement à l'amorçage d'une feuille de route relative à la transition écologique - SGREEN</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose SGREEN, une solution d&amp;#039;accompagnement pour amorcer un projet de transition écologique ou d&amp;#039;adaptation au changement climatique en centre-ville. Il porte sur les projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Avoir une meilleure gestion de l&amp;#039;eau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Végétaliser et développer la nature en ville ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préserver les corridors et assurer des continuités écologiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Désimperméabiliser les sols ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la transition climatique et bas carbone ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménager les espaces publics ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gérer les îlots de chaleur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter le cadre bâti au changement climatique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre de l&amp;#039;accompagnement SGREEN, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réaliser un diagnostic portant sur la fonctionnalité écologique du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaborer une feuille de route et des préconisations définies en fonction des enjeux identifiés sur le territoire et des objectifs de la collectivité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/accompagnement-lamorcage-dune-feuille-de-route-relative?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=sgreen_pr</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9185-obtenir-un-accompagnement-pour-lamorcage-dune/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:27" customHeight="0">
+      <c r="A83" s="1">
+        <v>165521</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : réduire les ilots de chaleur grâce à la biodiversité</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+EUROPE - LIFE - Programme européen pour l'environnement et le climat
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Agences de l'eau
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Bretonne de la Biodiversité (ARBE)
+Office Français de la Biodiversité (OFB)</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Basé sur des orientations partagées nationalement, « Territoires engagés pour la nature » se décline dans les régions volontaires avec un accompagnement local assuré par les Agences Régionales de la Biodiversité, ou d&amp;#039;un collectif régional.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à faire émerger, reconnaître et accompagner des territoires engagés dans une démarche de progrès en faveur de la biodiversité.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;« TEN » reconnait l&amp;#039;importance de l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, et souhaite apporter un soutien et une visibilité aux territoires désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. Face au changement climatique, valoriser et conserver la biodiversité permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens d&amp;#039;aujourd&amp;#039;hui et de demain.&lt;/p&gt;&lt;p&gt;Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus et des thématiques en émergence (trame noire, solutions fondées sur la nature...).&lt;/li&gt;&lt;li&gt;Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.&lt;/li&gt;&lt;li&gt;Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors d&amp;#039;événements phares, articles sur internet, journées partage d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son territoire.&lt;/li&gt;&lt;li&gt;La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent dans les modalités de leurs aides).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’une des
+conséquences du changement climatique est notamment l’augmentation des
+températures, et ce d’autant plus dans les zones urbaines. Au-delà des
+émissions de gaz à effet de serre, les choix d’aménagement urbain ont également
+des effets amplifiant la surchauffe. L’ambition des Solutions fondées sur la nature (SfN) pour l’adaptation est
+de renforcer la résilience des territoires face aux impacts du changement
+climatique, en s’appuyant sur les écosystèmes, en dégageant un gain net en
+biodiversité, et peuvent être dans ce cas des alliés de taille. Par exemple en s’appuyant
+sur les services écosystémiques rendues par la végétation pour réduire la
+surchauffe en créant désimperméabilisant et végétalisant l’espace.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Les
+territoires engagés s’appuient pour certains sur les SfN et sont accompagnés
+pour trouver les meilleurs partenaires dans cette démarche. En effet, ce
+programme permet d’accompagner les élu(e)s dans le diagnostic et l’élaboration
+d’un plan d’actions, ainsi que dans la recherche de financements et de
+partenaires. Dans ce cadre, le Cerema peut être un soutien de taille. Le projet
+Artisan accompagne également les projets de SfN, par un animateur dans chaque
+région, d’un réseau national d’acteurs et des ressources, il apporte ainsi de
+l’aide à la décision. Il propose également de la sensibilisation, de la
+formation, des ateliers pour accompagner la réflexion (ANT) et le financent des
+actions. Le programme TEN donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Santé
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Prévention des risques
+Réduction de l'empreinte carbone
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1. S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles, additionnelles*, avec un impact positif et respectant les politiques publiques locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses compétences, de façon transversale, en vue de la protection, préservation et de la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de l’analyse des enjeux biodiversité (données naturalistes, scientifiques et techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W83" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e) animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-reduire-les-ilots-de-chaleur-grace-a-la-biodiversite/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:27" customHeight="0">
+      <c r="A84" s="1">
+        <v>163148</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser l'infiltration des eaux à la parcelle et favoriser la récupération des eaux pluviales des toitures et leur réutilisation</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 50 000 € HT pour les travaux permettant la déconnexion des toitures et le stockage des eaux de pluie / Plafond de 200 000 € HT pour les études et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;&lt;em&gt;&lt;/em&gt;&lt;/strong&gt;Travaux permettant la déconnexion des toitures et le stockage des eaux de pluie en vue d&amp;#039;une réutilisation &lt;/li&gt;&lt;li&gt;Etudes et/ou travaux de renaturation ou de désimperméabilisation de surfaces existantes avec aménagements permettant l&amp;#039;infiltration des eaux de pluie&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espace public
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations finançables doivent d&amp;#039;une part permettre de favoriser l&amp;#039;infiltration des eaux à la parcelle et limiter le &amp;#34;tout réseau&amp;#34; en milieu bâti / artificialisé ou d&amp;#039;autre part de favoriser la récupération des eaux pluviales des toitures et le développement de la réutilisation de ces eaux.&lt;/p&gt;&lt;p&gt;Les travaux devront être réalisés en espace urbain et être basés sur des solutions fondées sur la nature.&lt;/p&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
+        </is>
+      </c>
+      <c r="W84" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:27" customHeight="0">
+      <c r="A85" s="1">
+        <v>163141</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et coordonner les différents acteurs pour la désimperméabilisation d'espaces publics</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Désimperméabilisation d'espaces publics</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La démarche de désimperméabilisation et de végétalisation
+des espaces publics (place, parking, cour d’école, aire de jeux,…) est devenue
+un enjeu dans un contexte de changement climatique. Elle cible une gestion
+intégrée des eaux pluviales en surface (infiltration) à toutes les échelles pour
+limiter les phénomènes de ruissellement.&lt;/p&gt;&lt;p&gt;Une gestion intégrée des eaux pluviales en surface
+(infiltration) a pour objectifs de :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;limiter les phénomènes de ruissellement,&lt;/li&gt;&lt;li&gt;limiter la saturation des systèmes d’assainissement,&lt;/li&gt;&lt;li&gt;limiter les inondations,&lt;/li&gt;&lt;li&gt;préserver les ressources naturelles en favorisant la
+recharge des nappes,&lt;/li&gt;&lt;li&gt;préserver la qualité de l’eau,&lt;/li&gt;&lt;li&gt;réintroduire la nature,&lt;/li&gt;&lt;li&gt;favoriser la biodiversité,&lt;/li&gt;&lt;li&gt;et contribuer à réduire le phénomène d&amp;#039;îlots de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Suite à une phase de diagnostic préalablement conduite sur
+place par les services départementaux et leurs partenaires, un accompagnement
+adapté est proposé pour faire aboutir le projet de désimperméabilisation.&lt;/p&gt;&lt;p&gt;Cet accompagnement comprend :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La réalisation d’un état des lieux du site&lt;/li&gt;&lt;li&gt;L’accompagnement et le conseil sur l’aménagement
+du site (conseils techniques pour la maîtrise d’ouvrage et rédaction du cadre
+général du cahier des charges)&lt;/li&gt;&lt;li&gt;Coordination entre les différents acteurs dans
+la phase d’étude&lt;/li&gt;&lt;li&gt;Accompagnement au montage de dossiers de demande
+de subvention&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La Direction de l&amp;#039;Eau, de l&amp;#039;Environnement et de
+l&amp;#039;Agriculture (DEEA) pilotera, animera et coordonnera cette prestation, en lien
+avec Aqui&amp;#039;Brie sur son périmètre d&amp;#039;intervention. Elle apportera des conseils
+sur la gestion des eaux pluviales et la création d’ilots de fraicheur. En tant
+que référent elle sera en charge de la coordination des acteurs et la
+répartition des missions d’expertise entre les différents partenaires.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ainsi, selon la complexité du dossier et les thématiques
+abordées, Seine-et-Marne Environnement (SEME), la Direction des Routes (DR) et
+le CAUE77 seront amenés à intervenir techniquement sur leur domaine de
+compétence : Le CAUE77 en particulier sur l’analyse paysagère des sites, la
+création de schéma d’intention et la prise en compte de l’accessibilité, SEME
+sur La sensibilisation aux enjeux environnementaux des différents acteurs et
+l’intégration d’une biodiversité dans les projets et la Direction des Routes
+sur les dépendances de la route.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Désimperméabilisation et végétalisation des espaces publics  type place, parking, cour d’école, aire de jeux.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Culture et identité collective
+Sols
+Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Santé
+Biodiversité
+Réhabilitation
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités de Seine-et-Marne &lt;/li&gt;&lt;li&gt;Accompagnement gratuit par les services départementaux.&lt;/li&gt;&lt;li&gt;Certaines prestations délivrées par les organismes associés
+du Département peuvent être payantes, et/ou conditionnées à l’adhésion de la
+commune à l’organisme ou à un conventionnement entre le  demandeur et l’organisme (Seine-et-Marne Environnement).&lt;/li&gt;&lt;li&gt;Si payant ou sous conditions, détail du coût.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>https://eau.seine-et-marne.fr/fr/desimpermeabilisation-et-infiltration</t>
+        </is>
+      </c>
+      <c r="W85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ROGNON Sylvie&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Email : &lt;a href="mailto:id77&amp;#64;departement77.fr" target="_self"&gt;id77&amp;#64;departement77.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Téléphone : 01 64 14 73 56&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-et-coordonner-les-differents-acteurs-pour-la-desimpermeabilisation-despaces-publics/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:27" customHeight="0">
+      <c r="A86" s="1">
+        <v>162824</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I86" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J86" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T86" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:27" customHeight="0">
+      <c r="A87" s="1">
+        <v>133059</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’études accompagnant les opérations de renaturation en ville</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ralentir l&amp;#039;urbanisation et renaturer les milieux urbains deviennent deux stratégies incontournables et complémentaires. Elles se posent avec d&amp;#039;autant plus d&amp;#039;acuité que la biodiversité décline fortement au sein des villes, que les effets du changement climatique (ruissellement, inondations, îlots de chaleur urbains) s&amp;#039;amplifient et que la santé et le bien-être se dégradent dans les métropoles.
+&lt;/p&gt;
+&lt;p&gt;
+ Or, nos villes regorgent d&amp;#039;espaces inutilement asphaltés ou bétonnés sur lesquels la nature pourrait reprendre ses droits. Ce gisement, actuellement mal quantifié, pourrait être mobilisé pour agrandir les espaces de nature, les relier entre eux, rouvrir des rivières urbaines, restaurer des zones humides et créer de nouveaux espaces de nature.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour relever ce défi, les collectivités et leurs partenaires publics et privés ont dans un premier temps besoin de localiser les secteurs à renaturer en priorité et de préconisations pour les accompagner techniquement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LES AGENCES D&amp;#039;URBANISME, DES OUTILS D&amp;#039;INGENIERIE AGILES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Des outils au service de l&amp;#039;intérêt général
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Le contenu des missions des agences d&amp;#039;urbanisme est discuté et élaboré en commun, avec les membres de l&amp;#039;agence et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence. Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une équipe pluridisciplinaire et inclusive
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Etudes pré opératoire à la renaturation des espaces en ville
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Agam, l&amp;#039;agence d&amp;#039;urbanisme de l&amp;#039;agglomération marseillaise a réalisé un document pour aider les services de la métropole à envisager la poursuite du verdissement du centre-ville, après la requalification récente de plusieurs sites emblématiques, essentiellement dans les rues courantes carencées en végétation ou dans les espaces où il est moins facile de végétaliser (complexité de la gestion des sous-sols, étroitesse de la voie, adaptation à la forte pente, conflits d&amp;#039;usages, inscription dans une aire de protection du patrimoine...).
+  &lt;a href="https://www.agam.org/wp-content/uploads/2022/10/Vegetalisation-EPCVM_C2-light.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;institut Paris Region a réalisé en 2022 un ouvrage intitulé «
+  &lt;em&gt;
+   Renaturer les milieux urbains
+  &lt;/em&gt;
+  » qui revient sur les différentes approches de la renaturation et propose une méthode pour identifier les zones urbaines à fort potentiel de renaturation pour la biodiversité, l&amp;#039;adaptation au changement climatique et la santé des populations. Enfin, au travers de multiples retours d&amp;#039;expérience, il suggère des recommandations pour mettre en œuvre son projet dans les meilleures conditions.
+  &lt;a href="https://www.fnau.org/wp-content/uploads/2022/11/arb-idf_-_renaturer_les_villes_-_web.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le réseau des 7 agences d&amp;#039;urbanisme du Grand Est a recensé des outils concrets pour mener une politique de protection et de développement de la nature au sein des espaces urbanisés au sein des documents de planification. Ce guide favorise une culture commune, en diffusant les bonnes pratiques.
+  &lt;a href="https://www.aguram.org/wp-content/uploads/2020/11/La_Nature_7Est.pdf" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes d&amp;#039;identification des gisements de renaturation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ADU, l&amp;#039;agence de développement et d&amp;#039;urbanisme du Pays de Montbéliard s&amp;#039;est intéressée en 2022 à la reconquête des espaces mutables. Au-delà de l&amp;#039;inventaire, l&amp;#039;objectif est d&amp;#039;apporter un éclairage concret sur les actions qui auraient un effet déclencheur sur des sites à enjeux immédiats et de permettre aux collectivités de se projeter mais aussi de mobiliser les acteurs de l&amp;#039;aménagement et les outils/financements disponibles.
+  &lt;a href="https://adu-montbeliard.fr/uploads/2023/03/pla2023-139-changer-regard-espaces-mutables-vl-2023-03-23.pdf" target="_self"&gt;
+   Consulter les travaux
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Aupa, l&amp;#039;agence d&amp;#039;urbanisme Pays d&amp;#039;Aix Durance a réalisé un état des lieux précis du végétal en ville en identifiant, à la parcelle, la strate arborée et herbacée sur tout le territoire du Pays d&amp;#039;Aix. Ce travail de repérage offrira différentes analyses à différentes échelles (parcelle, quartier, ville) : densité de végétation, indice de naturalité, part des espaces de pleine terre, accessibilité des parcs et jardins, identification des corridors naturels urbains, identification des canopées végétales urbaines, des espaces de reconquête... Ce nouvel outil d&amp;#039;observation et d&amp;#039;analyse contribuera à aider les collectivités à construire des villes plus vertes dans une perspective d&amp;#039;adaptation au réchauffement climatique.
+  &lt;a href="https://aupa.fr/lobservatoire-de-laupa-une-nouvelle-base-de-donnees-sur-la-nature-en-ville/" target="_self"&gt;
+   Consulter
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T87" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont une cinquantaine réparties sur le territoire métropolitain et ultra-marin. Consulter
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/" target="_self"&gt;
+  la carte pour identifier celle, la plus proche de votre territoire
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Retrouvez les
+ &lt;a href="https://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" target="_self"&gt;
+  contacts de chacune des agences d&amp;#039;urbanisme sur le site de la Fnau
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez également
+  contacter la fédération nationale des agences d&amp;#039;urbanisme
+ qui pourra vous orienter : fnau[&amp;#64;]fnau.org.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/becf-etre-accompagne-pour-creer-un-observatoire-de/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:27" customHeight="0">
+      <c r="A88" s="1">
+        <v>143307</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner, de la réflexion à l’évaluation, la mise en œuvre des mesures de la trame verte et bleue régionale</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez mettre en œuvre les mesures de la trame verte et bleue dans la réalisation de vos opérations, travaux et aménagements sur votre territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise pointue pour vous accompagner dans la prise en compte en compte de l&amp;#039;ensemble des enjeux liés à la trame verte et bleue (de la réflexion à l&amp;#039;évaluation).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne dans la mise en œuvre des mesures de la trame verte et bleue en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous réalisons :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des expertises en amont des projets à partir d&amp;#039;études environnementales établies, auprès des Maîtres d&amp;#039;ouvra­ge afin de choisir le type de mesure en adéquation avec les en­jeux identifiés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des contrôles de la bonne réalisation de me­sures pour la restauration ou le renforcement de continuités écologiques, fort de notre connaissance des règles de l&amp;#039;art.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Après la réalisation des mesures, un suivi des mesures réalisées pour vérifier la bonne efficacité et l&amp;#039;atteinte des objectifs de ces mesures en s&amp;#039;appuyant sur une expérience solide auprès des services de l&amp;#039;État et sur un matériel performant.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Montagne
+Biodiversité
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T88" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/accompagner-reflexion-evaluation-mise-oeuvre-mesures-tvb</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d17-accompagner-de-la-reflexion-a-levaluation-la-/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:27" customHeight="0">
+      <c r="A89" s="1">
+        <v>74155</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction ou la restructuration d'une école rurale</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I89" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J89" s="1" t="inlineStr">
+        <is>
+          <t>20% d'aide maxi dans la limite de 100 000€ et de 70% d'aides publiques</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide départementale pour la construction ou la restructuration de bâtiments scolaires dans les communes de moins de 2000 habitants : coût des travaux de plus de 150 000€ HT (commune) à 240 000€ HT (EPCI)
+&lt;/p&gt;
+&lt;p&gt;
+ Aide à l&amp;#039;ouverture de classe : coût des travaux supérieur à 80 000€ HT (commune) à 150 000€ HT (EPCI).
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond des dépenses subventionnables : 1 M€
+&lt;/p&gt;
+&lt;p&gt;
+ Aide conditionnée à l&amp;#039;obtention d&amp;#039;une aide financière au titre du  Fonds d&amp;#039;Aménagement Rural (FAR)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ouverture de classe, construction et réhabilitation de bâtiments scolaires (restauration, garderie, etc.)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ collectivités éligibles au FAR, opération située sur une commune de moins de 2000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T89" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Ruralité et Economie Résidentielle :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christelle ASENSIO : 05 62 56 78 34 (christelle.asensio&amp;#64;ha-py.fr)
+&lt;/p&gt;
+&lt;p&gt;
+ Sophie HONDAA : 05 62 56 77 87 (sophie.hondaa&amp;#64;ha-py.fr)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0d5b-financer-la-construction-dune-ecole-rurale/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:27" customHeight="0">
+      <c r="A90" s="1">
+        <v>97602</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser ou maintenir des bâtiments scolaires</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I90" s="1" t="inlineStr">
+        <is>
+          <t> Max : 35</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du Département de l&amp;#039;Aude est d&amp;#039;aider les communes et leurs groupements à réaliser ou à maintenir en bon état les bâtiments publics permettant la scolarisation et éventuellement la restauration des jeunes enfants.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Constructions, restructurations et aménagements de bâtiments scolaires : classes maternelles et élémentaires, restaurants scolaires 1er degré et locaux annexes (préau, cour, salle de jeu, bureaux d&amp;#039;enseignants, locaux de rangement).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ne seront pris en compte que les projets qui intègreront des exigences règlementaires en matière d&amp;#039;accessibilité aux personnes à mobilité réduite et qui feront un effort en matière de développement durable (performance énergétique, normes HQE, gestion économe de l&amp;#039;espace, utilisation des énergies renouvelables...)
+&lt;/p&gt;
+&lt;p&gt;
+ Seront examinés favorablement et prioritairement les projets qui favorisent la mutualisation des équipements pour plusieurs communes
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+ Dépenses de mobilier et d&amp;#039;entretien courant.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/equipements-scolaires</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/239e-aider-a-la-realisation-ou-a-la-maintenance-de/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:27" customHeight="0">
+      <c r="A91" s="1">
+        <v>154984</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les solutions de mobilité existantes, coordonner et réduire les besoins en déplacement</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I91" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire bénéficie d&amp;#039;une position de carrefour régional, interrégional et transfrontalier et profite d&amp;#039;un réseau d&amp;#039;infrastructures qui le traverse facilement du nord au sud et mais de manière plus contraignante d&amp;#039;est en ouest.
+&lt;/p&gt;
+&lt;p&gt;
+ Corrélativement à la montée en charge du cadencement du TER 200, le territoire qui profite d&amp;#039;une offre de transport en commun de type inter-urbaine et scolaire, a conforté ses atouts avec des offres complémentaires (le Transport Intercommunal de Sélestat ;
+&lt;/p&gt;
+&lt;p&gt;
+ la plateforme de covoiturage ;
+&lt;/p&gt;
+&lt;p&gt;
+ le développement de l&amp;#039;autopartage avec le réseau Citiz ;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;incitation à la pratique du vélo ;&lt;/p&gt;
+&lt;p&gt;
+ Malgré toutes ces initiatives, des faiblesses persistent et la mobilité demeure contraignante pour l&amp;#039;ensemble du territoire, ses habitants et ses usagers - les publics jeunes, les séniors, mais également les professionnels,
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité est donc un besoin majeur du territoire. Les EPCI membres du PETR et la Communauté de communes du Canton d&amp;#039;Erstein se sont saisis du sujet en se constituant Autorité organisatrice de mobilité (AOM).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la démarche LEADER, le besoin de mobilité fait émerger un enjeu sur l&amp;#039;amélioration du maillage et des services de mobilité partagées, actives et décarbonées et un enjeu sur la réduction de besoin de mobilité, soit la dé-mobilité, laquelle est liée aux besoins de services et d&amp;#039; équipements de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir l&amp;#039;implantation et le développement des transports à la demande, du covoiturage, de l&amp;#039;autopartage des transports mutualisés et des mobilités sociales et solidaires ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Actions d&amp;#039;animation, de coordination, de mise en réseau, de promotion, de sensibilisation et de communication contribuant au développement des mobilités alternatives (mobilité partagée, mobilité actives, mobilité décarbonée)
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutien à la création et au développement des services et/ou équipements dédiés aux vélos ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutien au développement des plans de mobilité au sein des entreprises (études, actions de mise en réseau, outils de communication) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Soutenir l&amp;#039;implantation de commerces/services de proximité ou itinérants dans les communes ; Création et développement d&amp;#039;équipements mutualisés (santé, petite enfance, parentalité, intergénérationnel)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Equipement public
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T91" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e71e-promouvoir-les-solutions-de-mobilite-existant/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:27" customHeight="0">
+      <c r="A92" s="1">
+        <v>156134</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'aménagement et l'équipement d'aires de jeux inclusives</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>AMÉNAGEMENT ET ÉQUIPEMENT DES AIRES DE JEUX INCLUSIVES (adaptées à un ou plusieurs handicaps ou déficiences : moteur, auditif, visuel, mental)</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I92" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J92" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Concourir à doter le territoire d&amp;#039;aires de jeux inclusives pour offrir aux enfants en situation de handicap un lieu de jeux et de rencontres en plein air.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Espace public
+Jeunesse
+Handicap
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toutes dépenses d&amp;#039;investissement dédiées au projet :
+ achat des équipements (ex : balançoires adaptées, jeux sensoriels...), prestation de montage, travaux d&amp;#039;aménagements, signalétique..
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le projet devra proposer au moins un équipement spécifique ou jeu adapté à un ou plusieurs handicaps ou déficiences (moteur / auditif / visuel / mental). Le sol de l&amp;#039;espace devra être adapté aux fauteuils roulants et poussettes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses concomitantes à ces opérations et notamment les travaux aux abords immédiats pour favoriser l&amp;#039;accessibilité. Les travaux de mise en accessibilité seront inclus dans la dépense éligible.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses exclues :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier urbain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets au sein de cours d&amp;#039;écoles fermées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses subventionnables : 8.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses subventionnables : 70.000€ HT pour les constructions - 50.000€ HT pour les réhabilitations
+ &lt;/li&gt;
+&lt;/ul&gt;
+NB: Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage ne peut présenter plus d&amp;#039;une demande de subvention relevant de ce dispositif.</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/amenagement-et-equipement-des-aires-de-jeux-inclusives/</t>
+        </is>
+      </c>
+      <c r="W92" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/04a0-modele/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:27" customHeight="0">
+      <c r="A93" s="1">
+        <v>117377</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière d'aménagement d'espaces publics : rue, place, jardin,cimetière, cours d'école etc. (programme, conception, entretien, réhabilitation...)</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;espace public en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Approche pluridisciplinaire des paysagistes concepteurs conseils et de l&amp;#039;arboriste-forestier du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du Département)
+ &lt;br /&gt;
+ Le conseil du CAUE vise à intégrer dans le projet une approche :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualitative (paysage),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Environnementale et soutenable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil peut comprendre notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La définition des enjeux (rôle de l&amp;#039;espace public vis à vis de la localisation dans la commune) et des objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des schémas d&amp;#039;intentions permettant d&amp;#039;illustrer graphiquement le(s) réflexions et projets envisagés et retenus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des « métiers » à mobiliser et la définition de la procédure à mettre en œuvre (y compris déclinaison clause sociale des marchés publics) (méthodologie du projet),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au choix des prestataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à l&amp;#039;animation des réunions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apport de références,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le CAUE77 peut par ailleurs vous assister :
+ &lt;br /&gt;
+ -    dans la procédure administrative récupération bien vacant sans maître,
+ &lt;br /&gt;
+ -    dans l&amp;#039;évaluation de la procédure d&amp;#039;archéologie préventive,
+ &lt;br /&gt;
+ -    dans la mise en place de chantiers d&amp;#039;insertion,
+ &lt;br /&gt;
+ -    (...)
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation en réunion de travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Production de supports (ppt, notes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations écrites envoyées en début de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un planning prévisionnel et actualisation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gratuité ; Financement spécifique chantiers Ateliers d&amp;#039;insertion
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Voirie et réseaux
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R93" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2516-conseiller-les-collectivites-programme-concep/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:27" customHeight="0">
+      <c r="A94" s="1">
+        <v>165396</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
+Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;
+&lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V94" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W94" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.cadiou@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:27" customHeight="0">
+      <c r="A95" s="1">
+        <v>83479</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Fédérer les accompagnements en amont de projets de construction, architecture, urbanisme, énergie, paysage et environnement, culture</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Territoires d'industrie
+Avenir Montagnes
+Cités éducatives
+Tourisme Ingénierie Développement
+Destination France
+France 2030
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Union régionale des CAUE des Hauts de France
+Union régionale des CAUE Normands
+Union régionale des CAUE d'Auvergne-Rhône-Alpes
+Union régionale des CAUE Bourgogne-Franche-Comté
+Union régionale des CAUE d'Île-de-France
+Union régionale des CAUE d'Occitanie
+Union régionale des CAUE des Pays de la Loire
+Union régionale des CAUE de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Union régionale des CAUE (URCAUE) regroupe les CAUE volontaires de la région concernée.
+  &lt;br /&gt;
+  Elle a pour mission de :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  représenter et promouvoir les CAUE de sa région ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier et mettre la connaissance et l&amp;#039;expérience des CAUE à disposition des acteurs publics ou privés d&amp;#039;échelle régional ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  coordonner des actions des CAUE pour lesquelles une organisation à l&amp;#039;échelle régionale est pertinente ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  contribuer à faciliter le débat entre les acteurs de l&amp;#039;architecture, l&amp;#039;urbanisme et l&amp;#039;environnement qui interviennent à l&amp;#039;échelon régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En ce sens, elle peut donc être un interlocuteur de la collectivité régionale, des services de l&amp;#039;Etat et de tout autre acteur mobilisés à ce niveau. Elle ne se substitue en rien à l&amp;#039;action des CAUE.
+ &lt;br /&gt;
+ Elle repose à minima sur une organisation entre les CAUE qui la compose et certaines URCAUE dispose de un ou plusieurs salariés.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer la qualité de vie chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans des projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiments / (Eco) Construction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural / Petites Villes de Demain (PVD) / Action Coeur de Ville
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel /Espace vert / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte, trame bleue / Risques naturels / Ecologie / Jardins / Aires de jeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative et Culturelle /
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V95" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fncaue.fr</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contacts des unions régionales :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE normands
+ &lt;br /&gt;
+ 51 rue Joséphine 27000 ÉVREUX
+ &lt;br /&gt;
+ Tél : 02 32 33 15 78 - contact&amp;#64;cauenormands.fr -
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale des CAUE des Hauts de France
+ &lt;br /&gt;
+ 35 mail Albert 1er 80000 AMIENS
+ &lt;br /&gt;
+ Tél : - contact&amp;#64;caue02.com -
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE AUVERGNE-RHÔNE-ALPES
+ &lt;br /&gt;
+ 6 bis, quai Saint-Vincent 69283 LYON Cedex 01
+ &lt;br /&gt;
+ Tél : 07 87 68 94 27 - urcaue.aura&amp;#64;gmail.com - http://www.urcaue-aura.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE BOURGOGNE-FRANCHE-COMTÉ
+ &lt;br /&gt;
+ 1 rue de Soissons 21000 DIJON
+ &lt;br /&gt;
+ Tél : 03 80 30 02 38 -
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ LES CAUE D&amp;#039;ILE-DE-FRANCE
+ &lt;br /&gt;
+ c/o CAUE de Seine-Saint-Denis 153 avenue Jean Lolive 93500 PANTIN
+ &lt;br /&gt;
+ Tél : 01 48 32 40 81 - contact&amp;#64;caue-idf.fr - http://www.caue-idf.fr/
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE NOUVELLE-AQUITAINE
+ &lt;br /&gt;
+ 293 rue d&amp;#039;Ornano 33000 BORDEAUX
+ &lt;br /&gt;
+ Tél : 05 56 12 27 68 - contact&amp;#64;urcaue-na.fr - http://www.urcaue-na.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Union régionale Les CAUE d&amp;#039;Occitanie
+ &lt;br /&gt;
+ 5 avenue Frizac 31400 TOULOUSE
+ &lt;br /&gt;
+ Tél : 05 34 41 39 59 - contact&amp;#64;les-caue-occitanie.fr - http://www.les-caue-occitanie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ URCAUE DES PAYS-DE-LA-LOIRE
+ &lt;br /&gt;
+ 312, avenue René Gasnier 49100 ANGERS
+ &lt;br /&gt;
+ Tél : 02 41 22 99 91 - contact&amp;#64;urcaue-paysdelaloire.com - http://www.urcaue-paysdelaloire.com
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7453-copie-10h00-federer-les-accompagnements-en-en/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:27" customHeight="0">
+      <c r="A96" s="1">
+        <v>119706</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les eaux de pluies dès la conception des projets d'urbanisme et d'aménagement urbain avec des solutions fondées sur la nature</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Programme Eau et Climat 2019-2024 agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Seine Normandie</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...2 lines deleted...]
-      <c r="H77" s="1" t="inlineStr">
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
         <is>
           <t>Subvention
-Autre aide financière</t>
-[...7 lines deleted...]
-      <c r="K77" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I96" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="J96" s="1" t="inlineStr">
+        <is>
+          <t>En fonction du degré d'ambition biodiversité, pleine terre, gestion des pluies fortes et encadrement</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L77" s="1" t="inlineStr">
-[...8 lines deleted...]
- Pour les études préalables à la création ou à la modification d&amp;#039;une Installation Terminale Embranchée sur les UIC 7-9 SV, le bénéficiaire peut être :
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Infiltration des pluies courantes à fortes en favorisant la biodiversité et la bioclimatisation de la ville, déconnexion des eaux pluviales pour réduire les pollutions  : désimperméabilisation (parking, espaces urbains, trottoirs, création de noues d&amp;#039;infiltration, jardins filtrants, déconnexions des eaux pluviales, toitures végétalisées.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - cours d&amp;#039;école
+&lt;/p&gt;
+&lt;p&gt;
+ - zones d&amp;#039;activité industrielle
+&lt;/p&gt;
+&lt;p&gt;
+ - parkings
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O96" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - projet en zone urbaine
+&lt;/p&gt;
+&lt;p&gt;
+ - réduction des volumes collectés par les réseaux
+&lt;/p&gt;
+&lt;p&gt;
+ - gestion à ciel ouvert
+&lt;/p&gt;
+&lt;p&gt;
+ - maîtrise des pollutions dès l&amp;#039;origine du ruissellement
+&lt;/p&gt;
+&lt;p&gt;
+ - si toiture végétalisée, épaisseur supérieure à 8 cm
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T96" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Normandie</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/programme_eau_climat_seine_normandie</t>
+        </is>
+      </c>
+      <c r="W96" s="1" t="inlineStr">
+        <is>
+          <t>http://www.eau-seine-normandie.fr/formulaires_aides</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ http://www.eau-seine-normandie.fr/formulaires_aides
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>camilleri.jean-louis@aesn.fr</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/053d-gerer-les-eaux-de-pluies-des-la-conception-de/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:27" customHeight="0">
+      <c r="A97" s="1">
+        <v>162828</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I97" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J97" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Friche
+Biodiversité
+Architecture
+Paysage
+Attractivité économique
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" spans="1:27" customHeight="0">
+      <c r="A98" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Office Français de la Biodiversité (OFB)
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence nationale de la cohésion des territoires (ANCT)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale de la Biodiversité (ARB) - Occitanie</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W98" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:27" customHeight="0">
+      <c r="A99" s="1">
+        <v>155127</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les travaux réalisés uniquement sur le préau ou la cour d&amp;#039;école ne seront éligibles que s‘ils s&amp;#039;intègrent dans un projet global portant sur l&amp;#039;ensemble de l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets scolaires : production des effectifs actuels et attendus par tranche d&amp;#039;âge.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : transmission d&amp;#039;une note de présentation des objectifs, des modalités, des effectifs actuels et attendus par tranche d&amp;#039;âge, des moyens humains affectés et des capacités d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : Si gestion associative, statuts de l&amp;#039;association et convention liant le gestionnaire et la collectivité finançant la structure
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant de la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+  &lt;br /&gt;
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  SNCF Réseau ;
-[...17 lines deleted...]
-  les sociétés publiques portuaires.
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Pour les investissements :
-[...5 lines deleted...]
- 2- Si l&amp;#039;infrastructure ferroviaire est confiée à un gestionnaire tiers autre que SNCF Réseau, le bénéficiaire peut être (liste non exhaustive) :
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets scolaires :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  les collectivités territoriales ou leurs groupements ;
-[...14 lines deleted...]
-  les sociétés publiques portuaires.
+  Examen au cas par cas des projets situés sur des sites scolaires de 4 classes ou moins, en fonction de la dynamique territoriale ; par définition ces sites n&amp;#039;offrent pas l&amp;#039;ensemble du cycle scolaire primaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation d&amp;#039;attribution de subvention de la part de l&amp;#039;Etat.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h2&gt;
-[...3 lines deleted...]
- Etudes :
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets périscolaires
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  études préalables à la création ou à la modification d&amp;#039;une Installation Terminale Embranchée (ITE) pour accompagner le développement de l&amp;#039;activité existante ou en phase d&amp;#039;installation d&amp;#039;entreprises sur une installation connectée à une ligne capillaire fret classée UIC 7-9 SV : études de potentiels et de développement d&amp;#039;un flux ferroviaire, de faisabilité technique, économique et financière, de montage juridique, plan de sécurité, de circulation, etc.
+  Présence obligatoire d&amp;#039;une école sur la commune d&amp;#039;implantation du projet.
  &lt;/li&gt;
 &lt;/ul&gt;
-études pré-opérationnelles (AVP et PRO).
-[...22 lines deleted...]
- Taux :
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  50% appliqué à un montant maximum d&amp;#039;études préalables plafonné à 50 000 € HT ;
-[...2 lines deleted...]
-  33,33 % appliqué pour les études pré-opérationnelles (AVP et PRO).
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;h3&gt;
-[...4 lines deleted...]
- Le montant de l&amp;#039;aide régionale est plafonné, par ligne capillaire fret, à :
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  2 000 000 € HT pour une pérennité à 5 ans ;
-[...2 lines deleted...]
-  3 000 000 € HT pour une pérennité à 10 ans.
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrains ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N77" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="S77" s="1" t="inlineStr">
+      <c r="S99" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T77" s="1" t="inlineStr">
+      <c r="T99" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U77" s="1" t="inlineStr">
-[...12 lines deleted...]
- Direction : Transports et Mobilités, Région Grand-Est
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V99" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-scolaires-et-periscolaires-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W99" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d77-equipements-scolaires-et-periscolaires-politi/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G78" s="1" t="inlineStr">
+    <row r="100" spans="1:27" customHeight="0">
+      <c r="A100" s="1">
+        <v>157097</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage sur vos projets de rénovation ou construction de bâtiments</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département</t>
-[...7 lines deleted...]
-      <c r="K78" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N78" s="1" t="inlineStr">
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une agence technique départementale, dont l&amp;#039;objectif est d&amp;#039;apporter à l&amp;#039;ensemble des collectivités et EPCI de Moselle, une assistance technique de l&amp;#039;ordre de l&amp;#039;ingénierie publique, mais aussi de l&amp;#039;ordre administrative et juridique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations du pôle Bâtiment à MATEC, relèvent du conseil et de l&amp;#039;aide à la décision, mais aussi de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO) pour le montage des marchés.
+ &lt;br /&gt;
+ -    Réalisation d&amp;#039;études de faisabilité permettant un cadrage technique et financier des projets :
+ &lt;br /&gt;
+ o    Approche architecturale du projet,
+ &lt;br /&gt;
+ o    Détermination des mises en conformité et de l&amp;#039;accessibilité des bâtiments.
+ &lt;br /&gt;
+ o    Conseil concernant la rénovation énergétique des bâtiments, en lien avec le pôle Eau Energie et Environnement de MATEC,
+ &lt;br /&gt;
+ o    Conseil sur la requalification du patrimoine communal.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ -    Assistance Maitrise d&amp;#039;Ouvrage :
+ &lt;br /&gt;
+ o    Rédaction des programmes d&amp;#039;opération, permettant de définir les besoins, les montants de travaux, les contraintes techniques qui s&amp;#039;imposeront au maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Conseil et aide à la consultation en vue du recrutement d&amp;#039;un maitre d&amp;#039;œuvre (rédaction de pièces administratives, assistance à l&amp;#039;organisation de la procédure et gestion de la consultation via une plateforme de dématérialisation).
+ &lt;br /&gt;
+ o    Analyse des candidatures et organisation des procédure de concours ou CAO en procédure adaptée.
+ &lt;br /&gt;
+ o    Analyse et accompagnement lors des études du maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Assistance et aide à la consultation pour les marchés de travaux (rédaction des pièces administratives, gestion de la consultation, avis sur analyse du maitre d&amp;#039;œuvre, aide à la notification).
+ &lt;br /&gt;
+ MATEC reste présente aux côtés des collectivités pour permettre une sécurisation de l&amp;#039;ensemble des procédures de marchés, pour analyser les différentes études lors de réunions de travail, mais aussi pour les conseiller tout au long de leur projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Rénovation ou construction de bâtiment communaux : Mairie, ateliers municipaux, écoles, périscolaire, salle communale, complexe sportif...
+ &lt;br /&gt;
+ •    Rénovation thermique des bâtiments
+ &lt;br /&gt;
+ •    Extension de bâtiment communaux ;
+ &lt;br /&gt;
+ •    Mise en conformité et accessibilité des ERP ;
+ &lt;br /&gt;
+ •    Restructuration/revalorisation du patrimoine communal : presbytère, ancienne école, ancienne mairie...
+ &lt;br /&gt;
+ •    Construction de bâtiments d&amp;#039;intérêt public : MSP, MAM, salle intergénérationnelle...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V100" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa06-beneficier-dune-assistance-a-maitrise-douvrag/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:27" customHeight="0">
+      <c r="A101" s="1">
+        <v>44635</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Construire ou rénover des équipements sportifs et de loisirs</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagner les propriétaires et / ou gestionnaires d&amp;#039;un équipement dans :
+&lt;/p&gt;
+&lt;p&gt;
+ -	un projet de construction ou de rénovation
+&lt;/p&gt;
+&lt;p&gt;
+ -	la définition puis la mise en œuvre de projets de développement sportif : structuration associative – développement – organisations de manifestations
+&lt;/p&gt;
+&lt;p&gt;
+ Nous apportons un appui méthodologique, une aide à la conception du projet, des ressources documentaires et un soutien à la recherche de financements. Nous effectuons aussi une mise en relation avec les institutions et partenaires potentiels.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 102 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création d&amp;#039;un city parc
+&lt;/p&gt;
+&lt;p&gt;
+ Aménagement d&amp;#039;une aire de jeux
+&lt;/p&gt;
+&lt;p&gt;
+ Création d&amp;#039;un complexe sportif
+&lt;/p&gt;
+&lt;p&gt;
+ Espace multi-sport, aires de jeux et piste vélo
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
-Transports collectifs et optimisation des trafics routiers</t>
-[...12 lines deleted...]
-      <c r="S78" s="1" t="inlineStr">
+Tourisme
+Equipement public
+Réhabilitation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="W101" s="1" t="inlineStr">
+        <is>
+          <t>http://www.tarn.fr/Fr/amenagement-economie/soutien-territoires/Pages/aide-communes-epci.aspx</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y101" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e05e-favoriser-le-developpement-maitrise-des-sport/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:27" customHeight="0">
+      <c r="A102" s="1">
+        <v>143309</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l’école de demain : bâtiments, cours et espaces publics</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Face aux défis énergétiques, climatiques, de biodiversité ou de mobilité, les établissements scolaires nécessitent d&amp;#039;être créés ou rénovés avec de nouvelles approches.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Presque 50 000 bâtiments existants en France, vieillissants et consommateurs, sont confrontés dès à présent aux impératifs de sobriété énergétique et de confort d&amp;#039;usage.
+&lt;/p&gt;
+&lt;p&gt;
+ Penser l&amp;#039;aménagement de ses établissements scolaires, c&amp;#039;est agir pour plus de confort et de bien-être dans la cour ou dans le bâtiment, c&amp;#039;est donner envie de venir à pied ou à vélo à l&amp;#039;école, c&amp;#039;est reconnecter l&amp;#039;école à la nature, à la ville et à ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour améliorer vos écoles en agissant à la fois sur le bâtiment, les cours, les espaces publics et l&amp;#039;accessibilité des abords.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elu d&amp;#039;une collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestionnaire d&amp;#039;un établissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable d&amp;#039;exploitation (bâtiments, espaces verts, équipements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment optimiser la performance énergétique des bâtiments et réaliser des économies ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions pour rafraîchir l&amp;#039;école, favoriser la biodiversité et sensibiliser les plus jeunes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment sécuriser les espaces extérieurs (cours et abords) ? Les adapter à la diversité des usages ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise transversale (bâtiment, aménagement, mobilité, solutions fondées sur la nature) et écosystémique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expérience confirmée auprès des établissements scolaires (programme Cube S)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une forte proximité (26 implantations en métropole et outre-mer) avec les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une posture fédératrice propice à la concertation avec les acteurs locaux (personnels enseignants, techniques) et les partenaires (publics et privés).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le Cerema vous accompagne à chaque étape du projet. Nos compétences mobilisables :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et appui méthodologique intégrant la prise en compte de la règlementation, des besoins des usagers, des enjeux locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique et expertises : diagnostic, mise en œuvre, évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation : ateliers techniques, démarches participatives, réseaux d&amp;#039;acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement d&amp;#039;innovations, d&amp;#039;expérimentations et évaluation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NOS PROGRAMMES CUBE.S ET ACTEE CUBE ECOLE
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, en partenariat avec l&amp;#039;&amp;#039;Institut Français pour la performance du bâtiment (IFPEB), le Cerema déploie des challenges dédiés aux économies d&amp;#039;énergie dans les bâtiments scolaires à destination
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des collèges et lycées avec CUBE.S Climat, Usages, Bâtiments Enseignement Scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des écoles avec ACTEE CUBE.Ecoles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Soutenus par les Ministères de l&amp;#039;Education Nationale et de la Transition Écologique, ces challenges fédèrent les parties prenantes autour d&amp;#039;actions permettant de réaliser des économies d&amp;#039;énergie rapidement et sans lourd investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ 12% d&amp;#039;économies sur un an, en moyenne, grâce à CubeS
+&lt;/p&gt;
+&lt;p&gt;
+ VERS UN PROJET D&amp;#039;ÉCOLE RÉSILIENT,
+&lt;/p&gt;
+&lt;p&gt;
+ cohérent à l&amp;#039;échelle du territoire, intégrant trois dimensions
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Améliorer le patrimoine bâti
+&lt;/p&gt;
+&lt;p&gt;
+ Stratégie patrimoniale pour rationaliser et améliorer la qualité des bâtiments : diagnostic du parc, priorisation des sites, chiffrage économique en coût global, phasage pluriannuel des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ Plan et appui à la mise en œuvre des travaux (isolation, choix de matériaux performants, qualité de l&amp;#039;air intérieur) afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  répondre aux nouvelles exigences environnementales (décret éco-énergie tertiaire, RE 2020), accessibilité, conformité électrique, sécurité incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  garantir un confort optimal été comme hiver entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compréhension des usages (besoins et pratiques) et actions sur les comportements des occupants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2. Aménager les cours d&amp;#039;écoles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renaturation : création d&amp;#039;îlots de fraîcheur, aménagement d&amp;#039;espaces végétalisés (vergers, potagers, jardins)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et la continuité des trames vertes et bleues
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des eaux pluviales : favoriser l&amp;#039;infiltration et la réutilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces sécurisés et adaptés à divers usages : jeux, temps calme, école dehors
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Rendre les abords sûrs et accueillants
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement des mobilités actives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Itinéraires sécurisés et accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des espaces publics : ludiques, agréables, à hauteur d&amp;#039;enfants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ Le Cerema vous propose d&amp;#039;expérimenter une démarche intégrant ces 3 thématiques. Contactez-nous !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ANCT : Revitalisation et ludification des abords d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Sotteville-lès-Rouen (76) : Participation citoyenne et biodiversité pour l&amp;#039;aménagement de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-ecole-demain-batiments-cours-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4285-agir-pour-lecole-de-demain-batiments-cours-et/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E79" s="1" t="inlineStr">
+    <row r="103" spans="1:27" customHeight="0">
+      <c r="A103" s="1">
+        <v>117148</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière de bâtiments publics : école, installations sportives, ...(programme, construction, entretien, réhabilitation...)</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;équipement en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Approche pluridisciplinaire des architectes-urbanistes conseils du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du département).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil du CAUE77 vise à intégrer dans le projet une approche :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    Qualitative, en termes architectural et paysager,
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Environnementale et soutenable (en proposant notamment un pré diagnostic énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le conseil peut comprendre notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    La définition des enjeux (rôle de l&amp;#039;espace public vis à vis de la localisation dans la commune) et des objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des schémas d&amp;#039;intentions permettant d&amp;#039;illustrer graphiquement le(s) réflexions et projets envisagés et retenus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des « métiers » à mobiliser et la définition de la procédure à mettre en œuvre (y compris déclinaison clause sociale des marchés publics) (méthodologie du projet),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au choix des prestataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à l&amp;#039;animation des réunions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apport de références,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ID 77 peut par ailleurs, dans le cadre de ce projet, vous assister :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dans la procédure administrative récupération bien vacant sans maître,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans l&amp;#039;évaluation de la procédure d&amp;#039;archéologie préventive,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans la mise en place de chantiers d&amp;#039;insertion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation en réunion de travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Production de supports (ppt, notes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations écrites envoyées en début de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un planning prévisionnel et actualisation
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gratuité ; Financement spécifique pour les chantiers insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention pour pré-diagnostic énergétique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11f6-conseiller-les-collectivites-programme-constr/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:27" customHeight="0">
+      <c r="A104" s="1">
+        <v>120897</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Innov'up Expérimentation Transition écologique des territoires</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G79" s="1" t="inlineStr">
+      <c r="G104" s="1" t="inlineStr">
         <is>
           <t>Commune
-Département</t>
-[...2 lines deleted...]
-      <c r="H79" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K79" s="1" t="inlineStr">
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 45</t>
+        </is>
+      </c>
+      <c r="J104" s="1" t="inlineStr">
+        <is>
+          <t>La limite de 500.000€ de subvention et 500.000€ d’avance récupérable.</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="O79" s="1" t="inlineStr">
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région, Bpifrance et leurs partenaires accompagnent les TPE, PME et ETI d&amp;#039;Île-de-France qui expérimentent des solutions innovantes en réponse aux enjeux de transition écologique des territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bpifrance
+ &lt;/strong&gt;
+ accompagne les entreprises vers la transition écologique via son plan Climat, qui soutient les greentechs et offreurs de solution « verte » et les investissements dans la filière énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cap Digital
+ &lt;/strong&gt;
+ est le 1er collectif européen d&amp;#039;innovateurs du numérique et de la transition écologique. Il regroupe plus de 1.000 structures dont des PME, grandes entreprises/ETI/EPIC, écoles/universités/labos et des fonds d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Fondation Solar Impulse
+ &lt;/strong&gt;
+ vise à stimuler l&amp;#039;adoption de solutions innovantes rentables pour protéger l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Construire au Futur, Habiter le Futur
+ &lt;/strong&gt;
+ réunit 120 partenaires (collectivités territoriales, établissements publics, start-up, grands groupes industriels, fédérations pro, universités...) voulant construire l&amp;#039;industrie de la construction de demain, innovante, verte, modulaire, et plus proche des usages des clients/bénéficiaires.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Ce programme vise à expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique rencontrés par les territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les projets ciblés répondent aux priorités identifiées dans le cadre du SRDEII « Impact 2028 » :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Éco-construction,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mobilité et logistique durables,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Déchets et économie circulaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sobriété et Énergie décarbonée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adaptation et résilience,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nature et biodiversité.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les solutions doivent être expérimentées avec les acteurs directement impliqués dans la mise en œuvre de la transition du territoire francilien :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Acteurs publics locaux (communes, EPCI, syndicats...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acteurs privés en situation de délégation de service public,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sociétés privées (dès lors qu&amp;#039;elles participent de la mise en œuvre de solutions au service des territoires).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S79" s="1" t="inlineStr">
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entreprises franciliennes, TPE, PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat devra posséder au moins 1 établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
+&lt;/p&gt;
+&lt;p&gt;
+ Les partenaires du programme, Cap Digital, la fondation Solar Impulse et l&amp;#039;association « Construire au Futur, Habiter le Futur », sont mobilisés pour  fournir aux territoires et aux entreprises un accompagnement opérationnel à l&amp;#039;identification de partenaires et à la qualification des projets  d&amp;#039;expérimentation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises, l&amp;#039;aide peut prendre la forme d&amp;#039;
+ &lt;strong&gt;
+  une subvention et/ou une avance récupérable (AR), dans la limite de 500.000€ de subvention et 500.000€ d&amp;#039;avance récupérable.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise (de 25% à 45%).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts admissibles dans le cadre du projet doivent rentrer dans les catégories de coûts éligibles au régime cadre exempté numéro SA. 58995 relatifs aux aides à la recherche, au développement et à l&amp;#039;innovation (RDI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  L&amp;#039;ensemble des critères sont précisés dans le cahier des charges.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide est à déposer sur la plateforme
+ &lt;/strong&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  &lt;strong&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/strong&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide doit être déposée
+ &lt;strong&gt;
+  avant le démarrage du projet.
+ &lt;/strong&gt;
+ Toute dépense antérieure ne pourra pas être prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures peuvent être déposées « au fil de l&amp;#039;eau » et sont relevées régulièrement tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, n&amp;#039;hésitez pas à consulter le cahier des charges et le règlement d&amp;#039;intervention Innov&amp;#039;up dans les documents téléchargeables.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de dossier, il est vivement recommandé de contacter les partenaires du programme pour vous accompagner dans la qualification de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous proposons un webinaire afin de vous présenter le programme, vous expliquer les priorités régionales et répondre à vos questions pour bien candidater.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S104" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U79" s="1" t="inlineStr">
+      <c r="U104" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Y79" s="1" t="inlineStr">
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-experimentation-transition-ecologique-des-territoires</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:innovup-transition-ecologique&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ innovup-transition-ecologique&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z79" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA79" s="1" t="inlineStr">
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="80" spans="1:27" customHeight="0">
-[...25 lines deleted...]
-      <c r="H80" s="1" t="inlineStr">
+    <row r="105" spans="1:27" customHeight="0">
+      <c r="A105" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I80" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K80" s="1" t="inlineStr">
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L80" s="1" t="inlineStr">
-[...13 lines deleted...]
-          <t>Eau pluviale
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Montagne
 Espaces verts
 Espace public
-Voirie et réseaux</t>
-[...27 lines deleted...]
-      <c r="S80" s="1" t="inlineStr">
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes de Saint-Pierre-et-Miquelon ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T105" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W105" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-[...505 lines deleted...]
-      <c r="G85" s="1" t="inlineStr">
+    <row r="106" spans="1:27" customHeight="0">
+      <c r="A106" s="1">
+        <v>144547</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt citoyen</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
-[...7 lines deleted...]
-      <c r="K85" s="1" t="inlineStr">
+Recherche</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
-[...112 lines deleted...]
-          <t>Espace public
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
+&lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
+&lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
+pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
+Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
+Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
+Résultats : une levée de 700K€ en quelques semaines auprès de 
+plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
 Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
 Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
-Sécurité</t>
-[...2 lines deleted...]
-      <c r="O85" s="1" t="inlineStr">
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S85" s="1" t="inlineStr">
-[...95 lines deleted...]
-      <c r="S86" s="1" t="inlineStr">
+      <c r="R106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U86" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA86" s="1" t="inlineStr">
+      <c r="T106" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://villyz.fr/</t>
+        </is>
+      </c>
+      <c r="W106" s="1" t="inlineStr">
+        <is>
+          <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : projets&amp;#64;villyz.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>arthur.moraglia@villyz.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="87" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G87" s="1" t="inlineStr">
+    <row r="107" spans="1:27" customHeight="0">
+      <c r="A107" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...7 lines deleted...]
-      <c r="H87" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I87" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K87" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L87" s="1" t="inlineStr">
-[...17 lines deleted...]
-          <t>Eau pluviale
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
 Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
 Espaces verts
 Espace public
+Friche
+Foncier
 Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
 Equipement public
-Milieux humides</t>
-[...28 lines deleted...]
-      <c r="S87" s="1" t="inlineStr">
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T87" s="1" t="inlineStr">
+      <c r="T107" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U87" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA87" s="1" t="inlineStr">
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W107" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>