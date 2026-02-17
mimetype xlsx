--- v0 (2025-11-19)
+++ v1 (2026-02-17)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA41"/>
+  <dimension ref="A1:AH214"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,373 +225,1736 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
-        <v>155127</v>
+        <v>162648</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+          <t>Innover en soutenant une production et une consommation locale</t>
+        </is>
+      </c>
+      <c r="C2" s="0" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+          <t>LEADER - Fiche-Action 6 - Innover en soutenant une production et une consommation locales</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Manche</t>
+          <t>Isle en Périgord (Syndicat mixte)</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à : 50 000 €</t>
+        </is>
+      </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...37 lines deleted...]
-&lt;/p&gt;</t>
+          <t>&lt;p&gt;Un atout majeur du Pays de l’Isle en Périgord réside dans une qualité de vie, portée par une alimentation saine et de proximité. Étant donné sa place dans l’économie locale, l’agriculture est un enjeu structurant et transversal pour la vitalité du Pays. Les agriculteurs représentent le&lt;br /&gt;premier maillon d’une chaine reliant zones rurales et zones urbaines, de la production locale à la consommation locale.&lt;/p&gt;&lt;p&gt;Confrontée à de nombreuses difficultés, il s’agit de conforter « l’offre », au travers du tissu agricole notamment, dans son orientation vers la qualité et la proximité, tout en sensibilisant et en coordonnant « la demande », celle des habitants, des élèves, des travailleurs et des touristes, …&lt;/p&gt;&lt;p&gt;Pour ce faire, le territoire adopte une stratégie transversale qui prend en compte tous les enjeux, travaillés au sein du PAT Isle en Périgord (Projet Alimentaire Territorial) : foncier et production, logistique, consommation, sensibilisation, animation et coordination. Il s’agit ici de conforter les producteurs et porteurs de projets locaux dans leurs pratiques, d’encourager l’expérimentation pour consolider les « circuits de proximité », en appuyant sur la qualité des produits et des savoir-faire.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Sensibiliser le grand public au bien et mieux manger&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Journées&lt;br /&gt;• Ateliers&lt;br /&gt;• Manifestations&lt;br /&gt;• Sensibilisation&lt;br /&gt;• Aménagement de restaurants scolaires (mobilier et cuisine) …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Développer de nouveaux points de vente de produits locaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Marchés et/ou halles&lt;br /&gt;• Plateformes de distribution&lt;br /&gt;• Points de stockage et de vente&lt;br /&gt;• Projets numériques innovants&lt;br /&gt;• Offre nouvelle de restauration à base de produits locaux&lt;br /&gt;• Épiceries solidaires …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Initier des projets qui valorisent des produits locaux&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Valorisation des savoir-faire paysans, l’échange et le partage&lt;br /&gt;• Ateliers de sensibilisation&lt;br /&gt;• Découverte de produits&lt;br /&gt;• Formations&lt;br /&gt;• Projets numériques innovants …&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Soutenir la filière agricole par des actions innovantes renforcées par une dynamique collective&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• Appui à l’innovation, à la coordination d’actions collectives (mise en réseau)&lt;br /&gt;• Utilisation de cuisines collectives (multi-usage) pour transformation de produits&lt;br /&gt;• Conserverie&lt;br /&gt;• Mise en place d’espaces nourriciers&lt;br /&gt;• Jardins partagés / collectifs&lt;br /&gt;• Forêts comestibles citoyennes&lt;br /&gt;• Espaces-tests&lt;br /&gt;• Espaces de formation&lt;br /&gt;• Animation du PAT …&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;&lt;em&gt;Les actions de communication, de promotion et de développement d’outils numériques liés au projet.&lt;/em&gt;&lt;em&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/em&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
-          <t>Jeunesse
-[...4 lines deleted...]
-Réhabilitation</t>
+          <t>Economie locale et circuits courts
+Consommation et production</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>Permanente</t>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P2" s="0" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q2" s="0" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...114 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;Montant minimum de dépenses éligibles sur l&amp;#039;opération présentée : 8 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ne sont pas éligibles : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Les investissements matériels et les projets d’ingénierie (immatériel et / ou coûts de personnel) des communes de &amp;#43; de 25 000 habitants&lt;br /&gt;- Les SCI et les particuliers (personnes physiques sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle)&lt;br /&gt;- Les dépenses d’auto-construction&lt;br /&gt;- Les contributions en nature&lt;br /&gt;- Le soutien aux investissements dans la transformation / commercialisation de produits agricoles - projets &amp;gt; 300 000 €&lt;br /&gt;(les projets des collectivités locales, leurs groupements et autres organismes soumis à la commande publique ne sont pas soumis au plafond de 300 000 €.)&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>PAYS DE L'ISLE EN PÉRIGORD</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/wp-content/uploads/FA6-Prod-et-Conso-locales.pdf</t>
+        </is>
+      </c>
+      <c r="W2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.pays-isle-perigord.com/fonds-europeens/le-programme-2021-2027/</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pays de l&amp;#039;Isle en Périgord : &lt;a target="_self"&gt;europe&amp;#64;pays-isle-perigord.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>s.giedelmann@pays-isle-perigord.com</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/innover-en-soutenant-une-production-et-une-consommation-locales/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB2" s="0" t="inlineStr">
+        <is>
+          <t>Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte du Pays de l'Isle en Périgord</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>15/05/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:34" customHeight="0">
+      <c r="A3" s="1">
+        <v>161764</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Subventionner l'achat d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Installation d'équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le&lt;strong&gt; gaspillage alimentaire représente 10 millions de tonnes de produits perdus par an&lt;/strong&gt;. Il entraîne la consommation inutile de ressources en énergie et en eau, et des émissions de gaz à effet de serre qui pourraient être évitées. Toutes les étapes de la chaîne alimentaire sont concernées.&lt;/p&gt;&lt;p&gt;Vous pouvez prétendre à une &lt;strong&gt;aide pour les investissements&lt;/strong&gt; faisant suite à une &lt;strong&gt;augmentation ou à une redistribution des flux&lt;/strong&gt;, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires. Par exemple, les équipements suivants peuvent être soutenus :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;équipements de pesées&lt;/li&gt;&lt;li&gt;camions frigorifiques&lt;/li&gt;&lt;li&gt;acquisitions d’entrepôt&lt;/li&gt;&lt;li&gt;plateformes de collecte&lt;/li&gt;&lt;li&gt;cantines solidaires&lt;/li&gt;&lt;li&gt;ateliers de transformation de type conserverie&lt;/li&gt;&lt;li&gt;équipements permettant le partage de denrées alimentaires entre particuliers…&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Après réalisation d’un diagnostic ou d’une étude (hors cas particulier des associations d’aide alimentaire), certains équipements permettant la mise en œuvre du projet peuvent être aidés par l’ADEME à un taux allant jusqu’à 55 % de l’assiette des aides éligibles. Ils font l’objet d’une analyse au cas par cas.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets
+Alimentation
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T2" s="0" t="inlineStr">
-[...24 lines deleted...]
-  https://www.manche.fr/contacter-le-departement/
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_04_06_11_24_27_28_32_44_75_93</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-dequipements-lutte-contre-gaspillage</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-dequipements-de-lutte-contre-le-gaspillage/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>138013</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Participer à l'achat d'équipement dans les collèges</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Participation à l'achat d'équipement de cuisine ou petits matériels des collèges</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>5000 €/an plafonné à 10 000 € jusqu’à 15000 € / 3 ans plafonné à 30 000 €</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Participation à l&amp;#039;achat d&amp;#039;équipement de cuisine ou petits matériels dans les collèges.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Collèges publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ dossier de demande  avec 3 devis
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Sur demande
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 02 33 05 96 79
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur dépôt de dossier.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Collèges
+&lt;/p&gt;
+&lt;p&gt;
+ Françoise Chabalier
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:françoise.chabalier&amp;#64;hauteloire.fr" target="_self"&gt;
+  françoise.chabalier&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.43.65
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c8cc-participer-a-lachat-dequipement-de-colleges/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB4" s="1" t="inlineStr">
+        <is>
+          <t>Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>115177</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Renouveler du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I3" s="1" t="inlineStr">
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>Montant minimal des dépenses : 4.500€ HT</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pris en compte ni le matériel et le mobilier des salles de restauration ni le petit matériel électroménager de cuisine.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande de subvention doit comporter la délibération du Conseil municipal (ou du Comité syndical) qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  adopte le projet et son financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicite le concours financier du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/31/18-renouvellement-du-gros-materiel-de-cuisine-des-cantines-scolaires-de-regroupement-pedagogique.htm</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  sdtva&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a46e-renouveler-du-gros-materiel-de-cuisine-des-ca/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB5" s="1" t="inlineStr">
+        <is>
+          <t>Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2022</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>115178</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir le premier équipement en matériel et mobilier des cantines scolaires</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Premier équipement en matériel et mobilier des cantines scolaires</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Premier équipement en matériel et mobilier des cantines scolaires de regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ 50% des dépenses en acquisiton de matériel.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses subventionnables de 3.000€ à 30.000€.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Famille et enfance
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dossier de demande de subvention doit comporter la délibération du Conseil municipal (ou du Comité syndical) qui :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  adopte le projet et son financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicite le concours financier du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/30/18-premier-equipement-en-materiel-et-mobilier-des-cantines-scolaires.htm</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  sdtva&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/73e0-acquerir-le-premier-equipement-en-materiel-et/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB6" s="1" t="inlineStr">
+        <is>
+          <t>Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2022</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>115159</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Renouveler le matériel et le mobilier pour les cantines scolaires</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Renouvellement du matériel et du mobilier pour les cantines scolaires</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Renouvellement du matériel et du mobilier des cantines scolaires et regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ 12,80€ par ayant droit (valeur 2015).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Citoyenneté
+Santé
+Education et renforcement des compétences
+Equipement public</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ayants droit sont les élèves fréquentant une école maternelle, primaire ou une classe spécialisée située hors de leur commune, dépourvue d&amp;#039;école ou dont l&amp;#039;école fait partie d&amp;#039;un regroupement pédagogique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ne sont pas considérés comme ayant droit les élèves habitant la commune siège de la cantine ou ses hameaux distants de moins de trois kilomètres, même dans le cas d&amp;#039;un regroupement pédagogique, et les élèves accueillis dans une école ne dépendant pas de leur secteur scolaire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Aube</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aube.fr/Aide/32/18-renouvellement-du-materiel-et-du-mobilier-des-cantines-scolaires.htm</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:sdtva&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
+  sdtva&amp;#64;aube.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>laetitia.hunin@aube.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed78-renouveler-le-materiel-et-le-mobilier-pour-le/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB7" s="1" t="inlineStr">
+        <is>
+          <t>Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Aube</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2022</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>94746</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Financer les équipements de lutte contre le gaspillage</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 55</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide - « Équipements de lutte contre le gaspillage », mis en place par l&amp;#039;ADEME
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Objectif :
+ &lt;br /&gt;
+ Vous disposez d&amp;#039;un diagnostic ou d&amp;#039;une étude pour un projet de lutte contre le gaspillage sur votre territoire, et vous souhaitez investir pour le mettre en œuvre ? L&amp;#039;ADEME peut vous apporter une aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : acteurs publics ou privés pour des équipements réduisant le gaspillage sur plusieurs étapes de la chaine.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement : taux d&amp;#039;aide maximum : 55 % des dépenses éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez prétendre à une aide pour les investissements faisant suite à une augmentation ou à une redistribution des flux, de collecte de denrées détournées du gaspillage alimentaire dans un programme mutualisé entre plusieurs partenaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Par exemple les équipements suivants peuvent êtres soutenus :&lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les équipements suivants peuvent êtres soutenus :
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   équipements de pesées,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   camions frigorifiques,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   acquisitions d&amp;#039;entrepôt,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   plateformes de collecte,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   cantines solidaires,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   ateliers de transformation de type conserverie,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   équipements permettant le partage de denrées alimentaires entre particuliers...
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  Pour le non alimentaire, les investissements devront servir à limiter et valoriser les invendus.
+ &lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Recyclage et valorisation des déchets</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Critères d&amp;#039;éligibilité :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Pour prétendre à une aide à l&amp;#039;investissement, le porteur de projets doit présenter :
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Le rapport d&amp;#039;étude de faisabilité lorsqu&amp;#039;il s&amp;#039;agit d&amp;#039;une création d&amp;#039;installation ou d&amp;#039;équipement dans les conserveries, les légumeries collectives et les ateliers de transformation et toute étude de marché qui aurait été réalisée,
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les justificatifs ou les demandes en cours concernant le respect des règles sanitaires et d&amp;#039;hygiène applicables à l&amp;#039;activité exercée.
+   &lt;br /&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/dispositif-aide/subvention-equipements-lutte-contre-gaspillage</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus sur ce dispositif, contactez l&amp;#039;ADEME via leur
+ &lt;a rel="noopener" target="_blank"&gt;
+  &lt;/a&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/form/contact?source_entity_type&amp;#61;node&amp;amp;source_entity_bundle&amp;#61;appel_a_projet&amp;amp;source_entity_id&amp;#61;49185" rel="noopener" target="_blank"&gt;
+   formulaire en ligne
+  &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3546-aider-aux-equipements-de-lutte-contre-le-gasp/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>DDT 58</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2021</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>144496</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la construction, la restructuration ou la réhabilitation des bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Réglement d'aide à la construction, la restructuration ou la réhabilitation des bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t> Max : 18</t>
+        </is>
+      </c>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>Application du CSD</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Travaux de construction, restructuration tendant à une adaptation aux normes pédagogiques ou de simple réhabilitation des bâtiments scolaires du premier degré (salles de classe, restaurant scolaire...) à l&amp;#039;exclusion :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des simples travaux d&amp;#039;entretien courants
+ &lt;/li&gt;
+ &lt;li&gt;
+  des bâtiments dédiés à un usage périscolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des salles polyvalentes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant des travaux :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Minimum : 40 000 € H.T.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maximum : 750 000 € H.T.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments scolaires du 1er degré</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=128</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:education&amp;#64;landes.fr" target="_self"&gt;
+  education&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/93c9-aider-a-la-construction-la-restructuration-ou/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB9" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>127467</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des projets communautaires ou supra-communaux</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>ACTIV' VOLET 2 - PROJETS DE TERRITOIRE</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vienne</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Jusqu’à 50 % du montant HT sur des projets lié aux priorités départementales</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Volet 2 du programme ACTIV&amp;#039; du Département de la Vienne &amp;#34;Projet de Territoire&amp;#34; est l&amp;#039;aboutissement d&amp;#039;une concertation entre le Département, les Établissements Publics de Coopération Intercommunaux et leurs Communes permettant d&amp;#039;identifier les principaux enjeux, les priorités d&amp;#039;intervention et les opérations pouvant être soutenues via une enveloppe financière pluriannuelle par territoire définie par le Département pour la période 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accord entre le Département et chaque territoire a également pour vocation à mettre en exergue l&amp;#039;ensemble des politiques publiques départementales et leurs déclinaisons territoriales.
+&lt;/p&gt;
+A noter que :
+&lt;ul&gt;
+ &lt;li&gt;
+  Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire devra être dédiée à des actions répondant aux priorités départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lorsqu&amp;#039;il est porté par une commune, le projet devra présenter un intérêt supra-communal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ÉTUDES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études    préalables    lorsqu&amp;#039;elles    conditionnent    directement l&amp;#039;établissement du projet et débouchent effectivement sur des travaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Honoraires d&amp;#039;ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ÉTUDE D&amp;#039;IMPACT
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude préalable relative aux coûts de fonctionnement induits sur les cinq premières années, obligatoire pour tous les projets dont le coût est supérieur à 1 000 000 € HT.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TRAVAUX
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Travaux inscrits dans la section d&amp;#039;investissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ACQUISITION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisitions foncières nécessaires à la réalisation des travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2022</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour être éligible, le demande de subvention doit suivre le processus suivant :
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Vote par le Département d&amp;#039;une enveloppe pluriannuelle pour chaque territoire sur une période prédefinie.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une conférence de territoire réunissant le Président du Conseil Départemental, les Conseillers Départementaux du canton, le Président de l&amp;#039;EPCI et les Maires des Communes membres de l&amp;#039;EPCI ayant pour objectif d&amp;#039;identifier les opérations pouvant être financées . Au moins 50 % de l&amp;#039;enveloppe allouée à chaque territoire doit être dédiée à des actions répondant aux priorités départementales.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Courrier de notification du Département aux maîtres d&amp;#039;ouvrage pour préciser les opérations soutenues au titre du Volet 2.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Individualisation en Commission Permanente des subventions pour les opérations retenues.
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lavienne86.fr/les-aides/dispositif-activ</t>
+        </is>
+      </c>
+      <c r="W10" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.departement86.fr/astre/extra_gs/AccueilGen.jsp</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact soit :
+&lt;/p&gt;
+&lt;p&gt;
+ - Par mail :
+ &lt;a href="mailto:datc&amp;#64;departement86.fr" target="_self"&gt;
+  datc&amp;#64;departement86.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Par téléphone, aux numéros suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 99  pour les Communautés de Communes du Pays Loudunais, du Haut Poitou et du Civraisien en Poitou,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 22  pour les Communautés de Communes du Grand Châtellerault, de Vienne et Gartempe et des Vallées du Clain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au 05 49 62 91 45  pour les Communautés de Communes du Grand Poitiers.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>datc@departement86.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa04-subventionner-des-projets-dinvestissement-dan/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un gymnase
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vienne</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2023</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>152452</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la création, à la réhabilitation ou à l'aménagement de locaux scolaires et périscolaires</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>ÉQUIPEMENTS SCOLAIRES ET ANNEXES PÉDAGOGIQUES</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J3" s="1" t="inlineStr">
+      <c r="J11" s="1" t="inlineStr">
         <is>
           <t>Le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création, à la réhabilitation ou à l&amp;#039;aménagement de locaux scolaires maternelles et du 1er degré, de cantines et d&amp;#039;annexes pédagogiques (bibliothèque scolaire, ateliers, salles de repos, salle de jeux, salle informatique, garderie périscolaire, locaux techniques et administratifs).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M3" s="1" t="inlineStr">
+      <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Construction d&amp;#039;une école élémentaire à deux classes et création d&amp;#039;une rampe pour l&amp;#039;accessibilité aux personnes à mobilité réduite pour la mairie et l&amp;#039;école à &amp;#34;Ville d&amp;#039;Espoir&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Rénovation de la toiture de l&amp;#039;école primaire de &amp;#34;Sainte-Marie&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une restauration scolaire intercommunale, rue du Tacot - Phase 1, à &amp;#34;Cité Scolaire&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;un accueil périscolaire intercommunal, rue du Tacot - Phase 2, à &amp;#34;Village Harmonie&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renforcement de la charpente de l&amp;#039;école primaire de &amp;#34;Champ Fleuri&amp;#34; à Evricourt
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière alimentant le groupe scolaire &amp;#34;Liberté&amp;#34; et la salle &amp;#34;Victor Hugo&amp;#34;, rue du Général de Gaulle, à &amp;#34;Ville Prospère&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Renouvellement du matériel informatique de l&amp;#039;école élémentaire à &amp;#34;Nouvelle Génération&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Mise en accessibilité du bâtiment de l&amp;#039;école primaire &amp;#34;Cours de Lumière&amp;#34; - intérieur/extérieur, à &amp;#34;Ville Lumineuse&amp;#34;
@@ -613,65 +1976,65 @@
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement de la chaudière à gaz par une pompe à chaleur à l&amp;#039;école de &amp;#34;L&amp;#039;Écoquartier&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de réaménagement de l&amp;#039;aire de jeux - cour du périscolaire &amp;#34;Enfance Heureuse&amp;#34; à &amp;#34;Ville Joyeuse&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;un accueil de loisirs sans hébergement avec une cantine à &amp;#34;L&amp;#039;Aurore&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Remplacement des fenêtres et de deux portes d&amp;#039;entrée à l&amp;#039;école maternelle de &amp;#34;Ville Rayonnante&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Installation du chauffage et de l&amp;#039;éclairage du patio au périscolaire de &amp;#34;Bacouel&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition d&amp;#039;un four pour la cantine scolaire de &amp;#34;Belle Saveur&amp;#34;
  &lt;/li&gt;
  &lt;li&gt;
   Construction d&amp;#039;une salle pour la restauration scolaire et socio-culturelle à &amp;#34;Nouvel Horizon&amp;#34;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Accessibilité</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -827,861 +2190,184 @@
    &lt;/tr&gt;
   &lt;/tbody&gt;
  &lt;/table&gt;
 &lt;/div&gt;
 &lt;p&gt;
  * l&amp;#039;acquisition de mobilier et d&amp;#039;équipement seule est éligible pour les syndicats scolaires qui n&amp;#039;ont pas la compétence travaux.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉPENSES EXCLUES :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   travaux s&amp;#039;apparentant à des travaux d&amp;#039;entretien,
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de petits matériels (tables, chaises, ...),
  &lt;/li&gt;
  &lt;li&gt;
   renouvellement de matériel de restauration scolaire de moins de 10 ans.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T3" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W3" s="1" t="inlineStr">
+      <c r="W11" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/02d7-equiper-les-policiers-municipaux/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB11" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>17/10/2023</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...711 lines deleted...]
-      <c r="A8" s="1">
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
         <v>130993</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Être accompagné pour son projet de Bois-Énergie</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>SIEL-Territoire d’énergie Loire</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Votre collectivité a un projet bois énergie, le SIEL-TE peut vous accompagner dans sa réalisation ou, par transfert de compétences, assurer la maîtrise d&amp;#039;ouvrage. Dans ce cas-là, une commune ou un groupement de communes n&amp;#039;a pas à porter l&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   4 SOLUTIONS POUR MONTER UN PROJET BOIS-ÉNERGIE AVEC LE SIEL-TE
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MAÎTRISE D&amp;#039;OUVRAGE DÉLÉGUÉE - TRANSFERT DE COMPÉTENCE «PRODUCTION ET DISTRIBUTION DE CHALEUR»
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par transfert de compétences de la collectivité, le SIEL-TE est chargé des études et de la réalisation des travaux du projet. Il perçoit, en lieu et place de la collectivité, les subventions éventuellement attribuées par les différents financeurs.
 &lt;/p&gt;
 &lt;p&gt;
  Les ouvrages ainsi réalisés restent la propriété du SIEL-TE pendant 20 ans, qui en assure l&amp;#039;entretien et les loue à la collectivité. Une contribution est appelée pendant 20 ans sous forme de loyer et comprend une participation de la collectivité permettant d&amp;#039;atteindre 100% du montant HT des études et travaux, les frais liés à l&amp;#039;entretien spécialisé et une provision pour le remplacement du matériel en cas de casse.
 &lt;/p&gt;
 &lt;p&gt;
  La collectivité continue de s&amp;#039;impliquer dans le projet puisque l&amp;#039;achat des différents combustibles et fuides (bois, appoint, électricité, eau, téléphone) reste à sa charge. La collectivité facture la chaleur à ses abonnés, le cas échéant.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités : 100 € /an &amp;#43; contribution «loyer» selon projet
@@ -1708,2144 +2394,1702 @@
 &lt;p&gt;
  Depuis 2017, l&amp;#039;option «projets énergies renouvelables et réseaux de chaleur» de la convention SAGE permet à la commune de demander au SIEL-TE, en appui des services, de réaliser la maîtrise d&amp;#039;oeuvre du projet de construction d&amp;#039;une chaufferie bois et d&amp;#039;un réseau de chaleur.
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités d&amp;#039;intervention du SIEL-TE permettent à la collectivité de bénéficier d&amp;#039;un accompagnement du SIEL-TE pour la réalisation d&amp;#039;un cahier des charges de consultation d&amp;#039;entreprises, l&amp;#039;assistance à la rédaction des dossiers de subvention, l&amp;#039;aide à l&amp;#039;analyse des offres, le suivi du chantier et l&amp;#039;aide à la réalisation des opérations de réception.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités : adhésion à la compétence optionnelle
 &lt;/p&gt;
 &lt;p&gt;
  «SAGE» &amp;#43; 8,5% du montant d&amp;#039;investissement du projet
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DÉLÉGATION DE SERVICE PUBLIC
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour la réalisation de projets de puissance bois supérieure à 1 MW, le SIEL-TE retient la Délégation de Service Public (DSP) de type concession comme montage juridique. Dans ce cas, le SIEL-TE conduit la procédure et le contrôle de la concession qui est confié à une entreprise privée. L&amp;#039;entreprise réalise le projet de la conception à la réalisation des travaux puis gère l&amp;#039;exploitation de l&amp;#039;installation pour une durée de 24 ans. L&amp;#039;entreprise sélectionnée porte l&amp;#039;investissement. La collectivité est cliente du réseau et achète la chaleur directement au concessionnnaire.
 &lt;/p&gt;
 &lt;p&gt;
  Modalités de mise en place d&amp;#039;un contrat de DSP par le SIEL-TE : chaudière bois de puissance supérieure à 1MW
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M8" s="1" t="inlineStr">
+      <c r="M12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  SAINT-MAURICE-EN-GOURGOIS
 &lt;/p&gt;
 &lt;p&gt;
  En 2013, la commune de Saint-Maurice-en-Gourgois a choisi d&amp;#039;installer une chaufferie au bois déchiqueté sur son territoire pour chauffer l&amp;#039;école et son extension, l&amp;#039;ancienne école, la crèche communale et la mairie. Un réseau de chaleur souterrain de 170 mètres conduit de l&amp;#039;eau à 80°C vers chaque bâtiment. En 2018, ce réseau de chaleur a été étendu afin de chauffer également le bâtiment «cantine périscolaire».
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Chaufferie automatique au bois déchiqueté et son réseau de chaleur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Puissance de la chaudière : 90 kW
   &lt;/li&gt;
   &lt;li&gt;
    Consommation annuelle de bois : 99 tonnes
   &lt;/li&gt;
   &lt;li&gt;
    Equivalence énergétique : 27 575 litres de fioul
   &lt;/li&gt;
   &lt;li&gt;
    Bois utilisé : plaquette forestière
   &lt;/li&gt;
   &lt;li&gt;
    Volume du silo de stockage : 36 m2
   &lt;/li&gt;
   &lt;li&gt;
    Surface totale chauffée : 2 031 m2
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Transition énergétique
 Réseaux de chaleur</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>http://www.te42.fr</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Responsable du Pôle ENR
 &lt;/p&gt;
 &lt;p&gt;
  Clément CHAREYRE - chareyre&amp;#64;siel42.fr 04.77.42.10.72
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>gayet@siel42.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a6ec-le-bois-energie-pour-les-collectivites/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB12" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école
+Gestion d'une base nautique
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d'énergie Loire</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2023</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G9" s="1" t="inlineStr">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>155127</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d’activités périscolaires)</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Équipements scolaires et périscolaires (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...37 lines deleted...]
-      <c r="S9" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension des équipements scolaires et périscolaires (écoles primaires, restauration scolaire, garderies et salles d&amp;#039;activités périscolaires).
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Les travaux réalisés uniquement sur le préau ou la cour d&amp;#039;école ne seront éligibles que s‘ils s&amp;#039;intègrent dans un projet global portant sur l&amp;#039;ensemble de l&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets scolaires : production des effectifs actuels et attendus par tranche d&amp;#039;âge.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : transmission d&amp;#039;une note de présentation des objectifs, des modalités, des effectifs actuels et attendus par tranche d&amp;#039;âge, des moyens humains affectés et des capacités d&amp;#039;accueil.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements périscolaires : Si gestion associative, statuts de l&amp;#039;association et convention liant le gestionnaire et la collectivité finançant la structure
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les rénovations, document de diagnostic énergétique
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant de la bonification si sollicitation
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoires si nécessaire d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets scolaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Examen au cas par cas des projets situés sur des sites scolaires de 4 classes ou moins, en fonction de la dynamique territoriale ; par définition ces sites n&amp;#039;offrent pas l&amp;#039;ensemble du cycle scolaire primaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obligation d&amp;#039;attribution de subvention de la part de l&amp;#039;Etat.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions spécifiques aux projets périscolaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présence obligatoire d&amp;#039;une école sur la commune d&amp;#039;implantation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition écologique : réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobilier de réemploi issu de ressources locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Exemples de démarches en lien avec la transition inclusive : environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrains ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-scolaires-et-periscolaires-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8d77-equipements-scolaires-et-periscolaires-politi/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G10" s="1" t="inlineStr">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
+        <v>143309</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour l’école de demain : bâtiments, cours et espaces publics</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Face aux défis énergétiques, climatiques, de biodiversité ou de mobilité, les établissements scolaires nécessitent d&amp;#039;être créés ou rénovés avec de nouvelles approches.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Presque 50 000 bâtiments existants en France, vieillissants et consommateurs, sont confrontés dès à présent aux impératifs de sobriété énergétique et de confort d&amp;#039;usage.
+&lt;/p&gt;
+&lt;p&gt;
+ Penser l&amp;#039;aménagement de ses établissements scolaires, c&amp;#039;est agir pour plus de confort et de bien-être dans la cour ou dans le bâtiment, c&amp;#039;est donner envie de venir à pied ou à vélo à l&amp;#039;école, c&amp;#039;est reconnecter l&amp;#039;école à la nature, à la ville et à ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour améliorer vos écoles en agissant à la fois sur le bâtiment, les cours, les espaces publics et l&amp;#039;accessibilité des abords.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elu d&amp;#039;une collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestionnaire d&amp;#039;un établissement scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Responsable d&amp;#039;exploitation (bâtiments, espaces verts, équipements)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Vos besoins :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comment optimiser la performance énergétique des bâtiments et réaliser des économies ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quelles solutions pour rafraîchir l&amp;#039;école, favoriser la biodiversité et sensibiliser les plus jeunes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment sécuriser les espaces extérieurs (cours et abords) ? Les adapter à la diversité des usages ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une expertise transversale (bâtiment, aménagement, mobilité, solutions fondées sur la nature) et écosystémique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une expérience confirmée auprès des établissements scolaires (programme Cube S)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une forte proximité (26 implantations en métropole et outre-mer) avec les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une posture fédératrice propice à la concertation avec les acteurs locaux (personnels enseignants, techniques) et les partenaires (publics et privés).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   La réponse du Cerema
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le Cerema vous accompagne à chaque étape du projet. Nos compétences mobilisables :
+ &lt;/span&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et appui méthodologique intégrant la prise en compte de la règlementation, des besoins des usagers, des enjeux locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique et expertises : diagnostic, mise en œuvre, évaluation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation : ateliers techniques, démarches participatives, réseaux d&amp;#039;acteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans le déploiement d&amp;#039;innovations, d&amp;#039;expérimentations et évaluation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NOS PROGRAMMES CUBE.S ET ACTEE CUBE ECOLE
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, en partenariat avec l&amp;#039;&amp;#039;Institut Français pour la performance du bâtiment (IFPEB), le Cerema déploie des challenges dédiés aux économies d&amp;#039;énergie dans les bâtiments scolaires à destination
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des collèges et lycées avec CUBE.S Climat, Usages, Bâtiments Enseignement Scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  des écoles avec ACTEE CUBE.Ecoles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Soutenus par les Ministères de l&amp;#039;Education Nationale et de la Transition Écologique, ces challenges fédèrent les parties prenantes autour d&amp;#039;actions permettant de réaliser des économies d&amp;#039;énergie rapidement et sans lourd investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ 12% d&amp;#039;économies sur un an, en moyenne, grâce à CubeS
+&lt;/p&gt;
+&lt;p&gt;
+ VERS UN PROJET D&amp;#039;ÉCOLE RÉSILIENT,
+&lt;/p&gt;
+&lt;p&gt;
+ cohérent à l&amp;#039;échelle du territoire, intégrant trois dimensions
+&lt;/p&gt;
+&lt;p&gt;
+ 1. Améliorer le patrimoine bâti
+&lt;/p&gt;
+&lt;p&gt;
+ Stratégie patrimoniale pour rationaliser et améliorer la qualité des bâtiments : diagnostic du parc, priorisation des sites, chiffrage économique en coût global, phasage pluriannuel des travaux
+&lt;/p&gt;
+&lt;p&gt;
+ Plan et appui à la mise en œuvre des travaux (isolation, choix de matériaux performants, qualité de l&amp;#039;air intérieur) afin de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  répondre aux nouvelles exigences environnementales (décret éco-énergie tertiaire, RE 2020), accessibilité, conformité électrique, sécurité incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  garantir un confort optimal été comme hiver entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien et réglage optimal des équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compréhension des usages (besoins et pratiques) et actions sur les comportements des occupants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 2. Aménager les cours d&amp;#039;écoles
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Renaturation : création d&amp;#039;îlots de fraîcheur, aménagement d&amp;#039;espaces végétalisés (vergers, potagers, jardins)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et la continuité des trames vertes et bleues
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des eaux pluviales : favoriser l&amp;#039;infiltration et la réutilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;espaces sécurisés et adaptés à divers usages : jeux, temps calme, école dehors
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 3. Rendre les abords sûrs et accueillants
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développement des mobilités actives
+ &lt;/li&gt;
+ &lt;li&gt;
+  Itinéraires sécurisés et accessibles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement des espaces publics : ludiques, agréables, à hauteur d&amp;#039;enfants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;👉&lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ Le Cerema vous propose d&amp;#039;expérimenter une démarche intégrant ces 3 thématiques. Contactez-nous !
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ANCT : Revitalisation et ludification des abords d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Sotteville-lès-Rouen (76) : Participation citoyenne et biodiversité pour l&amp;#039;aménagement de cours d&amp;#039;écoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ville de Bassens (73) : Elaborer une stratégie patrimoniale pour les bâtiments scolaires
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Equipement public
+Bâtiments et construction
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-ecole-demain-batiments-cours-espaces-publics</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4285-agir-pour-lecole-de-demain-batiments-cours-et/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB14" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Isolation du bâtiment
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB15" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
+        <v>111710</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir le patrimoine communal</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'initiative locale et environnementale</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 9 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communes de moins de 3 000 habitants pour les services marchands
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Entretien du patrimoine communal et maintien de services publics à la population dont les derniers services marchands
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 20% d&amp;#039;une dépense plafonnée à 70.000 € HT
+&lt;/p&gt;
+&lt;p&gt;
+ Remarques :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets dont le coût est inférieur à 3 000 € sont inéligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les opérations dont le coût dépasse le plafond de la dépense subventionnable, la présentation par tranches fonctionnelles de travaux est possible (présentation d&amp;#039;une tranche par exercice budgétaire). Le nombre de tranches est limité à deux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les communes volontaires qui s&amp;#039;engageraient, dans le cadre d&amp;#039;une convention, à ne pas solliciter de nouvelle subvention au titre du Soutien à l&amp;#039;Initative Locale et Environnementale pendant une durée de 4 ans, la dépense subventionnable peut être portée à un maximum de 600 000 € HT. En ce sens, la participation départementale peut atteindre un maximum de 120 000 € y compris la majoration éventuelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Majorations éventuelles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Majoration de 10 points pour les travaux extérieurs (toitures et façades) entrant dans le périmètre d&amp;#039;un site protégé, si ce dernier a engendré un surcoût architectural, justifié par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Majoration de 15 points pour les projets les plus vertueux en termes de développement durable, sur demande expresse du bénéficiaire et avis favorable de l&amp;#039;instance départementale compétente.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Trois projets maximum par commune subventionnés au cours d&amp;#039;un même exercice budgétaire
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;obtention
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent respecter la réglementation thermique en vigueur et les opérations de réhabilitation énergétique doivent être précédées d&amp;#039;un diagnostic thermique du bâtiment.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accessibilité aux personnes handicapées (handicap physique, sensoriel, cognitif, mental ou psychique) est obligatoire dans le cadre de travaux soumis à permis de construire.
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet de construction neuve est soumis à un examen au sein de l&amp;#039;instance départementale compétente.
+&lt;/p&gt;
+&lt;p&gt;
+ Le bénéficiaire doit s&amp;#039;engager dans la démarche de la charte « Charente 2030 », à un minimum de 3 critères (2 critères pour un projet inférieur à 15 000 € HT). Pour bénéficier de la majoration de l&amp;#039;aide départementale, le bénéficiaire doit s&amp;#039;engager à 1 critère supplémentaire identifié en rouge.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de gros œuvre, tous types de grosses réparations (dont remplacement des chaudières par des systèmes de chauffage à énergies renouvelables, sous réserve qu&amp;#039;ils soient bien utilisés comme chauffage à titre principal) et mises aux normes immobilières du patrimoine communal (dont démolition, désamiantage, accessibilité aux personnes à mobilité réduite et équipement d&amp;#039;assainissement non collectif), y compris les frais d&amp;#039;étude et de maîtrise d&amp;#039;œuvre :
+&lt;/p&gt;
+&lt;p&gt;
+ •	bâtiments faisant partie du patrimoine communal (ou intercommunal dans le cadre des bâtiments scolaires), pour lesquels aucun loyer n&amp;#039;est perçu hormis pour les derniers commerces, les logements et les équipements de tourisme :
+&lt;/p&gt;
+&lt;p&gt;
+ -	mairies, ateliers, garages municipaux, presbytères, halles et marchés, cuisines centrales, sanitaires publics...
+&lt;/p&gt;
+&lt;p&gt;
+ -	équipements culturels : centres culturels, théâtres et salles spécialisées, auditoriums, salles d&amp;#039;animations ou d&amp;#039;expositions...
+&lt;/p&gt;
+&lt;p&gt;
+ -	équipements à vocation polyvalente : salles des fêtes, salles polyvalentes, centres de loisirs, locaux socio-éducatifs, points destinés à l&amp;#039;accueil de services en lien avec les Schéma départemental d&amp;#039;amélioration de l&amp;#039;accessibilité des services au public
+&lt;/p&gt;
+&lt;p&gt;
+ -	bâtiments scolaires du premier degré : salles de classe, végétalisation des cours d&amp;#039;écoles, murs d&amp;#039;enceinte, locaux annexes (restaurants, préaux, bibliothèques, salles de jeux...)
+&lt;/p&gt;
+&lt;p&gt;
+ -	édifices cultuels non protégés dont acquisition, installation, électrification et restauration des cloches
+&lt;/p&gt;
+&lt;p&gt;
+ -	patrimoine vernaculaire : fours à pain, lavoirs, croix de mission, fontaine, puits...
+&lt;/p&gt;
+&lt;p&gt;
+ -	meublés de tourisme, camping, halte camping-cars
+&lt;/p&gt;
+&lt;p&gt;
+ •	cimetières : clôtures (murs ou grillages avec écran végétal), ossuaires, caveaux communaux, columbariums, allées végétalisées, jardins du souvenir, déplacement des monuments aux morts...
+&lt;/p&gt;
+&lt;p&gt;
+ •	services marchands, lorsque l&amp;#039;initiative privée est défaillante ou absente :
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition, l&amp;#039;extension, la rénovation et/ou la construction de bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition de matériels directement liés à l&amp;#039;activité (production, mobilier...)
+&lt;/p&gt;
+&lt;p&gt;
+ -	l&amp;#039;acquisition d&amp;#039;un distributeur de produits alimentaires en circuits courts sous réserve qu&amp;#039;aucune entreprise de même activité ne soit implantée dans un rayon de 5 km
+&lt;/p&gt;
+&lt;p&gt;
+ •	équipements sportifs :
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de terrains de grands jeux (rugby, football) et de gymnases non utilisés par les collèges ou dont le taux d&amp;#039;occupation par les collèges est inférieur à 50 %
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de plateaux sportifs omnisports
+&lt;/p&gt;
+&lt;p&gt;
+ -	création, aménagement de salles spécialisées (dojo, salles d&amp;#039;escrime...), de structure artificielle d&amp;#039;escalade, de locaux techniques de rangement du matériel pour les activités de plein air
+&lt;/p&gt;
+&lt;p&gt;
+ -	aménagement des piscines
+&lt;/p&gt;
+&lt;p&gt;
+ -	petits équipements connexes à la pratique sportive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus :
+ &lt;/strong&gt;
+ les constructions neuves envisagées hors des zones agglomérées des bourgs, les travaux réalisés en régie ou aux abords (parkings en particulier), les dépenses d&amp;#039;équipement et d&amp;#039;entretien courant (notamment les climatiseurs qui ne sont pas utilisés comme des systèmes de chauffage à titre principal), les installations photovoltaïques et les bâches à incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;instruction de la demande :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la charte « Charente 2030 » signée par le représentant de la collectivité ainsi que la délibération de la collectivité l&amp;#039;autorisant à signer
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  un extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  une notice explicative (plan de situation, diagnostic technique, descriptif de l&amp;#039;opération, plans des travaux, photos...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  un calendrier de réalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  des devis descriptifs et estimatifs de l&amp;#039;opération établis par « un homme de l&amp;#039;art » (architecte, paysagiste, bureau d&amp;#039;études) ou offre retenue à l&amp;#039;issue du marché public lancé (les estimations réalisées par l&amp;#039;ATD16 ne suffisent pas)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets sollicitant la majoration « Périmètre protégé », une copie des préconisations émises par l&amp;#039;Unité départementale d&amp;#039;architecture et du patrimoine (UDAP - Bâtiments de France)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets sollicitant la majoration « Bâti vacant », une déclaration sur l&amp;#039;honneur
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets touristiques : adhésion à une charte de qualité ou un label national et au label Tourisme et Handicap
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour le paiement de la subvention :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le formulaire de demande de paiement visé par le trésorier
+ &lt;/li&gt;
+ &lt;li&gt;
+  une copie de l&amp;#039;attestation de conformité à la réglementation thermique en vigueur soit sur l&amp;#039;ensemble du bâtiment, soit élément par élément
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux soumis à permis de construire, une copie de l&amp;#039;attestation d&amp;#039;accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux portant uniquement sur une mise en accessibilité, un engagement du maître d&amp;#039;œuvre ou toute autre justification (attestation contrôleur technique ou association référente...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le décompte général et définitif de l&amp;#039;opération joint aux factures acquittées
+ &lt;/li&gt;
+ &lt;li&gt;
+  le plan de financement final avec copies des décisions attributives des autres partenaires financiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  les supports de communication où l&amp;#039;aide départementale a été citée
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction : l&amp;#039;intérêt départemental des projets susceptibles de faire l&amp;#039;objet d&amp;#039;un contrat est proposé par la Commission Solidarités territoriales puis examiné par la Commission permanente du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : en une seule fois, à l&amp;#039;achèvement de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité : l&amp;#039;opération devra être achevée et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/soutien_initiative_locale_environnementale.pdf</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ Service cohésion territoriale ; Tél. : 05 16 09 74 18 ou 05 16 09 74 12 (hébergements touristiques) ou 05 16 09 74 24 (services marchands) ou 05 16 09 74 13 (patrimoine vernaculaire)
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f682-entretenir-le-patrimoine-communal/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB16" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une bibliothèque municipale
+Création d’un terrain de football
+Gestion d'une base nautique
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines</t>
+        </is>
+      </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>30/12/2021</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>98630</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans la définition et la mise en oeuvre de leur projet d'aménagement, de voirie, d'ouvrage d'art, de bâtiment, d'eau-assainissement, de restauration</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Cher Ingénierie des Territoires (CIT)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...8 lines deleted...]
-      <c r="L10" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les accompagnements proposés pour les collectivités souhaitant définir et mettre en oeuvre leur projet d&amp;#039;aménagement, de voirie, d&amp;#039;ouvrage d&amp;#039;art, de bâtiment, d&amp;#039;eau-assainissement, de restauration sont :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;étude d&amp;#039;opportunité et de faisabilité
  &lt;/li&gt;
  &lt;li&gt;
   le diagnostic de voirie et d&amp;#039;ouvrage d&amp;#039;art
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;assistance à la maitrise d&amp;#039;ouvrage pour la réalisation de projet de voirie, aménagement espaces publics  , de bâtiment (bibliothèque, mairie, salle polyvalente, école, cantine, maison de santé,..)
  &lt;/li&gt;
  &lt;li&gt;
   la recherche de financement et accompagnement dans le montage de dossier (y compris Fonds européens).
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Voirie et réseaux
 Alimentation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Cher</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Caroline Edilber, Directrice CIT :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Tél : 02 48 27 80 27
  &lt;/li&gt;
  &lt;li&gt;
   Mail :
   &lt;a href="mailto:cit&amp;#64;departement18.fr" rel="noopener" target="_blank"&gt;
    cit&amp;#64;departement18.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>caroline.edilber@departement18.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/c0ee-accompagner-les-collectivites-dans-la-definit/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB17" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’une bibliothèque municipale
+Gestion d'une base nautique
+Isolation du bâtiment
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>23/07/2021</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G11" s="1" t="inlineStr">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>391</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Contribuer au développement des projets des territoires lotois</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Lot</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
-[...359 lines deleted...]
- Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds d&amp;#039;Aide pour les solidarités territoriales (FAST) dans le Lot
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FAST rassemble en un seul fonds toutes les aides du Département à l&amp;#039;investissement, il simplifie les règles d&amp;#039;attribution de façon plus solidaire et plus équitable sur l&amp;#039;ensemble du territoire et des bassins de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif du FAST est triple :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
-[...1037 lines deleted...]
-  Les travaux d&amp;#039;assainissement non collectif
+  soutenir les projets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;aménagement du territoire,
+ &lt;/li&gt;
+ &lt;li&gt;
+  améliorer le cadre de vie et la qualité des services rendus aux Lotois
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
-[...351 lines deleted...]
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -3873,2541 +4117,1052 @@
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
 International
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Mers et océans</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les conditions d&amp;#039;éligibilité sont définies dans le règlement et en fonction des types de projets : https://lot.fr/sites/lot.fr/files/reglement_fast_assemble_2018.pdf
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>Lot</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://lot.fr/soutien-collectivites/liste-des-aides</t>
         </is>
       </c>
-      <c r="W17" s="1" t="inlineStr">
+      <c r="W18" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/procedures/7864</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Voir en fonction de chaque aide (suivre le lien du descriptif complet).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>admin@test.com</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/56de-fonds-daide-pour-les-solidarites-territoriale/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB18" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>13/09/2018</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...98 lines deleted...]
-      <c r="G18" s="1" t="inlineStr">
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W19" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Gestion d'une base nautique
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>10/10/2023</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...2 lines deleted...]
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
-Particulier
-[...35 lines deleted...]
- &lt;br /&gt;
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
-[...97 lines deleted...]
-      <c r="N18" s="1" t="inlineStr">
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
-Assainissement des eaux
-Eau souterraine
 Cours d'eau / canaux / plans d'eau
-Patrimoine et monuments historiques
 Culture et identité collective
-Arts plastiques et photographie
 Musée
 Sports et loisirs
-Tourisme
 Forêts
-Montagne
 Sols
-Espaces verts
-[...3 lines deleted...]
-Voirie et réseaux
 Transition énergétique
-Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
+Santé
 Education et renforcement des compétences
-Commerces et services
+Alimentation
 Tiers-lieux
+Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
-Revitalisation
+Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
-Equipement public
-[...7 lines deleted...]
-Attractivité économique
+Lutte contre la précarité
+Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
-Artisanat
+Prévention des risques
 Mobilité partagée
-Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
-Mers et océans
+Spectacle vivant
+Réduction de l'empreinte carbone
 Milieux humides
-Cimetières et funéraire
+Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S18" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
-[...520 lines deleted...]
- &lt;/a&gt;
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB20" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une crèche
+Création d’une maison de santé
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion des inondations
+Mise en place de la télémedecine
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC20" s="1" t="inlineStr">
+        <is>
+          <t>PETR du Pays du Perche Ornais</t>
+        </is>
+      </c>
+      <c r="AD20" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>18/08/2023</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...191 lines deleted...]
-      <c r="G20" s="1" t="inlineStr">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
+        <v>162634</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Réhabiliter et construire des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiment</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
-[...84 lines deleted...]
-      <c r="N20" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. Les enjeux de réduction des consommations énergétiques, la réalisation de projets neufs à faibles impact environnemental, la mise en accessibilité et la préservation du patrimoine sont autant de domaines dans lesquels l&amp;#039;ATD 88 peut vous assister dans la conduite de vos opérations.&lt;/p&gt;
+&lt;p&gt;Dans le domaine du bâtiment nos techniciens vous accompagnent en réalisant des études de faisabilité ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Construction d&amp;#039;écoles, de bâtiments techniques, de mairie, gymnase...&lt;/p&gt;&lt;p&gt;Réhabilitation de bâtiment avec ou sans changement de destination&lt;/p&gt;&lt;p&gt;Amélioration thermique des bâtiments&lt;/p&gt;&lt;p&gt;Mise aux normes d&amp;#039;un parc bâtimentaire (accessibilité, défense incendie...)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
-Sports et loisirs
-[...6 lines deleted...]
-Transition énergétique
 Economie d'énergie et rénovation énergétique
-Réseaux de chaleur
-[...3 lines deleted...]
-Equipement public
 Bâtiments et construction
 Réhabilitation
-Logement et habitat
-[...11 lines deleted...]
-      <c r="O20" s="1" t="inlineStr">
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
-[...193 lines deleted...]
-      </c>
       <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...29 lines deleted...]
- &lt;br /&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U21" s="1" t="inlineStr">
         <is>
-          <t>Aube</t>
+          <t>Vosges</t>
         </is>
       </c>
       <c r="V21" s="1" t="inlineStr">
         <is>
-          <t>https://www.aube.fr/Aide/83/18-rehabilitation-extension-ou-grosses-reparations-des-equipements-sportifs-scolaires-et-culturels.htm</t>
+          <t>https://www.atd88.fr/competences/batiment/</t>
         </is>
       </c>
       <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Mail :
-[...2 lines deleted...]
- &lt;/a&gt;
+ ATD 88 - &lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y21" s="1" t="inlineStr">
         <is>
-          <t>laetitia.hunin@aube.fr</t>
+          <t>pmilliot@atd88.fr</t>
         </is>
       </c>
       <c r="Z21" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/7b47-rehabiliter-ou-etendre-des-equipements-sporti/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mesurer-les-vitesses-et-le-trafic-routier/</t>
         </is>
       </c>
       <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB21" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale des Vosges</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>14/05/2024</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
+    <row r="22" spans="1:34" customHeight="0">
       <c r="A22" s="1">
-        <v>115177</v>
+        <v>139936</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Renouveler du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
+          <t>Bénéficier d’un accompagnement de projets et d’une aide à la programmation sur le volet bâtiments et espaces publics</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>Renouvellement du gros matériel de cuisine des cantines scolaires de regroupement pédagogique</t>
+          <t>AMO Mission Bâtiments</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de l'Aube</t>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
-        <is>
-[...433 lines deleted...]
-      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
-[...2 lines deleted...]
-Ingénierie financière
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L25" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Établissement public administratif créé en 2012, Cantal Ingénierie &amp;amp; Territoires (CIT), propose aux Collectivités Territoriales et aux Établissements Publics Intercommunaux du département du Cantal qui le demandent, une aide à la décision et à la réalisation de leurs projets.
 &lt;/p&gt;
 &lt;p&gt;
  Cantal Ingénierie &amp;amp; Territoires (CIT) propose des prestations d&amp;#039;accompagnement de projets et d&amp;#039;aide à la programmation en phase d&amp;#039;étude ou en phase opérationnelle. CIT propose des missions d&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO), notamment dans le cas d&amp;#039;opérations nécessitant l&amp;#039;intervention d&amp;#039;équipes pluridisciplinaires
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Réhabilitation et rénovation énergétique de bâtiments publics
   &lt;/li&gt;
   &lt;li&gt;
    Restauration de patrimoine public
   &lt;/li&gt;
   &lt;li&gt;
    Aménagement d&amp;#039;espaces publics : projets centres-bourgs
   &lt;/li&gt;
   &lt;li&gt;
    Construction de bâtiments publics (AMO)
   &lt;/li&gt;
   &lt;li&gt;
    Gestion de projets à vocation touristique
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Architecture
 Accessibilité
 Appui méthodologique</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Etre une collectivité territoriale ou un établissement public situé dans le département du Cantal
   &lt;/li&gt;
   &lt;li&gt;
    Etre adhérent à CIT
   &lt;/li&gt;
   &lt;li&gt;
    Conventionnement
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>Cantal</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>http://ingenierie-et-territoires.cantal.fr/</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  cit&amp;#64;cantal.fr
 &lt;/p&gt;
 &lt;p&gt;
  04 71 45 27 27
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>cit@cantal.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1a6d-beneficier-dun-accompagnement-de-projets-et-d/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB22" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>Cantal Ingénierie &amp; Territoires</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>04/05/2023</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...297 lines deleted...]
-      <c r="A27" s="1">
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
         <v>144547</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D27" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Optimiser le financement de vos projets en impliquant les citoyens dans votre action publique locale</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Emprunt citoyen</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L27" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide consiste à financer les investissements  à des conditions optimisées pour les porteurs de projet public, tout en impliquant les citoyens dans la fabrique de leur territoire de manière simple et engageante.&lt;/p&gt;
 &lt;p&gt;Intégrer l’épargne citoyenne dans la stratégie de financement de vos projets, c’est &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Optimiser &lt;strong&gt;le financement de vos projets&lt;/strong&gt; avec de meilleurs taux que les financeurs classiques ;&lt;/li&gt;&lt;li&gt;Créer une &lt;strong&gt;dynamique nouvelle d’implication de vos citoyens&lt;/strong&gt; pour développer leur lieu de vie ou de cœur ;&lt;/li&gt;&lt;li&gt;Renforcer la &lt;strong&gt;valorisation de votre action publique locale&lt;/strong&gt;.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;L’emprunt citoyen permet le financement, via prêt rémunéré ou obligation, des investissements publics locaux (transition, culture, santé, vitalisation, social, éducation, etc.). L&amp;#039;instrument est accessible à toutes les structures publiques œuvrant pour le développement et l&amp;#039;intérêt général des territoires : collectivités, centres hospitaliers, SEM, SPL, syndicats mixtes, syndicats d&amp;#039;énergie ou SDIS.&lt;/p&gt;
 &lt;p&gt;Villyz est la &lt;strong&gt;1ère plateforme française de financement des projets publics.&lt;/strong&gt; Titulaire d’un agrément européen émis par les autorités bancaires françaises (AMF et ACPR), nous vous permettons de &lt;strong&gt;lever des fonds dans la limite de 5 millions d&amp;#039;euros&lt;/strong&gt; sur 12 mois glissant auprès de plusieurs personnes physiques pouvant investir &lt;strong&gt;dès 1€ et sans condition de revenu&lt;/strong&gt; dans le projet de leur choix.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Exemples détaillés de financement réalisés :&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://villyz.fr/projets/208"&gt;&lt;strong&gt;Centre de santé à Glanges&lt;/strong&gt;&lt;/a&gt; (commune de 522 habitants en Haute-Vienne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Financer la rénovation énergétique d&amp;#039;un bâtiment municipal 
 pour lui permettre d&amp;#039;accueillir un centre de santé et un logement social&lt;/li&gt;&lt;li&gt;Résultats : 65 K€ ont été levés auprès de 114 investisseurs citoyens dont plus de 60% sont de Nouvelle-Aquitaine.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/mon-reseau-grandit-a-brest-metropole-218"&gt;Nouvelle ligne de Tramway à Brest Métropole&lt;/a&gt;&lt;/strong&gt; (métropole de 220 000 habitants en Bretagne)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Construction d’une seconde ligne de tramway&lt;/li&gt;&lt;li&gt;
 Résultats : Près d&amp;#039;un 1M€ investis par plusieurs centaines de citoyens dont les ¾ résident dans la métropole&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/nouvelles-installations-pour-nos-sauveteurs-en-mer-233"&gt;Future station de sauveteurs en mer d’Hauteville-sur-Mer&lt;/a&gt;&lt;/strong&gt; (commune balnéaire de 750 habitants sur la côte ouest de la Manche)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Modernisation de la station SNSM hébergeant une trentaine de bénévoles et leurs équipements&lt;/li&gt;&lt;li&gt;
 Résultats : 50 K€ collecté en moins de 2 mois&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;a href="https://villyz.fr/projets/maison-des-femmes-231"&gt;Maison des Femmes de Besançon&lt;/a&gt;&lt;/strong&gt; (commune de 120 000 habitants du Doubs)&lt;/p&gt;
 &lt;ul&gt;&lt;li&gt;Projet : Création d’un lieu d’accueil pluridisciplinaire sur plus de 1000 m2 entièrement dédié aux femmes nécessitant de l’aide.&lt;/li&gt;&lt;li&gt;
 Résultats : une levée de 700K€ en quelques semaines auprès de 
 plusieurs centaines de citoyens dont près de 90% habitant la ville.&lt;/li&gt;&lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous nos projets : &lt;a href="https://villyz.fr/projets"&gt;https://villyz.fr/projets&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -6450,661 +5205,2847 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="S27" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité locale (commune, EPCI à fiscalité propre, département, région), un établissement de santé (CHU, CHRU, CHR, CH, Ephad), un un syndicat mixte, une entreprise publique locale (SEM, SPL), un syndicat d&amp;#039;énergie ou encore un SDIS. &lt;/p&gt;&lt;p&gt;Vous souhaitez connaître votre éligibilité ? Envoyez-nous un mail à projets&amp;#64;villyz.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W23" s="1" t="inlineStr">
         <is>
           <t>https://qekp7gberg2.typeform.com/to/ABjAqXGU</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;br /&gt;&lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y27" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0b4b-engager-les-citoyens-dans-le-financement-de-v/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB23" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un café / bistrot
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation du gymnase
+Restauration du patrimoine religieux
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2023</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...6 lines deleted...]
-      <c r="H28" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I28" s="1" t="inlineStr">
+      <c r="I24" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
-[...33 lines deleted...]
-          <t>Eau pluviale
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
-Culture et identité collective
-Musée
+Patrimoine et monuments historiques
 Sports et loisirs
-Forêts
 Sols
-Transition énergétique
-[...247 lines deleted...]
-Musée
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
-Handicap
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
 Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W24" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB24" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC24" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>02/08/2022</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>128958</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être accompagné pour les projets d&amp;#039;aménagement urbain,
+paysager ou de construction publique, tout au long de leur
+réalisation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide à la définition de la procédure nécessaire
+à mettre en oeuvre
+• identification des étapes et des différents
+prestataires à mobiliser
+ &lt;/li&gt;
+ &lt;li&gt;
+  interface entre les différents intervenants
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide au pilotage et à l&amp;#039;animation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise au point de l&amp;#039;accompagnement nécessaire
+et proposition d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de la mission d&amp;#039;AMO : suivi administratif
+et juridique, marchés publics, coordination des
+intervenants (dont le maître d&amp;#039;oeuvre) ...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faisabilité opérationnelle (élément de compréhension
+et de la programmation du projet, déroulement
+de l&amp;#039;opération, estimation prévisionnelle,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents nécessaires à la bonne conduite du projet :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; actes administratifs tels que conventions,
+délibérations...
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; marchés publics et toutes pièces relevant
+de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
+de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
+cahier des charges, cahier des clauses
+administratives particulières, acte d&amp;#039;engagement...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Bâtiments et construction
+Réhabilitation
+Architecture
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saisine officielle de l&amp;#039;exécutif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs et études
+diverses relatives au projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des travaux en régie, seule la part afférente aux matériaux et aux fournitures sera prise en compte dans les dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de village..........................................................
+  &lt;strong&gt;
+   500 000 €
+  &lt;/strong&gt;
+  &lt;em&gt;
+   par tranche annuelle
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments communaux..........................................................
+  &lt;strong&gt;
+   1 000 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupes scolaires et/ou équipements petite enfance.. ..
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  maison de santé........................................................................
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Les taux de subventions sont calculés en fonction de la richesse des bénéficiaires.
+ &lt;br /&gt;
+ Le critère retenu est le Potentiel Financier de l&amp;#039;année N-1 dont le  calcul est fixé par l&amp;#039;article L. 2334-4 du code général des  collectivités territoriales.
+ &lt;br /&gt;
+ Le taux nominal est fixé par référence aux strates de richesse présentées ci dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ POTENTIEL FINANCIER de la commune
+TAUX
+0 € à 200 000 €
+70 %
+200 001 € à 450 000 €
+50 %
+450 001 € à 600 000 €
+40 %
+600 001 € à 1 000 000 €
+30 %
+1 000 001 € à 2 000 000 €
+25 %
+&amp;gt; 2 000 000 €
+20 %
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux nominal sera majoré de 10 % pour toute commune nouvelle résultant de la fusion de communes et ce, sur une période limitée à 3 ans après la date de fusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera minoré de 15 % du taux si l&amp;#039;Effort Fiscal de la commune est inférieur à 0,7.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux des Communautés de Communes et d&amp;#039;Agglomérations est fixé à       20 % sans minoration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositions particulières pour les bénéficiaire d&amp;#039;une subvention d&amp;#039;un montant égal ou supérieur à 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire s&amp;#039;engage à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ – dans l&amp;#039;hypothèse où le bien, objet de la subvention allouée venait, dans un délai de 10 ans à compter du versement du solde de ladite subvention, à ne plus être utilisé par le seul Bénéficiaire notamment en cas de cession, ou de mise à disposition de tiers qui remettrait en cause le caractère d&amp;#039;intérêt général ayant motivé le financement obtenu, celui-ci devra rembourser les sommes concernées selon les conditions dégressives suivantes qui ont été formalisées dans le règlement des aides adopté par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Bénéficiaire devra s&amp;#039;acquitter du montant correspondant à 1/10ème de la somme allouée par année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ – signer la convention qui sera jointe à la notification de la subvention, relative aux obligations du bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ – appliquer le logo du Département sur les panneaux de chantier, les documents de communication et le projet réalisé, en se référant à la charte graphique instaurée par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ – joindre à la demande de solde une photo du projet financé, faisant apparaître l&amp;#039;apposition d&amp;#039;une plaque comportant le texte suivant « le Département premier partenaire des communes »
+&lt;/p&gt;
+&lt;p&gt;
+ – informer le Département des autres financements publics obtenus pour le même objet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ –  délibération de la collectivité maître d&amp;#039;ouvrage
+ &lt;br /&gt;
+ –  dossier APS/APD
+ &lt;br /&gt;
+ –  budget détaillé (plan de financement)
+ &lt;br /&gt;
+ –  note détaillée du projet
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ – dépôt des dossiers en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ au 30 septembre N-1 pour financement éventuel en année N.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Aménagement du Territoire.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics_ Construction ou rénovation et bonus bois
+&lt;/p&gt;
+&lt;p&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – décision de la Commission permanente qui attribue la subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases règlementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Equipement public
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments Communaux
+ &lt;/strong&gt;
+ : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité
+ &lt;/strong&gt;
+ des équipements publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments scolaires du 1
+  er
+  degré et/ou équipements petite enfance :
+ &lt;/strong&gt;
+ construction, extensions et restructurations d&amp;#039;écoles, de groupes scolaires ou de restaurants scolaires, équipement petite enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Équipements sportifs :
+ &lt;/strong&gt;
+ créations ou restructurations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements de village :
+ &lt;/strong&gt;
+ requalification de centres bourgs, aménagements d&amp;#039;espaces publics en lien avec les opérations en traverse d&amp;#039;agglomération, places, aires de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements urbains
+ &lt;/strong&gt;
+ , esthétiques et paysagers dans le cadre d&amp;#039;un projet global
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de création et aménagement de
+ &lt;strong&gt;
+  sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouvrages d&amp;#039;art
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  projets concourant à la valorisation du patrimoine communal
+ &lt;/strong&gt;
+ en investissement et non éligible au titre d&amp;#039;autres règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition ait lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Études,
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les études concernées sont les suivantes
+ &lt;/strong&gt;
+ : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets structurants de requalification urbaine
+ &lt;/strong&gt;
+ (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements sportifs, culturels, touristiques, petite enfance (Centre de loisirs sans hébergement, crèche...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets structurants de requalification urbaine (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages d&amp;#039;art
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de création et aménagement de sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ Les mises en accessibilité des équipements publics (hors groupes scolaires)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Aménagement cyclable (voir modalités sur la fiche politique cyclable)
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+ &lt;/strong&gt;
+ : le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition est lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les maisons de santé
+ &lt;/strong&gt;
+ (voir nouvelles modalités ci-après)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études concernées sont les suivantes : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au déneigement,
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Préalable à l&amp;#039;intervention du Département
+ &lt;br /&gt;
+ – recensement à l&amp;#039;échelle et par l&amp;#039;EPCI des moyens existants,
+ &lt;br /&gt;
+ – évaluation avec l‘aide des services de la Direction des Déplacements du Département des besoins en équipements à acquérir et leur priorisation,
+ &lt;br /&gt;
+ – définition d&amp;#039;un planning d&amp;#039;acquisition des nouveaux équipements nécessaires sur le mandat
+ &lt;br /&gt;
+ – prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide au déneigement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide portera uniquement sur les dépenses d&amp;#039;investissement :
+ &lt;br /&gt;
+ – lames de déneigement,
+ &lt;br /&gt;
+ – saleuse et sableuse et leurs équipements de fixation,
+ &lt;br /&gt;
+ – équipements des pneumatiques (pneus normaux et chaînes ou pneus spéciaux),
+ &lt;br /&gt;
+ – éclairages spécifiques pour interventions de nuit,
+ &lt;br /&gt;
+ – engins spécifiques de déneigement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ –  Acquisition foncière pour réserve foncière ou pour habitat.
+ &lt;br /&gt;
+ –  Logements communaux.
+ &lt;br /&gt;
+ –  Les travaux d&amp;#039;entretien.
+ &lt;br /&gt;
+ – Reprise de concession.
+ &lt;br /&gt;
+ – Gîtes communaux, camping et bornes de camping car.
+ &lt;br /&gt;
+ – Matériel de déneigement.
+ &lt;br /&gt;
+ – Mobilier et acquisition sauf faisant partie d&amp;#039;un programme d&amp;#039;ensemble (mobilier scolaire et de bibliothèque).
+ &lt;br /&gt;
+ –  Prestation d&amp;#039;ingénierie du Département.
+ &lt;br /&gt;
+ –  Gendarmerie.
+ &lt;br /&gt;
+ –  Bornes incendie.
+ &lt;br /&gt;
+ –  Les dépenses traitées au titre d&amp;#039;une politique thématique départementale.
+ &lt;br /&gt;
+ –  Les travaux de vidéo-protection (sauf ceux aux abords des collèges qui seront traités dans un autre dispositif complémentaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -Logement.
+ &lt;br /&gt;
+ – Acquisition foncière (pour réserve).
+ &lt;br /&gt;
+ – Sièges administratifs communautaires et locaux techniques communautaires.
+ &lt;br /&gt;
+ – Groupes scolaires.
+ &lt;br /&gt;
+ – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
+ &lt;br /&gt;
+ –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Politiques Territoriales – Service des Relations avec les Collectivités
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quentin DUVILLIER, Coordonnateur zone nord –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 65
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christel MORIN, Coordonnatrice zone sud –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 31
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aurore MERMET, Coordonnatrice zone centre –
+ &lt;strong&gt;
+  Tél. : 04 75 79 82 29
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 67
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB26" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Entretien des ponts
+Gestion d'une base nautique
+Installation de bornes électriques
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Installation de miroir de circulation de sécurité routière
+Installation de ralentisseur
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
 Commerces et services
+Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
+Architecture
 Paysage
 Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB27" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC27" s="1" t="inlineStr">
+        <is>
+          <t>ADAC 37</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2021</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB28" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Gestion d'une base nautique
+Installation de miroir de circulation de sécurité routière
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC28" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron ingénierie</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>02/07/2024</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...9 lines deleted...]
-          <t>31/12/2025</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R29" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Domaines d’intervention :&lt;/p&gt;&lt;p&gt; &lt;/p&gt;&lt;p&gt;1.     
-[...15 lines deleted...]
-d’éclairage public, chemins ruraux…)&lt;/p&gt;</t>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
         </is>
       </c>
       <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U29" s="1" t="inlineStr">
         <is>
-          <t>Somme</t>
+          <t>Aveyron</t>
         </is>
       </c>
       <c r="V29" s="1" t="inlineStr">
         <is>
-          <t>https://www.somme.fr/services/appui-aux-collectivites/les-aides-du-departement/fonds-appui-communes/</t>
-[...4 lines deleted...]
-          <t>https://subvention.somme.fr/</t>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
       <c r="X29" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;
-[...6 lines deleted...]
- Tél : 03 22 71 81 71
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Gestion d'une base nautique
+Installation de miroir de circulation de sécurité routière
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron ingénierie</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>15/05/2024</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>82915</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie
+4ème Programme d’investissements d’avenir - PIA 4
+Avenir Montagnes
+Cités éducatives
+Destination France
+Renaturation des villes
+Fonds vert Ingénierie</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>CAUE des Landes
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE de l'Ardèche
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
+CAUE de l'Hérault
+CAUE de la Gironde
+CAUE de la Haute-Garonne
+CAUE du Gard
+CAUE de l'Oise
+CAUE de la Drôme
+CAUE de l'Aude
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE du Calvados
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
+CAUE du Tarn
+CAUE de la Dordogne
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Atlantiques
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+CAUE de Meurthe-et-Moselle
+CAUE de la Mayenne
+CAUE de la Manche
+CAUE du Maine-et-Loire
+CAUE Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
+ &lt;/strong&gt;
+ à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE contribuent à améliorer qualité de vie de chacun
+ &lt;/strong&gt;
+ . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
+ Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les CAUE sont à votre service.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un particulier et vous avez une envie ou un projet de construction, d&amp;#039;extension, de rénovation, d&amp;#039;énergie renouvelable... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes une administration ou un service de l&amp;#039;État, et vous souhaitez être accompagné pour la mise en œuvre de politiques publiques territoriales... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un professionnel de la construction et vous souhaitez bénéficier du retour d&amp;#039;expériences d&amp;#039;autres acteurs... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous êtes un enseignant ou un professionnel de la culture et vous voulez organiser des activités pédagogiques ou développer des offres culturelles... ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez renforcer vos démarches en faveur de la transition écologique ? Expérimenter des pistes innovantes ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La palette de leurs interventions est multiple :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement les porteurs de projets publics et privés en amont de leurs projets de construction, d&amp;#039;architecture, d&amp;#039;aménagement, d&amp;#039;urbanisme, de paysage, d&amp;#039;environnement, d&amp;#039;énergie : aide à la décision, conseil, diagnostic, note d&amp;#039;enjeux, préparation à la programmation, organisation de la concertation, animation du débat public, participation à des jury, évaluation de politiques publiques, médiation...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animations interprofessionnelles, mise en réseaux des acteurs du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de sensibilisation et de formation pour les collectivités territoriales, les élus, les professionnels, les services de l&amp;#039;Etat, les scolaires, le grand public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information, fourniture de données
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
+ &lt;br /&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
+ &lt;br /&gt;
+ Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
+ / Patrimoine religieux
+ / Ecomatériaux
+ / Polyvalence des usages du bâti
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
+ &lt;br /&gt;
+ Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
+ / Petite ville de demain
+ (PVD) / Action Coeur de Ville
+ / Sobriété foncière / Rural / Périurbain / Urbain
+ / Densification / Requalification de friches
+ / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
+ &lt;br /&gt;
+ Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
+ / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
+ &lt;br /&gt;
+ &lt;br /&gt;
+ TRANSVERSALEMENT
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
+ / Médiation / Résidences
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Commerces et services
+Tiers-lieux
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.fncaue.com/?page=home</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contactez le CAUE de votre département pour plus d&amp;#039;informations.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AIN
+ - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
+ - contact&amp;#64;caue-ain.com - 04 74 21 11 31
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-ALPES
+ - 1 avenue Alexandre Didier
+ - BP 55  - 05200    EMBRUN
+ - caue05&amp;#64;orange.fr
+ - 04 92 43 60 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARDÈCHE
+ - 2 bis avenue de l&amp;#039;Europe Unie
+ - BP 102
+ - 07002    PRIVAS Cedex
+ - caue-07&amp;#64;wanadoo.fr
+ - 04 75 64 36 04
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ARIEGE
+ - 26 bis avenue du stade  - 09001    FOIX
+ - caue.ariege&amp;#64;orange.fr
+ - 05 34 09 78 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AUDE
+ - Maison de l&amp;#039;Architecture et de l&amp;#039;Environnement
+ - 28 avenue Claude Bernard
+ - 11000    CARCASSONNE
+ - caue.aude&amp;#64;gmail.com
+ - 04 68 11 56 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039; AVEYRON
+ - 5 place Sainte-Catherine
+ - Immeuble Sainte Catherine
+ - 12000    RODEZ
+ - caue&amp;#64;caueaveyron.fr
+ - 05 65 68 66 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES BOUCHES-DU-RHÔNE
+ - 18 rue Neuve Sainte-Catherine
+ - 13007    MARSEILLE
+ - caue13&amp;#64;caue13.fr
+ - 04 96 11 01 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CALVADOS
+ - 28 rue Jean Eudes
+ - 14000    CAEN
+ - contact&amp;#64;caue14.fr
+ - 02 31 15 59 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CANTAL
+ - 19 avenue de la République
+ - 15000    AURILLAC
+ - caue.cantal&amp;#64;wanadoo.fr
+ - 04 71 48 50 22
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE
+ - 31 boulevard Besson Bey
+ - 16000    ANGOULEME
+ - contact&amp;#64;caue16.fr
+ - 05 45 92 95 93
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA CHARENTE-MARITIME
+ - 85 boulevard de la République
+ - Les Minimes
+ - 17076    LA ROCHELLE Cedex 09
+ - contact&amp;#64;caue17.fr
+ - 05 46 31 71 90
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU CHER
+ - 27 boulevard de Strasbourg
+ - 18000    BOURGES
+ - contact&amp;#64;caue18.fr
+ - 02 48 50 75 18
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE CORRÈZE
+ - Bâtiment F - 4ème étage - 9 rue R et E.Fage - BP 199 - 19000    TULLE
+ - caue.19&amp;#64;wanadoo.fr
+ - 05 55 26 06 48
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE CORSE
+ - Immeuble l&amp;#039;Expo
+ - Avenue de la Libération
+ - 20600    BASTIA
+ - cauedecorse&amp;#64;orange.fr
+ - 04 95 21 19 48
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CÔTE-D&amp;#039;OR
+ - 1 rue de Soissons
+ - 21000    DIJON
+ - info&amp;#64;caue21.fr
+ - 03 80 30 02 38
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA CREUSE
+ - 1 avenue Jean-Baptiste Defumade
+ - 23320    SAINT-VAURY
+ - caue23&amp;#64;caue23.fr
+ - 05 44 30 27 56
+ &lt;br /&gt;
+ &lt;br /&gt;CAUE DE LA DORDOGNE
+ - L&amp;#039;Oustal - 175 rue Martha Desrumaux - 24000    PÉRIGUEUX
+ - courriel&amp;#64;cauedordogne.com - 05 53 08 37 13
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA DRÔME
+ - 44 rue Faventines
+ - BP 1022
+ - 26010    VALENCE Cedex
+ - co-caue&amp;#64;dromenet.org
+ - 04 75 79 04 19
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DU GARD
+ - 29 rue Charlemagne
+ - 30000    NIMES
+ - accueil&amp;#64;caue30.fr
+ - 04 66 36 10 60
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-GARONNE
+ - 1 rue Matabiau
+ - 31000    TOULOUSE
+ - caue&amp;#64;caue31.org
+ - 05 62 73 73 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU GERS
+ - 93 route de Pessan
+ - 32000    AUCH
+ - cauegers&amp;#64;caue32.fr
+ - 05 62 05 75 34
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GIRONDE
+ - 283 rue d&amp;#039;Ornano
+ - 33000    BORDEAUX
+ - contact&amp;#64;cauegironde.com
+ - 05 56 97 81 89
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE L&amp;#039;HÉRAULT
+ - 19 rue Saint Louis
+ - 34000    MONTPELLIER
+ - contact&amp;#64;caue34.fr
+ - 04 99 13 37 00
+ &lt;br /&gt;&lt;br /&gt;
+ CAUE DE L&amp;#039;ISÈRE
+ - 22 rue Hébert
+ - 38000    GRENOBLE
+ - contact&amp;#64;caue-isere.org
+ - 04 76 00 02 21
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES LANDES
+ - 155 rue Martin Luther King
+ - 40000    MONT-DE-MARSAN
+ - contact&amp;#64;caue40.com
+ - 05 58 06 11 77
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU LOIR-ET-CHER
+ - 34 avenue Maunoury
+ - 41000    BLOIS
+ - contact&amp;#64;caue41.fr
+ - 02 54 51 56 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-LOIRE
+ - 16 rue Jean Solvain
+ - 43000    LE PUY-EN-VELAY
+ - contact&amp;#64;caue43.fr
+ - 04 71 07 41 76
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;CAUE DU LOIRET - 32 avenue Jean Zay, 45000 Orléans - 02 38 54 13 98
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU LOT
+ - Cité Bessières
+ - Rue Pierre Mendès France
+ - 46000    CAHORS
+ - caue.46&amp;#64;wanadoo.fr
+ - 05 65 30 14 35
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE LOT-ET-GARONNE
+ - 9 rue Etienne Dolet
+ - 47000    AGEN
+ - secretariat.vr&amp;#64;caue47.com
+ - 05 53 48 46 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAINE-ET-LOIRE
+ - Maison de l&amp;#039;architecture des territoires et du paysage
+ - 312 avenue René Gasnier
+ - 49100    ANGERS
+ - contact&amp;#64;caue49.com
+ - 02 41 22 99 99
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MANCHE
+ - 2 Place de Gaulle
+ - 50000    SAINT-LO
+ - courrier&amp;#64;caue50.fr
+ - 02 33 77 20 77 &lt;/p&gt;&lt;p&gt;CAUE DE LA HAUTE-MARNE - Hôtel du département 1 rue du Commandant-Hugueny 52000 CHAUMONT - 03 25 32 52 62&lt;/p&gt;&lt;p&gt;CAUE DE LA MAYENNE
+ - 2 rue de l&amp;#039;Ermitage
+ - 53000    LAVAL
+ - accueil&amp;#64;caue53.com
+ - 02 43 56 41 79
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MEURTHE-ET-MOSELLE
+ - 48 esplanade Jacques Baudot
+ - Rue du Sergent Blandan
+ - co 90019
+ - 54035    NANCY Cedex
+ - caue&amp;#64;caue54.departement54.fr
+ - 03 83 94 51 78
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MEUSE
+ - 28 rue des Romains
+ - 55000    BAR-LE-DUC
+ - contact&amp;#64;caue55.fr
+ - 03 29 45 77 68
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DU MORBIHAN - 2 All. Nicolas Leblanc, 56000 Vannes - 02 97 62 40 90
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CAUE DE LA MOSELLE
+ - 17 Quai Wiltzer
+ - 57000    METZ
+ - contact&amp;#64;caue57.com
+ - 03 87 74 46 06
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;OISE
+ - 4 rue de l&amp;#039;Abbé du Bos
+ - 60000    BEAUVAIS
+ - caue60&amp;#64;wanadoo.fr
+ - 03 44 82 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ORNE
+ - 54 rue Saint-Blaise
+ - 61000    ALENÇON
+ - contact&amp;#64;caue61.fr
+ - 02 33 26 14 14
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PAS-DE-CALAIS
+ - 43 rue d&amp;#039;Amiens
+ - 62018    ARRAS Cedex 9
+ - caue62&amp;#64;caue62.org
+ - 03 21 21 65 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU PUY-DE-DÔME
+ - Maison de l&amp;#039;Habitat
+ - 129 avenue de la République
+ - 63100    CLERMONT-FERRAND
+ - contact&amp;#64;caue63.com
+ - 04 73 42 21 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ATLANTIQUES
+ - 4 place Reine Marguerite
+ - 64000    PAU
+ - contact&amp;#64;caue64.fr
+ - 05 59 84 53 66
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTES-PYRÉNÉES
+ - 14 boulevard Claude Debussy
+ - 65000    TARBES  - caue-65&amp;#64;orange.fr
+ - 05 62 56 71 45
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES PYRÉNÉES-ORIENTALES
+ - 11 rue du Bastion Saint-François
+ - 66000    PERPIGNAN
+ - contact&amp;#64;caue66.fr
+ - 04 68 34 12 37
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE D&amp;#039;ALSACE
+ - 5 rue Hannong
+ - 67000    STRASBOURG
+ - caue&amp;#64;caue-alsace.com
+ - 03 88 15 02 30
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE RHÔNE-METROPOLE
+ DE LYON- 6 bis quai Saint-Vincent
+ - 69283    LYON Cedex 01
+ - caue69&amp;#64;caue69.fr
+ - 04 72 07 44 55 &lt;/p&gt;&lt;p&gt;CAUE DE SAONE ET LOIRE - 6 Quai Jules Chagot, 71300 MONTCEAU-LES-MINES - 03 85 69 05 25&lt;/p&gt;&lt;p&gt;CAUE DE LA SARTHE
+ - 1 rue de la Mariette
+ - 72000    LE MANS
+ - caue.sarthe&amp;#64;wanadoo.fr
+ - 02 43 72 35 31
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SAVOIE
+ - Bâtiment Evolution
+ - 25 Rue Jean Pellerin
+ - CS 42632
+ - 73026    CHAMBERY Cedex
+ - caue&amp;#64;cauesavoie.org
+ - 04 79 60 75 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-SAVOIE
+ - L&amp;#039;Ilot-S
+ - 7 esplanade Paul Grimault
+ - BP 339
+ - 74008    ANNECY Cedex
+ - caue74&amp;#64;caue74.fr
+ - 04 50 88 21 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-MARITIME
+ - 27 rue François Mitterrand
+ - BP 90241
+ - 76142    PETIT-QUEVILLY Cedex
+ - caue&amp;#64;caue76.org
+ - 02 35 72 94 50
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SEINE-ET-MARNE
+ - 27 rue du Marché
+ - 77120    COULOMMIERS
+ - accueil&amp;#64;caue77.fr
+ - 01 64 03 30 62
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES DEUX-SÈVRES
+ - Maison du Département
+ - Mail Lucie Aubrac
+ - CS 58882
+ - 79000    NIORT
+ - caue&amp;#64;caue79.fr
+ - 05 49 28 06 28
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA SOMME
+ - 35 mail Albert 1er
+ - 80000    AMIENS
+ - caue80&amp;#64;caue80.asso.fr
+ - 03 22 91 11 65
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN
+ - 188 rue de Jarlard
+ - 81000    ALBI
+ - caue&amp;#64;caue81.fr
+ - 05 63 60 16 70
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE TARN-ET-GARONNE
+ - Hôtel du Département
+ - 100 boulevard Hubert Gouze
+ - 82000    MONTAUBAN
+ - caue82&amp;#64;ledepartement82.fr
+ - 05 63 03 80 88
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAR
+ - 26 Place Vincent Raspail
+ - 83000    TOULON Cedex
+ - contact&amp;#64;cauevar.fr
+ - 04 94 22 65 75
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA VENDEE
+ - 33 rue de l&amp;#039;atlantique
+ - CS 40685
+ - 85000    LA ROCHE-SUR-YON Cedex
+ - caue85&amp;#64;caue85.com
+ - 02 51 37 44 95
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA HAUTE-VIENNE
+ - 1 rue des Allois
+ - 87000    LIMOGES
+ - caue87&amp;#64;wanadoo.fr
+ - 05 53 32 32 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES VOSGES
+ - Conseil Départemental
+ - 88088    EPINAL Cedex 9
+ - caue88&amp;#64;vosges.fr
+ - 03 29 29 89 40
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE L&amp;#039;YONNE
+ - 8 avenue du 4e R.I.
+ - 89000    AUXERRE
+ - contact&amp;#64;caue89.fr
+ - 03 58 43 80 33
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE L&amp;#039;ESSONNE
+ - 9 Cours Blaise Pascal
+ - 91000    EVRY
+ - caue91&amp;#64;caue91.asso.fr
+ - 01 60 79 35 44
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DES HAUTS-DE-SEINE
+ - 279 terrasse de l&amp;#039;Université
+ - 92000    NANTERRE
+ - contact&amp;#64;caue92.com
+ - 01 71 04 52 49
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-DE-MARNE
+ - 36 rue Edmond Nocard
+ - 94700    MAISONS-ALFORT
+ - contact&amp;#64;caue94.fr
+ - 01 48 52 55 20
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DU VAL-D&amp;#039;OISE
+ - Moulin de la couleuvre
+ - Rue des Deux Ponts
+ - 95300    PONTOISE
+ - caue95&amp;#64;caue95.org
+ - 01 30 38 68 68
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUADELOUPE
+ - Centre commercial le Pérou
+ - Bat B - N°46
+ - BP 136
+ - 97181    ABYMES Cedex
+ - contact&amp;#64;caue971.org
+ - 05 90 81 83 85
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA MARTINIQUE
+ - 31 avenue Pasteur
+ - 97200    FORT-DE-FRANCE
+ - caue972&amp;#64;wanadoo.fr
+ - 05 96 70 10 10
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE LA GUYANE
+ - 13 avenue Léopold Héder
+ - 97300    CAYENNE
+ - caue973&amp;#64;orange.fr
+ - 05 94 31 42 82
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE-LA-RÉUNION
+ - 12 rue Monseigneur de Beaumont
+ - BP 868
+ - 97477    SAINT-DENIS Cedex
+ - courrier&amp;#64;caue974.com
+ - 02 62 21 60 86
+ &lt;br /&gt;
+ &lt;br /&gt;
+ CAUE DE MAYOTTE
+ - Département de Mayotte
+ - BP101
+ - 97600    MAYOTTE
+ - feda.soidri&amp;#64;cg976.fr
+ - 02 69 66 06 84
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
+  Retrouvez l&amp;#039;annuaire des CAUE ici
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+   Ouvre une nouvelle fenêtre
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>urcaue.aura@gmail.com</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien / restauration des haies
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>FNCAUE</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>24/02/2021</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
         <v>162563</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E30" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I30" s="1" t="inlineStr">
+      <c r="I31" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J30" s="1" t="inlineStr">
+      <c r="J31" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L30" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M30" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N30" s="1" t="inlineStr">
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -7143,1682 +8084,40454 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y30" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB31" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Entretien / restauration des haies
+Gestion des inondations
+Gestion d'une base nautique
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Réaménagement de la cantine scolaire / Acquisition de mobiliers et matériels pour les cantines
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>Villyz</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>29/04/2024</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G31" s="1" t="inlineStr">
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
+        <v>128963</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Passer un marché public en vue de la réalisation d’un projet de construction et d’aménagement</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Assister le maître d&amp;#039;ouvrage dans toutes les étapes
+de la commande publique dans le cadre d&amp;#039;un projet
+de construction et d&amp;#039;aménagement :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aider dans la définition du besoin
+ &lt;/li&gt;
+ &lt;li&gt;
+  informer sur la procédure pour la mise en oeuvre
+d&amp;#039;un marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  rédiger les pièces nécessaires à la consultation
+et à la bonne exécution du marché
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Détermination du besoin
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition d&amp;#039;accompagnement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Documents inhérents aux marchés publics (règlement de
+la consultation, cahier des charges, cahier des clauses
+administratives particulières, acte d&amp;#039;engagement...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Equipement public
+Logement et habitat
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saisine officielle de l&amp;#039;exécutif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs et études
+diverses relatifs au projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb7e-passer-un-marche-public-en-vue-de-la-realisat/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:34" customHeight="0">
+      <c r="A33" s="1">
+        <v>111628</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Investir en milieu rural</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Contrats</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>30% maximum du coût d'opération</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrat rural de 3 ans : aide aux travaux d&amp;#039;investissement, cofinancement par le Département de l&amp;#039;Essonne et la Région Ile-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Cofinancement de 30% maximum du coût d&amp;#039;opération par le Département de l&amp;#039;Essonne, en complément de la Région Ile-de-France (40%) ; 30% du coût d&amp;#039;opération doit rester à la charge du bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Plafonds de dépenses HT subventionnables :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   communes de moins de 2.000 habitants : 370 000 €,
+  &lt;/li&gt;
+  &lt;li&gt;
+   syndicats de moins de 3.000 habitants et communes nouvelles : 770 000 €.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Délibération n°2016-04-0055 (AD du 25/09/2017)
+</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants en Essonne, Syndicats intercommunaux de moins de 3.000 habitants en Essonne et Communes nouvelles créées après le 1er janvier 2016 en Essonne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement de la Région Ile-de-France (40%) ; 30% du coût d&amp;#039;opération doit rester à la charge du bénéficiaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0067-investir-en-milieu-rural/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB33" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase</t>
+        </is>
+      </c>
+      <c r="AC33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG33" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH33" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:34" customHeight="0">
+      <c r="A34" s="1">
+        <v>111629</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Investir sur le territoire de l'Intercommunalité</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Contrats</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>Aide selon critère démographique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrat de partenariat de 6 ans avec les intercommunalités ayant pour objectif le partage d&amp;#039;un diagnostic territorial reposant sur les enjeux des politiques publiques départementales et les projets de territoire des intercommunalités.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention mobilisable en une seule fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Critère de population prise en compte pour le calcul de la Dotation Globale de Fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-04-0055 (AD du 25/09/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Intercommunalités en Essonne.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc06-investir-sur-le-territoire-de-lintercommunali/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB34" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase</t>
+        </is>
+      </c>
+      <c r="AC34" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG34" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH34" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:34" customHeight="0">
+      <c r="A35" s="1">
+        <v>111630</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Investir sur le territoire de la Commune</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Partenariats avec les territoires : Contrats</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I35" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J35" s="1" t="inlineStr">
+        <is>
+          <t>Aide selon critère démographique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contrat de partenariat de 3 ans avec les Communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Aide cumulable avec les dispositifs politique de la ruralité et politique de la ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention mobilisable en une seule fois.
+&lt;/p&gt;
+&lt;p&gt;
+ Critère de population prise en compte pour le calcul de la Dotation Globale de Fonctionnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Communes de moins de 2.000 habitants : aide plafonnée à 111.000€ au titre d&amp;#039;un contrat rural ou d&amp;#039;un contrat de partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Délibération n°2016-04-0055 (AD du 25/09/2017)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Communes en Essonne.
+  &lt;/li&gt;
+  &lt;li&gt;
+   30% du coût d&amp;#039;opération doit rester à la charge du bénéficiaire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;animation territoriale, de l&amp;#039;attractivité et des contrats
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 60 91 97 02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>mpiegut@cd-essonne.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fc1-investir-sur-le-territoire-de-la-commune/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB35" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase</t>
+        </is>
+      </c>
+      <c r="AC35" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG35" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH35" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:34" customHeight="0">
+      <c r="A36" s="1">
+        <v>143296</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Prendre en compte les enjeux et exigences de la RE 2020 dans ses projets de construction neuve (Formation)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le respect des engagements de la France pris dans la lutte contre le changement climatique, récemment réaffirmés dans la loi Energie-Climat, suppose que la France atteigne la neutralité carbone en 2050. Dans cette optique, la RE 2020 remplace la RT 2012 à compter du 1er juillet 2021 pour un certain nombre de bâtiments. Les évolutions sont majeures et ont pour objectif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La baisse des consommations énergétiques des bâtiments neufs avec des évolutions importantes dans le calcul thermique réglementaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  La diminution de l&amp;#039;impact sur le climat grâce à la prise en compte des émissions de gaz à effet de serre sur l&amp;#039;ensemble du cycle de vie des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;adaptation aux changements climatiques avec une meilleure prise en compte du confort d&amp;#039;été
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;ajout d&amp;#039;un calcul d&amp;#039;analyse en cycle de vie est une nouveauté majeure qui nécessite pour les acteurs actuels le développement de nouvelles compétences.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de cette formation est de pouvoir prendre en compte les enjeux et les exigences de la RE 2020 dans ses projets de construction neuve :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être sensibilisé aux fondamentaux de la performance énergétique et environnementale (ACV)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comprendre l&amp;#039;origine et le contexte de la réglementation environnementale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les évolutions de la RE2020 par rapport à la RT 2012 : énergie carbone et confort d&amp;#039;été
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître et comprendre les nouveaux indicateurs clés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir des ordres de grandeur RE 2020.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Matin (9h30-12h30)
+&lt;/p&gt;
+&lt;p&gt;
+ 9h30 - Contexte, enjeux et présentation générale de la RE 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ 10h15 - Méthodes et exigences sur la performance énergétique et le confort d&amp;#039;été, et leviers d&amp;#039;amélioration.
+&lt;/p&gt;
+&lt;p&gt;
+ 11h30 - Méthode et exigences sur la performance environnementale et l&amp;#039;analyse de cycle de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ 12h30 Déjeuner
+&lt;/p&gt;
+&lt;p&gt;
+ Après-midi (14h-17h30)
+&lt;/p&gt;
+&lt;p&gt;
+ 14h00 - Retours d&amp;#039;expérience et enseignements
+&lt;/p&gt;
+&lt;p&gt;
+ 15h15 - Eléments pratiques pour mener à bien un projet à haute performance environnementale
+&lt;/p&gt;
+&lt;p&gt;
+ 17h00 - Echanges et évaluation
+&lt;/p&gt;
+&lt;p&gt;
+ 17h30 - Fin de la journée.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Présentation et retours d&amp;#039;expériences
+ &lt;/li&gt;
+ &lt;li&gt;
+  Séquences participatives.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;évaluation
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en œuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité de nos formations aux personnes en situation de handicap
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations. Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Délais d&amp;#039;accès
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Frais d&amp;#039;inscription
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 500€ HT par stagiaire (TVA à 0%)
+&lt;/p&gt;
+&lt;p&gt;
+ Déjeuner inclus
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Public : L&amp;#039;offre de formation s&amp;#039;adresse aux maîtres d&amp;#039;ouvrage, constructeurs et promoteurs, architectes, économistes du bâtiment et bureaux d&amp;#039;études, souhaitant s&amp;#039;acculturer avec les fondamentaux de la RE 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Aucun pré-requis nécessaire pour cette formation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-reglementation-environnementale-2020</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2add-prendre-en-compte-les-enjeux-et-exigences-de-/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB36" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Création d’une bibliothèque municipale</t>
+        </is>
+      </c>
+      <c r="AC36" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE36" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG36" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH36" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:34" customHeight="0">
+      <c r="A37" s="1">
+        <v>139432</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement en AMO ainsi que d'assistances et conseils techniques et administratifs</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>AMO en espaces publics, bâtiments, eau et assainissement, ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Aude (ATD 11)</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence Technique Départementale de l&amp;#039;Aude, Établissement Public Administratif géré de manière paritaire par les élus représentants du Conseil départemental et des collectivités locales.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations de l&amp;#039;ATD11 relèvent de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;Assistance à Maîtrise d&amp;#039;Ouvrage (AMO) pour des opérations d&amp;#039;aménagements d&amp;#039;espaces publics, de voirie (yc ouvrages d&amp;#039;art), bâtiments publics, eau et assainissement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Maîtrise d&amp;#039;Œuvre (MOE) exclusivement pour les ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils techniques et juridiques
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez trouver des exemples de réalisations en allant sur notre site internet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://atd11.aude.fr/nos-realisations" target="_self"&gt;
+  https://atd11.aude.fr/nos-realisations
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Espaces verts
+Espace public
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD11
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://atd11.aude.fr/</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://atd11.aude.fr/contacter</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;atd11.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>laurent.naudy@atd11.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0869-test/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB37" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC37" s="1" t="inlineStr">
+        <is>
+          <t>ATD11</t>
+        </is>
+      </c>
+      <c r="AE37" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG37" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH37" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:34" customHeight="0">
+      <c r="A38" s="1">
+        <v>74156</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage sur vos projets d'espaces publics et de bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
-[...24 lines deleted...]
-Economie d'énergie et rénovation énergétique
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ATD16 est
+ &lt;strong&gt;
+  assistante à maîtrise d&amp;#039;ouvrage en espaces publics et bâtiments publics
+ &lt;/strong&gt;
+ . Les chargés d&amp;#039;opération se déplacent sur le terrain avec vous et avec les partenaires que vous souhaitez associer, pour vous proposer une étude de
+ &lt;strong&gt;
+  faisabilité
+ &lt;/strong&gt;
+ du projet, une
+ &lt;strong&gt;
+  estimation
+ &lt;/strong&gt;
+ des coûts prévisionnels et les dispositifs de
+ &lt;strong&gt;
+  financements activables
+ &lt;/strong&gt;
+ (subventions, FCTVA).
+&lt;/p&gt;
+&lt;p&gt;
+ Après validation de la phase faisabilité, l&amp;#039;ATD16 vous aidera pour recruter votre futur maître d&amp;#039;œuvre en vous proposant la
+ &lt;strong&gt;
+  rédaction de vos documents de consultation
+ &lt;/strong&gt;
+ et en vous assistant pour l&amp;#039;analyse des offres.
+ L&amp;#039;agence peut aller au-delà en faisant un
+ &lt;strong&gt;
+  suivi d&amp;#039;opérations
+ &lt;/strong&gt;
+ de votre maîtrise d&amp;#039;œuvre recrutée.
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de voirie, vous pouvez bénéficier d&amp;#039;une estimation de vos travaux d&amp;#039;
+ &lt;strong&gt;
+  entretien de voirie communale
+ &lt;/strong&gt;
+ ainsi que des priorités à engager.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement de bourg
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de sécurité sur route départementale et mobilité douce
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cimetière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lotissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;une ancienne mairie en logement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une maison de santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un espace France Service
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation d&amp;#039;une salle des fêtes
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Entretien de la voirie communale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Suivi d&amp;#039;opérations - veille au respect de l&amp;#039;acte d&amp;#039;engagement, supervision des marchés de travaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique de bâtiments
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale de Charente.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet Assistance à Maîtrise d&amp;#039;Ouvrage.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  ATD16 -
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ronan Mévellec - Directeur
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dfd6-beneficier-dune-assistance-a-maitrise-douvrag/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB38" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’une école
+Gestion d'une base nautique
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AE38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG38" s="1" t="inlineStr">
+        <is>
+          <t>14/01/2021</t>
+        </is>
+      </c>
+      <c r="AH38" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:34" customHeight="0">
+      <c r="A39" s="1">
+        <v>36013</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une ingénierie technique et méthodologique pour engager des projets</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>Finistère Ingénierie Assistance (FIA) - ATD</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ FINISTERE INGENIERIE ASSISTANCE (FIA) est un établissement public d&amp;#039;ingénierie locale créé dès 2014 à l&amp;#039;initiative du Conseil départemental afin de répondre à un enjeu de solidarité envers tous les territoires finistériens.
+&lt;/p&gt;
+&lt;p&gt;
+ En effet, il vise à mettre à disposition des collectivités souffrant d&amp;#039;un manque de moyens humains et d&amp;#039;expertise, un appui technique et méthodologique dans la conduite de leurs projets relevant des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  déplacements et usages de la voirie et des espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments et équipements,
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagement de l&amp;#039;espace et habitat,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dynamisation des centres-bourgs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  eau et assainissement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de FIA s&amp;#039;effectue en phase pré-opérationnelle, dès le lancement d&amp;#039;une réflexion autour d&amp;#039;un projet, et permet au maître d&amp;#039;ouvrage de bénéficier d&amp;#039;un accompagnement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  vérifier l&amp;#039;opportunité et la faisabilité de son projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mettre en cohérence le projet avec son environnement et le contexte local dans lequel il s&amp;#039;inscrit ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  définir et préciser sa commande à un maître d&amp;#039;œuvre s&amp;#039;il y a lieu ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  s&amp;#039;organiser en termes de conduite d&amp;#039;une opération ou d&amp;#039;une démarche globale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  identifier les sources de financement possibles du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La structure a vocation à réaliser pour ses adhérents toutes études, recherches, démarches permettant d&amp;#039;atteindre les objectifs précédemment définis. Elle est également chargée de mobiliser, le cas échéant, d&amp;#039;autres structures partenaires (CAUE, Finistère Habitat, services départementaux...), afin d&amp;#039;apporter à ses adhérents une complémentarité des expertises disponibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Revitalisation des centres-bourgs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation, extension ou construction de médiathèques, d&amp;#039;écoles, d&amp;#039;ateliers techniques municipaux, de locaux administratifs, de salles associatives, de maisons d&amp;#039;assistant.e.s maternel.les, de maisons de santé, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Requalification d&amp;#039;espaces publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de sécurité sur voirie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de cheminements doux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la consultation pour des études technico-économiques, des schémas directeurs ou de la maîtrise d&amp;#039;œuvre en eau potable, eaux pluviales et assainissement
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Appui méthodologique
+Transports collectifs et optimisation des trafics routiers
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Finistère</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>http://finistere-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Christelle PAUL, assistante administrative, juridique et financière - Tél : 02 98 76 53 90 ; christelle.paul&amp;#64;finistere-ingenierie.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Séverine FOSSEY, directrice - Tél : 02 98 76 53 91 ; severine.fossey&amp;#64;finistere-ingenierie.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>severine.fossey@finistere-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fc53-ingenierie-strategique-et-assistance-techniqu/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB39" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC39" s="1" t="inlineStr">
+        <is>
+          <t>Finistère Ingénierie Assistance</t>
+        </is>
+      </c>
+      <c r="AE39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG39" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2020</t>
+        </is>
+      </c>
+      <c r="AH39" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:34" customHeight="0">
+      <c r="A40" s="1">
+        <v>144519</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des collectivités landaises</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds d&amp;#039;Equipement des Communes (FEC) est destiné à aider les Communes ou les Etablissements Publics de Coopération Intercommunale sous forme d&amp;#039;attribution en capital pour des dépenses d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf.descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Equipement public
+Bâtiments et construction
+Architecture</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le FEC est réparti par le Conseil départemental, entre les cantons, ainsi qu&amp;#039;il suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25 % pour une attribution forfaitaire qui prend en compte le nombre d&amp;#039;anciens cantons réunis dans le nouveau canton, multiplié par la répartition forfaitaire divisée par 30,
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 % au prorata de la population,
+ &lt;/li&gt;
+ &lt;li&gt;
+  45 % au prorata du nombre des communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  10 % au prorata de l&amp;#039;inverse du potentiel fiscal.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toutefois, la dotation cantonale ne pourra être :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  supérieure à un plafond multiplié par le nombre de communes (année 2023 : 6 413 €)
+ &lt;/li&gt;
+ &lt;li&gt;
+  inférieure à un plancher multiplié par le nombre de communes (année 2023 : 3 944 €)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le plancher et le plafond seront révisés chaque année lors de la réunion consacrée à l&amp;#039;examen du Budget Primitif.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour la population, les chiffres à prendre en compte sont ceux de l&amp;#039;I.N.S.E.E. à la suite du dernier recensement et des recensements complémentaires intervenus depuis (population totale sans double compte dans la population comptée à part).
+&lt;/p&gt;
+&lt;p&gt;
+ Les réunions cantonales des Maires présidées par les deux Conseillers départementaux, permettent de procéder librement à la répartition de la dotation cantonale.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas où les Conseillers départementaux seraient également Maires, ils sont remplacés, en cette dernière qualité, lors de la réunion des Maires, par leurs délégués.
+&lt;/p&gt;
+&lt;p&gt;
+ Sauf dérogation exceptionnelle accordée en réunion cantonales des Maires, la décision d&amp;#039;attribution de subvention doit être préalable à tout commencement d&amp;#039;exécution des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Les propositions cantonales sont soumises pour approbation à la Commission Permanente du Conseil départemental et font l&amp;#039;objet d&amp;#039;un arrêté attributif de M. le Président du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Sur délibération de la Commission Permanente du Conseil départemental, seuls peuvent faire l&amp;#039;objet d&amp;#039;un report aux Communes du canton sur la dotation cantonale de l&amp;#039;exercice suivant :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les reliquats éventuels de crédits non répartis à l&amp;#039;intérieur du canton,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les soldes d&amp;#039;opérations terminées pour lesquelles le montant des travaux aurait été inférieur au montant prévu.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les subventions non utilisées par une collectivité ne peuvent faire l&amp;#039;objet d&amp;#039;un report aux Communes du canton sur la dotation de l&amp;#039;exercice suivant mais peuvent être affectées à un projet de substitution en accord avec les deux Conseillers départementaux du canton concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier de demande de subvention, déposé auprès de M. le Président du Conseil départemental, comprend :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération de la collectivité concernée,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un dossier technique comprenant un descriptif du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  un devis estimatif du coût du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Le versement de la subvention interviendra sur présentation d&amp;#039;une attestation du Maire de la Commune ou du Président de l&amp;#039;Etablissement Public de Coopération Intercommunale justifiant la réalisation de l&amp;#039;investissement.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Possibilité est donnée de percevoir 50 % sur présentation de l&amp;#039;ordre de service d&amp;#039;exécuter les travaux ou sur présentation de l&amp;#039;attestation de commencement des travaux délivrée par le Maire ou le Président de l&amp;#039;E.P.C.I.
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention devra intervenir dans un délai de deux ans à compter de la date de l&amp;#039;arrêté attributif de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  cf.descriptif complet sur le guide des aides sur landes.fr
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=123</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:environnement&amp;#64;landes.fr" target="_self"&gt;
+  environnement&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f845-fonds-dequipement-des-communes/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB40" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG40" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH40" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:34" customHeight="0">
+      <c r="A41" s="1">
+        <v>143350</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour définir et lancer un projet de construction, de réhabilitation, d'extension d'équipements publics</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'ingénierie des territoires de Haute-Loire (Ingé43)</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Agence d&amp;#039;Ingénierie des territoires de Haute-Loire peut être sollicitée  en matière de projet de construction, réhabilitation, d&amp;#039;extension d&amp;#039;équipements publics  (mairie, établissements d&amp;#039;enseignements ou périscolaires, équipements sportifs et culturels, équipements touristiques, aire de covoiturage etc...) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour donner des conseils de 1er niveau
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une expertise ciblée (assistance à maîtrise d&amp;#039;ouvrage partielle)
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour une assistance à maîtrise d&amp;#039;ouvrage globale afin d&amp;#039;aider la collectivité à répondre à ses prérogatives de maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil de 1er niveau (administratifs, réglementaires et techniques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition du projet (définition du besoin, faisabilité, recherche de financement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage  (définition du besoin, faisabilité,  scénarios d&amp;#039;aménagement, appui à la consultation des prestataires..) pour la réalisation du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O41" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
-[...5 lines deleted...]
- Etre adhérent à l&amp;#039;ATD 88
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de bénéficier des conseils et de l&amp;#039;accompagnement d&amp;#039;Ingé43, les communes, les établissements publics de coopération intercommunale et les syndicats mixtes fermés ayant leur siège sur le territoire de la Haute-Loire doivent adhérer à l&amp;#039;Agence.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion ouvre droit au catalogue d&amp;#039;offres de service décliné entre prestations gratuites et interventions payantes selon le domaine d&amp;#039;intervention.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S41" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
-[...18 lines deleted...]
- Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>http://www.inge43.fr</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:contact&amp;#64;inge43.fr" target="_self"&gt;
+  contact&amp;#64;inge43.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04 71 07 41 71
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>contact@inge43.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0423-beneficier-dun-accompagnement-pour-definir-et/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB41" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Création d’une bibliothèque municipale
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC41" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'Ingénierie des territoires de Haute-Loire</t>
+        </is>
+      </c>
+      <c r="AE41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG41" s="1" t="inlineStr">
+        <is>
+          <t>14/06/2023</t>
+        </is>
+      </c>
+      <c r="AH41" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="42" spans="1:34" customHeight="0">
+      <c r="A42" s="1">
+        <v>116416</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Utiliser le bois local dans les projets de rénovation et constructions (LEADER / Fiche action 4)</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>APPEL A PORTEURS DE PROJETS / GAL PAYS D'EPINAL COEUR DES VOSGES - Réouverture de la programmation LEADER 2014-2022</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Pays d'Épinal Cœur des Vosges (PETR/GAL)</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Compte-tenu de l&amp;#039;enveloppe restant à engager à ce jour, le GAL du Pays d&amp;#039;Epinal Cœur des Vosges dispose d&amp;#039;une enveloppe budgétaire de 965 227,72 € à répartir entre les projets sélectionnés.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets déposés devront relever des thématiques
+ sur l&amp;#039;accompagnement et l&amp;#039;utilisation du bois local dans les projets de rénovation et construction à des fins économiques, touristiques et culturelles &amp;#61; FICHE ACTION 4.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Soutien à la construction et/ou la rénovation de bâtiments publics et privés ayant recours au matériau bois dans une optique de promotion d&amp;#039;une identité architecturale (actions d&amp;#039;animations visant à développer les échanges entre les différents acteurs locaux du bâtiment; études visant à renforcer l&amp;#039;utilisation des bois locaux dans ce type de bâtiments; utilisation du bois local dans les aménagements intérieurs de bâtiments, mobilier extérieur s&amp;#039;inscrivant dans un projet à vocation administrative, économique, touristique, culturelle; action de communication et de promotion de la forêt et de l&amp;#039;utilisation des bois extraits sur les projets réalisés.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Promotion de la fonction « loisirs » de la forêt, à travers l&amp;#039;organisation de manifestations « tout public » sensibilisant aux différentes fonctions de la forêt
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Economie d'énergie et rénovation énergétique
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Bâtiments et construction
+Réhabilitation
+Attractivité économique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier du financement au titre de la
+ &lt;strong&gt;
+  FICHE ACTION 4 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales et leurs groupements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autres personnes morales de droit public (Groupement d&amp;#039;Intérêt Public et Société d&amp;#039;Économie Mixte)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations (loi 1901 et 1908) et leurs fédérations
+ &lt;/li&gt;
+ &lt;li&gt;
+  PME / TPE / Micro-entreprises au sens communautaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tous types d&amp;#039;établissements publics, notamment EPIC locaux et nationaux,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Chambres consulaires,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Particuliers disposant d&amp;#039;un numéro SIRET
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agriculteurs : Exploitants à titre principal ou secondaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Conditions requises :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les opérations sont réalisées sur le territoire du GAL. Par dérogation, les opérations pourront être réalisées en dehors du territoire du GAL, à condition que l&amp;#039;opération bénéficie à la zone couverte par le GAL, dans le respect de l&amp;#039;article 70 paragraphe 2 du règlement (UE) n°1303/2013.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le porteur devra présenter un budget de fonctionnement prévisionnel sur 3 années, couplé à l&amp;#039;identification des moyens humains mobilisés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays d'Epinal, Cœur des Vosges</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://gal-pays-epinal.jimdofree.com/actualites/</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ GAL du Pays d&amp;#039;Épinal, Cœur des Vosges
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service Ingénierie
+ &lt;/li&gt;
+ &lt;li&gt;
+  4 Avenue de la République Le port du canal 88000 EPINAL
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+ &lt;li&gt;
+  leader&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ludmilla HELLOT,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  lhellot&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 26 76
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ou
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cécile PIERRE,
+ chargée de mission LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  cpierre&amp;#64;pays-epinal.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  03 29 37 54 96
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>contact@pays-epinal.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/837a-accompagner-les-changements-de-pratiques-pour/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB42" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Gestion d'une base nautique
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC42" s="1" t="inlineStr">
+        <is>
+          <t>PETR Pays d'Epinal Coeur des Vosges</t>
+        </is>
+      </c>
+      <c r="AD42" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG42" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2022</t>
+        </is>
+      </c>
+      <c r="AH42" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:34" customHeight="0">
+      <c r="A43" s="1">
+        <v>100679</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Apporter une ingénierie publique et une aide à la décision</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement et ingénierie publique</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale : Cantal Ingénierie &amp; Territoires – CIT (ATD)</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au sens de l&amp;#039;article L 5511-1 du Code général des collectivités territoriales,
+ &lt;strong&gt;
+  Cantal Ingénierie &amp;amp; Territoires
+ &lt;/strong&gt;
+ est un établissement public dénommé agence départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est chargée d&amp;#039;apporter, aux collectivités territoriales et aux établissements publics intercommunaux du département qui le demandent, une assistance d&amp;#039;ordre technique, juridique ou financier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une assistance à toutes les étapes du projet :
+&lt;/p&gt;
+&lt;p&gt;
+ - dès la définition du besoin à la réalisation des travaux,
+&lt;/p&gt;
+&lt;p&gt;
+ - pour une simple expertise, de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage ou en maitrise d&amp;#039;oeuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce périmètre d&amp;#039;intervention est évolutif et s&amp;#039;adapte aux besoins des adhérents, notamment :
+&lt;/p&gt;
+&lt;p&gt;
+ • Assistance et conseils juridiques et administratifs dans les domaines liés à la gestion locale;
+&lt;/p&gt;
+&lt;p&gt;
+ • Accompagnement de projets et aide à la programmation ;
+&lt;/p&gt;
+&lt;p&gt;
+ • Eau et Assainissement : Assistance à maîtrise d&amp;#039;ouvrage;
+&lt;/p&gt;
+&lt;p&gt;
+ • Voirie, ouvrages d&amp;#039;art et réseaux divers : Assistance à maitrise d&amp;#039;ouvrage et maitrise d&amp;#039;œuvre;
+&lt;/p&gt;
+&lt;p&gt;
+ • Patrimoine bâti, Espaces publics et Tourisme;
+&lt;/p&gt;
+&lt;p&gt;
+ • Numérique et E administration : dématérialisation, développement du numérique éducatif dans les écoles;
+&lt;/p&gt;
+&lt;p&gt;
+ • RGPD – DPO.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Tourisme
+Espace public
+Voirie et réseaux
+Technologies numériques et numérisation
+Bâtiments et construction
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre membre de CIT  (l&amp;#039;ensemble des communes, établissements publics de coopération intercommunale (EPCI) et autres
+ organismes de coopération locale ayant leur siège dans le Département peuvent adhérer).
+ &lt;/li&gt;
+ &lt;li&gt;
+  S&amp;#039;acquitter d&amp;#039;une cotisation annuelle forfaitaire (par
+ habitant ou suivant le budget). Celle- ci ouvre droit à un panel de services gratuits (conseil juridique
+ et administratif, utilisation de la plateforme de dématérialisation, d&amp;#039;une salle virtuelle de visioconférence,
+ de l&amp;#039;ENT pour les écoles primaires...). L&amp;#039;accès aux autres prestations est facturé en supplément.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Cantal</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>http://www.ingenierie-et-territoires.cantal.fr</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cantal Ingénierie &amp;amp; Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ 15 000 AURILLAC
+&lt;/p&gt;
+&lt;p&gt;
+ 04 71 45 27 27
+&lt;/p&gt;
+&lt;p&gt;
+ cit&amp;#64;cantal.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>cit@cantal.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c6c-les-missions-et-le-perimetre-dintervention-de/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB43" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Gestion d'une base nautique
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC43" s="1" t="inlineStr">
+        <is>
+          <t>Cantal Ingénierie &amp; Territoires</t>
+        </is>
+      </c>
+      <c r="AE43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG43" s="1" t="inlineStr">
+        <is>
+          <t>16/08/2021</t>
+        </is>
+      </c>
+      <c r="AH43" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:34" customHeight="0">
+      <c r="A44" s="1">
+        <v>121339</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les opérations favorisant le développement local dans l'Oise - FNADT</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Fonds national d'aménagement et de développement du territoire</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de région — Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif du fonds national d&amp;#039;aménagement et de développement du territoire (FNADT) est de soutenir des opérations favorisant le développement local, notamment dans les territoires les plus en difficulté, cumulant les handicaps économiques et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le FNADT participe au financement, en investissement comme en fonctionnement, des opérations faisant l&amp;#039;objet d&amp;#039;une contractualisation (CPER et CRTE notamment) entre l&amp;#039;État et une ou plusieurs collectivités territoriales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Accès aux services
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Equipement public
+Bâtiments et construction
+Emploi
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les champs d&amp;#039;intervention privilégiés du FNADT sont :
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions en faveur de l&amp;#039;emploi, en particulier celles qui favorisent les démarches de
+ &lt;br /&gt;
+ développement local intégré, contribuent à l&amp;#039;organisation de systèmes productifs locaux, soutiennent la création de nouvelles activités et de nouveaux services d&amp;#039;appui à l&amp;#039;économie locale et aux besoins de proximité, en particulier grâce à l&amp;#039;utilisation des technologies de l&amp;#039;information et de la communication.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions qui concourent à accroître l&amp;#039;attractivité des territoires, au travers des programmes ayant pour objet d&amp;#039;assurer une meilleure préservation des milieux naturels et des ressources, ou de favoriser la mise en valeur du patrimoine naturel, social ou culturel, et au travers des grands équipements et des actions permettant d&amp;#039;améliorer les services rendus aux populations et aux entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ • Les actions présentant un caractère innovant ou expérimental dans le domaine de
+ &lt;br /&gt;
+ l&amp;#039;aménagement et du développement durable.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.gouv.fr/Politiques-publiques/Collectivites-territoriales/Concours-financiers-de-l-Etat-subventions-et-dotations/Fonds-national-d-amenagement-et-de-developpement-du-territoire-FNADT</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/oise-demande-subvention-fnadt-2023</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La campagne de dépôt des demandes de subvention au titre du FNADT pour l&amp;#039;exercice 2023 est ouverte depuis le mercredi 2 novembre 2022. Elle s&amp;#039;achèvera le mardi 31 janvier 2023 (à 23 h 59, heure de Paris).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les demandes de subvention doivent être formulées en ligne sur la plateforme « Démarches simplifiées ». Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour toute information complémentaire sur les concours financiers de l&amp;#039;État à destination des collectivités locales, vous pouvez consulter la page dédiée du site internet de la préfecture de l&amp;#039;Oise. Lien ci-dessous.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Vous y retrouverez notamment l&amp;#039;appel à projets pour l&amp;#039;exercice 2023, ainsi que le guide d&amp;#039;ingénierie financière à destination des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vos interlocuteurs des services de la préfecture restent à votre disposition pour toute demande complémentaire :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Beauvais :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Anne-Laure FERRY : 03 44 06 12 63 /
+ &lt;a href="mailto:anne-laure.ferry&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  anne-laure.ferry&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Clermont :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Véronique FORESTIER : 03 44 06 13 89 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Mme Nadine WASSEN : 03 44 06 13 96 /
+ &lt;a href="mailto:sp-clermont-collectivites&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-clermont-collectivites&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Compiègne :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Charline KOPMELS : 03 44 06 74 29 /
+ &lt;a href="mailto:charline.kopmels&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  charline.kopmels&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour une collectivité de l&amp;#039;arrondissement de Senlis :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mme Corinne MERESSE : 03 44 06 85 65 /
+ &lt;a href="mailto:corinne.meresse&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  corinne.meresse&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Boite fonctionnelle :
+ &lt;a href="mailto:sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr" rel="noopener" target="_blank"&gt;
+  sp-senlis-collectivites-territoriales&amp;#64;oise.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>lucille.dechaize@oise.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ec42-soutenir-les-operations-favorisant-le-develop/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB44" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Gestion d'une base nautique
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC44" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Oise / Bureau des concours financiers et du contrôle budgétaire</t>
+        </is>
+      </c>
+      <c r="AE44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG44" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2022</t>
+        </is>
+      </c>
+      <c r="AH44" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:34" customHeight="0">
+      <c r="A45" s="1">
+        <v>128964</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un avis technique sur un ouvrage ou une construction</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
-[...23 lines deleted...]
-          <t>Sols
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;une analyse technique d&amp;#039;un bâti existant
+dans la perspective de sa réutilisation ou de sa
+réhabilitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obtenir l&amp;#039;examen des désordres ou sinistres d&amp;#039;une
+construction ainsi que les pistes opérationnelles de
+réparation (préconisations, estimation prévisionnelle
+du coût,...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet de Gironde
+Ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconnaissance des lieux et inspections visuelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour les projets et travaux en
+découlant
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Fiche d&amp;#039;analyse et de faisabilité opérationnelle
+comprenant, le cas échéant :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des éléments de diagnostic ou une analyse technique
+de la problématique avec des propositions
+  &lt;/li&gt;
+  &lt;li&gt;
+   des éléments de compréhension et/ou de
+programmation du projet, le cas échéant
+  &lt;/li&gt;
+  &lt;li&gt;
+   une synthèse du déroulement de l&amp;#039;opération avec
+indication des procédures de marché public
+  &lt;/li&gt;
+  &lt;li&gt;
+   une estimation prévisionnelle sommaire des coûts
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents techniques relatifs au projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edea-obtenir-un-avis-technique-sur-un-ouvrage-ou-u/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB45" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Entretien des ponts
+Gestion d'une base nautique
+Réfection/aménagement de la voirie
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC45" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG45" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH45" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:34" customHeight="0">
+      <c r="A46" s="1">
+        <v>126142</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités porteuses d'un projet au rayonnement intercommunal, contribuant au développement et à l’attractivité du territoire ligérien</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Politique de coopération territorialeContrats négociés Département &amp; EPCI</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soucieux d&amp;#039;accompagner les intercommunalités porteuses de projets contribuant au développement et à l&amp;#039;attractivité du territoire ligérien, le Département s&amp;#039;engage dans le cadre d&amp;#039;une contractualisation pluriannuelle, auprès de tous les EPCI sur la période 2023-2027.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets retenus seront en cohérence avec les politiques et compétences départementales.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
 Mobilité pour tous
-Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
 Réduction de l'empreinte carbone
-Cimetières et funéraire</t>
-[...2 lines deleted...]
-      <c r="O32" s="1" t="inlineStr">
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  EPCI et/ou communes de la Loire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets portés par les communes doivent avoir un rayonnement intercommunal.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W46" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfa6-accompagner-les-intercommunalites-porteuses-d/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB46" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football</t>
+        </is>
+      </c>
+      <c r="AC46" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG46" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH46" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G33" s="1" t="inlineStr">
+    <row r="47" spans="1:34" customHeight="0">
+      <c r="A47" s="1">
+        <v>119941</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans vos projets de construction et rénovation de bâtiments</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement de collectivité</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
-[...64 lines deleted...]
-      <c r="T33" s="1" t="inlineStr">
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ASDER est un acteur majeur de la transition énergétique en Savoie depuis plus de 40 ans. Nous accompagnons les communes et territoires dans leur politique de transition énergétique, notre spécialité étant l&amp;#039;énergie.
+ &lt;br /&gt;
+ L&amp;#039;ASDER peut vous accompagner du début à la fin de votre projet ou intervenir ponctuellement pour vous apporter des conseils sur le volet énergétique.
+ &lt;br /&gt;
+ Nous visitons le bâtiment et vous faisons un pré-diagnostic et des préconisations d&amp;#039;amélioration.
+ &lt;br /&gt;
+ Si vous décidez de lancer le projet nous sommes à vos côtés pour vous conseiller sur les choix les plus à même d&amp;#039;assurer la qualité environnementale du projet.
+ &lt;br /&gt;
+ Nous pouvons, avec vous, analyser les propositions qui vous sont faites, vous proposer une grille d&amp;#039;analyse pour faire ressortir les éléments essentiels pour réaliser un projet efficace et respectueux de l&amp;#039;environnement.
+ &lt;br /&gt;
+ L&amp;#039;objectif de notre accompagnement est de vous amener vers un projet le plus vertueux possible, avantageux pour la maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous avons accompagné plusieurs communes pour la rénovation de leur école, dans une réflexion très en amont avec le CAUE de la Savoie (pré-diagnostic ; pré-programme). Nous accompagnons les maîtres d&amp;#039;ouvrage tout au long des projets, ce qui nous permet d&amp;#039;avoir une bonne expérience.
+ &lt;br /&gt;
+ Nous intervenons régulièrement pour les communes, sur tout type de bâtiments (mairie ; école ; salle polyvalente ; logements communaux ; ...) et à différents stades de leurs projets de patrimoine (programme, pré-diagnostic, consultations des entreprises, suivi des installations, ...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes communes et EPCI de Savoie sont éligibles.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Christian Fleury - Responsable du pôle collectivités et territoires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a rel="noopener" target="_blank"&gt;
+  christian.fleury&amp;#64;asder.asso.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 04 79 85 88 50
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e84c-etre-accompagner-dans-vos-projets-de-construc/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB47" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Gestion d'une base nautique
+Isolation du bâtiment
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC47" s="1" t="inlineStr">
+        <is>
+          <t>ASDER - Association Savoyarde pour le Développement des Energies Renouvelables</t>
+        </is>
+      </c>
+      <c r="AE47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG47" s="1" t="inlineStr">
+        <is>
+          <t>01/08/2022</t>
+        </is>
+      </c>
+      <c r="AH47" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G34" s="1" t="inlineStr">
+    <row r="48" spans="1:34" customHeight="0">
+      <c r="A48" s="1">
+        <v>157097</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance à maîtrise d'ouvrage sur vos projets de rénovation ou construction de bâtiments</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>MATEC (ATD 57 Moselle)</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...26 lines deleted...]
-          <t>Sols
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Moselle Agence Technique est une agence technique départementale, dont l&amp;#039;objectif est d&amp;#039;apporter à l&amp;#039;ensemble des collectivités et EPCI de Moselle, une assistance technique de l&amp;#039;ordre de l&amp;#039;ingénierie publique, mais aussi de l&amp;#039;ordre administrative et juridique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les prestations du pôle Bâtiment à MATEC, relèvent du conseil et de l&amp;#039;aide à la décision, mais aussi de l&amp;#039;assistance à maitrise d&amp;#039;ouvrage (AMO) pour le montage des marchés.
+ &lt;br /&gt;
+ -    Réalisation d&amp;#039;études de faisabilité permettant un cadrage technique et financier des projets :
+ &lt;br /&gt;
+ o    Approche architecturale du projet,
+ &lt;br /&gt;
+ o    Détermination des mises en conformité et de l&amp;#039;accessibilité des bâtiments.
+ &lt;br /&gt;
+ o    Conseil concernant la rénovation énergétique des bâtiments, en lien avec le pôle Eau Energie et Environnement de MATEC,
+ &lt;br /&gt;
+ o    Conseil sur la requalification du patrimoine communal.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ -    Assistance Maitrise d&amp;#039;Ouvrage :
+ &lt;br /&gt;
+ o    Rédaction des programmes d&amp;#039;opération, permettant de définir les besoins, les montants de travaux, les contraintes techniques qui s&amp;#039;imposeront au maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Conseil et aide à la consultation en vue du recrutement d&amp;#039;un maitre d&amp;#039;œuvre (rédaction de pièces administratives, assistance à l&amp;#039;organisation de la procédure et gestion de la consultation via une plateforme de dématérialisation).
+ &lt;br /&gt;
+ o    Analyse des candidatures et organisation des procédure de concours ou CAO en procédure adaptée.
+ &lt;br /&gt;
+ o    Analyse et accompagnement lors des études du maitre d&amp;#039;œuvre.
+ &lt;br /&gt;
+ o    Assistance et aide à la consultation pour les marchés de travaux (rédaction des pièces administratives, gestion de la consultation, avis sur analyse du maitre d&amp;#039;œuvre, aide à la notification).
+ &lt;br /&gt;
+ MATEC reste présente aux côtés des collectivités pour permettre une sécurisation de l&amp;#039;ensemble des procédures de marchés, pour analyser les différentes études lors de réunions de travail, mais aussi pour les conseiller tout au long de leur projet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Rénovation ou construction de bâtiment communaux : Mairie, ateliers municipaux, écoles, périscolaire, salle communale, complexe sportif...
+ &lt;br /&gt;
+ •    Rénovation thermique des bâtiments
+ &lt;br /&gt;
+ •    Extension de bâtiment communaux ;
+ &lt;br /&gt;
+ •    Mise en conformité et accessibilité des ERP ;
+ &lt;br /&gt;
+ •    Restructuration/revalorisation du patrimoine communal : presbytère, ancienne école, ancienne mairie...
+ &lt;br /&gt;
+ •    Construction de bâtiments d&amp;#039;intérêt public : MSP, MAM, salle intergénérationnelle...
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •    Être une collectivité locale ou un EPCI de Moselle.
+ &lt;br /&gt;
+ •    Être adhérent à MATEC.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Moselle</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.matec57.fr/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez échanger pour obtenir plus d&amp;#039;informations sur nos services ou nos interventions, n&amp;#039;hésitez pas à nous contacter directement, par mail ou téléphone :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •    A
+ &lt;a target="_self"&gt;
+  contact&amp;#64;matec57.fr
+ &lt;/a&gt;
+ en exposant brièvement votre projet ainsi que votre besoin.
+ &lt;br /&gt;
+ •    Au 03.55.94.18.11
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ 17 Quai Paul Wiltzer
+ &lt;br /&gt;
+ 57000 METZ
+ &lt;br /&gt;
+ Horaires d&amp;#039;ouverture :
+ &lt;br /&gt;
+ Du lundi au vendredi de 8h30 à 12h00 et de 13h30 à 17h00.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>cyril.gillerat@matec57.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fa06-beneficier-dune-assistance-a-maitrise-douvrag/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB48" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Isolation du bâtiment
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC48" s="1" t="inlineStr">
+        <is>
+          <t>MATEC</t>
+        </is>
+      </c>
+      <c r="AE48" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG48" s="1" t="inlineStr">
+        <is>
+          <t>20/12/2023</t>
+        </is>
+      </c>
+      <c r="AH48" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:34" customHeight="0">
+      <c r="A49" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB49" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une maison de santé
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC49" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale des Vosges</t>
+        </is>
+      </c>
+      <c r="AE49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG49" s="1" t="inlineStr">
+        <is>
+          <t>14/05/2024</t>
+        </is>
+      </c>
+      <c r="AH49" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:34" customHeight="0">
+      <c r="A50" s="1">
+        <v>138028</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement des communes - CAP43 Communes</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CAP43 Communes (soutien l'investissement des communes)</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Aide calculée selon la taille de la population municipale, sur la base de 5 tranches</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Fiche projet, délibération, devis
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ Appel à Projets Biannuels
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagements de bourgs, bâtiments communaux, voiries, routes, équipements scolaires, équipements d&amp;#039;accueil de la petite enfance, équipements enfance jeunesse, équipements culturels, équipements de loisirs, équipements sportifs, service aux habitants, acquisition de matériels, adressage...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Voirie et réseaux
+Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Éducation et Coopération
+&lt;/p&gt;
+&lt;p&gt;
+ Adrien Garcia
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:adrien.garcia&amp;#64;hauteloire.fr" target="_self"&gt;
+  adrien.garcia&amp;#64;hauteloire.fr
+ &lt;/a&gt;&lt;/p&gt;&lt;p&gt;
+ Téléphone : 04.71.07.43.86
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d15c-soutenir-linvestissement-des-communes/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB50" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Gestion d'une base nautique
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC50" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG50" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="AH50" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:34" customHeight="0">
+      <c r="A51" s="1">
+        <v>116474</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les petites communes rurales du Calvados</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Aides aux petites communes rurales (APCR et APCR+)</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable en fonction de la nature  du projet</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;APCR (Aide aux petites communes rurales) est depuis cinquante ans le principal mode d&amp;#039;accompagnement des communes rurales du Calvados pour le financement de leurs projets d&amp;#039;investissement. Le Département du Calvados a souhaité réformer ce dispositif en 2022, en créant l&amp;#039;APCR&amp;#43;, afin de répondre au mieux aux besoins des communes rurales et notamment aux pôles de proximité qui portent des charges de centralité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « classique » (APCR) : communes rurales du Calvados
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aides aux petites communes rurales « &amp;#43; » (APCR &amp;#43;) : communes pôles de proximité du Calvados
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Trois natures de travaux éligibles à l&amp;#039;APCR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dossier général : bâtiments communaux, cadre de vie et aménagement urbain ; taux d&amp;#039;intervention de 50%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier rénovation énergétique : travaux permettant une amélioration de 40% minimum de la performance énergétique ou l&amp;#039;atteinte de la classe C – audit énergétique obligatoire ; taux d&amp;#039;intervention de 70%*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier vélo : itinéraires cyclables, schémas cyclables et équipements cyclables; taux d&amp;#039;intervention de 50% à 60%*
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-dispositif-classique.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type de projets éligibles à l&amp;#039;APCR&amp;#43; :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de construction, rénovation de bâtiments publics et d&amp;#039;aménagement * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention variables en fonction des caractéristiques des projets (
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Calvados-2030-Guide-des-aides-du-Departement-du-Calvados.pdf" rel="noopener" target="_blank"&gt;
+   cf. guide des aides départementales
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * sous conditions à consulter dans le document «
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/APCR/Reglement-Aide-aux-petites-communes-rurales-APCR-plus.pdf" rel="noopener" target="_blank"&gt;
+  modalités APCR&amp;#43;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ »
+&lt;/p&gt;
+&lt;p&gt;
+ NB : tous les projets supérieurs à 100.000€ HT sont soumis à l&amp;#039;éco-conditionnalité des aides (éligibilité du projet à l&amp;#039;APCR, APCR&amp;#43; ou contrat de territoire sous réserve d&amp;#039;intégration du développement durable au sein du projet –
+ &lt;a href="https://www.calvados.fr/eco-conditionnalite-aides" rel="noopener" target="_blank"&gt;
+  consulter l&amp;#039;éco-conditionnalité réformée en 2022
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR classique
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs départementaux (amendes de police - en fonction du territoire-; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire) hormis les dispositifs APCR &amp;#43; et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de cumul possible entre deux dossiers APCR (ex : un dossier général de rénovation et un dossier rénovation énergétique sur un même projet) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les communes éligibles à l&amp;#039;APCR&amp;#43;
+  &lt;/strong&gt;
+  sont éligibles aux autres dispositifs thématiques départementaux (amendes de police – en fonction du territoire- ; patrimoine ; randonnée ; plantation de haies ; sites de nature ordinaire...) hormis les dispositifs APCR et contrats de territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépense minimum : 3.000€ HT ; pour un projet d&amp;#039;adressage la dépense minimum est de 1.000€ HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pas de possibilité de découper un projet par tranches annuelles ni de solliciter des subventions complémentaires mais possibilité de solliciter un contrat sur plusieurs années ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas où une collectivité ne mobiliserait pas l&amp;#039;ensemble de l&amp;#039;enveloppe annuelle, celle-ci ne pourra en aucun cas être reportée sur l&amp;#039;année suivante ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91.) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les demandes doivent parvenir complètes au Département, via le téléservice APCR : teleservices.calvados.fr,
+  &lt;strong&gt;
+   avant le 30 septembre de chaque année
+  &lt;/strong&gt;
+  , pour être instruites au titre de cette même année. Toute demande parvenue ou complétée après le 30 septembre, ne sera pas instruite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Aucune prorogation de ces délais ne pourra être accordée.
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-aux-petites-communes-rural.html</t>
+        </is>
+      </c>
+      <c r="W51" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr/login/?nonce=_9984C605F1E558E4C7B4347FF909F6DA&amp;next=/idp/saml2/continue%3Fnonce%3D_9984C605F1E558E4C7B4347FF909F6DA</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" target="_blank"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f28-accompagner-les-petites-communes-rurales/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB51" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Rénovation de l’éclairage public
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC51" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="AE51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG51" s="1" t="inlineStr">
+        <is>
+          <t>25/02/2022</t>
+        </is>
+      </c>
+      <c r="AH51" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:34" customHeight="0">
+      <c r="A52" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB52" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Gestion d'une base nautique
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC52" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG52" s="1" t="inlineStr">
+        <is>
+          <t>10/12/2020</t>
+        </is>
+      </c>
+      <c r="AH52" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:34" customHeight="0">
+      <c r="A53" s="1">
+        <v>152912</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Financer un projet d'investissement communal ou intercommunal</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>FACIL (Fonds d'aide aux communes et intercommunalités lot-et-garonnaises)</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I53" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 25</t>
+        </is>
+      </c>
+      <c r="J53" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Facil vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir les projets structurants des territoires dans le cadre de la revitalisation et maintien de la vitalité des centres bourgs ou de la transition écologique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets de dimension locale et les aménagements aux abords des routes départementales.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Tiers-lieux
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Architecture
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Inclusion numérique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O53" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et EPCI selon les conditions consultables en ligne sur le site web du Conseil départemental de Lot-et-Garonne.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S53" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T53" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U53" s="1" t="inlineStr">
+        <is>
+          <t>Lot-et-Garonne</t>
+        </is>
+      </c>
+      <c r="V53" s="1" t="inlineStr">
+        <is>
+          <t>http://www.lotetgaronne.fr</t>
+        </is>
+      </c>
+      <c r="X53" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Info Maires 47 :
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0806 00 47 47 (prix d&amp;#039;un appel local)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:infomaires47&amp;#64;lotetgaronne.fr" target="_self"&gt;
+  infomaires47&amp;#64;lotetgaronne.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y53" s="1" t="inlineStr">
+        <is>
+          <t>alexia.gazel@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z53" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6919-financer-un-projet-dinvestissement-communal-o/</t>
+        </is>
+      </c>
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB53" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC53" s="1" t="inlineStr">
+        <is>
+          <t>Aides-territoires</t>
+        </is>
+      </c>
+      <c r="AE53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF53" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG53" s="1" t="inlineStr">
+        <is>
+          <t>23/10/2023</t>
+        </is>
+      </c>
+      <c r="AH53" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:34" customHeight="0">
+      <c r="A54" s="1">
+        <v>117148</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller les collectivités en matière de bâtiments publics : école, installations sportives, ...(programme, construction, entretien, réhabilitation...)</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre à la collectivité de piloter l&amp;#039;élaboration du projet d&amp;#039;équipement en maîtrisant les enjeux urbains, programmatiques, financiers et sociaux.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Approche pluridisciplinaire des architectes-urbanistes conseils du CAUE77, en lien avec les différents contributeurs ID 77 (Organismes associés et services du département).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil du CAUE77 vise à intégrer dans le projet une approche :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    Qualitative, en termes architectural et paysager,
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Environnementale et soutenable (en proposant notamment un pré diagnostic énergétique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  -    Accessibilité, avec l&amp;#039;évaluation des obligation PMR.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Le conseil peut comprendre notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  -    La définition des enjeux (rôle de l&amp;#039;espace public vis à vis de la localisation dans la commune) et des objectifs,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des besoins,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des schémas d&amp;#039;intentions permettant d&amp;#039;illustrer graphiquement le(s) réflexions et projets envisagés et retenus,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;identification des « métiers » à mobiliser et la définition de la procédure à mettre en œuvre (y compris déclinaison clause sociale des marchés publics) (méthodologie du projet),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au choix des prestataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à l&amp;#039;animation des réunions,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apport de références,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ID 77 peut par ailleurs, dans le cadre de ce projet, vous assister :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dans la procédure administrative récupération bien vacant sans maître,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans l&amp;#039;évaluation de la procédure d&amp;#039;archéologie préventive,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dans la mise en place de chantiers d&amp;#039;insertion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  (...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Participation en réunion de travail,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coordination des services contributeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Production de supports (ppt, notes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Recommandations écrites envoyées en début de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Élaboration d&amp;#039;un planning prévisionnel et actualisation
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Gratuité ; Financement spécifique pour les chantiers insertion.
+&lt;/p&gt;
+&lt;p&gt;
+ Convention pour pré-diagnostic énergétique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr</t>
+        </is>
+      </c>
+      <c r="W54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/11f6-conseiller-les-collectivites-programme-constr/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB54" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC54" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG54" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="AH54" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" spans="1:34" customHeight="0">
+      <c r="A55" s="1">
+        <v>126143</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes urbaines dans leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes communes urbaines</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
+&lt;/p&gt;
+&lt;p&gt;
+ Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>Communes urbaines</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T55" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB55" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC55" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG55" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH55" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:34" customHeight="0">
+      <c r="A56" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H56" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I56" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J56" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Famille et enfance
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O56" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S56" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T56" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U56" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X56" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y56" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z56" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA56" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB56" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC56" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF56" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG56" s="1" t="inlineStr">
+        <is>
+          <t>01/08/2022</t>
+        </is>
+      </c>
+      <c r="AH56" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" spans="1:34" customHeight="0">
+      <c r="A57" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H57" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
+&lt;/p&gt;
+&lt;p&gt;
+ La participation financière de la CCMS se fera comme suit :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est cumulable avec les autres aides financières de la CCMS.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N57" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P57" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2023</t>
+        </is>
+      </c>
+      <c r="Q57" s="1" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour candidater, il convient de faire parvenir à la CCMS :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  une délibération autorisant le maire à faire la demande de subvention
+ &lt;/li&gt;
+ &lt;li&gt;
+  un plan de financement avec l&amp;#039;ensemble des co-financeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="V57" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Crystèle MAITRE
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  c.maitre&amp;#64;cc-massifdusancy.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 73 65 24 48
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB57" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Rénovation de l’éclairage public
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC57" s="1" t="inlineStr">
+        <is>
+          <t>CC du Massif du Sancy</t>
+        </is>
+      </c>
+      <c r="AE57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF57" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG57" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2023</t>
+        </is>
+      </c>
+      <c r="AH57" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" spans="1:34" customHeight="0">
+      <c r="A58" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H58" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O58" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S58" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T58" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U58" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V58" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W58" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X58" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y58" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z58" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA58" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB58" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC58" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="AE58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF58" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG58" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2023</t>
+        </is>
+      </c>
+      <c r="AH58" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" spans="1:34" customHeight="0">
+      <c r="A59" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N59" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O59" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S59" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T59" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U59" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W59" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X59" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y59" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z59" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA59" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB59" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC59" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF59" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG59" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH59" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" spans="1:34" customHeight="0">
+      <c r="A60" s="1">
+        <v>126137</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I60" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J60" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB60" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC60" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG60" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH60" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:34" customHeight="0">
+      <c r="A61" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P61" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q61" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB61" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Déployer les équipements numériques
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC61" s="1" t="inlineStr">
+        <is>
+          <t>Département du Gers</t>
+        </is>
+      </c>
+      <c r="AE61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG61" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="AH61" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:34" customHeight="0">
+      <c r="A62" s="1">
+        <v>101706</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Apporter un conseil et une assistance à maîtrise d'ouvrage aux collectivités sous forme d'ingénierie publique</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Yonne (ATD 89)</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;Agence technique départementale propose ses compétences aux collectivités adhérentes pour du conseil technique et des missions d&amp;#039;ASSISTANCE A MAÎTRISE d&amp;#039;OUVRAGE (AMO) en phase pré-opérationnelle et opérationnelle, pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider à la recherche de financements ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la définition du besoin ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étudier la faisabilité technique, réglementaire et financière ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en relation les élus avec les financeurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats pour la réalisation des études préalables ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établir le programme de l&amp;#039;opération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider à la passation des contrats de maîtrise d&amp;#039;œuvre et suivre les études ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Apporter l&amp;#039;aide nécessaire au maître d&amp;#039;ouvrage pendant la phase de réalisation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sur les domaines de compétence suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  VOIRIE : classement de la voirie communale ; programme pluriannuel et travaux d&amp;#039;entretien et de réparation de chaussée ; aménagement de sécurité ; entrées et traversées de bourg.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  ESPACES PUBLICS : aménagement de l&amp;#039;espace ; places de village ; trottoirs ; parking ; carrefours ;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  BÂTIMENTS PUBLICS : inventaire et analyse du patrimoine immobilier ; études préalables avant travaux (levé topographique,
+  &lt;br /&gt;
+  levé géométrique, diagnostic structure, plomb, amiante, thermique,
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .) ;  opérations de construction neuve, de rénovation, ou de réhabilitation ; opérations d&amp;#039;isolation et d&amp;#039;accessibilité.
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSAINISSEMENT (EAUX USÉES &amp;amp; EAUX PLUVIALES) : schémas directeurs ; réseaux et station d&amp;#039;épuration (études et travaux) ; transfert de compétence assainissement ; marchés de prestation de service, délégation de service public.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  EAU POTABLE : diagnostics réseaux et schémas directeurs ; réalisation ou réhabilitation d&amp;#039;ouvrages de production de traitement et de stockage d&amp;#039;eau potable ; renforcement, extension, réhabilitation de réseaux ; défense incendie ; délégation de service public.
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039;AMO :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements de sécurité routière en traversée d&amp;#039;agglomération ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de cheminements doux ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation des abords des écoles ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un City-parc ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de la place de la Mairie, de l&amp;#039;Église ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un centre culturel ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation de la salle des fêtes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des ateliers municipaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une nouvelle station d&amp;#039;épuration ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de diagnostic d&amp;#039;assainissement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en place d&amp;#039;un contrat de prestations de service (assainissement, eau potable) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de réhabilitation du réseau d&amp;#039;eaux usées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude des solutions de gestion des eaux pluviales ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma de défense incendie ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préfiguration de l&amp;#039;organisation des services AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renouvellement du réseau d&amp;#039;eau potable ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de bassin d&amp;#039;alimentation de captage AEP ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   etc
+  &lt;/em&gt;
+  .
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Espace public
+Voirie et réseaux
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une collectivité adhérente de l&amp;#039;Agence technique départementale (commune, communauté de communes, syndicat).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>Yonne</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd89.fr/</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour contacter l&amp;#039;ATD 89 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:atd&amp;#64;yonne.fr" rel="noopener" target="_blank"&gt;
+  atd&amp;#64;yonne.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 10 avenue du 4° Régiment d&amp;#039;infanterie - 89 000 Auxerre
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Standard :
+ 03 86 34 61 01
+&lt;/p&gt;
+&lt;p&gt;
+ Site Internet :
+ &lt;a href="https://www.atd89.fr/" target="_self"&gt;
+  https://www.atd89.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>yvan.telpic@yonne.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7cb3-apporter-une-assistance-a-maitrise-douvrage-a/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB62" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC62" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de l'Yonne</t>
+        </is>
+      </c>
+      <c r="AE62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG62" s="1" t="inlineStr">
+        <is>
+          <t>15/09/2021</t>
+        </is>
+      </c>
+      <c r="AH62" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:34" customHeight="0">
+      <c r="A63" s="1">
+        <v>44407</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancer des études pour préparer l'action foncière</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>aide maximale de 70 000 €</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à mieux définir l&amp;#039;action foncière en amont d&amp;#039;une éventuelle intervention de l&amp;#039;Établissement Public Foncier Local des territoires Oise et Aisne.
+&lt;/p&gt;
+&lt;p&gt;
+ Cela recouvre des études de faisabilité, diagnostics pré-opérationnels, études urbaines, études techniques,....
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En dehors de l&amp;#039;apport financier, l&amp;#039;EPFLO aide au suivi de l&amp;#039;étude.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e389-cofinancement-detudes-pour-preparer-laction-f/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB63" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC63" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF63" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG63" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2020</t>
+        </is>
+      </c>
+      <c r="AH63" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:34" customHeight="0">
+      <c r="A64" s="1">
+        <v>546</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l’implantation de logements sociaux sur votre territoire avec le prêt Gaïa</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Gaïa : favoriser l’implantation du logement social</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires vous accompagne dans le financement de vos acquisitions foncières et opérations de viabilisation dédiées aux logements sociaux sur votre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre se décline à long et à court terme.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le Gaia à court terme est destiné au portage et à la constitution de réserves foncières, afin d&amp;#039;y réaliser à terme des logements sociaux dans une proportion minimale de 25% du programme immobilier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Gaïa à long-terme sert à financer l&amp;#039;acquisition d&amp;#039;un terrain à condition que celui-ci soit mis à bail, au bénéfice d&amp;#039;organismes réalisant des logements sociaux ou des opérations d&amp;#039;accession sociale à la propriété, dans un délai maximal de 2 ans suite à la signature du contrat de prêt.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-gaia-acquisition-foncier-implantation-logement-social?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=gaia_ols_psat</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9571-pret-gaia-long-terme/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB64" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC64" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG64" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2019</t>
+        </is>
+      </c>
+      <c r="AH64" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="65" spans="1:34" customHeight="0">
+      <c r="A65" s="1">
+        <v>21131</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer et rénover des logements de communes à vocation sociale</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer au financement d&amp;#039;opérations d&amp;#039;amélioration et de rénovation de logements communaux locatifs à vocation sociale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer et requalifier l&amp;#039;offre en logements communaux, dans les territoires ruraux, afin de répondre aux besoins des populations et aux enjeux environnementaux, sociaux, patrimoniaux et d&amp;#039;accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inciter les maîtres d&amp;#039;ouvrage à intégrer une démarche respectueuse de l&amp;#039;environnement, visant une performance énergétique élevée en recourant par exemple aux énergies renouvelables, à la maîtrise de la consommation en eau, à l&amp;#039;utilisation de matériaux présentant un bilan environnemental satisfaisant et en limitant les nuisances environnementales des chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inciter les maîtres d&amp;#039;ouvrage à développer, au-delà du respect des codes du Travail et des marchés publics, les clauses sociales d&amp;#039;insertion dans les marchés et/ou à recourir à des structures spécifiques (entreprises adaptées, structures d&amp;#039;insertion par l&amp;#039;activité économique, entreprises de l&amp;#039;économie sociale et solidaire ...) et/ou en faisant appel à des apprenti.e.s.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   25%
+  &lt;/strong&gt;
+  maximum d&amp;#039;une dépense éligible plafonnée à 20 000 € HT par logement soit une subvention au plus de 5 000 € par logement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les opérations situées en zones de montagne, le taux est majoré à
+  &lt;strong&gt;
+   30%
+  &lt;/strong&gt;
+  maximum d&amp;#039;une dépense éligible plafonnée à 20 000 € HT par logement soit une subvention au plus de 6 000 € par logement.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;strong&gt;
+    Aides complémentaires :
+   &lt;/strong&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Trois bonifications sont également mises en place afin de prendre en compte le cas échéant, un conventionnement social du/des logement(s) ; des travaux spécifiques de valorisation patrimoniale ou d&amp;#039;accessibilité aux personnes en situation de handicap :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Logement social conventionné :
+&lt;/h3&gt;
+&lt;p&gt;
+ Une bonification de 2 000 € (par logement) sera accordée si le logement fait l&amp;#039;objet d&amp;#039;un conventionnement avec l&amp;#039;État (logement PLAI, PLUS, PLS, PALULOS, PAM ou équivalent)
+&lt;/p&gt;
+&lt;h3&gt;
+ Valorisation patrimoniale :
+&lt;/h3&gt;
+&lt;p&gt;
+ Une bonification sera accordée en cas de travaux spécifiques liés aux caractéristiques architecturales et/ou patrimoniales des bâtiments  représentatifs d&amp;#039;une architecture traditionnelle (édifice ancien qui présente des caractères architecturaux typiques du lieu de son implantation, au niveau de ses façades, toitures, ouvertures, etc...).
+ 25% maximum d&amp;#039;une dépense éligible plafonnée à 20 000 € HT par logement soit une subvention complémentaire au plus de 5 000 € par logement
+&lt;/p&gt;
+&lt;h3&gt;
+ Accessibilité :
+&lt;/h3&gt;
+&lt;p&gt;
+ Une bonification sera accordée pour les travaux de mise en accessibilité des logements, et ce dans le respect de la règlementation en vigueur (largeur des circulations et des portes, organisation des espaces, équipements...).
+ 25% maximum d&amp;#039;une dépense éligible plafonnée à 20 000 € HT par logement soit une subvention complémentaire au plus de 5 000 € par logement
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Cohésion sociale et inclusion
+Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les logements existants et les biens faisant l&amp;#039;objet d&amp;#039;une transformation d&amp;#039;usage en logement, appartenant ou acquis en vue de travaux par les collectivités bénéficiaires sont éligibles au dispositif
+&lt;/p&gt;
+&lt;p&gt;
+ Les logements concernés devront bénéficier d&amp;#039;un montant de loyer au maximum égal au plafond défini pour le parc social (loyer PLS – Prêt Locatif Social)
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux de rénovation et d&amp;#039;amélioration devront permettre pour les logements réalisés, un gain énergétique de 30% minimum et d&amp;#039;atteindre la classe énergétique C (DPE avant et après travaux à l&amp;#039;appui).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les logements situés en zones de montagne, les baux à destination des travailleurs saisonniers, sont pris en compte par le dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-de-soutien-a-l-amelioration-et-a-la-renovation-de</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction des Solidarités et de l&amp;#039;Égalité Service Habitat et Logement Pôle Gestion :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél : 04 67 22 97 67 (Départements 09 - 11 - 12 - 31 - 32 - 65)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél : 04 67 22 98 33 (Départements 30 - 34 - 46 - 48 - 66 - 81 - 82)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4ae2-dispositif-de-soutien-a-lamelioration-et-a-la/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB65" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AE65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF65" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG65" s="1" t="inlineStr">
+        <is>
+          <t>08/01/2020</t>
+        </is>
+      </c>
+      <c r="AH65" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:34" customHeight="0">
+      <c r="A66" s="1">
+        <v>544</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets immobiliers pour des populations spécifiques</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Prêt PHARE : financer des projets d’habitat en faveur des personnes fragilisées</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vous souhaitez développer un projet immobilier pour des populations spécifiques (construction, acquisition, réhabilitation, ...) ?
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un financement en prêt sur fonds d&amp;#039;épargne de la Caisse des Dépôts avec son offre de prêts PHARE.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets immobiliers peuvent être :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des établissements et services médico-sociaux destinés aux personnes handicapées ou âgées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des logements en structure collective pour jeunes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des institutions pour l&amp;#039;aide sociale à l&amp;#039;enfance et la protection judiciaire de la jeunesse,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des aires permanentes d&amp;#039;accueil et des terrains familiaux locatifs pour les gens du voyage.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Personnes âgées
+Jeunesse
+Famille et enfance
+Cohésion sociale et inclusion
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-phare?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=phare_populations_specifiques_psat</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f17f-pret-habitat-amelioration-restructuration-ext/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB66" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC66" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG66" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2019</t>
+        </is>
+      </c>
+      <c r="AH66" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:34" customHeight="0">
+      <c r="A67" s="1">
+        <v>153399</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Développer des projets ruraux en Seine Aval</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="F67" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France
+Association pour un Développement Agricole Durable en Seine Aval (ADADSA)</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I67" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J67" s="1" t="inlineStr">
+        <is>
+          <t>Dépend du régime d'aide qui s'applique pour le projet</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le programme LEADER, axe du FEADER (Fonds Européen Agricole et de Développement de l&amp;#039;Espace Rural) est une initiative européenne qui signifie « Liaisons Entre Actions de Développement de l&amp;#039;Économie Rurale ». Il a été mis en place en Europe en 1991 dans la cadre de la Politique agricole commune (PAC) et depuis 2007 en Ile-de-France et en Seine-Aval.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif d&amp;#039;un programme LEADER est de faire émerger des projets agricoles structurants sur un territoire donné grâce à une mise en réseau de personnes et d&amp;#039;organismes engagés dans le développement rural. Ce partenariat local entre les secteurs public, privé et civil est appelé Groupe d&amp;#039;Action Local (GAL).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;approche LEADER sur un territoire signifie une certaine autonomie du GAL dans le développement d&amp;#039;une stratégie adaptée au contexte local. Elle permet de soutenir des projets pilotes, par l&amp;#039;intermédiaire de subventions, qu&amp;#039;ils soient portés par des acteurs publics, privés ou des associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme LEADER en Seine Aval est porté par l&amp;#039;Association pour un Développement Agricole Durable en Seine Aval (ADADSA). Pour la période 2023-2027, le périmètre d‘action se déploie sur 66 des 73 communes de la communauté urbaine GPS&amp;amp;O. L&amp;#039;enveloppe allouée est de 1 400 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ La stratégie de cette programmation est : Récolter les fruits des synergies rural et urbain&amp;#34;. Elle s&amp;#039;articule en 3 axes :
+&lt;/p&gt;
+&lt;p&gt;
+ -Promouvoir un territoire de biens et de savoir-faire commun autour de l&amp;#039;agriculture, l&amp;#039;alimentation et l&amp;#039;artisanat
+&lt;/p&gt;
+&lt;p&gt;
+ -Mettre en valeur les ressources naturelles de manière durable et soutenir la transition énergétique et l&amp;#039;économie circulaire
+&lt;/p&gt;
+&lt;p&gt;
+ -Concilier un développement harmonieux entre monde urbain et monde rural pour une cohabitation enrichie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un atelier de transformation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication autour de la valorisation des co-produits agricoles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place de points de vente de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;une plateforme logistique permettant l&amp;#039;approvisionnement de produits locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une application permettant d&amp;#039;identifier les producteurs locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Financement de food-truck de produits de locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantation de haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  Restructuration de foncier forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de noues afin de limiter le ruissellement et l&amp;#039;érosion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de supports de communication afin de sensibiliser à la gestion durable des forêts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformation d&amp;#039;une friche agricole en forêt fruitière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en place d&amp;#039;un méthaniseur afin de gérer les biodéchets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude sur les potentiels réemplois de co-produits céréaliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;ateliers avec les industries agroalimentaires du territoire sur l&amp;#039;économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un gîte touristique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une carte interactive des activités touristiques locales et tour gourmand
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;aires de repos pour les randonneurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;un festival agricole
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;un jardin pédagogique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agrandissement des voies de circulation pour les rendre praticables pour les engins agricoles
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Musée
+Tourisme
+Forêts
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Artisanat
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Industrie
+Réduction de l'empreinte carbone
+Inclusion numérique
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ A établir avec l&amp;#039;animatrice selon le projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>GAL Seine Aval</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://leaderseineaval.com/</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Margaux GROSJEAN
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  margaux.grosjean&amp;#64;safer-idf.com
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 06 37 01 89 44
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>margaux.grosjean@safer-idf.com</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f808-developper-des-projets-ruraux-en-seine-aval/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB67" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC67" s="1" t="inlineStr">
+        <is>
+          <t>ADADSA</t>
+        </is>
+      </c>
+      <c r="AE67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG67" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2023</t>
+        </is>
+      </c>
+      <c r="AH67" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:34" customHeight="0">
+      <c r="A68" s="1">
+        <v>152465</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la mise en œuvre d’opérations de programmation foncière et études pré-opérationnelles</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>PROGRAMMATION FONCIÈRE &amp; ÉTUDES PRÉ-OPÉRATIONNELLES</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 42</t>
+        </is>
+      </c>
+      <c r="J68" s="1" t="inlineStr">
+        <is>
+          <t>le taux de financement est variable en fonction du taux communal attribué annuellement par le Département à chaque collectivité de l'Oise. Le taux communal moyen est de 36 %.</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre aux communes et à leurs groupements de préparer la mise en œuvre d&amp;#039;opérations de renouvellement urbain et de densification par la programmation foncière et l&amp;#039;examen de la faisabilité des projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;
+ &lt;table&gt;
+  &lt;tbody&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Dépenses éligibles
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Taux de financement
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      &lt;span&gt;
+       &lt;strong&gt;
+        Observations
+       &lt;/strong&gt;
+      &lt;/span&gt;
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Élaboration d&amp;#039;études foncières
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à :
+     &lt;/p&gt;
+     &lt;p&gt;
+      - 10 000 € HT pour les communes
+     &lt;/p&gt;
+     &lt;p&gt;
+      - 45 000 € HT pour les groupements de communes
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+   &lt;tr&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Élaboration d&amp;#039;études préalables d&amp;#039;aménagement sur des espaces en recyclage foncier
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Taux communal ou intercommunal
+     &lt;/p&gt;
+    &lt;/td&gt;
+    &lt;td&gt;
+     &lt;p&gt;
+      Dépense subventionnable plafonnée à :
+     &lt;/p&gt;
+     &lt;p&gt;
+      - 30 000 € HT pour les sites d&amp;#039;emprise inférieure ou égale à huit hectares
+     &lt;/p&gt;
+     &lt;p&gt;
+      - 80 000 € HT pour les sites d&amp;#039;emprise supérieure à huit hectares
+     &lt;/p&gt;
+    &lt;/td&gt;
+   &lt;/tr&gt;
+  &lt;/tbody&gt;
+ &lt;/table&gt;
+&lt;/div&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour les études foncières et les études préalables d&amp;#039;aménagement
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le cahier des charges fera l&amp;#039;objet d&amp;#039;une validation par les services compétents du conseil départemental avant le lancement de la consultation ou, le cas échéant, le projet d&amp;#039;avenant au marché
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services compétents du conseil départemental seront associés tout au long de la démarche ainsi que, le cas échéant, l&amp;#039;EPFLO en tant que personne qualifiée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour les études foncières
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  elles comprendront au moins quatre phases : diagnostic, repérage du foncier potentiellement mobilisable, qualification du gisement foncier et définition des zones prioritaires &amp;amp; d&amp;#039;une stratégie d&amp;#039;intervention foncière sous la forme d&amp;#039;un référentiel foncier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  une étude d&amp;#039;opportunité à contractualiser un Programme d&amp;#039;Action Foncière (PAF) avec l&amp;#039;EPFLO sera réalisée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  les domaines ayant trait aux compétences du conseil départemental seront pris en compte, notamment les orientations du Plan Départemental de l&amp;#039;Habitat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  une étude d&amp;#039;opportunité à réviser le document de planification en vigueur ou à en élaborer un afin de disposer d&amp;#039;outils règlementaires concourant à la mise en œuvre de la stratégie foncière définie dans le référentiel (droit à construire (densification), Servitude de Mixité Sociale (emplacement réservé), Orientation d&amp;#039;Aménagement et de Programmation avec la typologie des logements, ZAD, etc...) sera réalisée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Pour les études préalables d&amp;#039;aménagement
+  &lt;/strong&gt;
+ &lt;/em&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le site devra être identifié comme un secteur à fort enjeux foncier dans le cadre d&amp;#039;une étude foncière (référentiel foncier) ou être un secteur en friche en continuité du tissu bâti aggloméré ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études comprendront au moins quatre thématiques : diagnostic foncier, évaluation des coûts d&amp;#039;acquisition, de la stratégie foncière et analyse du contexte environnemental et paysager ; études de composition urbaine, paysagère et définition d&amp;#039;un projet d&amp;#039;aménagement ; étude environnementale ; études techniques et de marché permettant d&amp;#039;établie un 1er bilan financier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les sites et sols potentiellement pollués et orphelins, l&amp;#039;étude comprendra un diagnostic de pollution (pas de substitution aux obligations légales d&amp;#039;un propriétaire identifié).
+ &lt;/li&gt;
+ &lt;li&gt;
+  les orientations du Plan Départemental de l&amp;#039;Habitat seront prises en compte dans la programmation habitat de l&amp;#039;opération.
+ &lt;/li&gt;
+ &lt;li&gt;
+  une étude d&amp;#039;opportunité au conventionnement du portage de l&amp;#039;opération avec l&amp;#039;EPFLO sera réalisée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  FINANCEMENT CROISÉ
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études foncières pour les communes de moins de 3 500 habitants : cumul possible avec l&amp;#039;aide départementale à l&amp;#039;élaboration et la révision d&amp;#039;un Plan Local d&amp;#039;Urbanisme ou d&amp;#039;une carte communale. Une étude d&amp;#039;opportunité à recourir à des Orientations d&amp;#039;Aménagement et de Programmation et/ou des Servitudes de Mixité Sociale devra alors être intégrée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Toute élaboration d&amp;#039;études foncières pour laquelle un délai d&amp;#039;au moins 5 ans entre la date d&amp;#039;approbation d&amp;#039;un document de planification comprenant une étude foncière et ayant bénéficié d&amp;#039;une aide départementale et la date de prescription de l&amp;#039;étude foncière ne sera pas respectée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  SERVICE INSTRUCTEUR :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Générale Adjointe aménagement durable, environnement et mobilité
+&lt;/p&gt;
+&lt;p&gt;
+ Service foncier, aménagement rural et urbanisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7a0b-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB68" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC68" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="AE68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG68" s="1" t="inlineStr">
+        <is>
+          <t>19/10/2023</t>
+        </is>
+      </c>
+      <c r="AH68" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:34" customHeight="0">
+      <c r="A69" s="1">
+        <v>148613</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (47)</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (47)</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;👉&lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/edd8-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le bouton plus d&amp;#039;information en bas de page.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>Lot et Garonne hors CA Agen</t>
+        </is>
+      </c>
+      <c r="V69" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a79f-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB69" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC69" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG69" s="1" t="inlineStr">
+        <is>
+          <t>30/08/2023</t>
+        </is>
+      </c>
+      <c r="AH69" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:34" customHeight="0">
+      <c r="A70" s="1">
+        <v>150006</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir des parcelles forestières en tant que collectivité locale</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>ACQUERIR DES PARCELLES FORESTIERES EN TANT QUE COLLECTIVITE LOCALE</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans le cadre de la mise en œuvre de sa politique en faveur de la filière forêt-bois, le soutien du Département à l&amp;#039;acquisition de parcelles forestières par les collectivités locales vise à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   encourager le regroupement forestier,
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   lutter contre le morcellement de la forêt,
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   favoriser la gestion durable de la forêt,
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   favoriser la mobilisation durable des bois locaux.
+  &lt;/strong&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ce dispositif concerne les acquisitions de parcelles forestières dans les objectifs suivants :
+ &lt;/li&gt;
+ &lt;li&gt;
+  valorisation économique (exploitation et mobilisation de bois),
+ &lt;/li&gt;
+ &lt;li&gt;
+  préservation des services écosystémiques (protection contre les risques naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  préservation de la qualité des eaux, de la biodiversité...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  amélioration des capacités d&amp;#039;accueil du public.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses subventionnables
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Coûts d&amp;#039;achat des terrains plafonné à la valeur d&amp;#039;expertise
+&lt;/p&gt;
+&lt;p&gt;
+ - Frais directement associés à l&amp;#039;acquisition : expertise préalable des biens, acte notarié,frais de bornage...
+&lt;/p&gt;
+&lt;p&gt;
+ - Le compromis de vente ne devra pas être signé avant le dépôt de la demande de subvention au Département,
+&lt;/p&gt;
+&lt;p&gt;
+ - Le dossier devra comporter une expertise préalable portant sur la localisation, la qualité des terrains à acquérir (fond et fruit) et leur valeur de vente,
+&lt;/p&gt;
+&lt;p&gt;
+ - La parcelle ou l&amp;#039;ensemble de parcelles à acquérir devront répondre aux 3 conditions cumulatives suivantes :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   1/ représenter un tènement d&amp;#039;une superficie supérieure ou égale à 4 ha
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une dérogation à ce seuil de surface sera possible dans le cas d&amp;#039;une parcelle enclavée, ou dans le cas d&amp;#039;une parcelle permettant d&amp;#039;aménager une place de dépôt de bois en lien avec la mobilisation ou la résorption d&amp;#039;un point de conflit ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   2/
+  être attenante(s) à une parcelle forestière productive desservie par la forêt
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une dérogation sera possible dans le cas d&amp;#039;une commune ne disposant pas de parcelles de forêt et souhaitant en acquérir pour une surface minimale de 10 ha, et dans le cas d&amp;#039;un tènement isolé de surface supérieure ou égale à 10 ha ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   3/ avoir recueillis l&amp;#039;avis de l&amp;#039;ONF sur l&amp;#039;opportunité d&amp;#039;application au Régime Forestier sur la ou les parcelles concernée(s).
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Engagement sur 20 ans à ne pas vendre les parcelles forestières,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les parcelles acquises seront soumises au régime forestier avec la mise en place d&amp;#039;un plan d&amp;#039;aménagement forestier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement à adhérer à un système de certification forestière (PEFC , FSC ou équivalent...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement à adhérer pendant deux ans minimum à l&amp;#039;association des communes forestières de la Drôme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sur les parcelles acquises, le droit de chasse ne pourra être cédé à un particulier mais seulement à une ACCA locale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant/Taux de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 50 %
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux de la subvention est fixé
+ &lt;strong&gt;
+  à 50 % des dépenses
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  éligibles HT
+ &lt;/strong&gt;
+ (ou TTC si la collectivité n&amp;#039;est pas assujettie à la TVA), dans la limite des plafonds d&amp;#039;aides autorisées en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces constitutives du dossier
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des pièces justificatives nécessaires au dépôt du dossier est indiquée dans le formulaire de demande de subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Attention : les dépenses ou devis signés avant la date d&amp;#039;accusé de réception de votre dossier ne sont pas éligibles.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La commune sollicitera le financement du Département de la Drôme par le biais du formulaire de demande de subvention correspondant au dispositif « Acquérir des parcelles forestières en forêt publique ».
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Versement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le versement de la subvention sera effectué sur justification de la réalisation de l&amp;#039;opération..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bases réglementaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ – Code général des collectivités territoriales et notamment les articles L3232-1-2 et L1111-10,
+&lt;/p&gt;
+&lt;p&gt;
+ – Délibération du Conseil départemental de la Drôme n°10327 du 27 mars 2023 portant sur l&amp;#039;adoption d&amp;#039;une nouvelle stratégie en faveur de la filière forêt-bois sur la période 2023-2028,
+&lt;/p&gt;
+&lt;p&gt;
+ – Délibération du Conseil départemental en date du 26 juin 2023 approuvant le dispositif « Acquérir des parcelles forestières  »
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts d&amp;#039;achat des terrains plafonné à la valeur d&amp;#039;expertise
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais directement associés à l&amp;#039;acquisition : expertise préalable des biens, acte notarié, frais de bornage...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Groupement de communes (EPCI)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/acquerir-des-parcelles-forestieres-en-tant-que-collectivite-locale/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service Instructeur et Référents
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Agriculture Forêt et Alimentation de la Région
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le Département de la Drôme :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Économie Emploi Insertion du Département de la Drôme -Service Développement Agricole, Agroalimentaire et Bois
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Suivi technique du dossier :
+ &lt;/li&gt;
+&lt;/ul&gt;
+Sandrine LECUYER, chargée de mission forêt-bois – tél. : 06.86.58.30.91 –
+&lt;a href="mailto:slecuyer&amp;#64;ladrome.fr" target="_self"&gt;
+ slecuyer&amp;#64;ladrome.fr
+&lt;/a&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Suivi administratif du dossier :
+ &lt;/li&gt;
+&lt;/ul&gt;
+Natacha BRUCHON – tél. :04.75.79.26.88 –
+&lt;a href="mailto:sbruchon&amp;#64;ladrome.fr" target="_self"&gt;
+ sbruchon&amp;#64;ladrome.fr
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e45f-acquerir-des-parcelles-forestieres-en-tant-qu/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB70" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF70" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG70" s="1" t="inlineStr">
+        <is>
+          <t>17/09/2023</t>
+        </is>
+      </c>
+      <c r="AH70" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:34" customHeight="0">
+      <c r="A71" s="1">
+        <v>144536</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (33)</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (33)</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H71" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;
+                           &lt;span&gt;
+                            &lt;span&gt;
+                             &lt;span&gt;
+                              &lt;span&gt;
+                               &lt;span&gt;
+                                &lt;span&gt;👉&lt;/span&gt;
+                               &lt;/span&gt;
+                              &lt;/span&gt;
+                             &lt;/span&gt;
+                            &lt;/span&gt;
+                           &lt;/span&gt;
+                          &lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/5d2c-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N71" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O71" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S71" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T71" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U71" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V71" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X71" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Grégoire Gilger
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur opérationnel, directeur territorial Gironde
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 18 19
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  gregoire.gilger&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y71" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z71" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6be2-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA71" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB71" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC71" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF71" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG71" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH71" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" spans="1:34" customHeight="0">
+      <c r="A72" s="1">
+        <v>144535</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (17)</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (17)</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;
+                           &lt;span&gt;
+                            &lt;span&gt;
+                             &lt;span&gt;👉&lt;/span&gt;
+                            &lt;/span&gt;
+                           &lt;/span&gt;
+                          &lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/81d0-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Arnaud Herry
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+&lt;/p&gt;
+&lt;p&gt;
+ arnaud.herry&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 66 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7181-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB72" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC72" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF72" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG72" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH72" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="73" spans="1:34" customHeight="0">
+      <c r="A73" s="1">
+        <v>144534</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (24)</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (24)</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;👉&lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/f19d-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32a2-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB73" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC73" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG73" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH73" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:34" customHeight="0">
+      <c r="A74" s="1">
+        <v>144533</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (79)</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (79)</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ... ) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;
+                        &lt;span&gt;
+                         &lt;span&gt;
+                          &lt;span&gt;👉&lt;/span&gt;
+                         &lt;/span&gt;
+                        &lt;/span&gt;
+                       &lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4766-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Arnaud Herry
+ &lt;/li&gt;
+ &lt;li&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/li&gt;
+ &lt;li&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  05 49 62 66 94
+ &lt;/li&gt;
+ &lt;li&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDE
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e61-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB74" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC74" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF74" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG74" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH74" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="75" spans="1:34" customHeight="0">
+      <c r="A75" s="1">
+        <v>144532</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (19)</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (19)</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;
+                     &lt;span&gt;
+                      &lt;span&gt;
+                       &lt;span&gt;👉&lt;/span&gt;
+                      &lt;/span&gt;
+                     &lt;/span&gt;
+                    &lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4cce-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T75" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Corrèze</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Nicolas Proust
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  nicolas.proust&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 98 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c89d-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB75" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC75" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF75" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG75" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH75" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" spans="1:34" customHeight="0">
+      <c r="A76" s="1">
+        <v>144531</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (87)</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (87)</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H76" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;
+                  &lt;span&gt;
+                   &lt;span&gt;
+                    &lt;span&gt;👉&lt;/span&gt;
+                   &lt;/span&gt;
+                  &lt;/span&gt;
+                 &lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/4bb8-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  www.epfna.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9773-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB76" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC76" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF76" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG76" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH76" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="77" spans="1:34" customHeight="0">
+      <c r="A77" s="1">
+        <v>144530</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (86)</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (86)</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;
+            &lt;span&gt;
+             &lt;span&gt;
+              &lt;span&gt;
+               &lt;span&gt;
+                &lt;span&gt;
+                 &lt;span&gt;👉&lt;/span&gt;
+                &lt;/span&gt;
+               &lt;/span&gt;
+              &lt;/span&gt;
+             &lt;/span&gt;
+            &lt;/span&gt;
+           &lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/c1bf-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  www.epfna.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4a90-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB77" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC77" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF77" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG77" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH77" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="78" spans="1:34" customHeight="0">
+      <c r="A78" s="1">
+        <v>144528</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (23)</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;
+         &lt;span&gt;
+          &lt;span&gt;
+           &lt;span&gt;👉&lt;/span&gt;
+          &lt;/span&gt;
+         &lt;/span&gt;
+        &lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/a008-etablissement-public-foncier-de-nouvelle-aqui/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  www.epfna.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T78" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>Creuse</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3853-acheter-et-porter-du-foncier-pour-le-compte-d/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB78" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC78" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG78" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH78" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" spans="1:34" customHeight="0">
+      <c r="A79" s="1">
+        <v>143293</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Apprendre à utiliser les fichiers fonciers (Formation)</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Description
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2009, le Cerema retraite, géolocalise et enrichit les Fichiers fonciers de la Direction Générale des Finances Publiques (Dgfip, données MAJIC) pour le compte du Ministère en charge de l&amp;#039;Ecologie et du Logement, afin de permettre aux acteurs pblics de réaliser facilement des analyses fines et comparables sur leur territoire national. Les Fichiers fonciers décrivent de manière détaillée l&amp;#039;occupation du sol fiscale, les locaux ainsi que les différents droits de propriété qui leur sont liés. Ils sont aujourd&amp;#039;hui devenus essentiels pour à une meilleure connaissance du foncier dans de nombreuses politiques publiques telles que l&amp;#039;occupation du sol, l&amp;#039;aménagement, le logement, la gestion du risque et l&amp;#039;énergie. Le Cerema vous propose de découvrir le contenu et les usages des Fichiers fonciers à travers une prise en main opérationnelle des données. La formation apporte des notions thématiques sur les données et leur utilisation, et des notions techniques pour la manipulation des données
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Comprendre le contenu des Fichiers fonciers et les usages des données, savoir apprécier la fiabilité des variables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fournir des outils adaptés aux ambitions des politiques publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir manipuler les principales variables des Fichiers fonciers au travers de requêtes SQL (langage de requête structurée).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Journée 1
+&lt;/p&gt;
+&lt;p&gt;
+ 9h00 - 12h00
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de la matrice cadastrale MAJIC aux Fichiers fonciers retraités par le Cerema
+ &lt;/li&gt;
+ &lt;li&gt;
+  principes de retraitement : géolocalisation, classification des propriétaires, champs métier
+ &lt;/li&gt;
+ &lt;li&gt;
+  contenu des Fichiers fonciers : les produits tables principales et tables agrégées
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 14h00 - 17h00
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  cours progressifs en SQL : affichage des colonnes, sélection des lignes renvoyées, tri des résultats, calcul de premières statistiques agrégées
+ &lt;/li&gt;
+ &lt;li&gt;
+  exercices simples et appliquées pour différents usages : occupation du sol, logement et habitat, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  visualisation des données dans le logiciel QGis.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Journée 2
+&lt;/p&gt;
+&lt;p&gt;
+ 9h00 - 12h00
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approche thématique : compréhension des notions présentes dans les Fichiers fonciers et contenu des variables
+ &lt;/li&gt;
+ &lt;li&gt;
+  des notions fiscales aux usages concrets : savoir apprécier le périmètre de fiabilité des variables
+ &lt;/li&gt;
+ &lt;li&gt;
+  diaporama des usages classiques des Fichiers fonciers
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 14h00 - 17h00
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  suite des exercices SQL : calcul de statistiques sur groupements à la commune ou autre périmètre, jointure entre tables, création de nouvelles tables
+ &lt;/li&gt;
+ &lt;li&gt;
+  cas d&amp;#039;usage concrets : repérage des droits de propriété, recherche du foncier d&amp;#039;une personne morale, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Journée 3
+&lt;/p&gt;
+&lt;p&gt;
+ 9h00 - 12h00 : matinée technique
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  jointure géographique et mini cas d&amp;#039;usage
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de colonnes d&amp;#039;indicateurs à façon, filtres SQL avancés
+ &lt;/li&gt;
+ &lt;li&gt;
+  retour sur les notions importantes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ 14h00 - 17h00 : approfondissement au choix
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  notions géomatiques ou thématiques à la demande : exercices de prise en main avancés
+ &lt;/li&gt;
+ &lt;li&gt;
+  approfondissement sur les variables disponibles et leurs cas d&amp;#039;usage
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en pratique sur un court cas d&amp;#039;usage classique : occupation du sol, évaluation des enjeux en zones à risque, etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mise en pratique autour de cas concrets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Support de présentation
+ &lt;/li&gt;
+ &lt;li&gt;
+  La formation se déroule en présentiel. 8 postes informatiques dotés de Qgis et serveur PostgreSQL/client PgAdmin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;évaluation
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attesttation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité de nos formations aux personnes en situation de handicap
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Délais d&amp;#039;accès
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Frais d&amp;#039;inscription
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1500€ HT (TVA à 0 % s&amp;#039;agissant de formation)
+&lt;/p&gt;
+&lt;p&gt;
+ Déjeuners inclus
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Foncier</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organismes bénéficiaires des Fichiers fonciers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités territoriales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics de l&amp;#039;État
+ &lt;/li&gt;
+ &lt;li&gt;
+  Agences d&amp;#039;urbanisme, EPF, SAFER, ADIL, OLAP, SCoT, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bureaux d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Niveau prérequis
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aucun prérequis n&amp;#039;est nécessaire. La formation propose une initiation complète au SQL (langage de requête structuré), via le client PgAdmin de l&amp;#039;outil libre PostgreSQL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une connaissance basique d&amp;#039;un logiciel bureautique SIG (Système d&amp;#039;Information Géographique) tel que Qgis est souhaitable.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-savoir-utiliser-fichiers-fonciers-0</t>
+        </is>
+      </c>
+      <c r="W79" s="1" t="inlineStr">
+        <is>
+          <t>https://datafoncier.cerema.fr/donnees/fichiers-fonciers/contact</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46b5-savoir-utiliser-les-fichiers-fonciers-formati/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB79" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC79" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE79" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF79" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG79" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="AH79" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="80" spans="1:34" customHeight="0">
+      <c r="A80" s="1">
+        <v>140796</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en œuvre une stratégie foncière publique</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H80" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie foncière : aide à l&amp;#039;anticipation de stratégies foncières, négociations avec les propriétaires et portage foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie réglementaire et juridique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet en tant que maître d&amp;#039;ouvrage sur des opérations de programmation d&amp;#039;ensemble ou de production de logements
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  DLVA / Manosque : accompagnement des collectivités visant à la maîtrise foncière d&amp;#039;une copropriété dans le cadre du dispositif NPNRU en vue de la création, après démolition, de logements mixtes et d&amp;#039;un pôle santé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sisteron : acquisition d&amp;#039;une unité foncière en site urbain pour réaliser un projet mixte de logements et d&amp;#039;équipements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Riez : acquisition de l&amp;#039;ensemble d&amp;#039;un îlot en cœur de village en vue de sa restructuration pour réaliser du commerce et des logements.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sainte Tulle : acquisition et portage foncier d&amp;#039;un ensemble immobilier important de bureaux, d&amp;#039;hébergements, hôtel, et équipements sportifs dans l&amp;#039;objectif d&amp;#039;optimiser le développement économique du site et l&amp;#039;accueil d&amp;#039;entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Risques naturels
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O80" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les interventions de l&amp;#039;EPF pour le compte de collectivités territoriales se font par signature de convention avec elles et comportent systématiquement des obligations réciproques en matière de conduite de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce conventionnement détermine : Les objectifs généraux et spécifiques de l&amp;#039;intervention / Les engagements réciproques des parties / Les périmètres concernés / Les démarches de définition du projet à conduire / Les outils d&amp;#039;intervention foncière envisagée et leurs modalités de mise œuvre / Les conditions de gestion et de traitement éventuel de des biens acquis / La durée des conventions / Les conditions de détermination des engagements financiers / Les conditions de revente.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S80" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U80" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epfprovencealpes.fr/</t>
+        </is>
+      </c>
+      <c r="X80" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ EPF PACA, immeuble Le Noailles, 62/64, La Canebière CS 10474, 13207 Marseille Cedex 01
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 96 11 70 00
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y80" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z80" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f969-mise-en-uvre-pour-le-compte-de-letat-et-des-c/</t>
+        </is>
+      </c>
+      <c r="AA80" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB80" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC80" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture</t>
+        </is>
+      </c>
+      <c r="AE80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF80" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG80" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="AH80" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:34" customHeight="0">
+      <c r="A81" s="1">
+        <v>139434</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Gérer les risques naturels et technologiques</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H81" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Autre aide financière
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région des Hauts-de-France est exposée à de multiples risques naturels : inondation, mouvements de terrains, présence de cavités ou risques propres au littoral. De plus, le passé industriel des Hauts-de-France a légué un certain nombre de sites présentant des risques technologiques (périmètres SEVESO) et miniers. L&amp;#039;Etablissement Public Foncier Hauts de France est donc amené à intervenir pour maîtriser les fonciers exposés à ces risques, déconstruire les biens les plus exposés et renaturer les emprises acquises. L&amp;#039;établissement accompagne également les collectivités dans la mobilisation des dispositifs financiers dédiés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les sites classés à risque sur sollicitation des collectivités, de la Direction Régionale de Environnement, de l&amp;#039;Aménagement et du Logement (DREAL) et des entreprises concernées par les risques technologiques.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des sources de pollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de démolition et de déconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renaturation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût des études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût de l&amp;#039;opération travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Foncier du Plan de Prévention des Risques Technologiques des sites EPV et Antargaz, Thiant (Nord)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF intervient dans le cadre de la mise en œuvre des mesures foncières du Plan de Prévention des Risques Technologiques du parc d&amp;#039;activités Haulchin-Thiant. Il a acquis et démoli les habitations et bâtiments situés à proximité de deux sites classés SEVESO (stockage et distribution de butane et propane et entrepôt pétrolier).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Thivencelle, berges de l&amp;#039;Hogneau (Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF poursuit son intervention à Thivencelle sur les berges de l&amp;#039;Hogneau, afin de démolir cinq habitations situées en PPRI risquant de s&amp;#039;effondrer. La déconstruction de ces habitations permettra de redéfinir le plan d&amp;#039;aménagement de la digue gauche de la rivière.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bords de falaise, Wimereux (Pas-de-Calais)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Côte d&amp;#039;Opale est soumise à l&amp;#039;érosion progressive de ses falaises qui menace les villas qui y sont implantées. En réponse, la préfecture du Pas-de-Calais a instauré en octobre 2007 un Plan de Prévention des Risques Littoraux (PPRL) qui concerne notamment la commune de Wimereux. Ne disposant pas de l&amp;#039;ingénierie technique et financière nécessaire pour mettre en œuvre les dispositions du PPRL, la commune de Wimereux a sollicité l&amp;#039;intervention de l&amp;#039;EPF en 2009 pour acquérir cinq maisons, procéder à leur déconstruction et restaurer les habitats naturels présents en bord de falaise. Acteur de la préservation du capital environnemental régional, l&amp;#039;EPF a pris en compte lors de la phase de chantier les espèces protégées et patrimoniales (crambe, armérie, lavatère arbustif) et a permis la restauration des pelouses aérohalines. Une partie des acquisitions et travaux a été prise en charge par les fonds Barnier et le foncier a été restitué à la collectivité sous forme d&amp;#039;espace de nature.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Risques naturels</t>
+        </is>
+      </c>
+      <c r="O81" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S81" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T81" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U81" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V81" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X81" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y81" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z81" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0dd8-gerer-les-risques-naturels-et-technologiques/</t>
+        </is>
+      </c>
+      <c r="AA81" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB81" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC81" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF81" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG81" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH81" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:34" customHeight="0">
+      <c r="A82" s="1">
+        <v>139431</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Identifier le gisement foncier de mon territoire, de ma commune</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H82" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans un objectif de sobriété foncière, l&amp;#039;Etablissement Public Foncier Hauts de France accompagne les collectivités dans l&amp;#039;identification des gisements fonciers sur leur territoire en promouvant l&amp;#039;élaboration de référentiels fonciers. Le référentiel permet d&amp;#039;identifier les gisements fonciers bâtis et non bâtis au sein de l&amp;#039;enveloppe urbaine (friches, dents creuses, logements vacants...), puis de les qualifier (dureté foncière, potentiel d&amp;#039;aménagement, coût du recyclage, aménités du site...). La collectivité est maître d&amp;#039;ouvrage, l&amp;#039;EPF apporte son expertise en matière de méthodologie et de rédaction du cahier des charges, d&amp;#039;accompagnement au suivi de la mission et d&amp;#039;exploitation des résultats. L&amp;#039;établissement peut également aider à la sélection du prestataire et contribuer à fournir des données nécessaires aux études. Dans certains cas, l&amp;#039;EPF peut cofinancer la démarche à hauteur de 50% maximum.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Identification du gisement foncier en renouvellement urbain sur le territoire de la communauté d&amp;#039;agglomération d&amp;#039;Hénin-Carvin (2018-2019)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans un souci de limitation de la consommation foncière, la démarche avait pour objectif d&amp;#039;identifier le foncier mobilisable en renouvellement urbain pour satisfaire les besoins de la communauté d&amp;#039;agglomération (offre de logements diversifiée, développement économique, préservation des espaces naturels et agricoles). Après un diagnostic du territoire et une investigation sur le terrain, un potentiel de 470 hectares a été identifié, qualifié puis hiérarchisé afin d&amp;#039;aboutir à la définition d&amp;#039;une stratégie foncière à l&amp;#039;échelle de l&amp;#039;EPCI. Chaque potentiel foncier a fait l&amp;#039;objet d&amp;#039;une fiche descriptive et une monographie par commune a été réalisée.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>Foncier</t>
+        </is>
+      </c>
+      <c r="O82" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S82" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T82" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U82" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V82" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X82" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y82" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z82" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4411-identifier-le-gisement-foncier-de-mon-territo/</t>
+        </is>
+      </c>
+      <c r="AA82" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB82" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC82" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF82" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG82" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH82" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="83" spans="1:34" customHeight="0">
+      <c r="A83" s="1">
+        <v>139429</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Recycler une friche</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H83" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Autre aide financière
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Etablissement Public Foncier Hauts de France (EPF) a été créé pour recycler les friches. Agissant pour le compte des collectivités, l&amp;#039;EPF acquiert ces sites obsolètes et vacants et dont la configuration n&amp;#039;est plus en adéquation avec les besoins du marché.
+ &lt;br /&gt;
+ Il assure la gestion des déchets (amiante notamment), la déconstruction, en favorisant des démarches d&amp;#039;économie circulaire, le traitement des sources de pollution concentrées et le pré-verdissement.
+ &lt;br /&gt;
+ L&amp;#039;intervention de l&amp;#039;établissement permet de remettre sur le marché des biens qui en étaient sortis, de réduire les risques attachés à la dangerosité de ces sites et d&amp;#039;améliorer l&amp;#039;image et l&amp;#039;attractivité des quartiers où ils se situent. L&amp;#039;EPF prend en charge 50 à 80% du coût des études et des travaux.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Projets éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Projets visant le développement d&amp;#039;une offre de logements, le développement économique, la redynamisation des centres villes et centres bourgs, la gestion des risques, la protection/restauration de la biodiversité, la valorisation du patrimoine UNESCO, la constitution de réserves foncières
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ •    Acquisition et portage foncier
+ &lt;br /&gt;
+ •    Etudes préalables
+ &lt;br /&gt;
+ •    Traitement des déchets et des sources de pollution
+ &lt;br /&gt;
+ •    Travaux de déconstruction
+ &lt;br /&gt;
+ •    Renaturation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ •    Ingénierie prise en charge à 100%
+ &lt;br /&gt;
+ •    Etudes préalables jusqu&amp;#039;à 80% *
+ &lt;br /&gt;
+ •    Travaux de déconstruction et de traitement des sources de pollution jusqu&amp;#039;à 80% *
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * Lorsqu&amp;#039;un projet n&amp;#039;est pas défini sur le site, la prise en charge est de 50%
+ &lt;/em&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Site Bricomarché, rue Gustave Delory, Caudry (Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de sa politique de renouvellement urbain, la commune de Caudry a sollicité l&amp;#039;intervention de l&amp;#039;EPF pour la reconversion d&amp;#039;un ensemble immobilier de 2 ha, composé d&amp;#039;un ancien magasin de bricolage et d&amp;#039;un entrepôt de stockage. L&amp;#039;EPF a procédé à l&amp;#039;acquisition du site et a pris en charge la maîtrise d&amp;#039;ouvrage et le financement à 100% des travaux de désamiantage et de déconstruction (3,6 M€). Le site a été ensemencé dans l&amp;#039;attente du projet qui consistera en la réalisation d&amp;#039;un programme de 60 logements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Site Socochim, Roubaix (Nord)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce site de 2,5 ha accueillait des activités de fabrication et de stockage de produits chimiques inflammables. Il a été acquis en 2007 par l&amp;#039;EPF à la demande de la communauté urbaine de Lille pour y implanter un centre de tri des déchets. Le projet a été abandonné et l&amp;#039;entreprise OVH a ensuite investi le site pour y réaliser son extension. L&amp;#039;EPF a réalisé les travaux de déconstruction et de traitement de la pollution en tenant compte du calendrier d&amp;#039;aménagement d&amp;#039;OVH.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N83" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Friche
+Foncier
+Logement et habitat
+Paysage</t>
+        </is>
+      </c>
+      <c r="O83" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S83" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T83" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U83" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V83" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X83" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="http://www.epf-npdc.fr/lepf-pratique/contact" target="_self"&gt;
+ &lt;p&gt;
+  http://www.epf-npdc.fr/lepf-pratique/contact
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y83" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z83" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/132e-recycler-une-friche/</t>
+        </is>
+      </c>
+      <c r="AA83" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB83" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC83" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF83" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG83" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH83" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" spans="1:34" customHeight="0">
+      <c r="A84" s="1">
+        <v>139427</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Requalifier une zone d’activités ou une zone industrielle</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Autre aide financière
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de son soutien aux activités économiques, l&amp;#039;Etablissement Public Foncier Hauts de France peut intervenir pour requalifier les zones d&amp;#039;activités ou industrielles.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF acquiert les biens ou sites nécessaires à la reconversion de la zone, assure le traitement des sources de pollutions et des déchets ainsi que les déconstructions des bâtiments devenus obsolètes puis procède éventuellement à une recomposition foncière. Cette intervention facilite la préparation des sites à une nouvelle exploitation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets de développement économique reposant sur du recyclage foncier.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes techniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de démolition et de déconstruction
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût des études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût de l&amp;#039;opération travaux
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Site Filartois dans le Parc des Industries Artois-Flandres, Douvrin (Pas-de-Calais)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le site Filartois est un ensemble de 17ha, dont 4,5 de bâti, qui accueillait des activités d&amp;#039;extrusion de fils synthétiques pour tapis et moquettes. La configuration très spécifique du bâtiment limitait le potentiel de reprise et les coûts de remise aux normes décourageaient les repreneurs potentiels. L&amp;#039;intervention de l&amp;#039;EPF a consisté à acquérir le site et en assurer la déconstruction en intégrant une démarche de valorisation des matériaux. L&amp;#039;aide financière apportée par l&amp;#039;EPF est de l&amp;#039;ordre de 4 M€. Le site accueille aujourd&amp;#039;hui une plateforme colis du groupe La Poste
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Zone d&amp;#039;activité Resurgat 1, Outreau (Pas-de-Calais)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF accompagne depuis 2009 la Communauté d&amp;#039;agglomération du Boulonnais dans la requalification d&amp;#039;une zone d&amp;#039;activités de 11 hectares en bordure de Liane. L&amp;#039;établissement a été facilitateur de cette opération en finançant les travaux de déconstruction et de traitement de la pollution à 100% (1,4M€), en adaptant son processus de cession (arrêt du montant des travaux sur résultat d&amp;#039;appel d&amp;#039;offres et non sur décompte général définitif) pour permettre le respect des délais imposés par le fonds friches, et en accordant un échelonnement du paiement du prix de cession.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N84" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Revitalisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O84" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S84" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T84" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U84" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V84" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X84" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y84" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z84" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7bca-requalifier-une-zone-dactivites-ou-une-zone-i/</t>
+        </is>
+      </c>
+      <c r="AA84" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB84" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC84" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF84" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG84" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2023</t>
+        </is>
+      </c>
+      <c r="AH84" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" spans="1:34" customHeight="0">
+      <c r="A85" s="1">
+        <v>133060</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (16)</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Acheter et porter du foncier pour le compte des collectivités (16)</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H85" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. Expert de la question foncière, il met à disposition son ingénierie et ses outils d&amp;#039;intervention pour prendre en charge le volet foncier des opérations d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ Son intervention permet de mobiliser du foncier, bâti ou non, pour la réalisation des projets de collectivités, conformément à l&amp;#039;article 321-1 du Code de l&amp;#039;urbanisme, dans l&amp;#039;objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  favoriser l&amp;#039;accès au logement, en soutenant particulièrement la production de logement social
+ &lt;/li&gt;
+ &lt;li&gt;
+  redynamiser les centralités urbaines, maintenir l&amp;#039;emploi dans les territoires dans un objectif de cohésion des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  reconvertir les friches (artisanales, industrielles, résidentielles, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  prévenir les risques naturels ou technologiques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Son champ de compétence opérationnelle concerne :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la recherche d&amp;#039;informations nécessaires à la parfaite connaissance des caractéristiques foncières du site, et la réalisation d&amp;#039;études de capacité ou de pré-faisabilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;acquisition, par le biais d&amp;#039;une négociation amiable, d&amp;#039;une préemption ou en ayant recours à l&amp;#039;expropriation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la gestion : il assure la bonne gestion du bien et peut faire réaliser les travaux de démolition ou de dépollution nécessaires.
+ &lt;/li&gt;
+ &lt;li&gt;
+  la cession à opérateur : si le bien n&amp;#039;a pas vocation à être racheté par la collectivité l&amp;#039;EPFNA accompagne celle-ci dans la recherche d&amp;#039;un acquéreur (bailleur social, opérateur immobilier, ...) et dans le montage de l&amp;#039;opération de manière à permettre sa revente rapide. Il dispose d&amp;#039;une bonne connaissance des opérateurs immobiliers actifs dans le territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En amont il peut appuyer la collectivité dans la définition d&amp;#039;une stratégie d&amp;#039;intervention foncière sur la base d&amp;#039;une étude ou d&amp;#039;un gisement foncier (
+ &lt;span&gt;
+  &lt;span&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     &lt;span&gt;
+      &lt;span&gt;
+       &lt;span&gt;
+        &lt;span&gt;👉&lt;/span&gt;
+       &lt;/span&gt;
+      &lt;/span&gt;
+     &lt;/span&gt;
+    &lt;/span&gt;
+   &lt;/span&gt;
+  &lt;/span&gt;
+ &lt;/span&gt;
+ voir fiche «
+ &lt;a href="https://aides-territoires.beta.gouv.fr/aides/debf-elaborer-des-strategies-foncieres-en-lien-ave/" target="_self"&gt;
+  stratégie foncière
+ &lt;/a&gt;
+ »)
+&lt;/p&gt;
+&lt;p&gt;
+ En secteur rural, l&amp;#039;EPFNA a développé des outils spécifiques comme le démembrement de propriété pour favoriser la sortie opérationnelle des projets.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude ou de veille, qui précise le projet de la collectivité, les fonciers nécessaires à la réalisation de ce projet, le montant maximum et la durée de la mobilisation de l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O85" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de conventions d&amp;#039;intervention foncière signées avec les communes et les EPCI, qui lui délèguent, le cas échéant, le droit de préemption sur certaines parties du territoire communal. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S85" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T85" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U85" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V85" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X85" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Arnaud Herry
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 66 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y85" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z85" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d39-etablissement-public-foncier-de-nouvelle-aqui/</t>
+        </is>
+      </c>
+      <c r="AA85" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB85" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC85" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF85" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG85" s="1" t="inlineStr">
+        <is>
+          <t>06/04/2023</t>
+        </is>
+      </c>
+      <c r="AH85" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="86" spans="1:34" customHeight="0">
+      <c r="A86" s="1">
+        <v>130997</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise habitat (juridique,  études, observations, formations)</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'information sur le logement d'Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H86" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ADIL sont des associations agréées par le ministère en charge du logement (art. L.366-1 et suivants du CCH). Constituées d&amp;#039;une équipe de spécialistes de  l&amp;#039;habitat (juriste, statisticien, géographe, urbaniste, travailleur social...) elles apportent un conseil neutre et une expertise auprès des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Imprégnées des besoins des ménages et des enjeux des territoires, les ADIL informent et/ou forment les acteurs locaux et participent aux instances de l&amp;#039;habitat. Elles  pilotent également des groupes de travail pour les collectivités locales et les associations d&amp;#039;usagers.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Formation d&amp;#039;élus et de techniciens de l&amp;#039;habitat sur l&amp;#039;ensemble des thématiques en lien avec le logement et l&amp;#039;habitat (copropriété, lutte contre l&amp;#039;habitat indigne, prévention des impayés et des expulsions, accession à la propriété, dispositifs d&amp;#039;aides à l&amp;#039;amélioration de l&amp;#039;habitat, actualités en matière de logement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la définition des politiques publiques par des études ou des observatoires (niveau des loyers, diagnostic préalable au Programme local de l&amp;#039;habitat , logement des jeunes, études de peuplement...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de dispositifs locaux (Logement d&amp;#039;Abord, Plan Départemental d&amp;#039;Action pour le Logement et l&amp;#039;Hébergement des Personnes Défavorisées...)
+.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Instruction d&amp;#039;aides locales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O86" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S86" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U86" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adil37.fr</t>
+        </is>
+      </c>
+      <c r="W86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adil37.fr/contact/</t>
+        </is>
+      </c>
+      <c r="X86" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour prendre contact avec l&amp;#039;ADIL,
+ &lt;a href="https://www.adil37.fr/contact/" target="_self"&gt;
+  cliquez ici
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y86" s="1" t="inlineStr">
+        <is>
+          <t>anil@anil.org</t>
+        </is>
+      </c>
+      <c r="Z86" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a766-beneficier-dune-expertise-habitat-juridique-e/</t>
+        </is>
+      </c>
+      <c r="AA86" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB86" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC86" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale pour l'information sur le logement (ANIL)</t>
+        </is>
+      </c>
+      <c r="AE86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF86" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG86" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2023</t>
+        </is>
+      </c>
+      <c r="AH86" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" spans="1:34" customHeight="0">
+      <c r="A87" s="1">
+        <v>128961</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de conseils pour une Déclaration d’Utilité Publique (DUP)</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H87" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Être informé sur la législation et la réglementation en
+matière de Déclaration d&amp;#039;Utilité Publique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être conseiller dans la mise en oeuvre de la procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagner à la constitution du dossier
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller foncier et/ou le conseiller
+en développement territorial
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide au lancement d&amp;#039;une procédure d&amp;#039;expropriation
+donnant la possibilité à une collectivité territoriale
+de s&amp;#039;approprier des biens immobiliers privés, afin de
+réaliser un projet d&amp;#039;aménagement dans un but d&amp;#039;utilité
+publique (procédure liée à l&amp;#039;article 545 du code civil :
+« nul ne peut être contraint de céder sa propriété, si ce
+n&amp;#039;est pour cause d&amp;#039;utilité publique et moyennant une
+juste et préalable indemnité. »)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Rapport personnalisé en fonction de la nature du besoin
+(note, études, tableaux...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N87" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O87" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents administratifs
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S87" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U87" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X87" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y87" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z87" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0f7f-beneficier-de-conseils-pour-une-declaration-d/</t>
+        </is>
+      </c>
+      <c r="AA87" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB87" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC87" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF87" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG87" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH87" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="88" spans="1:34" customHeight="0">
+      <c r="A88" s="1">
+        <v>128960</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Évaluer la valeur foncière d’un bien</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H88" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Connaître l&amp;#039;évaluation foncière et immobilière d&amp;#039;un bien
+en dessous du seuil de 180 000 € (seuil d&amp;#039;intervention
+de la Direction immobilière de l&amp;#039;État - DIE) en vue d&amp;#039;une
+acquisition
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître l&amp;#039;évaluation foncière et immobilière d&amp;#039;un bien
+en vue d&amp;#039;une cession pour les collectivités de
+moins de 2000 habitants (seuil d&amp;#039;intervention de la
+Direction immobilière de l&amp;#039;État - DIE)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou le conseiller foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Estimation de la valeur du bien par comparaison
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement dans l&amp;#039;utilisation des outils (outil de
+visualisation du cadastre et consultation des valeurs
+foncières)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Fiche détaillée d&amp;#039;estimation comparative avec les biens
+équivalents
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O88" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture d&amp;#039;informations relatives au bien à évaluer
+(références cadastrales et autres informations techniques)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S88" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U88" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X88" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y88" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z88" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0bb9-evaluer-la-valeur-fonciere-dun-bien/</t>
+        </is>
+      </c>
+      <c r="AA88" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB88" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC88" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF88" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG88" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH88" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="89" spans="1:34" customHeight="0">
+      <c r="A89" s="1">
+        <v>128959</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’une analyse foncière</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G89" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H89" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficier d&amp;#039;une analyse foncière sur une thématique
+particulière (agriculture, habitat, commerce,
+environnement...)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bénéficier de conseils :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - en acquisitions, échanges, préemptions,
+expropriations foncières
+&lt;/p&gt;
+&lt;p&gt;
+ - en matière de foncier stratégique d&amp;#039;opportunité
+(acquisitions, ventes, échanges...)
+&lt;/p&gt;
+&lt;p&gt;
+ - en matière de réserves foncières en lien avec nos
+partenaires (EPF Nouvelle-Aquitaine, SAFER...)
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller foncier et/ou le conseiller en
+développement territorial
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Rapport personnalisé en fonction de la nature du besoin
+(note, études, tableaux...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O89" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents administratifs et études diverses
+relatives au projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S89" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U89" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V89" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X89" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y89" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z89" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d476-beneficier-dune-analyse-fonciere/</t>
+        </is>
+      </c>
+      <c r="AA89" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB89" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC89" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources</t>
+        </is>
+      </c>
+      <c r="AE89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF89" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG89" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="AH89" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" spans="1:34" customHeight="0">
+      <c r="A90" s="1">
+        <v>120990</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer les opérations d'aménagement complexes</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Projet partenarial d'aménagement</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="G90" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H90" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aménagement urbain durable s&amp;#039;incarne dans des projets de territoire intégrant les enjeux de sobriété, de résilience, de mixité sociale et fonctionnelle, d&amp;#039;une offre de logement adaptée, d&amp;#039;une accessibilité aux services et à l&amp;#039;emploi, et, plus généralement, de la qualité du cadre de vie de nos concitoyens.
+&lt;/p&gt;
+&lt;p&gt;
+ A ce titre, la loi n° 2018-1021 portant évolution du logement, de l&amp;#039;aménagement et du numérique (ELAN) du 23 novembre 2018 a introduit une nouvelle forme de contrat entre l&amp;#039;Etat et un ou plusieurs établissements publics ou des collectivités territoriales, le projet partenarial d&amp;#039;aménagement (PPA), afin de favoriser la réalisation d&amp;#039;opérations d&amp;#039;aménagement d&amp;#039;ensemble .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet partenarial d&amp;#039;aménagement (PPA) est un contrat entre l&amp;#039;Etat, l&amp;#039;intercommunalité et les acteurs locaux, afin d&amp;#039;encourager sur un territoire donné la réalisation d&amp;#039;une ou plusieurs opérations d&amp;#039;aménagement complexes destinées à répondre aux objectifs de développement durable des territoires (articles L.312-1 et suivants du code de l&amp;#039;urbanisme).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre, l&amp;#039;Etat porte une attention particulière à l&amp;#039;insertion du projet dans le territoire ainsi qu&amp;#039;à la satisfaction des enjeux :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  De sobriété foncière, en cohérence avec la trajectoire du zéro artificialisation nette (ZAN) fixée par la loi « Climat et résilience ».
+ &lt;/li&gt;
+ &lt;li&gt;
+  De résilience des espaces urbanisés au changement climatique, voire l&amp;#039;adaptation de ceux menacés par le changement climatique ou l&amp;#039;érosion du littoral ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  De production de logements abordables dans les territoires où l&amp;#039;offre est insuffisante, et ce dans le cadre d&amp;#039;opérations intégrées respectant les principes de mixité sociale et fonctionnelle et prévoyant les équipements publics nécessaires à l&amp;#039;accueil des habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  De contribution au dynamisme économique et à la vitalité territoriale, le cas échéant en complémentarité de dynamiques déjà en place, dans le cadre par exemple des opérations de revitalisation des territoires (ORT) ou du programme Petites villes de demain (PVD).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De manière générale, pour tout contrat de PPA, une attention particulière est à avoir quant à l&amp;#039;ambition environnementale du projet, à son insertion territoriale afin de garantir un développement équilibré du territoire et ainsi contribuer à un cadre de vie de qualité.
+&lt;/p&gt;
+&lt;p&gt;
+ Le PPA permet l&amp;#039;intervention d&amp;#039;un tiers facilitant les discussions entre acteurs locaux. Il apporte une ingénierie externe pour construire un processus opérationnel efficace (en particulier avec l&amp;#039;appui du centre national de ressources des PPA hébergé par Grand Paris Aménagement). Enfin, il peut prévoir la cession à l&amp;#039;amiable par l&amp;#039;État de terrains de son domaine privé à un établissement public de coopération intercommunal voire un financement complémentaire en cas de déséquilibre opérationnel persistant à l&amp;#039;issue du bilan économique du projet ou un appui à l&amp;#039;émergence d&amp;#039;un opérateur d&amp;#039;aménagement comme une SPLA ou SPLAIN.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Un PPA peut prévoir la création d&amp;#039;une grande opération d&amp;#039;urbanisme (GOU), au sein de laquelle l&amp;#039;exercice de certaines compétences dérogera au droit commun et des outils juridiques pourront être mobilisés.
+&lt;/p&gt;
+&lt;p&gt;
+ La conclusion d&amp;#039;un PPA doit être justifiée par la recherche d&amp;#039;un effet levier pour faciliter voire accélérer l&amp;#039;opération d&amp;#039;aménagement. La recherche d&amp;#039;une subvention de l&amp;#039;Etat n&amp;#039;est ni une condition nécessaire, ni une condition suffisante pour déclencher un PPA.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction du degré de maturité du projet d&amp;#039;aménagement, deux types de contrats de PPA peuvent être envisagés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les PPA dits « de préfiguration » dont l&amp;#039;objectif principal est de mettre en place les conditions de réalisation du projet d&amp;#039;aménagement. Ces PPA portent essentiellement sur des études préalables : plan guide, stratégie foncière, montage opérationnel et financier, études environnementales, participation du public ; ces PPA doivent impérativement comporter une clause de revoyure visant à faire le bilan des études et premières actions réalisées et à examiner l&amp;#039;opportunité de prévoir un avenant pour conclure un PPA « opérationnel » ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les PPA dits « opérationnels » dont l&amp;#039;objectif est la mise en œuvre effective d&amp;#039;opérations d&amp;#039;aménagement au titre de l&amp;#039;article L.300-1 du code de l&amp;#039;urbanisme. A ce stade, la programmation urbaine, et le bilan économique prévisionnel de l&amp;#039;opération d&amp;#039;aménagement sont connus et justifient le cas échéant le besoin de soutiens financiers.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le déploiement de cet outil à l&amp;#039;échelle nationale permet de constater qu&amp;#039;il recouvre un large panel de projets allant de la production d&amp;#039;opérations mixtes en zone tendue, de la requalification de quartiers dégradés, de la revitalisation de cœurs de villes moyennes, de la reconstruction post-catastrophe, au recyclage de friches, ainsi qu&amp;#039;à l&amp;#039;adaptation des territoires au changement climatique ou face à l&amp;#039;érosion du trait de côte.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O90" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les contrats de PPA doivent porter sur une opération d&amp;#039;aménagement au sens de l&amp;#039;article L.300-1 du code de l&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;engagement de l&amp;#039;EPCI dans la démarche est une condition sine qua non de la conclusion d&amp;#039;un PPA.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction du degré de maturité du projet d&amp;#039;aménagement, deux types de contrats de PPA peuvent être envisagés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les PPA dits « de préfiguration » dont l&amp;#039;objectif principal est de mettre en place les conditions de réalisation du projet d&amp;#039;aménagement. Ces PPA portent essentiellement sur des études préalables : plan guide, stratégie foncière, montage opérationnel et financier, études environnementales, participation du public ; ces PPA doivent impérativement comporter une clause de revoyure visant à faire le bilan des études et premières actions réalisées et à examiner l&amp;#039;opportunité de prévoir un avenant pour conclure un PPA « opérationnel » ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les PPA dits « opérationnels » dont l&amp;#039;objectif est la mise en œuvre effective d&amp;#039;opérations d&amp;#039;aménagement au titre de l&amp;#039;article L.300-1 du code de l&amp;#039;urbanisme. A ce stade, la programmation urbaine, et le bilan économique prévisionnel de l&amp;#039;opération d&amp;#039;aménagement sont connus et justifient le cas échéant le besoin de soutiens financiers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Sa conclusion doit être justifiée par la recherche d&amp;#039;un effet levier pour faciliter voire accélérer l&amp;#039;opération d&amp;#039;aménagement qui ne trouve pas d&amp;#039;équilibre financier malgré la mobilisation de toutes les pistes de financement ou d&amp;#039;optimisation de l&amp;#039;opération. La recherche d&amp;#039;une subvention de l&amp;#039;Etat n&amp;#039;est ni une condition nécessaire, ni une condition suffisante pour déclencher un PPA. A ce titre, la subvention accordée vise à couvrir un déséquilibre résiduel du bilan de l&amp;#039;action (ou de l&amp;#039;opération d&amp;#039;aménagement).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En fonction du degré de maturité, ces contrats peuvent faire l&amp;#039;objet de subventions pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  financer les moyens d&amp;#039;ingénierie nécessaires en vue de l&amp;#039;élaboration, la mise en œuvre et l&amp;#039;évaluation du projet urbain (études pré-opérationnelles ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des actions d&amp;#039;animation, de pilotage et de conduite du projet ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des travaux de démolition, de dépollution (dont désamiantage) et de préparation des sols à leur destination finale
+ &lt;/li&gt;
+ &lt;li&gt;
+  des travaux d&amp;#039;aménagement d&amp;#039;espaces publics et, le cas échéant exceptionnellement, d&amp;#039;équipements publics (équipements de superstructure identifiés dans un programme d&amp;#039;équipements publics) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des études opérationnelles (études techniques et MOE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  des acquisitions foncières, lorsqu&amp;#039;elles sont portées au bilan d&amp;#039;une opération d&amp;#039;aménagement dont le déficit est avéré, ou si elles contribuent à des opérations de recomposition de territoires soumis à l&amp;#039;érosion du littoral. Il devra être démontré qu&amp;#039;aucun acteur foncier (EPF local ou d&amp;#039;Etat) ne peut être mobilisé dans cette acquisition.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le principe est de limiter, sur le programme PPA, le soutien financier de l&amp;#039;Etat  à 50% du montant total des actions figurant au PPA. Le taux de financement par action de l&amp;#039;ensemble des financements de l&amp;#039;Etat peut être modulé dans la limite de 80%, 20% restant impérativement à la charge du maître d&amp;#039;ouvrage de l&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ Attention, sont expressément exclues des financements sur les crédits du programme 135-PPA :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les dépenses de simple mise en conformité à une obligation réglementaire (comme les stations d&amp;#039;épuration) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acquisitions foncières lorsqu&amp;#039;elles visent la constitution d&amp;#039;une réserve foncière alors qu&amp;#039;aucun projet d&amp;#039;aménagement opérationnel n&amp;#039;est défini ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses couvertes par les subventions d&amp;#039;opérateurs de l&amp;#039;Etat, en particulier les agences de l&amp;#039;eau en matière de réseau d&amp;#039;adduction en eau potable, d&amp;#039;assainissement et de renaturation de cours d&amp;#039;eau et d&amp;#039;espaces naturels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement des mesures de compensation environnementale (environnement, forêt agriculture) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de personnel, en particulier celles liées au recrutement d&amp;#039;un poste de chef de projet dédié :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses de fonctionnement des bâtiments, équipements et espaces publics dont la réalisation est prévue dans le cadre du projet d&amp;#039;aménagement
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dossier de candidature comprend a minima les éléments suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une lettre d&amp;#039;intention de l&amp;#039;EPCI (voire le cas échéant des communes concernées) confirmant le soutien à l&amp;#039;engagement dans la démarche et présentant l&amp;#039;économie générale du projet faisant l&amp;#039;objet du contrat ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une carte présentant le périmètre de l&amp;#039;opération d&amp;#039;aménagement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une carte précisant la localisation du projet dans le périmètre intercommunal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une note précisant les enjeux du projet, en particulier la réponse aux 4 défis de la démarche « Habiter la France de demain » que sont la sobriété, la résilience, l&amp;#039;inclusion et la productivité.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En fonction de la maturité des projets, la note comprendra utilement, en plus des pièces susmentionnées, dans la mesure du possible :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La liste des études préalables, réglementaires et pré-opérationnelles menées et restant à mener ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La compatibilité aux stratégies et documents de planification (SRADDET, SDRIF, SAR, PADDUC etc.), d&amp;#039;urbanisme (SCOT, PLU-i, carte communale) et de programmation (PLH notamment) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les acteurs et partenaires de la démarche, en particulier l&amp;#039;aménageur (la collectivité en propre, ou une SEM, SPL, un EPA, un aménageur privé...), voire l&amp;#039;opérateur de portage foncier (EPF, foncière ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La stratégie foncière envisagée (acquisition de tout ou partie du foncier, à l&amp;#039;amiable, par préemption ou expropriation) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation urbaine du projet (précisant en particulier les productions prévisionnelles de surfaces de plancher de logements, de surfaces économiques et équipements publics) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le montage opérationnel pour le financement des équipements publics (taxe d&amp;#039;aménagement, ZAC, PUP...) et les modes de réalisation (régie, mandat, concession...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le bilan économique prévisionnel conforme au cadrage national portant sur les modalités d&amp;#039;attribution des subventions financées sur le programme 135 « politique d&amp;#039;aménagement de l&amp;#039;Etat ».
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S90" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T90" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U90" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V90" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ecologie.gouv.fr/contrats-projets-partenarial-damenagement-et-grandes-operations-durbanisme</t>
+        </is>
+      </c>
+      <c r="X90" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En premier lieu sont à contacter : les directions départementales des territoires concernées par les projets.
+&lt;/p&gt;
+&lt;p&gt;
+ En second lieu : le bureau de l&amp;#039;aménagement opérationnel à la DHUP à l&amp;#039;adresse suivante :
+ &lt;a href="mailto:ppa.amenagement-durable&amp;#64;developpement-durable.gouv.fr" rel="noopener" target="_blank"&gt;
+  ppa.amenagement-durable&amp;#64;developpement-durable.gouv.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y90" s="1" t="inlineStr">
+        <is>
+          <t>ppa.amenagement-durable@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z90" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e04-accompagner-les-operations-damenagement-proje/</t>
+        </is>
+      </c>
+      <c r="AA90" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB90" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC90" s="1" t="inlineStr">
+        <is>
+          <t>MTECT/DHUP/AD/AD5</t>
+        </is>
+      </c>
+      <c r="AE90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF90" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG90" s="1" t="inlineStr">
+        <is>
+          <t>08/11/2022</t>
+        </is>
+      </c>
+      <c r="AH90" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" spans="1:34" customHeight="0">
+      <c r="A91" s="1">
+        <v>119900</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir et gérer le foncier nécessaire à la réalisation des projets des collectivités</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Portage foncier</t>
+        </is>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local du Doubs BFC (EPFL)</t>
+        </is>
+      </c>
+      <c r="G91" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H91" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF intervient en matière de portage foncier : il a ainsi vocation à acquérir directement, sur demande d&amp;#039;une collectivité, des biens nus ou bâtis, les gérer puis les rétrocéder à la collectivité (ou à tout autre organisme désigné par celle-ci) au moment opportun, lorsqu&amp;#039;elle est prête à réaliser son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ La technique du portage foncier offre l&amp;#039;avantage pour la collectivité de faire pré-financer par l&amp;#039;EPF tout ou partie des dépenses d&amp;#039;acquisition des biens nécessaires à la réalisation d&amp;#039;une opération d&amp;#039;aménagement sur une durée suffisamment longue, permettant à la collectivité de disposer desdits biens au moment opportun, sans apport financier immédiat. Cette technique permet à la collectivité de préparer dans les meilleures conditions possibles son projet. L&amp;#039;EPF étant propriétaire du bien acheté, il assume toutes les responsabilités et charges du propriétaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Outil au service des collectivités et de leurs politiques publiques, l&amp;#039;EPF accompagne ses membres dans la définition et la mise en œuvre des actions foncières nécessaires à l&amp;#039;aménagement de leur territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Découvrez quelques exemples d&amp;#039;interventions de l&amp;#039;EPF Doubs BFC, qui illustrent la diversité de ses actions au service des territoires, sur le site internet de l&amp;#039;EPF :
+ &lt;a href="https://epfdoubsbfc.fr/interventions#exemples-et-temoignages" rel="noopener" target="_blank"&gt;
+  https://epfdoubsbfc.fr/interventions#exemples-et-temoignages
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>Foncier</t>
+        </is>
+      </c>
+      <c r="O91" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Conformément au Code de l&amp;#039;urbanisme, le périmètre d&amp;#039;intervention de l&amp;#039;EPF correspond au territoire des Etablissements Publics de Coopération Intercommunale (EPCI) qui en sont membres.
+&lt;/p&gt;
+&lt;p&gt;
+ Les acquisitions-relais sont réalisées à la demande et pour le compte :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de ses membres (EPCI &amp;#43; Départements &amp;#43; Région),
+ &lt;/li&gt;
+ &lt;li&gt;
+  des communes appartenant aux EPCI membres,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de leurs établissements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  et de toute personne publique appelée à intervenir sur son aire d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;EPF est habilité à réaliser les acquisitions dans le cadre d&amp;#039;opérations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  d&amp;#039;habitat, notamment social,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de développement économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de renouvellement urbain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;équipements publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de préservation des espaces agricoles, naturels et de loisirs.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S91" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U91" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V91" s="1" t="inlineStr">
+        <is>
+          <t>https://epfdoubsbfc.fr/</t>
+        </is>
+      </c>
+      <c r="X91" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ETABLISSEMENT PUBLIC FONCIER DOUBS BFC
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 21 rue Louis Pergaud 25000 BESANCON
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 03 81 82 38 31
+&lt;/p&gt;
+&lt;p&gt;
+ Mél : epf&amp;#64;epfdoubsbfc.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y91" s="1" t="inlineStr">
+        <is>
+          <t>anthony.debouche@epfdoubsbfc.fr</t>
+        </is>
+      </c>
+      <c r="Z91" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/652f-acquerir-et-gerer-le-foncier-necessaire-a-la-/</t>
+        </is>
+      </c>
+      <c r="AA91" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB91" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC91" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement Public Foncier Doubs BFC</t>
+        </is>
+      </c>
+      <c r="AE91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF91" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG91" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH91" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" spans="1:34" customHeight="0">
+      <c r="A92" s="1">
+        <v>111724</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les études et travaux d'aménagement foncier agricole forestier et environnemental (AFAFE)</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement foncier agricole forestier et environnemental (AFAFE)</t>
+        </is>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G92" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Association</t>
+        </is>
+      </c>
+      <c r="H92" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Commission communale ou intercommunale d&amp;#039;aménagement foncier (CCAF ou CIAF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Association foncière d&amp;#039;aménagement foncier agricole et forestier (AFAFAF)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement du Département est sollicité pour des opérations d&amp;#039;aménagement foncier dont les objectifs sont en adéquation avec la politique départementale. Le financement d&amp;#039;une opération de second aménagement ne peut être demandée que si une période de plus de trente années la sépare de l&amp;#039;opération précédente.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département s&amp;#039;engage à subventionner les études nécessaires, les travaux du géomètre expert agréé en AFAF et du chargé d&amp;#039;étude d&amp;#039;impact ainsi que les travaux connexes à l&amp;#039;aménagement foncier aux taux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation de la commune aux études préalable : 50%
+&lt;/p&gt;
+&lt;p&gt;
+ Aucune participation de la commune aux travaux du géomètre expert, études d&amp;#039;impact et frais accessoires (reprographie, déplacements des membres CCAF, indemnités commissaire enquêteur, hypothèques, parutions légales...)
+&lt;/p&gt;
+&lt;p&gt;
+ Taux de subvention :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maitrise d&amp;#039;œuvre des travaux : 50%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;intérêt général (mesures environnementale, hydraulique, remise en culture) : 75%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voirie communale : 50% et plafond de 50% du montant de la subvention globale versée par le Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux d&amp;#039;intérêt agricole foncier et forestier (hydraulique, voirie à vocation agricole) : 15%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Indemnités des acquisition communales à vocation environnementale (L123.27 du CRPM) : 50%
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>Foncier</t>
+        </is>
+      </c>
+      <c r="O92" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CRITERES D&amp;#039;INTERVENTION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations classiques :
+&lt;/p&gt;
+&lt;p&gt;
+ Phase étude d&amp;#039;aménagement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  délibération du conseil municipal demandant l&amp;#039;institution d&amp;#039;une commission (inter)communale d&amp;#039;aménagement foncier (CCAF ou CIAF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  délibération du conseil municipal demandant la réalisation d&amp;#039;une étude d&amp;#039;aménagement et s&amp;#039;engageant à la cofinancer
+ &lt;/li&gt;
+ &lt;li&gt;
+  signature d&amp;#039;une convention de financement entre le Département et la commune
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Phase opération d&amp;#039;aménagement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  délibération du conseil municipal validant la proposition d&amp;#039;aménagement (opportunité, mode, périmètre, prescriptions environnementales)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Phase travaux connexes à l&amp;#039;aménagement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  délibération du conseil municipal acceptant ou délégant la maîtrise d&amp;#039;ouvrage des travaux connexes et s&amp;#039;engageant à cofinancer le programme de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  délibération du conseil municipal ou du bureau de l&amp;#039;AFAFAF sollicitant le concours financier du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  signature d&amp;#039;une convention de financement
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIECES A FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la délibération du conseil municipal demandant l&amp;#039;institution d&amp;#039;une commission (inter)communale d&amp;#039;aménagement foncier (CCAF ou CIAF)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la délibération du conseil municipal demandant la réalisation d&amp;#039;une étude d&amp;#039;aménagement et s&amp;#039;engageant à la cofinancer (selon taux départemental en vigueur)
+ &lt;/li&gt;
+ &lt;li&gt;
+  la délibération du conseil municipal validant la proposition d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  la délibération du conseil municipal acceptant ou délégant la maîtrise d&amp;#039;ouvrage des travaux connexes et s&amp;#039;engageant à cofinancer le programme de travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  les marchés de maîtrise d&amp;#039;œuvre et des travaux connexes
+ &lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes. &lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités particulières d&amp;#039;instruction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  seuls les travaux connexes inscrits au programme et au plan des travaux connexes et approuvés par la CDAF sont subventionnés
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Assemblée délibérante est susceptible de ne pas accorder de subvention dont l&amp;#039;utilité n&amp;#039;est pas avérée. A cet effet, le Département émettra un avis sur le projet de nouveau parcellaire et le programme des travaux connexes qu&amp;#039;il transmettra à la commission locale et aux communes concernées dès l&amp;#039;approbation de l&amp;#039;avant-projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de fonctionnement de la maîtrise d&amp;#039;ouvrage des travaux connexes sont à la charge du maître d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses sont prises en compte sur un montant HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Modalités de versement : à chaque étape de la procédure
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour les études et les marchés de géomètre : jusqu&amp;#039;à l&amp;#039;arrêté clôturant l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les travaux connexes : trois ans après l&amp;#039;arrêté clôturant l&amp;#039;opération
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S92" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T92" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U92" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V92" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/02-Developpement_local/afafe.pdf</t>
+        </is>
+      </c>
+      <c r="W92" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X92" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service environnement, agriculture et aménagement foncier ; Tél. : 05 16 09 60 68
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y92" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z92" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c3dd-soutenir-les-etudes-et-travaux-damenagement-f/</t>
+        </is>
+      </c>
+      <c r="AA92" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB92" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC92" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF92" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG92" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2021</t>
+        </is>
+      </c>
+      <c r="AH92" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" spans="1:34" customHeight="0">
+      <c r="A93" s="1">
+        <v>116478</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Connaitre l'état de son bien</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif communs pour la reconversion des biens</t>
+        </is>
+      </c>
+      <c r="E93" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local d'Alsace (EPFL)</t>
+        </is>
+      </c>
+      <c r="G93" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H93" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de faciliter les opérations de préparation et/ou de remise en état du foncier en vue de la réalisation d&amp;#039;un projet (aménagement,
+ construction, réhabilitation), l&amp;#039;EPF d&amp;#039;Alsace pourra, sous sa Maitrise d&amp;#039;Ouvrage, faire réaliser des diagnostics et des travaux de protoaménagement dans le respect du code de la commande publique.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif a vocation à s&amp;#039;appliquer pendant le portage EPF, mais peut, au cas par cas, s&amp;#039;appliquer avant l&amp;#039;acquisition d&amp;#039;un bien.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Diagnostics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sous maîtrise d&amp;#039;ouvrage, l&amp;#039;EPF d&amp;#039;Alsace prend en charge financièrement
+ &lt;strong&gt;
+  jusqu&amp;#039;à 100% du coût de certaines études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des diagnostics obligatoires (diagnostics plomb et amiante avant travaux ou démolition, diagnostic gestion des déchets
+   si nécessaire) en lien avec l&amp;#039;opération de proto-aménagement menée par l&amp;#039;EPF ou la collectivité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au cas par cas, des diagnostics spécifiques qui s&amp;#039;avèrent pertinents à l&amp;#039;opération, à juste appréciation de l&amp;#039;EPF. A titre d&amp;#039;illustration, les diagnostics concernés peuvent être, sans que cette liste soit exhaustive :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostics techniques immobiliers obligatoires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostics structure : solidité, état sanitaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostics pyrotechniques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostics géotechniques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostics de sensibilité environnementale ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Boutique éphémère - Reichshoffen (67)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La commune de REICHSHOFFEN a sollicité l&amp;#039;EPF pour l&amp;#039;accompagner dans l&amp;#039;acquisition d&amp;#039;un immeuble avec un local commercial au rez-de-chaussée de 76 m2 et un logement sur 2 étages de 117 m2.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet immeuble situé au centre de la commune en face de l&amp;#039;église et présente une localisation stratégique pour la revitalisation du centre-ville en cours.
+&lt;/p&gt;
+&lt;p&gt;
+ La propriétaire du bâtiment nous a fourni les diagnostics réglementaires obligatoires dans le cadre de la vente. Il a été mis en évidence la présence d&amp;#039;amiante et de plomb dans le bâtiment. Alors que l&amp;#039;amiante ne nécessite pas d&amp;#039;intervention immédiate, le plomb nécessite la réalisation de travaux rapidement (supports dégradés). La propriétaire s&amp;#039;est engagée à réaliser les travaux durant l&amp;#039;été et à l&amp;#039;issue de nous fournir un diagnostic plomb avant-vente.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;autre part lors de la visite du bien, nous avons observé une dégradation des poutres de soutènement en sous-sol. Nous avons fait appel à une entreprise spécialisée en structure bois pour identifier l&amp;#039;état sanitaire des poutres dégradées (présence de xylophages), vérifier si cette dégradation n&amp;#039;a pas d&amp;#039;impact sur la stabilité du bâtiment et estimer les coûts éventuels de réhabilitation.
+&lt;/p&gt;
+&lt;p&gt;
+ La propriétaire a mis en vente son bien au prix de 107 000€ et a déjà consenti une baisse à 105 000 €. Les résultats du diagnostic de la structure bois nous ont permis de baisser encore le prix de vente. Un accord a été trouvé avec la propriétaire pour un montant de 95.000,00€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pisciculture - Woerth (67)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En septembre 2016 le Parc Naturel Régional des Vosges du Nord (PNRVN) a sollicité l&amp;#039;EPF pour l&amp;#039;acquisition de plusieurs parcelles situées sur le ban communal de WOERTH et occupées par la pisciculture dite du Liebfrauenthal.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette acquisition s&amp;#039;inscrit dans le cadre du programme européen LIFE Biocorridors, dont l&amp;#039;objectif est de restaurer la continuité hydraulique, biologique et sédimentaire de la Sauer, priorité de la directive européenne cadre sur l&amp;#039;eau et objectif de gestion durable du site Natura 2000 « La Sauer et ses affluents », périmètre dans lequel est inclus la pisciculture du Liebfrauenthal et le site voisin de la Nonnenhardt .
+&lt;/p&gt;
+&lt;p&gt;
+ Le site se caractérise aujourd&amp;#039;hui par la présence d&amp;#039;un barrage, induisant une chute de 3 mètres (vannes fermées), des bassins et un étang de pêche.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du projet de restauration il est prévu :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le dérasement du barrage du Liebfrauenthal ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le reprofilage du lit mineur de la Sauer entre l&amp;#039;actuel barrage et le pont de la RD27 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la stabilisation de l&amp;#039;ouvrage de la RD27 (qui fera l&amp;#039;objet d&amp;#039;un réaménagement en 2023 par la Collectivité Européenne d&amp;#039;Alsace) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la renaturation totale du site : démolition des bâtiments et des infrastructures de la pisciculture, recréation des zones humides latérales par reprofilage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Après réalisation d&amp;#039;une évaluation du risque pyrotechnique réalisée en janvier 2021, il s&amp;#039;avère que des diagnostics et des travaux de dépollution pyrotechnique doivent être réalisés sur le site du Liebfrauenthal, propriété de l&amp;#039;EPF d&amp;#039;Alsace, et de la Nonnenhardt, propriété de l&amp;#039;Etat sur lequel le PNRVN intervient en délégation de maîtrise d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ A ce titre, le PNRVN a sollicité le dispositif friche de l&amp;#039;EPF afin que ce dernier puisse, en tant que propriétaire du site, prendre en charge une partie des diagnostics pyrotechniques, dont le coût estimatif est chiffré à 13.140 € TTC, et des travaux de dépollution pyrotechnique, dont le coût est chiffré à 57.120 € TTC, préalables au lancement des travaux. Compte tenu des modalités prévues par le dispositif de soutien en faveur des friches en cours de portage, il est prévu que l&amp;#039;EPF prenne en charge 80 % du coût des études, soit 10.512 € et 50 % du coût des travaux, soit 28.560 €.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF d&amp;#039;Alsace et le PNRVN partagent, de ce fait, des besoins similaires en matière d&amp;#039;achat. Afin de bénéficier de conditions techniques et économiques plus avantageuses et de mutualiser les procédures des marchés publics, il est proposé de créer un groupement de commandes ponctuel entre le PNRVN et l&amp;#039;EPF d&amp;#039;Alsace. Cette convention de groupement de commandes permettra la passation des marchés publics nécessaires à la réalisation des diagnostics et travaux pyrotechniques sur le site du Liebfrauenthal et de la Nonnenhardt. Le PNRVN est pressenti coordonnateur du groupement de commandes pour exécuter la quasi-totalité des missions de passation et d&amp;#039;exécution des marchés publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O93" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S93" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T93" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U93" s="1" t="inlineStr">
+        <is>
+          <t>Alsace</t>
+        </is>
+      </c>
+      <c r="V93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf.alsace/remise-etat-foncier/</t>
+        </is>
+      </c>
+      <c r="W93" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf.alsace/contact/</t>
+        </is>
+      </c>
+      <c r="X93" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Alsace
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;epf.alsace
+&lt;/p&gt;
+&lt;p&gt;
+ 03 69 20 75 53
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y93" s="1" t="inlineStr">
+        <is>
+          <t>killian.oliger@epf.alsace</t>
+        </is>
+      </c>
+      <c r="Z93" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0742-reconvertir-son-bien/</t>
+        </is>
+      </c>
+      <c r="AA93" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB93" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC93" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier d'Alsace (EPF)</t>
+        </is>
+      </c>
+      <c r="AE93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF93" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG93" s="1" t="inlineStr">
+        <is>
+          <t>25/02/2022</t>
+        </is>
+      </c>
+      <c r="AH93" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="94" spans="1:34" customHeight="0">
+      <c r="A94" s="1">
+        <v>95207</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Mobiliser un établissement public foncier</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+France Relance
+Action cœur de ville
+Territoires d'industrie</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="inlineStr">
+        <is>
+          <t>Établissements publics fonciers d'Etat et établissements publics fonciers locaux (EPF/EPFL)</t>
+        </is>
+      </c>
+      <c r="G94" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H94" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Autre aide financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les Établissements publics fonciers (EPF) vous proposent de contribuer aux études pré-opérationnelles, de réaliser les acquisitions foncières (négociation amiable ou par le biais de procédures juridiques de type préemption / expropriation), puis d&amp;#039;assurer le portage foncier (gestion, sécurité, gardiennage, etc.) et les opérations de proto-aménagement (déconstruction des bâtiments existants, dépollution, etc.). A l&amp;#039;issue de la convention, le foncier est rétrocédé à la collectivité territoriale ou directement à l&amp;#039;aménageur retenu par la collectivité (à prix coûtant voire avec une minoration). L&amp;#039;EPF assure également une mission de conseil auprès des collectivités membres pour l&amp;#039;élaboration de leur stratégie d&amp;#039;intervention foncière.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;action des EPF porte sur l&amp;#039;acquisition et la gestion de foncier. Grâce à ces intervention, les EPF facilitent la production de logements (notamment de logements sociaux) et d&amp;#039;équipements publics, la revitalisation des centres-villes et des centres-bourgs, le recyclage des friches, le développement économique, la protection de l&amp;#039;environnement et la lutte contre les risques naturels et technologiques (exemple : recul du trait de côte)
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;EPF Bretagne accompagne le projet de reconversion de la friche urbaine de l&amp;#039;ancien hôpital Bodélio à Lorient (56), qui figure parmi les opérations lauréates du Fonds Friches. A l&amp;#039;issue du portage par l&amp;#039;EPF, le site va être réhabilité en « quartier de cœur de ville ». 700 logements neufs vont y être progressivement construits, complétés par un parc urbain paysagé d&amp;#039;une surface de 1,5 hectare.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;EPF d&amp;#039;Occitanie accompagne la stratégie foncière de la commune de Vias (34) et de l&amp;#039;Agglomération Hérault Méditerranéeen en régulant les transactions dans le cadre d&amp;#039;une zone d&amp;#039;aménagement différée (ZAD) de 300 ha, en procédant à des acquisitions stratégiques permettant le maintien des activités d&amp;#039;hôtellerie en plein air et en facilitant leur relocalisation en cas de montée des eaux. En 2019, l&amp;#039;EPF a préempté le camping Jean Pérès pour un montant de 700 000€. L&amp;#039;objectif est de maintenir l&amp;#039;exploitant et de sécuriser l&amp;#039;activité économique tout en envisageant à terme la possibilité de relocaliser des emplacements menacés en front de mer sur ce même site. Le bail commercial en vigueur au moment de la décision de préemption étant obsolète, l&amp;#039;EPF a renégocié un nouveau bail commercial clarifiant les obligations respectives entre le propriétaire et l&amp;#039;exploitant.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;EPF Hauts-de-France a signé une convention avec Douaisis Agglo (59) pour l&amp;#039;acquisition et les travaux de déconstruction de bâtiments industriels appartenant à Renault sur le parc d&amp;#039;activités des Hautes Rives. Sur ce site, la société Envision AESC porte en partenariat avec Renault Group, RTE et l&amp;#039;EPF un projet visant à construire puis exploiter une usine de production de composants de batteries pour véhicules électriques. Ce projet contribue à la mise en place d&amp;#039;une filière française d&amp;#039;excellence dans la production de batteries au service de la mobilité électrique. En décembre, six mois après avoir signé la convention de partenariat avec Douaisis Agglo, l&amp;#039;établissement a régularisé l&amp;#039;acquisition du site, mobilisant ses moyens financiers à hauteur de 43,2 millions d&amp;#039;euros dont 37,5 pour l&amp;#039;acquisition des emprises foncières libérées par Renault et 6,2 M€ pour les travaux de déconstruction permettant son recyclage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;EPF Nouvelle-Aquitaine a conventionné avec la commune de Bénévent-l&amp;#039;Abbaye (23), commune de 765 habitants classée « Petite Cité de Caractère », pour réinvestir une grande maison vacante dans le centre-bourg. Suite au portage réalisé par l&amp;#039;EPF, le bien a été cédé à la commune, qui va désormais pouvoir y développer son projet consistant en l&amp;#039;aménagement de locaux pour des artisans d&amp;#039;art ainsi que des logements locatifs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Suite à la tempête Alex, une convention-cadre Etat-EPF Provence-Alpes-Côte-d&amp;#039;Azur a été signée le 12 janvier 2021, relative au cadrage de l&amp;#039;intervention foncière de l&amp;#039;EPF sur les vallées de la Tinée, de la Vésubie et de la Roya, qui prévoit un engagement à hauteur de 60 M€ sur 3 ans. Quatre conventions d&amp;#039;interventions foncières, signées à l&amp;#039;été 2021, déclinent ensuite, pour chaque territoire, les modalités d&amp;#039;intervention opérationnelle de l&amp;#039;EPF. En outre celui a été missionné en 2021 pour mener 260 acquisitions et réaliser 104 démolitions.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/wp-content/uploads/2022/07/RA2021-VOL2-BD.pdf" rel="noopener" target="_blank"&gt;
+  Lien vers plus d&amp;#039;exemples de projets
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Friche
+Foncier
+Economie circulaire
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O94" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour pouvoir bénéficier de l&amp;#039;accompagnement d&amp;#039;un Etablissement Public Foncier, vous devez au préalable être une commune ou une intercommunalité :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  adhérente à un EPF Local (si ce n&amp;#039;est pas le cas, tout EPCI à fiscalité propre peut faire une demande d&amp;#039;adhésion auprès de l&amp;#039;EPFL présent sur son territoire)
+  &lt;strong&gt;
+   OU
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  située dans le périmètre d&amp;#039;intervention d&amp;#039;un EPF d&amp;#039;Etat.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si votre territoire n&amp;#039;est pas couvert par un EPF local ou d&amp;#039;État, vous pouvez prendre l&amp;#039;attache de l&amp;#039;un des établissements opérant. dans votre région et/ou de la DREAL afin de mobiliser les études et les procédures réglementaires adéquates.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;img alt="Carte_EPF_oct2022" src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/DHUP_AD3_EPF_2022_06_29.jpeg" /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Carte 1 ci-dessus :
+  &lt;a href="https://www.ecologie.gouv.fr/sites/default/files/carte_etablissements_publics_fonciers_etat_et_locaux.pdf" rel="noopener" target="_blank"&gt;
+   Les établissements publics fonciers (EPF) d&amp;#039;Etat et les EPF locaux
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Carte 2 :
+  &lt;a href="https://asso-epfl.fr/zoom-sur-les-epfl/trouver-un-epfl/" rel="noopener" target="_blank"&gt;
+   Trouver un EPFL
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S94" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U94" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X94" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour en savoir plus :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Association Nationale des Etablissements Publics Fonciers Locaux - Charlotte BOEX : c.boex&amp;#64;asso-epfl.fr / ligne directe : 06.46.91.90.63 - Site internet :
+  &lt;a href="https://asso-epfl.fr/" rel="noopener" target="_blank"&gt;
+   www.asso-epfl.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  - Coordonnées des EPFL :
+  &lt;a href="https://asso-epfl.fr/zoom-sur-les-epfl/trouver-un-epfl/" rel="noopener" target="_blank"&gt;
+   cliquer ici
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réseau National des Etablissements Publics Fonciers de l&amp;#039;Etat - contact&amp;#64;epf-etat.fr - Site internet :
+  &lt;a href="https://www.ecologie.gouv.fr/etablissements-publics-fonciers-epf" rel="noopener" target="_blank"&gt;
+   cliquer ici
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y94" s="1" t="inlineStr">
+        <is>
+          <t>c.boex@asso-epfl.fr</t>
+        </is>
+      </c>
+      <c r="Z94" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f989-mobiliser-un-etablissement-public-foncier/</t>
+        </is>
+      </c>
+      <c r="AA94" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB94" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC94" s="1" t="inlineStr">
+        <is>
+          <t>Association Nationale des Etablissements Publics Fonciers Locaux</t>
+        </is>
+      </c>
+      <c r="AE94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF94" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG94" s="1" t="inlineStr">
+        <is>
+          <t>04/07/2021</t>
+        </is>
+      </c>
+      <c r="AH94" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" spans="1:34" customHeight="0">
+      <c r="A95" s="1">
+        <v>92613</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités souhaitant s’engager sur une protection à long terme de leurs espaces agricoles et naturels nécessaires à toute action foncière agricole</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G95" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H95" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I95" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J95" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d’intervention est fixé à 40 % du coût de l’étude d’opportunité.</t>
+        </is>
+      </c>
+      <c r="K95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a pour objectif d&amp;#039;accompagner les collectivités souhaitant s&amp;#039;engager sur une protection à long terme de leurs espaces agricoles et naturels nécessaire à toute action foncière agricole. Il est conforme aux préconisations et orientations formalisées par le Département de Vaucluse, notamment au travers de sa stratégie Vaucluse 2025-2040, et à sa stratégie foncière définie dans la Charte pour l&amp;#039;action foncière mise en œuvre dans le cadre du Fond d&amp;#039;Aménagement foncier Rural.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Cette aide est ciblée sur l&amp;#039;aide aux études visant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  A étudier l&amp;#039;opportunité de la réalisation d&amp;#039;une Zone Agricole Protégée (ZAP) ou d&amp;#039;un Périmètre Agricole ou Espaces Naturel (PAEN) à protéger.
+ &lt;/li&gt;
+ &lt;li&gt;
+  A étudier l&amp;#039;opportunité d&amp;#039;un Aménagement Foncier Agricole Forestier et Environnemental volontaire ou opération d&amp;#039;échange Collectif d&amp;#039;Immeubles Ruraux (ECIR) avec périmètre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Friche
+Foncier
+Bâtiments et construction
+Réhabilitation
+Paysage</t>
+        </is>
+      </c>
+      <c r="O95" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R95" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les bénéficiaires sont les maîtres d&amp;#039;ouvrage des Plans Locaux d&amp;#039;Urbanisme Intercommunaux :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté de Communes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communauté d&amp;#039;agglomération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats mixtes de SCOT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide départementale est conditionnée à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Validation du projet de cahier des charges par les services compétents du Conseil départemental avant le lancement de la consultation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Association des services compétents du Conseil départemental tout au long de la démarche
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépôt d&amp;#039;un dossier de demande de co-financement auprès de la Région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès du Département à la base de données produite
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études devront recevoir un commencement de l&amp;#039;exécution dans un délai de 6 mois à compter de la délibération accordant la subvention. La subvention devra en outre être appelée dans son intégralité, après achèvement de l&amp;#039;étude dans un délai de 2 ans à compter de la date de la délibération accordant la subvention.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S95" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T95" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U95" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X95" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y95" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z95" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/262f-accompagner-les-collectivites-souhaitant-seng/</t>
+        </is>
+      </c>
+      <c r="AA95" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB95" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC95" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF95" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG95" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH95" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" spans="1:34" customHeight="0">
+      <c r="A96" s="1">
+        <v>92240</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Être aidé pour bâtir des stratégies territoriales</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t>Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="G96" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H96" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme participent à la construction des stratégies territoriales
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dynamiques territoriales et les transitions en cours questionnent le sens même de la planification stratégique. Nous sommes dans l&amp;#039;ère des interdépendances territoriales et des réciprocités - qu&amp;#039;elles soient choisies ou subies. Les nouvelles interfaces politiques et territoriales appellent à organiser des alliances entre tous les types de territoires (métropolitains, urbains, périurbains et ruraux), interpellent l&amp;#039;agilité des modes de gouvernance et sollicitent de nouveaux cadres d&amp;#039;actions territoriales. Dans ce contexte qui rebat les cartes du développement territorial, les missions de l&amp;#039;agence d&amp;#039;urbanisme se structurent principalement autour d&amp;#039;un travail de mise en commun et de construction d&amp;#039;une vision partagée pour le futur.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les agences d&amp;#039;urbanisme
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des outils d&amp;#039;ingénierie innovants, fondés sur le partenariat.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 50 ans, leur gouvernance et leurs missions se sont réinventées pour anticiper les différentes étapes de la décentralisation et des politiques d&amp;#039;aménagement du territoire et mettre en œuvre les projets territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des outils au service de l&amp;#039;intérêt général
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme sont des associations loi 1901. Le conseil d&amp;#039;administration ou le bureau pilote la stratégie ; l&amp;#039;assemblée générale, elle, est l&amp;#039;organe décisionnel. Celle-ci se compose des représentants de tous les membres de l&amp;#039;association. Ils forment le cœur du partenariat. Les membres sont :
+&lt;/p&gt;
+&lt;p&gt;
+ - les collectivités locales et leurs groupements (communes et intercommunalités de tailles variées, départements, régions, syndicats mixtes), représentés par des élus ;
+&lt;/p&gt;
+&lt;p&gt;
+ - l&amp;#039;état, représenté notamment par le préfet ou le sous-préfet, et la DREAL ou la DDT(M) ;
+&lt;/p&gt;
+&lt;p&gt;
+ - des acteurs territoriaux du monde économique (chambre consulaire, port...), de l&amp;#039;énergie, de l&amp;#039;habitat, de l&amp;#039;environnement, de l&amp;#039;enseignement supérieur (universités...)
+&lt;/p&gt;
+&lt;p&gt;
+ - et des membres associés intéressés par les enjeux territoriaux.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Le programme partenarial : une feuille de route mutualisée entre les membres et les financeurs
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme accompagnent les politiques publiques afin de contribuer à l&amp;#039;aménagement et au développement durable de leur territoire, dans un souci de cohérence des politiques publiques. Le contenu des missions est discuté et élaboré en commun, avec les membres de l&amp;#039;agence, et formalisé dans une feuille de route d&amp;#039;actions mutualisées, nommé « programme partenarial » et adopté par les instances de l&amp;#039;agence.
+&lt;/p&gt;
+&lt;p&gt;
+ Les agences d&amp;#039;urbanisme, par ce mode de fonctionnement, offrent un espace de travail, de dialogue et de neutralité entre les acteurs. Les travaux produits dans le cadre du programme partenarial sont accessibles à tous les membres et financeurs.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Une équipe pluridisciplinaire et inclusive
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La pluridisciplinarité est un marqueur fort et très distinctif de l&amp;#039;offre et du fonctionnement des agences d&amp;#039;urbanisme. Peu d&amp;#039;organismes concentrent en leur sein un tel éventail de compétences. Les collaborateurs et collaboratrices aux métiers très divers croisent leurs expertises dans les domaines de l&amp;#039;habitat et du foncier, de l&amp;#039;économie territoriale et du commerce, de la cohésion sociale, de l&amp;#039;environnement, ou encore de l&amp;#039;énergie et des mobilités... Une plus-value rare au service de l&amp;#039;efficacité des projets de territoire, de la pertinence des analyses et de l&amp;#039;optimisation des coûts qui permet aux agences d&amp;#039;urbanisme de mettre en œuvre leur programme partenarial, en lien avec les acteurs de terrain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conduire des démarches de prospective pour construire une vision pour le futur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la réalisation de documents de planification (SCoT, PLUi, Sraddet)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de coopérations territoriales (contractualisations, coopérations
+  &lt;br /&gt;
+  métropolitaines, contrat de réciprocité...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux stratégies frontalières et transnationales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie locale et circuits courts
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Transports collectifs et optimisation des trafics routiers
+Logistique urbaine
+Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O96" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S96" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U96" s="1" t="inlineStr">
+        <is>
+          <t>Réseau des Agences d'urbanisme</t>
+        </is>
+      </c>
+      <c r="V96" s="1" t="inlineStr">
+        <is>
+          <t>http://www.fnau.org/fr/</t>
+        </is>
+      </c>
+      <c r="X96" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez les contacts de chaque agence d&amp;#039;urbanisme sur le site de la Fnau :
+ &lt;a href="http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/" rel="noopener" target="_blank"&gt;
+  http://www.fnau.org/fr/les-agences-durbanisme/carte-des-agences-durbanisme/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y96" s="1" t="inlineStr">
+        <is>
+          <t>fnau@fnau.org</t>
+        </is>
+      </c>
+      <c r="Z96" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df5d-etre-aide-pour-batir-des-strategies-territori/</t>
+        </is>
+      </c>
+      <c r="AA96" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB96" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC96" s="1" t="inlineStr">
+        <is>
+          <t>FNAU</t>
+        </is>
+      </c>
+      <c r="AE96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF96" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG96" s="1" t="inlineStr">
+        <is>
+          <t>26/04/2021</t>
+        </is>
+      </c>
+      <c r="AH96" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="97" spans="1:34" customHeight="0">
+      <c r="A97" s="1">
+        <v>92355</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la revitalisation des centres anciens</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier d'Occitanie (EPF)</t>
+        </is>
+      </c>
+      <c r="G97" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H97" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie intervient dans le cadre de projets d&amp;#039;intérêt public pour assurer une action foncière sur mesure, sans prétendre à aucune rémunération pour son action. Il peut :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  appuyer la collectivité locale dans la conception et l&amp;#039;étude de faisabilité (technique, économique et juridique) de son projet ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquérir à la demande et pour le compte de la collectivité locale, les biens nécessaires à la réalisation future du projet, puis les porter jusqu&amp;#039;au démarrage du projet avant de les céder à la collectivité ou directement à l&amp;#039;opérateur chargé de sa mise en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie accompagne les collectivités dans la reconquête du centre des villes en les aidant à bâtir une stratégie globale destinée à agir sur les usages diversifiés.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement intervient auprès des collectivités sur des projets d&amp;#039;aménagement sans critère de taille, dans le cadre de programmes variés (habitat, activités économiques, protection d&amp;#039;espaces naturels), avec des temporalités de portage adaptées (court, moyen, long terme), dans des situations urbaines contrastées (centre ancien à valeur patrimoniale, bourg à redynamiser, friches industrielles, dents creuses en secteur tendu, secteurs touristiques...), dès lors que ces opérations sont cohérentes avec les orientations d&amp;#039;aménagement durable du Programme Pluriannuel d&amp;#039;Intervention et nécessitent une maîtrise foncière publique pour les sécuriser.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF d&amp;#039;Occitanie vise alors selon les cas à :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • accélérer les projets en sécurisant la maîtrise foncière,
+ &lt;br /&gt;
+ • débloquer des situations par le déploiement d&amp;#039;une offre de services sur-mesure,
+ &lt;br /&gt;
+ • avoir un effet levier sur la chaîne des acteurs de l&amp;#039;aménagement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF accompagne les communes dans :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la qualification et la valorisation du patrimoine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la qualification du cadre de vie, le développement économique y compris
+ &lt;/li&gt;
+ &lt;li&gt;
+  le tourisme pour les territoires concernés et le développement de l&amp;#039;offre de logements.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Action Cœur de Ville (ACV) - L&amp;#039;EPF est porteur de foncier sur plusieurs projets parmi lesquels :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Lot : Monument Historique - acquisition fin 2019
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hérault : Monument historique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haute-Garonne : Îlot en centre ancien - acquisition 2019
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lot : Monument historique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;
+  Opération de Revitalisation des Territoires (ORT) -
+ &lt;/strong&gt;
+ L&amp;#039;EPF compte déjà 19 conventions sur ces périmètres parmi lesquelles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pamiers (Ariège)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Millau (Aveyron)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lunel (Hérault)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;
+  Petites Villes de Demain (PVD) -
+ &lt;/strong&gt;
+ L&amp;#039;EPF d&amp;#039;Occitanie est mobilisé dans le cadre de ce programme pour accompagner les territoires ruraux en aidant à révéler le potentiel de ces territoires, pour donner envie à de nouveaux habitants de venir s&amp;#039;installer et d&amp;#039;y créer de l&amp;#039;activité.
+  L&amp;#039;EPF est signataire de plusieurs conventions parmi lesquelles :
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entraygues-sur-Truyère (Aveyron)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bram (Aude)&lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contrat Bourg-Centre Occitanie (BCO) -
+ &lt;/strong&gt;
+ L&amp;#039;EPF, partenaire du dispositif accompagne les petites villes, bourgs ruraux ou péri urbains dans leur politique de dynamisation de leurs bassins de vie. Une collaboration forte entre les services de la Région et des services de l&amp;#039;EPF permet d&amp;#039;identifier les problématiques foncières des territoires. Chaque contrat cadre définit une feuille de route partagée sur des sujets d&amp;#039;habitat, de qualité de vie et de cohésion sociale... L&amp;#039;EPF compte 183 conventions actives sur les communes BCO, parmi lesquelles :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Laguiole (Aveyron)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sommières (Gard)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O97" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S97" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="T97" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U97" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V97" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf-occitanie.fr/appui-aux-politiques-publiques/</t>
+        </is>
+      </c>
+      <c r="X97" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Occitanie
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Siège : 04 99 54 91 10
+ &lt;br /&gt;
+ contact&amp;#64;epf-occitanie.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y97" s="1" t="inlineStr">
+        <is>
+          <t>esra.gueuvin@epf-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z97" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3d9e-accompagner-la-redynamisation-des-centres-via/</t>
+        </is>
+      </c>
+      <c r="AA97" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB97" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AE97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF97" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG97" s="1" t="inlineStr">
+        <is>
+          <t>28/04/2021</t>
+        </is>
+      </c>
+      <c r="AH97" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-[...19 lines deleted...]
-      <c r="G35" s="1" t="inlineStr">
+    <row r="98" spans="1:34" customHeight="0">
+      <c r="A98" s="1">
+        <v>92352</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'offre de logements</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier d'Occitanie (EPF)</t>
+        </is>
+      </c>
+      <c r="G98" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H98" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Autre aide financière
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement public foncier d&amp;#039;Occitanie intervient dans le cadre de projets d&amp;#039;intérêt public pour assurer une action foncière sur mesure, sans prétendre à aucune rémunération pour son action. Il peut :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  appuyer la collectivité locale dans la conception et l&amp;#039;étude de faisabilité (technique, économique et juridique) de son projet ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  acquérir à la demande et pour le compte de la collectivité locale, les biens nécessaires à la réalisation future du projet, puis les porter jusqu&amp;#039;au démarrage du projet avant de les céder à la collectivité ou directement à l&amp;#039;opérateur chargé de sa mise en œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF d&amp;#039;Occitanie met au service des collectivités son expertise pour bâtir une stratégie foncière sur-mesure qui prend en compte les spécificités du territoires, les besoins en logement de la population et le marché foncier.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement intervient auprès des collectivités sur des projets d&amp;#039;aménagement sans critère de taille, dans le cadre de programmes variés (habitat, activités économiques, protection d&amp;#039;espaces naturels), avec des temporalités de portage adaptées (court, moyen, long terme), dans des situations urbaines contrastées (centre ancien à valeur patrimoniale, bourg à redynamiser, friches industrielles, dents creuses en secteur tendu, secteurs touristiques...), dès lors que ces opérations sont cohérentes avec les orientations d&amp;#039;aménagement durable du Programme Pluriannuel d&amp;#039;Intervention et nécessitent une maîtrise foncière publique pour les sécuriser.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF d&amp;#039;Occitanie vise alors selon les cas à :
+&lt;/p&gt;
+&lt;p&gt;
+ • accélérer les projets en sécurisant la maîtrise foncière,
+ &lt;br /&gt;
+ • débloquer des situations par le déploiement d&amp;#039;une offre de services sur-mesure,
+ &lt;br /&gt;
+ • avoir un effet levier sur la chaîne des acteurs de l&amp;#039;aménagement.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Réhabilitation de bâtiments dégradés en vue de créer des logements locatifs sociaux
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF d&amp;#039;Occitanie a été saisi dans le cadre d&amp;#039;un projet de revitalisation en
+ &lt;strong&gt;
+  centre ancien
+ &lt;/strong&gt;
+ d&amp;#039;une commune située dans le Tarn, porté par la commune et la communauté d&amp;#039;agglomération pour accompagner l&amp;#039;opération de restauration immobilière d&amp;#039;un îlot. Située en quartier prioritaire de la ville (QPV), cette opération complexe de réhabilitation lourde portait sur le traitement d&amp;#039;un îlot à valeur patrimoniale d&amp;#039;habitat fortement dégradé et vacant afin d&amp;#039;améliorer la qualité des logements existants et ainsi répondre aux besoins des habitants. Le projet étant inscrit dans une politique d&amp;#039;ensemble visant à
+ &lt;strong&gt;
+  redynamiser le centre-ville.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF a mis à disposition des collectivités son ingénierie pour accélérer la réalisation de 8 logements locatifs sociaux et de 4 maisons individuelles en accession sociale. Afin d&amp;#039;accélérer l&amp;#039;opération, le foncier a été cédé directement au bailleur social.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation de 16 logements sociaux ayant bénéficié d&amp;#039;une minoration au titre de la compensation de la surcharge foncière
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF a préempté 2 parcelles bâties pour permettre la réalisation de 16 logements locatifs sociaux. Pour sécuriser la sortie de cette opération de production de logements, le conseil d&amp;#039;administraton de l&amp;#039;EPF d&amp;#039;Occitanie a accordé une minoration du prix de cession des biens qu&amp;#039;il a acquis et portés équivalent à
+ &lt;br /&gt;
+ 7 200€/logement.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation d&amp;#039;une opération d&amp;#039;aménagement à vocation principale de logements dont des logements locatifs sociaux
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF d&amp;#039;Occitanie a été saisi pour ce projet comprenant 1 300 logements dont au moins 25% de logements locatifs sociaux
+ &lt;br /&gt;
+ L&amp;#039;EPF a mené les acquisitions de de 2012 à 2015 sur ce site de 26 ha.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O98" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S98" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T98" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U98" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V98" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epf-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="X98" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Occitanie
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Siège : 04 99 54 91 10
+ &lt;br /&gt;
+ contact&amp;#64;epf-occitanie.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y98" s="1" t="inlineStr">
+        <is>
+          <t>esra.gueuvin@epf-occitanie.fr</t>
+        </is>
+      </c>
+      <c r="Z98" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eca2-developper-loffre-de-logements/</t>
+        </is>
+      </c>
+      <c r="AA98" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB98" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AE98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF98" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG98" s="1" t="inlineStr">
+        <is>
+          <t>28/04/2021</t>
+        </is>
+      </c>
+      <c r="AH98" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" spans="1:34" customHeight="0">
+      <c r="A99" s="1">
+        <v>92597</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir des biens fonciers ou immobilier destinés à la production de logements locatifs sociaux et conventionnés</t>
+        </is>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G99" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H99" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I99" s="1" t="inlineStr">
+        <is>
+          <t> Max : 10</t>
+        </is>
+      </c>
+      <c r="K99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide financière plafonnée à 10 % du montant de l&amp;#039;acquisition (acquisition &amp;#43; frais notariés) avec une dépense subventionnable maximale de 183 000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ Montant calculé en fonction de l&amp;#039;estimation des Domaines en cas d&amp;#039;acquisition à l&amp;#039;amiable et sur le montant fixé par le juge en cas d&amp;#039;expropriation. La commune ou l&amp;#039;EPCI s&amp;#039;engage à réaliser le programme de logements sociaux avant 4 ans et à ne pas destiner les immeubles acquis à une autre destination.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Acquisition d&amp;#039;un bien immobilier en vue de la réalisation de logements locatifs sociaux de type PLUS, PLAI et Palulos.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Cohésion sociale et inclusion
+Bâtiments et construction
+Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O99" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R99" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 5 000 habitants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI compétents, à condition que l&amp;#039;opération concerne une commune de moins de 5 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S99" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T99" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U99" s="1" t="inlineStr">
+        <is>
+          <t>Communes du Vaucluse inférieures à 5000 habitants</t>
+        </is>
+      </c>
+      <c r="X99" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y99" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z99" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b8b9-acquerir-des-biens-fonciers-ou-immobilier-des/</t>
+        </is>
+      </c>
+      <c r="AA99" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB99" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC99" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF99" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG99" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH99" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" spans="1:34" customHeight="0">
+      <c r="A100" s="1">
+        <v>92600</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Produire des logements locatifs communaux sociaux</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Produire des logements locatifs communaux sociaux financés en prêts locatifs à usage social (PLUS), prêts locatifs d&amp;#039;intégration (PLAI), ou prime à l&amp;#039;amélioration des logements à usage locatif et occupation sociale (PALULOS) ou conventionnés avec des niveaux de loyers équivalents aux loyers PALULOS, PLUS AA, ou PLAI AA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif s&amp;#039;applique aux opérations de 10 logements maximum soit financés en Prêts Locatifs à Usage Social (PLUS), en Prêts Locatifs Aidés Intégration (PLAI) ou en Prime à l&amp;#039;Amélioration des Logements à Usage Locatif et Occupation Sociale (PALULOS), soit conventionnés avec l&amp;#039;Etat à un niveau de loyer équivalent à
+celui appliqué aux logements financés en PLUS, en PLAI ou en PALULOS communales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N100" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Cohésion sociale et inclusion
+Bâtiments et construction
+Logement et habitat
+Lutte contre la précarité</t>
+        </is>
+      </c>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R100" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 5 000 habitants.
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI compétents, à condition que l&amp;#039;opération concerne une commune de moins de 5 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département est calculée sur la base de 5 logements maximum subventionnés.
+L&amp;#039;attribution de ces aides sera déterminée par le Département en fonction de l&amp;#039;intérêt que pourra présenter chacune des opérations au regard des objectifs propres du Département en terme d&amp;#039;aménagement du territoire, de mixité et d&amp;#039;équilibre de l&amp;#039;habitat et en fonction de l&amp;#039;équilibre financier de l&amp;#039;opération.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est
+proposé de favoriser le financement d&amp;#039;opérations à caractère innovant et bénéficiant d&amp;#039;une certification environnementale.
+L&amp;#039;aide pourra s&amp;#039;élever à 15 % du prix de revient de l&amp;#039;opération (acquisition &amp;#43; travaux).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;assiette maximale sera de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Pour les T2 : 45 000 € / logement avec un plafond de subvention de 6 750 € /logement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les T3 : 55 000 € / logement avec un plafond de subvention de 8 250 € /logement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les T4, T5 et Plus : 80 000 € / logement avec un plafond de subvention de 12 000 € /logement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les opérations de plus de 5 logements, le calcul de la subvention est établi au prorata de la typologie des logements de l&amp;#039;ensemble de l&amp;#039;opération.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S100" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T100" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U100" s="1" t="inlineStr">
+        <is>
+          <t>Communes du Vaucluse inférieures à 5000 habitants</t>
+        </is>
+      </c>
+      <c r="X100" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y100" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z100" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d179-produire-des-logements-locatifs-communaux-soc/</t>
+        </is>
+      </c>
+      <c r="AA100" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB100" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC100" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="AE100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF100" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG100" s="1" t="inlineStr">
+        <is>
+          <t>03/05/2021</t>
+        </is>
+      </c>
+      <c r="AH100" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" spans="1:34" customHeight="0">
+      <c r="A101" s="1">
+        <v>73538</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir  une ancienne grange pour y créer atelier communal</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF facilite la mobilisation de sites en renouvellement urbain nécessaires aux projets des collectivités. Dans le cadre d&amp;#039;une convention opérationnelle signée avec la collectivité, l&amp;#039;établissement acquiert, porte et prépare (constitution de l&amp;#039;assiette foncière, gestion des déchets et pollutions, déconstruction, préverdissement) le foncier nécessaire à l&amp;#039;opération préalablement définie. La collectivité s&amp;#039;engage à racheter, ou à faire racheter par un opérateur désigné, le site à l&amp;#039;issue de la convention. Des usages temporaires peuvent être développés sur les sites pendant la durée du portage foncier. L&amp;#039;EPF finance sur ses fonds propres une partie de son intervention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF couvre une grande diversité de thématiques (logement, développement économique, redynamisation des centres villes et centres bourgs, équipements publics, risques et biodiversité, reconquête de friches...) sur tout type de territoire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets portant sur une thématique logement, développement économique, redynamisation des centres villes et centres bourgs, risques, biodiversité, patrimoine UNESCO, friches et réserves foncières
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Négociation, acquisition et portage foncier
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études préalables (faisabilité, techniques...)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des sources de pollution concentrées
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renaturation
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes préalables jusqu&amp;#039;à 80%
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction et de traitement des sources de pollution concentrées jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition et démolition partielle d&amp;#039;un corps de ferme en centre bourg pour production de logements locatifs sociaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition et démolition d&amp;#039;un ancien supermarché pour l&amp;#039;aménagement d&amp;#039;un écoquartier
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition et requalification d&amp;#039;un ancien site de stockage de produits chimiques pour l&amp;#039;implantation d&amp;#039;un centre d&amp;#039;hébergement de données (OVH)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisition et traitement d&amp;#039;une friche polluée pour aménagement d&amp;#039;un espace naturel
+ de plusieurs hectares
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S101" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T101" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U101" s="1" t="inlineStr">
+        <is>
+          <t>Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="V101" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epf-npdc.fr/</t>
+        </is>
+      </c>
+      <c r="X101" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ http://www.epf-npdc.fr/lepf-pratique/contact
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Z101" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fb53-acquerir-une-ancienne-grange-pour-y-creer-ate/</t>
+        </is>
+      </c>
+      <c r="AA101" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB101" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AE101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF101" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG101" s="1" t="inlineStr">
+        <is>
+          <t>29/12/2020</t>
+        </is>
+      </c>
+      <c r="AH101" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" spans="1:34" customHeight="0">
+      <c r="A102" s="1">
+        <v>56455</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Préparer un projet de maitrise foncière</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J102" s="1" t="inlineStr">
+        <is>
+          <t>aide maximale de 70 000 €</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Établissement Public Foncier Local des territoires Oise et Aisne accompagne ses adhérents pour la mise en œuvre de projet d&amp;#039;acquisitions foncière entrant dans le cadre du Programme Pluriannuel d&amp;#039;Intervention 202024-2028 : habitat, revitalisation d&amp;#039;un centre, activités économiques, résorption de friches, commerce de proximité, biodiversité et renaturation, équipements publics locaux, dents creuses...
+&lt;/p&gt;
+&lt;p&gt;
+ Cette phase d&amp;#039;ingénierie et de conseil en amont d&amp;#039;une potentielle intervention foncière se fait à titre gratuit. Pour mieux préparer l&amp;#039;action foncière, un cofinancement d&amp;#039;étude peut-être accordé (voir page dédiée à cette aide).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les collectivités non adhérentes, il peut être sollicité un RDV avec l&amp;#039;EPFLO pour échanger sur vos projets et la démarche d&amp;#039;adhésion.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q102" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="S102" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T102" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U102" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V102" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X102" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y102" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z102" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0982-cofinancer-des-etudes-pour-preparer-laction-f/</t>
+        </is>
+      </c>
+      <c r="AA102" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB102" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC102" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF102" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG102" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH102" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" spans="1:34" customHeight="0">
+      <c r="A103" s="1">
+        <v>116475</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les centralités et les intercommunalités du Calvados via les contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Contrats de territoire 2022-2026</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>Taux variables en fonction de la nature des projets, des enjeux locaux, des priorités départementales et bonus mobilisables.</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec près de 700 000 habitants, le Calvados connaît une croissance démographique régulière. Le Département, garant de la solidarité territoriale, subventionne de nombreux équipements publics qui participent à la qualité de vie des habitants quel que soit leur âge : gymnases, médiathèques, crèches, mais aussi équipements touristiques, résidences autonomies pour les seniors ou encore pépinières d&amp;#039;entreprises.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un socle de discussion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les accords Calvados 2030 seront signés entre le Département, les Établissements publics de coopération intercommunale (EPCI) et les communes pôle sur chaque territoire. Ils comprendront une feuille de route de projets envisagés par les collectivités pour les années à venir, ainsi que les projets départementaux programmés par le Département (collèges, routes, ports...) et constitueront le socle de discussion entre le Département et les collectivités signataires des contrats de territoire 2022-2026.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les contrats de territoire
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Conclus entre le Département, les EPCI et les communes pôles principaux et secondaires du Calvados (et syndicats intercommunaux en fonction des projets éligibles), les contrats de territoire permettent aux collectivités signataires de bénéficier d&amp;#039;aides financières en investissement pour leurs projets d&amp;#039;aménagement et d&amp;#039;équipement.
+&lt;/p&gt;
+&lt;p&gt;
+ Entre 2017 et 2021, 60 millions d&amp;#039;euros ont été consacrés aux contrats de territoire. Entre 2022 et 2026, ce sont 100 millions d&amp;#039;euros supplémentaires qui seront mobilisés par le Département pour soutenir les projets des collectivités à travers les contrats de territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Renforcer les centralités du Calvados, préserver l&amp;#039;environnement et lutter contre le dérèglement climatique, favoriser la solidarité entre les hommes et entre les territoires sont les grandes ambitions de cette nouvelle politique territoriale. L&amp;#039;objectif est de faire du Calvados un département où il fait bon vivre, où chaque habitant a accès en un temps réduit à des services de qualité, afin de s&amp;#039;épanouir pleinement à tout âge de la vie (équipements sportifs, de lecture publique, d&amp;#039;accueil de spectacles, de petite enfance, bâtiments publics isolés énergétiquement, accessibles aux personnes à mobilité réduite, aménagements et équipements adaptés aux seniors, itinéraires cyclables de qualité, eau et espaces naturels préservés et accessibles au public...).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;img alt src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Priorites_2030.jpeg" /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Personnes âgées
+Jeunesse
+Santé
+Tiers-lieux
+Economie locale et circuits courts
+Economie sociale et solidaire
+Risques naturels
+Equipement public
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Cumul possible avec les amendes de police (02.31.57.12.91) et le dispositif patrimoine (02.31.57.18.00), dans la limite du taux d&amp;#039;aide publique légal fixé à 80% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux ne doivent pas être commencés avant la notification de l&amp;#039;attribution de la subvention par le Département ou de l&amp;#039;autorisation de démarrage anticipé transmise à réception du dossier complet au stade résultat d&amp;#039;appel d&amp;#039;offre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le dossier de demande de subvention ne sera considéré complet qu&amp;#039;après réception de l&amp;#039;ensemble des pièces indiquées (des pièces complémentaires peuvent être demandées dans le cadre de l&amp;#039;instruction technique) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le maître d&amp;#039;ouvrage dispose de deux ans après la date de passage en commission permanente de son projet pour commencer les travaux, et trois ans, pour obtenir le règlement intégral de la subvention ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aucune prorogation de ces délais ne pourra être accordée.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets non éligibles : projets inférieurs à 50.000€ HT ; projets non éligibles dans le cadre de l&amp;#039;APCR et de l&amp;#039;APCR&amp;#43; ; travaux de construction ou rénovation de salles communales ou intercommunales louées aux privés (sauf si usage mutualisé et travaux de rénovation énergétique permettant d&amp;#039;atteindre une amélioration de 40% ou la classe C) ; projets ne répondant pas aux critères d&amp;#039;éligibilité départementaux ; projets de plus de 100.000€ HT ne répondant pas aux critères d&amp;#039;éco-conditionnalité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ *Le seuil de 50.000€ de dépenses éligibles est réduit à 1.000€ pour l&amp;#039;adressage et à 5.000€ pour les projets de développement de services aux usagers et de mise en réseau en bibliothèque (dont les véhicules électriques à l&amp;#039;usage des bibliothèques, RFID...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S103" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T103" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U103" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V103" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/calvados-territoires-2030</t>
+        </is>
+      </c>
+      <c r="W103" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.teleservices.calvados.fr/pmc-communes/</t>
+        </is>
+      </c>
+      <c r="X103" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service des territoires du Département du Calvados
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:territoires&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+  territoires&amp;#64;calvados.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 31 57 11 25
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y103" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z103" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9695-accompagner-les-centralites-du-calvados/</t>
+        </is>
+      </c>
+      <c r="AA103" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB103" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Gestion d'une base nautique
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC103" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="AE103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF103" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG103" s="1" t="inlineStr">
+        <is>
+          <t>25/02/2022</t>
+        </is>
+      </c>
+      <c r="AH103" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" spans="1:34" customHeight="0">
+      <c r="A104" s="1">
+        <v>27950</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Investir dans des véhicules non-polluants - "Eco-chèque mobilité Parcs Naturels de la Région Occitanie"</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J104" s="1" t="inlineStr">
+        <is>
+          <t>L'aide est plafonnée à 40 000 €, pour l'achat d'au maximum 3 véhicules et 5 vélos à assistance élect</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dispositif &amp;#34;Éco-chèque mobilité&amp;#34;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du Plan Mobilités III voté en Assemblée Plénière du 19 décembre 2019, il a été décidé d&amp;#039;étendre la mesure &amp;#34;éco-chèque mobilité&amp;#34; aux Parcs Naturels Régionaux par une aide régionale pour les encourager à convertir leurs parcs de véhicules en achetant des véhicules non polluants et en mettant au rebus un véhicule polluant pour un véhicule subventionné.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Principales caractéristiques de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le véhicule électrique/hybride rechargeable/hydrogène doit avoir été acheté à compter du 1er janvier 2020, auprès d&amp;#039;un professionnel exerçant son activité professionnelle sur le territoire de la région Occitanie et doit remplacer un véhicule thermique (essence ou diésel)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cycle à pédalage assisté doit être neuf et doit avoir été acheté, auprès d&amp;#039;un professionnel exerçant son activité professionnelle sur le territoire de la région Occitanie, à compter du 1er  janvier 2020
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;aide de la Région Occitanie versée au demandeur peut être cumulable avec la prime à la conversion de l&amp;#039;Etat, au titre de ce même véhicule (sous réserve du respect des conditions fixées à l&amp;#039;article D251-3 du code de l&amp;#039;Energie).
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;aide de la Région Occitanie peut être sollicitée pour l&amp;#039;achat d&amp;#039;au maximum 3 véhicules et 5 vélos neufs à assistance électrique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Modalités de dépôt de la demande d&amp;#039;aide :
+&lt;/strong&gt;
+&lt;p&gt;
+ Les dossiers sollicitant un financement seront considérés recevables par la Région lorsque :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;achat du-des véhicule(s) électrique(s) /hybride(s)  rechargeable(s) /hydrogène(s)  et du-des cycle(s) a été effectué à compter du 1er janvier 2020
+ &lt;/li&gt;
+ &lt;li&gt;
+  le dossier a été déposé dans les 6 mois suivant la date d&amp;#039;achat
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le demandeur doit être un Parc Naturel Régional de la région Occitanie.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour bénéficier de l&amp;#039;aide, le véhicule doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être immatriculé en France au nom du bénéficiaire dans une série définitive
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour le genre de véhicule VP et Dériv-VP, avoir un taux d&amp;#039;émission de CO2 (taux figurant au champ V.7 de la carte grise) de 20 g/km au plus pour une voiture électrique (type d&amp;#039;énergie EL mentionné sur la carte grise au champ P3), de 50 g/km au plus pour une voiture hybride rechargeable (type d&amp;#039;énergie EE mentionné sur la carte grise au champ P3)
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas avoir déjà fait l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;acquisition au titre du présent dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le vélo à assistance électrique doit remplir les conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être un cycle à assistance électrique , au sens de la réglementation en vigueur (définition de la directive européenne 2002/24/CE du 18 mars 2002 correspondant à la norme française NF EN 15194 et reprise par l&amp;#039;article R. 311-1 du code de la route : « cycle à pédalage assisté, équipé d&amp;#039;un moteur auxiliaire électrique d&amp;#039;une puissance nominale continue maximale de 0,25 kilowatt dont l&amp;#039;alimentation est réduite progressivement et finalement interrompue lorsque le véhicule atteint une vitesse de 25 kilomètres/heure, ou plus tôt, si le cycliste arrête de pédaler »), doté d&amp;#039;une batterie sans plomb
+ &lt;/li&gt;
+ &lt;li&gt;
+  ne pas avoir déjà fait l&amp;#039;objet d&amp;#039;une aide à l&amp;#039;acquisition au titre du présent dispositif
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour que le demandeur puisse bénéficier de l&amp;#039;aide, le vendeur doit être un professionnel exerçant son activité sur le territoire de la région Occitanie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U104" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V104" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-Eco-cheque-mobilite-Parcs-Naturels-Regionaux</t>
+        </is>
+      </c>
+      <c r="X104" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de pouvoir bénéficier de l&amp;#039;aide de la Région Occitanie, le demandeur adresse une demande accompagnée de toutes les pièces justificatives requises à la Région Occitanie – Direction Générale Déléguée Infrastructures et Mobilités – 22 boulevard du Maréchal Juin – 31406 TOULOUSE CEDEX 9 (tél : 05 61 39 65 67).Relevé d&amp;#039;identité bancaire ou postal du bénéficiaire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction Infrastructures et mobilités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Martine BOTAN : martine.botan&amp;#64;laregion.fr / 05 61 39 65 04
+&lt;/p&gt;
+&lt;p&gt;
+ David BOUILLON : david.bouillon&amp;#64;laregion.fr / 05 61 39 65 17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y104" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z104" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/02b4-dispositif-eco-cheque-mobilite-parcs-naturels/</t>
+        </is>
+      </c>
+      <c r="AA104" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB104" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné</t>
+        </is>
+      </c>
+      <c r="AE104" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF104" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG104" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2020</t>
+        </is>
+      </c>
+      <c r="AH104" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" spans="1:34" customHeight="0">
+      <c r="A105" s="1">
+        <v>162358</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l'impact du véhicule électrique sur le réseau</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Infrastructures de recharges intelligentes pour véhicules électriques</t>
+        </is>
+      </c>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l&amp;#039;impact du véhicule électrique sur le réseau.&lt;/p&gt;
+&lt;p&gt;Cette nouvelle édition a vocation à poursuivre le maillage du territoire en bornes de recharge publique et développer des projets innovants réduisant l&amp;#039;impact du véhicule électrique sur le réseau. Elle a aussi vocation à accompagner la transition des taxis vers des véhicules propres en finançant les bornes associées (en complément de l&amp;#039;autre dispositif de financement des véhicules). Cette édition vient remplacer la précédente édition.&lt;/p&gt; &lt;p&gt;Les bénéficiaires peuvent être des aménageurs publics ayant la compétence infrastructures de recharge des véhicules intelligents ou des entreprises privées.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N105" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P105" s="1" t="inlineStr">
+        <is>
+          <t>22/02/2019</t>
+        </is>
+      </c>
+      <c r="R105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Du dépôt d’un dossier jusqu’au paiement d’une subvention régionale, &lt;strong&gt;découvrez les étapes et la marche à suivre en parcourant les fiches pratiques, ainsi que divers documents complémentaires sur &lt;/strong&gt;&lt;a href="http://subventions.maregionsud.fr/" target="_blank"&gt;http://subventions.maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S105" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U105" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V105" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/infrastructures-de-recharges-intelligentes-pour-vehicules-electriques</t>
+        </is>
+      </c>
+      <c r="W105" s="1" t="inlineStr">
+        <is>
+          <t>http://subventions.maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="X105" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction de la Transition Energétique et des Territoires&lt;/p&gt;
+&lt;p&gt;Service Transition Energétique&lt;/p&gt;
+&lt;p&gt;Franck FERRIZ – &lt;a href="mailto:fferriz&amp;#64;maregionsud.fr"&gt;fferriz&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Tél : 0491575839&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y105" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z105" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/infrastructures-de-recharges-intelligentes-pour-vehicules-electriques/</t>
+        </is>
+      </c>
+      <c r="AA105" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB105" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné</t>
+        </is>
+      </c>
+      <c r="AE105" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF105" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG105" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH105" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" spans="1:34" customHeight="0">
+      <c r="A106" s="1">
+        <v>162434</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Développer la mobilité électrique</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Territoire d&amp;#039;énergie Mayenne est l&amp;#039;interlocuteur privilégié des collectivités locales et des particuliers, pour tout ce qui concerne les réseaux gaz et électriques. Pour le compte des communes du département propriétaires des réseaux gaz et électrique, Territoire d&amp;#039;énergie Mayenne intervient sur le réseau public pour tous les travaux garantissant la qualité de l&amp;#039;énergie distribuée.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Outre ses missions sur le réseau d&amp;#039;électricité et de gaz, Territoire d&amp;#039;énergie Mayenne accompagne les communes qui le souhaitent pour toutes les actions en faveur du développement des énergies renouvelables et des mobilités décarbonées.&lt;/p&gt;&lt;p&gt;En tant qu&amp;#039;autorité compétente pour la définition du SDIRVE (schéma directeur pour les infrastructures de recharge pour véhicules électriques), Territoire d&amp;#039;énergie Mayenne accompagne l&amp;#039;ingénierie des collectivités pour l&amp;#039;installation de bornes, dans le respect des orientations du SDIRVE.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S106" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U106" s="1" t="inlineStr">
+        <is>
+          <t>Mayenne</t>
+        </is>
+      </c>
+      <c r="V106" s="1" t="inlineStr">
+        <is>
+          <t>https://www.territoire-energie53.fr/</t>
+        </is>
+      </c>
+      <c r="X106" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Delphine MONTAGU - Chargé de mission mobilité - &lt;a target="_self"&gt;delphine.montagu&amp;#64;te53.fr&lt;/a&gt;- 07 56 06 10 57&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y106" s="1" t="inlineStr">
+        <is>
+          <t>accueil@te53.fr</t>
+        </is>
+      </c>
+      <c r="Z106" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/mobilite-electriques/</t>
+        </is>
+      </c>
+      <c r="AA106" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB106" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné</t>
+        </is>
+      </c>
+      <c r="AC106" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'énergie Mayenne</t>
+        </is>
+      </c>
+      <c r="AE106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF106" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG106" s="1" t="inlineStr">
+        <is>
+          <t>29/03/2024</t>
+        </is>
+      </c>
+      <c r="AH106" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" spans="1:34" customHeight="0">
+      <c r="A107" s="1">
+        <v>162318</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une aide à l’acquisition de véhicules utilitaires propres</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l’acquisition de véhicules utilitaires propres</t>
+        </is>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour une aide directe en direction des entreprises de transport routier afin de les inciter à de nouvelles pratiques dans une logique de réduction des émissions CO2. Jusqu’à 15 000€ pour un véhicule neuf.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;La Région Provence-Alpes-Côte d&amp;#039;Azur fait de la transition énergétique et de l’atteinte d’une neutralité carbone l’une de ses priorités. Le dispositif d&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres s&amp;#039;inscrit ainsi dans la mesure 11 du Plan Climat qui vise à « inciter à l’émergence de nouvelles pratiques au sein des entreprises de transport routier dans une logique de réduction des émissions CO2 ».&lt;/p&gt;
+&lt;p&gt;Les camions représentent 5% des émissions de gaz à effet de serre du territoire et les camionnettes (Véhicule Utilitaire Léger, VUL) en représentent 4%. Les véhicules électriques, hydrogènes ou bioGNV réduisant significativement ces émissions en comparaison de leurs équivalents thermiques, ils constituent l’un des outils principaux de la transition énergétique du transport de marchandise.&lt;br /&gt; &lt;br /&gt; En plus de largement participer aux émissions carbones, les camionnettes et poids lourds participent à la dégradation de la qualité de l’air en ville. Les conséquences s’observent par exemple dans les données locales des émissions puisqu’ATMOSUD estime que les camionnettes contribuent à 22% des émissions de Nox du secteur des transports sur la Ville de Nice.  Dans les métropoles concernées par le contentieux avec la Commission européenne sur la qualité de l’air, on dénombre 50 000 VUL avec une vignette crit’air 4, 5 ou non classé sur la Métropole Aix- Marseille, 15 000 sur la Métropole Nice Côte d’Azur et 12 000 sur Toulon Provence Métropole.&lt;/p&gt;
+&lt;p&gt;Le éveloppement et l’usage des carburants alternatifs, faiblement émetteurs de GES et autres polluants, est donc l’un des leviers à activer. L’offre « constructeur » s’étoffe régulièrement que ce soit sur des véhicules de 1,7t ou des véhicules de 3,5t. Même si l’offre électrique et hydrogène sur le segment des véhicules de plus de 7t est encore balbutiante, elle s’enrichit régulièrement. Le taux de renouvellement du parc est faible (5% par an) et le parc est vieillissant (25% des véhicules ont 15 ans et plus).&lt;/p&gt;
+&lt;p&gt;Afin d’accélérer la transition énergétique du transport de marchandise, d’anticiper et de rendre acceptable les Zones à Faibles Emissions (ZFE), tout en évitant l’assèchement des centres villes et les levées de bouclier de certains secteurs, il faudra être en mesure de montrer des exemples qui fonctionnent. Le dispositif d&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres participe largement à l’activation de ces leviers d’actions.&lt;/p&gt;
+&lt;p&gt;Ce dispositif vient compléter les financements de la Région concernant le déploiement des bornes de recharge électrique ou hydrogène à travers l’appel à projets régional « Zéro émission sur routes »3 , et le déploiement d’installations de production d’électricité renouvelable en autoconsommation à travers le dispositif « Smart PV 4.0 »&lt;/p&gt; &lt;p&gt;L&amp;#039;aide à l&amp;#039;acquisition de véhicules utilitaires propres doit permettre aux auto-entrepreneurs, Très Petites Entreprises (TPE) ou les petites et moyennes entreprises (PME) - ayant un établissement ou une succursale en Région Provence-Alpes-Côte d&amp;#039;Azur - d&amp;#039;effectuer leur transition énergétique. Les collectivités peuvent aussi être aidées si elles vont au-delà de leurs obligations règlementaires. Le dispositif focalise sur le transport de marchandise et de matériel.&lt;/p&gt; &lt;p&gt;Le dossier complet de demande de financement devra porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’acquisition d’un véhicule neuf à émissions nulles ou faibles ;&lt;/li&gt; 	&lt;li&gt;L’acquisition d’un véhicule d’occasion à émissions nulles ou faibles, à la condition qu’il n’ait pas déjà bénéficié d’une aide dans le cadre du présent dispositif ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Un seul dossier peut être déposé par porteur de projet. Un dossier peut concerner l’achat ou la location de 1 à 5 véhicules (le nombre pourra être porté à 10 véhicules si l’enveloppe budgétaire associée à l’ensemble du dispositif régional le permet). Les véhicules à faibles émissions de moins de 3,5 tonnes éligibles sont visés dans le décret n° 2017-24 du 11 janvier 2017 pris pour l&amp;#039;application des articles L. 224-7 du code de l&amp;#039;environnement et L. 318-1 du code de la route :&lt;/p&gt;
+&lt;p&gt;- EL (électricité) ;&lt;br /&gt; - H2 (hydrogène) ;&lt;br /&gt; - HE (hydrogène-électricité [hybride rechargeable]) ;&lt;br /&gt; - HH (hydrogène-électricité [hybride non rechargeable]) ;&lt;br /&gt;  - AC (air comprimé).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>28/09/2020</t>
+        </is>
+      </c>
+      <c r="R107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dossier complet de demande de financement devra porter sur :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;L’acquisition d’un véhicule neuf à émissions nulles ou faibles ;&lt;/li&gt; 	&lt;li&gt;L’acquisition d’un véhicule d’occasion à émissions nulles ou faibles, à la condition qu’il n’ait pas déjà bénéficié d’une aide dans le cadre du présent dispositif ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Un seul dossier peut être déposé par porteur de projet. Un dossier peut concerner l’achat ou la location de 1 à 5 véhicules (le nombre pourra être porté à 10 véhicules si l’enveloppe budgétaire associée à l’ensemble du dispositif régional le permet). Les véhicules à faibles émissions de moins de 3,5 tonnes éligibles sont visés dans le décret n° 2017-24 du 11 janvier 2017 pris pour l&amp;#039;application des articles L. 224-7 du code de l&amp;#039;environnement et L. 318-1 du code de la route :&lt;/p&gt;
+&lt;p&gt;- EL (électricité) ;&lt;br /&gt; - H2 (hydrogène) ;&lt;br /&gt; - HE (hydrogène-électricité [hybride rechargeable]) ;&lt;br /&gt; - HH (hydrogène-électricité [hybride non rechargeable]) ;&lt;br /&gt;  - AC (air comprimé).&lt;/p&gt; &lt;p&gt;La demande de subvention doit être faite et enregistrée par la Région avant la date de livraison du véhicule et sur la base d’un devis, d’un bon de commande ou de réservation. Le dépôt des demandes de subvention doit être effectué en ligne sur &lt;a href="https://subventionsenligne.maregionsud.fr/"&gt;https://subventionsenligne.maregionsud.fr/&lt;/a&gt;  ou par voie postale à l’adresse suivante :&lt;/p&gt;
+&lt;p&gt;Monsieur le Président du Conseil régional Provence-Alpes-Côte d’Azur&lt;br /&gt; Direction des Finances et du Contrôle de Gestion Service des Subventions&lt;br /&gt; Unité Subventions et Partenaires&lt;br /&gt; Hôtel de Région 27 Place Jules Guesde&lt;br /&gt; 13481 MARSEILLE Cedex 20&lt;br /&gt; &lt;br /&gt; &lt;em&gt;(Préciser sur le courrier d’accompagnement : « à l’attention du Service Transition Energétique – Direction de la Transition Energétique et des Territoires »). &lt;/em&gt;&lt;/p&gt;
+&lt;p&gt;Pour qu’une demande soit recevable, le demandeur devra fournir :&lt;/p&gt;
+&lt;p&gt;- L’ensemble des documents administratifs exigés lors du dépôt de demande de subvention (cf. plateforme en ligne https://subventionsenligne.maregionsud.fr/ - Fiche N°4);&lt;/p&gt;
+&lt;p&gt;- Les devis ou bons de commande ou bons de réservation détaillés du (des) véhicule(s) à acquérir précisant s’il est neuf ou d’occasion et indiquant ses caractéristiques techniques en lien avec les critères d’éligibilité et les émissions de CO2 ou accompagné d’un document technique du constructeur les stipulant ;&lt;/p&gt;
+&lt;p&gt;- Pour les collectivités ou entreprises soumises à des obligations d’acquisition de véhicules propres lors de renouvellement de flottes : un état des lieux du parc de véhicules du bénéficiaire (type de véhicule, vignette crit&amp;#039;air, etc.), une lettre d&amp;#039;engagement indiquant le nombre de véhicules acquis dans l&amp;#039;opération de renouvellement et le nombre de véhicules propres acquis dans cette opération, une lettre d’engagement sur le nombre de véhicules acquis allant au-delà de la réglementation, documents formels associés à la commande de véhicules (dossier d&amp;#039;appel d&amp;#039;offre, documents d&amp;#039;achat groupé, etc., etc.)&lt;/p&gt;
+&lt;p&gt;- Après validation du dossier de demande de subvention par la Région, une facture devra être présentée pour le versement de l’aide. Les factures antérieures à la date de dépôt du dossier de demande d’aide ne pourront pas être prises en compte.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S107" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U107" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V107" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-a-lacquisition-de-vehicules-utilitaires-propres</t>
+        </is>
+      </c>
+      <c r="W107" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X107" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Franck FERRIZ -&lt;br /&gt; Service Transition Energétique -&lt;br /&gt; Région Provence-Alpes-Côte d&amp;#039;Azur -&lt;/strong&gt;&lt;br /&gt; &lt;a href="mailto:fferriz&amp;#64;maregionsud.fr" title="mailto:fferriz&amp;#64;maregionsud.fr"&gt;fferriz&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y107" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z107" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-a-lacquisition-de-vehicules-utilitaires-propres/</t>
+        </is>
+      </c>
+      <c r="AA107" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB107" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné</t>
+        </is>
+      </c>
+      <c r="AE107" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF107" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG107" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH107" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" spans="1:34" customHeight="0">
+      <c r="A108" s="1">
+        <v>97330</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition de véhicules à motorisation décarbonnée</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide du Département est destinée à compenser en tout ou partie le surcoût lié à l&amp;#039;achat d&amp;#039;un véhicule moins polluant.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est cumulable avec d&amp;#039;autres aides existantes (ex : bonus écologique de l&amp;#039;État) dans la limite du montant maximum d&amp;#039;aide publique applicable.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif vise à encourager et appuyer l&amp;#039;effort des collectivités pour s&amp;#039;engager dans des modes de déplacement à faibles émissions de polluants et de gaz à effet de serre. Il vient soutenir, par effet d&amp;#039;entrainement, le développement de l&amp;#039;offre d&amp;#039;avitaillement (les stations bioGNV et hydrogène), en accompagnement du déploiement de stations d&amp;#039;avitaillement bioGNV et hydrogène porté notamment par le SyDEV.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;aide du département est variable selon le type de motorisation et la taille du véhicule :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Véhicules bioGNV :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1000 euros pour les véhicules légers (PTAC &amp;lt;3,5T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  5000 euros pour les véhicules utilitaires (PTAC entre 3,5T et 7T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  10 000 euros pour les poids lourds (PTAC &amp;gt; 7T)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Véhicules hydrogènes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  5 000 euros pour les véhicules utilaires (PTAC : &amp;lt; 3,5T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  15 000 euros pour les véhicules utilitaires ((PTAC : Entre 3,5T et 7T)
+ &lt;/li&gt;
+ &lt;li&gt;
+  80 000 euros pour les poids lourds (PTAC &amp;gt; 7T)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ En cas d&amp;#039;acquisition de plusieurs véhicules, la collectivité bénéficiaire pourra obtenir une majoration de la subvention à hauteur de 10% du montant de l&amp;#039;aide octroyée selon les conditions générales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition bennes à ordures alimentées en GNV par un EPCI</t>
+        </is>
+      </c>
+      <c r="N108" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mobilité partagée
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de cette aide les communes vendéennes et les EPCI qui réalisent l&amp;#039;acquisition d&amp;#039;un ou plusieurs véhicules fonctionnant au Bio GNV et les véhicules électriques à hydrogène (vert).
+&lt;/p&gt;
+&lt;p&gt;
+ Par véhicule fonctionnant au bioGNV, on entend tout véhicule utilisant le gaz naturel, que ce soit sous sa forme comprimée (GNC) ou bien sous sa forme liquéfiée (GNL).
+ La collectivité s&amp;#039;engage à s&amp;#039;approvisionner en bio GNV.
+&lt;/p&gt;
+&lt;p&gt;
+ Par véhicule hydrogène, on entend tout véhicule électrique à PAC (pile à combustible), propulsé par de l&amp;#039;électricité produite à partir d&amp;#039;hydrogène et d&amp;#039;oxygène, l&amp;#039;hydrogène étant le carburant de base. Il ne rejette que de l&amp;#039;eau au moyen de son pot d&amp;#039;échappement.
+&lt;/p&gt;
+&lt;p&gt;
+ Les véhicules électriques à PAC, considérés comme complémentaires des véhicules électriques à batterie, constituent la prochaine génération de voitures « propres » dotés d&amp;#039;une autonomie de plusieurs centaines de kilomètres. Là-encore, les collectivités s&amp;#039;engagent à s&amp;#039;approvisionner en hydrogène produit à partir d&amp;#039;énergies renouvelables, au fur et à mesure que cette offre se développera sur notre territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les types de véhicules pour lesquels une aide pourra être sollicitée sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les véhicules légers (véhicules GNV uniquement) et les véhicules utilitaires légers (PTAC  &amp;lt; 3,5 Tonnes) (GNV et hydrogène)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les utilitaires (3,5 T &amp;lt; PTAC &amp;lt; 7 T) (GNV et hydrogène)
+ &lt;/li&gt;
+ &lt;li&gt;
+  les poids lourds (PTAC &amp;gt; 7 T) (GNV et hydrogène)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les véhicules doivent faire l&amp;#039;objet d&amp;#039;un achat.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est limitée à trois véhicules par bénéficiaire et par période de 4 ans à compter de la date de signature de la convention de subvention par l&amp;#039;ensemble des parties.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S108" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T108" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U108" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X108" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 60
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:amenagement-tourisme&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  amenagement-tourisme&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y108" s="1" t="inlineStr">
+        <is>
+          <t>hugo.bard@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z108" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bfa3-soutenir-lacquisition-de-vehicules-a-motorisa/</t>
+        </is>
+      </c>
+      <c r="AA108" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB108" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné</t>
+        </is>
+      </c>
+      <c r="AC108" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Vendée</t>
+        </is>
+      </c>
+      <c r="AE108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF108" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG108" s="1" t="inlineStr">
+        <is>
+          <t>09/07/2021</t>
+        </is>
+      </c>
+      <c r="AH108" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" spans="1:34" customHeight="0">
+      <c r="A109" s="1">
+        <v>58391</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'acquisition de véhicules propres</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>Seine Normandie Agglomération (SNA)</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t> Max : 15</t>
+        </is>
+      </c>
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>Forfait 1500 € véhicule GNV,  forfait 2000 € véhicule électrique, 15% du HT véhicule hydrogène</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seine Normandie Agglomération (SNA) s&amp;#039;est engagée dans une démarche de déploiement des énergies renouvelables et de réduction de la consommation d&amp;#039;énergie sur son territoire, à travers la démarche régionale « Territoire 100% énergies renouvelables en 2040 ».
+&lt;/p&gt;
+&lt;p&gt;
+ SNA cherche à accompagner le développement de solutions visant la décarbonation de la mobilité sur son territoire:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la mobilité hydrogène - SNA dispose d&amp;#039;une station de recharge pour véhicules à hydrogène, implantée dans le cadre du programme EAS-HyMob (avenue du Capitaine Vandière de Vitrac - 27120 Douains)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mobilité électrique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mobilité au gaz naturel
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour cela, SNA a mis en place un dispositif d&amp;#039;aide à l&amp;#039;acquisition de ces 3 types de véhicules propres via un soutien financier pour des projets d&amp;#039;achat ou de leasing d&amp;#039;au moins 36 mois par une commune ou une entreprise du territoire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Forfait de 1500 € pour un véhicule GNV*
+ &lt;/li&gt;
+ &lt;li&gt;
+  Forfait de 2000 € pour un véhicule électrique*
+ &lt;/li&gt;
+ &lt;li&gt;
+  15% du HT (maximum 7000 €) pour un véhicule hydrogène
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  * Dans la limite des 80% d&amp;#039;aides publiques pour les communes
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Engagements communs aux entreprises et aux communes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les bénéficiaires d&amp;#039;une aide de SNA s&amp;#039;engagent à mettre en avant la participation financière de l&amp;#039;agglomération, notamment lors des évènements de communication.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bénéficiaires d&amp;#039;une aide de SNA s&amp;#039;engagent à conserver le (ou les) véhicule(s) acquis pendant une durée d&amp;#039;au moins 3 ans.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Engagements spécifiques aux entreprises :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif d&amp;#039;aide s&amp;#039;applique dans le cadre des aides de minimis. Ainsi, pour rappel
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une même entreprise ne peut recevoir plus de 200 000 € en 3 ans dans le cadre des aides de minimis. Pour cela, une attestation vous est demandé (Voir V).
+ &lt;/li&gt;
+ &lt;li&gt;
+  De même, dans le cadre des futures attestations qui vous seront demandé, l&amp;#039;aide obtenue dans le cadre du présent dispositif sera obligatoirement à indiquer, et ce durant les trois exercices budgétaires suivants l&amp;#039;obtention de l&amp;#039;aide. L&amp;#039;entreprise s&amp;#039;engage par conséquent à déclarer l&amp;#039;aide de SNA dans le cadre des aides de minimis.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S109" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T109" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U109" s="1" t="inlineStr">
+        <is>
+          <t>CA Seine Normandie Agglomération</t>
+        </is>
+      </c>
+      <c r="V109" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sna27.fr/wp-content/uploads/2021/09/Reglement-dispositif-vehicules-propres.pdf</t>
+        </is>
+      </c>
+      <c r="W109" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sna27.fr/mesdemarches/nouvellesdemarches</t>
+        </is>
+      </c>
+      <c r="X109" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Maud Kilhoffer
+&lt;/p&gt;
+&lt;p&gt;
+ Cheffe du service Transition écologique
+&lt;/p&gt;
+&lt;p&gt;
+ 06 49 42 32 71 / 02 32 53 85 33
+&lt;/p&gt;
+&lt;p&gt;
+ mkilhoffer&amp;#64;sna27.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y109" s="1" t="inlineStr">
+        <is>
+          <t>ncaroff@sna27.fr</t>
+        </is>
+      </c>
+      <c r="Z109" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98ed-dispositif-daide-a-lacquisition-de-vehicules-/</t>
+        </is>
+      </c>
+      <c r="AA109" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB109" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné</t>
+        </is>
+      </c>
+      <c r="AC109" s="1" t="inlineStr">
+        <is>
+          <t>CA Seine Normandie Agglomération</t>
+        </is>
+      </c>
+      <c r="AE109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF109" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG109" s="1" t="inlineStr">
+        <is>
+          <t>21/09/2020</t>
+        </is>
+      </c>
+      <c r="AH109" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" spans="1:34" customHeight="0">
+      <c r="A110" s="1">
+        <v>56198</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Acheter un véhicule (4 roues) électrique, hydrogène ou GNV</t>
+        </is>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G110" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H110" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Véhicule neuf : Aide de 2000€ à 4000€/ véhicule selon la collectivité (Intercom, commune A, B1, B2 ou C) et la catégorie de véhicule (électrique, GNV ou hydrogène), dans la limite de 2 véhicules par collectivité /an.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Véhicule d&amp;#039;occasion électrique ou GNV : Aide de 500€ à 1000€/ véhicule selon la collectivité (Intercom, commune A, B1, B2 ou C), dans la limite de 2 véhicules par collectivité /an.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est ciblée pour répondre aux besoins propres de la collectivité. Toutefois, elle peut également bénéficier à un établissement public qui lui est rattaché (ex : EPHAD ou CCAS). Dans ce cas, l&amp;#039;accord préalable de la collectivité est requis et la demande est intégrée à son droit de tirage.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O110" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S110" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T110" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U110" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V110" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X110" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail : mobilite&amp;#64;sdec-energie.fr&lt;br /&gt;Tel : 02 31 06 61 55 &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y110" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z110" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f209-poser-une-borne-de-recharge-pour-vehicules-el/</t>
+        </is>
+      </c>
+      <c r="AA110" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB110" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné</t>
+        </is>
+      </c>
+      <c r="AC110" s="1" t="inlineStr">
+        <is>
+          <t>SDEC ENERGIE</t>
+        </is>
+      </c>
+      <c r="AE110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF110" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG110" s="1" t="inlineStr">
+        <is>
+          <t>06/08/2020</t>
+        </is>
+      </c>
+      <c r="AH110" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" spans="1:34" customHeight="0">
+      <c r="A111" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G111" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
-[...33 lines deleted...]
- Gratuit et facile d&amp;#039;utilisation, l&amp;#039;outil de suivi des achats proposée ma cantine permet :
+      <c r="H111" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  de réaliser un diagnostic sur les mesures de la loi EGAlim
-[...6 lines deleted...]
- &lt;/li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O111" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S111" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T111" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U111" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V111" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W111" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X111" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y111" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z111" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA111" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB111" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’un terrain de football
+Déployer les équipements numériques
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un système de vidéo-protection
+Rénovation de l’éclairage public
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC111" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF111" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG111" s="1" t="inlineStr">
+        <is>
+          <t>10/07/2020</t>
+        </is>
+      </c>
+      <c r="AH111" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="112" spans="1:34" customHeight="0">
+      <c r="A112" s="1">
+        <v>121337</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements structurants (Fonds "Thématiques")</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Fonds "Thématiques"</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G112" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H112" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I112" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="K112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires dans leurs projets d’investissement structurants des collectivités.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M35" s="1" t="inlineStr">
-[...5 lines deleted...]
- Vous aurez accès à des ressources pour mettre en oeuvre la loi EGAlim et la transition vers un alimentation de qualité et durable.
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O112" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépenses éligibles HT
+ &lt;/strong&gt;
+ : 150 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ : communes, EPCI&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="O35" s="1" t="inlineStr">
+      <c r="S112" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T112" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U112" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V112" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W112" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X112" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;br /&gt;Tél : 03.25.32.86.16&lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y112" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z112" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d57b-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA112" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB112" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’un terrain de football
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC112" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="AE112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF112" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG112" s="1" t="inlineStr">
+        <is>
+          <t>02/12/2022</t>
+        </is>
+      </c>
+      <c r="AH112" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" spans="1:34" customHeight="0">
+      <c r="A113" s="1">
+        <v>163832</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la sobriété énergétique et encourager la production d’énergies nouvelles</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027 du Gal Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="G113" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H113" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I113" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J113" s="1" t="inlineStr">
+        <is>
+          <t>Plancher d'aide FEADER au stade de l'instruction de la demande d'aide : 3 000 € / Plafond d'aide : 30 000 €</t>
+        </is>
+      </c>
+      <c r="K113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Contexte :&lt;/strong&gt;&lt;br /&gt;Le Pays Vitryat présente de solides atouts pour le développement de la transition énergétique, tels qu&amp;#039;une production importante d&amp;#039;énergies renouvelables, des infrastructures adaptées et un engagement politique fort. Les opportunités, comme les labellisations et les plans d&amp;#039;actions en cours, ainsi que le potentiel de création d&amp;#039;emplois dans la transition énergétique, renforcent les perspectives de développement.&lt;br /&gt;La stratégie propose, dans un territoire où la voiture individuelle est le mode de déplacement principal et les énergies fossiles, la source d’énergie majoritaire, de réduire ces dépendances en favorisant les mobilités décarbonées, et en développant les énergies renouvelables. Comme le pointe le diagnostic, il sera nécessaire d’oeuvrer pour la réhabilitation thermique du parc bâti, source de déperdition énergétique conséquente, et d’aider au développement de nouvelles filières.&lt;br /&gt;Par rapport aux thématiques énoncées, les acteurs du territoire ont identifié les enjeux suivants :&lt;br /&gt;- la maitrise des énergies en réduisant et optimisant les consommations&lt;br /&gt;- le développement des ENR&lt;br /&gt;- la lutte contre la précarité énergétique et la réduction des nuisances liées à la mobilité (GES et bruits)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;br /&gt;- Structurer une offre de développement économique local durable&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Objectifs opérationnels et effets attendus :&lt;/strong&gt;&lt;br /&gt;- Sensibiliser les professionnels et les particuliers à la transition énergétique&lt;br /&gt;- Mener des travaux de rénovation énergétique et d’économie d’énergie&lt;br /&gt;- Appui au développement de filières ENR (énergies renouvelables)&lt;br /&gt;- Favoriser les mobilités douces&lt;br /&gt;- Réduction des émissions de CO²&lt;br /&gt;- Augmentation de la production d’énergies renouvelables&lt;br /&gt;- Augmentation du nombre de bâtiments performants d’un point de vue énergétique et thermique&lt;br /&gt;- Développement de nouvelles filières/activités&lt;br /&gt;- Création d’emplois&lt;br /&gt;- Utilisation des modes doux de déplacement de façon croissante par les habitants du territoire&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plus Value LEADER&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;Le programme européen LEADER, favorise un ancrage territorial solide de la transition énergétique en encourageant la mise en réseau des différentes parties prenantes et en lançant des initiatives d&amp;#039;écologie industrielle et territoriale*. Ces actions permettent une meilleure coordination des efforts et des ressources, tout en renforçant la cohésion au niveau local.&lt;/p&gt;&lt;p&gt;En outre, LEADER facilite le renforcement du partenariat entre les acteurs publics et privés engagés dans la transition énergétique. Cette collaboration accrue favorise la complémentarité des expertises et des moyens, permettant une approche plus globale et efficace de la transition énergétique.&lt;/p&gt;&lt;p&gt;Une autre plus-value essentielle du programme est la promotion et le développement de formes originales d&amp;#039;organisation et de projets impliquant activement la population locale. En encourageant la participation citoyenne, le programme vise à garantir que les projets mis en place répondent aux besoins réels de la communauté, tout en respectant l&amp;#039;intérêt général et environnemental du territoire. Cette approche participative renforce la prise de conscience collective et favorise une adhésion plus large aux initiatives énergétiques nouvelles et durables.&lt;br /&gt;Cette approche territoriale contribue à une transition énergétique plus cohérente, solidaire et adaptée aux spécificités locales, permettant ainsi de maximiser les bénéfices environnementaux et économiques pour l&amp;#039;ensemble du territoire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;*L’écologie industrielle et territoriale (EIT) est une démarche qui consiste à optimiser les flux de ressources (notamment matières, énergie et eau mais aussi équipements ou expertises) utilisées et produites à l’échelle d’un territoire, grâce à des actions de coopération, de mutualisation et de substitution de ces flux de ressources. Cette démarche vise à économiser les ressources ou en améliorer la productivité afin d’en limiter les impacts environnementaux et d’améliorer la compétitivité économique et l’attractivité des territoires.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Type et description des opérations : &lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 1 - Opérations de communication et/ou de sensibilisation&lt;/strong&gt;&lt;br /&gt;- Actions d’information, d’animation et de sensibilisation aux enjeux liés à la transition énergétique et aux économies d’énergies&lt;br /&gt;- Visites sur d&amp;#039;autres territoires pour l&amp;#039;échange de bonnes pratiques, de méthodes de production et de valorisations en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;- Mise en oeuvre d’actions, d’animations et/ou d’évènements autour des modes de déplacement doux et/ou mise en place d’actions de promotion de transports alternatifs&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 2 - Etudes&lt;/strong&gt;&lt;br /&gt;- Etudes/diagnostics externes sur la consommation énergétique de bâtiments&lt;br /&gt;- Etudes/diagnostics/évaluations internes ou externes sur le potentiel de développement d&amp;#039;une nouvelle filière/activité (qui n’existe pas ou qui n’est pas encore développé sur le territoire du Pays Vitryat) en lien avec la sobriété énergétique et la production d’énergies nouvelles&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;OPERATION 3 - Investissements, travaux et prestations&lt;/strong&gt;&lt;br /&gt;- Investissements pour des travaux et/ou pour du matériel/équipement permettant une économie d’énergie et/ou contribuant à la performance énergétique et/ou permettant de produire de l’énergie renouvelable pour les bâtiments appartenant à une collectivité ou organisme public&lt;br /&gt;- Investissements pour la transformation, la valorisation ou la production de ressources locales, ayant fait l&amp;#039;objet d&amp;#039;une étude préalable (interne ou externe)&lt;br /&gt;- Soutien à la création, développement et réhabilitation d’itinéraires balisés de voies douces et/ou de Réseaux intercommunaux d’itinéraires de voies douces visant à encourager les déplacements à pied, à vélo, équestres, à véhicule non-motorisés&lt;br /&gt;- Soutien à la mise en place de services de location/ prêt de véhicules non-polluants et autres services décarbonés&lt;br /&gt;- Développement des structures adaptées pour le déploiement des bornes de recharge&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Un évènement ne pourra pas faire l’objet d’un financement au titre de LEADER au-delà de 2 demandes sur la totalité de la programmation.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production
+Qualité de l'air
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O113" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P113" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2023</t>
+        </is>
+      </c>
+      <c r="Q113" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les aides seront attribuées dans le cadre de la réglementation en vigueur, et le cas échéant, dans le respect du régime d’aide d’Etat applicable.&lt;/p&gt;&lt;p&gt;1. Eligibilité géographique : Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l’avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition de démontrer que l’opération a un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;2. Capacité du porteur : Le demandeur n’est pas en procédure&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S113" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T113" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U113" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE ADEVA PAYS VITRYAT</t>
+        </is>
+      </c>
+      <c r="V113" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-vitryat.fr/le-dispositif-leader/</t>
+        </is>
+      </c>
+      <c r="W113" s="1" t="inlineStr">
+        <is>
+          <t>https://europac.grandest.fr/sub/tiers/aides/details?sigle=7705A-1301</t>
+        </is>
+      </c>
+      <c r="X113" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Nous vous remercions de contacter l&amp;#039;équipe technique
+du GAL Pays Vitryat : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;ul type="disc"&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Aurélie HOUDINET, chargée
+     de mission LEADER, 03 26 62 10 62 ou 06 81 30 28 25, &lt;a href="mailto:a.houdinet&amp;#64;pays-vitryat.fr"&gt;a.houdinet&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Mélanie LÉPOLARD, chargée
+     de mission LEADER, 03 26 62 16 25 ou 06 28 19 75 96, &lt;a href="mailto:m.lepolard&amp;#64;pays-vitryat.fr"&gt;m.lepolard&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;&lt;span&gt;Adresse mail générique : &lt;a href="mailto:leader&amp;#64;pays-vitryat.fr"&gt;leader&amp;#64;pays-vitryat.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y113" s="1" t="inlineStr">
+        <is>
+          <t>a.houdinet@pays-vitryat.fr</t>
+        </is>
+      </c>
+      <c r="Z113" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-lattractivite-du-territoire-en-dynamisant-loffre-de-services-et-le-cadre-de-vie-2/</t>
+        </is>
+      </c>
+      <c r="AA113" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB113" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Installation de bornes électriques
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC113" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat mixte ADEVA Pays Vitryat</t>
+        </is>
+      </c>
+      <c r="AD113" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF113" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG113" s="1" t="inlineStr">
+        <is>
+          <t>15/11/2024</t>
+        </is>
+      </c>
+      <c r="AH113" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" spans="1:34" customHeight="0">
+      <c r="A114" s="1">
+        <v>94676</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Ardennes
+Ardennes Ingenierie</t>
+        </is>
+      </c>
+      <c r="G114" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H114" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement se décline en trois niveaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  niveau 1 : un conseil de premier niveau aux bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 3 : un accompagnement spécifique pour des prestations identifiées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement et Equipement publics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Résorption de logements vacants dégradés
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement de la mairie dans l&amp;#039;ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Revue de projets communaux : informations et conseils multi domaines
+&lt;/p&gt;
+&lt;p&gt;
+ -	Mise aux normes PMR de la Mairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie et infrastructures
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Sécurisation de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réfection d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement des abords d&amp;#039;un lavoir
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement et sécurisation d&amp;#039;un arrêt bus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eau et assainissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi et amélioration d&amp;#039;un dispositif d&amp;#039;assainissement collectif
+&lt;/p&gt;
+&lt;p&gt;
+ -	Accompagnement d&amp;#039;un projet de sécurisation d&amp;#039;un forage d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil de gestion du service d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Economie d&amp;#039;énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi énergétique, amélioration bâtiment, éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique du parc de logements communaux
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil chantier/géothermie de la mairie et de la salle des fêtes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique d&amp;#039;un gymnase
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement pour les vélos le long de la Voie Verte Trans Ardennes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un chemin de randonnée sur une ancienne voie ferrée
+&lt;/p&gt;
+&lt;p&gt;
+ -	Transformation d&amp;#039;anciens logements en gites touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Analyse de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Information sur évolution du nombre d&amp;#039;ERP et des systèmes de production d&amp;#039;ECS, planification et réalisation des analyses, aide à l&amp;#039;élaboration des plans d&amp;#039;actions en cas de non-conformité et suivi jusqu&amp;#039;au retour à une situation satisfaisante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Juridique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quels recours en cas de malfaçon suite à des travaux de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ -	Comment lutter contre les points noirs paysagers ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archives départementales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un nouveau local archives suite à l&amp;#039;extension de la mairie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Lecture publique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;un espace lecture au sein du groupe scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ -	Assistance à la gestion et à l&amp;#039;exploitation d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;une médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archéologie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réalisation d&amp;#039;un diagnostic archéologique préalable à un aménagement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de financements
+&lt;/p&gt;
+&lt;p&gt;
+ -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numérique et dématérialisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Projet de pôle culturel comprenant un Musée et une bibliothèque
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Culture et identité collective
+Tourisme
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O114" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="R114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S114" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U114" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="W114" s="1" t="inlineStr">
+        <is>
+          <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
+        </is>
+      </c>
+      <c r="X114" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ mail : ardennesingenierie&amp;#64;cd08.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y114" s="1" t="inlineStr">
+        <is>
+          <t>anne.durand@cd08.fr</t>
+        </is>
+      </c>
+      <c r="Z114" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
+        </is>
+      </c>
+      <c r="AA114" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB114" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’une bibliothèque municipale
+Déployer les équipements numériques
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AE114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF114" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG114" s="1" t="inlineStr">
+        <is>
+          <t>28/06/2021</t>
+        </is>
+      </c>
+      <c r="AH114" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="115" spans="1:34" customHeight="0">
+      <c r="A115" s="1">
+        <v>163959</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la préservation des espèces et des milieux naturels</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agences de l'eau</t>
+        </is>
+      </c>
+      <c r="G115" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H115" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La sauvegarde de la biodiversité passe par la protection des
+espaces naturels et des espèces de la faune, la fonge et de la flore associées
+à ces espaces, mais aussi dans des contextes plus ou moins anthropisés.
+L&amp;#039;humain intervient alors par des actions dites de &amp;#34;gestion&amp;#34;, qui
+peuvent selon le cas être de la protection, de l&amp;#039;entretien ou de la
+restauration.&lt;/p&gt;
+&lt;p&gt;En ce sens, il est recommandé aux collectivités de commencer par réaliser l&amp;#039;inventaire de leur territoire pour mieux connaître et protéger le vivant
+local. L&amp;#039;&lt;a href="https://www.ofb.gouv.fr/abc" target="_self"&gt;Atlas de la
+biodiversité communale&lt;/a&gt; est un outil proposé par l&amp;#039;OFB qui permet, au-delà d’établir un
+diagnostic du territoire, de développer une vision partagée et d’objectiver des
+actions à différents niveau. Le programme TEN permet ensuite d’accompagner la
+collectivité dans l’élaboration et la réalisation d’un plan d’actions. En ce
+qui concerne la préservation des espaces et des espèces qui lui sont inféodées,
+plusieurs options sont possibles:&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mettre en
+œuvre une stratégie foncière de préservation passant par de nombreux outils et qui
+peut être planifiée dans le temps via les documents d’urbanisme,&lt;/li&gt;&lt;li&gt;Réaliser
+des zonages, réglementaires ou non, permettant de contrôler la fréquentation et
+les usages sur ces espaces, et ainsi protéger les espèces de l’activité
+humaine, dans un souci de préservation d’espaces clés,&lt;/li&gt;&lt;li&gt;Adopter
+une &lt;a href="https://www.google.com/url?sa&amp;#61;t&amp;amp;source&amp;#61;web&amp;amp;rct&amp;#61;j&amp;amp;opi&amp;#61;89978449&amp;amp;url&amp;#61;https://www.ofb.gouv.fr/sites/default/files/PDF/Evenements/capitale_fr_biodiversite/bestof-cfb10ans.pdf&amp;amp;ved&amp;#61;2ahUKEwjH2dik3P6JAxX8KvsDHXl9PFoQFnoECA4QAQ&amp;amp;usg&amp;#61;AOvVaw1DN6h6YP-YF9dxRC3EmCUV"&gt;gestion
+différenciée des espaces verts et naturels&lt;/a&gt;, avec par exemple &lt;a href="https://www.youtube.com/watch?v&amp;#61;aenxMItWvds&amp;amp;feature&amp;#61;youtu.be"&gt;la libre
+évolution de certains espaces&lt;/a&gt; pour une dynamique favorable au bon fonctionnement
+écologique des écosystèmes,&lt;/li&gt;&lt;li&gt;Aménager les
+espaces artificialisés pour le vivant : &lt;a href="https://www.ofb.gouv.fr/accueillir-la-faune-dans-les-jardins"&gt;installation
+de nichoirs&lt;/a&gt;,
+faire des &lt;a href="https://www.trameverteetbleue.fr/entree-thematique/pollution-lumineuse-trame-noire" target="_self"&gt;choix
+stratégique sur l&amp;#039;éclairage public&lt;/a&gt; et sa puissance, et anticiper les impacts de travaux sur la
+biodiversité,&lt;/li&gt;&lt;li&gt;Etablir
+des missions de restauration, favorisant le rétablissement des fonctions
+écologiques de ces espaces,&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;L&lt;/strong&gt;’animateur(ice) régional(e) TEN pourra
+vous orienter vers des associations et professionnel(le)s qui sauront vous accompagner.
+Aussi le programme permet de renforcer la légitimité et la cohérence du projet,
+et ainsi faciliter l’accès à des financements en ce sens. Il donne également
+accès à des ressources et des retours d’expériences riches d’inspiration et de
+partage de bonnes pratiques.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O115" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S115" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U115" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
-[...7 lines deleted...]
- support-egalim&amp;#64;beta.gouv.fr
+      <c r="V115" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/entree-thematique/especes-habitats-naturels</t>
+        </is>
+      </c>
+      <c r="W115" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X115" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="Y115" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z115" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-preservation-des-especes-et-des-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA115" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB115" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Entretien / restauration des haies
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC115" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité</t>
+        </is>
+      </c>
+      <c r="AE115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF115" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG115" s="1" t="inlineStr">
+        <is>
+          <t>09/12/2024</t>
+        </is>
+      </c>
+      <c r="AH115" s="1" t="inlineStr">
+        <is>
+          <t>05/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="H36" s="1" t="inlineStr">
+    <row r="116" spans="1:34" customHeight="0">
+      <c r="A116" s="1">
+        <v>145890</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les opérations des collectivités</t>
+        </is>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'Ingénierie de l'Ain</t>
+        </is>
+      </c>
+      <c r="G116" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H116" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Initiée par le Département de l&amp;#039;Ain en 2013, l&amp;#039;Agence départementale d&amp;#039;Ingénierie de l&amp;#039;Ain, nommée Agence 01, a inscrit son fonctionnement dans le cadre de sa politique de soutien aux communes et intercommunalités.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ L&amp;#039;agence a pour principales missions d&amp;#039;accompagner et de conseiller les collectivités dans leurs projets.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cela se traduit pour la mise à disposition, via conventionnement, de moyens humains ayant des compétences techniques et administratives sur chacune des thématiques portées par l&amp;#039;agence :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ • Voirie (sécurisation, modes doux, sentiers, etc.), aménagement de l&amp;#039;espace public (parcs, places, équipements sportifs, etc.).
+ &lt;br /&gt;
+ • Construction et rénovation de bâtiments publics (mairie, école, maison de santé, salle polyvalente, etc.).
+ &lt;br /&gt;
+ • Cycle de l&amp;#039;eau (assainissement, stations d&amp;#039;épuration, équipements de lutte contre les incendies, etc.).
+ &lt;br /&gt;
+ • Urbanisme (planification et opérationnel).
+ &lt;br /&gt;
+ • Accompagnement à la passation des marchés publics.
+ &lt;br /&gt;
+ • Accompagnement juridique (conseil, accompagnement dans la mise en place de délégations de service public, etc.).
+ &lt;br /&gt;
+ • Ingénierie financière (accompagnement et réalisation des demandes de subventions, conseils d&amp;#039;optimisation des plans de financement, rédaction des candidatures aux appels à projets, etc.).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Sécurisation de carrefour.
+ &lt;br /&gt;
+ -  Rénovation de voirie existante.
+ &lt;br /&gt;
+ - Aménagement de pistes cyclables.
+ &lt;br /&gt;
+ - Aménagement de city-stade.
+ &lt;br /&gt;
+ - Construction de déchèterie.
+ &lt;br /&gt;
+ - Diagnostic pour la rénovation des ouvrages d&amp;#039;art.
+ &lt;br /&gt;
+ - Rénovation de salle polyvalente.
+ &lt;br /&gt;
+ - Construction de centre de loisirs.
+ &lt;br /&gt;
+ - Rénovation de la mairie.
+ &lt;br /&gt;
+ - Construction de médiathèque.
+ &lt;br /&gt;
+ - Accompagnement de la réalisation de schéma directeur d&amp;#039;assainissement et d&amp;#039;eau potable.
+ &lt;br /&gt;
+ - Rénovation des réseaux de distribution d&amp;#039;eau potable.
+ &lt;br /&gt;
+ - Déconnexion des réseaux d&amp;#039;eaux pluviales et d&amp;#039;assainissement.
+ &lt;br /&gt;
+ - Construction et rénovation de station d&amp;#039;épuration.
+ &lt;br /&gt;
+ -  Aménagement d&amp;#039;équipements de lutte contre les incendies.
+ &lt;br /&gt;
+ - Diagnostic des ouvrages d&amp;#039;art
+ &lt;br /&gt;
+ - Mise en œuvre d&amp;#039;urbanisme opérationnel
+ &lt;br /&gt;
+ - Révision de PLU
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N116" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Friche
+Voirie et réseaux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O116" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour pouvoir bénéficier de conseils il suffit d&amp;#039;être adhérent à l&amp;#039;agence.
+ &lt;br /&gt;
+ Pour bénéficier d&amp;#039;un accompagnement de l&amp;#039;agence dans la préfiguration et/ou la réalisation d&amp;#039;une opération , il est nécessaire de conventionner pour définir, de manière précise, les missions pour lesquelles la collectivité souhaite l&amp;#039;intervention de nos équipes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S116" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T116" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U116" s="1" t="inlineStr">
+        <is>
+          <t>Ain</t>
+        </is>
+      </c>
+      <c r="V116" s="1" t="inlineStr">
+        <is>
+          <t>http://agence01.fr/</t>
+        </is>
+      </c>
+      <c r="X116" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Yvan Pauget, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ conseil&amp;#64;agence01.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 04 74 55 49 00
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y116" s="1" t="inlineStr">
+        <is>
+          <t>conseil@agence01.fr</t>
+        </is>
+      </c>
+      <c r="Z116" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b83f-accompagner-les-operations-damenagement-des-c/</t>
+        </is>
+      </c>
+      <c r="AA116" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB116" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Création d’un city park / city stade / terrain multisports
+Création d’une maison de santé
+Création d’un terrain de football
+Gestion d'une base nautique
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC116" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Ingénierie de l'Ain</t>
+        </is>
+      </c>
+      <c r="AE116" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF116" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG116" s="1" t="inlineStr">
+        <is>
+          <t>20/07/2023</t>
+        </is>
+      </c>
+      <c r="AH116" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" spans="1:34" customHeight="0">
+      <c r="A117" s="1">
+        <v>44406</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le logement locatif social et l'accession aidée par l'attribution de minoration foncière</t>
+        </is>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G117" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H117" s="1" t="inlineStr">
         <is>
           <t>Subvention
+Ingénierie Juridique / administrative
+Autre aide financière
+Ingénierie financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="O36" s="1" t="inlineStr">
+      <c r="I117" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J117" s="1" t="inlineStr">
+        <is>
+          <t>l'aide porte sur une réduction du prix de revient EPFLO (soit le prix de cession du foncier) pouvant</t>
+        </is>
+      </c>
+      <c r="K117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à soutenir le logement locatif social et l&amp;#039;accession aidée par l&amp;#039;attribution de minoration foncière sur les logements locatifs sociaux (PLUS, PLAI, PLS), logements locatif intermédiaire (PLI) et les logements en accession aidée (PSLA, Bail Réel Solidaire ou autre dispositif destiné à des ménages dont les revenus ne dépassent pas les plafonds de ressources du PSLA)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Attribution sur décision du Conseil d&amp;#039;Administration de l&amp;#039;EPFLO, au vu de la difficulté effective à réaliser l&amp;#039;opération sans minoration(s) et en fonction des capacités financières de l&amp;#039;EPFLO
+&lt;/p&gt;
+&lt;p&gt;
+ -    Les montants de minoration sont définis par type de logement et par mètre carré de surface utile : PLAI 135 €/m2 SU ; PLUS/BRS 110 €/m2 SU; PLS 75 €/m2 SU; PLI 25 €/m2 SU; accession aidée (hors BRS) 60 €/m2 SU
+&lt;/p&gt;
+&lt;p&gt;
+ -    L&amp;#039;éligibilité à la minoration foncière « logement » est conditionnée comme tout opération de logement au respect d&amp;#039;une densité minimale de 20 logements par hectare, ou celle du document d&amp;#039;urbanisme si elle est supérieure. (En cas d&amp;#039;assainissement non collectif, l&amp;#039;emprise nécessaire à l&amp;#039;assainissement n&amp;#039;entre pas dans le calcul de la densité)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Les cessions au profit d&amp;#039;un opérateur privé réalisant les logements dans le cadre d&amp;#039;une Vente en l&amp;#039;État Futur d&amp;#039;Achèvement (VEFA) à un bailleur social ne sont pas éligibles à la minoration &amp;#34;logement aidé&amp;#34;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -    Le montant de la minoration sera calculé sur la base des surfaces du programme définies lors du permis de construire ou pour le logement social dans le dossier de financement
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O117" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="P117" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q117" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S117" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T117" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U117" s="1" t="inlineStr">
+        <is>
+          <t>Départements de l'Aisne et de l'Oise</t>
+        </is>
+      </c>
+      <c r="V117" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X117" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y117" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z117" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-logement-locatif-social/</t>
+        </is>
+      </c>
+      <c r="AA117" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB117" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC117" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF117" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG117" s="1" t="inlineStr">
+        <is>
+          <t>03/06/2020</t>
+        </is>
+      </c>
+      <c r="AH117" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" spans="1:34" customHeight="0">
+      <c r="A118" s="1">
+        <v>148614</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer des stratégies foncières en lien avec un projet de territoire (47)</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (47)</t>
+        </is>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G118" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H118" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le bouton plus d&amp;#039;information en bas de page.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O118" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S118" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T118" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U118" s="1" t="inlineStr">
+        <is>
+          <t>Lot et Garonne hors CA Agen</t>
+        </is>
+      </c>
+      <c r="V118" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X118" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y118" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z118" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edd8-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA118" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB118" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC118" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF118" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG118" s="1" t="inlineStr">
+        <is>
+          <t>30/08/2023</t>
+        </is>
+      </c>
+      <c r="AH118" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="119" spans="1:34" customHeight="0">
+      <c r="A119" s="1">
+        <v>144546</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (16)</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (16)</t>
+        </is>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G119" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H119" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie. : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O119" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S119" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T119" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U119" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V119" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X119" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Arnaud Herry
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 66 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y119" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z119" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/debf-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA119" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB119" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC119" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF119" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG119" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2023</t>
+        </is>
+      </c>
+      <c r="AH119" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="120" spans="1:34" customHeight="0">
+      <c r="A120" s="1">
+        <v>144545</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (24)</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (24)</t>
+        </is>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G120" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H120" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ https://www.epfna.fr/
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N120" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O120" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S120" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T120" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U120" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V120" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X120" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Nicolas Proust
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  nicolas.proust&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 98 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y120" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z120" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f19d-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA120" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB120" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC120" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF120" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG120" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2023</t>
+        </is>
+      </c>
+      <c r="AH120" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="121" spans="1:34" customHeight="0">
+      <c r="A121" s="1">
+        <v>144543</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (86)</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire</t>
+        </is>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G121" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H121" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère, ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblé dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O121" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S121" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T121" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U121" s="1" t="inlineStr">
+        <is>
+          <t>Vienne</t>
+        </is>
+      </c>
+      <c r="V121" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X121" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y121" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z121" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c1bf-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA121" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB121" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC121" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF121" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG121" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH121" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" spans="1:34" customHeight="0">
+      <c r="A122" s="1">
+        <v>144542</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (19)</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (19)</t>
+        </is>
+      </c>
+      <c r="E122" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G122" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H122" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O122" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S122" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T122" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U122" s="1" t="inlineStr">
+        <is>
+          <t>Corrèze</t>
+        </is>
+      </c>
+      <c r="V122" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X122" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Proust
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Lot-et-Garonne - Dordogne - Corrèze
+&lt;/p&gt;
+&lt;p&gt;
+ nicolas.proust&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 98 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 Poitiers Cedex
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y122" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z122" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4cce-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA122" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB122" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC122" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF122" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG122" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH122" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="123" spans="1:34" customHeight="0">
+      <c r="A123" s="1">
+        <v>144541</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (87)</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (87)</t>
+        </is>
+      </c>
+      <c r="E123" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G123" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H123" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O123" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S123" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T123" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U123" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Vienne</t>
+        </is>
+      </c>
+      <c r="V123" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X123" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y123" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z123" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4bb8-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA123" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB123" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC123" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF123" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG123" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH123" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" spans="1:34" customHeight="0">
+      <c r="A124" s="1">
+        <v>144540</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (79)</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (79)</t>
+        </is>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G124" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H124" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O124" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S124" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T124" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U124" s="1" t="inlineStr">
+        <is>
+          <t>Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V124" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X124" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Arnaud Herry
+&lt;/p&gt;
+&lt;p&gt;
+ Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+&lt;/p&gt;
+&lt;p&gt;
+ arnaud.herry&amp;#64;epfna.fr
+&lt;/p&gt;
+&lt;p&gt;
+ 05 49 62 66 94
+&lt;/p&gt;
+&lt;p&gt;
+ 107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y124" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z124" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4766-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA124" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB124" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC124" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF124" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG124" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH124" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" spans="1:34" customHeight="0">
+      <c r="A125" s="1">
+        <v>144539</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (33)</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (33)</t>
+        </is>
+      </c>
+      <c r="E125" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G125" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H125" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturales, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O125" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S125" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T125" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U125" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V125" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X125" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Grégoire Gilger
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur opérationnel, directeur territorial Gironde
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 18 19
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  gregoire.gilger&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y125" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z125" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5d2c-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA125" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB125" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC125" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF125" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG125" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH125" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" spans="1:34" customHeight="0">
+      <c r="A126" s="1">
+        <v>144538</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (17)</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (17)</t>
+        </is>
+      </c>
+      <c r="E126" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G126" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H126" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O126" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S126" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T126" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U126" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime</t>
+        </is>
+      </c>
+      <c r="V126" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X126" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Arnaud Herry
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Directeur territorial Charente – Charente-Maritime – Deux-Sèvres
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  arnaud.herry&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 66 94
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y126" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z126" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/81d0-elaborer-des-strategies-foncieres-en-lien-ave/</t>
+        </is>
+      </c>
+      <c r="AA126" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB126" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC126" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF126" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG126" s="1" t="inlineStr">
+        <is>
+          <t>29/06/2023</t>
+        </is>
+      </c>
+      <c r="AH126" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="127" spans="1:34" customHeight="0">
+      <c r="A127" s="1">
+        <v>139435</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du foncier en renouvellement urbain pour mes projets (résidentiels, tertiaires, de développement économique, pour créer un équipement..)</t>
+        </is>
+      </c>
+      <c r="E127" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G127" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H127" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Etablissement Public Foncier Hauts de France facilite la mobilisation de sites en renouvellement urbain nécessaires aux projets des collectivités. Dans le cadre d&amp;#039;une convention opérationnelle signée avec la collectivité, l&amp;#039;établissement acquiert, porte et prépare (constitution de l&amp;#039;assiette foncière, gestion des déchets et pollutions, déconstruction, pré-verdissement) le foncier nécessaire à l&amp;#039;opération préalablement définie. La collectivité s&amp;#039;engage à racheter, ou à faire racheter par un opérateur désigné, le site à l&amp;#039;issue de la convention. Des usages temporaires peuvent être développés sur les sites pendant la durée du portage foncier. L&amp;#039;EPF finance sur ses fonds propres une partie de son intervention.
+ &lt;br /&gt;
+ L&amp;#039;intervention de l&amp;#039;EPF couvre une grande diversité de thématiques (logement, développement économique, redynamisation des centres villes et centres bourgs, équipements publics, risques et biodiversité, reconquête de friches...) sur tous types de territoires.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Projets portant sur une thématique logement, développement économique, redynamisation des centres villes et centres bourgs, risques, biodiversité, patrimoine UNESCO, friches et réserves foncières.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •    Négociation, acquisition et portage foncier
+ &lt;br /&gt;
+ •    Études préalables (faisabilité, techniques...)
+ &lt;br /&gt;
+ •    Traitement des déchets et des sources de pollution concentrées
+ &lt;br /&gt;
+ •    Travaux de déconstruction
+ &lt;br /&gt;
+ •    Renaturation
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ •    Ingénierie prise en charge à 100%
+ &lt;br /&gt;
+ •    Etudes préalables jusqu&amp;#039;à 80%
+ &lt;br /&gt;
+ •    Travaux de déconstruction et de traitement des sources de pollution concentrées jusqu&amp;#039;à 80%
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Acquisition et démolition partielle d&amp;#039;un corps de ferme en centre bourg pour production de logements locatifs sociaux
+ &lt;br /&gt;
+ •    Acquisition et démolition d&amp;#039;un ancien supermarché pour l&amp;#039;aménagement d&amp;#039;un écoquartier
+ &lt;br /&gt;
+ •    Acquisition et requalification d&amp;#039;un ancien site de stockage de produits chimiques pour l&amp;#039;implantation d&amp;#039;un centre d&amp;#039;hébergement de données (OVH)
+ &lt;br /&gt;
+ •    Acquisition et traitement d&amp;#039;une friche polluée pour aménagement d&amp;#039;un espace naturel de plusieurs hectares
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N127" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Bâtiments et construction
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O127" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S127" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T127" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U127" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V127" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X127" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y127" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z127" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1e51-acquerir-du-foncier-en-renouvellement-urbain-/</t>
+        </is>
+      </c>
+      <c r="AA127" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB127" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC127" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF127" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG127" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH127" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" spans="1:34" customHeight="0">
+      <c r="A128" s="1">
+        <v>139433</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Repenser les façons d'habiter</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>LEADER</t>
+        </is>
+      </c>
+      <c r="E128" s="1" t="inlineStr">
+        <is>
+          <t>PETR des Communautés du pays de Saint-Malo</t>
+        </is>
+      </c>
+      <c r="G128" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H128" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous avez un projet de
+ &lt;strong&gt;
+  transition écologique
+ &lt;/strong&gt;
+ en lien avec la
+ &lt;strong&gt;
+  qualité de vie
+ &lt;/strong&gt;
+ &amp;amp; l&amp;#039;
+ &lt;strong&gt;
+  habitat
+ &lt;/strong&gt;
+ sur le
+ &lt;strong&gt;
+  pays de Saint-Malo
+ &lt;/strong&gt;
+ ? Peut-être pouvez-vous bénéficier d&amp;#039;une aide européenne au titre du programme LEADER !
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Qu&amp;#039;est-ce que LEADER ?
+  &lt;/strong&gt;
+  &lt;span&gt;
+   &lt;em&gt;
+    (Liaisons entre action de développement de l&amp;#039;économie rural)
+   &lt;/em&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  C&amp;#039;est un programme européen de développement des zones rurales.  C&amp;#039;est à la fois une
+ &lt;/span&gt;
+ &lt;strong&gt;
+  a
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  ide financière
+ &lt;/strong&gt;
+ &lt;span&gt;
+  alimentée par le FEADER (Fonds Européen Agricole pour le Développement Rural) p
+ &lt;/span&gt;
+ &lt;span&gt;
+  our des porteurs de projets publics (communes, EPCI...) ou privés (associations, entreprises...). et une
+ &lt;/span&gt;
+ &lt;strong&gt;
+  stratégie spécifique au territoire.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  La stratégie LEADER s&amp;#039;intitule comme suit
+ &lt;/span&gt;
+ &lt;strong&gt;
+  &amp;#34;
+ &lt;/strong&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   5 ans pour repenser ensemble les façons d&amp;#039;habiter le pays de Saint-Malo&amp;#34;
+  &lt;/strong&gt;
+  . Elle s&amp;#039;articule autour des mots clés suivants « sobriété, innovation, résilience, solidarités, équilibre territorial ».
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En effet, le pays est l&amp;#039;un des territoires les plus attractifs de Bretagne. Pour maintenir cette capacité d&amp;#039;accueil, il s&amp;#039;avère que l&amp;#039;habitat est un enjeu clé.  C&amp;#039;est aussi une problématique qui croise de nombreuses autres problématiques sociales, économiques, ou encore d&amp;#039;aménagement du territoire. Il s&amp;#039;agit ainsi de changer l&amp;#039;habitat et les façons de vivre pour transformer notre modèle de développement (rénovation énergétique, économies d&amp;#039;énergie, sobriété dans les comportements, formes d&amp;#039;habitat alternatif et d&amp;#039;usages alternatifs à la façon d&amp;#039;habiter).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   3.
+  &lt;/strong&gt;
+ &lt;/span&gt;
+ &lt;strong&gt;
+  Type de projets attendus
+ &lt;/strong&gt;
+ :  des
+ &lt;strong&gt;
+  projets locaux innovants
+ &lt;/strong&gt;
+ axés autour de l&amp;#039;habitat pourront être soutenus. Des solutions nouvelles aux enjeux du territoire sont encouragées ainsi que la mise en œuvre d&amp;#039;actions de coopération avec la France et/ou l&amp;#039;Europe. La stratégie LEADER est organisée en
+ &lt;span&gt;
+  fiches-actions
+ &lt;/span&gt;
+ . Celles-ci indiquent précisément les conditions de financement des projets attendus.
+ &lt;strong&gt;
+  &lt;em&gt;
+   &lt;br /&gt;
+  &lt;/em&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   &lt;em&gt;
+    &amp;#34;Projet&amp;#34; ?
+   &lt;/em&gt;
+  &lt;/strong&gt;
+  Ensemble d&amp;#039;activités coordonnées et maîtrisées comportant des dates de début et de fin, entrepris dans le but d&amp;#039;atteindre un objectif conforme à des exigences spécifiques.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   &lt;strong&gt;
+    &amp;#34;Local&amp;#34; ?
+   &lt;/strong&gt;
+  &lt;/em&gt;
+  Seuls les
+  &lt;strong&gt;
+   projets réalisés
+  &lt;/strong&gt;
+  sur les
+  &lt;strong&gt;
+   64 communes rurales du pays de Saint-Malo
+  &lt;/strong&gt;
+  peuvent prétendre à une aide LEADER.
+  &lt;a href="https://www.pays-stmalo.fr/fichiers/perimetre_gal_FeChcX.pdf" target="_self"&gt;
+   Liste des communes rurales
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;em&gt;
+   &lt;strong&gt;
+    &amp;#34;Innovant&amp;#34; ?
+   &lt;/strong&gt;
+  &lt;/em&gt;
+  C&amp;#039;est un projet qui résout une problématique existante de façon nouvelle (nouvelle manière de faire ; nouvelle organisation/gouvernance, une manière plus efficiente, adaptée) ou bien c&amp;#039;est un projet qui résout une problématique non traitée jusqu&amp;#039;alors sur le territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  4. Comment est calculée l&amp;#039;aide LEADER ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   LEA
+  &lt;/span&gt;
+  &lt;span&gt;
+   DER ne peut jamais financer entièrement un projet !
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  LEADER ne prend en compte que certains types de dépenses, c&amp;#039;est la notion de &amp;#34;dépenses éligibles&amp;#34; à LEADER. Il faut se référer aux fiches-actions pour connaître la liste des dépenses éligibles à LEADER.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   &lt;strong&gt;
+    LEADER intervient uniquement en complément d&amp;#039;autres aides publiques que vous pourrez mobiliser/rechercher pour votre projet
+   &lt;/strong&gt;
+   (Etat, collectivités locales, établissements publics, autofinancement du maître d&amp;#039;ouvrage public ou Organisme Qualifié de Droit Public..). LEADER agit ainsi &amp;#34;en levier&amp;#34;.
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1€ d&amp;#039;aide publique mobilisée (autre que LEADER) permet d&amp;#039;obtenir jusqu&amp;#039;à 4€ de LEADER.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le taux d&amp;#039;intervention LEADER peut varier en fonction du montage financier de chaque projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   43 000 € : c&amp;#039;est la moyenne du montant LEADER attribué par dossier entre 2015 et 2020.
+  &lt;/span&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ &lt;br /&gt;
+&lt;/strong&gt;
+&lt;strong&gt;
+ 5. F
+&lt;/strong&gt;
+&lt;strong&gt;
+ iches-actions:
+&lt;/strong&gt;
+&lt;em&gt;
+ l&amp;#039;ambition de ces fiches-actions n&amp;#039;est pas de soutenir massivement des investissements mais d&amp;#039;assurer un effet-levier en complément des aides nationales, régionales et locales pour accélérer et faciliter l&amp;#039;émergence de projets ruraux innovants les plus à mêmes de proposer une solution répondant à des besoins locaux et partagés sur le territoire.
+&lt;/em&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;a href="https://www.pays-stmalo.fr/fichiers/fiches-actions_kNXDiF.pdf" target="_self"&gt;
+   &lt;strong&gt;
+    Consulter les fiches-actions
+   &lt;/strong&gt;
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   &lt;strong&gt;
+    Des nouvelles façons de se loger plus en phase avec les modes de vie et le défi de la transition énergétique
+   &lt;/strong&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Des nouvelles façons d&amp;#039;habiter contribuant à la cohésion sociale et territoriale
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Anticiper et prévoir l&amp;#039;offre foncière pour maîtriser l&amp;#039;empreinte environnementale de l&amp;#039;habitat durable
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Coopération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  - Améliorer la qualité de l&amp;#039;habitat
+ &lt;/strong&gt;
+ : il s&amp;#039;agit de créer des logements agréables à habiter et de qualité d&amp;#039;un point de vue environnemental, esthétique, et d&amp;#039;usage. Cela peut conduire à penser le logement ou le bâtiment comme étant modulable et évolutif (adaptation de la taille, de l&amp;#039;aménagement intérieur en fonction des besoins des occupants). Il s&amp;#039;agit aussi d&amp;#039;encourager l&amp;#039;adoption de ces nouvelles formes urbaines en changeant la perception sur l&amp;#039;habitat collectif/intermédiaire et individuel et en intégrant les occupants à la co-conception. Cet engagement des futurs habitants peut également se traduire sous la forme d&amp;#039;un accompagnement à l&amp;#039;habitat participatif.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Adapter l&amp;#039;habitat aux publics, aux trajectoires résidentielles, aux modes de vie :
+ &lt;/strong&gt;
+ il s&amp;#039;agit de penser l&amp;#039;habitat pour tous en s&amp;#039;adressant aux populations aux besoins spécifiques (personnes âgées, handicapées, saisonniers, jeunes actifs, familles monoparentales, etc.) mais également en intégrant la notion de parcours résidentiel, c&amp;#039;est-à-dire à l&amp;#039;évolution dans le temps des besoins en termes de logement. Ceux-ci évoluent en fonction des changements de situation, notamment du nombre de personnes qui composent le foyer et des moyens financiers. Cela peut conduire là aussi à penser le logement ou le bâtiment comme étant modulable et évolutif mais aussi de mettre l&amp;#039;accent sur la production d&amp;#039;espaces communs (services ou usages partagés : chambre d&amp;#039;amis, buanderie, jardins partagés, etc.) et à la multifonctionnalité/mutualisation des services, des espaces, des équipements entourant l&amp;#039;habitat. Il s&amp;#039;agit également de travailler sur la mobilisation des acteurs et sur leur participation dans la conception des opérations pour assurer la compatibilité des solutions aux besoins réels.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  Ré-interroger la chaîne de production :
+ &lt;/strong&gt;
+ il s&amp;#039;agit de recourir à des matériaux biosourcés/éco-matériaux (bois, paille, terre crue, bauge etc.) et de renforcer les filières locales pour diminuer la pollution et les consommations énergétiques du bâtiment. Il s&amp;#039;agit aussi d&amp;#039;agir sur l&amp;#039;accessibilité financière du logement en réfléchissant à de outils d&amp;#039;ingénierie novateurs (Organismes de foncier solidaire, BRS...). C&amp;#039;est aussi repenser la participation des acteurs en mettant en place par exemple une démarche de maîtrise d&amp;#039;usage, en développant des dispositifs d&amp;#039;accompagnement à la réhabilitation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - Adapter l&amp;#039;habitat à la transition écologique :
+ &lt;/strong&gt;
+ l&amp;#039;habitat est lieu privilégié d&amp;#039;accompagnement à la transition écologique des habitants. Ainsi il s&amp;#039;agit de sensibiliser encore plus la population à la préservation des ressources naturelles mais aussi à l&amp;#039;adoption d&amp;#039;autres comportements tel que le recours à des modes de transport alternatifs ou encore le développement local d&amp;#039;énergies renouvelables.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Espaces verts
+Espace public
+Foncier
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Cohésion sociale et inclusion
+Citoyenneté
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Attractivité économique
+Mobilité partagée
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O128" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •	Être cohérent avec la stratégie,
+&lt;/p&gt;
+&lt;p&gt;
+ •	Être localisé sur le territoire d&amp;#039;intervention,
+&lt;/p&gt;
+&lt;p&gt;
+ •	Correspondre à une dépense éligible (il faut pour cela se référer aux fiches actions) ;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Apporter une vraie plus-value pour le territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S128" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="T128" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U128" s="1" t="inlineStr">
+        <is>
+          <t>Bretagne</t>
+        </is>
+      </c>
+      <c r="V128" s="1" t="inlineStr">
+        <is>
+          <t>https://www.pays-stmalo.fr/avec-leader-repensons-les-facons-d-habiter-C270.html</t>
+        </is>
+      </c>
+      <c r="X128" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous avez un projet et vous souhaitez savoir s&amp;#039;il peut être financé par LEADER ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contacter-nous : contractualisation&amp;#64;pays-stmalo.fr  02 99 21 17 28
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Vous bénéficierez d&amp;#039;une aide pour le montage de la demande d&amp;#039;aide LEADER, le suivi administratif et technique du projet et la mise en paiement.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y128" s="1" t="inlineStr">
+        <is>
+          <t>contractualisation@pays-stmalo.fr</t>
+        </is>
+      </c>
+      <c r="Z128" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4d2d-repenser-les-facons-dhabiter/</t>
+        </is>
+      </c>
+      <c r="AA128" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB128" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de jardins partagés</t>
+        </is>
+      </c>
+      <c r="AC128" s="1" t="inlineStr">
+        <is>
+          <t>Pôle d'Equilibre Territorial et Rural des communautés du pays de Saint-Malo</t>
+        </is>
+      </c>
+      <c r="AD128" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF128" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG128" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH128" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+    <row r="129" spans="1:34" customHeight="0">
+      <c r="A129" s="1">
+        <v>139430</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Produire des logements</t>
+        </is>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G129" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H129" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Autre aide financière
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF Hauts de France contribue à répondre aux besoins en logements en recyclant le foncier nécessaire à leur production.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement intervient autant sur les marchés tendus pour mobiliser rapidement des fonciers notamment pour la production d&amp;#039;une offre de logements sociaux, sur les marchés détendus pour recréer les conditions d&amp;#039;une meilleure attractivité pour les opérateurs, au sein des quartiers anciens dégradés et paupérisés en requalifiant l&amp;#039;habitat obsolète et insalubre et en restructurant l&amp;#039;offre et aussi sur des fonciers pollués où les coûts de traitement des pollutions obèrent la faisabilité économique pour des acteurs du secteur privé.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF engage donc les acquisitions nécessaires à la maîtrise foncière de l&amp;#039;assiette définie, assure le traitement des éventuelles sources de pollution et si nécessaire déconstruit les biens. Il peut également accompagner et conseiller la collectivité dans l&amp;#039;élaboration d&amp;#039;un cahier des charges de consultation destiné à sélectionner le futur opérateur. Dans certains cas, l&amp;#039;EPF peut minorer le prix de vente des sites sur lesquels il est intervenu au titre de la production de logements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Sont éligibles à l&amp;#039;intervention de l&amp;#039;EPF les opérations des collectivités dédiées à la production de logements.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition et portage foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes préalables (capacité, techniques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût des études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Jusqu&amp;#039;à 80% du coût de l&amp;#039;opération travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décote additionnelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Site Lincrusta, Seclin ( Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le site d&amp;#039;une ancienne filature avait été démoli puis laissé à l&amp;#039;abandon de nombreuses années. Sa localisation stratégique au cœur du tissu urbain et à proximité des services et transports en commun ont amené un opérateur à proposer un programme mixte (200 logements et commerces). Cependant la crise de 2008 et l&amp;#039;ampleur des travaux de dépollution à réaliser ont compromis la réalisation du projet. Par son intervention, l&amp;#039;EPF a apporté la solution technique (traitement des sources de pollution et purge sélective des fondations au vu du projet) et financière (financement d&amp;#039;une partie des travaux et minoration foncière) sans pour autant prendre en charge les responsabilités de l&amp;#039;opérateur dans la mise en œuvre du plan de gestion du site.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Rue de Boschepe, Godewarsvelde (Nord)
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ En 2010, au départ en retraite des exploitants du magasin Proxi situé en centre-bourg de Godewaersvelde et faute de repreneur, cette commune de 2000 habitants a souhaité acquérir le site afin d&amp;#039;y construire de nouveaux logements. L&amp;#039;EPF s&amp;#039;est rendu propriétaire du site et a procédé aux travaux de démolition du bâtiment et du parking. L&amp;#039;EPF a accompagné la commune pour la consultation d&amp;#039;opérateurs et la mise en œuvre du projet. Il a cédé le foncier à un prix minoré au bailleur social retenu lequel a réalisé un projet comprenant un immeuble de 13 appartements locatifs sociaux et de 8 maisons en location-accession et accession sociale.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ancien mareyage, Grand Fort Philippe (Nord)
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La commune de Grand-Fort-Philippe est marquée par un tissu urbain dense, composé d&amp;#039;un habitat traditionnel de « maisons de pêcheurs » et d&amp;#039;ateliers de transformation des produits de la pêche. Pour répondre à l&amp;#039;enjeu de résorption des sites artisanaux déclassés et aux besoins de logements du territoire, l&amp;#039;EPF est intervenu pour l&amp;#039;acquisition et la démolition d&amp;#039;un ancien mareyage. Après démolition, le foncier a été cédé, aux prix des domaines, à la communauté urbaine qui a procédé entre temps à un appel à projets multisite. Le bailleur retenu réalisera sur le site un programme de 14 logements locatifs sociaux alliant densité (R&amp;#43;3) et gestion des volumes, afin que ce dernier s&amp;#039;intègre aux constructions existantes tout en proposant des jardins pour les résidents.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N129" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O129" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S129" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T129" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U129" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V129" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X129" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y129" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z129" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5c78-produire-des-logements/</t>
+        </is>
+      </c>
+      <c r="AA129" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB129" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC129" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF129" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG129" s="1" t="inlineStr">
+        <is>
+          <t>25/04/2023</t>
+        </is>
+      </c>
+      <c r="AH129" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="130" spans="1:34" customHeight="0">
+      <c r="A130" s="1">
+        <v>131816</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire (23)</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Elaborer des stratégies foncières en lien avec un projet de territoire</t>
+        </is>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public foncier de Nouvelle-Aquitaine (EPFNA)</t>
+        </is>
+      </c>
+      <c r="G130" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H130" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) est un opérateur public de l&amp;#039;État au service des collectivités pour accompagner leurs projets de développement territorial. L&amp;#039;EPFNA assiste les collectivités dans la définition et la mise en œuvre d&amp;#039;une stratégie foncière adaptée à leur projet de territoire, afin de mobiliser le foncier nécessaire à sa mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPFNA est régi par le décret n° 2008-645 en date du 30 juin 2008, modifié par le décret n° 2017-837 du 5 mai 2017.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est au service des territoires de 10 départements de Nouvelle-Aquitaine : la Charente, la Charente-Maritime, la Creuse, la Corrèze, la Dordogne, les Deux-Sèvres, la Gironde, la Haute-Vienne, la Vienne et le Lot-et-Garonne (hormis les communes de l&amp;#039;agglomération d&amp;#039;Agen).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;appui de l&amp;#039;EPFNA peut concerner des projets de production de logements, notamment sociaux, de traitement de friches, de redynamisation de cœur de ville, de développement économique, de lutte contre l&amp;#039;étalement et de préservation de l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ Il propose pour cela un appui technique permettant d&amp;#039;accompagner la commune ou l&amp;#039;intercommunalité dans la définition et l&amp;#039;élaboration de sa stratégie foncière en lien avec un projet de territoire ou une politique publique (habitat, développement économique).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action de l&amp;#039;EPFNA se déploie en complémentarité et en proximité avec celle des autres acteurs locaux de l&amp;#039;ingénierie : le CAUE du département, qui peut être sollicité pour des études de diagnostic ou de faisabilité architecturale, urbaine ou paysagère ou l&amp;#039;agence technique départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Si l&amp;#039;offre d&amp;#039;ingénierie locale ne peut répondre au besoin, l&amp;#039;EPFNA peut, dans le cadre d&amp;#039;une convention d&amp;#039;étude, réaliser des études en interne, ou les faire réaliser par un prestataire dont il reste maitre d&amp;#039;ouvrage. Cette étude pourra porter sur le territoire communal ou intercommunal ou sur un secteur stratégique ciblés dans la convention.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;établissement de cette stratégie permet aux collectivités de cibler les priorités d&amp;#039;interventions foncières par une réflexion anticipée. Par son ingénierie, l&amp;#039;EPFNA peut recommander des outils fonciers adaptés, avec pour objectif l&amp;#039;élaboration d&amp;#039;une stratégie foncière locale permettant la mise en œuvre de projets d&amp;#039;aménagement durables.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de l&amp;#039;accompagnement de l&amp;#039;EPFNA, la collectivité doit prendre contact avec la direction territoriale. Après échanges et validation de l&amp;#039;opportunité d&amp;#039;intervention, l&amp;#039;EPFNA propose la signature d&amp;#039;une convention d&amp;#039;étude, qui précise les modalités (pilotage et financement) et les objectifs du partenariat avec l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.epfna.fr/" target="_self"&gt;
+  https://www.epfna.fr/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Tourisme
+Friche
+Foncier
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O130" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;établissement public foncier de Nouvelle-Aquitaine (EPFNA) intervient dans le cadre de convention d&amp;#039;étude signée avec les communes et les EPCI. La signature de cette convention doit être approuvée par les instances de l&amp;#039;EPFNA et de la collectivité. Les projets qu&amp;#039;il accompagne doivent s&amp;#039;inscrire dans les objectifs de développement durable et d&amp;#039;aménagement du territoire fixés par le ministère de la Cohésion des territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces objectifs sont traduits par le Programme Pluriannuel d&amp;#039;Intervention (PPI) de l&amp;#039;EPFNA, adopté en 2022, qui fixe pour cinq années ses modalités d&amp;#039;intervention en application des orientations stratégiques de l&amp;#039;État.
+&lt;/p&gt;
+&lt;p&gt;
+ La collectivité contractante est titulaire de la garantie de rachat, elle s&amp;#039;engage à rembourser à l&amp;#039;Etablissement les dépenses engagées dans le cadre de cette convention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La convention permet d&amp;#039;engager des dépenses dans la limite d&amp;#039;un plafond fixé par l&amp;#039;EPFNA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S130" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T130" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U130" s="1" t="inlineStr">
+        <is>
+          <t>Creuse</t>
+        </is>
+      </c>
+      <c r="V130" s="1" t="inlineStr">
+        <is>
+          <t>http://www.epfna.fr</t>
+        </is>
+      </c>
+      <c r="X130" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Louis Andréo, directeur territorial Vienne - Haute-Vienne - Creuse
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  05 49 62 13 13
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  louis.andreo&amp;#64;epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  107 boulevard du Grand Cerf - CS 70432 - 86011 POITIERS CEDEX
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  www.epfna.fr
+ &lt;/span&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y130" s="1" t="inlineStr">
+        <is>
+          <t>contact@epfna.fr</t>
+        </is>
+      </c>
+      <c r="Z130" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a008-etablissement-public-foncier-de-nouvelle-aqui/</t>
+        </is>
+      </c>
+      <c r="AA130" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB130" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC130" s="1" t="inlineStr">
+        <is>
+          <t>EPFNA</t>
+        </is>
+      </c>
+      <c r="AE130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF130" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG130" s="1" t="inlineStr">
+        <is>
+          <t>16/03/2023</t>
+        </is>
+      </c>
+      <c r="AH130" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" spans="1:34" customHeight="0">
+      <c r="A131" s="1">
+        <v>56456</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir une minoration foncière dans le cadre de projets "Petites Villes de Demain" ou "Action Cœur de Ville"</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G131" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H131" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique
+Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I131" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="J131" s="1" t="inlineStr">
+        <is>
+          <t>Minoration de 25% du prix de cession HT, cumulable à une ou plusieurs minorations</t>
+        </is>
+      </c>
+      <c r="K131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif
+ &lt;/strong&gt;
+ : Les projets de revitalisation de centres villes portent sur des fonciers complexes rendant difficile la réalisation des projets. Afin d&amp;#039;accompagner les projets &amp;#34;Petites Villes de Demain&amp;#34; et  &amp;#34;Actions Cœur de Ville&amp;#34; sur le volet foncier, une prise en charge spécifique du prix de revient peut intervenir, complémentairement à une ou plusieurs minorations foncières (logement aidé, recyclage foncier-travaux préparatoires, valorisation du patrimoine bâti, réhabilitation habitat).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ -    Les opérations éligibles sont celles situées dans un périmètre d&amp;#039;opération de revitalisation de territoire (ORT), liés aux conventions &amp;#34;Petites Villes de Demain&amp;#34; ou &amp;#34;Action Cœur de Ville&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Minoration de 25% du prix de revient HT, complémentairement à une ou plusieurs minorations, dans la limite de 50% du prix de revient HT.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Attribution de la minoration pour des projets entrant dans le cadre du PPI (sauf opération bénéficiant d&amp;#039;un bail emphytéotique EPFLO).
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N131" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Commerces et services
+Revitalisation
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O131" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P131" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q131" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S131" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T131" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U131" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V131" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X131" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y131" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z131" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/560e-recyclage-foncier-et-friches/</t>
+        </is>
+      </c>
+      <c r="AA131" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB131" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC131" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF131" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG131" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH131" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" spans="1:34" customHeight="0">
+      <c r="A132" s="1">
+        <v>56454</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser le patrimoine bâti</t>
+        </is>
+      </c>
+      <c r="E132" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G132" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H132" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Subvention
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I132" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J132" s="1" t="inlineStr">
+        <is>
+          <t>l'aide porte sur une réduction du prix de revient EPFLO (soit le prix de cession du foncier)</t>
+        </is>
+      </c>
+      <c r="K132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ Le bâti d&amp;#039;intérêt patrimonial peut difficilement accueillir de nouveaux usages du fait des surcoûts engendrés par son adaptation. L&amp;#039;attribution d&amp;#039;une minoration foncière au titre du patrimoine bâti peut favoriser des projets optimisant l&amp;#039;existant, contribuant ainsi à limiter l&amp;#039;étalement urbain, tout en valorisant le patrimoine, facteur d&amp;#039;attractivité et de qualité du cadre de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Modalités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -    Le montant de la minoration peut atteindre jusqu&amp;#039;à 400 € par mètre carré de surface de plancher de bâti préservé.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Attribution sur dossier de la minoration pour des projets entrant dans le cadre du PPI
+&lt;/p&gt;
+&lt;p&gt;
+ -    Le maitre d&amp;#039;ouvrage doit s&amp;#039;associer des compétences d&amp;#039;un architecte. Le dossier doit présenter les plans du projet et les coûts associés à la valorisation du patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ -    Une commission, notamment composée de représentants de l&amp;#039;EPFLO et des CAUE de l&amp;#039;Oise et de l&amp;#039;Aisne (Conseils d&amp;#039;Architecture, d&amp;#039;Urbanisme et de l&amp;#039;Environnement), émet un avis sur l&amp;#039;éligibilité des projets, préalablement à leur présentation au Conseil d&amp;#039;Administration de l&amp;#039;EPFLO qui reste le seul organe compétent pour acter du montant des minorations foncières.
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Friche
+Foncier
+Réhabilitation
+Logement et habitat
+Architecture</t>
+        </is>
+      </c>
+      <c r="O132" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P132" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q132" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S132" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T132" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U132" s="1" t="inlineStr">
+        <is>
+          <t>Départements de l'Aisne et de l'Oise</t>
+        </is>
+      </c>
+      <c r="V132" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X132" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y132" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z132" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6a2f-soutenir-le-logement-locatif-social-et-lacces/</t>
+        </is>
+      </c>
+      <c r="AA132" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB132" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC132" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF132" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG132" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH132" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="133" spans="1:34" customHeight="0">
+      <c r="A133" s="1">
+        <v>56453</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Recycler le foncier et les friches</t>
+        </is>
+      </c>
+      <c r="E133" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local de l'Oise et Aisne (EPFLO)</t>
+        </is>
+      </c>
+      <c r="G133" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H133" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Subvention
+Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I133" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="J133" s="1" t="inlineStr">
+        <is>
+          <t>100% du coût des travaux, dans la limite de 50% du prix de revient</t>
+        </is>
+      </c>
+      <c r="K133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à  faciliter la résorption des friches et le recyclage foncier, pour valoriser l&amp;#039;existant et limiter l&amp;#039;étalement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Travaux et études éligibles : tout travaux et études engagés par l&amp;#039;EPFLO et liés à la préparation du site (dépollution, démolition, diagnostics techniques liés aux travaux préparatoires,..),
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Revitalisation
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O133" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P133" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2023</t>
+        </is>
+      </c>
+      <c r="Q133" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2028</t>
+        </is>
+      </c>
+      <c r="R133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ minoration accordée par le Conseil d&amp;#039;Administration de l&amp;#039;EPFLO au moment de la cession, au vu de la difficulté effective à réaliser l&amp;#039;opération et en fonction des capacités financières disponibles du fonds de minoration foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S133" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T133" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U133" s="1" t="inlineStr">
+        <is>
+          <t>Départements de l'Aisne et de l'Oise</t>
+        </is>
+      </c>
+      <c r="V133" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epflo.fr/</t>
+        </is>
+      </c>
+      <c r="X133" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Marc DESCHODT, directeur - 03 44 10 20 10 - jean-marc.deschodt&amp;#64;epflo.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Valère PELLETIER, directeur adjoint, responsable du pôle foncier - 03 44 10 20 04 - valere.pelletier&amp;#64;epflo.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y133" s="1" t="inlineStr">
+        <is>
+          <t>benjamin.sautjeau@epflo.fr</t>
+        </is>
+      </c>
+      <c r="Z133" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a89c-cofinancer-des-etudes-pour-preparer-laction-f/</t>
+        </is>
+      </c>
+      <c r="AA133" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB133" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux</t>
+        </is>
+      </c>
+      <c r="AC133" s="1" t="inlineStr">
+        <is>
+          <t>EPFL des territoires Oise et Aisne</t>
+        </is>
+      </c>
+      <c r="AE133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF133" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG133" s="1" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="AH133" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="134" spans="1:34" customHeight="0">
+      <c r="A134" s="1">
+        <v>162945</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier gratuitement de la compétence d'un architecte pour participer à son jury</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Architecte consultant de la MIQCP</t>
+        </is>
+      </c>
+      <c r="E134" s="1" t="inlineStr">
+        <is>
+          <t>Mission interministérielle pour la qualité des constructions publiques (MIQCP)</t>
+        </is>
+      </c>
+      <c r="G134" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H134" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Mission interministérielle pour la qualité des constructions publiques (MIQCP) se fait assister par trente architectes consultants et consultantes en vue de 
+promouvoir la qualité de l&amp;#039;architecture publique dans le cadre de consultations de maîtrise d’œuvre, 
+notamment à travers des participations aux jurys de concours de maîtrise d’œuvre. &lt;/p&gt;&lt;p&gt;La mission de ces architectes consultants et consultantes de la MIQCP consiste à siéger 
+en qualité de juré/jurée intuitu personae dans le collège des personnes qualifiées des jurys et des 
+commissions chargées de donner un avis sur la sélection des candidatures et/ou des prestations 
+remises, organisés par des pouvoirs adjudicateurs ou entités adjudicatrices pour la passation de 
+marchés publics de maîtrise d’œuvre ou de marchés globaux. La participation à ces jurys est gratuite. Tout maître d&amp;#039;ouvrage public peut en bénéficier pour ses concours ou procédures de passation des marchés.&lt;/p&gt;&lt;p&gt;Ces architectes sont au nombre de 30. Sélectionnés pour leurs compétences, leur capacité à faire pédagogie, la qualité de leurs réalisations architecturales, ils et elles sont formés aux règles de la commande publique et sont légitimes, dans ce contexte, à accompagner et conseiller au mieux les maîtres d&amp;#34;ouvrage dans l&amp;#039;organisation de leur concours. &lt;/p&gt;&lt;p&gt;Leur objectif premier reste d&amp;#039;assurer l&amp;#039;avis constructif critique des projets des concurrents et de faciliter pour les maîtres d&amp;#039;ouvrage publics, notamment occasionnels, le tiers règlementaire et obligatoire de maîtres d’œuvre exigé dans les jurys par les dispositions du livre IV du code de la commande publique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les architectes de la MIQCP interviennent dans les &lt;strong&gt;jurys ou commissions des consultations pour les ouvrages publics&lt;/strong&gt; (constructions en neuf ou en réhabilitation, et ouvrages d&amp;#039;infrastructures) dans le cadre des différentes procédures ou techniques d&amp;#039;achat prévues dans le code dela commande publique :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;jurys des &lt;strong&gt;concours de maîtrise d&amp;#039;oeuvre &lt;/strong&gt;: pour les écoles, les bibliothèques médiathèques, les centres d&amp;#039;interprétation, les équipements sportifs, les places publiques, etc.&lt;/li&gt;&lt;li&gt;jurys des &lt;strong&gt;procédures formalisées&lt;/strong&gt; : dialogues compétitifs, procédure avec négocation, etc. : pour les projets de réhabilitation des équipements publics, de transformation complexe, ...&lt;/li&gt;&lt;li&gt;comité de consultation (sélection et audition) dans les &lt;strong&gt;procédures adaptées&lt;/strong&gt;, MAPA pour tout type d’équipement public ou d&amp;#039;espace public.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Espace public
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Appui méthodologique
+Spectacle vivant
+Médias et communication
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O134" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Tout Maître d&amp;#039;ouvrage public &lt;/p&gt;&lt;p&gt;Préparer un concours de maîtrise d&amp;#039;oeuvre &lt;/p&gt;&lt;p&gt;ou tout autre consultation pour un marché de maîtrise d&amp;#039;oeuvre&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S134" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T134" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U134" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.miqcp.gouv.fr/index.php?option=com_content&amp;view=article&amp;id=121:solliciter-la-miqcp-pour-la-participation-d-un-de-ses-architectes-consultant-a-un-jury-de-concours-de-maitrise-d-oeuvre&amp;catid=39&amp;Itemid=158&amp;lang=fr</t>
+        </is>
+      </c>
+      <c r="W134" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/demande-de-prestation-d-un-architecte-consultant-p</t>
+        </is>
+      </c>
+      <c r="X134" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Envoyer un mail&lt;span id="cloak58914"&gt; avec les données élémentaires de l&amp;#039;opération, date du jury et pièces écrites (avis et règlement minima, même si projet),&lt;/span&gt;&lt;/p&gt;&lt;p&gt;à&lt;/p&gt;&lt;br /&gt;&lt;p&gt;Mireille GUIGNARD&lt;/p&gt;&lt;p&gt;secrétaire générale adjointe&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Architecte urbaniste en chef de l’État&lt;/p&gt;&lt;p&gt;Tél. 01.40.81.23.72&lt;/p&gt;&lt;p&gt;&lt;span id="cloak3941"&gt;&lt;a href="mailto:mireille.guignard&amp;#64;developpement-durable.gouv.fr"&gt;mireille.guignard&amp;#64;developpement-durable.gouv.fr&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;ou si question, contacter directement Mireille Guignard</t>
+        </is>
+      </c>
+      <c r="Y134" s="1" t="inlineStr">
+        <is>
+          <t>mireille.guignard@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z134" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/beneficier-gratuitement-de-la-competence-dun-architecte-pour-participer-a-son-jury/</t>
+        </is>
+      </c>
+      <c r="AA134" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB134" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’un terrain de football
+Mise en place de l’accessibilité dans les bâtiments publics
+Réfection/aménagement de la voirie
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC134" s="1" t="inlineStr">
+        <is>
+          <t>MIQCP _ mission interministérielle de la qualité des constructions publiques</t>
+        </is>
+      </c>
+      <c r="AE134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF134" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG134" s="1" t="inlineStr">
+        <is>
+          <t>21/06/2024</t>
+        </is>
+      </c>
+      <c r="AH134" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="135" spans="1:34" customHeight="0">
+      <c r="A135" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E135" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G135" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H135" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O135" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S135" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T135" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U135" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V135" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X135" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y135" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z135" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA135" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB135" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Création de logements sociaux
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un café / bistrot
+Mise en place d’un réseau de chaleur
+Rénovation de l’éclairage public
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC135" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF135" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG135" s="1" t="inlineStr">
+        <is>
+          <t>17/05/2023</t>
+        </is>
+      </c>
+      <c r="AH135" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" spans="1:34" customHeight="0">
+      <c r="A136" s="1">
+        <v>373</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Mener des études préalables à la réalisation d’une opération d’aménagement ou d’équipements</t>
+        </is>
+      </c>
+      <c r="E136" s="1" t="inlineStr">
+        <is>
+          <t>Direction Générale des Territoires et de la Mer (Guyane)
+Collectivité Territoriale de Guyane</t>
+        </is>
+      </c>
+      <c r="G136" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H136" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Fonds Régional d&amp;#039;Aménagement Foncier et Urbain (FRAFU) - études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Soutenir la réalisation des études nécessaires préalablement à la réalisation d&amp;#039;une opération d&amp;#039;aménagement ou d&amp;#039;équipements, pour les espaces urbanisés ou qui ont vocation à l&amp;#039;être.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O136" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R136" s="1" t="inlineStr">
+        <is>
+          <t>A confirmer avec la DEAL</t>
+        </is>
+      </c>
+      <c r="S136" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T136" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U136" s="1" t="inlineStr">
+        <is>
+          <t>Guyane</t>
+        </is>
+      </c>
+      <c r="X136" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / prénom : Mylène HO-JEAN-CHOY
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : mylene.ho-jean-choy&amp;#64;developpement-durable.gouv.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 0594 39 80 00
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y136" s="1" t="inlineStr">
+        <is>
+          <t>adele.bommier@developpement-durable.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z136" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a780-fonds-regional-damenagement-foncier-et-urbain/</t>
+        </is>
+      </c>
+      <c r="AA136" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB136" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC136" s="1" t="inlineStr">
+        <is>
+          <t>DGTM Guyane</t>
+        </is>
+      </c>
+      <c r="AE136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF136" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG136" s="1" t="inlineStr">
+        <is>
+          <t>16/08/2018</t>
+        </is>
+      </c>
+      <c r="AH136" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" spans="1:34" customHeight="0">
+      <c r="A137" s="1">
+        <v>165473</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'acquisition foncière d'un Espace Naturel Sensible</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'acquisition foncière d'un Espace Naturel Sensible</t>
+        </is>
+      </c>
+      <c r="E137" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G137" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H37" s="1" t="inlineStr">
-[...77 lines deleted...]
-      <c r="O37" s="1" t="inlineStr">
+      <c r="H137" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J137" s="1" t="inlineStr">
+        <is>
+          <t>Participation du Conseil Général de la Haute-Loire plafonnée à 40 %.</t>
+        </is>
+      </c>
+      <c r="K137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Frais d’acquisition, frais notariés, frais de bornage, documents d’arpentage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O137" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S37" s="1" t="inlineStr">
+      <c r="R137" s="1" t="inlineStr">
+        <is>
+          <t>-   Sites ENS actuels opérationnels ;&lt;p&gt;&lt;br /&gt;-  Nouveaux sites ENS prioritaires au titre du SDENS.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S137" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>&lt;p&gt;
+      <c r="T137" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U137" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V137" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/</t>
+        </is>
+      </c>
+      <c r="X137" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;&lt;p&gt;Jacques GRIMAUD, Téléphone : 04 71 07 43 56, Email :
+ &lt;a href="mailto:jacques.grimaud&amp;#64;hauteloire.fr" target="_self"&gt;
+  jacques.grimaud&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Véronique MOREL, Téléphone : 04 71 07 40 32, Email :  &lt;a href="mailto:veronique.morel&amp;#64;hauteloire.fr"&gt;veronique.morel&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y137" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z137" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aider-a-lacquisition-fonciere-dun-ens/</t>
+        </is>
+      </c>
+      <c r="AA137" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB137" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC137" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF137" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG137" s="1" t="inlineStr">
+        <is>
+          <t>08/10/2025</t>
+        </is>
+      </c>
+      <c r="AH137" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="138" spans="1:34" customHeight="0">
+      <c r="A138" s="1">
+        <v>138004</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Améliorer le regroupement et l accessibilité des propriétés pour une meilleure répartition entre les terres agricoles, la forêt, les espaces de nature</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l aménagement foncier agricole et forestier (AFAF)</t>
+        </is>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G138" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H138" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J138" s="1" t="inlineStr">
+        <is>
+          <t>Financement 100% des procédures sous maîtrise d&amp;#039;ouvrage départementale.</t>
+        </is>
+      </c>
+      <c r="K138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les ECIR ou ECIF permettent de réaliser à l&amp;#039;intérieur d&amp;#039;un périmètre d&amp;#039;aménagement des échanges et cessions amiables de propriétés afin d&amp;#039;améliorer le regroupement et l&amp;#039;accessibilité des propriétés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Communes, EPCI, propriétaires fonciers
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Délibération de la (des) commune(s)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aménagement foncier agricole et forestier (AFAF), réglementation des boisements RB), échanges et cessions d&amp;#039;immeubles ruraux ou forestiers (ECIR / ECIF), mise en valeur des terres...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Foncier
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O138" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Procédures régies par le Code rural et de la pêche maritime (L  124-5 et suivants).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S138" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T138" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U138" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V138" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-Echanges-et-Cessions-d.html</t>
+        </is>
+      </c>
+      <c r="X138" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Développement Durable et Sports (3DS)
+&lt;/p&gt;
+&lt;p&gt;Sébastien CUBIZOLLES&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:developpement-durable&amp;#64;hauteloire.fr" target="_self"&gt;sebastien.cubizolles&amp;#64;hauteloire.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 71 07 43 50&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y138" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z138" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4619-ameliorer-le-regroupement-et-laccessibilite-d/</t>
+        </is>
+      </c>
+      <c r="AA138" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB138" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Mise en place de l’accessibilité dans les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC138" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF138" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG138" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="AH138" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" spans="1:34" customHeight="0">
+      <c r="A139" s="1">
+        <v>116419</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Recycler une friche</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif de soutien en faveur des friches</t>
+        </is>
+      </c>
+      <c r="E139" s="1" t="inlineStr">
+        <is>
+          <t>Établissement public foncier local d'Alsace (EPFL)</t>
+        </is>
+      </c>
+      <c r="G139" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H139" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;EPF d&amp;#039;Alsace accompagne les collectivités dans l&amp;#039;acquisition et le portage des friches économique (industrielles, commerciales, artisanales, militaires, sanitaires, agricoles, touristiques). Il peut assumer un certains nombre d&amp;#039;études ou de travaux en qualité de maître d&amp;#039;ouvrage : démolition, désamiantage, dépollution, déconstruction.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette intervention de l&amp;#039;EPF permet de remettre sur le marché des biens qui en étaient sortis avec de nouveaux usages, de réduire les risques attachés à la dangerosité de ces sites et d&amp;#039;améliorer l&amp;#039;image et l&amp;#039;attractivité des quartiers où ils se situent grâce à l&amp;#039;instauration de mesures compensatoires. L&amp;#039;EPF peut prendre en charge entre 50 à 80% du coût de certaines études et/ou2 des travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Projets visant le développement d&amp;#039;une offre de logements, le développement économique, la redynamisation des centres villes et centres bourgs, la gestion des risques, la protection/restauration de la biodiversité, la constitution de réserves foncières
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition et portage foncier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes préalables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des sources de pollution
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de démolition et de déconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renaturation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes entre 50 et 80% maximum.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction et de traitement des sources de pollution jusqu&amp;#039;à 60%
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Site KOLB, Rue des Rochers – Wasselonne (67)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La communauté de communes de la Mossig et du Vignoble et la commune de Wasselonne ont sollicité l&amp;#039;EPF en septembre 2018 pour les accompagner dans la réflexion d&amp;#039;acquisition de la friche «Forges et Ateliers Kolb et Cie» à Wasselonne. Le devenir de ce site est au cœur des débats depuis de nombreuses années, mais cette friche cumule de nombreuses contraintes qui ne facilitent pas sa reconversion. Néanmoins, tout le monde s&amp;#039;accorde sur la nécessité de traiter cette friche. Le projet de reconversion consiste en la création d&amp;#039;un espace paysager (renaturation contrôlée) associé à quelques places de stationnement.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;EPF d&amp;#039;Alsace est déjà intervenu au travers son dispositif de soutien en faveur des friches (Phase 1 avant acquisition) et a pris en charge :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la réalisation d&amp;#039;investigations approfondies et la mise à jour du Plan de Gestion (des pollutions) – Etude également cofinancée par l&amp;#039;ADEME,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la mise à jour des diagnostics amiante et plomb avant démolition,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Toujours dans le cadre de sa Phase 1 , l&amp;#039;EPF prendra cette année, sous sa maîtrise d&amp;#039;ouvrage, la réalisation d&amp;#039;un PCT - Plan de Conception des Travaux - (réalisation d&amp;#039;essais pilotes de dépollution) en cofinancement avec l&amp;#039;ADEME, ainsi qu&amp;#039;une étude de biodiversité (avec un potentiel cofinancement de l&amp;#039;Agence de l&amp;#039;eau).
+&lt;/p&gt;
+&lt;p&gt;
+ A ce jour, l&amp;#039;EPF a déjà accordé sur ce site une aide financière de 15.529,2€. Le solde de l&amp;#039;enveloppe disponible, à savoir 34.470,80€, sera attribué dans le cadre de la réalisation du PCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Foncier
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O139" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S139" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T139" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U139" s="1" t="inlineStr">
+        <is>
+          <t>Alsace</t>
+        </is>
+      </c>
+      <c r="V139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf.alsace/axes-intervention/friches-acquisition-reconversion-collectivites/</t>
+        </is>
+      </c>
+      <c r="W139" s="1" t="inlineStr">
+        <is>
+          <t>https://www.epf.alsace/contact/</t>
+        </is>
+      </c>
+      <c r="X139" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  EPF d&amp;#039;Alsace
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;epf.alsace
+&lt;/p&gt;
+&lt;p&gt;
+ 03 69 20 75 53
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y139" s="1" t="inlineStr">
+        <is>
+          <t>killian.oliger@epf.alsace</t>
+        </is>
+      </c>
+      <c r="Z139" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a7f-gerer-une-friche/</t>
+        </is>
+      </c>
+      <c r="AA139" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB139" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC139" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier d'Alsace (EPF)</t>
+        </is>
+      </c>
+      <c r="AE139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF139" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG139" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2022</t>
+        </is>
+      </c>
+      <c r="AH139" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="140" spans="1:34" customHeight="0">
+      <c r="A140" s="1">
+        <v>121762</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de constructions, de rénovations ou d’aménagements des collectivités situées dans les territoires ruraux de Grande Couronne</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Contrat rural</t>
+        </is>
+      </c>
+      <c r="E140" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G140" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H140" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région soutient les projets de constructions, de rénovations ou d&amp;#039;aménagements des collectivités situées dans les territoires ruraux de Grande Couronne (77, 78, 91 et 95).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O140" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 2.000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de communes de moins de 3.000 habitants
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+Jusqu&amp;#039;à 350.000 € pour les communes et 539.000 € pour les syndicats de communes (40% de subvention régionale et 30% de subvention départementale par contrat).
+&lt;br /&gt;
+&lt;p&gt;
+ Chaque contrat peut inclure un ou plusieurs projets à réaliser sur trois ans et une collectivité peut signer plusieurs contrats successifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux peuvent concerner des lieux dédiés à la petite enfance ou à la famille (crèches, groupes scolaires...), des espaces culturels ou de loisirs (salles polyvalentes, bibliothèques, espaces sportifs), des équipements municipaux ou des aménagements urbains (accessibilité, santé, voirie, stationnement...).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les porteurs de projets sont priés de se rapprocher du service en charge du dispositif pour préciser leur projet avant de déposer leur dossier sur mesdemarches.iledefrance.fr.
+&lt;/p&gt;
+&lt;strong&gt;
+ Dates limites de dépôt des dossiers de demandes de subvention
+&lt;/strong&gt;
+&lt;br /&gt;
+- 10/01/2023 : présentation à partir de la CP de mars 2023
+&lt;br /&gt;
+- 15/03/2023: présentation à partir de la CP de juin 2023
+&lt;br /&gt;
+- 20/04/2023: présentation à partir de la CP de juillet 2023
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S140" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U140" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V140" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/contrat-rural</t>
+        </is>
+      </c>
+      <c r="X140" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a rel="noopener" target="_blank"&gt;
+ contrats-ruraux&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y140" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z140" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/64bc-contrat-rural/</t>
+        </is>
+      </c>
+      <c r="AA140" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB140" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Installation de ralentisseur
+Mise en place de l’accessibilité dans les bâtiments publics
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AE140" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF140" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG140" s="1" t="inlineStr">
+        <is>
+          <t>18/12/2022</t>
+        </is>
+      </c>
+      <c r="AH140" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" spans="1:34" customHeight="0">
+      <c r="A141" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E141" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G141" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H141" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I141" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N141" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O141" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes de Saint-Pierre-et-Miquelon ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S141" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T141" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U141" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W141" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X141" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y141" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z141" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA141" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB141" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de bornes et poteaux incendies dans le cadre de la défense extérieure contre l’incendie (DECI)
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un commerce de proximité
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC141" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF141" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG141" s="1" t="inlineStr">
+        <is>
+          <t>04/08/2022</t>
+        </is>
+      </c>
+      <c r="AH141" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="142" spans="1:34" customHeight="0">
+      <c r="A142" s="1">
+        <v>67589</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités en ingénierie</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Ingenierie départementale</t>
+        </is>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G142" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H142" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Des spécialistes appartenant à l&amp;#039;administration départementale sont à disposition des collectivités gersoises pour apporter des conseils techniques, administratifs et juridiques, de montage et conduite de projet dans les domaines suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement et Bâtiments
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Voirie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assainissement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Milieux aquatiques et Gémapi
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;objectif est d&amp;#039;aider à l&amp;#039;émergence des projets, afin de passer de l&amp;#039;idée à la réalisation de l&amp;#039;opération puis à la gestion des ouvrages, sans toutefois entrer dans le champ de la maitrise d&amp;#039;œuvre réservé aux bureaux d&amp;#039;études et architectes.
+Pour cela, le Département et le CAUE s&amp;#039;appuient sur un réseau des acteurs de l&amp;#039;ingénierie sur le territoire, afin de réunir toutes les compétences nécessaires pour favoriser une construction judicieuse des projets.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Accompagnement pour la création d&amp;#039;une maison de santé, la réhabilitation d&amp;#039;une école, sécurisation d&amp;#039;une traverse de village et la création d&amp;#039;un cheminement piéton, pour la renaturation d&amp;#039;un cours d&amp;#039;eau et la suppression de digues afin de réduire les inondations sur une commune, aide à la mise en place d&amp;#039;un procédé innovant permettant de limiter la prolifération des lentilles d&amp;#039;eau et améliorer les performances épuratoires, à la mise en œuvre d&amp;#039;un protocole de contrôle des points d&amp;#039;auto-surveillance des réseaux de collecte...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Espaces verts
+Espace public
+Foncier
+Voirie et réseaux
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O142" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S142" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U142" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V142" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X142" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="mailto:ingenierie&amp;#64;gers.fr"&gt;
+  ingenierie&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 50
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:assainissement&amp;#64;gers.fr"&gt;
+  assainissement&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 08
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:cater&amp;#64;gers.fr"&gt;
+  cater&amp;#64;gers.fr
+ &lt;/a&gt;
+ ; 05 62 67 31 32
+&lt;/p&gt;
+&lt;p&gt;
+ DDI-CATAV&amp;#64;gers.fr ; 05 62 67 40 78
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y142" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z142" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a21c-accompagner-les-collectivites-en-ingenierie/</t>
+        </is>
+      </c>
+      <c r="AA142" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB142" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Entretien / restauration des haies
+Gestion des inondations
+Mise en place de l’accessibilité dans les bâtiments publics
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC142" s="1" t="inlineStr">
+        <is>
+          <t>Département du Gers</t>
+        </is>
+      </c>
+      <c r="AE142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF142" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG142" s="1" t="inlineStr">
+        <is>
+          <t>26/10/2020</t>
+        </is>
+      </c>
+      <c r="AH142" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" spans="1:34" customHeight="0">
+      <c r="A143" s="1">
+        <v>165393</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le verdissement des flottes professionnelles par l’acquisition de véhicules propres</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>IDEE Action « mobilité décarbonée »</t>
+        </is>
+      </c>
+      <c r="E143" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G143" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H143" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I143" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J143" s="1" t="inlineStr">
+        <is>
+          <t>L’aide prendra la forme d’une subvention plafonnée :  à 50% des dépenses éligibles par véhicule (surcoût du véhicule par rapport à son équivalent diesel Euro VI pour l’acquisition et la location, et coût de l’opération de rétrofit)</t>
+        </is>
+      </c>
+      <c r="K143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les véhicules éligibles sont les véhicules de transports de
+voyageurs et de marchandises suivants : &lt;/p&gt;&lt;p&gt;- Véhicules de transport de personnes :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;De
+     catégorie M1 (au sens de l’article R311-1 du Code de la route) uniquement
+     de type minibus 7 à 9 places ;&lt;/li&gt;
+ &lt;li&gt;Les
+     minibus, navettes urbaines, autocars, autobus,…&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;-  Véhicules de transports de marchandises et de
+matériels : &lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;de
+     type utilitaire de catégorie N1 (au sens de l’article R311-1 du Code de la
+     Route) uniquement : camionnette, fourgonnette, fourgon, châssis-cabine ;&lt;/li&gt;
+ &lt;li&gt;Les
+     poids lourds (tracteurs et porteurs) de PTAC ³ 3,5 t ;&lt;/li&gt;
+ &lt;li&gt;Les
+     véhicules spécialisés (balayeuses, BOM…).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Les véhicules éligibles sont ceux dont le système de
+propulsion est alimenté &lt;u&gt;exclusivement&lt;/u&gt; par une ou plusieurs
+sources d’énergie suivantes :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;électricité,&lt;/li&gt;
+ &lt;li&gt;hydrogène,&lt;/li&gt;
+ &lt;li&gt;gaz
+     naturel renouvelable.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Réduction de l'empreinte carbone
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O143" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les opérations éligibles sont :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;l’achat
+     de véhicules strictement neufs et jamais immatriculés ;&lt;/li&gt;
+ &lt;li&gt;la
+     mise à niveau (rétrofit) de véhicules fonctionnant antérieurement avec des
+     carburants fossiles ;&lt;/li&gt;
+ &lt;li&gt;Pour
+     les véhicules alimentés exclusivement à l’hydrogène, la location longue
+     durée, avec ou sans option d’achat, sera également éligible à l’aide
+     (plafonds identiques à ceux d’un achat).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Sont exclus du bénéfice de l’aide :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;Les
+     véhicules commandés et/ou achetés avant la réception du dossier de demande
+     d’aide par la Région ;&lt;/li&gt;
+ &lt;li&gt;Les
+     véhicules d’occasion, de démonstration, de collaborateur ou à usage de
+     courtoisie.&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;&lt;u&gt;Les véhicules hybrides rechargeables et
+auto-rechargeables fonctionnant avec un carburant fossile ne sont pas éligibles
+au dispositif&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Ce dispositif ne peut être sollicité que dans la limite de 2
+véhicules par bénéficiaire.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’aide est cumulable avec les aides d’état et tout autre
+aide publique dans la limite de la règlementation communautaire applicable.
+Toutefois, pour l’acquisition et la location de véhicules neufs, le cumul de
+ces aides ne doit pas dépasser 100% du surcoût HT par rapport à un véhicule de
+la même catégorie qui est conforme aux normes de l’union européenne applicables
+déjà en vigueur et qui aurait été acquis sans l’aide. En cas de dépassement de
+ce taux, l’aide régionale sera ajustée.&lt;br /&gt;
+L’aide n’est pas cumulable avec les autres aides de la Région Normandie,
+notamment l’aide à l’acquisition de véhicule collectif - Trans’sport en
+Normandie ; Emergence ESS ; Impulsion Environnement.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S143" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T143" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U143" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V143" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
+        </is>
+      </c>
+      <c r="W143" s="1" t="inlineStr">
+        <is>
+          <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X143" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="85" valign="top"&gt;
+  &lt;p&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="top"&gt;
+  &lt;p&gt;Carl Pique&lt;/p&gt;
+  &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
+  &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
+  &lt;p&gt;Direction Energies, Environnement et Développement Durable
+  (DEEDD)&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="85" valign="bottom"&gt;
+  &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT5SURBVGhD7VsJdFRVmv7q1b6kUqmQPewgINIs4ootuLZb6zja7dp92vWgc1rRcZt2bW1HGW3pPm4wIyiutHq0nZZGxgbcEARpZFERxJCwZKmkUqnU/l69mu&amp;#43;/ScWIBCTJnNDnzH/OI8lb7r3/9&amp;#43;//vdhyJPw/7RMB2z8kNhYLLAcQaH/wdeiBQ8bRjfn9gSAqb2YyMNtjyLbFYISaodc3wF5SCs9xU/psDzZN0/o8yP/JAIaBbDyJbEsrjHArss2tZLwRRmMLjIYQ9MYmGE1yn39H2mBG4zDjCeh6I4Y/8wx806b2eVm2Po9wkAPksllKOo6sMNwaJZMhMixXSwfzTWRWrpYWPm8n07wIkqlnOJOBHEz&amp;#43;FLMSoVqpZLysVv7Kv7M5uMrGovD8Mw5yVft&amp;#43;vV/Byba1I0spZlsi0JtCyIYo7T2N0BvIdIMwTRCoCWY4imx7lEynkCPTOei8xEg6mLaQaXLcxbTFZoPVblfmtj/KphPwHz8F1mDg0AInumQF6q6aBSRNmAlKOpPulHRHMOxiGiIPMi9St9qhORwA&amp;#43;VbvZDTksupl5Kw5WOWnrQM2RR349Ug5apZ3xrH9AowM0i&amp;#43;ak9MNNPzmP2DQGVoRIA92WB3kuJPprtXmCJE3iywZtLlMZDOWDsajVuTSGoxyatHwFOwJG3xhO5otBmw7XLDmRJsAjYAJeKboloPm5eDXeeTMHDSbB95jJh9a4ET&amp;#43;9N9IfLYOFtcgZCck4A6aSK4nU81Ex0MmOhkwExoc06MYNYcRhcyYbgs2v&amp;#43;hF4u4hKD07gqKH9lChckiFraj7iw8tLxXh8MN0eE&amp;#43;l3xmTQtZGQAlwrs6ByPNF0OrtsPg6xs/pOuzlZXCOGXnogCMONjRnPt2BCxbdgj0OHUNubkQgZUP9rEr4ajyAj&amp;#43;JWQs7BE8ih5msNpaX87htqBJ&amp;#43;ZFhMVtzRh13onGhYVweXJIlCVxYj7WxDxZvD1ZgdSiz2w7HLA6uUY02MoWbADoZuq4drupgaZyBkZOEYMgTXgP3TAaV/6PhJ/Xw&amp;#43;rxw&amp;#43;NTBavLMTOZ9L48dMt8C3che0XD4VzD7WIUid2MCbGUT3GwJblLlSO1lE8LYlV7gw2Xl8Bz69aUf5jRjIth9ZdNtTMKYR1sxd&amp;#43;Wn&amp;#43;peCmtQ0va1xQh016Pglsa0Hb1cHjptsTfOEcN7Tdg&amp;#43;sXnhOf/qcNTMpJIkPW66BuWFGPLbBPjZ7XiR&amp;#43;99g12zS5BaUsjI5UAmxpBLkGofKkXlrWHYpscx5Q8NsH3uQctmN9IB&amp;#43;hk6pcqMFSMm0z8NiSPZaEOu2QajzcrcxwK/S0f1JB2bmunAO320hHjHsKpDBxy9bg9iyz5ixPF1LcpkdHFnrYg/UoXVq92YMLceo&amp;#43;c1IvNFM&amp;#43;Lr3NCKDPjcOZzz4h44hxv47G0nfBVpjLo8hrKEeF1e1AT1syPgIR2yYNcqN7wMX5pBHSnMYeMODW0Pl2OwK4eOAGeBrVz0q/&amp;#43;oT9EqungZ9LZm2LzBb1dEUZo0C5/XgPZhACt/asPoB0IYd1aSko0xx6GeEQTnSB0NW2yIhqyYMCMFtHIIal1sjwXRndQSHagaq8PKe9aCHN&amp;#43;1I/J0qfJHBrXPm3BgiJNA2fMRywpb6aD&amp;#43;Q6avoVxyG5Ww7YNEmm6vicE7fNg2047Y7SHYynSMmppGQYAONEkFYSg&amp;#43;5twEkzagnk76i/8Kwklgqy5oh51Mb1rtwMSfZGhmwLSb2rC7hJFqZQEslXTSS90w6uiMRbxsLMg6NJ/30ABHap7E2o0qt&amp;#43;iJxAc53SYq212IzRuEMU/vQUEZ71IrLE4geDi55udb/8eOzVdVo7zJj5G/q0PZGRnENmlYc3cFMmuSGDmzFcEygnZzBLiJF00tPN&amp;#43;Dpn&amp;#43;tRoVJPySehzWi5uiTIXyPjV6PltzwBeuiRljd&amp;#43;5EWcUglbQhOi2HqE7sBRifEgEiLBU1bHUhHNIQ/cyP2RiHGhIiSTceO&amp;#43;UXwnhOFqzyLYLWB2BMV2PxGAGD&amp;#43;ZC03EJyQwrhfxuAfoWOXlRMQHJUhSmkh9VU/Uq/BSazbRG1mMWj51hmrdUnKz2TPYjJ6ca2lv2pB9R/qlZOtXWnDttcL0PqhB56vPXDrGgpzNgyys&amp;#43;SgaeQMDQEO56JWZagMjTs1jGb49jS7kKYZ6bShNv5rnLkF8Z12FNLv5Gi6KkwyqURWfuk/6jU4qc1buYrvSyrHkqDgxBhyM9pRPD6NwgsT2PKmA9ufL0RqhQ&amp;#43;BNieGaxYFgMbZGazBpBf&amp;#43;iyPIjU9i2DURhPZo&amp;#43;OCnlSjb4IODkS1DM3JW6QieS&amp;#43;c/NA37SPqsjyV4d6beojk5ApyWyr3/qNfgZL6pJTR7FU9cq3QP6obG0dKYxbhRWXz9uAd7bq9AZdJFQFgV0QolUxYZqxDMzDBbbOBzdxK2ehPxxW7seCqAYZ8G4WVkknpdMyyIjU3g62JmxgzdsZUO7FzkRzlDuypLaVIS0KWn05/UK3Ck6tYbmmER0XcnSlDMw7mwFFWWHJrnqbiOEdQSKSEEkJyAkf42wtlYS1mY3BX/ZyXZs2A34Shm5HFLI4Nlgcn3peA0lvlRsKwQohs7OVIJtc/Ouk2sSUjAMZqa&amp;#43;xOb3lXl2Qh7MW1ROtDvh3GtMAu/kxV2xAa/MMekUHkCwSmlwXV8HMU0IRvLCdOiYRfDdXphCTw0m6K7GuAcSvb5XmStB9sWeTG4xg/viDSK6YitJQaMuIb4RicSnxM&amp;#43;gyNz/A7rIpj1TQMPjurXpJm&amp;#43;dms&amp;#43;idkbZCp0UiuG/YrNrk&amp;#43;9aPt9KbxSUEmiJsSywO6nqZwYRQETu7aUBZmIB0ZWw7DH9qA1mMGOv3kVAPpuG340nRX5nXVoK8igvtaGTCNbIeUmCv&amp;#43;pBd4aJ9ruq2A2Lo5f8hwNmdpdAw&amp;#43;O9G&amp;#43;g02N0azwJ&amp;#43;w6CoC33o/bIOCZeH4bJnk30vip4dC6e&amp;#43;Y5BJuyTE9QqK&amp;#43;rZnTAp&amp;#43;NJxLDppSrs/oe1NMuFnL8fGEJ6bGENotxVbX/LCupYN85gDTk4o8zRas6iaWwfHjQ1Iz66EnZU6YUfmm7qBB&amp;#43;fbDtN315KlbxiUtCNMM0mwJBj3bxHUFplopQahjuGYryfdWQwebODtiypx3HVtKDw&amp;#43;QU1jO3VxALEtZH9wBvo6xv1tfrhrXRgco1&amp;#43;jQxbnLZeQP&amp;#43;tEwVo/0jPCaCdc4tJyNoJTs1O1aa2Bwn4BqVcOuauhbeSX220tdJLBXW5sO30kWn7TgIn3tKHy7Ha0/sWPyMc&amp;#43;eChlaRIeeUpKtSxqv7Kh4NIwhj7UhBxNSbYYNQ//odbl0hborVak2NxK7iRgbRrMmBXWMgOpo9qx484SVNukG0DNsduUz0lvrYHn6EkDB47mZmPLxQQsygpyL5&amp;#43;s9k8Zsit0K5rur8DyGhuOvjeM0pltKL2yjS1RSpl11YhbwkgyuNQs9WHST3iDlmoZZig3pvO&amp;#43;SX/kpNY5WIdhuI51cwgKNctRlUFqoxXpP7J0aHKz&amp;#43;dUZsVg&amp;#43;mNkEEp9uHGBwCv2slH0wuXUCSmxfpDPrHcQ8JPR8CVZsceGY3zciy60Tny&amp;#43;HgmIyTJCav7Jj5FFpBIczEWQ&amp;#43;uf0jB8KbnXBX6gqkIMGqHG/AwQA2&amp;#43;bwkvl5eBOuSIDzMi1JRJpLMeejOulyfOOX4h2sx6PpfDpzmWP0&amp;#43;1R4QG6d8e1yIdPRKvayX1/ix&amp;#43;hI7htwSQsn51DaxRjI1eAprrQDLLUbgD29j//m1Uoy/lZtyN7UjtdOCpXcHMenydgydnkGAza2py2ph7rLCoOmu&amp;#43;fcgWheUoJCFeb5o0KxuJFavV5t7mrfngviHItcrnyODO9mvjX&amp;#43;ydv/zUPqZGDt3LAGOuCGKwGXMYMXsaEJJ/ppmAdr8uQ1fPVaE4DslKCLU8RoHdCqkTifsphPfckkQ9RdG4Ds2Di99TYB9oKJgDkOYK218NYCijIO1Z0eqYHE6ka6tRXz131Fwygk/FIMe3&amp;#43;s1OK4JY5F7ZR8OWZSCuUeOPsOkmrtYCw2ftwsu&amp;#43;hWd9eeOVQ7U/s2D9CovNDpXJ7deytk5dDENSDMn0t8KID2rGQXH6kixQ1j&amp;#43;SSGcz5ei7XkTIen3laQxbdU3SNBJ&amp;#43;6N2Fp6dOZRCR1o7GUTfendgwXEfNZGsS2e7o7bJkwDj8JtwHpeElVnvkLuakCzOYv18F2r/5Ie50oeChB0VdKBOlgAaQSE2KjN2Dcmg8powHGN0fPBAAcwVfuVXNLYmiqhJnmHc16oyYO/sUnBbsKO26kZWqxfRt5eh4uE7GPVoc32gXmuO58gJ3Ccq57ZvCzR3p9&amp;#43;RMMwSO/OLEBrHxDF&amp;#43;ehohzrDqrAq4mJdUEE4f255SfEr4VZdk0EVZhK&amp;#43;qh4Vglp6ewZoH/cg8Wo0x0h&amp;#43;WjbwkG&amp;#43;knRRHiuIHKLJIVOTRucLKr&amp;#43;n1wLCz30zXb0f7Oeyj85zP7AE0fdjytRYXcej0aLYteQS4uZWKHl5W9yYanmMpnC7FhMH0OVb8y5EWBywKDjO7dcbGwNjJoguHZZapUW30Xta7egWrmOgaLVyEre8WtWxwI/aYC7dTKGjpkx1Y3fHxn34bN8Ra8OnDgyKKrnvgdiv/lFzwGwhaUnJBgpS5XcI8cIogg09BK/8Nn3jhSqQT9EKOTampKui&amp;#43;mKIbB3i8PDQy1MAHkT7QwpkvjvBMYmUeiXqDFiWI20LKNagiWIwSG9/dFVlcB2t99H9KtdE88vNfa02uzkhltxUXwndDzxr2ZSrN6l5MXUXWwyAiFFXh6QwOPnMjvPHUh52taeDKjrfOMTTJJM0p3dnw6CkppqpkE0dA6T17YRT/lfg&amp;#43;nCtguzVIYzX9cgMELHh0YcA40q0b7l8tWNoh72CN6fD3HDp46uhJpJ1hhdTAp28SfPL6izu7wdyMkx1c63jFjvBIE0JTjKx3mnAdR7YYQRM3iRutLb6Lk1plwjRt1oKXu83mfNGd/M&amp;#43;qysS9nan4AWZwOAliirgOCyD6SEY7w8FOkQ/MIni4Hn3gGKCunvtTBp7A6BpdpqEP9nbMx7LW5HWd9DpL6DE4qlUKSplBUVKSmjsfjWLJkCQ4//HB1CbXwlFZhYSEbXN&amp;#43;drrW1laHaBbebDl32njpTgu6/d&amp;#43;dHgcjM/ECbdybXI6fHjBCBoimzYdTRvz1I6hM40WgUixYtUozLNXXqVLzxxhvw&amp;#43;1l7cTGxWAx//etf2bcxWVP5cOqpp2LVqlWYPn063nvvPTQ10Xx4SmPKlCkYNGgQXnvtNVx//fXYuHGjAuywww47SHY6Xtf4rVwHAvFAg/cJHGG&amp;#43;srIS55xzDl555RXU1dUppo477jhUV1djxYoVisGxY8eikXtcojmiWZs3b4YAe/HFFytwBNAJEyaoex9//DGcLANEGwea&amp;#43;gSOmMQXX3yhQCktLcXQoUPxySefoI2Rp6qqSpmKvCPAvP322wo0j8fzHRPKm5KY58knn6wAFLO84IILBhqb3jXY86sWqYspHXXUUfjoo4&amp;#43;UtEXqzc3N&amp;#43;PLLL3HMMccosyooKFDgFRcXK1M74ogjEGL0ETPK8Bzx5MmTEQwGFchiYuvXr&amp;#43;/yPwOJUJ80p6SkRElb6Mwzz1Qmcv755yuQxNyExHREk0RjJHqJdgmJ/xEQxQy93o4t5bKyMvXzqquuGkhMuubuEZz6&amp;#43;nqEw2GMHz&amp;#43;&amp;#43;62VxpqNHj1bOU0iei2aI9AWciooKFbWE2ddff105XDkEfuyxx2LSpEnqG9Ew0RR5Jz&amp;#43;OzLVz504cffTRXXOtWbNGmaZcQjLHsmXL1Dx5&amp;#43;vTTT3koW1fmunTpUnz22WfK&amp;#43;YsmC/hCIrA333wTZ5xxhno2f/58RCKRrmeXXnppV1TdWyI9grNu3TpcdNFFWLt2bdfHN998M&amp;#43;6//36cdtppeOedd3DjjTeqZxKZHn74Ydx3332QybZt26akf&amp;#43;6556oFzZ49G3fffTeuvPJK3HDDDZgxYwYee&amp;#43;yxrrVcccUVyqxefvlldc/g6fVTTjkFl112GebOnavuif&amp;#43;68MIL8etf/1rNJfTqq68qRgUcuefgsV1x/rfddpsSxoIFC9R3d911lwKsvb0dv/3tb3HNNdcosxXgZH09UY/giCOVyS655BK8//77CAQCyjTkkvzk2muvxbx587okKY5YnOjxxx&amp;#43;vnKpoxwsvvKDmXb58OW699VYFjmjXnDlz1PfCyLvvvqukPmvWrK41vvTSS&amp;#43;rZhg0b0MBSo5zVv5Dce/LJJzFx4kS1LjFJ0Sgh&amp;#43;f2OO&amp;#43;7AiSeeiDT31GQdAo7MKWmGgCHvCpCPPPJIj4B0f9AjOIKyqLAs6LzzzlMACVgCjjAjzHdXcXG&amp;#43;p59&amp;#43;Ov785z/jZz/7mZJKnkSTxCkLyULPOussJV0BQbTt7LPPVhLOa4gwJWYp4D799NNK2mI&amp;#43;ee267rrr1Pzi4EVQQsK8&amp;#43;DYhCQoCtowh4MgzGV9yLcmhRHNkfSNGjFBaddCaIwMKQPfccw/E/mUyAUZItGpfeUgikejKeLdu3apMQ3IXCeVvvfWW&amp;#43;lbMQCQsTAugYnoSvUS7hD744AM13zP8zx1btmzBypUrce&amp;#43;99yrByFgnnXQSnnrqKWVyJ5xwggIiT93/k8vu3bu7BJJ/nk9GjzzySAWWaPH&amp;#43;aL/RKq&amp;#43;yYtuirps2bVJIi4bcfvvtapGS0QpJpiwJ3OOPP64ctZjCgw8&amp;#43;CFmkaImYpZBogDDxwAMPKN8j4IuG5DVNfJH4OhGEOHLRuueee05pgDAnTl4AFeBkDeLLhOSZrFf8lSSfYrp5gcg9eS65lETEmTNndmEiz/Yua/IP9wtOXtVloaKiYq&amp;#43;Sp8jfApg4XWFMQrRoxIsvvggJ7xJ9pIQQ5oREc37&amp;#43;858r0xStE/UXqYuzl7HER4jZ1dTUYMeOHco088mh5D0CoKQEec2VMQVw0TBhWEjmu/POO/Hoo4&amp;#43;qNYqQZH4BXcYWgYiAtm/fjmnTpqnxRVBXX321MrN9UY/gSP0zbty4rm&amp;#43;GDRsGCZ35nEScojAn2iILkIWI6gtJyfDss892fSvaJQ5SSMxJ/I5QXq0vv/xyJXEBefHixd9JAMWMFi5cqCKilCgCfp7y0Ur&amp;#43;fuKJJ1RiKTRq1Kiutch38p74KyEJHOIS8n5I/FZP1CM4kq/kK&amp;#43;38x/mcI/&amp;#43;3TCBS2JtEO2SB3Smf53SXfv55fuHy995zyj1xnEL5xDL/nWhD/lsBrTtw3efufl9qvh9KfcqQf&amp;#43;gk/6jv/S8vJ4lppof3uQAAAABJRU5ErkJggg&amp;#61;&amp;#61;" alt="Une image contenant texte, logo, Police, Graphique
+Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="bottom"&gt;
+  &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
+  &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;&lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="577" colspan="2" valign="top"&gt;
+  &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="Y143" s="1" t="inlineStr">
+        <is>
+          <t>carl.pique@normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z143" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-le-verdissement-des-flottes-professionnelles-par-lacquisition-de-vehicules-propres/</t>
+        </is>
+      </c>
+      <c r="AA143" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB143" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC143" s="1" t="inlineStr">
+        <is>
+          <t>Région Normandie</t>
+        </is>
+      </c>
+      <c r="AE143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF143" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG143" s="1" t="inlineStr">
+        <is>
+          <t>14/08/2025</t>
+        </is>
+      </c>
+      <c r="AH143" s="1" t="inlineStr">
+        <is>
+          <t>02/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="144" spans="1:34" customHeight="0">
+      <c r="A144" s="1">
+        <v>163238</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les actions en faveur du Plan départemental des itinéraires de promenade et de randonnée (PDIPR)</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E144" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G144" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H144" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I144" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J144" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 200 000 € HT pour les études et les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="K144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+Aujourd’hui, l’adaptation des
+territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
+des espaces et des activités humaines. C’est pourquoi, le
+Département souhaite faciliter l’émergence de projets locaux par
+la mobilisation de moyens techniques et financiers adaptés aux
+attentes des territoires sur les thématiques liées à la transition
+écologique (restauration et préservation des milieux naturels et
+aquatiques, plantations de végétaux, gestion des eaux pluviales) et
+aux mobilités douces (plan départemental des itinéraires de
+promenade et de randonnée, développement de la mobilité à
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Il a par ailleurs, depuis plus de 30 ans, la gestion du Plan
+départemental des Itinéraires de Promenade et de Randonnée.
+Représentant une offre de plus de 220 circuits (pédestre, équestre
+et VTT) et 3 000 km de chemins balisés, le PDIPR doit répondre aux
+nouvelles attentes des Euréliens et des touristes.&lt;/p&gt;&lt;p align="justify"&gt;Les actions en faveur du PDIPR ont pour objectifs de protéger les chemins ruraux, de recenser les chemins ouverts à la pratique de la randonnée (pédestre, équestre, VTT), favorisant ainsi la création d&amp;#039;itinéraires touristiques et de promenades.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Etudes d&amp;#039;aménagement ou de valorisation
+	de circuits,&lt;br /&gt;&lt;/li&gt;&lt;li&gt;Travaux de création/amélioration
+	d’itinéraires de randonnée (débroussaillage, élagage, fauchages manuels ou mécaniques, travaux d’abattages et débitages
+		d’arbres sur le tracé, travaux de terrassement, de protection ou
+		de soutènement)&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Travaux et aménagements visant la
+	protection de la biodiversité et des paysages aux abords du
+	sentier (restauration des continuités
+		écologiques, mise en valeur et requalification
+		paysagères des sentiers et de leurs abords, opération de réduction des pollutions
+		dont la pollution lumineuse, désartificialisation, remplacement des
+		matériaux « en dur » par des matériaux naturels).&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;Opérations
+	ou travaux nécessaires à la continuité ou à la sécurité du
+	cheminement, autres que l’entretien courant : réouverture de
+	chemin, passerelles, caillebotis, mains courantes, aménagements
+	permettant l’adaptation pour l’accès aux personnes à mobilité
+	réduite, clôtures…,&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Fourniture et pose de balisage et/ou
+	signalétique : poteau, lame, bagues, panneau danger, panneau
+	d’information départs…&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Mobilier
+	d’accueil du public : bancs, tables de pique-nique, totem de
+	départ …,&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Communication
+	et valorisation du patrimoine à proximité, présent le long de
+	l’itinéraire : fourniture et pose de table d’orientation,
+	pupitre de lecture, panneau pédagogique, etc.&lt;/p&gt;
+	&lt;/li&gt;&lt;li&gt;&lt;p align="justify"&gt;
+	Acquisition foncière nécessaire à la
+	création, l’amélioration ou le maintien de la continuité d’un
+	itinéraire de randonnée et/ou à la réalisation d’aménagements
+	au long d’un itinéraire de randonnée.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Sols
+Biodiversité
+Modes actifs : vélo, marche et aménagements associés
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O144" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Les opérations finançables doivent
+permettre de développer la pratique de la randonnée (pédestre,
+équestre et en VTT) sur chemins et de les protéger&lt;/font&gt;&lt;del&gt;&lt;font face="Arial, serif"&gt;
+&lt;/font&gt;&lt;/del&gt;&lt;font face="Arial, serif"&gt;(PDIPR).&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour
+cela, elles feront l’objet d’une étude et/ou d’un travail de
+concertation avec les partenaires locaux experts de la randonnée&lt;/font&gt;
+&lt;font face="Arial, serif"&gt;et le référent randonnées du
+Département.&lt;/font&gt;&lt;font face="Arial, serif"&gt; Ceux-ci pourront
+conseiller et apporter un appui technique pour préciser et affiner
+le projet et ses modalités de réalisation.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le
+projet devra s’appuyer sur des chemins ruraux déjà inscrits ou à
+inscrire au Plan départemental des Itinéraires de promenade et de
+randonnée d’Eure-et-Loir&lt;/font&gt; &lt;font face="Arial, serif"&gt;et
+affectés à la randonnée non motorisée.&lt;/font&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="justify"&gt;
+&lt;font face="Arial, serif"&gt;Afin de garantir le bon usage de la
+subvention qui pourra être accordée, le Conseil départemental
+préconise de se référer aux guides nationaux et/ou recommandations
+des partenaires locaux experts des différentes pratiques (CDRP 28
+pour le pédestre, CDE 28 pour l’équestre et FFCT pour le VTT).&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S144" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T144" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U144" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V144" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
+        </is>
+      </c>
+      <c r="W144" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X144" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y144" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z144" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-les-actions-en-faveur-du-plan-departemental-des-itineraires-de-promenade-et-de-randonnee-pdipr/</t>
+        </is>
+      </c>
+      <c r="AA144" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB144" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC144" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure et Loir</t>
+        </is>
+      </c>
+      <c r="AE144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF144" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG144" s="1" t="inlineStr">
+        <is>
+          <t>09/09/2024</t>
+        </is>
+      </c>
+      <c r="AH144" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="145" spans="1:34" customHeight="0">
+      <c r="A145" s="1">
+        <v>163793</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Préserver les zones humides</t>
+        </is>
+      </c>
+      <c r="E145" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Pyrénées Orientales</t>
+        </is>
+      </c>
+      <c r="G145" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H145" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;De part 
+les nombreuses fonctions qu’elles assurent, les zones humides se 
+trouvent à la croisée des enjeux liés à la protection de la ressource en
+ eau et des espaces naturels. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Afin de préserver ces milieux fragiles et 
+sous pression, le Département des Pyrénées-Orientales peut financer des études ou plans de 
+gestion, des travaux de protection ou restauration et des opérations 
+d’acquisitions foncières. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour faciliter ces dernières, il peut 
+également mettre à disposition des collectivités son outil foncier relatif aux Zones de préemption au titre des espaces naturels sensibles (ZPENS).&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Études, travaux, outils de communication/sensibilisation, acquisitions foncières.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N145" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Biodiversité
+Valorisation d'actions
+Prévention des risques
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O145" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;EPCI, communes, associations, fondations reconnues d’utilité publique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S145" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T145" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U145" s="1" t="inlineStr">
+        <is>
+          <t>Pyrénées-Orientales</t>
+        </is>
+      </c>
+      <c r="V145" s="1" t="inlineStr">
+        <is>
+          <t>https://portail-collectivites66.fr/aap/politique-departementale-en-matiere-de-preservation-des-zones-humides/</t>
+        </is>
+      </c>
+      <c r="X145" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vanessa Amiel-Milhet&lt;/p&gt;&lt;p&gt;Responsable mission Biodiversité&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:vanessa.amiel&amp;#64;cd66.fr" target="_self"&gt;vanessa.amiel&amp;#64;cd66.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y145" s="1" t="inlineStr">
+        <is>
+          <t>vanessa.amiel@cd66.fr</t>
+        </is>
+      </c>
+      <c r="Z145" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-des-zones-humides/</t>
+        </is>
+      </c>
+      <c r="AA145" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB145" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC145" s="1" t="inlineStr">
+        <is>
+          <t>Département des Pyrénées Orientales</t>
+        </is>
+      </c>
+      <c r="AE145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF145" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG145" s="1" t="inlineStr">
+        <is>
+          <t>21/10/2024</t>
+        </is>
+      </c>
+      <c r="AH145" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" spans="1:34" customHeight="0">
+      <c r="A146" s="1">
+        <v>101344</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Aménager les Espaces Naturels Sensibles (ENS) délégués</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>ENS délégués</t>
+        </is>
+      </c>
+      <c r="E146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G146" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H146" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I146" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="J146" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximum d'aide, variable en fonction du taux d'aide de l'Agence de l'Eau</t>
+        </is>
+      </c>
+      <c r="K146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ De par sa position géographique entre terre et mer, à cheval entre le bassin parisien et le massif armoricain, le Calvados possède un patrimoine naturel très riche. Des zones humides comme les marais de la Touques, la vallée de l&amp;#039;Aure, aux rochers de la Suisse Normande, en passant par les landes du mont-Pinçon, les dunes d&amp;#039;Omaha Beach ou les berges de l&amp;#039;Orne, le Calvados se caractérise par une grande variété de paysages et de milieux naturels.
+&lt;/p&gt;
+&lt;p&gt;
+ Les espaces naturels sensibles (ENS) sont le plus souvent des sites emblématiques et reconnus pour leur intérêt écologique et paysager.
+&lt;/p&gt;
+&lt;p&gt;
+ Leur vocation est double : assurer la protection du patrimoine naturel tout en permettant leur ouverture au public, dans la mesure où celle-ci est compatible avec la préservation du site et de la biodiversité.
+&lt;/p&gt;&lt;p&gt;Dans le Calvados, des ENS sont délégués à des tiers, qui en assurent l&amp;#039;entretien et l&amp;#039;aménagement. Le Département apporte des financements aux opérations d&amp;#039;investissement et de fonctionnement réalisées dans les ENS délégués&lt;/p&gt;&lt;table cellspacing="0" cellpadding="0"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p align="center"&gt; &lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p align="center"&gt;Nom&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Statut&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;1&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Boucle du
+  Hom&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Existant&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;2&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Mont Myrrha&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;3&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Château-Ganne&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Existant&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;4&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Coteaux de
+  Jacob Mesnil&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;5&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Marais de
+  Chicheboville&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Existant&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;6&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Marais de
+  Colleville-Montgomery&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;Existant&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;7&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Coteaux du
+  Noireau&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;8&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Coteaux et
+  prairies humides de la Boucle de l’Aure&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt;9&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt;Landes
+  boisées et zone tourbeuse de St Aubin&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt;A créer&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="28" valign="top"&gt;
+  &lt;p&gt; &lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="293" valign="top"&gt;
+  &lt;p&gt; &lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="66" valign="top"&gt;
+  &lt;p align="center"&gt; &lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Acquisitions foncières, plans de gestion, études préalables et maîtrise d&amp;#039;œuvre, aménagements, entretien...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O146" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+ Liste des ENS délégués concernés par l&amp;#039;aide départementale :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;table cellspacing="0" cellpadding="0"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p align="center"&gt;Nom&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p&gt;La Boucle du Hom&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p&gt;Château-Ganne&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p&gt;Marais de Chicheboville&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="270" valign="top"&gt;
+  &lt;p&gt;Marais de Colleville-Montgomery&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;&lt;br /&gt;
+&lt;p&gt;&lt;strong&gt;
+ Modalités d&amp;#039;intervention du Département :
+&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Bénéficiaires : collectivités locales (communes, EPCI, ...), associations pour le compte de collectivités locales (convention),
+ &lt;/li&gt;
+ &lt;li&gt;Délégation du droit de préemption au titre des ENS aux collectivités,
+ &lt;/li&gt;&lt;li&gt;Taux d&amp;#039;intervention ci-dessous :&lt;/li&gt;
+&lt;/ul&gt;
+&lt;table cellspacing="0" cellpadding="0"&gt;&lt;tbody&gt;&lt;tr&gt;&lt;td width="110" rowspan="2"&gt;&lt;p align="center"&gt;Dépenses&lt;/p&gt;&lt;/td&gt;&lt;td width="119" rowspan="2"&gt;&lt;p align="center"&gt;Actions&lt;/p&gt;&lt;/td&gt;&lt;td width="133" colspan="2"&gt;&lt;p align="center"&gt;Taux d’intervention&lt;/p&gt;&lt;/td&gt;&lt;td width="143" rowspan="2"&gt;&lt;p align="center"&gt;Précisions&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="69"&gt;&lt;p align="center"&gt;MILIEUX HUMIDES&lt;/p&gt;&lt;/td&gt;&lt;td width="64"&gt;&lt;p align="center"&gt;MILIEUX SECS&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="110"&gt;&lt;p align="center"&gt;Fonctionnement&lt;/p&gt;&lt;/td&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Gestion&lt;/p&gt;&lt;/td&gt;&lt;td width="69" rowspan="5"&gt;&lt;p align="center"&gt; &lt;/p&gt;&lt;p align="center"&gt;Jusqu’à 70% des coûts&lt;/p&gt;&lt;p align="center"&gt; &lt;/p&gt;&lt;p align="center"&gt;Taux d’aide variable en fonction du taux d’aide de l’Agence de l’Eau*&lt;/p&gt;&lt;/td&gt;&lt;td width="64" rowspan="5"&gt;&lt;p align="center"&gt;70% des coûts&lt;/p&gt;&lt;p align="center"&gt; &lt;/p&gt;&lt;p align="center"&gt;Car non éligibles à une aide de l’Agence de l’Eau&lt;/p&gt;&lt;/td&gt;&lt;td width="143" valign="top"&gt;&lt;p align="center"&gt;Applicable aux dépenses éligibles plafonnées à 1000 €/ha géré pour les sites d’une surface acquise inférieur à 20 ha, et 500 €/ha au-delà. Plafonné à une subvention annuelle.&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="110" rowspan="4"&gt;&lt;p align="center"&gt;Investissement&lt;/p&gt;&lt;/td&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Etudes préalables et maîtrise d’œuvre&lt;/p&gt;&lt;/td&gt;&lt;td width="143" rowspan="3"&gt;&lt;p align="center"&gt;Conformes à la vocation des ENS&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Plans de gestion&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Aménagements&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;tr&gt;&lt;td width="119"&gt;&lt;p align="center"&gt;Acquisitions foncières&lt;/p&gt;&lt;/td&gt;&lt;td width="143" valign="top"&gt;&lt;p align="center"&gt;Sur la base des coûts moyens constatés pour des terrains équivalents&lt;/p&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;
+&lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td valign="top" align="left"&gt;
+  &lt;p&gt;Les aides sont calculées sur les
+  dépenses en HT pour l’investissement en cas de récupération de la TVA par le
+  demandeur, sur le TTC pour le fonctionnement et pour l’investissement en cas
+  de non récupération de la TVA par le demandeur.&lt;/p&gt;&lt;p&gt; Le démarrage des travaux ne doit
+  pas intervenir avant la réception de la notification d’accord de subvention
+  par la commission permanente.&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;
+&lt;p&gt;&lt;strong&gt;Constitution du dossier (à envoyer à territoires&amp;#64;calvados.fr) : &lt;/strong&gt;&lt;/p&gt;&lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;&lt;tbody&gt;&lt;tr&gt;&lt;td valign="top" align="left"&gt;&lt;li&gt;Un courrier de demande de subvention ;&lt;/li&gt;&lt;li&gt;Une
+  délibération de l’organe délibérant du demandeur décidant l’opération et
+  sollicitant l’aide financière du Département ;&lt;/li&gt;&lt;li&gt;Une note
+  de présentation du projet précisant les objectifs du projet et la nature des
+  travaux visés par la subvention ; &lt;/li&gt;&lt;li&gt;Les devis
+  estimatifs détaillés ;&lt;/li&gt;&lt;li&gt;Un plan
+  de financement prévisionnel ;&lt;/li&gt;&lt;li&gt;Un plan
+  de situation de l’opération et un plan cadastral précisant la situation
+  juridique du terrain d&amp;#039;implantation des aménagements ;        &lt;/li&gt;&lt;li&gt;Le
+  calendrier prévisionnel des travaux (date de début des travaux ; merci de
+  tenir compte du délai d’instruction de 3 mois) ;&lt;/li&gt;&lt;li&gt;Un Relevé
+  d’Identité Bancaire (RIB) ; &lt;/li&gt;&lt;li&gt;Pour les
+  opérations relatives aux milieux humides non éligibles à une aide de l’Agence
+  de l’Eau Seine Normandie : la réponse écrite (mail ou courrier) de
+  l’instructeur confirmant la non éligibilité de l’action prévue ; &lt;/li&gt;&lt;li&gt;Le formulaire d’éco-conditionnalité (si projet supérieur à 100 000 € HT).&lt;/li&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;&lt;strong&gt;    Modalités de paiement : &lt;/strong&gt;   &lt;/p&gt;
+&lt;table cellspacing="0" cellpadding="0" hspace="0" vspace="0" align="center"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td valign="top" align="left"&gt;
+  &lt;ul&gt;&lt;li&gt;Pour
+  l’investissement : Paiement en deux fois maximum, dont acompte possible
+  de 50% au démarrage du chantier (sur production d’un ordre de service de
+  démarrage de chantier). &lt;/li&gt;&lt;li&gt;Pour le fonctionnement : paiement en une fois sur production de
+justificatifs suite à la réalisation des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;/td&gt;&lt;/tr&gt;&lt;/tbody&gt;&lt;/table&gt;</t>
+        </is>
+      </c>
+      <c r="S146" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T146" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U146" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V146" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/accueil/le-departement/routes-environnement--territoire/environnement--milieux-naturels/espaces-naturels-sensibles.html</t>
+        </is>
+      </c>
+      <c r="X146" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;u&gt;Instruction administrative&lt;/u&gt; :
+Service des Territoires (02 31 57 11 25 / &lt;a href="mailto:territoires&amp;#64;calvados.fr"&gt;territoires&amp;#64;calvados.fr&lt;/a&gt;)&lt;/p&gt;
+&lt;p&gt;&lt;u&gt;Accompagnement technique &lt;/u&gt;: Service
+Espaces Naturels (Maria RIBEIRO : &lt;a href="mailto:maria.ribeiro&amp;#64;calvados.fr" target="_self"&gt;maria.ribeiro&amp;#64;calvados.fr&lt;/a&gt; ou 02.31.57.14.72.)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y146" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z146" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/95e6-amenager-les-espaces-naturels-sensibles-deleg/</t>
+        </is>
+      </c>
+      <c r="AA146" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB146" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC146" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="AE146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF146" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG146" s="1" t="inlineStr">
+        <is>
+          <t>06/09/2021</t>
+        </is>
+      </c>
+      <c r="AH146" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" spans="1:34" customHeight="0">
+      <c r="A147" s="1">
+        <v>163896</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité, la mobilisation des entreprises</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E147" s="1" t="inlineStr">
+        <is>
+          <t>Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Office Français de la Biodiversité (OFB)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale de la Biodiversité (ARB) - La Réunion</t>
+        </is>
+      </c>
+      <c r="G147" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H147" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les logiques
+multi-acteurs sur un territoire sont souvent vertueuses : une collectivité
+proactive pousse les entreprises à s’engager, et inversement. En effet, nombre d’acteurs
+économiques sont sensibles aux démarches territoriales, tandis que les collectivités peuvent
+contribuer à sensibiliser les entreprises de leur territoire et en tirer des
+bénéfices, et ce en :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;impulsant une dynamique d’action dans les &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;zones d’activités&lt;/a&gt; sur lesquelles l’entreprise peut agir pour y
+préserver les continuité écologiques, jusqu’à mettre en place une charte
+vertueuse pour la biodiversité avec la mise en cohérence des plans de gestion écologique ;
+il s’agit souvent d’une porte d’entrée pour interroger ensuite l’intégralité de
+la chaîne de valeur de l’entreprise.&lt;/li&gt;&lt;li&gt;s’appuyant sur des partenariats avec le privé pour réaliser des actions
+vertueuses pour la biodiversité, grâce aux moyens financiers ou matériels des
+acteurs économiques, par exemple en utilisant le mécénat environnemental
+(consiste à faire appel à un soutien matériel ou financier, sans contrepartie
+direct, pour un projet ou une entité pour une mission d’intérêt général,
+concernant l’environnement) qui représente également des bénéfices pour les
+entreprises qui intègrent des politiques de RSE et accèdent ainsi à de nouveaux
+marchés notamment,&lt;/li&gt;&lt;li&gt;promouvant auprès entreprises de leur territoire, le programme &lt;a href="https://engagespourlanature.ofb.fr/entreprises"&gt;&amp;#34;Entreprises engagées pour la nature&amp;#34;&lt;/a&gt;, un dispositif
+national à présent régionalisé qui accompagne les entreprises dans
+l’élaboration d’actions pour la biodiversité&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le programme TEN permet d’identifier ce type
+d’initiatives, et d’accompagner les collectivités dans leur mise en lien avec
+les bons partenaires, afin de promouvoir la mobilisation des acteurs
+économiques Il donne également accès à des ressources et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques.&lt;/p&gt;&lt;p&gt;Un exemple inspirant : &lt;a href="https://www.youtube.com/watch?v&amp;#61;qIp9bw5XRls"&gt;Impliquer les acteurs privés aux différentes échelles
+– La CC Portes d’Ariège Pyrénées&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://biodiversite-adaptation-climat.aides-territoires.beta.gouv.fr/" target="_self"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N147" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Risques naturels
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Mers et océans
+Milieux humides
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O147" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S147" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U147" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V147" s="1" t="inlineStr">
+        <is>
+          <t>https://engagespourlanature.ofb.fr/entreprises</t>
+        </is>
+      </c>
+      <c r="W147" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X147" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un
+animateur TEN dans chaque région:&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhone Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr"&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:elodie.lapilus&amp;#64;arb-ig.fr"&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:nassera.deroueche&amp;#64;grandest.fr"&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:animation-ten&amp;#64;cpie-hautsdefrance.fr"&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX
+Klaire&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:klaire.houeix&amp;#64;institutparisregion.fr"&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence Alpes Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y147" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z147" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite-la-mobilisation-des-entreprises/</t>
+        </is>
+      </c>
+      <c r="AA147" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB147" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Gestion d'une base nautique
+Isolation du bâtiment
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC147" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité</t>
+        </is>
+      </c>
+      <c r="AE147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF147" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG147" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2024</t>
+        </is>
+      </c>
+      <c r="AH147" s="1" t="inlineStr">
+        <is>
+          <t>06/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="148" spans="1:34" customHeight="0">
+      <c r="A148" s="1">
+        <v>163147</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser les actions en faveur de la pratique du vélo</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E148" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G148" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H148" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I148" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J148" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 100 000 € HT pour les études / Plafond de 200 000 € HT pour les travaux / Plafond de 50 000 € pour les équipements / Plafond de 15 000 €/ha (1,5 €/m²) en milieu rural et de 30 000 €/ha (3 €/m2) en milieu urbanisé pour les acquisitions foncières</t>
+        </is>
+      </c>
+      <c r="K148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;
+Aujourd’hui, l’adaptation des
+territoires aux enjeux du changement climatique pousse le Département d&amp;#039;Eure-et-Loir à mobiliser les acteurs du territoire pour renforcer la résilience
+des espaces et des activités humaines. C’est pourquoi, le
+Département souhaite faciliter l’émergence de projets locaux par
+la mobilisation de moyens techniques et financiers adaptés aux
+attentes des territoires sur les thématiques liées à la transition
+écologique (restauration et préservation des milieux naturels et
+aquatiques, plantations de végétaux, gestion des eaux pluviales) et
+aux mobilités douces (plan départemental des itinéraires de
+promenade et de randonnée, développement de la mobilité à
+vélo).&lt;/p&gt;&lt;p align="justify"&gt;Le département d&amp;#039;Eure-et-Loir a acté le 1er schéma directeur cyclable le 27 mars 2023, qui prend en compte les enjeux du vélo au quotidien et les enjeux du vélotourisme. Dans cette stratégie, le Département s&amp;#039;engage sur les 10 années à venir à mettre en oeuvre des actions visant à sécuriser les trajets à vélo par des aménagements cyclables, à développer les services de l&amp;#039;écosystème vélo et à promouvoir la pratique du vélo au quotidien.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Etudes, schémas, plans de mobilités douces,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Acquisition foncière nécessaire à la création ou l&amp;#039;amélioration d&amp;#039;un aménagement cyclable, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagements cyclables : bandes cyclables, pistes cyclables, voies vertes...&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagements de sécurisation, résolution de carrefours dangereux, passerelles...&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le jalonnement et/ou la signalétique horizontale et verticale,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Aménagement de haltes, d&amp;#039;aires de service, petits mobiliers d&amp;#039;accueil,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communication
+	et valorisation du patrimoine (naturel, bâti ou d&amp;#039;artisanat) et des services à proximité.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O148" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Pour permettre de réaliser des aménagements cyclables homogènes, continus, confortables et sécurisés sur tout le territoire, il est nécessaire d&amp;#039;harmoniser les pratiques et les principes d&amp;#039;aménagement entre les territoires et de mettre à disposition des collectivités des critères communs.&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Le règlement accessible sur le site du Conseil départemental d&amp;#039;Eure-et-Loir est accompagné d&amp;#039;un guide des aménagements cyclables, reprenant les critères d&amp;#039;éligibilité du dispositif, ainsi que d&amp;#039;autres conseils d&amp;#039;aménagement en annexe&lt;/font&gt;&lt;/p&gt;&lt;p align="justify"&gt;&lt;font face="Arial, serif"&gt;Les opérations finançables doivent permettre de développer la pratique du vélotourisme, du vélo de loisir et du vélo pour les déplacements utilitaires.&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S148" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T148" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U148" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V148" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces</t>
+        </is>
+      </c>
+      <c r="W148" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X148" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y148" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z148" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preserver-et-restaurer-les-milieux-naturels/</t>
+        </is>
+      </c>
+      <c r="AA148" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB148" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création d’une voie douce / piste cyclable
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC148" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure et Loir</t>
+        </is>
+      </c>
+      <c r="AE148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF148" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG148" s="1" t="inlineStr">
+        <is>
+          <t>02/08/2024</t>
+        </is>
+      </c>
+      <c r="AH148" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" spans="1:34" customHeight="0">
+      <c r="A149" s="1">
+        <v>139428</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Redynamiser mon centre-ville</t>
+        </is>
+      </c>
+      <c r="E149" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier des Hauts-de-France (EPF)</t>
+        </is>
+      </c>
+      <c r="G149" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H149" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Autre aide financière
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans les cœurs de villes ou de villages, l&amp;#039;Établissement Public Foncier Hauts de France contribue à apporter une nouvelle dynamique et à renforcer l&amp;#039;attractivité de ces centralités à travers le recyclage de fonciers souvent idéalement situés. Son intervention passe par des acquisitions, des déconstructions et de la recomposition foncière ce qui permet par la suite d&amp;#039;améliorer l&amp;#039;offre de logements, de commerces et de créer de nouveaux équipements. L&amp;#039;EPF est partenaire et signataire des conventions du programme national «
+ &lt;strong&gt;
+  Action Cœur de Ville
+ &lt;/strong&gt;
+ » sur les 14 villes du Nord et du Pas-de-Calais concernées et accompagne le dispositif «
+ &lt;strong&gt;
+  Petites Villes de Demain
+ &lt;/strong&gt;
+ ».
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les projets de requalification en faveur de la production de logements, de commerces et de l&amp;#039;amélioration du cadre de vie.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles:
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etudes pré-opérationnelles (capacité, faisabilité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de programmation (accompagnement)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes de maîtrise d&amp;#039;œuvre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Acquisitions foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traitement des déchets et des pollutions
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de déconstruction
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie prise en charge à 100%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux jusqu&amp;#039;à 80%
+ &lt;/li&gt;
+ &lt;li&gt;
+  Décote additionnelle pour les opérations à dominante « logements »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Forfait en faveur de la réhabilitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Action Cœur de Ville Valenciennes (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ L&amp;#039;EPF accompagne la commune et la communauté d&amp;#039;agglomération dans la lutte contre la vacance locative dans le centre-ville de Valenciennes en procédant à l&amp;#039;acquisition d&amp;#039;immeubles d&amp;#039;habitation avec rez-de-chaussée commerciaux vacants et/ou dégradés. Son intervention s&amp;#039;articule avec celle de la chambre de commerce et d&amp;#039;industrie titulaire d&amp;#039;un contrat de revitalisation et d&amp;#039;aménagement commercial et des bailleurs pour le réhabilitation des logements dégradés.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-ville d&amp;#039;Arques (Pas-de-Calais) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La restructuration des activités d&amp;#039;Arc international a engendré la libération d&amp;#039;un foncier de 9 hectares en centre-ville d&amp;#039;Arques. La ville a alors amorcé une stratégie de reconquête que l&amp;#039;EPF a accompagnée : acquisitions, désamiantage, démolitions... Le projet qui s&amp;#039;échelonne en plusieurs phases comporte la construction de nouveaux logements dont un béguinage, l&amp;#039;aménagement d&amp;#039;espaces commerciaux, l&amp;#039;implantation d&amp;#039;un pôle verrier ainsi que la réappropriation des berges du canal.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dans le cadre du Programme Métropolitain de Rénovation des Quartiers Anciens Dégradés de la Métropole Européenne de Lille, l&amp;#039;EPF intervient pour acquérir et porter les biens dégradés puis réaliser les démolitions ou permettre leur réhabilitation par la Société Publique Locale d&amp;#039;Aménagement (SPLA La Fabrique des quartiers). Cette intervention permet de dé-densifier les quartiers identifiés, de renouveler l&amp;#039;offre de logements, y compris en diffus, et d&amp;#039;aménager des espaces verts. L&amp;#039;EPF est un financeur important de ce programme (10 M€ au titre des travaux de déconstruction, 30 M€ au titre de la minoration foncière).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre-bourg de Thun-L&amp;#039;Evêque (Nord) :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Dans le cadre de l&amp;#039;élaboration de son plan local d&amp;#039;urbanisme, la commune de Thun-L&amp;#039;Evêque a identifié un ensemble situé en plein cœur du village pour y réaliser une opération d&amp;#039;aménagement (ancien bâtiment d&amp;#039;activité sur un foncier de 1 000 m2 en bord à bras de canal et jouxtant des terrains communaux). Le projet, à l&amp;#039;étude par un bailleur social, consiste en la construction d&amp;#039;une maison médicale et de 21 logements locatifs sociaux. L&amp;#039;EPF intervient pour procéder à l&amp;#039;acquisition et à la démolition du bâtiment d&amp;#039;activité et à la cession, dans un délai maximal de 3 ans, du foncier déconstruit à la commune qui se chargera ensuite de céder l&amp;#039;ensemble des terrains à l&amp;#039;opérateur.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N149" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Friche
+Foncier
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O149" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S149" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T149" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U149" s="1" t="inlineStr">
+        <is>
+          <t>Nord, Pas-de-Calais et Somme</t>
+        </is>
+      </c>
+      <c r="V149" s="1" t="inlineStr">
+        <is>
+          <t>https://epf-hdf.fr/</t>
+        </is>
+      </c>
+      <c r="X149" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://epf-hdf.fr/lepf-pratique/contact" target="_self"&gt;
+  https://epf-hdf.fr/lepf-pratique/contact
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y149" s="1" t="inlineStr">
+        <is>
+          <t>n.condomines@epf-hdf.fr</t>
+        </is>
+      </c>
+      <c r="Z149" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3329-redynamiser-mon-centre-ville/</t>
+        </is>
+      </c>
+      <c r="AA149" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB149" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Création de logements sociaux
+Création d’une crèche
+Création d’une maison de santé
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC149" s="1" t="inlineStr">
+        <is>
+          <t>EPF Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="AE149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF149" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG149" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2023</t>
+        </is>
+      </c>
+      <c r="AH149" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" spans="1:34" customHeight="0">
+      <c r="A150" s="1">
+        <v>117150</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités pour l'acquisition, la restauration et la gestion de zones humides et des champs d'expansion des crues</t>
+        </is>
+      </c>
+      <c r="E150" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G150" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H150" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Permettre la préservation de la fonctionnalité des zones humides.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette offre vise à vous accompagner dans l&amp;#039;identification des zones humides et champs d&amp;#039;expansion de crue jusqu&amp;#039;à leur valorisation en passant par leur restauration et leur gestion ainsi que le financement (à 80%).
+&lt;/p&gt;
+&lt;p&gt;
+ Nos propositions comprennent un porter à connaissance des zones humides du territoire, un accompagnement à la démarche d&amp;#039;identification des zones humides, des informations foncières sur ces zones humides comprenant également la procédure de récupération de biens vacants sans maître. Si la collectivité souhaite s&amp;#039;engager, l&amp;#039;accompagnement permet des prospections foncières, la réalisation de schéma de gestion et de restauration, l&amp;#039;aide à la mobilisation de subvention, l&amp;#039;accompagnement en phase travaux, notamment par des chantiers d&amp;#039;insertion, la valorisation culturelle et paysagère du site.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit pour partie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Foncier
+Risques naturels
+Appui méthodologique
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O150" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R150" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S150" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U150" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V150" s="1" t="inlineStr">
+        <is>
+          <t>http://www.seine-et-marne-environnement.fr</t>
+        </is>
+      </c>
+      <c r="W150" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X150" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
  Mail :
- &lt;a href="mailto:departement&amp;#64;aube.fr" rel="noopener" target="_blank"&gt;
-  departement&amp;#64;aube.fr
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
  &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y37" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="Y150" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z150" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f1e3-accompagner-les-collectivites-pour-lacquisiti/</t>
+        </is>
+      </c>
+      <c r="AA150" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB150" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Gestion d'une base nautique
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC150" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF150" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG150" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="AH150" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G38" s="1" t="inlineStr">
+    <row r="151" spans="1:34" customHeight="0">
+      <c r="A151" s="1">
+        <v>162387</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'optimisation du potentiel photovoltaïque territorial</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Plan solaire : AMI - Foncier dérisqué</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région souhaite soutenir l&amp;#039;optimisation du potentiel photovoltaïque territorial, en équipant le plus de sites possible. Cette étude a donc pour but d&amp;#039;identifier sur l&amp;#039;ensemble d&amp;#039;un patrimoine, toutes les installations possibles, et d&amp;#039;étudier leur faisabilité technique et économique afin de tendre vers une planification du photovoltaïque saine et durable. L&amp;#039;objectif est de permettre la réalisation d&amp;#039;installations groupées.&lt;/p&gt; &lt;p&gt;Entreprises, collectivités, parcs naturels régionaux, toute personne morale publique ou privée.&lt;/p&gt; &lt;p&gt;Dans cet esprit et dans le but de ne pas gâcher le gisement et de tendre vers une planification du photovoltaïque saine et durable, la Région souhaite prioriser son soutien aux déploiements de projets photovoltaïques raccordés au réseau qui visent l’optimisation du potentiel territorial et équipent notamment le plus de sites possibles sans limitation aux plus rentables (opérations collectives, projets citoyens, grappes d’installations, etc.).&lt;/p&gt; &lt;p&gt;Les projets prioritaires seront ceux intégrant une forte implication des citoyens et des élus, démontrant une implication et une volonté de déployer massivement le photovoltaique, intégrant une cohérence sur la démarche apportée dans la planification territoriale et se positionnant sur un engagement de réalisation des projets réalisables.&lt;/p&gt; &lt;p&gt;Instruction tout au long de l&amp;#039;année. Pas de date butoir.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Biodiversité
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P151" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2023</t>
+        </is>
+      </c>
+      <c r="R151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les projets prioritaires seront ceux intégrant une forte implication des citoyens et des élus, démontrant une implication et une volonté de déployer massivement le photovoltaique, intégrant une cohérence sur la démarche apportée dans la planification territoriale et se positionnant sur un engagement de réalisation des projets réalisables.&lt;/p&gt; &lt;p&gt;Via le site de demande de subvention en ligne.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S151" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U151" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V151" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/plan-solaire-ami-foncier-derisque</t>
+        </is>
+      </c>
+      <c r="W151" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/</t>
+        </is>
+      </c>
+      <c r="X151" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;gburle&amp;#64;maregionsud.fr;&lt;/p&gt;
+&lt;p&gt;maquadrio&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y151" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z151" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-solaire-ami-foncier-derisque/</t>
+        </is>
+      </c>
+      <c r="AA151" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB151" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE151" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF151" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG151" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH151" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="152" spans="1:34" customHeight="0">
+      <c r="A152" s="1">
+        <v>120101</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Analyser l'opportunité d'installer une production d'énergie renouvelable</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Analyse d'opportunité d'installation d'énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>Association savoyarde pour le développement d'énergies renouvelables (ASDER)</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H38" s="1" t="inlineStr">
+      <c r="H152" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K38" s="1" t="inlineStr">
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une analyse d&amp;#039;opportunité consiste à étudier le potentiel de production d&amp;#039;énergie renouvelable sur un (ou plusieurs) élément(s) de patrimoine, que ce soit en production d&amp;#039;électricité (solaire photovoltaïque) ou en production de chaleur dédié à un bâtiment ou réseau de chaleur (bois-énergie, géothermie, solaire thermique,...).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces analyses sont, pour le maître d&amp;#039;ouvrage, des outils d&amp;#039;aide à la décision pour s&amp;#039;engager dans la réalisation d&amp;#039;un projet. Elles fournissent des éléments de comparaison par rapport à une solution de référence sur les consommations d&amp;#039;énergie, les émissions de carbone et des données économiques en coût global (investissement et exploitation).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ASDER réalise une cinquantaine d&amp;#039;analyses d&amp;#039;opportunité par an pour les communes de Savoie, que ce soit sur des projets neufs ou pour un changement d&amp;#039;énergie.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S152" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T152" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U152" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V152" s="1" t="inlineStr">
+        <is>
+          <t>https://www.asder.asso.fr/</t>
+        </is>
+      </c>
+      <c r="X152" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Christian Fleury - Responsable du pôle collectivités et terrritoires
+  &lt;/li&gt;
+  &lt;li&gt;
+   christian.fleury&amp;#64;asder.asso.fr - 04 79 85 88 50
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y152" s="1" t="inlineStr">
+        <is>
+          <t>christian.fleury@asder.asso.fr</t>
+        </is>
+      </c>
+      <c r="Z152" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0732-analyser-lopportunite-dinstaller-une-producti/</t>
+        </is>
+      </c>
+      <c r="AA152" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB152" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC152" s="1" t="inlineStr">
+        <is>
+          <t>ASDER - Association Savoyarde pour le Développement des Energies Renouvelables</t>
+        </is>
+      </c>
+      <c r="AE152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF152" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG152" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+      <c r="AH152" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="153" spans="1:34" customHeight="0">
+      <c r="A153" s="1">
+        <v>95067</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Développer le solaire thermique (production d'eau chaude par capteurs solaires)</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au solaire thermique</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diminuer les charges de production d&amp;#039;eau chaude sanitaire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N153" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P153" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="R153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les collectivités territoriales, leurs groupements et leurs délégataires,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les associations,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les bailleurs sociaux,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les copropriétés,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Ne sont pas éligibles :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   les particuliers à titre individuel,
+  &lt;/li&gt;
+  &lt;li&gt;
+   la promotion immobilière,
+  &lt;/li&gt;
+  &lt;li&gt;
+   les projets portés par l&amp;#039;Etat, les Départements et leurs opérateurs.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Natures des projets
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;p&gt;
+ Production d&amp;#039;eau chaude par capteurs solaires
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Etude pour une surface de capteurs inférieure à 25 m2 ou pour le cas copropriétés:
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 50% pour les grandes entreprises, 60% pour les moyennes entreprises, 70% pour les autres bénéficiaires.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de l&amp;#039;assiette éligible : 3 500 € d&amp;#039;assiette par bâtiment étudié
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface inférieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Nature : subvention
+  &lt;/li&gt;
+  &lt;li&gt;
+   Section : investissement
+  &lt;/li&gt;
+  &lt;li&gt;
+   Taux maxi : 60% maximum plafonné à 1 200 €HT/m2, dans le respect du régime cadre en vigueur, notamment le régime cadre exempté de notification SA 40405 (6.6) relatif aux aides pour la protection de l&amp;#039;environnement sur la période 2014-2020,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
+ &lt;br /&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Investissement pour une surface supérieure à 25 m2 :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Cas général :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Règles : « Fonds chaleur » de l&amp;#039;ADEME Remarque : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par l&amp;#039;ADEME (&amp;#61; dossier à transmettre uniquement à l&amp;#039;ADEME Grand Est).
+&lt;/p&gt;
+&lt;p&gt;
+ Cas des copropriétés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Nature : subvention avance remboursable à taux zéro Section : investissement fonctionnement Taux maxi : 60 % maximum plafonné à 1 100 €HT/m2 et 120 m2 de surface de capteurs Remarque : intervention par la Région seule
+&lt;/p&gt;
+&lt;p&gt;
+ Consultez
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  le règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S153" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U153" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V153" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-solaire-thermique-2/</t>
+        </is>
+      </c>
+      <c r="W153" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0076%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.grandest.fr%2Fmentions-legales%2F,Mentions%20l%C3%A9gales,_blank;https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fdonnees-personnelles,Donn%C3%A9es%20personnelles,_self</t>
+        </is>
+      </c>
+      <c r="X153" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rendez-vous sur le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-solaire-thermique" rel="noopener" target="_blank"&gt;
+  site de la région Grand-Est
+ &lt;/a&gt;
+ pour obtenir les informations relatives aux conditions d&amp;#039;éligibilité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y153" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z153" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c5da-soutien-au-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA153" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB153" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE153" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF153" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L38" s="1" t="inlineStr">
-[...3 lines deleted...]
-  OPÉRATIONS CONCERNÉES
+      <c r="AG153" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH153" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" spans="1:34" customHeight="0">
+      <c r="A154" s="1">
+        <v>95069</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Développer le photovoltaïque</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Soutien au photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t> Min : 30 Max : 70</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer à l&amp;#039;atteinte des objectifs des Schémas Régionaux Climat Air Energie (SRCAE),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Substituer des énergies fossiles,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réduire les émissions de gaz à effet de serre,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir la production d&amp;#039;énergie renouvelable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la qualité de l&amp;#039;air,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer de l&amp;#039;activité économique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Améliorer la rentabilité économique des projets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aider les porteurs de projets à sécuriser leurs coûts énergétiques en les incitants à installer un système de production d&amp;#039;électricité à coût constant,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Permettre le développement de compétences dans le domaine de l&amp;#039;autoconsommation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires de l&amp;#039;aide
   &lt;br /&gt;
- &lt;/strong&gt;
-[...9 lines deleted...]
-  Conseil (intervention gratuite) :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Contact téléphonique, mail
-[...2 lines deleted...]
-  Informations sur le cadre réglementaire, les enjeux et les outils existants
+  Les collectivités territoriales, leurs groupements et leurs délégataires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les associations,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les entreprises, incluant, les exploitations agricoles, les professions libérales, la grande distribution, les professionnels du tourisme,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bailleurs sociaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les copropriétés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets participatifs et citoyens.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Accompagnement à la maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+  Ne sont pas éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Accompagnement à la définition des besoins et orientation vers les acteurs/interlocuteurs adaptés
-[...2 lines deleted...]
-  Mise à disposition d&amp;#039;outils
+  les particuliers à titre individuel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la promotion immobilière,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;Etat, les Départements et leurs opérateurs
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Assistance à la maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
- &lt;/strong&gt;
+  De l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les professionnels de la filière.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Installation de générateur photovoltaïque raccordé au réseau ou en autoconsommation produisant de l&amp;#039;électricité renouvelable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  * Diagnostic: état des lieux des pratiques de restauration existantes, définition des besoins, objectifs et propositions d&amp;#039;actions
+  Les installations faisant l&amp;#039;objet d&amp;#039;une aide au titre des appels à projets nationaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les installations au sol présentant des conflits d&amp;#039;usage : terre agricole ou forestière, espaces naturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets privés de revente totale hors délégation et projets citoyens,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les bâtiments ou sites utilisant un mode de chauffage par effet joule.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- &lt;em&gt;
-[...1 lines deleted...]
- &lt;/em&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises et en application du régime d&amp;#039;aide SA.40405, le montant subventionnable est déterminé après déduction du coût d&amp;#039;une solution de référence correspondant à un investissement similaire, moins respectueux de l&amp;#039;environnement et de même capacité en terme de production effective d&amp;#039;énergie.
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;ul&gt;
-[...15 lines deleted...]
-  &lt;/ul&gt;
+  &lt;strong&gt;
+   Taux :
+  &lt;/strong&gt;
+  70 % sauf 60 % pour les moyennes entreprises, 50 % pour les grandes entreprises.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Plafond :
+  &lt;/strong&gt;
+  5 000 € d&amp;#039;assiette par bâtiment étudié.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Remarque
+  &lt;/strong&gt;
+  : intervention à parité par l&amp;#039;ADEME et la Région Grand Est, instruit en guichet unique par la Région (&amp;#61; dossier à transmettre uniquement à la Région Grand Est).
  &lt;/li&gt;
 &lt;/ul&gt;
-&lt;br /&gt;
-[...6 lines deleted...]
- * sous réserve d&amp;#039;une candidature et sélection dans le cadre de l&amp;#039;Appel à Manifestation d&amp;#039;Intérêt (AMI)  » Pour une alimentation durable et de qualité dans la restauration collective publique ».
+&lt;p&gt;
+ &lt;strong&gt;
+  Cas particulier des projets participatifs et citoyens
+ &lt;/strong&gt;
+ Ce type de projet peut bénéficier d&amp;#039;un accompagnement spécifique – ex : aide la structuration juridique du projet, aide à la mise en place et à l&amp;#039;animation de réunions d&amp;#039;informations - à hauteur de 70 % plafonné à 10 000 € d&amp;#039;aide voir 12 000 € pour les territoires en zone Pacte de ruralité (voir fiche dispositif dédiée).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  I
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  nvestissement – puissance inférieure à 100 kWc :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Taux : 30 % maximum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond : de 200 €/kWc à 400 €/kWc selon le taux d&amp;#039;autoconsommation, la puissance et la nature du porteur de projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Il sera accordé une aide par point de raccordement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remarque : intervention par la Région seule
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Consultez le
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique"&gt;
+  règlement et les documents annexes sur Climaxion
+ &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="O38" s="1" t="inlineStr">
+      <c r="N154" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P154" s="1" t="inlineStr">
+        <is>
+          <t>20/01/2017</t>
+        </is>
+      </c>
+      <c r="S154" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T154" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U154" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V154" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="W154" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0078/depot/simple</t>
+        </is>
+      </c>
+      <c r="X154" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;a href="https://www.climaxion.fr/docutheque/soutien-au-photovoltaique" rel="noopener" target="_blank"&gt;
+  https://www.climaxion.fr/docutheque/soutien-au-photovoltaique
+ &lt;/a&gt;
+ .
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y154" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z154" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68aa-soutien-au-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA154" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB154" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE154" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF154" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG154" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH154" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" spans="1:34" customHeight="0">
+      <c r="A155" s="1">
+        <v>131815</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Aider les responsables de restauration collective à suivre leurs achats de bio et durable</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>ma cantine</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Agriculture et de la Souveraineté alimentaire
+Direction Interministérielle du Numérique (DINUM)</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 🤔 Vous avez besoin d&amp;#039;outils pour mettre en oeuvre la transition alimentaire en proposant des repas de meilleurs qualité, et plus durable ?
+&lt;/p&gt;
+&lt;p&gt;
+ 💡 Commencez par
+ &lt;strong&gt;
+  valoriser vos achats gratuitement
+ &lt;/strong&gt;
+ grâce à la
+ &lt;strong&gt;
+  plateforme institutionnelle ma cantine
+ &lt;/strong&gt;
+ !
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le sillage de la loi EGAlim, la Direction Interministérielle du Numérique et le Ministère de l&amp;#039;Agriculture et de la Souveraineté Alimentaire ont financé le développement de la plateforme ma cantine !
+&lt;/p&gt;
+&lt;p&gt;
+ En ligne depuis février 2021, elle a pour vocation l&amp;#039;accompagnement des gestionnaires de restauration collective autour de quatre axes : une meilleure connaissance de la loi, un outillage des établissements pour mettre en oeuvre la loi EGAlim, offrir une publicité des actions déployées et permettre à l&amp;#039;administration de constituer des points d&amp;#039;étape annuel évaluant le déploiement de la transition alimentaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Gratuit et facile d&amp;#039;utilisation, l&amp;#039;outil de suivi des achats proposée ma cantine permet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de réaliser un diagnostic sur les mesures de la loi EGAlim
+ &lt;/li&gt;
+ &lt;li&gt;
+  de suivre en ligne ses achats en les valorisant par labels ou famille de produit
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;avoir des leviers politiques pour améliorer sa part de bio et durable.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Grâce à ma cantine, vous pourrez en quelques clics générer des documents de communication auprès des bénéficiaires de votre service de restauration, les convives, ou même de vos directions ou élu.e.s.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous aurez accès à des ressources pour mettre en oeuvre la loi EGAlim et la transition vers un alimentation de qualité et durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Alimentation
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O155" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S38" s="1" t="inlineStr">
+      <c r="S155" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U155" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V155" s="1" t="inlineStr">
+        <is>
+          <t>http://ma-cantine.agriculture.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X155" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ support-egalim&amp;#64;beta.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y155" s="1" t="inlineStr">
+        <is>
+          <t>andre.gauthier@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z155" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fd02-aider-les-responsables-de-restauration-collec/</t>
+        </is>
+      </c>
+      <c r="AA155" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF155" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG155" s="1" t="inlineStr">
+        <is>
+          <t>16/03/2023</t>
+        </is>
+      </c>
+      <c r="AH155" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" spans="1:34" customHeight="0">
+      <c r="A156" s="1">
+        <v>162398</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les audits et la réhabilitation d’installations solaires thermiques collectives (installations existantes)</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux audits et réhabilitation d’installations solaires thermiques collectives (installations existantes)</t>
+        </is>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G156" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H156" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objectif est de porter assistance aux Maîtres d’ouvrages qui font face à des installations présentant des dysfonctionnements, en les accompagnant techniquement et financièrement dans la mise en place d’audits de ces installations, suivis d’une réhabilitation, à laquelle sera associée un contrat de maintenance intégrant un engagement de bon fonctionnement ou un contrat de performance, selon le souhait de la maîtrise d’ouvrage.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Prestataire d’ingénierie RGE « Solaire thermique collectif » (sur la partie audit) : qualification 20.14 délivrée par l’OPQIBI ou équivalent.&lt;/li&gt; 	&lt;li&gt;Installateurs RGE « Solaire thermique collectif » (sur la partie réhabilitation) :&lt;/li&gt; 	&lt;li&gt;Qualification Qualisol Collectif délivrée par Qualit’Enr,&lt;/li&gt; 	&lt;li&gt;Qualifications 5131 ou 5132 délivrées par Qualibat &amp;#43; une formation « Qualisol solaire thermique collectif »2&lt;/li&gt; 	&lt;li&gt;Exploitants formés selon le référentiel de formation « SOCOL exploitant » (formation dispensée à ce jour par le COSTIC, le CRER et l’INES).&lt;/li&gt; 	&lt;li&gt;L’installation devra être suivie et maintenue par un exploitant (contrat d’exploitation obligatoire). Enfin, l’ensemble des moyens de recours (à l’amiable ou judiciaire) contre les parties responsables de l’installation auront été utilisés.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; Il existe aussi aides des aides aux études de faisabilité solaire thermique ainsi que pour les travaux d&amp;#039;installations solaires thermiques, ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P156" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Prestataire d’ingénierie RGE « Solaire thermique collectif » (sur la partie audit) : qualification 20.14 délivrée par l’OPQIBI ou équivalent.&lt;/li&gt; 	&lt;li&gt;Installateurs RGE « Solaire thermique collectif » (sur la partie réhabilitation) :&lt;/li&gt; 	&lt;li&gt;Qualification Qualisol Collectif délivrée par Qualit’Enr,&lt;/li&gt; 	&lt;li&gt;Qualifications 5131 ou 5132 délivrées par Qualibat &amp;#43; une formation « Qualisol solaire thermique collectif »2&lt;/li&gt; 	&lt;li&gt;Exploitants formés selon le référentiel de formation « SOCOL exploitant » (formation dispensée à ce jour par le COSTIC, le CRER et l’INES).&lt;/li&gt; 	&lt;li&gt;L’installation devra être suivie et maintenue par un exploitant (contrat d’exploitation obligatoire). Enfin, l’ensemble des moyens de recours (à l’amiable ou judiciaire) contre les parties responsables de l’installation auront été utilisés.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Si besoin, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S156" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U156" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V156" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-aux-audits-et-rehabilitation-dinstallations-solaires-thermiques-collectives-installations-existantes</t>
+        </is>
+      </c>
+      <c r="W156" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X156" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr&lt;/a&gt; ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y156" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z156" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-audits-et-rehabilitation-dinstallations-solaires-thermiques-collectives-installations-existantes/</t>
+        </is>
+      </c>
+      <c r="AA156" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB156" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE156" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF156" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG156" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH156" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" spans="1:34" customHeight="0">
+      <c r="A157" s="1">
+        <v>162396</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de subvention pour l'étude de faisabilité pour des projets de solaire thermique (eau chaude sanitaire, chaleur)</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité pour des projets de solaire thermique (eau chaude sanitaire, chaleur)</t>
+        </is>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G157" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H157" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les études de faisabilité technico-économique pour des projets d’installations solaires centralisées de production d’eau chaude peuvent bénéficier d’un soutien financier sous forme de subvention, pour les bâtiments existants.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/li&gt; 	&lt;li&gt;L&amp;#039;étude de faisabilité doit impérativement respecter le cahier des charges de l&amp;#039;ADEME : &amp;#34;Etude de faisabilité et de dimensionnement d&amp;#039;une installation de solaire thermique&amp;#34;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; &lt;br /&gt; Il existe aussi aides pour les travaux de solaire thermique, pour la réhabilitation des installations de solaire thermique ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O157" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P157" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les bureaux d’études et experts choisis doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation (RGE études ou équivalent).&lt;/li&gt; 	&lt;li&gt;L&amp;#039;étude de faisabilité doit impérativement respecter le cahier des charges de l&amp;#039;ADEME : &amp;#34;Etude de faisabilité et de dimensionnement d&amp;#039;une installation de solaire thermique&amp;#34;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;br /&gt; &lt;br /&gt; En amont d&amp;#039;un projet, pour une aide au choix de l&amp;#039;énergie renouvelable, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S157" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U157" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V157" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/etude-de-faisabilite-pour-des-projets-de-solaire-thermique-eau-chaude-sanitaire-chaleur</t>
+        </is>
+      </c>
+      <c r="W157" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X157" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : aroussaly&amp;#64;maregionsud.fr ;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y157" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z157" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-pour-des-projets-de-solaire-thermique-eau-chaude-sanitaire-chaleur/</t>
+        </is>
+      </c>
+      <c r="AA157" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB157" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE157" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF157" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG157" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH157" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" spans="1:34" customHeight="0">
+      <c r="A158" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E158" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G158" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H158" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I158" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J158" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O158" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S158" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U38" s="1" t="inlineStr">
-[...23 lines deleted...]
-  mluce&amp;#64;ladrome.fr
+      <c r="T158" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U158" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V158" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W158" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X158" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y158" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z158" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA158" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB158" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’une école
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Entretien des ponts
+Gestion d'une base nautique
+Installation de bornes électriques
+Installation de miroir de circulation de sécurité routière
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Réfection/aménagement de la voirie
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC158" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="AE158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF158" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG158" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2022</t>
+        </is>
+      </c>
+      <c r="AH158" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" spans="1:34" customHeight="0">
+      <c r="A159" s="1">
+        <v>153402</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser la rénovation énergétique des copropriétés</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Aide Rénovation énergétique copropriété</t>
+        </is>
+      </c>
+      <c r="E159" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G159" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H159" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I159" s="1" t="inlineStr">
+        <is>
+          <t> Max : 25</t>
+        </is>
+      </c>
+      <c r="K159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Planète Manche Rénovation &amp;#34;volet copropriété&amp;#34; est un dispositif d&amp;#039;aide aux copropriétés pour des projets de rénovation globale d&amp;#039;habitations collectives privées utilisées en résidence principale et situées sur le territoire de la Manche. Les projets visés concernent la rénovation globale des habitations dans un souci de performance énergétique et de respect de la qualité architecturale.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les travaux éligibles traitent les parties communes ou relevent d&amp;#039;un intérêt collectif au sein des parties privatives.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux concernant la construction neuve, une extension de la surface habitable d&amp;#039;un bâtiment existant ou le changement de destination de locaux ne sont pas éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide départementale est réservée aux copropriétés gérées par un syndic professionnel ou bénévole, enregistré au registre national des copropriétés. Elle concerne les bâtis collectifs à usage d&amp;#039;habitations principales de plus de 15 ans et situés sur le territoire de la Manche.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide du Département est de 25% des dépenses éligibles avec un plafond par dossier fixé à 75.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier transmis par le syndicat de copropriété devra comporter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le formulaire de demande d&amp;#039;aide signé.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le procès verbal de l&amp;#039;assemblée générale donnant mandat au syndic de copropriété pour cette demande de subvention et validant les travaux à engager faisant l&amp;#039;objet de la demande.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les devis non signés des travaux prévus.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un RIB.
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;audit énergétique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une photo de la façade.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les attestations RGE des entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O159" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets doivent notamment mettre en oeuvre des travaux de lutte contre les déperditions thermiques de l&amp;#039;enveloppe (isolation des façades, toitures, planchers bas, menuiseries extérieures, ventilation), d&amp;#039;installation de systèmes de chauffage et/ou de production d&amp;#039;eau chaude sanitaire performants dont l&amp;#039;installation d&amp;#039;équipements utilisant une source d&amp;#039;énergie renouvelable (bois, géothermie, solaire...).
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets doivent concerner à minima deux postes de travaux dont l&amp;#039;un doit concerner obligatoirement un poste d&amp;#039;isolation : murs, toitures ou planchers bas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour être considéré comme un poste de travaux, les travaux doivent concerner la totalité des travaux restant à réaliser dans une même nature de travaux. La ventilation n&amp;#039;est pas considérée comme un poste de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;attribution de l&amp;#039;aide départementale est conditionnée à l&amp;#039;accompagnement du projet par un assistant à maîtrise d&amp;#039;ouvrage.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Attention, les devis ne doivent pas être signés et les travaux ne doivent pas être engagés avant la réception d&amp;#039;un accusé de réception du Département.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux dépenses TTC liées aux travaux d&amp;#039;amélioration énergétique : isolation de l&amp;#039;enveloppe, remplacement des ouvrants, des systèmes de chauffage, de production d&amp;#039;eau chaude sanitaire, mise en place d&amp;#039;une ventilation mécanique contrôlée, ainsi que les travaux induits, c&amp;#039;est-à-dire nécessairement liés aux travaux précités.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S159" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T159" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U159" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V159" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="W159" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X159" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 97 41
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y38" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA38" s="1" t="inlineStr">
+      <c r="Y159" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z159" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/987a-aide-renovation-energetique-copropriete/</t>
+        </is>
+      </c>
+      <c r="AA159" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB159" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment</t>
+        </is>
+      </c>
+      <c r="AE159" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF159" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG159" s="1" t="inlineStr">
+        <is>
+          <t>02/11/2023</t>
+        </is>
+      </c>
+      <c r="AH159" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="39" spans="1:27" customHeight="0">
-[...66 lines deleted...]
- &lt;/a&gt;
+    <row r="160" spans="1:34" customHeight="0">
+      <c r="A160" s="1">
+        <v>102099</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable sur le territoire de la Métropole de Lyon (aide aux travaux) - Prime éco-chaleur</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement des énergies renouvelables thermiques sur la Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="E160" s="1" t="inlineStr">
+        <is>
+          <t>Grand Lyon La Métropole</t>
+        </is>
+      </c>
+      <c r="F160" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G160" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H160" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="J160" s="1" t="inlineStr">
+        <is>
+          <t>Aide forfaitaire en fonction de la production d'énergie renouvelable (€/MWh)</t>
+        </is>
+      </c>
+      <c r="K160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service d&amp;#039;accompagnement et d&amp;#039;aides financières proposé par la Métropole de Lyon, la Prime éco-chaleur développe la chaleur renouvelable sur son territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Plus d&amp;#039;énergies renouvelables, moins de CO2
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le Schéma directeur des énergies de la Métropole de Lyon, a mis en évidence que plus de la moitié des consommations du territoire découlent des besoins de chaleur qui ne sont couverts que de manière marginale par les Énergies renouvelables et de récupération (EnR&amp;amp;R).
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est un des leviers d&amp;#039;action pour atteindre la sobriété énergétique sur le territoire et pour répondre aux objectifs du Plan climat air énergie territorial : plus 17% EnR&amp;amp;R dans la part des consommations et moins 43% d&amp;#039;émissions de CO2 par rapport à 2000.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est le nom communiquant du Contrat de développement territorial des énergies renouvelables thermiques signé en 2020 entre l&amp;#039;ADEME et la Métropole de Lyon. La Métropole de Lyon, avec l&amp;#039;appui fort de l&amp;#039;ALEC Lyon soutient et coordonne le dispositif sur son territoire et instruit les subventions pour le compte de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Un accompagnement gratuit et des aides financières
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur de la Métropole de Lyon s&amp;#039;adresse aux collectivités territoriales, copropriétés, entreprises, promoteurs et aménageurs, associations et bailleurs sociaux qui souhaitent installer une chaufferie bois, du solaire thermique, de la géothermie, un réseau de chaleur ou récupérer de la chaleur fatale. L&amp;#039;accompagnement est gratuit. Les subventions peuvent aller jusqu&amp;#039;à 70% des montants pour la partie études et des aides forfaitaires sont déterminées selon la production de chaleur EnR pour la partie travaux. &lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
-[...13 lines deleted...]
- Sur dépôt de dossier.
+      <c r="M160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;La fondation ARALIS a bénéficier d&amp;#039;une aide de plus de 50 % de l&amp;#039;investissement pour de la géothermie sur sondes pour une pension de famille et du logement social.&lt;/li&gt;&lt;li&gt;Le constructeur Léon Grosse a bénéficié de la Prime éco-chaleur sur la construction de son siège le 8ieme Chemin à Bron pour de la géothermie sur sondes. &lt;/li&gt;&lt;li&gt;L&amp;#039;EHPAD Thérèse Couderc a décarboné sa production de chaleur avec la mise en place d&amp;#039;une chaudière bois granulés dans un bâtiment patrimonial. La chaudière assurera près de 90 % de la production de chaleur du site.&lt;/li&gt;&lt;li&gt;L&amp;#039;industriel Renault Trucks a installé une production de géothermie sur nappe lors de la réhabilitation de son bâtiment tertiaire au coeur du site industriel. La production assurer plus de 85 % de la production de chaleur, le reste étant complété par une pompe à chaleur aérothermique. Le site atteint 100 % de production électrique.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N160" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O160" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P160" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2023</t>
+        </is>
+      </c>
+      <c r="Q160" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les travaux éligibles concernent les installations de chaleur renouvelable utilisant le bois énergie, la géothermie, le solaire thermique ou la chaleur fatale.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces installations doivent respecter des critères d&amp;#039;éligibilité dont le détail est précisé sur le site dédié au dispositif. Ces exigences concernent les volets suivants :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;étude préalables
+&lt;/li&gt;&lt;li&gt;critères techniques de performance
+&lt;/li&gt;&lt;li&gt;qualification des prestataires
+&lt;/li&gt;&lt;li&gt;performance énergétique du bâtiment&lt;/li&gt;&lt;li&gt;suivi de l&amp;#039;installation (comptage obligatoire)
+ &lt;/li&gt;&lt;li&gt;contrat d&amp;#039;entretien
+&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;
+ Des seuils d&amp;#039;éligibilité max sont indiqués et au dessus de ces seuils (2000 MWh entrée PAC pour la géothermie, 12 000 MWh pour le bois énergie, 1 500 m2 pour le solaire thermique et 1 000 MWh pour la chaleur fatale), les projets sont renvoyés vers l&amp;#039;ADEME Régionale.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
-[...50 lines deleted...]
- Téléphone : 04.71.07.43.65
+      <c r="S160" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T160" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U160" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V160" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/1wMp35r-S3w?si=G2TimqPXXn55LUGA</t>
+        </is>
+      </c>
+      <c r="W160" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/services/aides-et-accompagnements/la-prime-eco-chaleur/</t>
+        </is>
+      </c>
+      <c r="X160" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Référent Métropole de Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Maxime Dinnat
+ &lt;br /&gt;
+ Chef de projets Transition Énergétique EnR&amp;amp;R - Prime éco-chaleur
+ &lt;br /&gt;
+ 04 26 83 90 63 - prime-ecochaleur&amp;#64;grandlyon.com
+ &lt;br /&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+  Référent ALEC Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Lucas Venosino
+ &lt;br /&gt;
+ Chargé de développement efficacité énergétique et énergie renouvelable
+ &lt;br /&gt;
+ 04 28 29 96 09 - prime-ecochaleur&amp;#64;alec-lyon.org
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA39" s="1" t="inlineStr">
+      <c r="Y160" s="1" t="inlineStr">
+        <is>
+          <t>lucas.venosino@alec-lyon.org</t>
+        </is>
+      </c>
+      <c r="Z160" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ae9-prime-eco-chaleur-aide-aux-travaux/</t>
+        </is>
+      </c>
+      <c r="AA160" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB160" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AC160" s="1" t="inlineStr">
+        <is>
+          <t>Lucas Venosino - ALEC Lyon</t>
+        </is>
+      </c>
+      <c r="AE160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF160" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG160" s="1" t="inlineStr">
+        <is>
+          <t>28/09/2021</t>
+        </is>
+      </c>
+      <c r="AH160" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="40" spans="1:27" customHeight="0">
-[...20 lines deleted...]
-      <c r="H40" s="1" t="inlineStr">
+    <row r="161" spans="1:34" customHeight="0">
+      <c r="A161" s="1">
+        <v>102098</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Développer la chaleur renouvelable sur le territoire de la Métropole de Lyon (aide à la décision) - Prime éco-chaleur</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Contrat de développement des énergies renouvelables thermiques sur la Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="E161" s="1" t="inlineStr">
+        <is>
+          <t>Grand Lyon La Métropole</t>
+        </is>
+      </c>
+      <c r="F161" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Lyon - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G161" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H161" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I161" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 70</t>
+        </is>
+      </c>
+      <c r="J161" s="1" t="inlineStr">
+        <is>
+          <t>Aide à la décision : études de faisabilité, études d'AMO, forages de reconnaissance, TRT</t>
+        </is>
+      </c>
+      <c r="K161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Service d&amp;#039;accompagnement et d&amp;#039;aides financières proposé par la Métropole de Lyon, la Prime éco-chaleur vise à favoriser la filière des énergies renouvelables thermiques sur son territoire.
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plus d&amp;#039;énergies renouvelables, moins de CO2
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Schéma directeur des énergies de la Métropole de Lyon, a mis en évidence que plus de la moitié des consommations du territoire découlent des besoins de chaleur qui ne sont couverts que de manière marginale par les Énergies renouvelables et de récupération (EnR&amp;amp;R).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La Prime éco-chaleur est un des leviers d&amp;#039;action pour atteindre la sobriété énergétique sur le territoire et pour répondre aux objectifs du Plan climat air énergie territorial : plus 17% EnR&amp;amp;R dans la part des consommations et moins 43% d&amp;#039;émissions de CO2 par rapport à 2000.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur est le nom communiquant du Contrat de développement territorial des énergies renouvelables thermiques signé en 2020 entre l&amp;#039;ADEME et la Métropole de Lyon. La Métropole de Lyon, avec l&amp;#039;appui fort de l&amp;#039;ALEC Lyon soutient et coordonne le dispositif sur son territoire et instruit les subventions pour le compte de l&amp;#039;ADEME.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Un accompagnement gratuit et des aides financières
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Prime éco-chaleur de la Métropole de Lyon s&amp;#039;adresse exclusivement aux collectivités territoriales, entreprises, promoteurs et aménageurs, associations et bailleurs sociaux qui souhaitent installer une chaufferie bois, du solaire thermique, de la géothermie ou un réseau de chaleur. L&amp;#039;accompagnement est gratuit. Les subventions peuvent aller jusqu&amp;#039;à 70% des montants pour la partie études et des aides forfaitaires sont déterminées selon la production de chaleur EnR pour la partie travaux. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Un commune du territoire Métropolitain va réaliser un Test de Réponse Thermique (TRT) pour connaître le potentiel thermique du sol ainsi qu&amp;#039;une étude de faisabilité pour la réalisation d&amp;#039;une salle polyvalente chauffée par géothermie. Les études bénéficieront de 70 % d&amp;#039;aide de la PRIME ÉCO-CHALEUR pour des coûts d&amp;#039;étude de 18 500€ (TRT) et 5 400€ (EF) (avant subvention).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N161" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O161" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P161" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2023</t>
+        </is>
+      </c>
+      <c r="Q161" s="1" t="inlineStr">
+        <is>
+          <t>31/03/2027</t>
+        </is>
+      </c>
+      <c r="R161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les études éligibles sont les études de faisabilité, test de réponse thermique (géothermie sur sondes), forage d&amp;#039;essai/de reconnaissance, études d&amp;#039;AMO (assistance à maîtrise d&amp;#039;ouvrage).
+&lt;/p&gt;
+&lt;p&gt;
+ Il est nécessaire de respecter les critères d&amp;#039;éligibilité suivants :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;respecter les cahiers des charges ADEME sur l&amp;#039;étude considérée.
+&lt;/li&gt;&lt;li&gt;sélectionner un prestataire qualifié Reconnu Garant de l&amp;#039;Environnement (RGE) dans la filière concernée (bois énergie, géothermie, solaire thermique, réseau de chaleur, récupération de chaleur fatale)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;a href="https://seafile.alec-lyon.org/f/cb31ce77c63742c6b541/" target="_self"&gt;- critères d&amp;#039;éligibilités détaillés -&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S161" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T161" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U161" s="1" t="inlineStr">
+        <is>
+          <t>Métropole de Lyon</t>
+        </is>
+      </c>
+      <c r="V161" s="1" t="inlineStr">
+        <is>
+          <t>https://youtu.be/1wMp35r-S3w?si=G2TimqPXXn55LUGA</t>
+        </is>
+      </c>
+      <c r="W161" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alec-lyon.org/services/aides-et-accompagnements/la-prime-eco-chaleur/</t>
+        </is>
+      </c>
+      <c r="X161" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Référent Métropole de Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Maxime Dinnat
+ &lt;br /&gt;
+ Chef de projets Transition Énergétique EnR&amp;amp;R – Prime Éco-Chaleur - prime-ecochaleur&amp;#64;grandlyon.com
+&lt;/p&gt;
+&lt;p&gt;
+ 04 26 83 90 63
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Référent ALEC Lyon
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Lucas Venosino
+ &lt;br /&gt;
+ Chargé de développement efficacité énergétique et énergie renouvelable  - prime-ecochaleur&amp;#64;alec-lyon.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 04 28 29 96 09
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y161" s="1" t="inlineStr">
+        <is>
+          <t>lucas.venosino@alec-lyon.org</t>
+        </is>
+      </c>
+      <c r="Z161" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bf5f-prime-eco-chaleur-aide-a-la-decision/</t>
+        </is>
+      </c>
+      <c r="AA161" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB161" s="1" t="inlineStr">
+        <is>
+          <t>Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AC161" s="1" t="inlineStr">
+        <is>
+          <t>Lucas Venosino - ALEC Lyon</t>
+        </is>
+      </c>
+      <c r="AE161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF161" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG161" s="1" t="inlineStr">
+        <is>
+          <t>28/09/2021</t>
+        </is>
+      </c>
+      <c r="AH161" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" spans="1:34" customHeight="0">
+      <c r="A162" s="1">
+        <v>162397</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets solaires thermiques collectifs pour production d'eau chaude sanitaire, chauffage (nouveaux projets)</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Projets solaires thermiques collectifs pour production d'eau chaude sanitaire, chauffage (nouveaux projets)</t>
+        </is>
+      </c>
+      <c r="E162" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G162" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H162" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les principales applications du solaire thermique sont la production d’eau chaude sanitaire (pour l’habitat, l’hôtellerie, les établissements de santé, …), la fourniture de chaleur pour l’industrie et l’agriculture, l’alimentation de réseaux de chaleur et le chauffage de l’eau des bassins de piscine.&lt;br /&gt; Les aides aux investissements concernent les projets des installations solaires collectives de production d’eau chaude. Les installations sont considérées comme collectives dès lors qu’elles répondent à un besoin en eau chaude collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d’ouvrage.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les entreprises et industries&lt;/li&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les établissements publics&lt;/li&gt; 	&lt;li&gt;Les associations&lt;/li&gt; 	&lt;li&gt;Les bailleurs sociaux&lt;/li&gt; 	&lt;li&gt;Les campings&lt;/li&gt; 	&lt;li&gt;Les piscines&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Réalisation préalable d’une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m² ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m²&lt;/li&gt; 	&lt;li&gt;Capteurs solaires certifiés (CSTBat ou SolarKeymark)&lt;/li&gt; 	&lt;li&gt;Respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL20 ou mesures des besoins réels en ECS à partir de mesures in situ&lt;/li&gt; 	&lt;li&gt;Productivité minimale de l’installation solaire supérieure à 450 kWh/an.m²&lt;/li&gt; 	&lt;li&gt;Mise en place d’un télé suivi simplifié des performances avec système d’alerte et maintenance curative&lt;/li&gt; 	&lt;li&gt;Mise en service dynamique selon les préconisations de SOCOL&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Ce dispositif s’inscrit dans le Plan Solaire : Le Plan Solaire a pour ambition de définir un plan d’actions d’animation et d’intervention régionale et de fédérer tous les dispositifs et soutiens mis en œuvre par la Région en faveur de l’énergie solaire (photovoltaïque et thermique), qui viendront notamment en appui du plan d’actions.&lt;br /&gt; La démarche d’animation qu’il intègre a pour dessein principal de stimuler et accélérer le déploiement de projets solaires sur les territoires en région, afin de contribuer à l’atteinte des objectifs énergétiques ambitieux du SRADDET 2019, et ce via la mise en place d’actions de promotion, de conseil et d’accompagnement des maîtres d’ouvrage.&lt;br /&gt; Il existe aussi aides pour les études de faisabilité solaire thermique, pour la réhabilitation des installations de solaire thermique ainsi que des aides pour d&amp;#039;autres énergies renouvelables thermiques : géothermie, récupération de chaleur fatale...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O162" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P162" s="1" t="inlineStr">
+        <is>
+          <t>28/02/2023</t>
+        </is>
+      </c>
+      <c r="R162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Réalisation préalable d’une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m² ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m²&lt;/li&gt; 	&lt;li&gt;Capteurs solaires certifiés (CSTBat ou SolarKeymark)&lt;/li&gt; 	&lt;li&gt;Respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL20 ou mesures des besoins réels en ECS à partir de mesures in situ&lt;/li&gt; 	&lt;li&gt;Productivité minimale de l’installation solaire supérieure à 450 kWh/an.m²&lt;/li&gt; 	&lt;li&gt;Mise en place d’un télé suivi simplifié des performances avec système d’alerte et maintenance curative&lt;/li&gt; 	&lt;li&gt;Mise en service dynamique selon les préconisations de SOCOL&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Il suffit de déposer une demande de subventions sur la plateforme.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt; Si besoin, il est possible de contacter les CCRt (Contrats Chaleur renouvelable territoriaux), qui sont des opérateurs présents sur le territoire régional :&lt;br /&gt; - pour la métropole Aix-Marseille-Provence : contacter M. Hugo Morel : hugo.morel&amp;#64;ampmetropole.fr&lt;br /&gt; - pour le pays d&amp;#039;Arles : contacter Mme. Zoé Soussan-Rabette : z.soussan-rabette&amp;#64;ville-arles.fr&lt;br /&gt; - pour le département des Alpes-de-Haute-Provence : Mme. Fanny Gaborit : f.gaborit&amp;#64;sde04.fr&lt;br /&gt; - pour le département des Hautes-Alpes : M. Nicolas Ferrand : nicolas.ferrand&amp;#64;hautes-alpes.fr&lt;br /&gt; - pour le département des Alpes-Maritimes : Mme. Julie Viglione : jviglione&amp;#64;departement06.fr&lt;br /&gt; - pour le département du Var : M. Edmond Deslongchamps : edmond.deslongchamps&amp;#64;symielecvar.fr&lt;br /&gt; - pour le département du Vaucluse : M. Léonard Ricolleau : lricolleau&amp;#64;sev84.fr&lt;br /&gt; &lt;br /&gt; Dans un deuxième temps, concernant la partie administrative : il est possible de contacter les chargées de missions régionales :&lt;br /&gt; - Mme. Alix Roussaly : aroussaly&amp;#64;maregionsud.fr&lt;br /&gt; - Mme. Catherine Ramos : cramos&amp;#64;maregionsud.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S162" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U162" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V162" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/projets-solaires-thermiques-collectifs-nouveaux-projets</t>
+        </is>
+      </c>
+      <c r="W162" s="1" t="inlineStr">
+        <is>
+          <t>https://subventionsenligne.maregionsud.fr/Authentification/LogOn?ReturnUrl=%2F</t>
+        </is>
+      </c>
+      <c r="X162" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Alix Roussaly : &lt;a href="mailto:aroussaly&amp;#64;maregionsud.fr"&gt;aroussaly&amp;#64;maregionsud.fr &lt;/a&gt;;&lt;/p&gt;
+&lt;p&gt;Catherine Ramos : &lt;a href="mailto:cramos&amp;#64;maregionsud.fr"&gt;cramos&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y162" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z162" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/projets-solaires-thermiques-collectifs-pour-production-deau-chaude-sanitaire-chauffage-nouveaux-projets/</t>
+        </is>
+      </c>
+      <c r="AA162" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB162" s="1" t="inlineStr">
+        <is>
+          <t>Construction d'une piscine
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AE162" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF162" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG162" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH162" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="163" spans="1:34" customHeight="0">
+      <c r="A163" s="1">
+        <v>161711</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Demander le financement d'un audit d'installation solaire thermique et du chantier de réhabilitation associé, pour des collectivités, entreprises ou associations</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Audit et réhabilitation d'installations solaires thermiques collectives</t>
+        </is>
+      </c>
+      <c r="E163" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G163" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H163" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L163" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un financement pour votre audit ainsi que les travaux de réhabilitation.&lt;/p&gt;&lt;p&gt;Préalablement à votre projet de réhabilitation, un audit est nécessaire pour qualifier les problèmes rencontrés sur l’installation puis &lt;strong&gt;établir et chiffrer les actions correctives&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;Ce dispositif d’aide intègre également &lt;strong&gt;un financement des travaux&lt;/strong&gt; et se conclut par &lt;strong&gt;la signature d’un contrat d’exploitation&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités pratiques :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;1ʳᵉ étape :&lt;/strong&gt; consultez des prestataires d’études sur la base du cahier des charges proposé par l’ADEME dans le document C.E.F. précédent. Présélectionnez une offre mais à ce stade ne vous engagez pas et ne signez pas de commande.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;2ᵉ étape : &lt;/strong&gt;déposez une demande d’aide en joignant la proposition technique et financière du prestataire d’études, ainsi que les pièces à déposer listées ci-dessous. Indiquez bien les dépenses prévisionnelles pour l&amp;#039;audit, la maitrise d&amp;#039;œuvre éventuelle et le montant de l&amp;#039;enveloppe travaux allouée à la réhabilitation.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N163" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O163" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S163" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U163" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_32_44_52_53_75_76_84_94</t>
+        </is>
+      </c>
+      <c r="V163" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/audit-rehabilitation-dinstallations-solaires-thermiques-collectives</t>
+        </is>
+      </c>
+      <c r="X163" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y163" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z163" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/audit-et-rehabilitation-dinstallations-solaires-thermiques-collectives/</t>
+        </is>
+      </c>
+      <c r="AA163" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB163" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE163" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF163" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG163" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH163" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="164" spans="1:34" customHeight="0">
+      <c r="A164" s="1">
+        <v>161697</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les entreprises et les collectivités dans la mise en place de leur toiture ou ombrière solaire photovoltaïque en ACI, base de la valorisation du surplus en ACC</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Études de faisabilité pour de l’autoconsommation électrique photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G164" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H164" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L164" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ACI : Autoconsommation individuelle&lt;br /&gt;ACC : Autoconsommation collective&lt;/p&gt;&lt;p&gt;Quand la consommation électrique de vos bâtiments, de vos équipements intervient essentiellement de jour, il peut être intéressant pour vous d’étudier la faisabilité de &lt;strong&gt;couvrir une partie de cette consommation au moyen d’électricité solaire photovoltaïque&lt;/strong&gt;.&lt;/p&gt;&lt;p&gt;L’ADEME peut accompagner les prestations externes d’études de faisabilité à hauteur de 60 % dans la limite de 100 k€ d’assiette. Cette aide peut être portée à &lt;strong&gt;70 % pour des moyennes entreprises&lt;/strong&gt; au sens européen et à &lt;strong&gt;80 % pour des petites entreprises&lt;/strong&gt; ou bénéficiaires dans le cadre d’une « activité non économique ».&lt;/p&gt;&lt;p&gt;Nota : « Bénéficiaire dans le cadre d’une activité non économique » signifie une structure qui :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soit n’exerce pas d’activité consistant à offrir à autrui des biens ou des services.&lt;/li&gt;&lt;li&gt;Soit, bien qu’exerçant une activité consistant à offrir à autrui des biens ou des services, ne se trouve pas sur un marché concurrentiel. Tel est le cas notamment de bénéficiaires qui disposent d’un monopole de droit (par exemple les autorités exerçant des prérogatives de puissances publiques comme l’armée, la police, la surveillance antipollution) ou de fait (technique ou géographique).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’étude de faisabilité sujette à la présente aide ADEME, concerne &lt;strong&gt;l&amp;#039;évaluation et l&amp;#039;analyse du potentiel d&amp;#039;un projet&lt;/strong&gt; (technique, économique, sociale, environnementale, juridique, etc.), qui visent à soutenir le processus décisionnel en révélant de façon objective et rationnelle les forces et les faiblesses du projet, ainsi que les perspectives et les menaces qu&amp;#039;il suppose, et qui précisent les ressources nécessaires pour le mener à bien, et en évaluent, en définitive, les chances de succès…&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N164" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O164" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S164" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U164" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_06_94_975_987</t>
+        </is>
+      </c>
+      <c r="V164" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etudes-faisabilite-lautoconsommation-electrique-photovoltaique</t>
+        </is>
+      </c>
+      <c r="X164" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y164" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z164" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-de-faisabilite-pour-de-lautoconsommation-electrique-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA164" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB164" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE164" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF164" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG164" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH164" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" spans="1:34" customHeight="0">
+      <c r="A165" s="1">
+        <v>161759</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Financer votre étude de faisabilité, étape nécessaire avant d'investir dans la conception d'une installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Étude de faisabilité d'installation solaire thermique</t>
+        </is>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G165" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H165" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L165" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin&lt;/strong&gt; :      réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale&lt;/strong&gt; : étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement&lt;/strong&gt; : étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’ADEME avec le Fonds Chaleur vous aide à réaliser une étude de faisabilité préalable à un projet solaire thermique, en apportant une aide financière et en mettant à votre disposition des &lt;strong&gt;trames de cahier des charges&lt;/strong&gt; selon les technologies utilisées.&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;Les cahiers des charges concernent les études de faisabilité liées à la mise en œuvre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d’installations dédiées sur bâtiment ou process&lt;/li&gt;&lt;li&gt;d’installations sur réseau de chaleur&lt;/li&gt;&lt;li&gt;de systèmes solaires combinés&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L’étude de faisabilité vous permettra de :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Vérifier&lt;/strong&gt; la faisabilité technique et économique du projet d’implantation d’une installation solaire.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Proposer&lt;/strong&gt; des solutions techniques adaptées au contexte et aux possibilités du site d’implantation, et assurer le dimensionnement et la pérennité de l’installation.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Explorer&lt;/strong&gt; des solutions pour le financement de l’opération et le montage administratif et juridique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide est conditionnée au &lt;strong&gt;recours à un prestataire dont les compétences respectent un référentiel validé par l’ADEME&lt;/strong&gt; (RGE Étude) ou pouvant justifier de &lt;strong&gt;conditions équivalentes&lt;/strong&gt;. La liste des professionnels RGE Études est disponible sur le portail Open data de l’ADEME :&lt;br /&gt;https://data.ademe.fr/datasets/liste-des-entreprises-rge-2&lt;br /&gt;(cliquez sur le symbole de tableau sur la droite de la page).&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;Votre étude de faisabilité vous a conforté dans l’investissement à faire ? L’ADEME, avec le Fonds Chaleur, vous accompagne à travers ses aides au financement d&amp;#039;installations de production d&amp;#039;eau chaude solaire.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O165" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S165" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U165" s="1" t="inlineStr">
+        <is>
+          <t>regions_01_02_03_04_06_11_24_27_28_32_44_52_53_75_76_84_93_94_975_987</t>
+        </is>
+      </c>
+      <c r="V165" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/etude-faisabilite-dinstallation-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X165" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y165" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z165" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etude-de-faisabilite-dinstallation-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA165" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB165" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE165" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF165" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG165" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH165" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" spans="1:34" customHeight="0">
+      <c r="A166" s="1">
+        <v>161709</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné financièrement dans la réalisation de votre projet de Système Solaire Combiné (SSC)</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Installations de systèmes solaires combinés</t>
+        </is>
+      </c>
+      <c r="E166" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G166" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H166" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L166" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;     réflexion et mise en œuvre de mesures de sobriété et efficacité      énergétique sur les bâtiments ou les process avant dimensionnement de la      chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des      besoins&lt;/strong&gt; : raccordement à un réseau de chaleur vertueux existant quand cela      est possible ou étude du potentiel de création d’un réseau de chaleur afin      de mutualiser l’outil de production de chaleur renouvelable sur plusieurs      bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur      fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de      leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres      ENR disponibles localement :&lt;/strong&gt; étude du potentiel géothermique et solaire      thermique et de leur adéquation avec les besoins (seul ou en complément de      la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une      source d’énergie renouvelable abondante mais limitée, aussi il est      important de l’utiliser de façon optimisée et là où elle est l’énergie la      plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera      particulièrement pertinente pour des besoins hautes température      (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire      thermique…) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les opérations de Systèmes Solaires Combinés (SSC) éligibles au Fonds Chaleur sont des installations de production de chaleur collective (chauffage et eau chaude sanitaire) avec des capteurs solaires thermiques dans lesquels circulent un fluide caloporteur. Celles-ci peuvent être réalisées sur des bâtiments neufs ou en rénovation, à destination de tout type de bâtiments ayant des usages durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O166" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S166" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U166" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V166" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines</t>
+        </is>
+      </c>
+      <c r="X166" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y166" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z166" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-systemes-solaires-combines/</t>
+        </is>
+      </c>
+      <c r="AA166" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB166" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE166" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF166" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG166" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH166" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="167" spans="1:34" customHeight="0">
+      <c r="A167" s="1">
+        <v>141761</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place un projet d'installation solaire photovoltaïque</t>
+        </is>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d’énergie Loire</t>
+        </is>
+      </c>
+      <c r="G167" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H167" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SIEL-Territoire d&amp;#039;énergie Loire a été créé en 1950 par les communes de la Loire afin d&amp;#039;assurer la bonne gestion de leurs réseaux électriques. Syndicat mixte, il regroupe toutes les communes de la Loire (323), 24 structures intercommunales et le Conseil Départemental de la Loire. À la demande de ses membres, le syndicat a développé des compétences en matière d&amp;#039;électrification, d&amp;#039;éclairage public, d&amp;#039;efficacité énergétique et d&amp;#039;aménagement numérique. L&amp;#039;activité du syndicat repose ainsi sur des compétences obligatoires pour le compte de tous ses adhérents et des compétences optionnelles « à la carte » choisies par les collectivités. Le SIEL-Territoire d&amp;#039;énergie Loire mobilise ses ressources en les mutualisant afin de soutenir financièrement les opérations menées pour ses adhérents.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;une compétence optionnelle, deux solutions sont à disposition des collectivités pour mettre en place leur installation solaire photovoltaïque avec le syndicat :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faire un transfert de compétences de la collectivité vers le syndicat afin que le SIEL-Territoire d&amp;#039;énergie Loire assure l&amp;#039;investissement et réalise le projet à la place de la collectivité. &lt;/li&gt;
+ &lt;li&gt;
+  Faire appel au syndicat pour être accompagné dans son projet d&amp;#039;un point de vue technique, administratif et décisionnel lorsque la commune souhaite rester maître d&amp;#039;ouvrage.&lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O167" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S167" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U167" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V167" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te42.fr/</t>
+        </is>
+      </c>
+      <c r="X167" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Électricité renouvelable :
+ &lt;br /&gt;
+ Thierry Suchel
+ &lt;br /&gt;
+ suchel&amp;#64;siel42.fr
+ &lt;br /&gt;
+ 04 77 43 53 92
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y167" s="1" t="inlineStr">
+        <is>
+          <t>communication@siel42.fr</t>
+        </is>
+      </c>
+      <c r="Z167" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9701-mettre-en-place-un-projet-dinstallation-solai/</t>
+        </is>
+      </c>
+      <c r="AA167" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB167" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC167" s="1" t="inlineStr">
+        <is>
+          <t>SIEL-Territoire d'énergie Loire</t>
+        </is>
+      </c>
+      <c r="AE167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF167" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG167" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2023</t>
+        </is>
+      </c>
+      <c r="AH167" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="168" spans="1:34" customHeight="0">
+      <c r="A168" s="1">
+        <v>140805</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les communes membres dans la transition énergétique</t>
+        </is>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat d'Énergie des Alpes-de-Haute-Provence (SDE04)</t>
+        </is>
+      </c>
+      <c r="G168" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H168" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : réalisation de note d&amp;#039;opportunité, avant- projet sommaire, 1er niveau de conseil
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet : réalisation de projets, de l&amp;#039;étude de faisabilité à la réalisation des travaux, portage de marchés publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative : conseil et assistance aux communes, mandat de maîtrise d&amp;#039;ouvrage, montage des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie financière : conseil et recherche de financements, négociation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une installation photovoltaïque avec autoconsommation sur la toiture d&amp;#039;un bâtiment communal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur la pertinence d&amp;#039;un projet photovoltaïque porté par une entreprise privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Implantation ou déplacement d&amp;#039;une borne de recharge pour véhicule électrique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseils sur le remplacement d&amp;#039;une chaudière obsolète
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance et conseils dans la réalisation d&amp;#039;un réseau de chaleur alimenté par une chaudière bois plaquettes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O168" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formalisation de la demande dans la fiche annuelle de recensement des besoins ou contact direct avec le service Énergie – Mobilité – Données (EMD) pour un échange avec le référent du sujet (photovoltaïque, EnR thermique ou IRVE).
+&lt;/p&gt;
+&lt;p&gt;
+ Différentes modalités d&amp;#039;intervention selon le sujet : convention de service, lettre de commande ou mandat de maîtrise d&amp;#039;ouvrage.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S168" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U168" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V168" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sde04.fr/</t>
+        </is>
+      </c>
+      <c r="X168" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : 5, avenue Bad-Mergentheim - 04000 Digne-les-Bains
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 32 32 32
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;sde04.fr" target="_self"&gt;
+  contact&amp;#64;sde04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y168" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z168" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0e99-accompagne-les-communes-membres-dans-la-trans/</t>
+        </is>
+      </c>
+      <c r="AA168" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB168" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC168" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture</t>
+        </is>
+      </c>
+      <c r="AE168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF168" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG168" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="AH168" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="169" spans="1:34" customHeight="0">
+      <c r="A169" s="1">
+        <v>133546</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Développer des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Développement des énergies renouvelables électriques (installations photovoltaïques)</t>
+        </is>
+      </c>
+      <c r="E169" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G169" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H169" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I169" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J40" s="1" t="inlineStr">
+      <c r="J169" s="1" t="inlineStr">
+        <is>
+          <t>le taux maximum varie selon la taille de l'entreprise</t>
+        </is>
+      </c>
+      <c r="K169" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à faciliter l&amp;#039;installation des panneaux et ombrières photovoltaïques dans toute la région Île-de-France.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les installations PV, le dispositif propose : jusqu&amp;#039;à 50% du montant TTC ou HT en cas de récupération de la TVA (
+ &lt;em&gt;
+  subvention max : 300 000€
+ &lt;/em&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région subventionne aussi le solar ready, c&amp;#039;est-à-dire les travaux de préparation d&amp;#039;une toiture à l&amp;#039;installation de panneaux solaires. (
+ &lt;a href="https://www.iledefrance.fr/enr" target="_self"&gt;
+  voir le site de la Région
+ &lt;/a&gt;
+ )
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les projets photovoltaïques sur toitures, les ombrières de parkings, les ombrières sur des zones artificialisées ne présentant pas de conflits d&amp;#039;usages, les délaissés routiers (parcelles déclassées par suite d&amp;#039;un changement de tracé des voies du domaine public routier) sans destination agricoles ou pastorales sur une durée de 20 ans minimum, agrivoltaïsme au cas par cas.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La part des installations réalisées au-delà des obligations liées à la règlementation en vigueur
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N169" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O169" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  Les candidats éligibles sont des personnes morales porteuses de projets (collectivités et leurs groupements, entreprises, associations, projet citoyens, bailleurs sociaux, syndic de copropriété ...).
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ces projets devront répondre aux critères d&amp;#039;éligibilité suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Production énergétique à des fins d&amp;#039;autoconsommation (
+  &lt;em&gt;
+   individuelle ou collective
+  &lt;/em&gt;
+  ) sans ou avec vente de surplus (
+  &lt;strong&gt;
+   sans tarif d&amp;#039;obligation d&amp;#039;achat ou complément de rémunération
+  &lt;/strong&gt;
+  ). Les projets en vente en gré à gré ou en revente à un autre agrégateur que EDF obligation d&amp;#039;achat.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Avoir une puissance d&amp;#039;installation de minimum 10 kwc
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles comprennent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les équipements de production énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  le raccordement au réseau ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux pour l&amp;#039;accueil des installations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les honoraires d&amp;#039;assistance technique ou frais de maîtrise d&amp;#039;œuvre.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S169" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T169" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U169" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V169" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/developpement-des-energies-renouvelables-electriques</t>
+        </is>
+      </c>
+      <c r="W169" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.iledefrance.fr/</t>
+        </is>
+      </c>
+      <c r="X169" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contacter l&amp;#039;adresse : aap-enr-elec&amp;#64;iledefrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y169" s="1" t="inlineStr">
+        <is>
+          <t>cae.admin@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z169" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/83b6-developpement-du-photovoltaique/</t>
+        </is>
+      </c>
+      <c r="AA169" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB169" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC169" s="1" t="inlineStr">
+        <is>
+          <t>Région Île-de-France</t>
+        </is>
+      </c>
+      <c r="AE169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF169" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG169" s="1" t="inlineStr">
+        <is>
+          <t>12/04/2023</t>
+        </is>
+      </c>
+      <c r="AH169" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="170" spans="1:34" customHeight="0">
+      <c r="A170" s="1">
+        <v>140764</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Produire de la chaleur à partir d'énergies renouvelables et de récupération</t>
+        </is>
+      </c>
+      <c r="E170" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du Jura (Syndicat mixte d’énergies, d’équipements et de e-communication)</t>
+        </is>
+      </c>
+      <c r="G170" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H170" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="J170" s="1" t="inlineStr">
+        <is>
+          <t>Taux variable selon opération. Concerne des  projets de taille modeste (&lt; aux seuils du Fonds chaleur ADEME) grâce à un dispositif de mutualisation.</t>
+        </is>
+      </c>
+      <c r="K170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h1&gt;
+ Développer les énergies renouvelables thermiques (biomasse, solaire, géothermie superficielle)
+&lt;/h1&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dispositif d&amp;#039;accompagnement :
+  Fonds Chaleur de l&amp;#039;ADEME
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Objectifs:
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ -- valoriser les ressources du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - favoriser l&amp;#039;activité locale
+&lt;/p&gt;
+&lt;p&gt;
+ - réduire les émissions de gaz à effet de serre
+&lt;/p&gt;
+&lt;p&gt;
+ - s&amp;#039;affranchir des énergies fossiles
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chaufferie bois (granulés, plaquettes forestières) avec ou sans réseau de chaleur, production d&amp;#039;eau chaude sanitaire solaire, géothermie sur sondes ou sur nappe
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N170" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O170" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Différents critères techniques d&amp;#039;éligibilité à respecter
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S170" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T170" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U170" s="1" t="inlineStr">
+        <is>
+          <t>Jura</t>
+        </is>
+      </c>
+      <c r="V170" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sidec-jura.com</t>
+        </is>
+      </c>
+      <c r="X170" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  SIDEC du Jura
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue Maurice Chevassu
+&lt;/p&gt;
+&lt;p&gt;
+ 39000 LONS-LE-SAUNIER
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  &lt;strong&gt;
+   Contact :
+  &lt;/strong&gt;
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  transitionenergetique&amp;#64;sidec-jura.fr
+ &lt;/em&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  03 84 47 83 21
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y170" s="1" t="inlineStr">
+        <is>
+          <t>b.caron@sidec-jura.fr</t>
+        </is>
+      </c>
+      <c r="Z170" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0c04-produire-de-la-chaleur-a-partir-denergies-ren/</t>
+        </is>
+      </c>
+      <c r="AA170" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB170" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC170" s="1" t="inlineStr">
+        <is>
+          <t>SIDEC du JURA</t>
+        </is>
+      </c>
+      <c r="AE170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF170" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG170" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="AH170" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="171" spans="1:34" customHeight="0">
+      <c r="A171" s="1">
+        <v>70580</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Financer le développement des installations solaires thermiques</t>
+        </is>
+      </c>
+      <c r="E171" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G171" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="K171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région Occitanie soutient le développement de projets solaires thermiques auprès des entreprises, des collectivités, des établissements publics, des associations et des bailleurs sociaux
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Contexte et objectifs
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Devenir &amp;#34;Région à Energie Positive&amp;#34; nécessite d&amp;#039;accompagner les maîtres d&amp;#039;ouvrage dans la réalisation d&amp;#039;investissements en faveur des énergies renouvelables et en particulier pour des projets solaires thermiques.
+&lt;/p&gt;
+&lt;p&gt;
+ &amp;#34;Ensemble multiplions par 3 notre production d&amp;#039;énergie renouvelable&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Montant: jusqu&amp;#039;à
+ &lt;strong&gt;
+  50%
+ &lt;/strong&gt;
+ de l&amp;#039;assiette éligible
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O171" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  1) Aides aux études
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ : les bureaux d&amp;#039;études et experts doivent disposer des qualifications ou références justifiant la compétence dans le domaine concerné par la prestation.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les coûts éligibles
+ &lt;/strong&gt;
+ sont notamment les frais d&amp;#039;ingénierie, frais de secrétariat, les frais de déplacement pour les visites de sites et les réunions, les mesures nécessaires et les frais de reprographie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2) Aides aux investissements
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les aides aux investissements concernent les projets des installations solaires collectives centralisées de production d&amp;#039;eau chaude sanitaire (ECS). Les installations sont considérées comme collectives dès lors qu&amp;#039;elles répondent à un besoin en ECS collectif ou professionnel, quels que soient la surface de capteurs installée et le statut du maître d&amp;#039;ouvrage.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles
+ &lt;/strong&gt;
+ : les entreprises, les collectivités territoriales, les établissements publics, les associations et les bailleurs sociaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères d&amp;#039;éligibilité
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  réalisation préalable d&amp;#039;une étude de faisabilité pour les installations ayant une surface de capteurs supérieure à 25 m2 ou fiche descriptive complétée pour les installations ayant une surface de capteurs inférieure à 25 m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  capteurs solaires certifiés (CSTBat ou SolarKeymark) ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  respect des ratios de besoins en Eau Chaude Sanitaire (ECS) préconisés du groupe SOCOL http://www.solaire-collectif.fr/fr/les-outils.htm ou mesures des besoins réels en ECS à partir de mesures in situ ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  schéma de l&amp;#039;installation proposée conforme à l&amp;#039;un des schémas SOCOL retenus ou sur le site SOCOL : http://www.solaire-collectif.fr/fr/les-outils.htm ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  productivité minimale de l&amp;#039;installation solaire supérieure à 450 kWh/an.m2 ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en place d&amp;#039;un télésuivi simplifié des performances sur toutes les installations collectives financées avec système d&amp;#039;alerte et maintenance curative ;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en service dynamique de l&amp;#039;installation selon les préconisations SOCOL.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Dépenses éligibles : les coûts d&amp;#039;investissement éligibles sont :
+&lt;/strong&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les coûts des composants de l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les coûts des équipements de régulation et suivi énergétique, les frais de main d&amp;#039;œuvre liée à l&amp;#039;installation solaire,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les frais de maîtrise d&amp;#039;œuvre liée à l&amp;#039;installation solaire.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Obligation du maître d&amp;#039;ouvrage
+  &lt;/strong&gt;
+  : le maître d&amp;#039;ouvrage devra équiper son installation de compteurs énergétiques et fournir les relevés de production de la première année de fonctionnement pour le paiement du solde.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces communes à toutes les demandes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Courrier de sollicitation.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dossier administratif de demande de financement (à demander auprès des contacts notés au dos du dépliant).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les propositions technico-financières du ou des bureaux d&amp;#039;études.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les qualifications des bureaux d&amp;#039;études ou les références justifiant la compétence dans le domaine concerné par l&amp;#039;étude.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour une demande d&amp;#039;aide aux investissements :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Étude de faisabilité réalisée ou fiche descriptive de l&amp;#039;installation solaire thermique pour les installations inférieures à 25m2.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des entreprises pour l&amp;#039;installation solaire, précisant notamment les nombre, marque et type de capteurs et le matériel de comptage énergétique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis de la prestation de télésuivi avec système d&amp;#039;alerte. Plan d&amp;#039;implantation des capteurs.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma hydraulique de l&amp;#039;installation.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S171" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T171" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U171" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V171" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Aide-regionale-au-developpement-des-installations-solaires-thermiques</t>
+        </is>
+      </c>
+      <c r="X171" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 31, 32, 46, 65, 81 et 82 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ François Olasz - francois.olasz&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 12, 30, 34 et 48 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Wilfried Hachet - wilfried.hachet&amp;#64;laregion.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les départements 09, 11 et 66 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Joël Nayet - joel.nayet&amp;#64;laregion.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y171" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z171" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/056d-aide-regionale-au-developpement-des-installat/</t>
+        </is>
+      </c>
+      <c r="AA171" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB171" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AE171" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF171" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG171" s="1" t="inlineStr">
+        <is>
+          <t>06/11/2020</t>
+        </is>
+      </c>
+      <c r="AH171" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="172" spans="1:34" customHeight="0">
+      <c r="A172" s="1">
+        <v>56191</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E172" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G172" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H172" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="J172" s="1" t="inlineStr">
+        <is>
+          <t>Intervention dans le cadre d'un transfert de compétence énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="K172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le SDEC ENERGIE étudie, finance, construit et exploite l&amp;#039;installation de production électrique photovoltaïque. Il intervient dans le cadre d&amp;#039;un transfert de compétence &amp;#34;énergies renouvelables&amp;#34;, sur décision de son bureau syndical et après avis de sa commission Transition Energétique.
+ Le bâtiment support de l&amp;#039;installation reste dans le patrimoine de la collectivité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La valorisation de l&amp;#039;électricité peut être par vente totale ou en autoconsommation, en bénéficiant au bâtiment où l&amp;#039;installation est construite.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement de l&amp;#039;opération est assuré par les fonds propres de la régie &amp;#34;énergies renouvelables&amp;#34; du syndicat, les dotations des partenaires, éventuellement la vente d&amp;#039;électricité et au besoin, une contribution de la collectivité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N172" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O172" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide intervient dans le cadre d&amp;#039;un transfert de compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S172" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T172" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U172" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V172" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X172" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y172" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z172" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e396-installer-une-chaufferie-bois-energie-substit/</t>
+        </is>
+      </c>
+      <c r="AA172" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB172" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC172" s="1" t="inlineStr">
+        <is>
+          <t>SDEC ENERGIE</t>
+        </is>
+      </c>
+      <c r="AE172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF172" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG172" s="1" t="inlineStr">
+        <is>
+          <t>06/08/2020</t>
+        </is>
+      </c>
+      <c r="AH172" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="173" spans="1:34" customHeight="0">
+      <c r="A173" s="1">
+        <v>56182</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Etudier l'opportunité technique et économique d'une installation photovoltaïque en toiture</t>
+        </is>
+      </c>
+      <c r="E173" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energies du Calvados (SDEC ENERGIE)</t>
+        </is>
+      </c>
+      <c r="G173" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H173" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;étude est réalisée par le SDEC ENERGIE qui prend en charge l&amp;#039;intégralité de son coût (estimé à 1400€/étude).
+&lt;/p&gt;
+&lt;p&gt;
+ Elle porte sur l&amp;#039;opportunité de réaliser un projet solaire photovoltaïque en toiture d&amp;#039;un bâtiment public, en vente totale ou en autoconsommation, dans la limite d&amp;#039;une étude par an par collectivité.&lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N173" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Transition énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O173" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S173" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U173" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V173" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sdec-energie.fr/guide-interactif-des-aides-financi%C3%A8res</t>
+        </is>
+      </c>
+      <c r="X173" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+  energie&amp;#64;sdec-energie.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 31 06 61 80
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y173" s="1" t="inlineStr">
+        <is>
+          <t>flemaire@sdec-energie.fr</t>
+        </is>
+      </c>
+      <c r="Z173" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3c8-realiser-letude-energetique-dun-batiment-etud/</t>
+        </is>
+      </c>
+      <c r="AA173" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB173" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC173" s="1" t="inlineStr">
+        <is>
+          <t>SDEC ENERGIE</t>
+        </is>
+      </c>
+      <c r="AE173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF173" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG173" s="1" t="inlineStr">
+        <is>
+          <t>06/08/2020</t>
+        </is>
+      </c>
+      <c r="AH173" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="174" spans="1:34" customHeight="0">
+      <c r="A174" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E174" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G174" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H174" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N174" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Artisanat
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O174" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P174" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S174" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U174" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W174" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X174" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y174" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z174" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA174" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB174" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Changement des fenêtres/portes d’un bâtiment public
+Construction d’une cantine scolaire
+Construction d’un éclairage public
+Construction d’une école
+Construction d'une piscine
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création de logements sociaux
+Création d’un city park / city stade / terrain multisports
+Création d’une bibliothèque municipale
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Création d’un terrain de football
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Installation de ralentisseur
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Mise en place d’un système de vidéo-protection
+Réfection/aménagement de la voirie
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Restauration du patrimoine religieux
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC174" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF174" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG174" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="AH174" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" spans="1:34" customHeight="0">
+      <c r="A175" s="1">
+        <v>146793</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Déployer un dispositif d’accompagnement aux énergies renouvelables thermiques pour les collectivités, entreprises, bailleurs et associations</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Contrat chaleur renouvelable</t>
+        </is>
+      </c>
+      <c r="E175" s="1" t="inlineStr">
+        <is>
+          <t>Ademe - Direction régionale Hauts-de-France</t>
+        </is>
+      </c>
+      <c r="G175" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H175" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J175" s="1" t="inlineStr">
+        <is>
+          <t>Au forfait ou en %</t>
+        </is>
+      </c>
+      <c r="K175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Approuvé en février 2021, le Plan Climat Air Energie Territorial (PCAET) permet de développer fortement les énergies renouvelables et de récupération (EnR&amp;amp;R). La MEL vise ainsi une multiplication par 2,3 de la production locale entre 2016 et 2030.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour ce faire, la MEL déploie un contrat de chaleur renouvelable pour une première période de 3 ans. Financé par l&amp;#039;ADEME dans le cadre du Fonds Chaleur, il vise à accompagner financièrement et techniquement les acteurs du territoire (hors particuliers) : communes, entreprises, industries, bailleurs sociaux, copropriétés, équipements médico-sociaux, acteurs agricoles - souhaitant produire des énergies renouvelables thermiques (géothermie, biomasse, solaire thermique, réseaux, récupération de chaleur fatale).
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif est ouvert à des projets de toute taille (bâtiment neuf, réhabilitation, changement de production de chaleur) et offre un soutien technique et financier pour :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   l&amp;#039;accompagnement en ingénierie,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le financement des études de diagnostic, de faisabilité et missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le financement des investissements.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Quel financement ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Jusqu&amp;#039;à 70 % pour les études,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Selon les barèmes forfaitaires du fond chaleur ADEME pour les travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Sur les 3 prochaines années, près de 8 M€ d&amp;#039;aides pour la chaleur renouvelable seront apportés aux acteurs du territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Financement d&amp;#039;une chaudiere biomasse pour une médiateque
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;une installation solaire thermique pour un établissement de santé
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;un raccordement de deux copropriétés au réseau de chaleur urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Financement d&amp;#039;une étude de faisabilité pour une opération de géothermie
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O175" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tout d&amp;#039;acteur hors particulier
+&lt;/p&gt;
+&lt;p&gt;
+ Critères du fond chaleur
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S175" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T175" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U175" s="1" t="inlineStr">
+        <is>
+          <t>Métropole Européenne de Lille</t>
+        </is>
+      </c>
+      <c r="V175" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lillemetropole.fr/chaleur-renouvelable-la-mel-accompagne-les-projets-de-son-territoire</t>
+        </is>
+      </c>
+      <c r="W175" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches.lillemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X175" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Alexandre Pauvert :
+   &lt;a target="_self"&gt;
+    a.pauvert&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Maxime Lassalle :
+   &lt;a target="_self"&gt;
+    m.lassalle&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a target="_self"&gt;
+    enr&amp;#64;lillemetropole.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y175" s="1" t="inlineStr">
+        <is>
+          <t>apauvert@lillemetropole.fr</t>
+        </is>
+      </c>
+      <c r="Z175" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/80db-contrat-chaleur-renouvelable-metropole-europe/</t>
+        </is>
+      </c>
+      <c r="AA175" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB175" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AC175" s="1" t="inlineStr">
+        <is>
+          <t>Métropole Européenne de Lille</t>
+        </is>
+      </c>
+      <c r="AE175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF175" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG175" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2023</t>
+        </is>
+      </c>
+      <c r="AH175" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="176" spans="1:34" customHeight="0">
+      <c r="A176" s="1">
+        <v>161710</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Réalisez votre projet de Pompe à Chaleur (PAC) solaire grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Installation de pompes à chaleur solaire pour la production d’eau chaude </t>
+        </is>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G176" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H176" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L176" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points ont été pris en compte :&lt;/p&gt;&lt;ol type="1"&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin :&lt;/strong&gt; réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins :&lt;/strong&gt; raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale : &lt;/strong&gt;étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;Considération des autres ENR disponibles localement : étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100 °C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les installations de pompes à chaleur (PAC) solaires éligibles au Fonds Chaleur sont les opérations de production d&amp;#039;eau chaude sanitaire (ECS) à destination de logement collectif et des secteurs Tertiaire, Industrie et Agriculture comprenant les établissements ayant des usages ECS durant toute l’année.&lt;/p&gt;&lt;p&gt;Après avoir réalisé une &lt;strong&gt;étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projetée, qui vous conforte dans votre choix d’investir, n’hésitez pas à déposer un dossier de demande d’aide.&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’un &lt;strong&gt;montant forfaitaire&lt;/strong&gt; en fonction la quantité de chaleur produite par l’installation.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité et de vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N176" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O176" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S176" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U176" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V176" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude</t>
+        </is>
+      </c>
+      <c r="X176" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y176" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z176" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-pompes-a-chaleur-solaire-pour-la-production-deau-chaude/</t>
+        </is>
+      </c>
+      <c r="AA176" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB176" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AE176" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF176" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG176" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH176" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="177" spans="1:34" customHeight="0">
+      <c r="A177" s="1">
+        <v>161736</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un soutien financier à la réalisation de groupes de projets ayant recours à de la chaleur d'origine renouvelable et de récupération</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Contrat Chaleur Renouvelable</t>
+        </is>
+      </c>
+      <c r="E177" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G177" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H177" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L177" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiez d&amp;#039;un &lt;strong&gt;financement pour développer les énergies   renouvelables thermiques et de récupérations&lt;/strong&gt; sur votre territoire ou votre   patrimoine.&lt;/p&gt;&lt;p&gt;Vous êtes une organisation (collectivité, entreprise ou association)   souhaitant vous engager sur le développement maîtrisé des EnR&amp;amp;R thermiques   sur votre territoire ou sur votre patrimoine ? Le Contrat Chaleur Renouvelable se présente sous la forme d&amp;#039;un contrat unique qui permet de &lt;strong&gt;financer un groupe de projets&lt;/strong&gt; qui, pris singulièrement, peuvent ne pas être éligibles au Fonds Chaleur. &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Par ailleurs, ce contrat permet de passer par &lt;strong&gt;une seule candidature pour un ensemble de projets toutes filières EnR&amp;amp;R thermiques confondues&lt;/strong&gt; et à différentes phases, de l’étude du potentiel au suivi de l’installation.&lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable patrimonial, d’une durée maximale de 6 ans, vous permet de bénéficier d’aides financières   sur les études et les investissements pour développer des projets EnR&amp;amp;R thermiques sur votre propre patrimoine. &lt;/p&gt;&lt;p&gt;Le Contrat Chaleur Renouvelable territorial, d&amp;#039;une durée de 4 ans, vous permet de développer des projets d&amp;#039;EnR&amp;amp;R thermiques sur votre territoire via des &lt;strong&gt;aides à l&amp;#039;investissement et aux études&lt;/strong&gt;. Il vous permet également de bénéficier d’une &lt;strong&gt;aide à l’animation   territoriale&lt;/strong&gt; destinée à faire émerger les projets et à accompagner les   porteurs de projets.&lt;/p&gt;&lt;p&gt;Vous pouvez retrouver l&amp;#039;ensemble des conditions d’éligibilités et de financement de chaque filière EnR&amp;amp;R éligible au Contrat Chaleur Renouvelable sur les pages agir suivantes :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-production-chaleur-biomasse-bois"&gt;Biomasse&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-production-chaleur-froid-renouvelable-a-partir-geothermie"&gt;Géothermie de surface&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/extension-creation-reseaux-chaleur-froid"&gt;Réseau de chaleur&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-pompes-a-chaleur-solaire-production-deau-chaude" rel="noreferrer noopener"&gt;Pompe à chaleur solaire&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installations-systemes-solaires-combines" rel="noreferrer noopener"&gt;Système solaire combiné&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique"&gt;Production d‘eau chaude via le solaire thermique&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a target="_blank" href="https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/realisation-dinstallations-recuperation-chaleur-fatale"&gt;Récupération de chaleur fatale&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Transition énergétique
+Réseaux de chaleur
+Biodiversité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O177" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S177" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U177" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V177" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/contrat-chaleur-renouvelable</t>
+        </is>
+      </c>
+      <c r="X177" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y177" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z177" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/contrat-chaleur-renouvelable/</t>
+        </is>
+      </c>
+      <c r="AA177" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB177" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AE177" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF177" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG177" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH177" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="178" spans="1:34" customHeight="0">
+      <c r="A178" s="1">
+        <v>161777</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser votre projet solaire thermique en métropole grâce à l’accompagnement financier du Fonds Chaleur</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Installation de production d'eau chaude solaire thermique </t>
+        </is>
+      </c>
+      <c r="E178" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G178" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H178" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L178" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une démarche de type « EnR&amp;#039;Choix », en privilégiant la sobriété, la mutualisation des moyens de production et la mobilisation de certaines EnR&amp;amp;R.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d&amp;#039;un investissement de chaleur renouvelable ou de récupération, le &lt;strong&gt;porteur devra démontrer que les points ont été pris en compte&lt;/strong&gt; :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;Réduction du besoin : &lt;/strong&gt;réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Mutualisation des besoins : &lt;/strong&gt;raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Récupération de chaleur fatale :&lt;/strong&gt; étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;Considération des autres ENR disponibles localement : &lt;/strong&gt;étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse).&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;&lt;strong&gt;La biomasse :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;La biomasse est une source d’énergie renouvelable abondante mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins.&lt;/li&gt;&lt;li&gt;La biomasse sera particulièrement pertinente pour des besoins hautes température (&amp;gt;90/100°C), ou lorsqu’aucune énergie locale (géothermie, solaire thermique, …) ne peut satisfaire le besoin.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le solaire thermique est une solution de production de chaleur renouvelable aux nombreux atouts.&lt;/p&gt;&lt;p&gt;Le Fonds Chaleur aide à financer toute typologie de &lt;strong&gt;projets de production d&amp;#039;eau chaude collective par la chaleur solaire &lt;/strong&gt;dans &lt;strong&gt;:&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les logements collectifs&lt;/li&gt;&lt;li&gt;le secteur tertiaire, l’industrie, l’agriculture&lt;/li&gt;&lt;li&gt;les opérations couplées à des réseaux de chaleur&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Les étapes :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1 - Réalisez d’abord une étude de faisabilité&lt;/strong&gt; pour qualifier le dimensionnement de l’installation et apporter l’information sur la productivité solaire utile de l’installation projeté. Cela vous confortera dans votre choix d’investir.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;2 - Déposez ensuite un dossier de demande d’aide.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;L’aide apportée est calculée sur la base d’une &lt;strong&gt;analyse économique&lt;/strong&gt; ou sur la base d’une &lt;strong&gt;aide forfaitaire&lt;/strong&gt; en fonction de la zone géographique d’implantation de l’installation, et de la surface de l’installation solaire.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, &lt;strong&gt;l’ADEME vous accompagne sur toutes les phases de votre projet :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;note d’opportunité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;étude de faisabilité&lt;br /&gt;&lt;/li&gt;&lt;li&gt;assistance à maîtrise d’ouvrage&lt;br /&gt;&lt;/li&gt;&lt;li&gt;conseils&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche. Tout cela est conçu pour vous guider, préciser les critères d’éligibilité et vous apporter un éclairage technique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O178" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S178" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U178" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V178" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/2024/installation-production-deau-chaude-solaire-thermique</t>
+        </is>
+      </c>
+      <c r="X178" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y178" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z178" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installation-de-production-deau-chaude-solaire-thermique/</t>
+        </is>
+      </c>
+      <c r="AA178" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB178" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Mise en place d’un réseau de chaleur</t>
+        </is>
+      </c>
+      <c r="AE178" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF178" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG178" s="1" t="inlineStr">
+        <is>
+          <t>27/02/2024</t>
+        </is>
+      </c>
+      <c r="AH178" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="179" spans="1:34" customHeight="0">
+      <c r="A179" s="1">
+        <v>154978</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l’acquisition de matériel pour l’entretien de la voirie</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>ACQUISITION DE MATÉRIEL DE VOIRIE</t>
+        </is>
+      </c>
+      <c r="E179" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G179" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H179" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I179" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J179" s="1" t="inlineStr">
+        <is>
+          <t>ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - Taux porté à 40 % pour l'acquisition de véhicule électrique (ramené à 35% en fonction du potentiel financier</t>
+        </is>
+      </c>
+      <c r="K179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à l&amp;#039;acquisition de matériel pour l&amp;#039;entretien de la voirie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O179" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Communes de moins de 5 000 habitants
+ &lt;/li&gt;
+ &lt;li&gt;
+  EPCI dotés de la compétence en matière de voirie, quelle que soit leur population, pour les travaux qu&amp;#039;ils réalisent dans les communes dont la population est inférieure à 5 000 habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Les communautés d&amp;#039;agglomération ou communauté urbaine et la Métropole, ainsi que les communes
+ qui la composent, sont exclues de ce dispositif d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Acquisition de matériel roulant neuf ou d&amp;#039;occasion pour l&amp;#039;entretien de la voirie : tracteur multifonctions immatriculé, véhicule léger et fourgon, camion, camion-grue, balayeuse, broyeur à branches, épareuse, bras de fauchage, épandeur à sel, lame de déneigement, remorque, benne, chargeur pour tracteur, désherbeuse.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses exclues :
+ &lt;/strong&gt;
+ Les tondeuses à gazon tractées, poussées et portées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/Plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 5.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 50.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Au titre d&amp;#039;un même exercice budgétaire, un maître d&amp;#039;ouvrage peut présenter plusieurs demandes de subvention dans la limite de la dépense subventionnable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S179" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T179" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U179" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V179" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/acquisition-de-materiel-de-voirie/</t>
+        </is>
+      </c>
+      <c r="W179" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X179" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y179" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z179" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6b0f-aider-au-maintien-et-au-developpement-des-bat/</t>
+        </is>
+      </c>
+      <c r="AA179" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB179" s="1" t="inlineStr">
+        <is>
+          <t>Réfection/aménagement de la voirie</t>
+        </is>
+      </c>
+      <c r="AC179" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="AE179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF179" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG179" s="1" t="inlineStr">
+        <is>
+          <t>21/11/2023</t>
+        </is>
+      </c>
+      <c r="AH179" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="180" spans="1:34" customHeight="0">
+      <c r="A180" s="1">
+        <v>105335</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des associations sportives, socio-éducatives, sanitaires, sociales et culturelles</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Equipements sportifs, socio-éducatifs, sanitaires, sociaux et culturels</t>
+        </is>
+      </c>
+      <c r="E180" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="G180" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H180" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="I180" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="K180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutien financier en faveur des équipements (matériels, véhicules ...) et travaux sur des équipements sportifs, socio-éducatifs et culturels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Matériels, véhicules, immobilier
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O180" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dépense comprise entre 5 000 € et 20 000 € TTC, &lt;/p&gt;
+&lt;p&gt;Acquisition de véhicules : Dépense comprise entre 3 000 € et 25 000 € TTC.&lt;/p&gt;
+&lt;p&gt;
+ Dépôt de la demande avant le démarrage des investissements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S180" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T180" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U180" s="1" t="inlineStr">
+        <is>
+          <t>Morbihan</t>
+        </is>
+      </c>
+      <c r="V180" s="1" t="inlineStr">
+        <is>
+          <t>https://morbihan.fr</t>
+        </is>
+      </c>
+      <c r="W180" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.morbihan.fr</t>
+        </is>
+      </c>
+      <c r="X180" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction Générale Adjointe Education, Culture, Attractivité, Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Direction des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Hôtel du département – 2 rue de Saint-Tropez – CS 82400 – 56009 Vannes cedex
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél. : 02 97 54 80 26
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : direction.territoires&lt;a href="mailto:sat&amp;#64;morbihan.fr" rel="noopener" target="_blank"&gt;&amp;#64;morbihan.fr &lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y180" s="1" t="inlineStr">
+        <is>
+          <t>direction.territoires@morbihan.fr</t>
+        </is>
+      </c>
+      <c r="Z180" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/49c2-soutenir-les-investissements-des-associations/</t>
+        </is>
+      </c>
+      <c r="AA180" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB180" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Aménagement d’une aire de jeux
+Construction d’un gymnase
+Création d’un terrain de football
+Gestion d'une base nautique
+Isolation du bâtiment
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC180" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Morbihan</t>
+        </is>
+      </c>
+      <c r="AE180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF180" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG180" s="1" t="inlineStr">
+        <is>
+          <t>06/12/2021</t>
+        </is>
+      </c>
+      <c r="AH180" s="1" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="181" spans="1:34" customHeight="0">
+      <c r="A181" s="1">
+        <v>120499</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Ouvrir une Petite Cantine dans mon quartier</t>
+        </is>
+      </c>
+      <c r="E181" s="1" t="inlineStr">
+        <is>
+          <t>Les Petites Cantines
+Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G181" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H181" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I181" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J181" s="1" t="inlineStr">
         <is>
           <t>Co-financement à hauteur de 50%</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L40" s="1" t="inlineStr">
+      <c r="K181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Une Petite Cantine, c&amp;#039;est une
  &lt;strong&gt;
   grande salle à manger de quartier,
  &lt;/strong&gt;
  où les convives
  &lt;strong&gt;
   s&amp;#039;accueillent et se rencontrent,
  &lt;/strong&gt;
  en cuisine comme à table, autour de
  &lt;strong&gt;
   repas durables, participatifs et à prix libre,
  &lt;/strong&gt;
  pour tisser des
  &lt;strong&gt;
   relations de qualité
  &lt;/strong&gt;
  et contribuer à la construction d&amp;#039;une société fondée sur la
  &lt;strong&gt;
   confiance.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;em&gt;
    Envie de monter une Petite Cantine ?
   &lt;/em&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Grâce au
  &lt;strong&gt;
   soutien de la Région Île-de-France
  &lt;/strong&gt;
  pour les projets socialement innovants, vous pouvez bénéficier de &lt;strong&gt;5&lt;/strong&gt;&lt;strong&gt;0.000€ pour vous aider à monter votre projet !
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le
  &lt;strong&gt;
   Réseau des Petites Cantines vous accompagne pas à pas
  &lt;/strong&gt;
  dans le montage de votre cantine de quartier à travers un accompagnement gratuit : bienvenue dans la communauté apprenante !
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M40" s="1" t="inlineStr">
+      <c r="M181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;13 Petites Cantines
  &lt;/strong&gt;
  sont déjà en activité à
  &lt;strong&gt;
   Paris, Lyon, Croix, Strasbourg, Annecy, Oullins et Grenoble.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  12 autres sont en cours de montage et accompagnées par le réseau des Petites Cantines.
 &lt;/p&gt;
 &lt;p&gt;
  Plus d&amp;#039;infos sur
  &lt;strong&gt;
   &lt;a rel="noopener" target="_blank"&gt;
    www.lespetitescantines.org
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N181" s="1" t="inlineStr">
         <is>
           <t>Alimentation</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O181" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   Qui peut monter une Petite Cantine?
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;accompagnement s&amp;#039;adresse à des
   &lt;strong&gt;
    équipes de porteurs de projet
   &lt;/strong&gt;
   (2-3 personnes), car on croit très fort que seul on va plus vite, mais qu&amp;#039;ensemble, on va plus loin !
  &lt;/li&gt;
  &lt;li&gt;
   On estime qu&amp;#039;une
   &lt;strong&gt;
    disponibilité de 4 à 5 jours par semaine
   &lt;/strong&gt;
   (cumulé entre les porteurs de projet) pendant au moins 1 an est confortable pour monter le projet
  &lt;/li&gt;
  &lt;li&gt;
   Où monter une Petite Cantine ? Partout  ! Ce qui facilite la réussite du projet : s&amp;#039;implanter dans une
   &lt;strong&gt;
    ville de plus de 20 000 habitants et dans un quartier à forte mixité d&amp;#039;usage
   &lt;/strong&gt;
   (des habitants, des travailleurs, des commerçants...)
  &lt;/li&gt;
  &lt;li&gt;
   La posture : être à l&amp;#039;aise dans un climat d&amp;#039;incertitude, et en capacité d&amp;#039;impulser de la confiance.
   &lt;strong&gt;
    Posture proactive, d&amp;#039;écoute, de curiosité, de contribution, et de transparence
   &lt;/strong&gt;
   sur les forces et les fragilités de chacun.
  &lt;/li&gt;
  &lt;li&gt;
   Les compétences ? On recherche avant tout la
   &lt;strong&gt;
    complémentarité au sein de l&amp;#039;équipe
   &lt;/strong&gt;
   de porteurs de projet. Parmi les compétences utiles : capacité à gérer des projets, à fédérer et mobiliser différentes parties prenantes, recherche de financement, comptabilité, gestion de chantier...
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S181" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T181" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U181" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V181" s="1" t="inlineStr">
         <is>
           <t>http://www.lespetitescantines.org</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X181" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Prêt à vous lancer, à faire votre premier petit pas, à en parler autour de vous ? On se donne
  &lt;strong&gt;
   rendez-vous en session ça mijote, en visio, pour échanger et vous donner plus d&amp;#039;informations :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   👉 Détails et inscriptions : &lt;a target="_self"&gt;www.lespetitescantines.org&lt;/a&gt; &lt;/strong&gt;&lt;strong&gt;!
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Et pour toute question, contactez-nous :
  &lt;strong&gt;
   &lt;a href="mailto:nousrejoindre&amp;#64;lespetitescantines.org" rel="noopener" target="_blank"&gt;
    nousrejoindre&amp;#64;lespetitescantines.org
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   ou
   &lt;a href="mailto:enviedagir&amp;#64;lespetitescantines.org" rel="noopener" target="_blank"&gt;
    enviedagir&amp;#64;lespetitescantines.org
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y181" s="1" t="inlineStr">
         <is>
           <t>benedicte.pachod@lespetitescantines.org</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z181" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0219-et-si-tu-ouvrais-une-petite-cantine-dans-ton-/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA181" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC181" s="1" t="inlineStr">
+        <is>
+          <t>Les Petites Cantines Réseau</t>
+        </is>
+      </c>
+      <c r="AE181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF181" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG181" s="1" t="inlineStr">
+        <is>
+          <t>04/10/2022</t>
+        </is>
+      </c>
+      <c r="AH181" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G41" s="1" t="inlineStr">
+    <row r="182" spans="1:34" customHeight="0">
+      <c r="A182" s="1">
+        <v>144486</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Aider pour l'acquisition de matériel musical</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Aide pour l'acquisition de matériel musical</t>
+        </is>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G182" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
+      <c r="H182" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K41" s="1" t="inlineStr">
-[...13 lines deleted...]
- 0,98€ par repas servi (valeur 2015).
+      <c r="I182" s="1" t="inlineStr">
+        <is>
+          <t> Max : 45</t>
+        </is>
+      </c>
+      <c r="J182" s="1" t="inlineStr">
+        <is>
+          <t>Dépense subventionnable minimum 2 500 € H.T</t>
+        </is>
+      </c>
+      <c r="K182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;aide départementale peut être octroyée aux communes ou à des groupements de communes pour l&amp;#039;acquisition d&amp;#039;instruments de musique, de logiciels informatiques musicaux ou de périphériques, destinés à un usage gratuit.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide devra faire l&amp;#039;objet d&amp;#039;une seule demande annuelle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
-[...2 lines deleted...]
-Santé
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O182" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dépense minimum subventionnable est fixée à 2 500 € H.T.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention ne pourra pas être supérieur à 45 % du coût H.T. de l&amp;#039;acquisition de ces matériels.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention départementale sera plafonnée à 3 100 € pour les communes et à 10 000 € pour les groupements de communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S182" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T182" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U182" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V182" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=142</t>
+        </is>
+      </c>
+      <c r="X182" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:culture&amp;#64;landes.fr" target="_self"&gt;
+  culture&amp;#64;landes.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y182" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z182" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b5ea-aider-pour-lacquisition-de-materiel-musical/</t>
+        </is>
+      </c>
+      <c r="AA182" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC182" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF182" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG182" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH182" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="183" spans="1:34" customHeight="0">
+      <c r="A183" s="1">
+        <v>117417</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Faire appel à un Atelier et Chantier d’Insertion : restauration et aménagement du milieu naturel</t>
+        </is>
+      </c>
+      <c r="E183" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale d'insertion - Initiatives77
+ID77</t>
+        </is>
+      </c>
+      <c r="G183" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H183" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L183" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
+&lt;/p&gt;
+&lt;p&gt;
+ A propos d&amp;#039;Initiatives77 : Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
+&lt;/p&gt;
+&lt;p&gt;
+ Notre offre de service :
+ Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 crée des promenades (chemin en grave, platelage...), aménage des espaces verts et intervient dans vos espaces protégés (ENS, zones humides).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ces chantiers vous permettent de valoriser votre engagement pour :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rénovation ou l&amp;#039;embellissement de votre environnement et patrimoine naturel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plus d&amp;#039;infos  https://initiatives77.org/offre-services-collectivites-locales/
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment préparer l&amp;#039;intervention d&amp;#039;un ACI avec Initiatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier et Chantier d&amp;#039;Insertion s&amp;#039;organise en 4 étapes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  La co-construction du projet avec Initiatives77,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La validation des estimatifs et signature d&amp;#039;une convention,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le lancement du chantier assuré par un Chef de chantier (salarié d&amp;#039;Initiatives77),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le suivi du chantier et bilan de fin d&amp;#039;intervention.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Quelles sont les modalités d&amp;#039;accueil d&amp;#039;un ACI avec Initatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En règle générale, la collectivité achète les matériaux et prend à sa charge l&amp;#039;accueil du chantier d&amp;#039;insertion à savoir :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de stockage d&amp;#039;outils et des matériaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1001 euros par semaine (hors matériaux, matériels et logistique d&amp;#039;accueil). Si le bénéficiaire ne peut pas fournir les repas 8 euros/ personne / repas seront facturés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espaces verts
+Espace public
+Cohésion sociale et inclusion
 Education et renforcement des compétences
-Equipement public</t>
-[...2 lines deleted...]
-      <c r="O41" s="1" t="inlineStr">
+Biodiversité
+Equipement public
+Réhabilitation
+Animation et mise en réseau
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O183" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
-[...5 lines deleted...]
- Ne sont pas considérés comme ayant droit les élèves habitant la commune siège de la cantine ou ses hameaux distants de moins de trois kilomètres, même dans le cas d&amp;#039;un regroupement pédagogique, et les élèves accueillis dans une école ne dépendant pas de leur secteur scolaire.
+      <c r="R183" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S183" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U183" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V183" s="1" t="inlineStr">
+        <is>
+          <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
+        </is>
+      </c>
+      <c r="W183" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X183" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;br /&gt;
+Mail : id77&amp;#64;departement77.fr
+&lt;br /&gt;
+Téléphone : 01 64 14 73 56</t>
+        </is>
+      </c>
+      <c r="Y183" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z183" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ed52-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
+        </is>
+      </c>
+      <c r="AA183" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB183" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Restauration écologique / continuité écologique</t>
+        </is>
+      </c>
+      <c r="AC183" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF183" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG183" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH183" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="184" spans="1:34" customHeight="0">
+      <c r="A184" s="1">
+        <v>120384</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'acquisition de matériel de mesure pour les rivières</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>ACQUISITION DE MATERIEL DE MESURES RIVIERES</t>
+        </is>
+      </c>
+      <c r="E184" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G184" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H184" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I184" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="K184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectifs
+&lt;/h3&gt;
+&lt;p&gt;
+ Financer l&amp;#039;acquisition de matériel de mesure.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Matériel et formation, le cas échéant, dans la limite de 40 000 € HT.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ 30 % du montant retenu.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération de la collectivité demandant une aide financière à laquelle doivent être joints les éléments indiqués dans les annexes du règlement Rivières pour les pièces complémentaires.
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039;instruction ne sera faite qu&amp;#039;une fois le dossier complet reçu. Il est recommandé de solliciter l&amp;#039;aide en fin d&amp;#039;année n-1 ou au 1
+ er
+ trimestre de l&amp;#039;année n.
+ &lt;br /&gt;
+ Dépôt dématérialisé via la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Téléservice
+  &lt;/strong&gt;
+  : Environnement et Energie
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dispositif
+  &lt;/strong&gt;
+  : Aménagement et travaux de rivières
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Selon les dispositions du règlement départemental Rivières du 18 novembre 2019
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Règlement départemental Rivières du 18 novembre 2019.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="N184" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau</t>
+        </is>
+      </c>
+      <c r="O184" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Tout matériel nécessaire aux mesures quantitatives sur les cours d&amp;#039;eau, aux prélèvements d&amp;#039;eau, à la réalisation de mesures topographiques, hydrologiques, hydrogéologiques, liminimétriques ou encore à l&amp;#039;utilisation de données....
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ – Matériel déjà financé dans un délai inférieur à 5 ans.
+ &lt;br /&gt;
+ – Tout matériel non destiné à la métrologie ou l&amp;#039;acquisition de connaissances
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ EPCI et syndicats ayant la compétence GEMAPI sur les bassins versants drômois de moins de 50 000 habitants
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S184" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T184" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U184" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V184" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/acquisition-de-materiel-de-mesures-rivieres/</t>
+        </is>
+      </c>
+      <c r="X184" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;Environnement – Service de la Gestion de l&amp;#039;Eau
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Audrey BONNEFOY
+ &lt;/strong&gt;
+ , Cheffe de Service  –
+ &lt;strong&gt;
+  Tél :  04 75 79 82 63
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nicolas RICCIO,
+ &lt;/strong&gt;
+ Chargé de la Programmation des aides,
+ &lt;strong&gt;
+  Tél : 04 75 79 81 29
+ &lt;/strong&gt;
+ –
+ &lt;a rel="noopener" target="_blank"&gt;
+  nriccio&amp;#64;ladrome.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y184" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z184" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f48-acquisition-de-materiel-de-mesure-rivieres/</t>
+        </is>
+      </c>
+      <c r="AA184" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC184" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE184" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF184" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG184" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH184" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:34" customHeight="0">
+      <c r="A185" s="1">
+        <v>120355</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel pour les structures culturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>AIDES A L'ACQUISITION DE MATERIEL POUR LES STRUCTURES CULTURELLES ET PATRIMONIALES</t>
+        </is>
+      </c>
+      <c r="E185" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G185" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H185" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K185" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aider les structures culturelles et patrimoniales à acquérir du petit matériel et équipement indispensables à la réalisation directe du projet ou de la pratique de leur activité.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Associations et sociétés coopératives (type : scop, scic) dont le chiffre d&amp;#039;affaire est inférieur à 300 000€,  collectivités  au  potentiel  financier  inférieur  à  1,3  millions  d&amp;#039;euro  (potentiel  financier  de l&amp;#039;année N-1 dont le calcul est fixé par l&amp;#039;article L.2334-4 du code général des collectivités locales), œuvrant dans le secteur culturel et patrimonial.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ L&amp;#039; aide à l&amp;#039;acquisition de matériel est une subvention d&amp;#039;investissement
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Achat de matériel incluant éventuellement une part d&amp;#039;installation et/ou de formation
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Aide plafonnée à 80 % des dépenses subventionnables Hors Taxes.
+ &lt;br /&gt;
+ Pas de financement inférieur à 500 €
+ &lt;br /&gt;
+ Pas de financement supérieur à 5000 €
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  statuts et procès verbal de la dernière Assemblée Générale pour les associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  relevé d&amp;#039;identité bancaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  budget prévisionnel annuel et budget du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  bilan comptable et compte de résultat
+ &lt;/li&gt;
+ &lt;li&gt;
+  devis détaillé du matériel
+ &lt;/li&gt;
+ &lt;li&gt;
+  descriptif du projet et de la structure détaillé précisant les objectifs, usages et destinataires du matériel
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépôt des dossiers : Le dossier doit être déposé sur la plateforme dématérialisée des demandes de subvention du Département de la Drôme  Dépôt des dossiers via la plate-forme
+ &lt;strong&gt;
+  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+   Drôme Démat&amp;#039;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléservice
+ &lt;/strong&gt;
+ : Culture et Patrimoine
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Dispositif
+ &lt;/strong&gt;
+ : Acquisition d&amp;#039;équipement culturel et patrimoine
+&lt;/p&gt;
+&lt;p&gt;
+ Le dossier réputé complet est instruit par les services de la Direction Culture &amp;amp; Patrimoine, ceux-ci peuvent solliciter un rendez-vous avec le porteur de projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers sont ensuite présentés à la commission technique départementale composée de techniciens de la Direction Culture et Patrimoine et présidée par le Vice-président du secteur. Au moins deux sessions sont proposées chaque année aux porteurs de projets. Cette commission rend un avis consultatif.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;avis de la commission est ensuite soumis à la délibération de la commission permanente du Conseil départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas d&amp;#039;acceptation, une notification est alors adressée au porteur de projet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Le porteur de projet aura jusqu&amp;#039;au
+ &lt;strong&gt;
+  31 décembre de la deuxième année suivant l&amp;#039;année du vote
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ pour justifier de la réalisation de l&amp;#039;investissement, en fournissant un bilan moral et financier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département se réserve la possibilité de proratiser l&amp;#039;aide dans le cas où le budget réalisé présenterait un écart supérieur à -25% du budget prévisionnel.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de réajustement substantiel du budget, le bénéficiaire doit en informer le Département. Il s&amp;#039;engage également à informer le Département dans les plus brefs délais si une modification importante ou une annulation du projet intervient.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département se réserve le droit de demander toute pièce justificative.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération n°8539 du 20 septembre 2021
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O185" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Achat de matériel spécifique à vocation culturelle, artistique ou patrimoniale :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  matériel scénique
+ &lt;/li&gt;
+ &lt;li&gt;
+  matériel audiovisuel et de projection
+ &lt;/li&gt;
+ &lt;li&gt;
+  matériel d&amp;#039;exposition, scénographie, muséographie
+ &lt;/li&gt;
+ &lt;li&gt;
+  matériel facilitant l&amp;#039;accessibilité pour les personnes en situation de handicap
+ &lt;/li&gt;
+ &lt;li&gt;
+  matériel de conservation, d&amp;#039;étude et de valorisation pérenne
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Exclusion
+&lt;/h3&gt;
+&lt;p&gt;
+ Le matériel générique (bureautique, mobilier, véhicule,...) est exclu de la présente aide à l&amp;#039;acquisition de matériel, à l&amp;#039;exception du mobilier de rangement et de présentation des bibliothèques
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S185" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U185" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V185" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aides-a-lacquisition-de-materiel-pour-les-structures-culturelles-et-patrimoniales/</t>
+        </is>
+      </c>
+      <c r="X185" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Direction CULTURE ET PATRIMOINE- Service Développement Culturel
+  Tél : 04 75 79 26 01
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   &lt;a href="mailto:culture&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+    culture&amp;#64;ladrome.fr
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+    &lt;span&gt;
+     Ouvre une nouvelle fenêtre
+    &lt;/span&gt;
+   &lt;/a&gt;
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y185" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z185" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98fa-aides-a-lacquisition-de-materiel-pour-les-str/</t>
+        </is>
+      </c>
+      <c r="AA185" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC185" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE185" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF185" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG185" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH185" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:34" customHeight="0">
+      <c r="A186" s="1">
+        <v>117159</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Faire appel à un Atelier Chantier d’Insertion : entretien et rénovation du patrimoine bâti</t>
+        </is>
+      </c>
+      <c r="E186" s="1" t="inlineStr">
+        <is>
+          <t>ID77</t>
+        </is>
+      </c>
+      <c r="G186" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H186" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Favoriser l&amp;#039;insertion professionnelle grâce à des travaux d&amp;#039;intérêt social avec l&amp;#039;agence départementale d&amp;#039;insertion, Initiatives77.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  A propos d&amp;#039;Initiatives77 :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Créé en 1991, Initiatives77 est un organisme associé du Conseil Départemental de Seine-et-Marne chargé de promouvoir toutes les actions de nature à favoriser l&amp;#039;insertion professionnelle : l&amp;#039;accès à l&amp;#039;emploi, la formation et l&amp;#039;insertion par le logement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Notre offre de service :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de ses Ateliers et Chantiers d&amp;#039;Insertion (ACI), Initiatives77 entretient et rénove votre patrimoine (mise en accessibilité, lavoirs, écoles, murs de cimetières, puits, monuments à préserver...). Ces chantiers vous permettent de valoriser votre engagement pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement et la formation des personnes éloignées du marché du travail,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La rénovation ou l&amp;#039;embellissement de votre territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment préparer l&amp;#039;intervention d&amp;#039;un ACI avec Initiatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Atelier et Chantier d&amp;#039;Insertion s&amp;#039;organise en 4 étapes :
+ &lt;br /&gt;
+ 1. La co-construction du projet avec Initiatives77
+ &lt;br /&gt;
+ 2. La validation des estimatifs et signature d&amp;#039;une convention,
+ &lt;br /&gt;
+ 3. Le lancement du chantier assuré par un Chef de chantier (salarié d&amp;#039;Initiatives77),
+ &lt;br /&gt;
+ 4. Le suivi du chantier et bilan de fin d&amp;#039;intervention.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Quelles sont les modalités d&amp;#039;accueil d&amp;#039;un ACI avec Initatives77 ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En règle générale, la collectivité achète les matériaux et prend à sa charge l&amp;#039;accueil du chantier d&amp;#039;insertion à savoir :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les repas des salariés en insertion et du Chef de chantier (entre 8 et 12 salariés), via la cantine scolaire, par exemple,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de vie (vestiaire, accès à des sanitaires, salle de restauration...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les lieux de stockage d&amp;#039;outils et des matériaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Si les travaux ont une durée de plus de 2 mois, un comité de pilotage est composé le temps du chantier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût d&amp;#039;intervention d&amp;#039;un chantier d&amp;#039;insertion est de 1.001€ par semaine (hors matériaux, matériels et logistique
+ &lt;br /&gt;
+ d&amp;#039;accueil).
+ &lt;br /&gt;
+ Si la collectivité locale ne peut pas fournir les repas, ils lui seront facturés à hauteur de 8€00 par personne et par repas.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Animation et mise en réseau
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O186" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R186" s="1" t="inlineStr">
+        <is>
+          <t>Collectivités de Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="S186" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U186" s="1" t="inlineStr">
+        <is>
+          <t>Seine-et-Marne</t>
+        </is>
+      </c>
+      <c r="V186" s="1" t="inlineStr">
+        <is>
+          <t>https://initiatives77.org/offre-services-collectivites-locales/</t>
+        </is>
+      </c>
+      <c r="W186" s="1" t="inlineStr">
+        <is>
+          <t>https://www.id77.fr/fr/offres</t>
+        </is>
+      </c>
+      <c r="X186" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sylvie ROGNON, Directrice du G.I.P. ID77
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
+  id77&amp;#64;departement77.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 01 64 14 73 56
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y186" s="1" t="inlineStr">
+        <is>
+          <t>id77@departement77.fr</t>
+        </is>
+      </c>
+      <c r="Z186" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5bcd-faire-appel-a-un-atelier-chantier-dinsertion-/</t>
+        </is>
+      </c>
+      <c r="AA186" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB186" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Rénovation du gymnase</t>
+        </is>
+      </c>
+      <c r="AC186" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF186" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG186" s="1" t="inlineStr">
+        <is>
+          <t>23/03/2022</t>
+        </is>
+      </c>
+      <c r="AH186" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:34" customHeight="0">
+      <c r="A187" s="1">
+        <v>95079</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'acquisition de matériel sportif</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’acquisition de matériel sportif</t>
+        </is>
+      </c>
+      <c r="E187" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G187" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H187" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les ligues et comités sportifs régionaux
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Les comités départementaux et les clubs exclusivement pour l&amp;#039;acquisition de matériel à destination de la pratique handisport et/ou sport adapté
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Toute structure rattachée au Comité Régional Olympique et Sportif du Grand Est (CROS GE), gérant un stock de matériel mis à disposition des associations du territoire.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Achat de matériels sportifs restant la propriété de la ligue (ou de la structure rattachée au CROS GE) et pouvant être mis à disposition des clubs qui lui sont affiliés.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Achat de matériels sportifs spécifiques à l&amp;#039;accueil de publics en situation de handicap et destinés à la pratique handisport et/ou sport adapté
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Matériel technique (vidéo, chronométrage, etc.),
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Matériel sportif spécifique à une discipline ou en permettant la promotion,
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Acquisition d&amp;#039;un véhicule de 9 places minimum pour le transport de sportifs ou un véhicule destiné au transport de matériel sportif volumineux dans la limite d&amp;#039;une acquisition par discipline et par olympiade.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;p&gt;
+ Taux maxi : 30 % du coût prévisionnel d&amp;#039;achat TTC
+Remarque : le montant de la subvention allouée ne peut être inférieur à 800€.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N187" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O187" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P187" s="1" t="inlineStr">
+        <is>
+          <t>30/11/2016</t>
+        </is>
+      </c>
+      <c r="S187" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U187" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V187" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-a-lacquisition-de-materiel-sportif/</t>
+        </is>
+      </c>
+      <c r="W187" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0007/depot/simple</t>
+        </is>
+      </c>
+      <c r="X187" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  En cas de doute, veuillez s&amp;#039;il vous plaît vérifier votre possibilité éligibilité auprès des services avant de constituer un dossier
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:marie.lenarsic&amp;#64;grandest.fr"&gt;
+    Marie LENARSIC
+   &lt;/a&gt;
+   – 03 87 33 63 05
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Avant de faire votre demande en ligne, consultez le :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+  mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  guide utilisateurs
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y187" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z187" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9e26-soutien-a-lacquisition-de-materiel-sportif/</t>
+        </is>
+      </c>
+      <c r="AA187" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE187" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF187" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG187" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH187" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:34" customHeight="0">
+      <c r="A188" s="1">
+        <v>120340</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel pour les équipements sportifs locaux utilises par les collégiens</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>ACQUISITION DE MATERIEL POUR LES EQUIPEMENTS SPORTIFS LOCAUX UTILISES PAR LES COLLEGIENS</t>
+        </is>
+      </c>
+      <c r="E188" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G188" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H188" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K188" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Aider les Communes ou Communautés de Communes propriétaires d&amp;#039;équipements sportifs à acquérir du matériel.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Coût HT des achats.
+&lt;/p&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ De 60 à 80 % selon le potentiel fiscal par habitant de la commune.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Délibération du conseil municipal sollicitant la subvention.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Devis des achats.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Instruction interne au service (bien fondé de la demande).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délibération de la Commission permanente.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à l&amp;#039;acquisition de matériel pour les équipements sportifs locaux utilisés par les collégiens
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Copies des factures des achats réalisés.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases réglementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibérations des 21 janvier 1997 et 15 janvier 2001.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N188" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Jeunesse
+Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O188" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Achat de matériel sportif qui sera utilisé par les collégiens.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S188" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U188" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V188" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/acquisition-de-materiel-pour-les-equipements-sportifs-locaux-utilises-par-les-collegiens/</t>
+        </is>
+      </c>
+      <c r="X188" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Direction Éducation Jeunesse Sport – Service Programmation –
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   LAMDAOUI Zaia
+  &lt;/strong&gt;
+  –
+ Tél : 04 81 66 88 21
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y188" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z188" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6acd-acquisition-de-materiel-pour-les-equipements-/</t>
+        </is>
+      </c>
+      <c r="AA188" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB188" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC188" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE188" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF188" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG188" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH188" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:34" customHeight="0">
+      <c r="A189" s="1">
+        <v>50028</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Financer les travaux d’efficacité énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour l’efficacité et la performance énergétique des bâtiments</t>
+        </is>
+      </c>
+      <c r="E189" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G189" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H189" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;🚩&lt;/p&gt;&lt;p&gt;Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;________________________________________________________________________&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un maître
+d’ouvrage privé ou une entreprise du secteur tertiaire, un maître d’ouvrage
+public (collectivité territoriale, EPCI, établissement de l&amp;#039;État, SEM, SPL) ou
+encore un industriel engagé dans une démarche de réduction de consommation
+énergétique ou de décarbonation de vos process ? Vous souhaitez réduire la
+consommation d’énergie et les émissions de gaz à effet de serre de vos bâtiments,
+bénéficier d’une démarche d’accompagnement pour favoriser la conduite du
+changement ou du soutien d’un tiers de confiance, ou encore être soutenu dans
+le développement de solutions de décarbonation innovantes ? La Banque des
+Territoires vous accompagne à travers différentes offres d’investissement, en
+fonction de vos besoins et de vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Ces solutions
+d’investissement permettent ainsi de financer la rénovation des bâtiments
+tertiaires publics, selon différentes modalités : par exemple MGPE (Marchés
+Publics Globaux de Performance Energétique) à paiement différé, ou MPPE
+(Marchés de Partenariat de Performance Energétique), avec ou sans création de
+SAS ou SEMOp. Nous finançons également les entreprises publiques locales
+(sociétés d’économie mixte, sociétés publiques locales). Selon des modalités
+particulières, nous accompagnons également les projets concernant les bâtiments
+tertiaires privés. Enfin, l’efficacité énergétique et la décarbonation de
+l’industrie peuvent également faire l’objet de financement, selon certains
+prérequis.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O189" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S189" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T189" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U189" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V189" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-efficacite-energetique-batiments?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=efeb_psat</t>
+        </is>
+      </c>
+      <c r="X189" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y189" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z189" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-travaux-efficacite-energetique-batiment/</t>
+        </is>
+      </c>
+      <c r="AA189" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB189" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un réseau de chaleur
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC189" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF189" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG189" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2020</t>
+        </is>
+      </c>
+      <c r="AH189" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:34" customHeight="0">
+      <c r="A190" s="1">
+        <v>145008</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Financer des investissements pour la transition énergétique : réseaux de chaleur, production d'énergies renouvelables et rénovation globale</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Fonds énergies</t>
+        </is>
+      </c>
+      <c r="E190" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G190" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H190" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Fonds Energies a été instauré le 14 avril 2023. Il est doté de 100 millions d&amp;#039;euros d&amp;#039;ici 2030. Les dossiers de demande de subvention doivent être envoyés au fil de l&amp;#039;eau par voie dématérialisée à
+ &lt;strong&gt;
+  fondsenergies&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ . L&amp;#039;attribution des subventions est réalisée par le Conseil métropolitain et chaque projet fait l&amp;#039;objet d&amp;#039;une convention spécifique.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidats auront démontré la performance environnementale de leur projet et qu&amp;#039;il s&amp;#039;inscrit dans l&amp;#039;une des thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Production d&amp;#039;énergie renouvelable ou de récupération locale
+  &lt;/strong&gt;
+  , par exemple géothermie de surface, géothermie profonde, solaire thermique, solaire photovoltaïque (hors revente totale), verdissement de réseau de chaleur (atteinte d&amp;#039;au moins 60% d&amp;#039;énergies renouvelables et de récupération), récupération de chaleur fatale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Extension/densification/création de réseaux de chaleur
+  &lt;/strong&gt;
+  alimentés à plus de 50% par des énergies renouvelables ou de récupération, raccordement d&amp;#039;un ou plusieurs bâtiments à un réseau de chaleur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rénovation énergétique performante de bâtiments tertiaires publics
+  &lt;/strong&gt;
+  répondant aux objectifs du décret tertiaire, et les travaux d&amp;#039;étanchéité et d&amp;#039;isolation de toitures en vue d&amp;#039;une solarisation. Les constructions neuves ne sont pas éligibles.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Projets expérimentaux d&amp;#039;ampleur métropolitaine qui accélèrent la transition énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création/extension/densification d&amp;#039;un réseau de chaleur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;une production de géothermie de surface pour un bâtiment public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique globale de bâtiments publics
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N190" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur</t>
+        </is>
+      </c>
+      <c r="O190" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes, les établissements publics territoriaux, les syndicats exerçant la compétence de distribution d&amp;#039;électricité ou la maîtrise d&amp;#039;ouvrage de réseaux de chaleur sur le territoire de la Métropole du Grand Paris, les autres établissements publics situés sur le territoire de la Métropole pour des projets d&amp;#039;ampleur métropolitaine et les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les candidats auront démontré qu&amp;#039;ils ont sollicité l&amp;#039;ensemble des aides existantes, notamment régionales et nationales, pour mener à bien la réalisation de leur projet.
+ &lt;/strong&gt;
+ Par exemple, pour la chaleur renouvelable, le fonds énergies a vocation à venir en complément des aides du fonds chaleur de l&amp;#039;ADEME ou l&amp;#039;AAP Chaleur renouvelable de la Région, pour s&amp;#039;assurer que des projets bénéfiques pour la transition énergétique du territoire voient bien le jour.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S190" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T190" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U190" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V190" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-energies</t>
+        </is>
+      </c>
+      <c r="X190" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fondsenergies&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y190" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z190" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ae70-financer-des-investissements-dans-la-transiti/</t>
+        </is>
+      </c>
+      <c r="AA190" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB190" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un réseau de chaleur
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC190" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="AE190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF190" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG190" s="1" t="inlineStr">
+        <is>
+          <t>07/07/2023</t>
+        </is>
+      </c>
+      <c r="AH190" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:34" customHeight="0">
+      <c r="A191" s="1">
+        <v>165181</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Acquérir du matériel et équipement agricole : investissements agro-environnementaux productifs</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de matériel et équipement agricole : investissements agro-environnementaux productifs</t>
+        </is>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'Eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="G191" s="1" t="inlineStr">
+        <is>
+          <t>Agriculteur</t>
+        </is>
+      </c>
+      <c r="H191" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I191" s="1" t="inlineStr">
+        <is>
+          <t> Max : 100</t>
+        </is>
+      </c>
+      <c r="K191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’objet de ces dispositifs d’aide est d’accompagner les agriculteurs 
+dans des changements de pratiques et de systèmes efficaces et durables 
+en cofinançant l’acquisition de matériel et équipement agricole ayant 
+pour objectifs de réduire les usages (fertilisation, produits 
+phytosanitaires, …), les transferts vers le milieu ou les sources 
+ponctuelles de pollution.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Sols
+Agriculture et agroalimentaire
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O191" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P191" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2025</t>
+        </is>
+      </c>
+      <c r="Q191" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2030</t>
+        </is>
+      </c>
+      <c r="R191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Il convient de se rapprocher du conseil régional pour connaître les conditions d’éligibilité propres à chaque dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S191" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T191" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U191" s="1" t="inlineStr">
+        <is>
+          <t>Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="V191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/aides/fiches-dispositif-12e-programme/agr/agr5-acquisition-de-materiel-et-equipement-agricole--investissem.html</t>
+        </is>
+      </c>
+      <c r="W191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-redevances.eau-loire-bretagne.fr/home/services-en-ligne/deposer-sa-demande-daide-en-ligne---rivage.html</t>
+        </is>
+      </c>
+      <c r="X191" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toute information complémentaire,
+ &lt;a href="https://agence.eau-loire-bretagne.fr/home/agence-de-leau/fonctionnement-de-lagence-de-leau/agence-eau-loire-bretagne-un-siege-et-5-delegations.html"&gt;
+  vous pouvez contacter votre direction régionale&lt;/a&gt;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y191" s="1" t="inlineStr">
+        <is>
+          <t>marie-nathalie.savignat@eau-loire-bretagne.fr</t>
+        </is>
+      </c>
+      <c r="Z191" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acquerir-du-materiel-et-equipement-agricole-investissements-agro-environnementaux-productifs/</t>
+        </is>
+      </c>
+      <c r="AA191" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC191" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Loire-Bretagne</t>
+        </is>
+      </c>
+      <c r="AE191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF191" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG191" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2025</t>
+        </is>
+      </c>
+      <c r="AH191" s="1" t="inlineStr">
+        <is>
+          <t>03/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:34" customHeight="0">
+      <c r="A192" s="1">
+        <v>94962</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Coopérer avec le Canton de Fribourg (Suisse)</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Coopération culturelle avec le Canton de Fribourg (Suisse)</t>
+        </is>
+      </c>
+      <c r="E192" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G192" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H192" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Les objectifs de cette coopération sont :
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter les déplacements d&amp;#039;artistes dans la région partenaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider l&amp;#039;accueil de spectacles, de concerts ou d&amp;#039;expositions de la région partenaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  encourager des coproductions entre acteurs et/ou opérateurs culturels des deux régions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  permettre l&amp;#039;accueil en résidence d&amp;#039;artistes professionnels de la région partenaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  aider la réalisation de projets communs entre institutions muséales ou centres d&amp;#039;art contemporain ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  susciter des espaces de discussion et de collaboration entre institutions et opérateurs culturels des deux régions ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir les acteurs culturels dans la région partenaire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Cette coopération s&amp;#039;applique aux domaines culturels suivants :
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  théâtre (y. c. marionnettes et cirque)
+ &lt;/li&gt;
+ &lt;li&gt;
+  danse
+ &lt;/li&gt;
+ &lt;li&gt;
+  musique vocale et instrumentale (y. c. musiques actuelles)
+ &lt;/li&gt;
+ &lt;li&gt;
+  arts visuels
+ &lt;/li&gt;
+ &lt;li&gt;
+  patrimoine (musées)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Soutien financier auprès du Canton de Fribourg :
+&lt;/h4&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un projet de coopération culturelle, vos partenaires fribourgeois ont également la possibilité de solliciter un soutien financier auprès du Canton de Fribourg.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Sports et loisirs
+Spectacle vivant
+Médias et communication</t>
+        </is>
+      </c>
+      <c r="O192" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P192" s="1" t="inlineStr">
+        <is>
+          <t>31/01/2018</t>
+        </is>
+      </c>
+      <c r="S192" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U192" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V192" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/cooperation-culturelle-canton-de-fribourg-suisse/</t>
+        </is>
+      </c>
+      <c r="W192" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0034/depot/simple</t>
+        </is>
+      </c>
+      <c r="X192" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus de renseignements ou pour solliciter ce soutien, contactez : Canton de Fribourg Direction de l&amp;#039;instruction publique, de la culture et du sport (DICS) Service de la culture Rue Frédéric-Chaillet 11, 1700 Freiburg T &amp;#43;41 26 305 12 81 fribourg-culture&amp;#64;fr.ch.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+  Guide utilisateurs du portail des aides dématérialisées
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+  Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  —
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ Pour toute question, vous pouvez envoyer un mail à l&amp;#039;adresse suivante :
+ &lt;br /&gt;
+ &lt;a href="mailto:culture-europe-transfrontalier&amp;#64;grandest.fr"&gt;
+  culture-europe-transfrontalier&amp;#64;grandest.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y192" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z192" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ebd4-cooperation-culturelle-avec-le-canton-de-frib/</t>
+        </is>
+      </c>
+      <c r="AA192" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE192" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF192" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG192" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH192" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:34" customHeight="0">
+      <c r="A193" s="1">
+        <v>78193</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les Coopératives d'Utilisation de Matériel Agricole (CUMA) dans leurs acquisitions de matériel</t>
+        </is>
+      </c>
+      <c r="E193" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="G193" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H193" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I193" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 40</t>
+        </is>
+      </c>
+      <c r="J193" s="1" t="inlineStr">
+        <is>
+          <t>Le taux d'intervention est de 10 à 40 % selon le type de matériel</t>
+        </is>
+      </c>
+      <c r="K193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département soutient l&amp;#039;achat de matériel en première acquisition et en renouvellement par les Coopératives d&amp;#039;Utilisation de Matériel Agricole (CUMA).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O193" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seul le matériel neuf est éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ La demande de subvention comprend le courrier de demande de subvention et le(s) devis.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département intervient selon les modalités suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Matériel en première acquisition :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - 20 % du coût H.T. pour les tracteurs, outils de travail du sol, matériels liés à l&amp;#039;environnement, dessileuses automotrices, bétaillères équipées de couloirs de contention ou couloirs de contention seuls et camions bétaillère,
+&lt;/p&gt;
+&lt;p&gt;
+ - 10 % du coût H.T. pour les autres matériels,
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Matériel en renouvellement : le taux d&amp;#039;aide est défini en fonction de l&amp;#039;enveloppe restante, appliqué à une dépense subventionnable correspondant à 40 % du coût H.T. du matériel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La durée de validité de l&amp;#039;aide est de 2 ans.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S193" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T193" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U193" s="1" t="inlineStr">
+        <is>
+          <t>Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="X193" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service Ruralité et Economie Résidentielle
+&lt;/p&gt;
+&lt;p&gt;
+ Jocelyne SASSERE
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 05.62.56.78.33
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : jocelyne.sassere&amp;#64;ha-py.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y193" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.divoux@ha-py.fr</t>
+        </is>
+      </c>
+      <c r="Z193" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2670-soutenir-les-cooperationves-dutilisation-de-m/</t>
+        </is>
+      </c>
+      <c r="AA193" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC193" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Hautes-Pyrénées</t>
+        </is>
+      </c>
+      <c r="AE193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF193" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG193" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2021</t>
+        </is>
+      </c>
+      <c r="AH193" s="1" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:34" customHeight="0">
+      <c r="A194" s="1">
+        <v>152466</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Aider à la transition énergétique du patrimoine bâti des collectivités</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>TRANSITION ENERGETIQUE DU PATRIMOINE COMMUNAL ET INTERCOMMUNAL</t>
+        </is>
+      </c>
+      <c r="E194" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="G194" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H194" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I194" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 62</t>
+        </is>
+      </c>
+      <c r="J194" s="1" t="inlineStr">
+        <is>
+          <t>Taux communal ou intercommunal bonifié ( de + 10% à + 20%)</t>
+        </is>
+      </c>
+      <c r="K194" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aider à la construction et à la rénovation du patrimoine bâti des collectivités en termes de performance énergétique, de développement des énergies renouvelables, d&amp;#039;éclairage public performant et de mise en œuvre d&amp;#039;une mobilité durable.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Installation de panneaux solaires photovoltaïques sur le toit de l&amp;#039;école primaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de fenêtres à double vitrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du réseau de chauffage urbain à Chaleurville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Amélioration de l&amp;#039;efficacité énergétique des bâtiments publics de Lumino-Ville
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de systèmes de récupération d&amp;#039;eau de pluie dans les bâtiments municipaux de Pluiebourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation énergétique des bâtiments historiques du Vieilbourg
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N194" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O194" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;div&gt;
+  &lt;table&gt;
+   &lt;tbody&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Dépenses éligibles
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Taux de financement
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         Observations
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        RENOVATION ENERGETIQUE DES BATIMENTS
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        &lt;span&gt;
+         XX
+        &lt;/span&gt;
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation des bâtiments communaux ou intercommunaux en termes de performances énergétiques.
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        Travaux éligibles
+       &lt;/strong&gt;
+       &lt;strong&gt;
+        :
+       &lt;/strong&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - Isolation des combles
+       &lt;br /&gt;
+       - Isolation des murs
+       &lt;br /&gt;
+       - Isolation du plancher bas
+       &lt;br /&gt;
+       - Changement des menuiseries sur au moins
+       &lt;br /&gt;
+       20 % des surfaces restantes
+       &lt;br /&gt;
+       - Traitement de l&amp;#039;étanchéité à l&amp;#039;air
+       &lt;br /&gt;
+       - Chauffage à haut rendement / condensation
+       &lt;br /&gt;
+       - Ventilation simple flux performante ou double flux
+       &lt;br /&gt;
+       - Rénovation de l&amp;#039;éclairage intérieur
+       &lt;br /&gt;
+       - Régulation, distribution et émission de chauffage
+       &lt;br /&gt;
+       - Utilisation d&amp;#039;une énergie renouvelable
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;isolants biosourcés
+       &lt;br /&gt;
+       - Mise en place d&amp;#039;une télégestion énergétique
+       &lt;br /&gt;
+       - Systèmes passifs d&amp;#039;amélioration du confort d&amp;#039;été (isolation renforcée, brise soleil...)
+       &lt;br /&gt;
+       - Régulation de l&amp;#039;éclairage, ventilation
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 15 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique compris entre 15 % et 30%
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       &lt;br /&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       Gain énergétique supérieur à 30 %
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+       &lt;br /&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        CONSTRUCTION DE BATIMENTS ENERGETIQUEMENT EXEMPLAIRES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         ;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Construction de bâtiments à énergie passive (BEPAS) ou positive (BEPOS) dans une optique de transition énergétique.
+      &lt;/p&gt;
+      &lt;p&gt;
+       Construction de bâtiments biosourcés (label), matériaux issus de ressources naturelles renouvelables majoritairement d&amp;#039;origine végétale (bois, chanvre, lin, coton recyclé, ouate de cellulose, paille de blé...)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 20 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       800 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        DEVELOPPEMENT DES ENERGIES RENOUVELABLES
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         #9bd2ff;XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire photovoltaïque
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal
+       &lt;br /&gt;
+       &amp;#43; 10 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+      &lt;/p&gt;
+      &lt;p&gt;
+       250 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bois énergie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 50 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Solaire thermique
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à 1 000 € HT/m2
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Géothermie
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux fixe 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense plafonnée à
+       &lt;br /&gt;
+       200 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        ECLAIRAGE PUBLIC PERFORMANT
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Travaux de rénovation de l&amp;#039;éclairage public par de l&amp;#039;éclairage à économie d&amp;#039;énergie performant (type LED) dans les communes de moins de
+       &lt;br /&gt;
+       3 500 habitants *
+      &lt;/p&gt;
+      &lt;p&gt;
+       Dispositifs intelligents de modulation de l&amp;#039;éclairage public
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       150 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;strong&gt;
+        MOBILITE DURABLE ET CIRCULATIONS DOUCES (VOIR THEMATIQUE CIRCULATIONS DOUCES)
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       &lt;span&gt;
+        &lt;strong&gt;
+         XX
+        &lt;/strong&gt;
+       &lt;/span&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Bornes de recharge accélérées et bornes de recharge rapides (super chargeurs) pour véhicules électriques -
+       &lt;strong&gt;
+        uniquement pour les projets sous maîtrise d&amp;#039;ouvrage d&amp;#039;un syndicat d&amp;#039;énergie.
+       &lt;/strong&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux 50 %
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à :
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 10 000 € HT pour les bornes dites accélérées en
+       &lt;em&gt;
+        courant alternatif (AC) entre 16 A (3,7 kW en monophasé, 11kW en triphasé) et 32 A (7,4kW en monophasé, 22kW en triphasé) et pour les bornes dédiées collectivités territoriales en courant alternatif (AC) 7kVA sur domaine privé
+       &lt;/em&gt;
+      &lt;/p&gt;
+      &lt;p&gt;
+       - 40 000 € HT pour les bornes dites rapides (super chargeurs) (
+       &lt;em&gt;
+        courant continu (DC) entre 50kW et 250kW).
+       &lt;/em&gt;
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+    &lt;tr&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Acquisition neuves ou d&amp;#039;occasion par les communes de moins de 10.000 habitants, pour leurs services techniques, de véhicules utilitaires légers hybrides ou électriques.
+       &lt;br /&gt;
+       (1 véhicule par bénéficiaire tous les 5 ans)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Taux communal ou intercommunal bonifié (&amp;#43; 10 %)
+      &lt;/p&gt;
+     &lt;/td&gt;
+     &lt;td&gt;
+      &lt;p&gt;
+       Dépense subventionnable plafonnée à
+       &lt;br /&gt;
+       20 000 € HT
+      &lt;/p&gt;
+     &lt;/td&gt;
+    &lt;/tr&gt;
+   &lt;/tbody&gt;
+  &lt;/table&gt;
+ &lt;/div&gt;
+&lt;p&gt;
+ * Pour les travaux réalisés sous maîtrise d&amp;#039;ouvrage du Syndicat d&amp;#039;Energie de l&amp;#039;Oise (SE60) ou du Syndicat des Energies des Zones Est de l&amp;#039;Oise (SEZEO), le taux de financement retenu est le taux de la commune où sont réalisés les travaux cela afin de ne pas pénaliser les communes rurales délégataires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES EXCLUES :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   travaux d&amp;#039;entretien.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S194" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T194" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U194" s="1" t="inlineStr">
+        <is>
+          <t>Oise</t>
+        </is>
+      </c>
+      <c r="V194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.oise.fr/actions/aide-aux-communes</t>
+        </is>
+      </c>
+      <c r="W194" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aidesetsubventions.oise.fr</t>
+        </is>
+      </c>
+      <c r="X194" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de l&amp;#039;Oise
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ DGA Réussites éducatives, citoyennes et territoriales
+ &lt;br /&gt;
+ Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
+ &lt;br /&gt;
+ Direction adjointe des territoires, des sports et de la vie associative
+ &lt;br /&gt;
+ Service de l&amp;#039;aide aux communes
+ &lt;br /&gt;
+ Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
+ &lt;br /&gt;
+ Téléphone : 03.44.06.63.27
+ &lt;br /&gt;
+ Mél :
+ &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
+  aideauxcommunes&amp;#64;oise.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y194" s="1" t="inlineStr">
+        <is>
+          <t>contact-aidesetsubventions@oise.fr</t>
+        </is>
+      </c>
+      <c r="Z194" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6565-preparer-la-mise-en-uvre-doperations-de-renou/</t>
+        </is>
+      </c>
+      <c r="AA194" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB194" s="1" t="inlineStr">
+        <is>
+          <t>Construction d’une école
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC194" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="AE194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF194" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG194" s="1" t="inlineStr">
+        <is>
+          <t>19/10/2023</t>
+        </is>
+      </c>
+      <c r="AH194" s="1" t="inlineStr">
+        <is>
+          <t>09/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:34" customHeight="0">
+      <c r="A195" s="1">
+        <v>143387</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Sécuriser les déplacements piétons et maintenir l'accessibilité : chantiers urbains et piétons (Formation)</t>
+        </is>
+      </c>
+      <c r="E195" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G195" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H195" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette formation vous permettra de sécuriser les déplacements piétons aux abords de vos chantiers et de maintenir la continuité des itinéraires accessibles. Après des apports théoriques sur les enjeux de la mise en accessibilité des chantiers, le cadre réglementaire et les bonnes pratiques, des études de cas concrets et une sensibilisation sur le terrain seront proposées.
+&lt;/p&gt;
+&lt;p&gt;
+ Les cheminements piétons au sein des quartiers en chantier peuvent être difficilement praticables par tous. La mise en place des chantiers urbains est caractérisée à la fois par un espace public où cohabitent de nombreux usagers et de multiples usages, mais aussi par l&amp;#039;intervention d&amp;#039;une multitude d&amp;#039;acteurs. L&amp;#039;articulation entre ces différents intervenants (maîtrise d&amp;#039;œuvre voirie, maîtrise d&amp;#039;œuvre bâti, entreprises et concessionnaires de réseaux) nécessite une surveillance en continu et une formation à cette problématique.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La prise en compte des piétons, lors de chantiers en milieu urbain, doit répondre à deux objectifs essentiels : garantir leur sécurité et leur confort, vis-à-vis des dangers liés aux travaux et à la circulation ; assurer la continuité de la chaîne du déplacement et maintenir son accessibilité.
+&lt;/p&gt;
+&lt;h4&gt;
+ Objectifs pédagogiques
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir la sécurité et le confort des déplacements des piétons pendant les chantiers.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître les besoins et les difficultés des personnes à mobilité réduite.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Connaître la réglementation accessibilité et identifier les bonnes pratiques en fonction du chantier.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Savoir sécuriser et signaler les chantiers, maintenir la continuité des itinéraires, informer les usagers.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Programme
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;em&gt;
+   Matinée : apports théoriques
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Déplacements piétons et sécurité aux abords des chantiers : introduction et enjeux
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cas pratique d&amp;#039;une personne en situation de handicap : quels impacts de la gestion du chantier sur ses déplacements ?
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cadre réglementaire et bonnes pratiques :
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la continuité des itinéraires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signaler, matérialiser, éclairer
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir les accès riverains, commerces et transports collectifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pause déjeuner
+  &lt;br /&gt;
+  &lt;br /&gt;
+  Après-midi : mise en pratique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Boîte à outils pour maintenir l&amp;#039;accessibilité en phase chantier
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de cas concrets et échanges de bonnes pratiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation sur le terrain : « vivre » l&amp;#039;expérience de handicap aux abords des chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Evaluation des acquis et bilan de la formation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Public
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;œuvre, conducteurs de travaux des entreprises de BTP
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bureaux d&amp;#039;étude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Niveau pré-requis
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Aucun pré-requis obligatoire.
+ &lt;br /&gt;
+ Une expérience en matière de pilotage de projets d&amp;#039;aménagement ou d&amp;#039;organisation de chantiers est un plus.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Outils pédagogiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Apports de connaissances théoriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Échanges sur des cas concrets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mises en situation sur le terrain
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Modalités d&amp;#039;évaluation
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Au cours de la formation, un dispositif d&amp;#039;évaluation pour vérifier l&amp;#039;atteinte des objectifs pédagogiques est mis en oeuvre par le formateur. A l&amp;#039;issue de la formation, le Cerema délivrera une attestation individuelle de formation, en fonction des résultats de l&amp;#039;évaluation des acquis.
+&lt;/p&gt;
+&lt;h3&gt;
+ Accessibilité de nos formations aux personnes en situation de handicap
+ &lt;br /&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ Nous prenons en compte les situations de handicap au cas par cas et adaptons nos prestations pour permettre à chacun de suivre nos formations.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Pour tout renseignement, merci de contacter le référent handicap
+&lt;/p&gt;
+&lt;h3&gt;
+ Délais d&amp;#039;accès
+&lt;/h3&gt;
+&lt;p&gt;
+ Délais d&amp;#039;accès à la formation : en moyenne 3 semaines entre la demande du bénéficiaire et le début de la prestation
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Valorisation d'actions
+Modes actifs : vélo, marche et aménagements associés
+Sécurité</t>
+        </is>
+      </c>
+      <c r="O195" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S195" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U195" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V195" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/formation-chantiers-urbains-pietons-securiser-deplacements-0</t>
+        </is>
+      </c>
+      <c r="X195" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y195" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z195" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8936-securiser-les-deplacements-pietons-et-mainten/</t>
+        </is>
+      </c>
+      <c r="AA195" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB195" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place de l’accessibilité dans les bâtiments publics</t>
+        </is>
+      </c>
+      <c r="AC195" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="AE195" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF195" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG195" s="1" t="inlineStr">
+        <is>
+          <t>15/06/2023</t>
+        </is>
+      </c>
+      <c r="AH195" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:34" customHeight="0">
+      <c r="A196" s="1">
+        <v>141752</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>​​Accompagner l'aménagement d’une cour d’école​</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>Cités éducatives</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d'espace (péri)scolaire</t>
+        </is>
+      </c>
+      <c r="E196" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G196" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H196" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans une démarche de co-design, s&amp;#039;appuyant sur un outil d&amp;#039;aide à la co-conception d&amp;#039;aménagement de vos espaces pédagogiques, nos équipes vous accompagnent dans la mise en place de la cour d&amp;#039;école de demain. L&amp;#039;objectif est de faciliter le travail en co-design pour qu&amp;#039;un collectif soit en mesure de créer des espaces pensés par et pour leurs utilisateurs et permettre une meilleure appropriation de ces espaces par leurs usagers pour les utiliser et les faire vivre.
+&lt;/p&gt;
+&lt;p&gt;
+ Prix : sur devis
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Une collectivité souhaite rénover la cour de récréation d&amp;#039;une de ses écoles.
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un projet par et pour ses utilisateurs co-piloté par l&amp;#039;Atelier Canopé de votre département.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les communautés impliquées dans le projet : les élus, les personnels de la collectivité, les personnels périscolaires, les enseignants, les parents d&amp;#039;élèves, les habitants du quartier... et bien entendu les élèves !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Un projet en quatre phases principales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   se projeter :
+  &lt;/strong&gt;
+  &lt;em&gt;
+   le rapport d&amp;#039;étonnement
+  &lt;/em&gt;
+  . Il s&amp;#039;agit d&amp;#039;observer l&amp;#039;existant, les pratiques qui y sont liées, les ressentis et les envies de l&amp;#039;ensemble des usagers de la cour et de ses abords comme ceux des personnels et élus municipaux.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   co-construire
+  &lt;/strong&gt;
+  :
+  &lt;em&gt;
+   le hackathon
+  &lt;/em&gt;
+  . Pendant une journée, entre 30 et 50 personnes se retrouveront pour construire des prototypes de réhabilitation à partir des conclusions du rapport d&amp;#039;étonnement via un hackathon. Des experts (services techniques, architectes, paysagers...) sont présents tout au long de la journée pour aider les équipes et les médiateurs Canopé accompagnent chacun des groupes. À l&amp;#039;issue de cette journée, un vote permet de faire émerger les trois projets les plus aboutis.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   finaliser
+  &lt;/strong&gt;
+  :
+  &lt;em&gt;
+   l&amp;#039;incubation
+  &lt;/em&gt;
+  . Les participants des trois projets retenus sont réunis pour une dernière journée de mise en commun des idées afin d&amp;#039;obtenir le projet qui sera mis en oeuvre.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   vivre
+  &lt;/strong&gt;
+  :
+  &lt;em&gt;
+   la formation et l&amp;#039;accompagnement
+  &lt;/em&gt;
+  . Une fois le chantier livré,  les enseignants et le service périscolaire seront accompagnés ; pour les aider à vivre et faire vivre ce nouvel espace, des ressources  et des formations adaptées aux enjeux leur seront proposées
+ &lt;/li&gt;
+&lt;/ol&gt;</t>
+        </is>
+      </c>
+      <c r="N196" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Transition énergétique
+Famille et enfance
+Cohésion sociale et inclusion
+Citoyenneté
+Education et renforcement des compétences
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O196" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette offre de service s&amp;#039;adresse à toutes les collectivités désireuses de faire travailler ensemble dans une démarche de co-design tous les partenaires impliqués et concernés par le projet de réaménagement d&amp;#039;un espace scolaire ou périscolaire au bénéfice du bien-être des élèves.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S196" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U196" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V196" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
+        </is>
+      </c>
+      <c r="X196" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département :
+ &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_self"&gt;
+  https://www.reseau-canope.fr/nous-trouver/
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y196" s="1" t="inlineStr">
+        <is>
+          <t>frederic.kapala@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z196" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/190f-accompagner-lamenagement-dune-cour-decole-fac/</t>
+        </is>
+      </c>
+      <c r="AA196" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB196" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages</t>
+        </is>
+      </c>
+      <c r="AC196" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé - Direction Territoriale Bourgogne - Franche-Comté</t>
+        </is>
+      </c>
+      <c r="AE196" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF196" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG196" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2023</t>
+        </is>
+      </c>
+      <c r="AH196" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:34" customHeight="0">
+      <c r="A197" s="1">
+        <v>138045</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les chantiers d'insertion</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Aide à l'investissement pour les chantiers d'insertion</t>
+        </is>
+      </c>
+      <c r="E197" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G197" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H197" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I197" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J197" s="1" t="inlineStr">
+        <is>
+          <t>Financement plafonné 50 % dans la limite de 7700 € par atelier et chantier d'insertion</t>
+        </is>
+      </c>
+      <c r="K197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il s&amp;#039;agit d&amp;#039;une aide à l&amp;#039;investissement pour les ateliers et chantiers d&amp;#039;insertion. C&amp;#039;est une subvention maximale de 7 700 euros attribuée dans la limite de 50% de la dépense globale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ Les ateliers et chantiers d&amp;#039;insertion agréés par le CDIAE, embauchant des bénéficiaires du RSA et dans le cadre d&amp;#039;un projet d&amp;#039;investissement bien fondé.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Demande à formuler auprès de la direction déléguée Action sociale Insertion
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+  &lt;/a&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Achat d&amp;#039;équipement de propreté et entretien.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>Cohésion sociale et inclusion
+Emploi</t>
+        </is>
+      </c>
+      <c r="O197" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S197" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T197" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U197" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V197" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Un-promoteur-du-lien-social,946.html</t>
+        </is>
+      </c>
+      <c r="X197" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction de la vie sociale (DIVIS)/Direction déléguée action sociale-insertion
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.41.47
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y197" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z197" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/51db-soutenir-les-chantiers-dinsertion/</t>
+        </is>
+      </c>
+      <c r="AA197" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC197" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF197" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG197" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="AH197" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:34" customHeight="0">
+      <c r="A198" s="1">
+        <v>137981</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les chantiers de jeunes</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux fonctionnement des chantiers de jeunes</t>
+        </is>
+      </c>
+      <c r="E198" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G198" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H198" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J198" s="1" t="inlineStr">
+        <is>
+          <t>Intérêt architectural ou historique 1.500€ / Patrimoine rural 1.200€ / Divers-Environnement 1.000€</t>
+        </is>
+      </c>
+      <c r="K198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide au fonctionnement par chantier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Public concerné :
+ &lt;/strong&gt;
+ tout public (département &amp;#43; international)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt;
+ Dossier de demande de financement
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Récurrence de l&amp;#039;aide :
+ &lt;/strong&gt;
+ par chantier
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide au chantier de jeune d&amp;#039;Allègre : construction d&amp;#039;un jardin médiéval
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse</t>
+        </is>
+      </c>
+      <c r="O198" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Chantier financé par la DRAJES et le porteur de projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S198" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T198" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U198" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V198" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Les-chantiers-de-jeunes.html</t>
+        </is>
+      </c>
+      <c r="X198" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Déléguée Education et Coopération
+&lt;/p&gt;
+&lt;p&gt;
+ Thomas Lhoste
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:thomas.lhoste&amp;#64;hauteloire.fr" target="_self"&gt;
+  thomas.lhoste&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.40.18
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y198" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z198" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/42db-soutenir-des-chantiers-de-jeunes/</t>
+        </is>
+      </c>
+      <c r="AA198" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC198" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF198" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG198" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="AH198" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:34" customHeight="0">
+      <c r="A199" s="1">
+        <v>120418</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Aider à l'investissement dans le matériel sportif et dans les travaux dans les locaux sportifs associatifs</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>AIDE A L'ACQUISITION DE MATERIEL SPORTS NATURE</t>
+        </is>
+      </c>
+      <c r="E199" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G199" s="1" t="inlineStr">
+        <is>
+          <t>Association</t>
+        </is>
+      </c>
+      <c r="H199" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I199" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J199" s="1" t="inlineStr">
+        <is>
+          <t>plancher de 770 € et plafond de 16 000 € (coût unitaire matériel), pour le coût TTC de l'opération</t>
+        </is>
+      </c>
+      <c r="K199" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Objectif :
+ &lt;/strong&gt;
+ aider les associations propriétaires d&amp;#039;équipements sportifs à faire des travaux et les comités sportifs à s&amp;#039;équiper en matériel.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Type d&amp;#039;aide et montant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;h3&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Subvention d&amp;#039;investissement.
+   &lt;/span&gt;
+   &lt;span&gt;
+    &lt;br /&gt;
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    &lt;span&gt;
+     Montant : p
+    &lt;/span&gt;
+    lancher de 770 €  et plafond de 16 000 € (coût unitaire matériel), pour le coût TTC de l&amp;#039;opération
+   &lt;/span&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    Taux : 40% du coût TTC
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;/h3&gt;
+&lt;h4&gt;
+ Instruction des dossiers - Demande dématérialisée
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt via la plateforme
+  &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+   Drôm&amp;#039;Démat
+  &lt;/a&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Sport et sport de nature
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Acquisition de matériel sportif et travaux dans des locaux sportifs et associatifs
+&lt;/p&gt;
+&lt;h4&gt;
+ Versement
+&lt;/h4&gt;
+&lt;p&gt;
+ Copies des factures acquittées de l&amp;#039;opération.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Opérations éligibles :
+ &lt;/strong&gt;
+ travaux ou achat de matériel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O199" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles les opérations suivantes :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Exclusions
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Travaux ou achat de matériel
+  &lt;/span&gt;
+  &lt;span&gt;
+   .
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Opérations en Maitrise d&amp;#039;Ouvrage communale ou intercommunale
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Véhicules
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;span&gt;
+   Matériel non dédié à la pratique sportive ou favorisant la pratique sportive
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles :
+ &lt;/strong&gt;
+ Clubs locaux et Comités sportifs départementaux
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S199" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T199" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U199" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V199" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aidefinanciere/aide-a-lacquisition-de-materiel-sports-nature/</t>
+        </is>
+      </c>
+      <c r="X199" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction Éducation Jeunesse Sport – Service Sport
+   – 04 75 79 81 71
+  &lt;a href="mailto:sport&amp;#64;ladrome.fr" rel="noopener" target="_blank"&gt;
+   sport&amp;#64;ladrome.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y199" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z199" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d51f-materiel-sportif-et-travaux-dans-les-locaux-s/</t>
+        </is>
+      </c>
+      <c r="AA199" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB199" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC199" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE199" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF199" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG199" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH199" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:34" customHeight="0">
+      <c r="A200" s="1">
+        <v>95043</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Élaborer un plan de désherbage ou un plan de gestion différenciée</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Élaboration d'un plan de gestion différenciée des espaces ouverts aux publics : acquisition de plants et matériel de désherbage</t>
+        </is>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G200" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H200" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Financement public total Région-Agence de l&amp;#039;eau de 80 %
+  &lt;/li&gt;
+  &lt;li&gt;
+   Plafond de 4 200 € HT
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Agriculture et agroalimentaire
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O200" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P200" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Communes ou groupement de communes mettant en œuvre un plan d&amp;#039;entretien des espaces communaux adapté aux objectifs de protection des ressources en eau.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Elaboration d&amp;#039;un plan de désherbage des espaces communaux ayant pour objet le repérage et le classement des zones traitées, avec évaluation des risques pour les ressources en eau. Le plan doit intégrer un diagnostic des pratiques communales en matière de traitement phytosanitaire. La commune doit s&amp;#039;engager par convention dans une démarche progressive et continue, avec la signature de la &amp;#34; charte de désherbage/d&amp;#039;entretien des espaces communaux &amp;#34;, celle-ci présentant 3 niveaux de mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les plans de désherbage et les plans de gestion différenciée des espaces.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S200" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U200" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V200" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/elaborer-plan-de-desherbage-plan-de-gestion-differenciee/</t>
+        </is>
+      </c>
+      <c r="W200" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0077/depot/simple</t>
+        </is>
+      </c>
+      <c r="X200" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lajlah LUTHER : 03 88 15 65 13 / lajlah.luther&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : 03 87 33 67 65 / francis.vogin&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Véronique BAUDET : 03 26 70 89 33 / veronique.baudet&amp;#64;grandest.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y200" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z200" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b26-elaborer-un-plan-de-desherbage-ou-un-plan-de-/</t>
+        </is>
+      </c>
+      <c r="AA200" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE200" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF200" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG200" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH200" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:34" customHeight="0">
+      <c r="A201" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E201" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G201" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H201" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O201" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S201" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T201" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U201" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V201" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X201" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y201" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z201" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA201" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB201" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Aménagement d’une aire de jeux
+Construction d’un gymnase
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création d’un city park / city stade / terrain multisports
+Création d’une crèche
+Création d’une maison de santé
+Création d’une voie douce / piste cyclable
+Déployer les équipements numériques
+Développer les infrastructures de covoiturage
+Gestion d'une base nautique
+Installation de bornes électriques
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de la télémedecine
+Mise en place d’un commerce de proximité
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC201" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF201" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG201" s="1" t="inlineStr">
+        <is>
+          <t>26/04/2022</t>
+        </is>
+      </c>
+      <c r="AH201" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:34" customHeight="0">
+      <c r="A202" s="1">
+        <v>127288</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les travaux des bâtiments culturels et les acquisitions d'équipements (mobilier, fonds initial d’une nouvelle bibliothèque, matériel numérique et scénographique)</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux travaux et à l'acquisition d'équipements</t>
+        </is>
+      </c>
+      <c r="E202" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G202" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H202" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région d&amp;#039;accompagner les travaux des bâtiments culturels et les acquisitions d&amp;#039;équipements (mobilier, fonds initial d&amp;#039;une nouvelle bibliothèque, matériel numérique et scénographique).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques"&gt;
+   Investissement culturel – Aide aux investissements numériques
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N202" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public</t>
+        </is>
+      </c>
+      <c r="O202" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P202" s="1" t="inlineStr">
+        <is>
+          <t>31/10/2019</t>
+        </is>
+      </c>
+      <c r="R202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention, d&amp;#039;un
+ &lt;strong&gt;
+  montant maximum de 30% des dépenses éligibles
+ &lt;/strong&gt;
+ , avec un plafond de dépense de 6,5 M€ pour les travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce plafond peut monter à 40% des dépenses éligibles pour les acquisitions de matériel numérique et scénographique (hors demande de travaux) avec un plafond de dépense de 1 M€.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets de travaux, les dépenses éligibles correspondent aux coûts des travaux et aux honoraires de maîtrise d&amp;#039;œuvre (dans la limite de 15% du coût des travaux hors taxes). Sont exclus : les acquisitions foncières et frais afférents, les études préalables, l&amp;#039;assurance dommage ouvrage, les travaux de démolition et de dépollution préalables, les travaux de voirie et réseaux divers.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets d&amp;#039;équipements, les dépenses éligibles correspondent aux montants des devis des acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif permet le soutien à la construction et la restructuration des équipements culturels relevant des quatre disciplines suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Enseignement artistique :
+  &lt;/strong&gt;
+  conservatoires agrées par le ministère de la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Spectacle vivant :
+  &lt;/strong&gt;
+  lieux de répétition, de formation et de diffusion du spectacle vivant, lieux labellisés par le ministère de la culture,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Arts plastiques :
+  &lt;/strong&gt;
+  centres d&amp;#039;art, espace collectifs de travail, ateliers,
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   livre et lecture :
+  &lt;/strong&gt;
+  bibliothèques, médiathèques et lieux de vie littéraire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le dispositif permet également l
+ e soutien à la rénovation, l&amp;#039;extension ou l&amp;#039;aménagement
+ &lt;strong&gt;
+  des cinémas classés art et essai.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, le dispositif permet le soutien à
+ &lt;strong&gt;
+  l&amp;#039;acquisition d&amp;#039;équipements
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mobilier lié à l&amp;#039;accueil du public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fonds initial de la collection d&amp;#039;une nouvelle bibliothèque,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel numérique et scénographique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier à la Région doit intervenir obligatoirement avant le début des travaux
+ &lt;/strong&gt;
+ (ou avant l&amp;#039;engagement des dépenses d&amp;#039;acquisition).
+ &lt;br /&gt;
+ La demande d&amp;#039;aide doit faire l&amp;#039;objet d&amp;#039;un
+ &lt;strong&gt;
+  dossier de candidature complet
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S202" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T41" s="1" t="inlineStr">
-[...19 lines deleted...]
-  sdtva&amp;#64;aube.fr
+      <c r="T202" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U202" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V202" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements</t>
+        </is>
+      </c>
+      <c r="X202" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En fonction du secteur dont relève le projet :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Spectacle vivant et enseignement artistique
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Christine Vacher -
+  &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   christine.vacher&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Arts plastiques
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Livre et lecture
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y202" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z202" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a897-investissement-culturel-aide-aux-travaux-et-a/</t>
+        </is>
+      </c>
+      <c r="AA202" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB202" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une bibliothèque municipale</t>
+        </is>
+      </c>
+      <c r="AE202" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF202" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG202" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2023</t>
+        </is>
+      </c>
+      <c r="AH202" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:34" customHeight="0">
+      <c r="A203" s="1">
+        <v>162651</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Rénover énergétiquement vos bâtiments publics via le programme SERENE</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Programme SERENE - Service de Rénovation énergétique du SDE35</t>
+        </is>
+      </c>
+      <c r="E203" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G203" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H203" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possible ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quels sont les travaux accompagnés ?&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Opérations de rénovation globale&lt;/li&gt;&lt;li&gt;Travaux d&amp;#039;efficacité énergétique avec priorité donnée aux travaux éligibles à l&amp;#039;intracting (remplacement des équipements de chauffage, relamping, GTB)&lt;/li&gt;&lt;li&gt;Possibilité de confier les travaux lourds de rénovation : en coordination avec les offres existantes des SEM : Territoires, SEM Breizh, Orchestr&amp;#039;Am, Terres et toits.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement technique&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Réalisation des travaux « d’efficacité énergétique » par le SDE35 sous mandat de maitrise d’ouvrage déléguée, afin de mutualiser le suivi et les achats ou achats&lt;/li&gt;&lt;li&gt;Ou réalisation des travaux en Assistance à Maitrise d’Ouvrage (AMO) pour vous garantir que les moyens sont en adéquation avec vos objectifs de performances énergétiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Accompagnement financier&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Mutualisation du financement des travaux de rénovation à l’échelle du SDE35, comprenant la recherche de financements extérieurs (subventions) et le portage des emprunts via un partenariat engagé avec la Banque des Territoires (pour les temps de retour sur investissement inférieur à 13 ans) ou des banques privées (pour les TRI &amp;gt; 13 ans).&lt;/li&gt;&lt;li&gt;Remboursement différé des annuités après la mise en service de la rénovation, afin de permettre à la collectivité propriétaire de dégager des capacités de remboursement par les économies de fluides réalisées&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Coût pour les collectivités&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Cession des CEE des travaux au SDE35&lt;/li&gt;&lt;li&gt;Frais de commissionnement allant de 1 à 5 % suivant l&amp;#039;ingénierie demandée&lt;/li&gt;&lt;li&gt;Conventionnement adapté sur la durée avec les communes en fonction de chaque projet&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Projets en délégation de maitrise d&amp;#039;ouvrage&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/20240111-140256-66742bd853de6.jpg" alt /&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Remplacement du système de chauffage par création d&amp;#039;une chaufferie et d&amp;#039;un réseau technique - Budget prévisionnel de l&amp;#039;opération HT : 345 000 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectif : 35 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une chaudière à granulés avec son silo&lt;/p&gt;&lt;p&gt;Création d&amp;#039;un réseau technique reliant 2 bâtiments&lt;/p&gt;&lt;p&gt;Rénovation du site existant&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/bain-ext-66742c8b48e7e.jpg" alt /&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Rénovation d&amp;#039;une salle polyvalente - Budget prévisionnel de l&amp;#039;opération HT : 254 730 €&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;em&gt;Objectifs : 56 % de réduction des consommations énergétiques et 54 % de réduction des émissions de GES&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Mise en place d&amp;#039;une Gestion Technique Centralisée de bâtiment&lt;/p&gt;&lt;p&gt;Changement des menuiseries et installation de filtres solaires&lt;/p&gt;&lt;p&gt;Abaissement et isolation de plafond&lt;/p&gt;&lt;p&gt;Installation d&amp;#039;une Centrale de Traitement d&amp;#039;Air double-flux&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N203" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O203" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité au dispositif SERENE&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;La collectivité reverse la totalité ou une partie de la TCFE au SDE35&lt;/li&gt;&lt;li&gt;La collectivité conventionne avec le service CEP sur son territoire. Les territoires non couverts par un CEP sont invités à s&amp;#039;adresser directement au SDE35.&lt;/li&gt;&lt;li&gt;La collectivité a réalisé un audit énergétique ou un pré-diagnostic du CEP avant l&amp;#039;intervention de SERENE.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S203" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T203" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U203" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W203" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X203" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Thomas BERTHIAU - responsable du pôle SERENE - &lt;a target="_self"&gt;t.berthiau&amp;#64;sde35.fr&lt;/a&gt; - 07 56 05 45 65&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y203" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z203" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35/</t>
+        </is>
+      </c>
+      <c r="AA203" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB203" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place de l’accessibilité dans les bâtiments publics
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC203" s="1" t="inlineStr">
+        <is>
+          <t>SDE35</t>
+        </is>
+      </c>
+      <c r="AE203" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF203" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG203" s="1" t="inlineStr">
+        <is>
+          <t>16/05/2024</t>
+        </is>
+      </c>
+      <c r="AH203" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:34" customHeight="0">
+      <c r="A204" s="1">
+        <v>131826</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>ISERENOV'</t>
+        </is>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Isère (TE38)</t>
+        </is>
+      </c>
+      <c r="G204" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H204" s="1" t="inlineStr">
+        <is>
+          <t>Certificat d'économie d'énergie (CEE)
+Subvention</t>
+        </is>
+      </c>
+      <c r="I204" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J204" s="1" t="inlineStr">
+        <is>
+          <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
+        </is>
+      </c>
+      <c r="K204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ 16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement de chaudière d&amp;#039;un gymnase
+  &lt;/li&gt;
+  &lt;li&gt;
+   ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N204" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O204" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Postes de travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Isolation toiture : BAT-EN-101 / BAR-EN-101
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation murs : BAT-EN-102 / BAR-EN-102
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation sous plancher : BAT-EN-103 / BAR-EN-103
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement menuiseries : BAT-EN-104 / BAR-EN-104
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation toit terrasse : BAT-EN-107 / BAR-EN-107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement chaudière combustible : BAT-TH-102 / BAR-TH-106/107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Système de régulation par prog d&amp;#039;intermittence : BAT-TH-108 / BAR-TH-118
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chauffe-eau solaire collectif : BAT-TH-111 / BAR-TH-124/135
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe à chaleur : BAT-TH-113 / BAR-TH-129
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion Technique Centralisée (GTC) : BAT-TH-116
+  &lt;/li&gt;
+  &lt;li&gt;
+   Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site gouvernemental des fiches CEE :
+ &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
+  https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="S204" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T204" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U204" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V204" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te38.fr/iserenov/</t>
+        </is>
+      </c>
+      <c r="X204" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Envoyez votre demande sur iserenov&amp;#64;te38.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y204" s="1" t="inlineStr">
+        <is>
+          <t>jgiono@te38.fr</t>
+        </is>
+      </c>
+      <c r="Z204" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
+        </is>
+      </c>
+      <c r="AA204" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AB204" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’un gymnase
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC204" s="1" t="inlineStr">
+        <is>
+          <t>TERRITOIRE ENERGIE 38</t>
+        </is>
+      </c>
+      <c r="AE204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF204" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG204" s="1" t="inlineStr">
+        <is>
+          <t>17/03/2023</t>
+        </is>
+      </c>
+      <c r="AH204" s="1" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:34" customHeight="0">
+      <c r="A205" s="1">
+        <v>162999</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement de la pratique sportive, e-sportive et parasportive en Île-de-France et soutenir les parasportifs franciliens</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Soutien régional à l'acquisition de matériels sportifs, e-sportifs ou parasportifs</t>
+        </is>
+      </c>
+      <c r="E205" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G205" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H205" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région entend, à travers cette aide à l&amp;#039;acquisition de matériels, accompagner le développement de la pratique sportive, e-sportive et parasportive en Île-de-France et soutenir les parasportifs franciliens. &lt;br /&gt;&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N205" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs</t>
+        </is>
+      </c>
+      <c r="O205" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit public,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Fédérations sportives sportives agrées et leurs structures déconcentrées franciliennes sous convention avec la Région,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Clubs sportifs agréés uniquement pour l&amp;#039;acquisition de matériels parasportifs,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Personnes morales de droit privé à but non lucratif et les 
+sociétés, dont l&amp;#039;objet principal consiste en la promotion du e-sport,&lt;/span&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Parasportifs titrés &lt;/span&gt;« &lt;span&gt;Ambassadrices et Ambassadeurs du Sport de la Région Île-de-France &lt;/span&gt;»,&lt;/li&gt;&lt;li&gt;&lt;span&gt;Établissements et services médico-sociaux ayant intégré le sport dans leur projet d&amp;#039;établissement,&lt;br /&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Clubs professionnels ou semi-professionnels sous convention avec la Région.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Afin
+ de favoriser les mutualisation, une ligue ou un comité régional sportif
+ peut regrouper la demande de plusieurs clubs ou comités départementaux 
+de sa discipline. &lt;/span&gt;&lt;br /&gt; &lt;p&gt;L&amp;#039;aide régionale porte sur l&amp;#039;acquisition de matériels neufs ou d&amp;#039;occasion relevant de dépenses d&amp;#039;investissement. &lt;/p&gt;&lt;p&gt;Elle varie en fonction de la nature du matériel.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le règlement d’intervention 
+téléchargeable ci-après présente les différents plafonds et taux maximum
+ de subventionnement régional. &lt;/p&gt;&lt;br /&gt; &lt;p&gt;Le dispositif concerne l’acquisition des mobiliers et 
+matériels suivants, pour une utilisation sur le territoire francilien :&lt;/p&gt;&lt;p&gt;• Matériels parasportifs,&lt;br /&gt;• Appareils de musculation répondant aux besoins d’entrainement des personnes à mobilité réduite en totale autonomie,&lt;br /&gt;• Matériels sportifs lourds, mobiles ou non, destinés à la pratique sportive fédérale,&lt;br /&gt;•
+ Mobiliers et matériels destinés au développement de clubs sportifs 
+professionnels ou semi-professionnels sous convention avec la Région,&lt;br /&gt;• Matériels e-sportifs dans le cadre du développement de projets structurants en Île-de-France,&lt;br /&gt;• Matériels sportifs événementiels amovibles (structure d’escalade mobile, pack animation rugby…),&lt;br /&gt;•
+ Mobiliers urbains sportifs fixes, en accès libre, dédiés notamment à la
+ promotion et au développement du Teqball, du tennis de table et des 
+échecs.&lt;/p&gt;&lt;br /&gt; &lt;p&gt;Dépôt du dossier de candidature sur la plateforme des aides régionales &lt;span&gt;&lt;strong&gt;&lt;span&gt;&lt;a href="http://mesdemarches.iledefrance.fr"&gt;mesdemarches.iledefrance.fr&lt;/a&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Un seul dossier par structure et par an est accepté.&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S205" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U205" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V205" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-regional-lacquisition-de-materiels-sportifs-e-sportifs-ou-parasportifs</t>
+        </is>
+      </c>
+      <c r="X205" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Laurent Toutain&lt;/p&gt;&lt;p&gt;Tél : 01 53 85 71 97&lt;/p&gt;&lt;p&gt;&lt;a href="mailto:laurent.toutain&amp;#64;iledefrance.fr" target="_blank"&gt;laurent.toutain&amp;#64;iledefrance.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y205" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z205" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-regional-a-lacquisition-de-materiels-sportifs-e-sportifs-ou-parasportifs/</t>
+        </is>
+      </c>
+      <c r="AA205" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB205" s="1" t="inlineStr">
+        <is>
+          <t>Création d’un city park / city stade / terrain multisports
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE205" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF205" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG205" s="1" t="inlineStr">
+        <is>
+          <t>30/06/2024</t>
+        </is>
+      </c>
+      <c r="AH205" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:34" customHeight="0">
+      <c r="A206" s="1">
+        <v>73256</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l'émission de cautions dans le cadre de vos contrats export - Assurance Caution Export</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E206" s="1" t="inlineStr">
+        <is>
+          <t>Bpifrance</t>
+        </is>
+      </c>
+      <c r="G206" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H206" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour répondre aux appels d&amp;#039;offre internationaux et remporter des marchés export, il est très souvent nécessaire de remettre des cautions. Ces cautions émises par vos partenaires bancaires rassurent vos partenaires commerciaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Or, il peut s&amp;#039;avérer nécessaire de rassurer également les banques afin de faciliter l&amp;#039;émission des cautions.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du plan d&amp;#039;urgence, Bpifrance soutient les entreprises exportatrices face aux conséquences immédiates de la crise, notamment en sécurisant leur trésorerie, et d&amp;#039;assurer leur rebond à l&amp;#039;international après la crise et donc renforce le dispositif &amp;#34;Assurance Caution Export&amp;#34; en réhaussant la garantie.
+&lt;/p&gt;
+&lt;p&gt;
+ En cas d&amp;#039;appel d&amp;#039;une caution par un acheteur étranger, quelle qu&amp;#039;en soit la cause, l&amp;#039;Assurance Caution Export garantit les émetteurs de cautions à hauteur de 80% (pour les entreprises dont le chiffre d&amp;#039;affaires est inférieur ou égal à 150 M€, 50% pour les autres), contre le risque de défaillance de l&amp;#039;exportateur en situation de carence ou d&amp;#039;insolvabilité judiciaire.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les cautions éligibles sont les suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tous types d&amp;#039;engagement de cautions (hors cautions d&amp;#039;offset), liés à un contrat d&amp;#039;exportation, libellés en toutes devises, sur tous pays, à l&amp;#039;exception des pays interdits même au comptant par la politique d&amp;#039;assurance crédit en vigueur.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les cautions déjà émises : la caution doit être déclarée par l&amp;#039;émetteur dans les 4 mois qui suivent son émission.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les engagements de caution sont couverts jusqu&amp;#039;à leur pleine mainlevée, quelle que soit la durée de la caution.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cadre du plan de soutien des entreprises françaises exportatrices, Bpifrance Assurance Export renforce son action :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Jusqu&amp;#039;au 31 décembre 2020, les TPE, PME et ETI pourront bénéficier d&amp;#039;une quotité garantie pouvant aller jusqu&amp;#039;à 90%* et l es entreprises dont le chiffre d&amp;#039;affaires est supérieur à 1,5 milliard d&amp;#039;euros pourront bénéficier d&amp;#039;une quotité garantie pouvant aller jusqu&amp;#039;à 70%.
+ &lt;br /&gt;
+ * L&amp;#039;octroi de ces garanties ré-haussées est soumis à certaines conditions fixées par l&amp;#039;Union Européenne (l&amp;#039;encadrement temporaire des mesures d&amp;#039;aide d&amp;#039;Etat SA.56868), et notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le montant global des cautions à garantir n&amp;#039;excède pas 100% du chiffre d&amp;#039;affaires total réalisé par l&amp;#039;exportateur en 2019 (TPE, PME) et 50% du chiffre d&amp;#039;affaires total réalisé en 2019 pour les ETI et GE,
+ &lt;/li&gt;
+ &lt;li&gt;
+  cette mesure ne peut être accordée qu&amp;#039;à des entreprises qui n&amp;#039;étaient pas en difficulté (par référence à l&amp;#039;article 2(18) du Règlement (UE) N° 651/2014) à la date du 31 décembre 2019.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Sinon, la quotité garantie suivante s&amp;#039;applique :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  80 % pour les entreprises dont le chiffre d&amp;#039;affaires est inférieur ou égal à 150M€
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 % pour les autres entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Ce que change concrètement la mesure :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  pour les entreprises : moindre mobilisation de trésorerie dans la réalisation des opérations à l&amp;#039;export,
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les établissements émetteurs : réduction du risque lors de l&amp;#039;émission de cautions ou de la mise en place de crédits de préfinancement ; délai supplémentaire pour mettre en place des crédits de préfinancement, facilitant l&amp;#039;octroi de ces financements aux entreprises.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N206" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Consommation et production
+International
+Industrie</t>
+        </is>
+      </c>
+      <c r="O206" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;octroi de ces garanties ré-haussées est soumis à certaines conditions fixées par l&amp;#039;Union Européenne (l&amp;#039;encadrement temporaire des mesures d&amp;#039;aide d&amp;#039;Etat SA.56868), et notamment :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le montant global des cautions à garantir n&amp;#039;excède pas 100% du chiffre d&amp;#039;affaires total réalisé par l&amp;#039;exportateur en 2019 (TPE, PME) et 50% du chiffre d&amp;#039;affaires total réalisé en 2019 pour les ETI et GE,
+ &lt;/li&gt;
+ &lt;li&gt;
+  cette mesure ne peut être accordée qu&amp;#039;à des entreprises qui n&amp;#039;étaient pas en difficulté (par référence à l&amp;#039;article 2(18) du Règlement (UE) N° 651/2014) à la date du 31 décembre 2019.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La garantie des cautions permet aux entreprises de faire émettre les cautions nécessaires à leur contrat export. Cette garantie est mobilisable lorsque les entreprises doivent fournir des engagements de caution à leur banque pour les garanties et contre-garanties prévues dans leurs contrats à l&amp;#039;exportation.
+&lt;/p&gt;
+&lt;p&gt;
+ La garantie des cautions couvre les risques de carence ou d&amp;#039;insolvabilité judiciaire de l&amp;#039;entreprise exportatrice.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont prises en compte, tous types d&amp;#039;engagement de cautions (hors cautions d&amp;#039;offset), liés à un contrat d&amp;#039;exportation, libellés en toutes devises, sur tous pays, à l&amp;#039;exception des pays interdits même au comptant par la politique d&amp;#039;assurance crédit en vigueur.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les cautions déjà émises : la caution doit être déclarée par l&amp;#039;émetteur dans les 4 mois qui suivent son émission.
+&lt;/p&gt;
+&lt;p&gt;
+ Les engagements de caution sont couverts jusqu&amp;#039;à leur pleine mainlevée, quelle que soit la durée de la caution.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les émetteurs de cautions peuvent être les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Banques françaises et filiales ou succursales de banques étrangères, installées en France et/ou dans un pays de l&amp;#039;Union Européenne,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Compagnies d&amp;#039;assurance ayant signé une police cadre (conditions générales applicables à ce type d&amp;#039;assurance).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="U206" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V206" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bpifrance.fr/Toutes-nos-solutions/Garanties-et-assurances/Assurance-Caution-Export-et-garantie-des-prefinancements-a-l-international/Assurance-Caution-Export</t>
+        </is>
+      </c>
+      <c r="W206" s="1" t="inlineStr">
+        <is>
+          <t>https://mon.bpifrance.fr/mon-espace/#/formulaire/ace</t>
+        </is>
+      </c>
+      <c r="X206" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour obtenir des informations complémentaires, contactez la BPI à  l&amp;#039;adresse suivante : assurance-export-caution&amp;#64;bpifrance.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y206" s="1" t="inlineStr">
+        <is>
+          <t>annelise.brouste@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z206" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/fdb3-faciliter-lemission-de-cautions-dans-le-cadre/</t>
+        </is>
+      </c>
+      <c r="AA206" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF206" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG206" s="1" t="inlineStr">
+        <is>
+          <t>21/12/2020</t>
+        </is>
+      </c>
+      <c r="AH206" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:34" customHeight="0">
+      <c r="A207" s="1">
+        <v>119940</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
+        </is>
+      </c>
+      <c r="E207" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G207" s="1" t="inlineStr">
+        <is>
+          <t>Département</t>
+        </is>
+      </c>
+      <c r="H207" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I207" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Priorités thématiques d&amp;#039;affectation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   en matière sociale, aux projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   aux projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation thermique et mise aux normes de bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création d&amp;#039;une voie verte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de nouveaux arrêts et terminus de bus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une médiathèque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaménagement des locaux de l&amp;#039;office du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie et ouvrages d&amp;#039;art
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N207" s="1" t="inlineStr">
+        <is>
+          <t>Assainissement des eaux
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Technologies numériques et numérisation
+Tiers-lieux
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O207" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les collectivités éligibles à la DSID :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La nature des projets éligibles :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
+ &lt;/li&gt;
+ &lt;li&gt;
+  La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S207" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T207" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U207" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V207" s="1" t="inlineStr">
+        <is>
+          <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
+        </is>
+      </c>
+      <c r="X207" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Se rapprocher de sa préfecture de département ou de région.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y207" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z207" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
+        </is>
+      </c>
+      <c r="AA207" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB207" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle
+Construction d’une école
+Construction d’un gymnase
+Création d’une crèche
+Déployer les équipements numériques
+Gestion d'une base nautique
+Mise en place de l’accessibilité dans les bâtiments publics
+Rénovation de l’éclairage public
+Rénovation du gymnase
+Rénovation énergétique école
+Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC207" s="1" t="inlineStr">
+        <is>
+          <t>Direction générale des collectivités locales</t>
+        </is>
+      </c>
+      <c r="AE207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF207" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG207" s="1" t="inlineStr">
+        <is>
+          <t>01/08/2022</t>
+        </is>
+      </c>
+      <c r="AH207" s="1" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:34" customHeight="0">
+      <c r="A208" s="1">
+        <v>163291</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du dispositif Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="E208" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G208" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H208" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service « Conseil en Energie Partagé » (CEP) proposé par TE80 consiste à partager les compétences en énergie de 4 techniciens 
+spécialisés. Cela permet aux collectivités n’ayant pas les ressources 
+internes suffisantes de mettre en place une politique énergétique 
+maîtrisée, et d’agir concrètement sur leur patrimoine pour réaliser des 
+économies.&lt;/p&gt;&lt;p&gt;Le Conseil en Energie Partagé en quelques mots :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;État des lieux énergétique du patrimoine (bâti et chaufferies)&lt;/li&gt;&lt;li&gt;Anlayse et suivi des consommations&lt;/li&gt;&lt;li&gt;Conseils
+ indépendants et personnalisés (optimisation tarifaire, rédaction de cahier des charges, recherche d’artisans qualifiés…)&lt;/li&gt;&lt;li&gt;Recherche de leviers financiers (CEE, subventions régionales, financement participatif…)&lt;/li&gt;&lt;li&gt;Mise en place d’opérations groupées de commandes&lt;/li&gt;&lt;li&gt;opérations sous mandat de maitrise d&amp;#039;ouvrage pour les collectivités souhaitant confier le pilotage des études et des travaux&lt;/li&gt;&lt;li&gt;recherche de leviers financiers &lt;/li&gt;&lt;li&gt;valorisation des CEE&lt;/li&gt;&lt;li&gt;octroi d&amp;#039;aides financières (Contrat chaleur renouvelable territorial, fond de concours à la rénovation de Territoire d&amp;#039;énergie selon les modalité e&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour
+ établir un bilan énergétique, le CEP réalise un inventaire du 
+patrimoine, s’appuie notamment sur l’analyse des dernières factures des 
+consommations eau/gaz et électricité des bâtiments communaux et apporte 
+une expertise sur les projets envisagés de la collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation de bâtiments publics, changement de mode de chauffage, optimisation de contrats d&amp;#039;exploitation, installation d&amp;#039;énergies renouvelables...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N208" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O208" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion par transfert de la compétence maîtrise de la demande en énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;80€/bâtiments/an sur 6 ans&lt;/p&gt;&lt;p&gt;atteinte de 40% d&amp;#039;économies d&amp;#039;énergie minimum&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S208" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T208" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U208" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V208" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="X208" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y208" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z208" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/conseil-en-energie-partage/</t>
+        </is>
+      </c>
+      <c r="AA208" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB208" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC208" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="AE208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF208" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG208" s="1" t="inlineStr">
+        <is>
+          <t>01/10/2024</t>
+        </is>
+      </c>
+      <c r="AH208" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:34" customHeight="0">
+      <c r="A209" s="1">
+        <v>66412</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Subventionner l’acquisition, la rénovation, la modernisation et la maintenance du matériel ferroviaire régional</t>
+        </is>
+      </c>
+      <c r="E209" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="F209" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G209" s="1" t="inlineStr">
+        <is>
+          <t>Région
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H209" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette aide vise à subventionner l&amp;#039;acquisition, la rénovation, la modernisation et la maintenance du matériel ferroviaire régional. Elle permet également le financement des installations de maintenance, et de différentes études liées au matériel ferroviaire régional.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N209" s="1" t="inlineStr">
+        <is>
+          <t>Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O209" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="S209" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T209" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U209" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides.normandie.fr/materiel-roulant-ferroviaire</t>
+        </is>
+      </c>
+      <c r="X209" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ DIRECTION : MOBILITÉS ET INFRASTRUCTURES - SERVICE OFFRE DE MOBILITÉ ET INTERMODALITÉ
+&lt;/p&gt;
+&lt;p&gt;
+ 02.35.52.56.06 (secrétariat)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y209" s="1" t="inlineStr">
+        <is>
+          <t>jonathan.kurtz@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z209" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0427-subventionner-lacquisition-la-renovation-la-m/</t>
+        </is>
+      </c>
+      <c r="AA209" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC209" s="1" t="inlineStr">
+        <is>
+          <t>Bischoffsheim</t>
+        </is>
+      </c>
+      <c r="AE209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF209" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG209" s="1" t="inlineStr">
+        <is>
+          <t>22/10/2020</t>
+        </is>
+      </c>
+      <c r="AH209" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:34" customHeight="0">
+      <c r="A210" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C210" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E210" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F210" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G210" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H210" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I210" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K210" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N210" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Economie circulaire
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O210" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P210" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q210" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S210" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T210" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U210" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V210" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X210" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y210" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z210" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA210" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB210" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de véhicule décarboné
+Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Création de jardins partagés
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Gestion des inondations
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC210" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="AE210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF210" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG210" s="1" t="inlineStr">
+        <is>
+          <t>24/04/2024</t>
+        </is>
+      </c>
+      <c r="AH210" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:34" customHeight="0">
+      <c r="A211" s="1">
+        <v>95040</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Connaître et protéger les eaux souterraines</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition de connaissances et développement d’outils de gestion pour la protection des ressources en eau et des milieux aquatiques</t>
+        </is>
+      </c>
+      <c r="E211" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G211" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H211" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Connaître et protéger les eaux souterraines.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N211" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Eau souterraine
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O211" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P211" s="1" t="inlineStr">
+        <is>
+          <t>06/07/2017</t>
+        </is>
+      </c>
+      <c r="R211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+  de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités locales, Établissements publics et associations
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  de l&amp;#039;action
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Collectivités, groupe d&amp;#039;experts, entreprises, etc...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projets éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ études à caractère général ou opérationnel, ayant pour objet :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la connaissance sectorielle ou globale des nappes phréatiques ainsi que des pressions qui s&amp;#039;y exercent ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la connaissance des relations entre les canaux, les cours d&amp;#039;eau et les eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   l&amp;#039;acquisition de données sur la partie profonde des nappes phréatiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   la connaissance des sols au droit des nappes d&amp;#039;eaux souterraines.
+  &lt;/li&gt;
+  &lt;li&gt;
+   mesures de la piézométrie et de la qualité des nappes et de leurs points d&amp;#039;alimentations préférentiels
+  &lt;/li&gt;
+  &lt;li&gt;
+   élaboration de modèles de gestion, hydrodynamiques ou hydrochimiques ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   études et travaux relatifs à des pollutions peu connues, mises en évidence dans le cadre des inventaires de la qualité des eaux souterraines, ou à des &amp;#34;nouveaux polluants&amp;#34; (disrupteurs endocriniens, molécules phytopharmaceutiques, etc.) dont la présence constitue une menace pour les nappes d&amp;#039;eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   étude et projets pilotes de lutte contre les pollutions diffuses;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation et diffusion d&amp;#039;outils d&amp;#039;information sur les eaux souterraines ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   programmes d&amp;#039;animation, sensibilisation, formation auprès des collectivités et du grand public sur les actions de réduction à la source des pollutions et au développement de techniques alternatives.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Étude, animation, matériel d&amp;#039;acquisition, modèles, travaux pilotes
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S211" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U211" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V211" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/connaitre-proteger-eaux-souterraines/</t>
+        </is>
+      </c>
+      <c r="W211" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0089/depot/simple</t>
+        </is>
+      </c>
+      <c r="X211" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dossier à adresser à :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Région Grand Est
+   &lt;br /&gt;
+   Monsieur le Président Philippe Richert
+   &lt;br /&gt;
+   (A l&amp;#039;attention du Service Eaux et Milieux Aquatiques - DEA)
+   &lt;br /&gt;
+   1, Place Adrien Zeller – BP 91006
+   &lt;br /&gt;
+   67070 STRASBOURG CEDEX
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour toute information :
+&lt;/p&gt;
+&lt;p&gt;
+ Axe Rhin-Sarre (site Strasbourg) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Lajlah LUTHER : Tél : 03.88.15.65.13, Mail : lajlah.luther&amp;#64;region-alsace.eu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Axe Meuse-Moselle-Saône (site Metz) :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Francis VOGIN : Tél : 03 87 33 67 65, Mail : francis.vogin&amp;#64;lorraine.eu
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ Axe Seine-Marne-Aisne (site Châlons-en-Champagne) :
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Veronique BAUDET,
+   Tél : 03 26 70 89 33, Mail : vbaudet&amp;#64;cr-champagne-ardenne.fr
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y211" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z211" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d52e-connaitre-et-proteger-les-eaux-souterraines/</t>
+        </is>
+      </c>
+      <c r="AA211" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE211" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF211" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG211" s="1" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH211" s="1" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:34" customHeight="0">
+      <c r="A212" s="1">
+        <v>141754</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>​​Mener un projet de réaménagement du foyer des élèves en établissement scolaire</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Réaménagement foyer élèves</t>
+        </is>
+      </c>
+      <c r="E212" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé : Direction territoriale Bourgogne – Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G212" s="1" t="inlineStr">
+        <is>
+          <t>Département
+Région
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H212" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Réseau Canopé propose une démarche d&amp;#039;accompagnement du réaménagement du foyer, basée sur la participation des élèves et de l&amp;#039;équipe éducative. Recueil de besoins et des envies, ateliers de conception participative pour travailler sur les contraintes et les leviers afin de coconstruire des espaces adaptés aux besoins éducatifs et de bien-être des élèves au bénéfice d&amp;#039;un climat scolaire positif et propice aux apprentissages.
+&lt;/p&gt;
+&lt;p&gt;
+ Prix : sur devis
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1. Sondage en ligne ou en classe auprès des élèves pour exprimer leurs besoins (se détendre, discuter, jouer, etc.) et leurs souhaits d&amp;#039;aménagement du foyer (mobilier, matériel, couleurs, etc.)
+&lt;/p&gt;
+&lt;p&gt;
+ 2. Ateliers de conception participative : à l&amp;#039;aide des outils Archiclasse et Archistart, élèves, équipe éducative et représentants des collectivités explorent et modélisent de nouvelles idées d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ 3. Réunion de travail avec l&amp;#039;équipe éducative et la collectivité pour discuter des besoins éducatifs, des conditions techniques et de sécurité liées à l&amp;#039;aménagement du foyer. Planification de la mise en œuvre.
+&lt;/p&gt;
+&lt;p&gt;
+ 4. Mise en place d&amp;#039;une phase de test autour de plusieurs modélisations d&amp;#039;aménagement du foyer.
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Phase d&amp;#039;évaluation permettant aux élèves de donner leur avis sur le nouvel aménagement du foyer, via un sondage en ligne et une réunion.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de ces activités est de s&amp;#039;assurer que le réaménagement du foyer réponde aux besoins et aux souhaits de toutes les parties impliquées, en veillant à ce que les élèves se sentent inclus et pris en compte dans le processus.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N212" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Famille et enfance
+Education et renforcement des compétences
+Architecture</t>
+        </is>
+      </c>
+      <c r="O212" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette offre de service s&amp;#039;adresse à toutes les collectivités désireuses de faire travailler ensemble dans une démarche de co-design tous les partenaires impliqués et concernés par le projet de réaménagement d&amp;#039;un espace scolaire ou périscolaire  au bénéfice du bien-être des élèves.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S212" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U212" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V212" s="1" t="inlineStr">
+        <is>
+          <t>https://www.reseau-canope.fr/qui-sommes-nous.html</t>
+        </is>
+      </c>
+      <c r="X212" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour plus d&amp;#039;information prenez contact avec l&amp;#039;atelier Canopé de votre département  :
+ &lt;a href="https://www.reseau-canope.fr/nous-trouver/" target="_self"&gt;
+  https://www.reseau-canope.fr/nous-trouver/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y212" s="1" t="inlineStr">
+        <is>
+          <t>frederic.kapala@reseau-canope.fr</t>
+        </is>
+      </c>
+      <c r="Z212" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7dc6-mener-un-projet-de-reamenagement-du-foyer-des/</t>
+        </is>
+      </c>
+      <c r="AA212" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC212" s="1" t="inlineStr">
+        <is>
+          <t>Réseau Canopé - Direction Territoriale Bourgogne - Franche-Comté</t>
+        </is>
+      </c>
+      <c r="AE212" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF212" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG212" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2023</t>
+        </is>
+      </c>
+      <c r="AH212" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:34" customHeight="0">
+      <c r="A213" s="1">
+        <v>145009</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation thermique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'investissement métropolitain (FIM) - Volet rénovation des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E213" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G213" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H213" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I213" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J213" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 1 million d'euros</t>
+        </is>
+      </c>
+      <c r="K213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Métropole du Grand Paris finance via son fonds d&amp;#039;investissement métropolitain (FIM) les
+ &lt;strong&gt;
+  rénovations thermiques de bâtiments publics des communes et établissements publics territoriaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de candidature sont à envoyer par mail à
+ &lt;strong&gt;
+  fim&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Le FIM constitue notamment un outil de rééquilibrage et de correction des disparités constatées sur le périmètre métropolitain. A ce titre, l&amp;#039;examen des dossiers s&amp;#039;accompagne d&amp;#039;une analyse de la situation financière de la collectivité, qui peut mener à un financement différencié en fonction des capacités financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation énergétique performante d&amp;#039;un gymnase, d&amp;#039;une école, d&amp;#039;une mairie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N213" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O213" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier d&amp;#039;une subvention au titre du Fonds d&amp;#039;Investissement Métropolitain (FIM) les communes, établissements publics territoriaux (EPT) et autres établissements publics pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage, ainsi que les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles, pour le financement d&amp;#039;équipements en lien avec les compétences métropolitaines et sous réserve que la subvention ne finance pas le déficit d&amp;#039;une concession d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La métropole du Grand Paris peut participer au financement d&amp;#039;études de maîtrise d&amp;#039;œuvre (APS, APD,PRO notamment) préalables. La métropole du Grand Paris ne participe pas au financement d&amp;#039;études d&amp;#039;opportunité. Les projets doivent débuter dans les 12 mois suivant l&amp;#039;attribution de la subvention. Une analyse de la performance environnementale du projet est requise. Les dossiers de rénovation thermique doivent contenir des pièces techniques complémentaires permettant d&amp;#039;évaluer l&amp;#039;amélioration de la performance énergétique des bâtiments après travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S213" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T213" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U213" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V213" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-dinvestissement-metropolitain-fim-0</t>
+        </is>
+      </c>
+      <c r="X213" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fim&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y213" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z213" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fee-financer-la-renovation-thermique-de-batiments/</t>
+        </is>
+      </c>
+      <c r="AA213" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB213" s="1" t="inlineStr">
+        <is>
+          <t>Changement des fenêtres/portes d’un bâtiment public
+Construction d’un gymnase
+Gestion d'une base nautique
+Installation de panneaux photovoltaïques/panneaux solaires sur les toits et façades des bâtiments publics
+Isolation du bâtiment
+Mise en place d’un réseau de chaleur
+Rénovation du gymnase
+Rénovation énergétique école</t>
+        </is>
+      </c>
+      <c r="AC213" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="AE213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF213" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG213" s="1" t="inlineStr">
+        <is>
+          <t>07/07/2023</t>
+        </is>
+      </c>
+      <c r="AH213" s="1" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:34" customHeight="0">
+      <c r="A214" s="1">
+        <v>120328</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Reconvertir des friches foncières pour les projets d’aménagement</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Reconversion de friches foncières pour les projets d’aménagement</t>
+        </is>
+      </c>
+      <c r="E214" s="1" t="inlineStr">
+        <is>
+          <t>Établissement Public Foncier au cœur de la région Auvergne Rhône-Alpes (EPORA) (EPF)</t>
+        </is>
+      </c>
+      <c r="G214" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H214" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K214" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Participation à des réunions d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;études permettant la définition des besoins, le calcul des équilibres financiers, l&amp;#039;aide à la décision et la recherche d&amp;#039;opérateurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;études techniques préalables au projet : sites et sols pollués, diagnostics amiante, plomb et autres polluants
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la rédaction de cahier des charges pour le lancement d&amp;#039;appels à projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acquisition et portage de biens immobiliers pour le compte des collectivités.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de travaux de désamiantage, de dépollution et de déconstruction pour la production de plate-formes nues.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N214" s="1" t="inlineStr">
+        <is>
+          <t>Friche
+Equipement public
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O214" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ OPÉRATIONS CONCERNÉES
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement des collectivités pour toute opération de reconversion et de portage foncier inutilisé en vue de projets d&amp;#039;aménagement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S214" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U214" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V214" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/reconversion-de-friches-foncieres-pour-les-projets-damenagement/</t>
+        </is>
+      </c>
+      <c r="X214" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Établissement Public Foncier au cœur de la région
+ &lt;/li&gt;
+ &lt;li&gt;
+  Auvergne Rhône-Alpes (EPORA)
+ &lt;/li&gt;
+ &lt;li&gt;
+  04 27 40 61 31•
+  &lt;a href="mailto:patrice.gorce&amp;#64;epora.fr"&gt;
+   patrice.gorce&amp;#64;epora.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.epora.fr/"&gt;
+   www.epora.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y214" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z214" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ce73-reconversion-de-friches-foncieres-pour-les-pr/</t>
+        </is>
+      </c>
+      <c r="AA214" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB214" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC214" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE214" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF214" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG214" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH214" s="1" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>