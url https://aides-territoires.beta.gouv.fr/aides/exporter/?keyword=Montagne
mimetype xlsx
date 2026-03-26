--- v0 (2026-01-15)
+++ v1 (2026-03-26)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA38"/>
+  <dimension ref="A1:AH32"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,79 +225,114 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>162729</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Soutenir les refuges de montagne</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Soutien aux refuges de montagne</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-Entreprise privée</t>
+Entreprise privée
+Association</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Culture&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;Groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d’actions éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les projets de création, rénovation ou réhabilitation exemplaire de refuges de montagne. Ces projets incluent une exigence de performance énergétique, d’utilisation de ressources et matériaux locaux biosourcés et de consommation d’énergies renouvelables. Ils visent le renforcement quantitatif et qualitatif de l’offre touristique des espaces valléens. Pour information, les projets de petits équipements visant la transition énergétique et écologique des refuges sont éligibles dans le cadre du dispositif « refuges zéro fumée ».&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;équipements nécessitant l’utilisation d’énergies fossiles ;&lt;/li&gt; 	&lt;li&gt;valorisation du temps de travail d’installation dans la part d’autofinancement.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Critères d’éco conditionnalité :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;diminution des consommations d’énergie primaire, augmentation de la part des énergies renouvelables et utilisation de matériaux biosourcés sur les bâtiments rénovés ;&lt;/li&gt; 	&lt;li&gt;concernant les réseaux de chaleur utilisant du bois énergie, rayon d’approvisionnement raisonnable (à titre indicatif : environ 80km), attesté par des contrats d’approvisionnement adossés à des Projet alimentaires territoriaux (PAT) ;&lt;/li&gt; 	&lt;li&gt;priorité aux outils dématérialisés dans la conception et la mise en œuvre des opérations de communication ainsi que dans les moyens d’information du public.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Critères d’éligibilité :&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toutes saisons mise en œuvre par les territoires « espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;les projets devront nécessairement participer au renforcement de l’offre d’itinérance alpine.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;span&gt;Critères de priorisation :&lt;/span&gt;&lt;/p&gt;
@@ -350,3697 +385,3864 @@
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/soutien-refuges-montagne</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Service Montagne et Massif Alpin&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/soutien-aux-refuges-de-montagne/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
-          <t>published</t>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
-        <v>117575</v>
+        <v>166083</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Accompagner le développement des territoires Avenir Montagnes</t>
-[...4 lines deleted...]
-          <t>Avenir Montagnes</t>
+          <t>Aider les jeunes pour bien vivre en montagne</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Accompagnement thématique des territoires Avenir Montagnes</t>
+          <t>Aide aux jeunes pour bien vivre en montagne</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Banque des Territoires</t>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
-        <is>
-[...166 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-Entreprise privée</t>
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens. L&amp;#039;aide &amp;#34;CIMA Aide aux jeunes pour bien vivre en montagne&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide vise 4 orientations :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Orientation 1 : Instaurer le réflexe jeune au sein de la CIMA et mettre en place des éléments de suivi&lt;/li&gt; 	&lt;li&gt;Orientation 2 : Soutenir des initiatives, des démarches intégrant des formes de partenariat innovant et la participation des jeunes&lt;/li&gt; 	&lt;li&gt;Orientation 3 : Éducation, sensibilisation, découverte de la montagne&lt;/li&gt; 	&lt;li&gt;Orientation 4 : Emplois, création d’activités et formation des jeunes&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d&amp;#039;actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Démarches de mise en place d’espaces de création d’activités liée à la montagne par des jeunes à l’échelle d’un espace valléen, en cohérence avec la stratégie touristique identifiée ;&lt;/li&gt; 	&lt;li&gt;Actions visant à dynamiser la mise en réseau d’acteurs relais du « réflexe jeunes » à l’échelle interrégionale ainsi que le partage, la valorisation et la mise en commun des expériences et des bonnes pratiques ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des formes de partenariat entre jeunes et décideurs et la participation des jeunes dans les différentes instances autour des spécificités de la montagne et sur les enjeux de la jeunesse dans les Alpes ;&lt;/li&gt; 	&lt;li&gt;Actions de sensibilisation, d’éducation (projets à vocation éducative) et de formation pour découvrir la montagne (métiers et vie en montagne) par les jeunes portées par des groupements multi-acteurs (collectivités locales, professionnels, jeunes …) ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des programmes jeunesse &amp;#34;ville-montagne&amp;#34; de proximité des agglomérations et métropoles au pied des Alpes ;&lt;/li&gt; 	&lt;li&gt;Projets expérimentaux de développement des outils numériques et/ou des contenus de formation à distance pour les jeunes en milieu rural montagnard ;&lt;/li&gt; 	&lt;li&gt;Les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toute saisons mise en œuvre à l’échelle d’un espace valléen.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Forums et festivals des métiers de la montagne.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Montagne
+Sols
+Citoyenneté
+Formation professionnelle
+Risques naturels
+Qualité de l'air
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Types d&amp;#039;actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Démarches de mise en place d’espaces de création d’activités liée à la montagne par des jeunes à l’échelle d’un espace valléen, en cohérence avec la stratégie touristique identifiée ;&lt;/li&gt; 	&lt;li&gt;Actions visant à dynamiser la mise en réseau d’acteurs relais du « réflexe jeunes » à l’échelle interrégionale ainsi que le partage, la valorisation et la mise en commun des expériences et des bonnes pratiques ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des formes de partenariat entre jeunes et décideurs et la participation des jeunes dans les différentes instances autour des spécificités de la montagne et sur les enjeux de la jeunesse dans les Alpes ;&lt;/li&gt; 	&lt;li&gt;Actions de sensibilisation, d’éducation (projets à vocation éducative) et de formation pour découvrir la montagne (métiers et vie en montagne) par les jeunes portées par des groupements multi-acteurs (collectivités locales, professionnels, jeunes …) ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des programmes jeunesse &amp;#34;ville-montagne&amp;#34; de proximité des agglomérations et métropoles au pied des Alpes ;&lt;/li&gt; 	&lt;li&gt;Projets expérimentaux de développement des outils numériques et/ou des contenus de formation à distance pour les jeunes en milieu rural montagnard ;&lt;/li&gt; 	&lt;li&gt;Les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toute saisons mise en œuvre à l’échelle d’un espace valléen.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Forums et festivals des métiers de la montagne.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-jeunes-bien-vivre-en-montagne</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_S_FS_CIMAJEUN/depot/simple</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-jeunes-pour-bien-vivre-en-montagne-1/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>117575</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement thématique des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose un accompagnement pour le développement des territoires Avenir Montagnes qui souhaitent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Redynamiser leur offre touristique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transformer leur territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser leur transition écologique et énergétique.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Banque des Territoires vise à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer des démarches de transition énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets d&amp;#039;économie circulaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des démarches territoriales pour lutter et s&amp;#039;adapter aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutenir les projets portant sur la gestion de l&amp;#039;eau et la protection de la biodiversité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir et déployer les plans d&amp;#039;actions touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structurer les projets portant sur des opérations touristiques complexes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Caractéristiques de l&amp;#039;accompagnement :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancement des études dans la limite de 50 % de leur montant TTC ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement à 100 % des interventions de consultants experts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement dans la limite globale de 50 000 € TTC par territoire et pendant le programme Avenir Montagnes Ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Transition énergétique</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=developpement_avenir_montagnes_psat</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f9c9-accompagner-le-developpement-des-territoires-/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>09/05/2022</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
+        <v>162730</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
 &lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Services et mobilités&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Formation professionnelle
 Biodiversité
 Equipement public
 Bâtiments et construction
 Emploi
 Transports collectifs et optimisation des trafics routiers
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P4" s="1" t="inlineStr">
+      <c r="P5" s="1" t="inlineStr">
         <is>
           <t>30/05/2024</t>
         </is>
       </c>
-      <c r="R4" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; 	&lt;li&gt;expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Types d’actions non éligibles :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
 &lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
+        <v>166082</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Développer les services et les mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Services et mobilités en montagne</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Entreprise publique locale (Sem, Spl, SemOp)
-[...40 lines deleted...]
-      <c r="O5" s="1" t="inlineStr">
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens. L&amp;#039;aide &amp;#34;CIMA Services et mobilités en montagne&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens.&lt;br /&gt; &lt;br /&gt; Le dispositif vise à apporter des réponses nouvelles aux besoins liés :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;A l’amélioration des conditions de vie en montagne des résidents à l’année ou à la saison au travers notamment d’opérations d’aménagement exemplaire intégrant l’habitat (offre de logement diversifiée et performance énergétique des logements neufs ou réhabilités), l’aménagement d’espaces publics et des équipements (commerces et services, dont ceux proposés aux familles), services aux salariés, dont ceux spécifiques à destination des saisonniers, accès à l’emploi et à la formation, etc. ;&lt;/li&gt; 	&lt;li&gt;Aux stratégies et services de mobilité, notamment celle des : derniers kilomètres ; accessibilité aux villages et stations, aux sites touristiques et liaisons régulières ou à la demande avec les villes en vallées, que ce soit des solutions de mobilités multimodales (Pôles d’échange multimodal PEM), douces, à énergie décarbonée ainsi que l’accompagnement des projets d’ascenseurs valléens et des transports collectifs interrégionaux (lignes ferroviaires, …).&lt;/li&gt; 	&lt;li&gt;Aux actions de natures diverses entre communes et intercommunalités, en partenariat avec les acteurs locaux, répondant aux enjeux de : réciprocité ; vallées-villages ou stations (échanges matériels ou immatériels entre collectivités, habitants, entreprises, etc. visant à apporter des ressources, entraides, complémentarités entre territoires en interrelations).&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) et structures de réseaux.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Pour les projets de mobilités :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;organisme ou autorité organisatrice des mobilités (AOM) (dans le cas de solution « derniers kms ») ;&lt;/li&gt; 	&lt;li&gt;plusieurs AOM ou organismes (dans une logique de desserte de transports collectifs plus large).&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d&amp;#039;actions éligibles :&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;u&gt;Les services &lt;/u&gt;:&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;Projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;Développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;Actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;Dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;u&gt;En lien avec la mobilité durable&lt;/u&gt; :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;Création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;Etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;Solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;Solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;Projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;Aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;Travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Des critères d&amp;#039;éco-conditionnalités et de priorisation sont précisés dans le cadre d&amp;#039;intervention.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Santé
+Formation professionnelle
+Equipement public
+Bâtiments et construction
+Transports collectifs et optimisation des trafics routiers
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
-[...143 lines deleted...]
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Types d&amp;#039;actions éligibles :&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; &lt;u&gt;Les services &lt;/u&gt;:&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions visant le renforcement de l’offre et de l’accessibilité des services marchands et non-marchands à la population et aux entreprises pour les saisonniers, les jeunes les pluriactifs et les entreprises saisonnières ou pluriactives, dans les villages, stations et territoires peu denses ;&lt;/li&gt; 	&lt;li&gt;Projets de confortement du réseau d’animation locale en communes de montagne (espaces saisonniers, services publics) ;&lt;/li&gt; 	&lt;li&gt;Développement des usages numériques sur les lieux d’accueil des publics s’inscrivant dans une chaîne d’accès aux services spécialisés, dans la logique des « smart villages » ;&lt;/li&gt; 	&lt;li&gt;Actions permettant d’identifier et d’adapter les nouvelles formes d’organisation des activités économiques en montagne (ex : formes innovantes d’organisation du travail, formes innovantes d’accompagnement à l’installation d’entreprises, d’activités pluriactives, de partenariats inter-entreprises et intersectoriels, de coopération et soutien aux systèmes d’activités pluriactifs) en lien avec le tourisme et les autres secteurs d&amp;#039;activité, impliquant de nouvelles compétences et de nouveaux métiers ;&lt;/li&gt; 	&lt;li&gt;Dispositifs permettant une meilleure accessibilité aux services de santé via notamment la télémédecine et la médiation santé ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;u&gt;En lien avec la mobilité durable&lt;/u&gt; :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Expérimentations de nouveaux usages et solutions de mobilité écotouristiques en montagne (transport collectif ou partagé, mobilité active, à énergie décarbonée) pour les résidents à l’année et les visiteurs, en cohérence avec la démarche « Espaces valléens » et adaptées aux bassins de vie de montagne et aux bassins touristiques ;&lt;/li&gt; 	&lt;li&gt;Création de pôles multimodaux (PEM 3.0) intégrant de nouvelles offres de mobilité autour des gares et des zones de flux (notamment lieux touristiques) ;&lt;/li&gt; 	&lt;li&gt;Etudes et expérimentations pour l’usage des carburants alternatifs comme l’hydrogène (cartographie du réseau par exemple) ;&lt;/li&gt; 	&lt;li&gt;Solutions innovantes, expérimentales et transférables mises en place dans le cadre de l’accès en transport collectif à de grands sites ou lieux d’évènements alpins de grande envergure pour désengorger les routes d’accès et réduire les émissions de gaz à effet de serre ;&lt;/li&gt; 	&lt;li&gt;Solutions de covoiturage et d’auto partage dans une logique ville-montagne, prenant en compte les complémentarités de besoins entre populations urbaines et montagnardes ;&lt;/li&gt; 	&lt;li&gt;Projets d’itinéraires cyclables à destination des mobilités du quotidien, sportives et touristiques ;&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Infrastructures de transport et acquisition de véhicules ;&lt;/li&gt; 	&lt;li&gt;Aménagements et équipements lourds ;&lt;/li&gt; 	&lt;li&gt;Travaux publics majeurs ou acquisition des flottes de véhicules.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Des critères d&amp;#039;éco-conditionnalités et de priorisation sont précisés dans le cadre d&amp;#039;intervention.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/services-mobilites-montagne</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/services-et-mobilites-en-montagne-1/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-      <c r="A6" s="1">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
         <v>165101</v>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Adapter les stations de montagne au changement climatique</t>
         </is>
       </c>
-      <c r="D6" s="1" t="inlineStr">
+      <c r="D7" s="1" t="inlineStr">
         <is>
           <t>Adapter les stations de montagne au changement climatique</t>
         </is>
       </c>
-      <c r="E6" s="1" t="inlineStr">
+      <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G6" s="1" t="inlineStr">
+      <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Agriculteur
 Entreprise privée
-Agriculteur</t>
-[...2 lines deleted...]
-      <c r="H6" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I6" s="1" t="inlineStr">
+      <c r="I7" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K6" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L6" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Vous souhaitez mener à bien un projet touristique au sein d’une station de montagne dans une logique d’adaptation des activités ou de diversification et dessaisonalisation de l’offre touristique ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 20 % des dépenses éligibles (*) et plafonnée à 300 000 €  &lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;em&gt;(*) pour plus de précisions, prendre connaissance du règlement téléchargeable ci-dessous&lt;/em&gt;&lt;/p&gt;
 &lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Une PME au sens de l’union européenne&lt;/li&gt;
 &lt;li&gt;Une association&lt;/li&gt;
 &lt;li&gt;Une collectivité territoriale&lt;/li&gt;
 &lt;li&gt;Un établissement public&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Et&lt;strong&gt; si votre projet concerne&lt;/strong&gt; :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Des investissements d’équipements touristiques structurants d’envergure régionale, nationale ou internationale, facteur de différenciation par rapport aux équipements en place, visant l’excellence dans les services proposés aux visiteurs et qui favoriseront l’émergence d’une nouvelle production touristique ou viendront renforcer l’offre des filières touristiques. Ils devront s’inscrire dans un programme de développement ou maintien de l’emploi et répondre aux principaux enjeux de protection de l’environnement, de la biodiversité, des ressources.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
 &lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
 &lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 20 % du montant des dépenses retenues en € HT (TTC si le bénéficiaire n’est pas assujetti à la TVA)&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est de 300 000 €&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;L’ensemble des dépenses répondant aux objectifs visés précédemment.&lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;Dans les stations de ski, les renouvellements de remontées mécaniques seront étudiés au cas par cas.&lt;/p&gt;
 &lt;p&gt;Pour les années 2025, 2026, 2027 et 2028, le soutien aux investissements liés aux enneigeurs pourra être étudié au cas par cas et de manière dégressive, dès lors qu’il s’agira d’installer ou renouveler du matériel existant par du matériel plus économe en eau et en énergie.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Si des retenues d’eau sont prévues pour l’approvisionnement des enneigeurs, le porteur devra démontrer dans son dossier de demande d’aide à la Région qu’elles sont écologiquement et économiquement viables et socialement acceptées.&lt;/strong&gt;&lt;/p&gt;
 &lt;h4&gt;Aides complémentaires&lt;/h4&gt;
 &lt;p&gt;Pour information, sous certaines conditions, une aide complémentaire peut être sollicitée auprès de la Région Grand Est.&lt;/p&gt;
 &lt;ul&gt;
 &lt;li&gt;Au titre d’un accompagnement adapté aux besoins en matière de &lt;a href="https://www.grandest.fr/vos-aides-regionales/transformation-digitale-parcours-individue"&gt;transition numérique&lt;/a&gt; des différentes typologies d’entreprises régionales (TPE, PME/PMI…)&lt;/li&gt;
 &lt;li&gt;Au titre d’un accès à une plateforme &lt;a href="https://pro.explore-grandest.com/presentation"&gt;Explore Grand Est&lt;/a&gt;, véritable accélérateur à la commercialisation des offres touristiques du Grand Est qui donne accès au programme de &lt;a href="https://www.art-grandest.fr/services-et-accompagnement/formations-accompagnements"&gt;formations d’Explorer Grand Est académie&lt;/a&gt;&lt;/li&gt;
 &lt;/ul&gt;
 &lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Déposez votre demande avant signature de devis et avant le début des travaux.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Le dossier complet devra être finalisé au plus tard dans un délai d’un an à compter de la date de transmission de la demande dans la téléprocédure.&lt;/strong&gt;&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Au-delà de cette période, la demande devient caduque et non recevable.&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N6" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Montagne
 Paysage</t>
         </is>
       </c>
-      <c r="O6" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P6" s="1" t="inlineStr">
+      <c r="P7" s="1" t="inlineStr">
         <is>
           <t>18/11/2024</t>
         </is>
       </c>
-      <c r="S6" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T6" s="1" t="inlineStr">
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U6" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V6" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/stations-montagne-changement-climatique/</t>
         </is>
       </c>
-      <c r="W6" s="1" t="inlineStr">
+      <c r="W7" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0292/depot/simple</t>
         </is>
       </c>
-      <c r="X6" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;tourisme&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;Tel : 03 87 33 67 24&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y6" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z6" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/adapter-les-stations-de-montagne-au-changement-climatique/</t>
         </is>
       </c>
-      <c r="AA6" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB7" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>22/05/2025</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G7" s="1" t="inlineStr">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
+        <v>1053</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Développer et diversifier l'offre des stations de montagne</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
+Département
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
 Association</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L7" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>Plafond : 300 000 €.</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Par ce dispositif, la Région Grand Est décide de soutenir les projets situés sur le Massif des Vosges dans le Grand Est, afin de capter de nouvelles clientèles mais également de fidéliser celles de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Il convient de renforcer l&amp;#039;attractivité de la montagne en y développant une offre touristique durable quatre saisons, en accompagnant les opérateurs dans la diversification de leurs activités dans un contexte de changement climatique. Il s&amp;#039;agit de développer un tourisme durable qui prend en compte les impacts économiques, sociaux et environnementaux présents et futurs, au regard des besoins des visiteurs et des professionnels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Contexte et objectifs :
+  Projets éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Par la diversité de ses territoires et la richesse de ses ressources naturelles, culturelles, historiques et humaines, les montagnes d&amp;#039;Occitanie, qui représentent 55% du territoire et 1 habitant sur 5, sont une composante significative de l&amp;#039;attractivité de la région.
-[...10 lines deleted...]
-&lt;/p&gt;
+ Ce dispositif vise ainsi à soutenir :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les investissements privés et publics destinés à renforcer et diversifier l&amp;#039;offre touristique dans les stations de ski sur une période transitoire, liée aux changements climatiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;amélioration des services aux visiteurs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets des collectivités et des structures privées contribuant au développement d&amp;#039;une activité et d&amp;#039;une offre touristique quatre saisons sur le massif des Vosges.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sont éligibles, les investissements d&amp;#039;équipements touristiques structurants d&amp;#039;envergure régionale, nationale ou internationale, visant l&amp;#039;excellence dans les services proposés aux visiteurs. Ces investissements devront s&amp;#039;inscrire dans un programme pluriannuel de développement prévoyant des créations d&amp;#039;emplois.
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Objectifs :
+  Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Le présent appel à manifestations vise à  identifier les initiatives festives, culturelles, sportives ou de sensibilisation candidates à une labellisation « fête des Montagnes d&amp;#039;Occitanie » par la Région Occitanie/Pyrénées-Méditerranée.
-[...3 lines deleted...]
- En 2020, la thématique retenue est « nos transhumances et itinérances ». Les initiatives, déjà existantes ou nouvelles, devront avoir lieu entre le 15 mai et le 5 juillet 2020.
+ L&amp;#039;ensemble des dépenses répondant aux objectifs visés. Les investissements liés aux enneigeurs seront étudiés pour le renouvellement du matériel existant par du matériel plus économe en eau. et en énergie.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Appui de la Région dans le cadre de la labellisation :
+  Sont inéligibles les dépenses suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Inscription de l&amp;#039;événement à l&amp;#039;agenda « fête des montagnes d&amp;#039;Occitanie 2020 » et communication générale assurée par la Région Occitanie,
-[...16 lines deleted...]
-  &lt;/ul&gt;
+  Achat de terrain et de bâtiment.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de voirie et de parking.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Signalétique.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="T8" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/developper-et-diversifier-loffre-des-stations-de-montagne/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Siège du Conseil Régional - Strasbourg :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Tél. &amp;#43;33 (0)3 88 15 68 67
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Cette prime est cumulable avec toute autre participation financière, dans la limite des dépenses liées à l&amp;#039;opération concernée. Les dépenses engagées peuvent être prises en compte à partir du 1er janvier 2020.
+ &lt;strong&gt;
+  Coordonnées des Maisons de la Région :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maison de la Région – Charleville-Mézières / Verdun : 22 Avenue Georges Corneau 08000 CHARLEVILLE-MÉZIÈRES – Téléphone : 03 26 70 86 30 – maison.charleville-verdun&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service Transport : 03 26 70 77 99
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Charleville-Mézières / Verdun : 44 Rue du Ru 55000 VERDUN – Téléphone : 03 26 70 74 80 – maison.charleville-verdun&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saint-Dizier / Bar-le-Duc : 4 Rue des Romains 55000 BAR-LE-DUC – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saint-Dizier / Bar-le-Duc : 9 Avenue de la République 52100 SAINT-DIZIER – Téléphone : 03 26 70 74 54 – maison.saintdizier-barleduc&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Châlons-en-Champagne : 5 Rue de Jéricho 51000 CHALONS-EN-CHAMPAGNE – Téléphone : 03 26 70 31 20 – maison.chalons&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Troyes / Chaumont : 9 Rue Charbonnet 10000 TROYES – Téléphone : 03 26 70 86 25 – maison.troyes-chaumont&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Troyes / Chaumont : 1 Boulevard Gambetta 52000 CHAUMONT – Téléphone : 03 26 70 86 50 – maison.troyes-chaumont&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Thionville / Longwy : 32 Rue du Vieux Collège 57100 THIONVILLE – Téléphone : 03 87 33 61 78 – maison.thionville&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Metz : 1 Place Gabriel Hocquard 57000 METZ – Téléphone : 03 87 61 65 49 – maison.metz&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Nancy : 4 Rue Piroux 54000 NANCY – Téléphone : 03 87 54 32 51 – maison.nancy&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Epinal : 40 Quai des Bons Enfants 88000 ÉPINAL – Téléphone : 03 87 33 62 47 – maison.epinal&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Saverne /Haguenau : 39 Rue Saint Nicolas 67700 SAVERNE – Téléphone : 03 88 03 40 80 – maison.saverne-haguenau&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Strasbourg : 26 Avenue de la Paix 67000 STRASBOURG – Téléphone : 03 88 15 67 40 – maison.strasbourg&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Sélestat : 1 Avenue de la Liberté 67600 SÉLESTAT – Téléphone : 03 88 58 41 11 – maison.selestat&amp;#64;grandest.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maison de la Région – Mulhouse : 4 Avenue du Général Leclerc 68100 MULHOUSE – Téléphone : 03 89 36 67 68 – maison.mulhouse&amp;#64;grandest.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/12da-developper-et-diversifier-loffre-des-stations/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB8" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>01/04/2019</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
+        <v>166052</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier le tourisme toutes saisons des vallées de montagne</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Diversifier le tourisme toutes saisons des vallées de montagne</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique).&lt;/p&gt;
+&lt;p&gt;Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide CIMA Espaces valléens est destiné à soutenir des territoires de projets qui ont été retenus dans le cadre de l&amp;#039;appel à manifestation d&amp;#039;intérêt &amp;#34;Espaces valléen&amp;#34;. L&amp;#039;aide vise à répondre aux enjeux alpins de diversification touristique toute saison par le développement de la découverte des patrimoines naturels et culturels qui fondent la spécificité et la notoriété des territoires alpins. Autour du patrimoine, il s’agit également d’innover par la création de nouvelles activités (croisement du patrimoine naturel, culturel et immatériel, activités avec neige et sans neige, s’adressant à de nouveaux publics…).&lt;br /&gt; L’échelle retenue est celle de la destination (territoire, vallée), celle-ci couvrant potentiellement plusieurs collectivités.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;h5&gt;Espaces valléens :&lt;/h5&gt;
+&lt;p&gt;Ce dispositif est destiné à soutenir des territoires de projets regroupant les enjeux alpins de diversification touristique toute saison par le développement de la découverte des patrimoines naturels et culturels qui fondent la spécificité et la notoriété des territoires alpins. Autour du patrimoine, il s’agit également d’innover par la création de nouvelles activités (croisement du patrimoine naturel, culturel et immatériel, activités avec neige et sans neige, s’adressant à de nouveaux publics…).&lt;br /&gt; L’échelle retenue est celle de la destination (territoire, vallée), celle-ci couvrant potentiellement plusieurs collectivités.&lt;/p&gt;
+&lt;h5&gt;Hors Espaces valléens :&lt;/h5&gt;
+&lt;p&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma inter régional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Les thématiques sont larges :&lt;/strong&gt;&lt;br /&gt; bois et forêt, pastoralisme, activités de pleine nature&lt;/p&gt; &lt;p&gt;&lt;span&gt;Type d’actions éligibles pour les actions des Espaces valléens :&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les actions d’études et d’expérimentations visant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la transition du modèle économique des stations, l’évolution de leur gouvernance et faire partager dans la durée les enjeux de transition du modèle touristique actuel (benchmark, AMO …) ;&lt;/li&gt; 	&lt;li&gt;le meilleur outillage des territoires espaces valléens à l’échelle pour répondre aux enjeux de diversification touristique et de changement, notamment climatique, appliqués aux territoires ;&lt;/li&gt; 	&lt;li&gt;la définition et la construction d’une offre touristique de valorisation des ressources naturelles et culturelles à l’échelle de l’espace valléen à l’année ;&lt;/li&gt; 	&lt;li&gt;le développement des activités de loisirs et de découverte : démarches stratégiques, schéma directeur, études ;&lt;/li&gt; 	&lt;li&gt;le développement de l’offre de services au vu des besoins identifiés dans la stratégie du territoire pour répondre aux attentes des clientèles de séjour et des habitants ;&lt;/li&gt; 	&lt;li&gt;la mise œuvre d’une stratégie territoriale intégrée qui vise un changement de modèle touristique, social et organisationnel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les projets en matière d’investissement, d’aménagement et d’équipement visant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la mise en valeur du patrimoine naturel et culturel : aménagement de sites d’accueil et d’infrastructures de découverte ;&lt;/li&gt; 	&lt;li&gt;l’installation de petits équipements renforçant le lien station / vallée ;&lt;/li&gt; 	&lt;li&gt;les équipements structurants pour l’espace valléen ;&lt;/li&gt; 	&lt;li&gt;le soutien aux projets visant à développer les activités sur les ailes de saison ;&lt;/li&gt; 	&lt;li&gt;la rénovation et le renforcement de l’efficacité énergétique des bâtiments d’accueil touristique de montagne (refuges, lieux d’accueil du tourisme social, gites d’étapes collectifs, logements des saisonniers) qui pourront être soutenus dans le cadre de la mesure 1.3 sur la base de critères de priorisation spécifiques.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les actions de sensibilisation structurante au travers de :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;l’accompagnement à la qualification de l’offre ;&lt;/li&gt; 	&lt;li&gt;le développement d’offres expérientielles et des offres visant habitants et visiteurs ;&lt;/li&gt; 	&lt;li&gt;l’appropriation et la découverte de la culture de la montagne, notamment du public jeune.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d&amp;#039;actions éligibles sur l&amp;#039;itinérance et les sites naturels majeurs :&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les actions en matière d’ingénierie, d’études et d’expérimentations :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Permettant l’animation des partenaires et l’écriture d’une stratégie : étude clientèle, fréquentation, appui marketing…etc.&lt;/li&gt; 	&lt;li&gt;Visant l’accompagnement pour la structuration d’une gouvernance par itinéraire et mise en réseau des itinéraires.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les projets en matière d’aménagement et d’équipement :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Portant sur la qualification des itinéraires (exemples : aménagement de sites comme un col, mise en place de panneaux d’interprétation, de signalétique, requalification paysagère …).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;voies cyclables : l’aménagement de l’infrastructure proprement dite ;&lt;/li&gt; 	&lt;li&gt;la réalisation de parkings (terrassement, enrobée…) ;&lt;/li&gt; 	&lt;li&gt;l’acquisition de parc vélos destinés à la location ;&lt;/li&gt; 	&lt;li&gt;les investissements immobiliers et/ou travaux de réaménagements sur les offices de tourisme (OTI, bureaux d’informations touristiques …) ;&lt;/li&gt; 	&lt;li&gt;les aménagements et mobiliers destinés uniquement aux fonctions d’accueil et d’information ;&lt;/li&gt; 	&lt;li&gt;les projets relevant des missions (classiques) des offices du tourisme : support de promotion, de communication (papiers, numérique, e-influenceurs …), GRC, fonctionnement, investissement, toutes dépenses liées à la réorganisation conséquence loi NOTRe ;&lt;/li&gt; 	&lt;li&gt;les projets visant à accompagner les actions événementielles (festivals, fêtes de village – pastorales …, évènements sportifs, derby, concerts, marchés thématiques, films …).&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Montagne
+Sols
+Espace public
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Type d’actions éligibles pour les actions des Espaces valléens :&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les actions d’études et d’expérimentations visant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la transition du modèle économique des stations, l’évolution de leur gouvernance et faire partager dans la durée les enjeux de transition du modèle touristique actuel (benchmark, AMO …) ;&lt;/li&gt; 	&lt;li&gt;le meilleur outillage des territoires espaces valléens à l’échelle pour répondre aux enjeux de diversification touristique et de changement, notamment climatique, appliqués aux territoires ;&lt;/li&gt; 	&lt;li&gt;la définition et la construction d’une offre touristique de valorisation des ressources naturelles et culturelles à l’échelle de l’espace valléen à l’année ;&lt;/li&gt; 	&lt;li&gt;le développement des activités de loisirs et de découverte : démarches stratégiques, schéma directeur, études ;&lt;/li&gt; 	&lt;li&gt;le développement de l’offre de services au vu des besoins identifiés dans la stratégie du territoire pour répondre aux attentes des clientèles de séjour et des habitants ;&lt;/li&gt; 	&lt;li&gt;la mise œuvre d’une stratégie territoriale intégrée qui vise un changement de modèle touristique, social et organisationnel.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les projets en matière d’investissement, d’aménagement et d’équipement visant :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;la mise en valeur du patrimoine naturel et culturel : aménagement de sites d’accueil et d’infrastructures de découverte ;&lt;/li&gt; 	&lt;li&gt;l’installation de petits équipements renforçant le lien station / vallée ;&lt;/li&gt; 	&lt;li&gt;les équipements structurants pour l’espace valléen ;&lt;/li&gt; 	&lt;li&gt;le soutien aux projets visant à développer les activités sur les ailes de saison ;&lt;/li&gt; 	&lt;li&gt;la rénovation et le renforcement de l’efficacité énergétique des bâtiments d’accueil touristique de montagne (refuges, lieux d’accueil du tourisme social, gites d’étapes collectifs, logements des saisonniers) qui pourront être soutenus dans le cadre de la mesure 1.3 sur la base de critères de priorisation spécifiques.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les actions de sensibilisation structurante au travers de :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;l’accompagnement à la qualification de l’offre ;&lt;/li&gt; 	&lt;li&gt;le développement d’offres expérientielles et des offres visant habitants et visiteurs ;&lt;/li&gt; 	&lt;li&gt;l’appropriation et la découverte de la culture de la montagne, notamment du public jeune.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d&amp;#039;actions éligibles sur l&amp;#039;itinérance et les sites naturels majeurs :&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Les actions en matière d’ingénierie, d’études et d’expérimentations :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Permettant l’animation des partenaires et l’écriture d’une stratégie : étude clientèle, fréquentation, appui marketing…etc.&lt;/li&gt; 	&lt;li&gt;Visant l’accompagnement pour la structuration d’une gouvernance par itinéraire et mise en réseau des itinéraires.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; Les projets en matière d’aménagement et d’équipement :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Portant sur la qualification des itinéraires (exemples : aménagement de sites comme un col, mise en place de panneaux d’interprétation, de signalétique, requalification paysagère …).&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;voies cyclables : l’aménagement de l’infrastructure proprement dite ;&lt;/li&gt; 	&lt;li&gt;la réalisation de parkings (terrassement, enrobée…) ;&lt;/li&gt; 	&lt;li&gt;l’acquisition de parc vélos destinés à la location ;&lt;/li&gt; 	&lt;li&gt;les investissements immobiliers et/ou travaux de réaménagements sur les offices de tourisme (OTI, bureaux d’informations touristiques …) ;&lt;/li&gt; 	&lt;li&gt;les aménagements et mobiliers destinés uniquement aux fonctions d’accueil et d’information ;&lt;/li&gt; 	&lt;li&gt;les projets relevant des missions (classiques) des offices du tourisme : support de promotion, de communication (papiers, numérique, e-influenceurs …), GRC, fonctionnement, investissement, toutes dépenses liées à la réorganisation conséquence loi NOTRe ;&lt;/li&gt; 	&lt;li&gt;les projets visant à accompagner les actions événementielles (festivals, fêtes de village – pastorales …, évènements sportifs, derby, concerts, marchés thématiques, films …).&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/espaces-valleens</t>
+        </is>
+      </c>
+      <c r="W9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/page-intermediaire/espaces-valleens?tx_eannuaires_pi2%5Bbacklink%5D=https%3A%2F%2Fwww.maregionsud.fr%2Fvos-aides%2Fdetail%2Fespaces-valleens&amp;cHash=f8e2b68dcdbef704bcd60ce35716f11e</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-le-tourisme-toutes-saisons-des-vallees-de-montagne/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
+        <v>121453</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Reconvertir des stations de moyennes montagnes dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un développement touristique durable dans le Massif du Jura</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Massif du Jura connaît des changements climatiques impactant son patrimoine naturel et donc son développement économique et social, basé sur ce patrimoine.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans un objectif de diversification de l&amp;#039;activité, de reconversion des stations et de désaisonnalisation de l&amp;#039;offre de produits touristiques disponibles, il s&amp;#039;agit de développer une offre d&amp;#039;activités touristiques et de loisirs et d&amp;#039;activités culturelles durables, accessible toute l&amp;#039;année et valorisant le patrimoine naturel.
+&lt;/p&gt;
+&lt;p&gt;
+ La présente fiche action vise à accompagner la reconversion des sites et stations de moyenne montagne pour maintenir une offre touristique durable toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ La zone du Massif du Jura s&amp;#039;étend sur deux régions françaises, Auvergne Rhône-Alpes et Bourgogne-Franche-Comté, et quatre départements, l&amp;#039;Ain, le Doubs, le Jura et le Territoire de Belfort. Il est composé de 902 communes. (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="R7" s="1" t="inlineStr">
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement et adaptation des infrastructures touristiques visant les activités adaptées au défaut d&amp;#039;enneigement dans un souci de préservation de l&amp;#039;économie et attractivité touristique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création, développement et diversification des activités proposées dans les stations de moyenne montagne (escalade, randonnée, VTT, équitation, activités nautiques, activités de pleine nature, activités nordiques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconversion des stations de ski alpin, ainsi que l&amp;#039;accompagnement de la sphère du ski nordique vers une activité toute saison.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Transition énergétique
+Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- L&amp;#039;événement devra :
-[...20 lines deleted...]
- Les actions promues dans le cadre de l&amp;#039;événement (telles que des manifestations sportives, culturelles, expositions, visites, débats, activités expérientielles, sensibilisation, etc.) devront être identifiées et décrites dans la candidature, ouvertes au grand public.
+ Adaptation des projets à toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ Articulation avec le schéma interrégional d&amp;#039;aménagement et de développement du Massif du Jura et le schéma régional de développement du tourisme et des loisirs (SRDTL).
+&lt;/p&gt;
+&lt;p&gt;
+ Articulation avec les objectifs du CPIER Massif du Jura 2021/2027 et avis favorable du Commissariat de massif.
+&lt;/p&gt;
+&lt;p&gt;
+ Géographique : L&amp;#039;opération doit se dérouler dans le Massif du Jura  (https://www.prefectures-regions.gouv.fr/bourgogne-franche-comte/Grands-dossiers/Massif-du-Jura).
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Lignes de partages :
+&lt;/p&gt;
+&lt;p&gt;
+ Lorsqu&amp;#039;un projet est éligible à un programme LEADER et la présente fiche action, la répartition se fera sur la base du coût total du projet selon la répartition suivante :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coût total &amp;gt; ou &amp;#61; 200 000€ HT : FEDER
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût total &amp;lt; 200 000€ HT : LEADER
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements immatériels et matériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de prestation en lien avec l&amp;#039;investissement telles que prestations d&amp;#039;assistance, de maîtrise d&amp;#039;œuvre, études, diagnostics, contrôle sécurité... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de communication concernant le projet avec publicité de l&amp;#039;intervention du FEDER ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses indirectes : forfait de 7% appliqué aux dépenses directes éligibles.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de personnel ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses concernant l&amp;#039;achat de terrain et/ou de bâtiment ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;entretien ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Matériel roulant ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses indirectes hors forfait 7%.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X7" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/massif-du-jura-patrimoine-tourisme/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Françoise TRANAIN : francoise.tranain&amp;#64;laregion.fr
-[...5 lines deleted...]
- Tél : 04 67 22 81 29 - 05 61 33 50 37
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: massifdujura.feder&amp;#64;bourgognefranchecomte.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bc66-accompagner-la-durabilite-des-hebergements-to/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB10" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional Bourgogne Franche-Comté</t>
+        </is>
+      </c>
+      <c r="AD10" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>08/12/2022</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="D8" s="1" t="inlineStr">
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>117576</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Être assisté dans le management des projets Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Assistance au management des projets Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose une assistance aux chefs de projet des territoires Avenir Montagnes afin d&amp;#039;être aidé dans votre démarche visant à développer une offre touristique diversifiée, durable, résiliente et toutes saisons.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette assistance prend la forme d&amp;#039;un financement à 100 %, dans la limite de 50 000 € par territoire et durant le programme Avenir Montagnes Ingénierie, des interventions de consultants experts.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet accompagnement vous permet d&amp;#039;être aidé pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Structurer le projet (aide dans la mise en œuvre du processus organisationnel et de coordination des partenariats, dans la définition de la programmation technique et financière, dans la décision pour préparer les arbitrages, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des outils de pilotage et de suivi (organigramme des tâches, calendrier prévisionnel, outils de suivi des alertes, référentiel budgétaire, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir et mettre en œuvre les dispositifs de concertation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Préparer et animer la comitologie de projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Produire des éléments de langage et de présentation du plan d&amp;#039;actions ou de projets ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animer des dispositifs de concertation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir vos besoins d&amp;#039;expertises complémentaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser les démarches administratives et méthodologiques (documents de consultation, cahier des charges, fiche-action, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/avenir-montagnes-management-projet?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projets_avenir_montagnes_osat</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46b6-etre-assiste-dans-le-management-des-projets-a/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>10/05/2022</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
+        <v>117498</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Consolider les secteurs thermalisme, montagne et ports de plaisance</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Financement de projets d’équipements et d’hébergements touristiques</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L8" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Grâce à des tickets allant de 1 à 15 millions d&amp;#039;euros, la Banque des Territoires propose des apports en fonds propres aux filières suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Thermalisme ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montagne ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ports de plaisance.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Visant à renforcer ces secteurs, ces mesures peuvent s&amp;#039;appuyer sur des modèles de consolidation et par la prise de participation auprès d&amp;#039;acteurs publics et privés, comme cela a notamment été le cas pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Compagnie des Pyrénées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La Compagne des Alpes.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Montagne</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projets-equipements-hebergements-touristiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=consolidat</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5671-consolider-les-secteurs-thermalisme-montagne-/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>26/04/2022</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>92052</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Financer la modernisation des filières thermalisme, ports de plaisance et montagne</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Financement de projets d’équipements et d’hébergements touristiques</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires vous accompagne dans la modernisation des équipements et la structuration des filières thermalisme, ports de plaisance et montagne, avec une offre de financement en fonds propres.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-projets-equipements-hebergements-touristiques?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=modernisat</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
   https://www.banquedesterritoires.fr/directions-regionales
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vou
   s êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
   Contactez-nous à travers notre formulaire de contact
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f552-obtenir-un-accompagnement-dans-la-modernisati/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>22/04/2021</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...659 lines deleted...]
-      <c r="A13" s="1">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
         <v>162309</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’émergence d’une offre innovante, diversifiée et différenciante de tourisme durable en montagne</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Diversifier le tourisme toutes saisons des vallées de montagne</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...3 lines deleted...]
-      <c r="H13" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L13" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour accompagner l’émergence d’une offre innovante, diversifiée et différenciante de tourisme durable en montagne (activités de pleine nature, bien-être et ressourcement, découverte du territoire, de ses savoir-faire, valorisation de ses sites remarquables, de ses hébergements montagnards dont les refuges, de son histoire, en lien avec les ressources agricoles, paysagères...).&lt;/p&gt;
 &lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt; &lt;p&gt; Collectivités&lt;/p&gt;
  &lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
 &lt;h5&gt;Espaces valléens :&lt;/h5&gt;
 &lt;p&gt;Ce dispositif est destiné à soutenir des territoires de projets regroupant les enjeux alpins de diversification touristique toute saison par le développement de la découverte des patrimoines naturels et culturels qui fondent la spécificité et la notoriété des territoires alpins. Autour du patrimoine, il s’agit également d’innover par la création de nouvelles activités (croisement du patrimoine naturel, culturel et immatériel, activités avec neige et sans neige, s’adressant à de nouveaux publics…).&lt;br /&gt; L’échelle retenue est celle de la destination (territoire, vallée), celle-ci couvrant potentiellement plusieurs collectivités.&lt;/p&gt;
 &lt;h5&gt;Hors Espaces valléens :&lt;/h5&gt;
 &lt;p&gt;C’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma inter régional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Les thématiques sont larges :&lt;/strong&gt;&lt;br /&gt; bois et forêt, pastoralisme, activités de pleine nature&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Les partenaires de la CIMA : &lt;/strong&gt;&lt;br /&gt; l&amp;#039;Etat, les Régions Provence-Alpes-Côte d&amp;#039;Azur et Rhône-Alpes, l&amp;#039;agence de l&amp;#039;eau Rhône-Méditerranée-Corse et l&amp;#039;Agence de l&amp;#039;environnement et de la maîtrise de l&amp;#039;énergie.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Espace public
 Biodiversité
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P13" s="1" t="inlineStr">
+      <c r="P14" s="1" t="inlineStr">
         <is>
           <t>30/01/2019</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/espaces-valleens</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Service Montagne&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/convention-interregionale-du-massif-des-alpes/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G14" s="1" t="inlineStr">
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>117577</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancer les outils d'aide à la décision des territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Cofinancement d’outils d’aide à la décision pour les territoires Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...17 lines deleted...]
-      <c r="L14" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;p&gt;
-[...25 lines deleted...]
-      <c r="O14" s="1" t="inlineStr">
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires propose une solution de cofinancement des outils d&amp;#039;aide à la décision pour les territoires Avenir Montagnes. Des experts vous conseillent dans la définition de vos besoins et d&amp;#039;outils d&amp;#039;aide à la décision en matière d&amp;#039;aménagement et d&amp;#039;investissements.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement peut porter sur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projections d&amp;#039;enneigement à l&amp;#039;avenir ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La simulation des retombées économiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La simulation des impacts sur l&amp;#039;écosystème territorial et environnemental ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le pilotage des ressources environnementales : énergie, eau et biodiversité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La connaissance des ressources immobilières et foncières ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le pilotage des flux touristiques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le cofinancement pour le déploiement des outils représente au maximum :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 % du montant TTC engagé ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans la limite de 20 000 € TTC par territoire et durant le programme Avenir Montagnes Ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Montagne
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/avenir-montagnes-cofinancement-outils?mtm_campaign=Aides_Territoires&amp;mtm_kwd=O_S_Conseiller&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=outils_avenir_montagnes_osat</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  Bénéficiaires:
+  Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
+ &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  &lt;p&gt;
-[...82 lines deleted...]
-05 57 57 83 09.
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9ed3-cofinancer-les-outils-daide-a-la-decision-des/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>10/05/2022</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
         <v>162752</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Développer la résilience des territoires et des populations face aux risques naturels en montagne</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Développer la résilience des territoires et des populations face aux risques naturels en montagne</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L15" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Il s’agit de soutenir :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;le développement et la poursuite des démarches engagées en matière de gestion intégrée des risques naturels à partir d’approches territoriales multirisques,&lt;/li&gt; 	&lt;li&gt; les projets interrégionaux d’animation, de sensibilisation et de mise en réseau pour une meilleurs gestion des risques naturels.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Il s&amp;#039;agit de favoriser les actions coordonnées et collectives de gestion intégrée des risques naturels en optimisant la gouvernance selon des territoires cohérents.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Les collectivités territoriales&lt;/li&gt; 	&lt;li&gt;Les Etablissements Publics de Coopération Intercommunale&lt;/li&gt; 	&lt;li&gt;Les syndicats mixtes&lt;/li&gt; 	&lt;li&gt; Les établissements et sociétés publics, porteurs d’une démarche de gestion intégrée des risques naturels &lt;/li&gt; 	&lt;li&gt; Les collectivités et structures publiques porteuses d’une réflexion concertée à l’échelle pertinente au vu de l’aléa visé&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Dispositif &lt;span&gt;« Développer la connaissance locale et la sensibilisation sur les risques naturels »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Diagnostics locaux des aléas : calcul des intensités, estimation des fréquences, cartographie des emprises, etc.&lt;/li&gt; 	&lt;li&gt; Identification et évaluation des enjeux humains et matériels dans l’espace soumis à un aléas naturels ;&lt;/li&gt; 	&lt;li&gt;Mettre en œuvre des opérations ciblées (adaptées à la sociologie et nature des aléas du territoire) de sensibilisation et de communication auprès du grand public, des scolaires et des touristes ;&lt;/li&gt; 	&lt;li&gt; Formation des élus, des techniciens des collectivités et des acteurs socio-professionnels locaux&lt;/li&gt; 	&lt;li&gt; Etude historique des aléas / des territoires&lt;/li&gt; 	&lt;li&gt;Formation à la gestion de crise&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Soutenir la gouvernance locale et les réseaux d’acteurs »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Accompagner l’élaboration concertée de stratégies globales pluriannuelles de gestion intégrée des risques naturels (plan pluriannuel d’actions)&lt;/li&gt; 	&lt;li&gt; Animation de réseaux régionaux d’acteurs impliqués dans la Gestion Intégrée des Risques Naturels en montagne : formations, conférences, retours d’expériences, etc.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Réduire la vulnérabilité des territoires »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etude préalable à la réalisation d’ouvrages de protection, diagnostics d’ouvrages de protection&lt;/li&gt; 	&lt;li&gt; Réalisation d’ouvrages de protection / prévention des aléas avec priorité données aux techniques basées sur la nature&lt;/li&gt; 	&lt;li&gt; Accompagner le déploiement des systèmes de suivi des aléas et d’alerte à la population et/ou aux autorités locales de gestion de crise (stations hydrométriques, pluviographes, stations GPS, outils de modélisation, systèmes de communication, etc.)&lt;/li&gt; 	&lt;li&gt; Prise en compte des risques naturels dans les documents d’urbanismes&lt;/li&gt; 	&lt;li&gt; Actualisation des DICRIM (Document d&amp;#039;information communal sur les risques majeurs) dans le cadre des connaissances acquises via la GIRN&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Actions non éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les actions menées en dehors d’une démarche territoriale intégrée.&lt;/li&gt; 	&lt;li&gt; Les approches monorisques sont exclues du financement européen.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Types de dépenses non éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les dépenses participant à la réalisation de documents réglementaires communaux dans le domaine des risques (PPR) ;&lt;/li&gt; 	&lt;li&gt; Les amendes, pénalités financières, frais de justice et de contentieux, exonérations de charges ;&lt;/li&gt; 	&lt;li&gt; Les frais débiteurs, agios et autres frais financiers.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Biodiversité
 Equipement public
 Bâtiments et construction</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P15" s="1" t="inlineStr">
+      <c r="P16" s="1" t="inlineStr">
         <is>
           <t>23/05/2024</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dispositif &lt;span&gt;« Développer la connaissance locale et la sensibilisation sur les risques naturels »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Diagnostics locaux des aléas : calcul des intensités, estimation des fréquences, cartographie des emprises, etc.&lt;/li&gt; 	&lt;li&gt; Identification et évaluation des enjeux humains et matériels dans l’espace soumis à un aléas naturels ;&lt;/li&gt; 	&lt;li&gt;Mettre en œuvre des opérations ciblées (adaptées à la sociologie et nature des aléas du territoire) de sensibilisation et de communication auprès du grand public, des scolaires et des touristes ;&lt;/li&gt; 	&lt;li&gt; Formation des élus, des techniciens des collectivités et des acteurs socio-professionnels locaux&lt;/li&gt; 	&lt;li&gt; Etude historique des aléas / des territoires&lt;/li&gt; 	&lt;li&gt;Formation à la gestion de crise&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Soutenir la gouvernance locale et les réseaux d’acteurs »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;Accompagner l’élaboration concertée de stratégies globales pluriannuelles de gestion intégrée des risques naturels (plan pluriannuel d’actions)&lt;/li&gt; 	&lt;li&gt; Animation de réseaux régionaux d’acteurs impliqués dans la Gestion Intégrée des Risques Naturels en montagne : formations, conférences, retours d’expériences, etc.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; Dispositif &lt;span&gt;« Réduire la vulnérabilité des territoires »&lt;/span&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Etude préalable à la réalisation d’ouvrages de protection, diagnostics d’ouvrages de protection&lt;/li&gt; 	&lt;li&gt; Réalisation d’ouvrages de protection / prévention des aléas avec priorité données aux techniques basées sur la nature&lt;/li&gt; 	&lt;li&gt; Accompagner le déploiement des systèmes de suivi des aléas et d’alerte à la population et/ou aux autorités locales de gestion de crise (stations hydrométriques, pluviographes, stations GPS, outils de modélisation, systèmes de communication, etc.)&lt;/li&gt; 	&lt;li&gt; Prise en compte des risques naturels dans les documents d’urbanismes&lt;/li&gt; 	&lt;li&gt; Actualisation des DICRIM (Document d&amp;#039;information communal sur les risques majeurs) dans le cadre des connaissances acquises via la GIRN&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Actions non éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les actions menées en dehors d’une démarche territoriale intégrée.&lt;/li&gt; 	&lt;li&gt; Les approches monorisques sont exclues du financement européen.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;&lt;br /&gt; &lt;strong&gt;Types de dépenses non éligibles :&lt;/strong&gt;&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt; Les dépenses participant à la réalisation de documents réglementaires communaux dans le domaine des risques (PPR) ;&lt;/li&gt; 	&lt;li&gt; Les amendes, pénalités financières, frais de justice et de contentieux, exonérations de charges ;&lt;/li&gt; 	&lt;li&gt; Les frais débiteurs, agios et autres frais financiers.&lt;/li&gt; &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/developper-la-resilience-des-territoires-et-des-populations-face-aux-risques-naturels-en-montagne</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="https://www.maregionsud.fr/contacter-la-region#"&gt;contact&amp;#64;alloregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-la-resilience-des-territoires-et-des-populations-face-aux-risques-naturels-en-montagne/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
         <v>140800</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Prévenir les risques naturels en montagne : avalanches, mouvements de terrains, chutes de blocs, crues torrentielles…</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Office national des forêts (ONF)</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L16" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Expertise technique : observation et amélioration des connaissances ; étude pour des travaux de protection ; appui à la gestion de crise
  &lt;/li&gt;
  &lt;li&gt;
   Conseil amont : mise à disposition de données (dont base évènements) ; aide à la programmation de travaux ; appui en matière d&amp;#039;organisation vis-à-vis des risques
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie administrative : conseils pour la gestion des procédures en lien avec les travaux ; appui à la rédaction de cahier des charges
  &lt;/li&gt;
  &lt;li&gt;
   Ingénierie de projet : assistance à maîtrise d&amp;#039;ouvrage ou maîtrise d&amp;#039;œuvre pour des travaux de protection
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Assistance à la gestion et à l&amp;#039;exploitation des ouvrages de protection
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Protection contre les crues : maîtrise d&amp;#039;œuvre des travaux de confortement des digues sur le torrent de Gaudissart (Barcelonnette &amp;amp; Uvernet-Fours). Étude de dangers de système d&amp;#039;endiguement de l&amp;#039;Ubaye ou de torrents (Jausiers, Colmars les Alpes)
  &lt;/li&gt;
  &lt;li&gt;
   Maîtrise des glissements de terrain : suivi de glissements de terrain et instrumentations (Digne, Barcelonnette, Jausiers)
  &lt;/li&gt;
  &lt;li&gt;
   Gestion du risque d&amp;#039;avalanche : projet de filets paravalanches – RD1091, col de Vars
  &lt;/li&gt;
  &lt;li&gt;
   Protection contre les chutes de blocs : maîtrise d&amp;#039;œuvre des travaux de pose de filets pare-blocs (Le Caire) ou de purge (les Mées) ou de travaux en paroi (Thorame-Haute). Étude de l&amp;#039;aléa et dimensionnement de protection (Peyruis)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Montagne
 Risques naturels</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  2 types d&amp;#039;intervention :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   missions d&amp;#039;intérêt général financées par le MTE : appui technique de premier niveau en matière de prévention et de gestion intégrée des risques naturels (gratuit – appui à la demande du Préfet)
  &lt;/li&gt;
  &lt;li&gt;
   prestations complémentaires facturées au coût réel (prestations dans le domaine concurrentiel)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Alpes-de-Haute-Provence</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://www.onf.fr/</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contact : ONF-RTM, 7 rue Monseigneur Meirieu, 04 000 Digne-les-Bains
 &lt;/p&gt;
 &lt;p&gt;
  Tél : 04 92 32 62 00
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:rtm.digne&amp;#64;onf.fr" target="_self"&gt;
   rtm.digne&amp;#64;onf.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/98d9-service-rtm-prevention-des-risques-naturels-e/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>11/05/2023</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
+        <v>126139</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des petites communes rurales situées en zone montagne pour des investissements en matière de viabilité hivernale</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Fonds de solidarité - Enveloppe de viabilité hivernale</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 3 000 € et plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de viabilité hivernale peut financer des prestations de déneigement et l&amp;#039;acquisition de matériel lié à la viabilité hivernale.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet outil du fonds de solidarité pour les communes de moins de 1 000 habitants (population DGF 2022) situées en zone de montagne est réservé aux dépenses d&amp;#039;investissement liées à l&amp;#039;acquisition de matériels. Les EPCI ayant tout ou partie de la compétence des voiries communales ne pourront pas en bénéficier. Il est proposé que les communes concernées déposent un seul dossier par an.
+&lt;/p&gt;
+&lt;p&gt;
+ La priorisation et l&amp;#039;arbitrage seront effectués par l&amp;#039;Exécutif départemental et les projets éligibles à cette enveloppe seront soumis à l&amp;#039;approbation de la Commission permanente après information des conseillers départementaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Montagne
+Voirie et réseaux</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Sont éligibles les communes de moins de 1 000 habitants (population DGF 2022) situées en zone de montagne.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets sont éligibles sur factures et devis année N et N-1. Par dérogation au règlement budgétaire et financier, la subvention devra être versée au plus tard au 31 décembre de l&amp;#039;année N, en un seul versement, N étant l&amp;#039;année de notification.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9dab-etre-solidaire-des-petites-communes-rurales-s/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Loire</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
         <v>90754</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’exploitation par câble des forêts de montagne des Pyrénées-Atlantiques présentant de fortes contraintes d’exploitation et des risques naturels</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Exploitation par câble</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Entreprise publique locale (Sem, Spl, SemOp)
 Particulier</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L17" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région soutient l&amp;#039;exploitation par câble des forêts de montagne des Pyrénées-Atlantiques présentant de fortes contraintes d&amp;#039;exploitation et un rôle avéré de protection contre les aléas naturels.
 &lt;/p&gt;
 &lt;strong&gt;
  Objectifs
 &lt;/strong&gt;
 :
 &lt;ul&gt;
  &lt;li&gt;
   propriétaires forestiers privés, leurs groupements
  &lt;/li&gt;
  &lt;li&gt;
   les collectivités territoriales et leurs groupements.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Risques naturels</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Critères de sélection
  &lt;/strong&gt;
  :
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale est modulée en fonction d&amp;#039;un certain nombre de critères techniques propres au chantier : longueur de ligne (câble court ou long), destination des produits extraits (Bois d&amp;#039;œuvre (BO), Bois d&amp;#039;industrie (BI), affouage ou bois énergie), contrainte éventuelle de reprise de bois au camion pour les amener à bord de grumiers.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant
  &lt;/strong&gt;
  :
  &lt;/p&gt;&lt;p&gt;
   L&amp;#039;aide au débardage par câble est calculée sur la base d&amp;#039;un surcoût d&amp;#039;exploitation.
  &lt;/p&gt;
  &lt;p&gt;
   Le taux maximum de subvention des 3 financeurs (Etat, Région Aquitaine et département des Pyrénées-Atlantiques) est de 80% de l&amp;#039;estimation HT des travaux éligibles.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Pyrénées-Atlantiques</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/exploitation-par-cable</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service forêt bois papier :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Bernard LAZARINI :
    05.57.57.82.70
  &lt;/li&gt;
  &lt;li&gt;
   Pascale PAREL :
    05.57.57.80.53
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5c08-exploitation-par-cable/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>Région Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2021</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-[...144 lines deleted...]
-      <c r="A19" s="1">
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
         <v>163132</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Installer des équipements d’énergies renouvelables, électriques ou thermiques, au sein de refuges de moyenne et haute montagne en site isolé</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Refuges zéro fumée</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Association
-[...3 lines deleted...]
-      <c r="H19" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L19" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ce dispositif intervient, en phase étude ou travaux, sur l’installation d’équipements d’énergies renouvelables, électriques ou thermiques, au sein de refuges de moyenne et haute montagne en site isolé sur le territoire régional. Parmi les technologies éligibles, selon des critères particuliers à satisfaire : photovoltaïque, éolien, hydroélectricité, batterie plomb, solaire thermique, bois-énergie...&lt;/p&gt; &lt;p&gt;Toute personne morale supportant le financement de l’opération en tant que propriétaire ou bailleur du refuge objet de l’opération ou en tant que tiers investisseur peut prétendre aux aides présentées dans ce cadre.&lt;/p&gt; &lt;p&gt;Le dispositif intervient, en phase d&amp;#039;étude préalable, si nécessaire, et de travaux sur les installations photovoltaïques, éoliennes, hydroélectriques (pico-centrales), de stockage (batteries plomb), de solaire thermique, de chaudière et de poêle à bois, ainsi que sur des équipements d&amp;#039;exploitation écologiques, comme les toilettes sèches, les douches et fours solaires, et ce selon des conditions techniques et réglementaires particulières à découvrir dans le texte complet du cadre.&lt;/p&gt;
 &lt;p&gt;Un comité de sélection rassemblant a minima les services de la Région et du Commissariat de Massif des Alpes constitue l’instance de programmation annuelle. Les projets doivent d&amp;#039;abord lui être soumis, via une fiche projet à télécharger et compléter, avant dépôt, pour analyse puis sélection des projets éligibles et détermination du mode d&amp;#039;intervention.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Biodiversité</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P19" s="1" t="inlineStr">
+      <c r="P20" s="1" t="inlineStr">
         <is>
           <t>25/06/2024</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le dispositif intervient, en phase d&amp;#039;étude préalable, si nécessaire, et de travaux sur les installations photovoltaïques, éoliennes, hydroélectriques (pico-centrales), de stockage (batteries plomb), de solaire thermique, de chaudière et de poêle à bois, ainsi que sur des équipements d&amp;#039;exploitation écologiques, comme les toilettes sèches, les douches et fours solaires, et ce selon des conditions techniques et réglementaires particulières à découvrir dans le texte complet du cadre.&lt;/p&gt;
 &lt;p&gt;Un comité de sélection rassemblant a minima les services de la Région et du Commissariat de Massif des Alpes constitue l’instance de programmation annuelle. Les projets doivent d&amp;#039;abord lui être soumis, via une fiche projet à télécharger et compléter, avant dépôt, pour analyse puis sélection des projets éligibles et détermination du mode d&amp;#039;intervention.&lt;/p&gt; &lt;p&gt;Les fiches projet sont à transmettre dans un premier temps aux contacts indiqués ci-après. En fonction de la décision du comité de soutien sus-évoqué, les dossiers qui sont à déposer auprès de la Région doivent l&amp;#039;être sur la plateforme régionale dématérialisée accessible par le bouton de dépôt d&amp;#039;une demande d&amp;#039;aide sur cette page. Il suffit ensuite de créer un compte, s&amp;#039;il n&amp;#039;existe pas (sinon se connecter au compte existant) puis de sélectionner le téléservice REFUGES ZÉRO FUMÉE - INVESTISSEMENT puis de suivre les instructions.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/refuge-zero-fumee</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
+      <c r="W20" s="1" t="inlineStr">
         <is>
           <t>https://subventionsenligne.maregionsud.fr</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour les équipements d&amp;#039;énergies renouvelables : Jocelyn Espéron &lt;a href="mailto:jesperon&amp;#64;maregionsud.fr"&gt;jesperon&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;Pour les équipements d&amp;#039;exploitation écologiques : Jean-Blaise Baron &lt;a href="mailto:jbbaron&amp;#64;maregionsud.fr"&gt;jbbaron&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/refuges-zero-fumee/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>published</t>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>28/07/2024</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...178 lines deleted...]
-    <row r="21" spans="1:27" customHeight="0">
+    <row r="21" spans="1:34" customHeight="0">
       <c r="A21" s="1">
-        <v>111702</v>
+        <v>164119</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Faire émerger une dynamique de transition touristique avec les acteurs locaux</t>
-[...4 lines deleted...]
-          <t>Avenir Montagnes</t>
+          <t>Développer les refuges dans les zones de massifs</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Faire émerger une dynamique de transition touristique avec les acteurs locaux</t>
+          <t>Massifs : Refuges</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Cerema
-Agence nationale de la cohésion des territoires (ANCT)</t>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
-        <is>
-[...396 lines deleted...]
-      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H23" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I23" s="1" t="inlineStr">
+      <c r="I21" s="1" t="inlineStr">
         <is>
           <t> Max : 25</t>
         </is>
       </c>
-      <c r="K23" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L23" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Cette aide accompagne les entreprises touristiques en zones de montagne, dans l&amp;#039;adaptation et la diversification de l&amp;#039;offre d&amp;#039;hébergements, dans une logique d&amp;#039;itinérance. Maintenir et qualifier des équipements d’accueil spécifiques, pour les itinérants à travers la modernisation et la réhabilitation des refuges de montagne.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>Le montant de l&amp;#039;aide est de 25% maximum des dépenses éligibles plafonnées à 4 000 000 € HT.</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Tourisme
 Transition énergétique
 Revitalisation
 Biodiversité</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Entreprises ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Associations ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Collectivités territoriales ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Etablissements publics.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les SCI sont exclues du champ des aides.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Dépenses éligibles :​​​&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Investissements, intérieur ou extérieur, de confort (chauffage, isolation, sanitaires, décoration, mobiliers, traitement paysagé, économies d&amp;#039;énergie) ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Frais d&amp;#039;étude et d&amp;#039;honoraires concourant à la réalisation des actions.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/massifs-refuges</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>Si vous remplissez les critères énoncés ci-dessus, merci de compléter le formulaire de contact ci-dessous, ou d&amp;#039;envoyer un mail à l&amp;#039;adresse tourisme&amp;#64;nouvelle-aquitaine.fr, en apportant des éléments de présentation de votre projet et vos coordonnées.
 La Direction du Tourisme prendra ensuite contact avec vous pour vérifier l’éligibilitéde votre projet avant tout dépôt de demande de subvention.</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/massifs-refuges/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>19/01/2025</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
+        <v>74662</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans l’amélioration, la rénovation et la création de logements locatifs à vocation sociale</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Occitanie</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Contribuer au financement d&amp;#039;opérations de construction, d&amp;#039;amélioration et de rénovation de logements locatifs à vocation sociale communaux ou intercommunaux
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer, améliorer et requalifier l&amp;#039;offre en logements communaux ou intercommunaux, dans les territoires ruraux, afin de répondre aux besoins des populations et aux enjeux environnementaux, sociaux, patrimoniaux et d&amp;#039;accessibilité (préservation de l&amp;#039;espace, recherche de densité notamment).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inciter les maîtres d&amp;#039;ouvrage à intégrer une démarche respectueuse de l&amp;#039;environnement, visant une performance énergétique élevée en recourant par exemple aux énergies renouvelables, à la maîtrise de la consommation en eau, à l&amp;#039;utilisation de matériaux présentant un bilan environnemental satisfaisant et en limitant les nuisances environnementales des chantiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Inciter les maîtres d&amp;#039;ouvrage à développer, au-delà du respect des codes du Travail et des marchés publics, les clauses sociales d&amp;#039;insertion dans les marchés et/ou à recourir à des structures spécifiques (entreprises adaptées, structures d&amp;#039;insertion par l&amp;#039;activité économique, entreprises de l&amp;#039;économie sociale et solidaire ...) et/ou en faisant appel à des apprenti.e.s.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Modalités d&amp;#039;intervention et conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Amélioration et rénovation:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les logements existants et les biens faisant l&amp;#039;objet d&amp;#039;une transformation d&amp;#039;usage en logement, appartenant ou acquis en vue de travaux par les collectivités bénéficiaires sont éligibles au dispositif.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les logements concernés devront bénéficier d&amp;#039;un montant de loyer au maximum égal au plafond défini pour le parc social (loyer PLS – Prêt Locatif Social)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de rénovation et d&amp;#039;amélioration devront permettre pour les logements réalisés, un gain énergétique de 30% minimum et d&amp;#039;atteindre la classe énergétique C (DPE avant et après travaux à l&amp;#039;appui).
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les logements situés en zones de montagne , les baux à destination des travailleurs saisonniers, sont pris en compte par le dispositif.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;intervention:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  25% maximum d&amp;#039;une dépense éligible plafonnée à 20 000 € HT par logement soit une subvention au plus de 5 000 € par logement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les opérations situées en zones de montagne, le taux est majoré à 30% maximum d&amp;#039;une dépense éligible plafonnée à 20 000 € HT par logement soit une subvention au plus de 6 000 € par logement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Modalités d&amp;#039;intervention et conditions d&amp;#039;éligibilité :
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+Création (construction neuve)
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les logements concernés devront bénéficier d&amp;#039;un montant de loyer au maximum égal au plafond défini pour le parc social (loyer PLS – Prêt Locatif Social)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pour les logements situés en zones de montagne, les baux à destination des travailleurs saisonniers, sont pris en compte par le dispositif.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Modalités d&amp;#039;intervention
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aide forfaitaire de 5 000 € par logement créé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide forfaitaire de 6 000 € par logement créé pour les communes situées en zones de montagne
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Occitanie</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.laregion.fr/Dispositif-de-soutien-a-l-amelioration-et-a-la-renovation-de-logements-des-communes</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Direction des Solidarités et de l&amp;#039;Égalité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Habitat et Logement
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Gestion :
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 67 22 97 67 (Départements 09 - 11 - 12 - 31 - 32 - 65)
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 67 22 98 33 (Départements 30 - 34 - 46 - 48 - 66 - 81 - 82)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4c43-dispositif-daide-au-logement-des-communes-a-v/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>27/01/2021</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
         <v>101598</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Être informé des opportunités transfrontalières</t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 EUROPE - Interreg - Fonds européens
 Avenir Montagnes
 France Ruralités</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>Mission opérationnelle transfrontalière (MOT)</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L24" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous souhaitez connaître vos opportunités transfrontalières ?
   &lt;br /&gt;
  &lt;/strong&gt;
  La Mission Opérationnelle Transfrontalière vous propose un appui individualisé afin d&amp;#039;identifier les opportunités de développement territorial liées au positionnement frontalier de votre territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Cet appui consiste en la réalisation d&amp;#039;une note synthétique (« rapport d&amp;#039;étonnement ») selon vos besoins et attentes spécifiques, vous informant des opportunités de coopération transfrontalière et de financement européen en matière de :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   développement territorial transfrontalier
  &lt;/li&gt;
  &lt;li&gt;
   services et équipements publics transfrontaliers
  &lt;/li&gt;
  &lt;li&gt;
   attractivité transfrontalière
  &lt;/li&gt;
  &lt;li&gt;
   préservation de l&amp;#039;environnement transfrontalier.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Tourisme
 Forêts
 Montagne
 Sols
 Foncier
 Transition énergétique
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Commerces et services
 Formation professionnelle
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Revitalisation
 Risques naturels
 Qualité de l'air
 Equipement public
 Logement et habitat
 Paysage
 Emploi
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Connaissance de la mobilité
 Industrie
 Mers et océans</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune ou une intercommunalité du programme Petites villes de demain, Villages d&amp;#039;Avenir ou Avenir Montagnes située à proximité d&amp;#039;une frontière nationale.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.espaces-transfrontaliers.org/</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contactez la MOT : mot&amp;#64;mot.asso.fr, &amp;#43;33 1 55 80 56 80
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>mathias.ribert@mot.asso.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3128-etre-informe-des-opportunites-transfrontalier/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC23" s="1" t="inlineStr">
+        <is>
+          <t>Mission Opérationnelle Transfrontalière (MOT)</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C25" s="1" t="inlineStr">
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
+        <v>119912</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Développer et mettre en valeur le tourisme artisanal sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
-Avenir Montagnes</t>
-[...2 lines deleted...]
-      <c r="E25" s="1" t="inlineStr">
+Avenir Montagnes
+Destination France</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L25" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez être accompagné dans la conception et la mise en œuvre de votre stratégie de développement et de promotion de l&amp;#039;artisanat de votre territoire. Vous souhaitez connaître les modalités de financement de cet accompagnement.
-[...13 lines deleted...]
-&lt;/p&gt;
+ Vous souhaitez développer une offre touristique durable autour de la valorisation des produits et savoir-faire artisanaux proposés localement afin de renforcer le rayonnement, l&amp;#039;attractivité et la valeur ajoutée de votre territoire, dans le respect de l&amp;#039;environnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les chambres de métiers et de l&amp;#039;artisanat interviennent pour valoriser le patrimoine artisanal :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de diagnostic et recensement des activités et savoir-faire du territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration du patrimoine artisanal au côté du patrimoine naturel et du patrimoine culturel dans l&amp;#039;offre et les parcours touristiques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des entreprises artisanales dans le développement de la visite d&amp;#039;entreprise, l&amp;#039;accueil d&amp;#039;une clientèle touristique, les démonstrations de savoir-faire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des entreprises artisanales dans le développement de pratiques numériques et notamment l&amp;#039;amélioration de leur visibilité en ligne ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement d&amp;#039;une offre d&amp;#039;ateliers culinaires autour de produits locaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation du territoire au travers d&amp;#039;événements consacrés aux savoir-faire (salon et journées des métiers d&amp;#039;art, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
 &lt;p&gt;
  N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
-[...20 lines deleted...]
-Foncier
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Création de parcours touristiques pour découvrir l&amp;#039;artisanat, le savoir-faire et les produits locaux
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Tourisme
 Accès aux services
 Commerces et services
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
-Réhabilitation
 Attractivité économique
 Appui méthodologique
 Artisanat</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="T25" s="1" t="inlineStr">
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre chambre des métiers et de l&amp;#039;artisanat :
  &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
   https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>jacquot-le-page@cma-france.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b35-copie-14h37-developper-et-mettre-en-valeur-le/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC24" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
         <v>119908</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Valoriser les produits alimentaires locaux auprès de l’ensemble des acteurs de votre territoire</t>
         </is>
       </c>
-      <c r="C26" s="1" t="inlineStr">
+      <c r="C25" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="L26" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez promouvoir l&amp;#039;artisanat alimentaire :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Valoriser les territoires à travers les produits alimentaires ;
  &lt;/li&gt;
  &lt;li&gt;
   Promouvoir des filières, productions et savoir-faire locaux ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer une offre alimentaire et touristique durable en lien avec les enjeux actuels environnementaux, sanitaires et socio-économiques.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Les « Cités du goût et des saveurs » (CG&amp;amp;S), outil des Chambres de Métiers et de l&amp;#039;Artisanat pour l&amp;#039;accompagnement des acteurs de l&amp;#039;alimentaire et des territoires proposent les services suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elaborer une stratégie alimentaire et un plan d&amp;#039;action ;
  &lt;/li&gt;
  &lt;li&gt;
   Structurer des filières alimentaires locales et circuits de proximité ;
@@ -4048,855 +4250,692 @@
  &lt;li&gt;
   Renforcer le rôle des acteurs locaux dans la distribution d&amp;#039;une alimentation saine et de qualité, y compris dans la restauration collective ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer des animations sur le territoire autour de l&amp;#039;alimentation locale et de qualité, la réduction du gaspillage alimentaire, la découverte des savoir-faire et produits artisanaux, etc. ;
  &lt;/li&gt;
  &lt;li&gt;
   Accompagner les professionnels de l&amp;#039;alimentation dans la lutte contre le gaspillage alimentaire ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer l&amp;#039;offre touristique autour des savoir-faire et produits locaux (ateliers culinaires, découvertes de savoir-faire, visites d&amp;#039;entreprises, etc.) ;
  &lt;/li&gt;
  &lt;li&gt;
   Former et accompagner les professionnels des métiers de bouche afin d&amp;#039;assurer leur montée en compétence pour répondre aux enjeux de l&amp;#039;alimentation d&amp;#039;aujourd&amp;#039;hui et de demain.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Au travers des actions menées par les CG&amp;amp;S, les thématiques en lien avec l&amp;#039;environnement, l&amp;#039;agriculture, le développement local, la culture, le patrimoine et le tourisme pourront être abordées, si le diagnostic identifie le besoin et si elles sont priorisées dans le plan d&amp;#039;action.
 &lt;/p&gt;
 &lt;p&gt;
  N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Accès aux services
 Alimentation
 Commerces et services
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Consommation et production
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Artisanat</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
  &lt;/li&gt;
  &lt;li&gt;
   Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T25" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre chambre des métiers et de l&amp;#039;artisanat :
  &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
   https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>jacquot-le-page@cma-france.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6819-valoriser-les-produits-alimentaires-locaux-au/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C27" s="1" t="inlineStr">
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>119907</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de l’expertise d’un conseiller en développement  de l’économie de proximité implanté localement</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
-Avenir Montagnes
-[...3 lines deleted...]
-      <c r="E27" s="1" t="inlineStr">
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
-[...501 lines deleted...]
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L30" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
-[...36 lines deleted...]
- •Contribuer aux réflexions sur la logistique urbaine
+ Vous souhaitez être accompagné dans la conception et la mise en œuvre de votre stratégie de développement et de promotion de l&amp;#039;artisanat de votre territoire. Vous souhaitez connaître les modalités de financement de cet accompagnement.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat, s&amp;#039;appuyant sur ses points de contact de proximité en Hexagone et dans les Outre-mer, met à votre disposition l&amp;#039;expertise de conseillers sur le développement, le soutien et la promotion de l&amp;#039;artisanat et de l&amp;#039;économie de proximité de votre territoire
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet, et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA et ses produits phares, le conseiller CMA identifie avec vous les enjeux et besoins d&amp;#039;ingénierie pour la définition d&amp;#039;un plan d&amp;#039;action et la mise en œuvre de solutions adaptées.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le conseiller peut réaliser des études, des diagnostics et des observations prospectives. Il s&amp;#039;appuie sur le catalogue des produits inédits PVD et sur l&amp;#039;offre de services de la CMA pour vous proposer un plan d&amp;#039;action global répondant aux enjeux et problématiques soulevés par le diagnostic territorial. Les CMA pourront constituer le cas échéant des groupes de projet rassemblant leurs experts sur les thématiques de l&amp;#039;implantation et de la préservation des services de proximité, de la transmission-reprise, de l&amp;#039;aménagement et du parcours résidentiel des entreprises, de l&amp;#039;entrepreneuriat et de l&amp;#039;emploi, du développement des compétences des jeunes et demandeurs d&amp;#039;emploi, de l&amp;#039;accompagnement des entreprises dans les transitions écologique et numérique, du tourisme de savoir-faire et de la valorisation de l&amp;#039;excellence artisanale (dont les métiers d&amp;#039;art), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire (Agences de l&amp;#039;Etat, Préfectures, collectivités territoriales, Banque des Territoires, etc.).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  réalisation d&amp;#039;un portait de l&amp;#039;artisanat du territoire : diagnostic sur le potentiel de développement économique et d&amp;#039;aménagement d&amp;#039;un territoire (nombre de chefs d&amp;#039;entreprise, salariés, apprentis, entreprises artisanales, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  réalisation de diagnostic flash
+ &lt;/li&gt;
+ &lt;li&gt;
+  élaboration d&amp;#039;un plan d&amp;#039;action adapté pour répondre aux besoins du territoire et mettre en place les actions adaptées aux acteurs économiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide à l&amp;#039;implantation d&amp;#039;artisans
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Foncier
 Accès aux services
 Commerces et services
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Réhabilitation
 Attractivité économique
 Appui méthodologique
 Artisanat</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R30" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="T30" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ • Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;br /&gt;
+ • Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre chambre des métiers et de l&amp;#039;artisanat :
  &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
   https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>jacquot-le-page@cma-france.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9104-beneficier-de-lexpertise-dun-conseiller-en-de/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB26" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC26" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="27" spans="1:34" customHeight="0">
+      <c r="A27" s="1">
+        <v>162732</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Recherche et réseaux alpins</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens.&lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Recherche et réseaux&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;c’est le dispositif interrégional propre au Comité de Massif des Alpes destiné à porter des projets de développement variés en phase avec le Schéma interrégional du Massif des Alpes. Les opérations sont inscrites par l’Etat (Commissariat Général à Egalité des Territoires - CGET), potentiellement sur proposition de la Région Provence-Alpes-Côte d’Azur.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les actions doivent servir la politique du Comité de Massif des Alpes ;&lt;/li&gt; 	&lt;li&gt;une convention pluriannuelle d’objectifs et de moyens pourra être établie entre la Région et le bénéficiaire.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ;&lt;/li&gt; 	&lt;li&gt;animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne,&lt;br /&gt; 	gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Type d’action non éligible :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Equipement public
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P27" s="1" t="inlineStr">
+        <is>
+          <t>30/05/2024</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;Les actions doivent servir la politique du Comité de Massif des Alpes ;&lt;/li&gt; 	&lt;li&gt;une convention pluriannuelle d’objectifs et de moyens pourra être établie entre la Région et le bénéficiaire.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Types d&amp;#039;actions éligibles :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ;&lt;/li&gt; 	&lt;li&gt;animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne,&lt;br /&gt; 	gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;Type d’action non éligible :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/recherche-reseaux-alpins</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recherche-et-reseaux-alpins/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF27" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG27" s="1" t="inlineStr">
+        <is>
+          <t>09/06/2024</t>
+        </is>
+      </c>
+      <c r="AH27" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:34" customHeight="0">
+      <c r="A28" s="1">
+        <v>166080</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Encourager la mise en capacité des territoires de projets et des filières économiques du Massif des Alpe</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Recherche et réseaux alpins</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens. &lt;/p&gt;
+&lt;p&gt;L&amp;#039;aide &amp;#34;CIMA Recherche et réseaux&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens :&lt;/p&gt;
+&lt;p&gt;Elle a pour objectif d&amp;#039;encourager la mise en capacité des territoires de projets et des filières économiques du Massif des Alpes ; elle soutient des dynamiques précises de réseaux permettant une capitalisation et une diffusion de toutes les expériences et bonnes pratiques à l’ensemble des territoires alpins ; elle contribue à l&amp;#039;émergence de projets innovants et la production de connaissance en décloisonnant les filières.&lt;br /&gt; &lt;br /&gt; Le Schéma de Massif des Alpes met en avant l’importance de soutenir les réseaux d’acteurs structurés à l’échelle du massif des Alpes, dont les têtes de réseaux participent activement au bon fonctionnement de la gouvernance alpine.&lt;/p&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les actions doivent servir la politique du Comité de Massif des Alpes.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Type d&amp;#039;actions éligibles&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Appuyer les réseaux scientifiques et professionnels d’observation, analyse, études et alertes&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;Production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;Promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ; animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;Mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne, gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;Actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;Des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;Des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Type d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;Les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Montagne
+Sols
+Espace public
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+International
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions doivent servir la politique du Comité de Massif des Alpes.&lt;br /&gt; &lt;br /&gt; &lt;span&gt;Type d&amp;#039;actions éligibles&lt;/span&gt;&lt;br /&gt; &lt;br /&gt; Appuyer les réseaux scientifiques et professionnels d’observation, analyse, études et alertes&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Travaux de recherches appliquées et d’actions thématiques partagés soit en inter massifs français, soit entre partenaires alpins ;&lt;/li&gt; 	&lt;li&gt;Production et gestion de connaissances (inventaires naturalistes, programmes de recherche, création d’outils d’observation visant la production de données, leur validation, leur regroupement, leur traitement référentiel, leur mise à disposition, dispositifs d’alerte) dans les domaines de la biodiversité, des risques naturels, de la gestion de l’eau ou autres enjeux identifiés par le Comité de Massif des Alpes dans son Schéma Interrégional, notamment au regard du changement climatique ;&lt;/li&gt; 	&lt;li&gt;Promotion, capitalisation et diffusion de travaux conduits sur les domaines précités ; animation a minima à l’échelle régionale d’interfaces scientifiques et opérationnelles, de mise en réseau des acteurs sur des thématiques dont les enjeux ont été définis dans le Schéma Interrégional du Massif des Alpes (dont notamment la gestion des risques naturels, le changement; climatique, la biodiversité) ;&lt;/li&gt; 	&lt;li&gt;Mise en place de formations-actions permettant d’intégrer les travaux de l’arc alpin relatifs au changement climatique.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Soutien aux associations ou structures assurant un rôle de &amp;#34;tête de réseau&amp;#34; à l&amp;#039;échelle alpine :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Actions de mise en réseau d’acteurs et de territoires, dont la portée est a minima régionale, visant la promotion, la capitalisation d’outils et de ressources, la mutualisation et la diffusion des connaissances et des pratiques sur des thématiques dont les enjeux sont spécifiés dans le Schéma Interrégional du Massif des Alpes ; A titre d’exemples : savoir-faire et culture alpine, produits de montagne, éducation à la montagne (actions en direction notamment des populations citadines et/ou des jeunes), valorisation touristique des patrimoines naturels et culturels de montagne, gestion des risques naturels, le changement climatique, ressource en eau, dynamique des territoires « Espaces valléens » ;&lt;/li&gt; 	&lt;li&gt;Actions d’animation des travaux du Comité de massif par la production de contenu, la mise en réseaux d’acteurs et la mise en œuvre des outils d’intervention ;&lt;/li&gt; 	&lt;li&gt;Des actions ou rencontres permettant de faire bénéficier les territoires des Alpes du sud des travaux et expériences conduits dans d’autres régions alpines d’Europe ;&lt;/li&gt; 	&lt;li&gt;Des événementiels d&amp;#039;envergure régionale, interrégionale ou nationale mettant en valeur les territoires de montagne, permettant la mise en réseau d&amp;#039;acteurs et renforçant la politique du massif des Alpes.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Type d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Investissements lourds, infrastructures ;&lt;/li&gt; 	&lt;li&gt;Les événements locaux reconduits annuellement.&lt;/li&gt; &lt;/ul&gt; &lt;div&gt;&lt;p&gt;&lt;strong&gt;Vous avez déposé une demande &lt;u&gt;avant le 1er octobre 2024&lt;/u&gt; ? &lt;/strong&gt;&lt;br /&gt; &lt;a href="https://subventionsenligne.maregionsud.fr/" rel="noreferrer" target="_blank"&gt;Accédez à la plateforme de suivi de votre dossier&lt;/a&gt;&lt;/p&gt;&lt;/div&gt;
+&lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/recherche-reseaux-alpins</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_S_FS_CIMARECH/depot/simple</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/recherche-et-reseaux-alpins-1/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF28" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG28" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH28" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:34" customHeight="0">
+      <c r="A29" s="1">
         <v>119914</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Faire confiance au savoir-faire artisanal et impliquer les artisans dans vos projets</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 Action cœur de ville
 Avenir Montagnes</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Chambres de métiers et de l'artisanat (CMA)</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
  &lt;br /&gt;
  &lt;br /&gt;
  Les artisans sont des professionnels disposant d&amp;#039;une qualification et qui exerce une activité de production, de transformation, de réparation ou de prestation de services. Les chambres des métiers et de l&amp;#039;artisanat sont à leur côté pour leur apporter un appui et une expertise pour le développement de leur activité.
  &lt;br /&gt;
  &lt;br /&gt;
  Vous souhaitez mobiliser le savoir-faire des artisans dans vos projets, impliquer les forces-vives de vos territoires, les CMA vous proposent l&amp;#039;accompagnement de conseillers spécialisés :
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   • Identifier vos besoins et les possibles interventions des artisans
  &lt;/strong&gt;
  &lt;br /&gt;
  Par exemple, pour un projet de rénovation énergétique des bâtiments publics, faites appel à des artisans du bâtiment spécialisés ;
  &lt;br /&gt;
  Un projet alimentaire territorial peut développer l&amp;#039;approvisionnement des cantines scolaires en produit artisanaux de qualité et de proximité ;
  &lt;br /&gt;
  • Informer les artisans sur les projets locaux
  &lt;br /&gt;
  Parce que la première barrière pour que les artisans participent aux projets des collectivités c&amp;#039;est l&amp;#039;information. Faire prendre conscience aux artisans qu&amp;#039;ils peuvent contribuer aux projets locaux ;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
@@ -4918,293 +4957,552 @@
  &lt;br /&gt;
  - Sensibiliser les artisans sur leur possibilité d&amp;#039;offrir leurs services au secteur public ;
  &lt;br /&gt;
  - Les former sur les principes de la commande publique ;
  &lt;br /&gt;
  - Leur apporter une aide technique sur la forme de la réponse à la commande publique ;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   •Accompagner la collectivité dans son projet d&amp;#039;attractivité économique et de revitalisation de zones commerciales
   &lt;br /&gt;
  &lt;/strong&gt;
  - Identifier les artisans
  &lt;br /&gt;
  - Accompagner les démarches administratives liées à l&amp;#039;installation/reprise
  &lt;br /&gt;
  - Accompagner le projet financier (vérification de la solidité financière du projet/business plan)
 &lt;/p&gt;
 &lt;p&gt;
  N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Foncier
 Accès aux services
 Commerces et services
 Economie locale et circuits courts
 Consommation et production
 Revitalisation
 Réhabilitation
 Attractivité économique
 Appui méthodologique
 Artisanat</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
  &lt;/li&gt;
  &lt;li&gt;
   Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
  &lt;/li&gt;
  &lt;li&gt;
   Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Contacter votre chambre des métiers et de l&amp;#039;artisanat :
  &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
   https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>jacquot-le-page@cma-france.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/03db-copie-14h44-faire-confiance-au-savoir-faire-a/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC29" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG29" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH29" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G32" s="1" t="inlineStr">
+    <row r="30" spans="1:34" customHeight="0">
+      <c r="A30" s="1">
+        <v>119911</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’installation d’activités artisanales sur votre territoire</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+Avenir Montagnes</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat
-Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="O32" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez être accompagné dans l&amp;#039;installation, le développement d&amp;#039;activités artisanales et la préservation des services de proximité sur votre territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le réseau des chambres des métiers et de l&amp;#039;artisanat vous propose l&amp;#039;expertise de ses conseillers en immobilier et implantation d&amp;#039;entreprises, sur l&amp;#039;aménagement et les documents d&amp;#039;urbanisme.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Partant de votre projet et des besoins de votre territoire et s&amp;#039;appuyant sur l&amp;#039;offre de services aux collectivités des CMA, le conseiller CMA identifie avec vous les enjeux et besoins locaux et élabore un plan d&amp;#039;action pour la mise en œuvre de solutions adaptées. Le cas échéant :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Identifier les potentiels activités pouvant s&amp;#039;installer en fonction :
+ &lt;br /&gt;
+ - Des activités déjà présentes sur le territoire ;
+ &lt;br /&gt;
+ - De la concurrence entre grandes-moyennes surfaces et commerces de proximité ;
+ &lt;br /&gt;
+ - De l&amp;#039;équilibre entre activités économiques du centre et de la périphérie ;
+ &lt;br /&gt;
+ - Du sourcing des artisans intéressés pour une installation ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •S&amp;#039;informer sur les offres d&amp;#039;installations :
+ &lt;br /&gt;
+ - Identifier les locaux vacants ;
+ &lt;br /&gt;
+ - Etudier les projets d&amp;#039;aménagement et documents d&amp;#039;urbanisme ;
+ &lt;br /&gt;
+ - Anticiper les futures cession-reprise d&amp;#039;activités ;
+ &lt;br /&gt;
+ - Collaborer avec la foncière du territoire ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;installation de l&amp;#039;artisan et l&amp;#039;adaptation/l&amp;#039;aménagement des locaux ;
+ &lt;br /&gt;
+ - Identifier des artisans (par le biais de concours ou critères prédéfinis pas la collectivité ;
+ &lt;br /&gt;
+ - Accompagner l&amp;#039;artisan sur son projet financier (vérification de la solidité financière du projet/business plan) ;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ •Contribuer aux réflexions sur la logistique urbaine
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ N&amp;#039;hésitez pas à vous rapprocher de votre CMA pour réaliser un devis de prestation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Foncier
+Accès aux services
+Commerces et services
+Economie locale et circuits courts
+Consommation et production
+Revitalisation
+Réhabilitation
+Attractivité économique
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P32" s="1" t="inlineStr">
-[...15 lines deleted...]
-      <c r="S32" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Une commune ou une intercommunalité, notamment du programme Petites villes de demain, Action cœur de ville, Montagnes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une collectivité souhaitant soutenir et promouvoir les entreprises artisanales de votre territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le financement du poste de conseiller en développement économique, qui peut être en partie pris en charge par la CMA, nécessite également une prise en charge par les acteurs du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacter votre chambre des métiers et de l&amp;#039;artisanat :
+ &lt;a href="https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite" rel="noopener" target="_blank"&gt;
+  https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>jacquot-le-page@cma-france.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e5eb-copie-14h34-accompagner-linstallation-dactivi/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB30" s="1" t="inlineStr">
+        <is>
+          <t>Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC30" s="1" t="inlineStr">
+        <is>
+          <t>Chambre de métiers et de l'artisanat France</t>
+        </is>
+      </c>
+      <c r="AE30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG30" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2022</t>
+        </is>
+      </c>
+      <c r="AH30" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:34" customHeight="0">
+      <c r="A31" s="1">
+        <v>77085</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'un accompagnement pour mettre en place une démarche d'innovation</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Appui à l’innovation et à la data dans les projets territoriaux</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour accompagner les collectivités et les porteurs de projets tournés vers la transformation du tourisme local et la réduction de son empreinte carbone, la Banque des Territoires a développé une offre d&amp;#039;accompagnement dédié.
+&lt;/p&gt;
+&lt;p&gt;
+ Offre à part entière du plan de relance Tourisme, cet accompagnement vise à la mise en place d&amp;#039;un tourisme durable (notamment pour les territoires de montagne devant opérer leur transition).
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement peut se faire :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soit en mobilisant des experts
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soit via un co-financement des études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
-Mise en œuvre / réalisation
-[...29 lines deleted...]
-      <c r="AA32" s="1" t="inlineStr">
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/ingenierie-territoriale/appui-innovation-data-territoriale?mtm_campaign=Aides_Territoires&amp;mtm_kwd=IngeTerr&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=data_terr_solutions_psat</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/26a4-beneficier-dun-accompagnement-pour-mettre-en-/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC31" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG31" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2021</t>
+        </is>
+      </c>
+      <c r="AH31" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="32" spans="1:34" customHeight="0">
+      <c r="A32" s="1">
         <v>120296</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Bénéficier d'assistance et de conseils pour l’exploitation des ouvrages d’assainissement (stations d’épuration, postes de refoulement …)</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Service d'Assistance Technique aux Exploitants de Station d'Epuration (SATESE)</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E32" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G32" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Assistance et conseils pour l&amp;#039;exploitation des ouvrages d&amp;#039;assainissement (stations d&amp;#039;épuration, postes de refoulement ...)
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation des visites permettant aux maîtres d&amp;#039;ouvage de répondre à la réglementation en matière d&amp;#039;autosurveillance des ouvrages (bilans 24h, contrôle des dispositifs d&amp;#039;autosurveillance)
  &lt;/li&gt;
  &lt;li&gt;
   Mise à disposition de l&amp;#039;expertise du service dans le diagnostic et la résolution de dysfonctionnements, dans la programmation et le suivi de travaux sur les ouvrages, dans l&amp;#039;étude de rejets industriels ...
  &lt;/li&gt;
  &lt;li&gt;
   Avis sur les projets de construction de stations d&amp;#039;épuration
  &lt;/li&gt;
  &lt;li&gt;
   Suivi des travaux de construction de stations d&amp;#039;épuration financés par le Département (dont équipements pour la réalisation des mesures réglementaires)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -5271,1124 +5569,158 @@
   &lt;/li&gt;
   &lt;li&gt;
    Audit des dispositifs d&amp;#039;autosurveillance des stations d&amp;#039;épuration de plus de 2000 EH et des déversoirs d&amp;#039;orage associés (accréditation de la préfecture de région)
   &lt;/li&gt;
   &lt;li&gt;
    Réalisation de bathymétries complètes sur les lagunes (mesure des niveaux de boues, prélèvements d&amp;#039;échantillons et analyses, cartographie, rapport)
   &lt;/li&gt;
   &lt;li&gt;
    Rédaction des cahiers de vie
   &lt;/li&gt;
   &lt;li&gt;
    Validation des manuels d&amp;#039;autosurveillance
   &lt;/li&gt;
   &lt;li&gt;
    Visite d&amp;#039;expertise
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;em&gt;
    Toutes les analyses sont réalisées par le laboratoire départementale d&amp;#039;analyses de la Drôme.
   &lt;/em&gt;
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O32" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Cadre conventionnel : sont éligibles les communes de moins de 5 000 habitants dont le potentiel financier est inférieur à 1,3 fois le potentiel financier moyen par habitants des communes de moins de 5000 habitants, et les EPCI de moins de 40 000 habitants ou ceux dont la moitié des communes sont classées en zone de montagne.
   &lt;/li&gt;
   &lt;li&gt;
    Cadre concurrentiel (marchés publics) : autres communes et EPCI, Industriels (sur demande des collectivités)
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V33" s="1" t="inlineStr">
+      <c r="V32" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/exploitation-stations-epuration/</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Drôme – Service Gestion de l&amp;#039;Eau
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04 75 79 82 73 • 04 75 79 82 41
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:sate&amp;#64;ladrome.fr"&gt;
   satese&amp;#64;ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Site :
  &lt;a href="https://www.ladrome.fr/"&gt;
   www.ladrome.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y32" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z32" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1231-exploitation-des-stations-depuration/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
-    </row>
-[...423 lines deleted...]
-      <c r="K36" s="1" t="inlineStr">
+      <c r="AB32" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF32" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
-[...563 lines deleted...]
-          <t>published</t>
+      <c r="AG32" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH32" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>