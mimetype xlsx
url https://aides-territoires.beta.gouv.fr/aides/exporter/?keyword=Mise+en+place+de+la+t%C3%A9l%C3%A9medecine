--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA40"/>
+  <dimension ref="A1:AA33"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,216 +228,111 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>162423</v>
+        <v>95055</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Soutenir le déploiement de la télémédecine et de solutions mobiles d’accès aux soins dans les territoires</t>
-[...4 lines deleted...]
-          <t>Soutien au déploiement de la télémédecine et de solutions mobiles d’accès aux soins dans les territoires</t>
+          <t>Soutenir les projets de télésanté/télémédecine</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Seine-Maritime</t>
+          <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...98 lines deleted...]
-      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La télémédecine est définie dans la loi portant réforme de l&amp;#039;Hôpital et relative aux Patients, à la Santé et aux Territoires (loi dite « HPST ») du 21 juillet 2009 et fait référence à 5 types d&amp;#039;actes médicaux :
 - la téléconsultation,
 - la télé-expertise,
 - la télésurveillance médicale,
 - la téléassistance médicale,
 - la réponse médicale apportée à distance dans le cadre de la régulation médicale (SAMU).
 La télésanté fait référence au développement du numérique en réponse aux métiers de la santé : coordination de professionnels de santé autour de la prise en charge et du suivi d&amp;#039;un patient, archivage, transmission de dossiers ou d&amp;#039;informations médicales...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature et montant de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Seules sont éligibles au présent dispositif les dépenses d&amp;#039;investissement dans le cadre du développement du projet.
 Le taux d&amp;#039;aide régionale maximal est de 50 %.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R3" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les groupements de Coopération Sanitaire (GCS),
   &lt;/li&gt;
   &lt;li&gt;
    Les établissements publics de santé ou médico-sociaux,
   &lt;/li&gt;
   &lt;li&gt;
    Les réseaux de professionnels, réseaux de santé.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les projets à vocation régionale de télésanté ou de télémédecine répondant aux définitions précédemment explicitées. Le Conseil Régional souhaite agir prioritairement sur des projets de télésanté et de télémédecine :
@@ -470,166 +365,166 @@
   &lt;li&gt;
    une plus-value ou une complémentarité avec d&amp;#039;autres projets ou dispositifs existants sur le même territoire ou la même thématique de santé.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  La sélection des projets se fera en étroite concertation avec l&amp;#039;Agence Régionale de Santé (ARS). Toute demande d&amp;#039;aide régionale doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention. La demande d&amp;#039;aide contient au moins les informations suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    l&amp;#039;identification du porteur de projet, la localisation du projet,
   &lt;/li&gt;
   &lt;li&gt;
    une description complète du projet, y compris ses dates de début et de fin et les publics ciblés,
   &lt;/li&gt;
   &lt;li&gt;
    le plan de financement prévisionnel du projet,
   &lt;/li&gt;
   &lt;li&gt;
    le montant de l&amp;#039;aide régionale sollicitée et les postes de dépenses sur lesquels elle porte.
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V2" s="0" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-projets-de-telesantetelemedecine/</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  TOUTE DEMANDE DOIT FAIRE L&amp;#039;OBJET D&amp;#039;UNE LETTRE D&amp;#039;INTENTION
 &lt;/p&gt;
 &lt;p&gt;
  Cette lettre adressée au Président de la Région doit démontrer que l&amp;#039;aide allouée a un effet levier.
 &lt;/p&gt;
 &lt;p&gt;
  Si cet effet n&amp;#039;est pas démontré, l&amp;#039;aide ne pourra être accordée.
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide contient au moins les informations suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    le nom du porteur de projet,
   &lt;/li&gt;
   &lt;li&gt;
    une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements),
   &lt;/li&gt;
   &lt;li&gt;
    la localisation du projet,
   &lt;/li&gt;
   &lt;li&gt;
    le budget afférent au projet,
   &lt;/li&gt;
   &lt;li&gt;
    le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Des pièces complémentaires pourront être demandées dans la cadre de l&amp;#039;instruction du dossier.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de
   démarrage de l&amp;#039;opération.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cc02-soutien-aux-projets-de-telesantetelemedecine/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-      <c r="A4" s="1">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
         <v>101387</v>
       </c>
-      <c r="B4" s="1" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Financer la santé numérique et les services liés au prendre soin</t>
         </is>
       </c>
-      <c r="D4" s="1" t="inlineStr">
+      <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
         </is>
       </c>
-      <c r="E4" s="1" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G4" s="1" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Prêt
 Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les financements (investissements et prêts) décrits dans cette section respectent le cadre européen de la réglementation relative aux aides d&amp;#039;Etat et les processus de la commande publique/privée. Les financements décrits n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   _______________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
 entreprise privée (opérateur, investisseur, exploitant ou société de services
 portant un projet) ou une entreprise à impact social (entreprise de l’ESS,
 entreprise à mission ou corporate venture) et vous développez un projet de
@@ -638,164 +533,164 @@
 d’un tiers de confiance et d’avoir accès à un réseau territorial et politique
 propice à l’essaimage de projets innovants. Cela peut ainsi concerner un
 service lié à la e-santé et au médico-social, comme la transition numérique des
 établissements de santé, l’usage du numérique pour la prévention, les
 technologies innovantes au service des soignants, ou encore un service à impact
 social lié au prendre soin dans la santé, le vieillissement, le handicap, la
 petite enfance, l’habitat, etc.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;En tant que
 « tiers de confiance », la Banque des Territoires propose de financer
 les projets portant une logique d’intérêt général sous la forme d’apports en
 capitaux en fonds propres et quasi-fonds propres.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;strong&gt;L’offre
 d’investissement concerne les projets ayant pour objectifs de :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer &lt;strong&gt;l’accès
 aux soins &lt;/strong&gt;et contribuer à la &lt;strong&gt;résorption des déserts médicaux&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner
 la structuration de la gestion, de l’exploitation et de la &lt;strong&gt;protection des
 données de santé &lt;/strong&gt;(entrepôts de données, suivi des données en vie réelle)&lt;/li&gt;&lt;li&gt;Améliorer le &lt;strong&gt;parcours
 de soins &lt;/strong&gt;et le &lt;strong&gt;lien ville-hôpital&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Favoriser et
 sécuriser &lt;strong&gt;l’usage de technologies innovantes &lt;/strong&gt;au service des soignants,
 des patients et des établissements de santé&lt;/li&gt;&lt;li&gt;Promouvoir des
 &lt;strong&gt;infrastructures numériques résilientes &lt;/strong&gt;pour répondre aux enjeux santé&lt;/li&gt;&lt;li&gt;Favoriser
 l’usage du numérique au service de la &lt;strong&gt;prévention&lt;/strong&gt;&lt;/li&gt;&lt;li&gt;Accompagner &lt;strong&gt;la
 transition numérique &lt;/strong&gt;des établissements sanitaires et médico-sociaux&lt;/li&gt;&lt;li&gt;Favoriser &lt;strong&gt;l’autonomie&lt;/strong&gt;
 et le soutien à domicile des &lt;strong&gt;personnes fragiles&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Santé
 Technologies numériques et numérisation
 Sécurité</t>
         </is>
       </c>
-      <c r="O4" s="1" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T4" s="1" t="inlineStr">
+      <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=e_sante_psat</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-sante-numerique/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-      <c r="A5" s="1">
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
         <v>103324</v>
       </c>
-      <c r="B5" s="1" t="inlineStr">
+      <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Investir dans les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants</t>
         </is>
       </c>
-      <c r="D5" s="1" t="inlineStr">
+      <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Santé numérique et innovation</t>
         </is>
       </c>
-      <c r="E5" s="1" t="inlineStr">
+      <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G5" s="1" t="inlineStr">
+      <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I5" s="1" t="inlineStr">
+      <c r="I4" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Intelligence artificielle, télémédecine... Alors que le système de santé est en évolution rapide, la Région soutient les projets qui misent sur les nouvelles technologies pour améliorer la santé des Franciliens et le travail des soignants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets proposés doivent prioritairement concerner l&amp;#039;une ou plusieurs des thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Innovation en santé,
  &lt;/li&gt;
  &lt;li&gt;
   Intelligence artificielle,
  &lt;/li&gt;
  &lt;li&gt;
   Télémédecine,
  &lt;/li&gt;
  &lt;li&gt;
   Téléconsultation,
  &lt;/li&gt;
@@ -823,300 +718,191 @@
 &lt;p&gt;
  &lt;strong&gt;
   À noter
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;un dispositif régional pouvant être sollicité durant toute l&amp;#039;année en fonction de la disponibilité des crédits.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes doivent être déposées en ligne sur la plateforme
  &lt;a href="https://mesdemarches.iledefrance.fr/account-management/cridfprd-demandeurs/ux/#/login?redirectTo&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fconnecte%2Ftiers-selection&amp;amp;jwtKey&amp;#61;jwt-cridfprd-portail-depot-demande-aides&amp;amp;footer&amp;#61;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Faccessibilite,Accessibilit%C3%A9%20:%20partiellement%20conforme,_self;https:%2F%2Fmesdemarches.iledefrance.fr%2Faides%2F%23%2Fcridfprd%2Fmentions-legales,Mentions%20l%C3%A9gales%20et%20RGPD,_self" rel="noopener" target="_blank"&gt;
   mesdemarches.iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »)
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P5" s="1" t="inlineStr">
+      <c r="P4" s="1" t="inlineStr">
         <is>
           <t>31/12/2019</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les associations relevant de la loi de 1901 et les fondations reconnues d&amp;#039;utilité publique, existantes depuis au moins 1 an.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les projets innovants et emblématiques :
   &lt;/strong&gt;
   les collectivités territoriales et EPCI, les établissements publics, les GIP et les structures de droit public ou de droit privé.
  &lt;/li&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Pour les projets de recherche :
   &lt;/strong&gt;
   les établissements publics d&amp;#039;enseignement supérieur et de recherche, dont notamment les établissements nationaux à caractère scientifique, culturel et professionnel.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/sante-numerique-et-innovation</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Service santé :
  &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   sante&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  et
  &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   pierre.faivre&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01.53.85.53.85
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3dfa-sante-numerique-et-innovation/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...104 lines deleted...]
-      <c r="A7" s="1">
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
         <v>94236</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Investir dans un projet santé ou médico-social à impact social positif</t>
         </is>
       </c>
-      <c r="D7" s="1" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Financement de la santé numérique et des services liés au « prendre soin »</t>
         </is>
       </c>
-      <c r="E7" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G7" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H7" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K7" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L7" s="1" t="inlineStr">
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  ________________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires accompagne le développement des entreprises portant un projet ayant un impact social positif dans l&amp;#039;un des 5 secteurs suivants.
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Santé : projet de maisons de répit ou d&amp;#039;accès aux aides techniques par exemple.
  &lt;/li&gt;
  &lt;li&gt;
   Vieillissement : projet de renforcement des liens intergénérationnels ou de services d&amp;#039;accompagnement dans la perte d&amp;#039;autonomie par exemple.
  &lt;/li&gt;
  &lt;li&gt;
   Handicap : projet de solutions techniques de gestion de la perte d&amp;#039;autonomie ou d&amp;#039;emploi de personnes en situation de handicap par exemple.
@@ -1130,502 +916,519 @@
 &lt;/ul&gt;
 &lt;p&gt;
  Le soutien de la Banque des Territoires s&amp;#039;adresse aux entreprises :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   En phase de développement, à condition de présenter au moins 3 années de comptes de résultats et des fonds propres positifs ;
  &lt;/li&gt;
  &lt;li&gt;
   En changement d&amp;#039;échelle, en accord avec un plan de développement établi.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour un projet éligible, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Proposer un accompagnement en ingénierie pour développer le projet avant son financement ;
  &lt;/li&gt;
  &lt;li&gt;
   Investir en fonds propres et/ou quasi-fonds propres dans la structure ou dans le projet.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Handicap
 Santé
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T7" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-sante?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=projet_sante_medico_social_psat</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation" rel="noopener" target="_blank"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690" rel="noopener" target="_blank"&gt;
    Contactez-nous à travers notre formulaire de contact
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cdbc-investir-dans-linnovation-sociale-pour-la-san/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-      <c r="A8" s="1">
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
         <v>103246</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Soutenir l’expérimentation en e-santé</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Soutien à l’expérimentation en e-santé</t>
         </is>
       </c>
-      <c r="E8" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G8" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H8" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I8" s="1" t="inlineStr">
+      <c r="I6" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K8" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L8" s="1" t="inlineStr">
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Résolument tournée vers l&amp;#039;avenir et mobilisée pour lutter contre les fractures territoriales, la Région soutient les solutions innovantes pour contribuer à la permanence des soins sur le territoire francilien.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Projets en investissement : acquisition de matériels légers de télémédecine inscrits dans une démarche de valorisation de la ressource médicale locale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelle est la nature de l&amp;#039;aide ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La Région participe au financement d&amp;#039;équipements de type télécabines de santé, mallettes ou chariots de télémédecine et soutient les solutions technologiques ou informatiques innovantes.
 &lt;/p&gt;
 &lt;p&gt;
  Le soutien régional s&amp;#039;élève à 50 % du coût de l&amp;#039;équipement à hauteur de 15 000 euros pour les équipements mobiles et 50 000 euros pour les équipements non mobiles (équipements lourds type télécabine, système d&amp;#039;information...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Quelles démarches ?
  &lt;/strong&gt;
  Contacter le service action sociale, santé et famille pour vérifier l&amp;#039;éligibilité du projet avant de renseigner et transmettre un dossier complet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   A noter :
  &lt;/strong&gt;
  Les dépenses éligibles se composent de dépenses en investissement. Le bénéficiaire doit démontrer la nécessité de l&amp;#039;équipement pour lequel il demande un soutien tant par le besoin concernant l&amp;#039;accès aux soins que par la pertinence de l&amp;#039;outil proposé (éloignement des structures de soins, population fragilisée, jeunes actifs mobiles...)
  &lt;br /&gt;
  Ne peuvent être soutenus que les projets ayant reçu l&amp;#039;aval des autorités de santé sur les nouvelles technologies utilisées.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N8" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Santé
 Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O8" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R8" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Qui peut en bénéficier ?
  &lt;/strong&gt;
  Sont éligibles les professionnels de santé regroupés en un collectif (associations, fondations, GCS, GCSM, GIP, GIE, SCI, SCP, SISA, SEL...) et les collectivités territoriales.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S8" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T8" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U8" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V8" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/Byq2ccW9E</t>
         </is>
       </c>
-      <c r="X8" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Magdouda Bendjebla :
  &lt;a href="mailto:magdouda.bendjebla&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   magdouda.bendjebla&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pierre Faivre :
  &lt;a href="mailto:pierre.faivre&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   pierre.faivre&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y8" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z8" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/428b-soutien-a-lexperimentation-en-e-sante/</t>
         </is>
       </c>
-      <c r="AA8" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
-[...34 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>149099</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Mener à bien un projet de E santé visant à développer l’offre de soins ou de prévention sur votre territoire</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux projets de E santé des professionnels de santé</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Avance récupérable</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L9" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="T9" s="1" t="inlineStr">
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de E santé visant à développer l&amp;#039;offre de soins ou de prévention sur votre territoire ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez d&amp;#039;une aide régionale comprise entre 10 000 € et 75 000 € en fonction du projet, avec un taux d&amp;#039;intervention plafonné à 50% des dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une avance de trésorerie de 50 % dès le démarrage de votre projet à réception des pièces mentionnées dans la convention ou la notification.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>17/02/2023</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U9" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA9" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-projets-de-e-sante-pour-les-patients-et-les-professionnels-de-sante/</t>
+        </is>
+      </c>
+      <c r="W7" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0178/depot/simple</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avant de déposer votre dossier en ligne, contactez Sandrine POITTEVIN,
+&lt;/p&gt;
+&lt;p&gt;
+ chargée de mission E santé – Tél : 03 26 70 66 61 – sandrine.poittevin&amp;#64;grandest.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Attention : tout projet démarré avant le dépôt de votre demande en ligne ne pourra pas être soutenu par la Région Grand Est. Il vous est demandé de déposer votre demande en ligne au plus tard 3 mois avant le début de votre projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c184-soutien-aux-projets-de-e-sante-pour-les-patie/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
-      <c r="A10" s="1">
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>95058</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Mener des actions de promotion, de prévention et d'éducation à la santé</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Soutien aux actions de promotion, de prévention et d'éducation à la santé</t>
         </is>
       </c>
-      <c r="E10" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G10" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H10" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I10" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J10" s="1" t="inlineStr">
+      <c r="J8" s="1" t="inlineStr">
         <is>
           <t>Plancher : 1000€ (500€ pour les établissements scolaires)</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L10" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au sein de la Région Grand Est, l&amp;#039;espérance de vie à la naissance en 2012 s&amp;#039;établit à 80,8 ans. Ce niveau est inférieur d&amp;#039;un an à ce que l&amp;#039;on observe pour l&amp;#039;ensemble de la France métropoliotaine.
 &lt;/p&gt;
 &lt;p&gt;
  Malgré l&amp;#039;amélioration continue des conditions de santé ces dernières décennies, les inégalités de santé perdurent. Elles sont liées aux déterminants de santé des populations, qu&amp;#039;ils soient sociaux, environnement ou comportementaux. Certaines populations sont plus particulièrement vulnérables, dont les jeunes et les personnes éloignées des dispositifs de santé.
 &lt;/p&gt;
 &lt;p&gt;
  Les jeunes connaissent aujourd&amp;#039;hui des situations complexes et ambivalentes, dues à une précarisation grandissante et à la difficulté de trouver leur place dans notre société. Il est nécessaire de créer des leviers pour co-construire des politiques de santé plus efficaces à destination des jeunes pour favoriser leur insertion citoyenne, sociale et professionnelle sur le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  Une attention toute particulière doit être portée aux populations des territoires isolés pour lesquelles l&amp;#039;accès aux dispositifs de santé est parfois complexe. La politique régionale de santé visera à agir prioritairement par la prévention et l&amp;#039;éducation à la santé en tenant compte des spécificités des territoires et des populations. Les actions proposées au titre de ce soutien porteront sur l&amp;#039;ensemble des déterminants de la santé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N10" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Santé
 Education et renforcement des compétences</t>
         </is>
       </c>
-      <c r="O10" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P10" s="1" t="inlineStr">
+      <c r="P8" s="1" t="inlineStr">
         <is>
           <t>25/04/2017</t>
         </is>
       </c>
-      <c r="R10" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
   De l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  D&amp;#039;une manière générale tout organisme ou structure intervenant pour la promotion de la santé des habitants de la région, notamment auprès des publics cibles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   De l&amp;#039;action
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La population de la région et plus particulièrement les publics ciblés par les actions du Conseil Régional à savoir les lycéens, les apprentis, les élèves des centres de formation, les jeunes en insertion professionnelle et sociale, et les publics éloignés des dispositifs de santé.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Projets éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour être éligible à une aide régionale, le projet doit :
@@ -1639,279 +1442,158 @@
  &lt;/li&gt;
  &lt;li&gt;
   répondre à un diagnostic partagé, avec l&amp;#039;ensemble des acteurs, du contexte et des besoins,
  &lt;/li&gt;
  &lt;li&gt;
   favoriser la mise en réseau des différents acteurs,
  &lt;/li&gt;
  &lt;li&gt;
   proposer des actions de prévention primaire; des actions de dépistage peuvent également être proposées, si elles s&amp;#039;inscrivent dans un contexte général en faveur de la santé autour du projet,
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;inscrire dans les orientations du Projet Régional de Santé (PRS) élaboré par l&amp;#039;Agence Régionale de Santé (ARS)
  &lt;/li&gt;
  &lt;li&gt;
   présenter un plan de financement équilibré avec des cofinancements ; le Conseil régional, lorsqu&amp;#039;il n&amp;#039;est pas maître d&amp;#039;ouvrage, ne peut pas subventionner à 100% une opération et n&amp;#039;intervient qu&amp;#039;en compléments d&amp;#039;autres financeurs,
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;inscrire dans une démarche territoriale de santé, type Contrat Local de Santé (CLS),
  &lt;/li&gt;
  &lt;li&gt;
   développer des actions autour d&amp;#039;une ou de plusieurs des thématiques considérées comme prioritaires: lutte contre les conduites addictives, promotion de l&amp;#039;activité physique, nutrition, promotion de la santé mentale, sexualité (IST/SIDA/contraception), santé environnementale, accès aux droits et à la santé.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S10" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T10" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U10" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V10" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-actions-de-promotion-de-prevention-deducation-a-sante/</t>
         </is>
       </c>
-      <c r="W10" s="1" t="inlineStr">
+      <c r="W8" s="1" t="inlineStr">
         <is>
           <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0181/depot/simple</t>
         </is>
       </c>
-      <c r="X10" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   La demande d&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention adressée au Président de la Région Grand Est. La demande d&amp;#039;aide contient au moins les informations suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le nom du porteur de projet,
  &lt;/li&gt;
  &lt;li&gt;
   une description du projet, y compris ses dates de début et de fin (nombre d&amp;#039;emplois créés, montant des investissements),
  &lt;/li&gt;
  &lt;li&gt;
   la localisation du projet,
  &lt;/li&gt;
  &lt;li&gt;
   le budget afférent au projet,
  &lt;/li&gt;
  &lt;li&gt;
   le montant du financement public estimé nécessaire pour le projet et le montant de l&amp;#039;aide sollicitée.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y10" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z10" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9c77-soutien-aux-actions-de-promotion-de-preventio/</t>
         </is>
       </c>
-      <c r="AA10" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
-[...121 lines deleted...]
-      <c r="A12" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>103488</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Soutenir la création de nouvelles structures d'exercice collectif favorisant l’accès aux soins des Franciliens</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Aides aux maisons de santé pluriprofessionnelles (MSP), centres de santé et cabinets de groupe</t>
         </is>
       </c>
-      <c r="E12" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G12" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H12" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L12" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre de sa politique Région Solidaire, la Région soutient la création de nouvelles structures d&amp;#039;exercice collectif (MSP, centres de santé, cabinets de groupe, maisons médicales de garde) favorisant l&amp;#039;accès aux soins des Franciliens.
 &lt;/p&gt;
 &lt;h4&gt;
  Nature de l&amp;#039;aide et montant
 &lt;/h4&gt;
 &lt;p&gt;
  Subvention en investissement pour structures d&amp;#039;exercice collectif (maisons de santé pluriprofessionnelle, centres de santé et cabinets de groupe engagés dans une démarche pluridisciplinaire):
 &lt;/p&gt;
 &lt;p&gt;
  Acquisition foncière, travaux d&amp;#039;installation (et charges afférentes) et acquisition d&amp;#039;équipements (médicaux, mobiliers et informatiques) dans la limite de :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     30 % de la dépense d&amp;#039;acquisition foncière et travaux dans la limite de 250 000 €
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     50 % de la dépense pour équipements dans la limite de 100 000 €
    &lt;/span&gt;
@@ -1949,351 +1631,346 @@
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;span&gt;
      30 % pour les travaux dans la limite de 100 000 €
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      50 % pour les équipements dans la limite de 50 000 €
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      Acquisition d&amp;#039;équipements de télémédecine à hauteur de 70% de la dépense subventionnable dans la limite de 50 000 €
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="M12" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont finançables les dépenses d&amp;#039;investissements relatives à la création, l&amp;#039;extension, et l&amp;#039;équipement de ces établissements.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sont bénéficiaires : Toutes les structures de droit public ou de droit privé
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/aides-aux-maisons-de-sante-pluriprofessionnelles-msp-centres-de-sante-et-cabinets-de-groupe</t>
         </is>
       </c>
-      <c r="W12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aurélie Deltombe - aurelie.deltombe&amp;#64;iledefrance.fr
  &lt;br /&gt;
  Tél. : 01 53 85 73 42
 &lt;/p&gt;
 &lt;p&gt;
  Magdouda Bendjebla - magdouda.bendjebla&amp;#64;iledefrance.fr
  &lt;br /&gt;
  Tél. : 01 53 85 74 62
 &lt;/p&gt;
 &lt;p&gt;
  Véronique Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
  &lt;br /&gt;
  Tél. : 01 53 85 75 77
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/96b6-aides-aux-maisons-de-sante-pluriprofessionnel/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
         <v>103414</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Soutenir les professionnels de santé dans l'exercice de leur activité</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Soutien aux professionnels de santé dans l'exercice de leur activité</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Association</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="J13" s="1" t="inlineStr">
+      <c r="J10" s="1" t="inlineStr">
         <is>
           <t>Plafond de 50 000 euros par an</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région encourage la coordination des professionnels de santé afin de réduire les fractures territoriales, en soutenant les actions leur permettant d&amp;#039;engager des actions de formation et d&amp;#039;amélioration des conditions d&amp;#039;exercice et de vie.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide de la Région porte notamment sur les projets suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Actions valorisant les nouvelles formes d&amp;#039;exercice et permettant une
   &lt;br /&gt;
   meilleure coordination sur le territoire entre les différents acteurs de la santé,
  &lt;/li&gt;
  &lt;li&gt;
   Lutter contre les risques psychosociaux,
  &lt;/li&gt;
  &lt;li&gt;
   Interventions visant à préserver une qualité de vie professionnelle en adéquation avec les responsabilités relatives à l&amp;#039;exercice de leurs missions,
  &lt;/li&gt;
  &lt;li&gt;
   Actions incitant les professionnels de santé à exercer durablement leur activité en Île-de-France,
  &lt;/li&gt;
  &lt;li&gt;
   Actions de formation et de sensibilisation à destination des professionnels de santé sur les thématiques de santé prioritaires pour la Région,
  &lt;/li&gt;
  &lt;li&gt;
   Actions visant à donner plus de temps médical aux professionnels de santé, en particulier en les dégageant de certaines contraintes administratives,
  &lt;/li&gt;
  &lt;li&gt;
   Actions visant à soutenir l&amp;#039;offre de soins.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;br /&gt;
 Les dossiers sont à déposer sur la plateforme régionale
 &lt;a rel="noopener" target="_blank"&gt;
  mesdermarches.iledefrance.fr
 &lt;/a&gt;
 (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »).
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/soutien-aux-professionnels-de-sante-dans-lexercice-de-leur-activite</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aurélie DELTOMBE : aurelie.deltombe&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  Tél. : 01 53 85 73 42
 &lt;/p&gt;
 &lt;p&gt;
  Service santé :
  &lt;a href="mailto:sante&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   sante&amp;#64;iledefrance.fr
  &lt;/a&gt;
  &lt;br /&gt;
  Tél. : 01 53 85 53 85
 &lt;/p&gt;
 &lt;p&gt;
  Les dossiers sont à déposer sur la plateforme régionale
  &lt;a rel="noopener" target="_blank"&gt;
   mesdermarches.iledefrance.fr
  &lt;/a&gt;
  (dispositif « Prévention, accompagnement, soutien aux professionnels de santé et innovation en santé »).
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y13" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z13" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/467c-soutien-aux-professionnels-de-sante-dans-lexe/</t>
         </is>
       </c>
-      <c r="AA13" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
-      <c r="A14" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
         <v>95057</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Financer l'investissement des maisons de santé pluri-professionnelles</t>
         </is>
       </c>
-      <c r="E14" s="1" t="inlineStr">
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J14" s="1" t="inlineStr">
+      <c r="J11" s="1" t="inlineStr">
         <is>
           <t>L'aide régionale proposée est une subvention plafonnée à 150 000 € par projet</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les MSP sont des structures qui réunissent en un même lieu des médecins généralistes et/ou spécialistes et des professionnels paramédicaux (infirmières, kinésithérapeutes, diététiciennes,...) exerçant en libéral sur un territoire « fragile » en termes de démographie médicale.
 &lt;/p&gt;
 &lt;p&gt;
  Nature et montant de l&amp;#039;aide
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale proposée est une
  subvention plafonnée à 150 000 € par projet, portant sur des dépenses d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  Toute demande doit faire l&amp;#039;objet de l&amp;#039;envoi préalable à la Région d&amp;#039;une lettre d&amp;#039;intention. La date de réception par la Région de la lettre d&amp;#039;intention doit être antérieure à la date de démarrage de l&amp;#039;opération.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N14" s="1" t="inlineStr">
+      <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O11" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les communes et les groupements de communes.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;strong&gt;
   Nature des projets
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;p&gt;
  Le Conseil Régional, par souci de cohérence, a opéré le choix de se baser sur le cahier des charges régional des Maisons de Santé Pluri-Professionnelles (MSP), rédigé et diffusé par l&amp;#039;ARS : les projets déposés au Conseil Régional devront obligatoirement répondre à ce cahier des charges. Les MSP doivent offrir à la population du territoire un lieu de prise en charge de proximité la plus globale possible, en assurant des activités de soins sans hébergement, de Santé Publique (prévention, promotion de la santé, éducation thérapeutique), et médico-sociales. Les professionnels de santé qui exercent au sein de la MSP sont fédérés autour d&amp;#039;un projet de santé commun, répondant aux besoins locaux. Les MSP sont en cela une forme d&amp;#039;exercice rénové autour de la coordination des professionnels. Ainsi, elles ne consistent pas en une juxtaposition de cabinets. Le cahier des charges définit d&amp;#039;une part des critères d&amp;#039;éligibilité de socle minimal des projets de MSP (notamment la présence d&amp;#039;au moins deux médecins généralistes et d&amp;#039;un temps plein de professionnel de santé paramédical, définition d&amp;#039;un projet de santé). Il définit également d&amp;#039;autres critères considérés comme des éléments de plus-value apportés aux projets.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
@@ -2313,358 +1990,353 @@
    Méthode de sélection
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Les dossiers déposés dans le cadre du présent dispositif font l&amp;#039;objet d&amp;#039;une concertation avec l&amp;#039;ensemble des partenaires institutionnels et financiers - Préfectures, ARS, Conseils Départementaux, Fédérations des Maisons et Pôles de Santé Pluriprofessionnelles du Grand Est -, au sein d&amp;#039;un comité de sélection régional défini par la circulaire du 27 juillet 2010 relative au lancement du Plan National d&amp;#039;Equipement en Maisons de Santé, et de comités départementaux. Toute demande doit faire l&amp;#039;objet d&amp;#039;une lettre d&amp;#039;intention.
   &lt;br /&gt;
  &lt;/p&gt;
  &lt;p&gt;
   La demande d&amp;#039;aide contient au moins les informations suivantes :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     L&amp;#039;identification du porteur de projet, la localisation du projet,
    &lt;/li&gt;
    &lt;li&gt;
     un dossier complet répondant au cahier des charges régional (diagnostic local de santé, présentation des professionnels, projet de santé, règlement intérieur de la structure, lettres d&amp;#039;engagement des professionnels de santé, plan de financement de l&amp;#039;opération...)
    &lt;/li&gt;
    &lt;li&gt;
     le montant de l&amp;#039;aide régionale sollicitée.
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V11" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-maisons-de-sante-pluri-professionnelles/</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement et de l&amp;#039;Aménagement – Service Santé
 &lt;/p&gt;
 &lt;p&gt;
  Contactez votre Hôtel de Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y14" s="1" t="inlineStr">
+      <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f52b-soutien-aux-maisons-de-sante-pluri-profession/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-      <c r="A15" s="1">
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
         <v>120779</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Soutenir le maintien et à la sécurisation des professionnels de santé libéraux</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Soutien au maintien et à la sécurisation des professionnels de santé libéraux</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre du
 plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux
 omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en
 cabinet de groupe.
 &lt;/p&gt;
 &lt;p&gt;
  Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
  &lt;br /&gt;
  &lt;/p&gt;&lt;p&gt;
   Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
  &lt;/p&gt;
  &lt;h4&gt;
   Nature de l&amp;#039;aide et montant
  &lt;/h4&gt;
  &lt;p&gt;
   La Région peut participer :
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     &lt;span&gt;
      au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50 % maximum de la dépense dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
    &lt;li&gt;
     &lt;span&gt;
      au financement d&amp;#039;acquisition d&amp;#039;équipements destinés à sécuriser les locaux professionnels (portes blindées, clés de sûreté, etc...) à hauteur de 70% maximum de la dépense dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
     &lt;/span&gt;
     &lt;br /&gt;
    &lt;/li&gt;
   &lt;/ul&gt;
  &lt;p&gt;
   Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30 000 € au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="M15" s="1" t="inlineStr">
+      <c r="M12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Acquisition d&amp;#039;équipements (mobiliers et informatiques)
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Sécurisation des cabinets médicaux
    &lt;/span&gt;
    &lt;br /&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Bénéficiaires éligibles : Professionnels de
 santé libéraux exerçant seuls ou en cabinet de groupe :
 &lt;/p&gt;
 &lt;p&gt;
  - omnipraticiens ou
 spécialistes de premier recours,
 &lt;/p&gt;
 &lt;p&gt;
  -
 masseurs-kinésithérapeutes,
 &lt;/p&gt;
 &lt;p&gt;
  - infirmiers,
 &lt;/p&gt;
 &lt;p&gt;
  - sages-femmes.
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt du dossier de candidature sur la plateforme des aides régionales (
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  ).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Magdouda Bendjebla -
 magdouda.bendjebla&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  tél. :
 01.53.85.74.62
 &lt;/p&gt;
 &lt;p&gt;
  Aurélie Deltombe -
 aurelie.deltombe&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  tél. :
 01.53.85.69.5273.42
 &lt;/p&gt;
 &lt;p&gt;
  Véronique
 Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  tél. :
 01.53.85.75.77
 &lt;/p&gt;
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7428-soutien-au-maintien-et-a-la-securisation-des-/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-      <c r="A16" s="1">
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
         <v>126587</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Soutenir au maintien et à la sécurisation des professionnels de santé libéraux</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Soutien au maintien et à la sécurisation des professionnels de santé libéraux</t>
         </is>
       </c>
-      <c r="E16" s="1" t="inlineStr">
+      <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G16" s="1" t="inlineStr">
+      <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Dans le cadre du
 plan Région solidaire, la Région s&amp;#039;engage aux côtés des professionnels libéraux
 omnipraticiens ou spécialistes d&amp;#039;accès direct, qu&amp;#039;ils exercent seuls ou en
 cabinet de groupe.
 &lt;/p&gt;
 &lt;p&gt;
  Les aides apportées dans le cadre de ce dispositif sont distinctes et non cumulables avec des subventions régionales issues du présent dispositif ou d&amp;#039;autres dispositifs régionaux.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets doivent démarrer à partir du vote en commission permanente, sauf autorisation exceptionnelle de démarrage anticipé, conformément aux dispositions du règlement budgétaire et financier en vigueur.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Professionnels de
 santé libéraux exerçant seuls ou en cabinet de groupe :
 &lt;/p&gt;
 &lt;p&gt;
  - omnipraticiens ou
 spécialistes de premier recours,
 &lt;/p&gt;
 &lt;p&gt;
  -
 masseurs-kinésithérapeutes,
 &lt;/p&gt;
 &lt;p&gt;
  - infirmiers,
 &lt;/p&gt;
 &lt;p&gt;
  - sages-femmes.
 &lt;/p&gt;
 &lt;p&gt;
  La Région peut participer :
 &lt;/p&gt;
 &lt;p&gt;
  - au financement d&amp;#039;acquisition d&amp;#039;équipements type mobilier et informatique à hauteur de 50 % maximum de la dépense
  dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
@@ -2674,208 +2346,208 @@
  dans la limite d&amp;#039;un plafond de subvention fixé à 15 000 €
 &lt;/p&gt;
 &lt;p&gt;
  Ce dispositif ne peut être sollicité qu&amp;#039;une seule fois par bénéficiaire, dans la limite de 30 000 € au maximum par cabinet médical en veillant à respecter l&amp;#039;équilibre entre professionnels médicaux et paramédicaux.
 &lt;/p&gt;
 &lt;p&gt;
  Acquisition
 d&amp;#039;équipements (mobiliers et informatiques)
 &lt;/p&gt;
 &lt;p&gt;
  Sécurisation
 des cabinets médicaux
 &lt;/p&gt;
 &lt;p&gt;
  Dépôt du dossier de candidature sur la plateforme des aides régionales (
  &lt;a href="https://mesdemarches.iledefrance.fr/"&gt;
   mesdemarches.iledefrance.fr
  &lt;/a&gt;
  ).
 &lt;/p&gt;
 &lt;p&gt;
  Les demandes sont instruites par nos services et en cas d&amp;#039;arbitrage favorable, les dossiers sont présentés au vote des élus régionaux lors de la commission régionale de janvier ou de juillet.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V16" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/soutien-au-maintien-et-la-securisation-des-professionnels-de-sante-liberaux</t>
         </is>
       </c>
-      <c r="W16" s="1" t="inlineStr">
+      <c r="W13" s="1" t="inlineStr">
         <is>
           <t>https://mesdemarches.iledefrance.fr/aides/#/cridfprd/</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Magdouda Bendjebla -
 magdouda.bendjebla&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  tél. :
 01.53.85.74.62
 &lt;/p&gt;
 &lt;p&gt;
  Véronique
 Boislaville - veronique.boislaville&amp;#64;iledefrance.fr
 &lt;/p&gt;
 &lt;p&gt;
  tél. :
 01.53.85.75.77
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6342-soutien-au-maintien-et-a-la-securisation-des-/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>95056</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Mener des projets qui visent à mutualiser les compétences et/ou les pratiques des professionnels de santé et de la prévention au sein des territoires</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  De tels projets doivent :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   favoriser la qualité et la prise en charge globale des patients, le décloisonnement des différents acteurs de santé, et l&amp;#039;équité d&amp;#039;accès aux soins sur les territoires,
  &lt;/li&gt;
  &lt;li&gt;
   apporter une valeur ajoutée ou une innovation par rapport à des actions ou dispositifs existants,
  &lt;/li&gt;
  &lt;li&gt;
   s&amp;#039;inscrire dans une logique transversale des acteurs de santé,
  &lt;/li&gt;
  &lt;li&gt;
   encourager l&amp;#039;exercice et l&amp;#039;équipement partagés d&amp;#039;un ensemble de partenaires sur un même territoire, y compris lien MSP-Hôpital,
  &lt;/li&gt;
  &lt;li&gt;
   raisonner en termes de santé plutôt que de soins, d&amp;#039;où l&amp;#039;importance de la prévention, y compris au sein du secteur hospitalier,
  &lt;/li&gt;
  &lt;li&gt;
   ouvrir et de susciter des réflexions et les pistes de travail en commun (modes d&amp;#039;organisation, de fonctionnement...)
  &lt;/li&gt;
  &lt;li&gt;
   laisser la place à l&amp;#039;expérimentation, à l&amp;#039;innovation et à l&amp;#039;outil sur mesure, les solutions pouvant être très différentes d&amp;#039;un territoire à un autre.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature et montant de l&amp;#039;aide
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Selon la nature des projets, les dépenses peuvent être de fonctionnement ou d&amp;#039;investissement.
 S&amp;#039;agissant du fonctionnement, l&amp;#039;aide du Conseil Régional reste ponctuelle et constitue une aide au démarrage.
 Le taux d&amp;#039;aide régionale maximal est de 50 %.
 Le plancher de l&amp;#039;aide régionale est fixé à 2000 € par projet, et le plafond à 50 000 €.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les collectivités ou groupements de communes,
  &lt;/li&gt;
  &lt;li&gt;
   Les regroupements de professionnels de santé, qui peuvent être libéraux ou salariés, médicaux ou paramédicaux : association, Société Interprofessionnelle de Soins Ambulatoire dans le cadre d&amp;#039;un exercice en Maison ou en Pôle de Santé Pluriprofessionnel,
  &lt;/li&gt;
  &lt;li&gt;
   Les centres de santé,
  &lt;/li&gt;
  &lt;li&gt;
   Les associations œuvrant en faveur de la prévention ou de l&amp;#039;accès à la santé, dont les réseaux de santé,
  &lt;/li&gt;
  &lt;li&gt;
   Les établissements ou des services publics de santé ou médico-sociaux de proximité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -2892,529 +2564,283 @@
 &lt;/p&gt;
 &lt;p&gt;
  En fonctionnement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le soutien à des démarches territoriales de santé, dans le cadre de Contrats Locaux de Santé ou d&amp;#039;autres démarches de santé territoriales non contractuelles. Il peut s&amp;#039;agir d&amp;#039;impulser une démarche de diagnostic local, d&amp;#039;accompagner le soutien au montage de projet en aidant par exemple la coordination, ou encore de soutenir une démarche d&amp;#039;évaluation,
  &lt;/li&gt;
  &lt;li&gt;
   Le soutien aux fédérations régionales des Maisons de Santé Pluriprofessionnelles et plus particulièrement soutien à la coordination et à la mise en réseau des différents acteurs.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  En investissement :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   soutien aux équipements de santé sur les territoires : il peut s&amp;#039;agir de matériel médical ou non médical, répondant à un besoin avéré, mutualisé et au cœur d&amp;#039;un projet de santé. Ce matériel pourra être mobile le cas échéant. Une aide pourra également être accordée pour l&amp;#039;acquisition de matériel permettant d&amp;#039;optimiser le partage d&amp;#039;informations de santé.
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;aide pourra également concerner le bâtiment, dans le cadre de la création « d&amp;#039;espaces de santé de proximité » au sein des quartiers prioritaires de la Politique de la Ville. Ces espaces ont pour vocation d&amp;#039;animer des actions collectives d&amp;#039;éducation pour la santé et de prévention, d&amp;#039;éducation thérapeutique du patient et de tenir des permanences individuelles.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T17" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-dynamiques-territoriales-de-sante/</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;Environnement et de l&amp;#039;Aménagement - Service Santé.
 &lt;/p&gt;
 &lt;p&gt;
  Rapprochez-vous de votre Hôtel de Région.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7405-soutien-aux-dynamiques-territoriales-de-sante/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
         <v>162296</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Proposer aux maires des communes concernées et aux professionnels de santé une palette de dispositifs, d’aides et d’outils</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Kit déserts médicaux</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L15" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour proposer aux maires des communes concernées et aux professionnels de santé une palette de dispositifs, d’aides et d’outils, articulés autour de quatre volets d’intervention complémentaires :&lt;/p&gt;
 &lt;ul&gt; 	&lt;li&gt;de l’installation des professionnels de santé et des maisons de santé pluriprofessionnelles régionales;&lt;/li&gt; 	&lt;li&gt;de l’accueil d’étudiants en médecine générale dans les territoires ;&lt;/li&gt; 	&lt;li&gt;du déploiement de la télémédecine ;&lt;/li&gt; 	&lt;li&gt;d’une meilleure accessibilité aux soins d’urgence.&lt;/li&gt; &lt;/ul&gt;
 &lt;p&gt;Face à la progression des déserts médicaux, qui n’épargne aujourd’hui aucune région française, l’exécutif régional souhaite donner une ambition nouvelle à sa politique de santé en s’engageant dans une démarche d’aménagement solidaire des territoires en matière d’accès aux soins qui va s’appuyer sur un nouveau cadre d’intervention.&lt;/p&gt; &lt;p&gt;Maires des communes concernées et aux professionnels de santé.&lt;/p&gt; &lt;p&gt;Chacun de ces volets représente un levier de lutte contre la désertification médicale. Leur mobilisation associe l’agence régionale de santé, les professionnels et les établissements de santé, ainsi que les élus des collectivités territoriales et des établissements publics de coopération intercommunale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N15" s="1" t="inlineStr">
         <is>
           <t>Santé
 Biodiversité</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O15" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P18" s="1" t="inlineStr">
+      <c r="P15" s="1" t="inlineStr">
         <is>
           <t>08/01/2020</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S15" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U15" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V15" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/kit-deserts-medicaux</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y15" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z15" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/kit-deserts-medicaux/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA15" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...246 lines deleted...]
-      <c r="A20" s="1">
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
         <v>155105</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Réaliser des espaces de téléconsultation</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Espaces de téléconsultation (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E20" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G20" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H20" s="1" t="inlineStr">
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K20" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet immobilier visant à aménager des espaces de téléconsultation permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins sur les territoires. La charte partenariale régionale d&amp;#039;accès aux soins (2021-2025) prévoit la possibilité d&amp;#039;impulser et/ou soutenir dans chaque territoire toutes les initiatives de qualité en faveur de l&amp;#039;amélioration de l&amp;#039;accès aux soins, comme la télémédecine. Ces initiatives devront :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    être basées sur un projet de santé partagé par l&amp;#039;ensemble des acteurs de territoire,
   &lt;/li&gt;
   &lt;li&gt;
    obtenir la validation du comité opérationnel départemental (COD) - instance décisionnelle de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Par ailleurs, les projets de santé ayant obtenu un avis favorable de la part du COD pourront être éligibles à un financement (hors politique territoriale) pour couvrir une partie des frais d&amp;#039;investissement non immobilier, notamment l&amp;#039;acquisition d&amp;#039;équipements liés à la réalisation des actes de télémédecine.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Projet de santé validé en COD
   &lt;/li&gt;
   &lt;li&gt;
    Pour les rénovations, document de diagnostic énergétique
   &lt;/li&gt;
   &lt;li&gt;
    Pièces justifiant la bonification si sollicitation
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N20" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Santé
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O20" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R20" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
   &lt;/li&gt;
   &lt;li&gt;
    Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
   &lt;/li&gt;
   &lt;li&gt;
    A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
   &lt;/li&gt;
   &lt;li&gt;
    Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conditions spécifiques
  &lt;/strong&gt;
@@ -3487,499 +2913,147 @@
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les frais d&amp;#039;acquisition de terrain
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
   &lt;/li&gt;
   &lt;li&gt;
    Les frais de publicité, de reproduction des dossiers
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux réalisés en régie
   &lt;/li&gt;
   &lt;li&gt;
    Les travaux d&amp;#039;assainissement non collectif
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S20" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T20" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U20" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V20" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/espaces-de-teleconsultation-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W20" s="1" t="inlineStr">
+      <c r="W16" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X20" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02.33.05.96.17
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y20" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z20" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d0ae-espaces-de-teleconsultation-politique-territo/</t>
         </is>
       </c>
-      <c r="AA20" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="21" spans="1:27" customHeight="0">
-[...137 lines deleted...]
-      <c r="G22" s="1" t="inlineStr">
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I22" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
-[...227 lines deleted...]
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  Objectif
 &lt;/h3&gt;
 &lt;p&gt;
  Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
 &lt;/p&gt;
 &lt;p&gt;
  Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
 &lt;/p&gt;
 &lt;h3&gt;
  Type d&amp;#039;aide
 &lt;/h3&gt;
 &lt;p&gt;
  Subvention d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;h3&gt;
  Dépenses subventionnables
 &lt;/h3&gt;
 &lt;p&gt;
  Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
 &lt;/p&gt;
 &lt;p&gt;
  En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
 &lt;/p&gt;
@@ -4118,64 +3192,64 @@
  – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
 &lt;/p&gt;
 &lt;p&gt;
  – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
 &lt;/p&gt;
 &lt;p&gt;
  – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
 &lt;/p&gt;
 &lt;p&gt;
  – décision de la Commission permanente qui attribue la subvention.
 &lt;/p&gt;
 &lt;h3&gt;
  Versement
 &lt;/h3&gt;
 &lt;p&gt;
  Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
 &lt;/p&gt;
 &lt;h3&gt;
  Bases règlementaires
 &lt;/h3&gt;
 &lt;p&gt;
  Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Equipement public
 Bâtiments et construction
 Accessibilité</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Opérations éligibles
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour les communes de – 5 000 habitants
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bâtiments Communaux
  &lt;/strong&gt;
  : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Accessibilité
  &lt;/strong&gt;
  des équipements publics
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -4372,377 +3446,377 @@
  &lt;strong&gt;
   Pour les communes de &amp;#43; 5 000 habitants et les EPCI
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  -Logement.
  &lt;br /&gt;
  – Acquisition foncière (pour réserve).
  &lt;br /&gt;
  – Sièges administratifs communautaires et locaux techniques communautaires.
  &lt;br /&gt;
  – Groupes scolaires.
  &lt;br /&gt;
  – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
  &lt;br /&gt;
  –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
 &lt;/p&gt;
 &lt;h3&gt;
  Bénéficiaires
 &lt;/h3&gt;
 &lt;p&gt;
  Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T23" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Politiques Territoriales – Service des Relations avec les Collectivités
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Quentin DUVILLIER, Coordonnateur zone nord –
  &lt;strong&gt;
   Tél. : 04 75 79 26 65
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Christel MORIN, Coordonnatrice zone sud –
  &lt;strong&gt;
   Tél. : 04 75 79 26 31
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Aurore MERMET, Coordonnatrice zone centre –
  &lt;strong&gt;
   Tél. : 04 75 79 82 29
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
  &lt;strong&gt;
   Tél. : 04 75 79 26 67
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
         <v>164285</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Développer les services à la population</t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Développer les services pour attirer et maintenir des actifs et renforcer l'attractivité</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>PETR Grand Quercy</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I24" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 64</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;1.1     
 Renforcer l’offre
 de santé &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.2     
 Améliorer l’accès
 aux services&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.2.1    
 Faciliter les
 déplacements et renforcer l’offre de transport&lt;/p&gt;&lt;p&gt;1.2.2   
 Créer des services
 de proximité &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.3     
 Renforcer la
 cohésion sociale et le bien vivre ensemble&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.3.1    
 Promouvoir les
 atouts de la ruralité pour attirer des actifs&lt;/p&gt;&lt;p&gt;1.3.2  Soutenir les
 initiatives contribuant au lien social, l’interconnaissance et   l’implication
 des habitants&lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.4     
 Adapter l’offre de
 logements à des besoins spécifiques &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;1.4.1     Créer/rénover des logements pour les saisonniers,
 les apprentis, les internes   en médecine&lt;/p&gt;&lt;p&gt;1.4.2    Développer des
 modes d’habiter innovants &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;strong&gt;1.5 Soutenir la pratique du sport&lt;/strong&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Découverte de l’offre de santé, construction d’un équipement de santé,
 etc. ;&lt;/li&gt;&lt;li&gt;Plateforme multimodale, prêt de véhicules,
 transport à la demande, service itinérant, crèches, etc. ;&lt;/li&gt;&lt;li&gt;Jardin partagé, café associatif, etc. ;&lt;/li&gt;&lt;li&gt;Création d’habitats légers, habitat inclusif, etc. ;&lt;/li&gt;&lt;li&gt;Journées d’initiations, découverte écoliers, création salle de sport,
 etc.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Personnes âgées
 Jeunesse
 Famille et enfance
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Equipement public
 Bâtiments et construction
 Logement et habitat</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="Q24" s="1" t="inlineStr">
+      <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Pour les équipements sportifs : &lt;a name="_Hlk155952246"&gt;Si le porteur de projet est une commune et que
 ce projet porte sur un équipement, seules les opérations présentant un
 financement local (autre commune ou EPCI) sont éligibles. &lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>GAL Grand Quercy</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.grandquercy.fr/leader/</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;h2&gt;Cécile PLEIMPON&lt;/h2&gt;&lt;p&gt;Coordination du programme et animation sur les territoires des Communautés de communes de Cazals-Salviac, Quercy Bouriane, Quercy Blanc, Vallée du Lot et du Vignoble et Grand Cahors (hors communes du PNR)&lt;/p&gt;&lt;p&gt;Portable : 07 86 54 57 12 - cpleimpon&amp;#64;grandquercy.fr&lt;/p&gt;&lt;h2&gt;Jean-François HESSEL&lt;/h2&gt;&lt;p&gt;Animation sur les territoires des Communautés de communes Causse de Labastide-Murat, Pays de Lalbenque-Limogne, Grand Cahors (communes du PNR des Causses du Quercy)&lt;/p&gt;&lt;p&gt;Tel : 05 65 24 20 50 - jfhessel&amp;#64;parc-causses-du-quercy.org&lt;/p&gt;&lt;h2&gt;Anne-Catherine JACOBS&lt;/h2&gt;&lt;p&gt;Gestion administrative et financière&lt;/p&gt;&lt;p&gt;Bureau : 05 65 30 64 29 - Portable : 06 78 11 33
 97 - acjacobs&amp;#64;grandquercy.fr&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>cpleimpon@grandquercy.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-a-la-population/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-      <c r="A25" s="1">
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>162563</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Financer les projets d'investissement grâce au mécénat d'entreprise</t>
         </is>
       </c>
-      <c r="D25" s="1" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Mécénat d'entreprise pour le financement de vos projets d'investissement</t>
         </is>
       </c>
-      <c r="E25" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I25" s="1" t="inlineStr">
+      <c r="I19" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J25" s="1" t="inlineStr">
+      <c r="J19" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L25" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
  &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
 auprès de milliers de citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos
 investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M25" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L&amp;#039;aide en mécénat d&amp;#039;entreprise vient d&amp;#039;être lancé en avril 2024 en complément de l&amp;#039;emprunt citoyen. Les premiers projets seront ajoutés au fur et à mesure de l&amp;#039;année.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -4781,502 +3855,502 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T25" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
  : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-      <c r="A26" s="1">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
         <v>117172</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements des communes rurales (FAL)</t>
         </is>
       </c>
-      <c r="D26" s="1" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Fonds d’aménagement local (FAL)</t>
         </is>
       </c>
-      <c r="E26" s="1" t="inlineStr">
+      <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G26" s="1" t="inlineStr">
+      <c r="G20" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H26" s="1" t="inlineStr">
+      <c r="H20" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I26" s="1" t="inlineStr">
+      <c r="I20" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 50</t>
         </is>
       </c>
-      <c r="J26" s="1" t="inlineStr">
+      <c r="J20" s="1" t="inlineStr">
         <is>
           <t>en fonction du nombre d'habitants</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L26" s="1" t="inlineStr">
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M26" s="1" t="inlineStr">
+      <c r="M20" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N26" s="1" t="inlineStr">
+      <c r="N20" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Santé
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O26" s="1" t="inlineStr">
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R26" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
 &lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S26" s="1" t="inlineStr">
+      <c r="S20" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T26" s="1" t="inlineStr">
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U26" s="1" t="inlineStr">
+      <c r="U20" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V26" s="1" t="inlineStr">
+      <c r="V20" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/guide-des-aides/</t>
         </is>
       </c>
-      <c r="W26" s="1" t="inlineStr">
+      <c r="W20" s="1" t="inlineStr">
         <is>
           <t>https://e-subventions.haute-marne.fr/</t>
         </is>
       </c>
-      <c r="X26" s="1" t="inlineStr">
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
         </is>
       </c>
-      <c r="Y26" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
         <is>
           <t>sarah.janda@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z26" s="1" t="inlineStr">
+      <c r="Z20" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
         </is>
       </c>
-      <c r="AA26" s="1" t="inlineStr">
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="27" spans="1:27" customHeight="0">
-      <c r="A27" s="1">
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
         <v>121337</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements structurants (Fonds "Thématiques")</t>
         </is>
       </c>
-      <c r="D27" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Fonds "Thématiques"</t>
         </is>
       </c>
-      <c r="E27" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G27" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H27" s="1" t="inlineStr">
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I27" s="1" t="inlineStr">
+      <c r="I21" s="1" t="inlineStr">
         <is>
           <t> Max : 20</t>
         </is>
       </c>
-      <c r="K27" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L27" s="1" t="inlineStr">
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Département accompagne financièrement les bénéficiaires dans leurs projets d’investissement structurants des collectivités.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M27" s="1" t="inlineStr">
+      <c r="M21" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt; Équipements sportifs,&lt;/li&gt;&lt;li&gt; Équipements socioculturels,&lt;/li&gt;&lt;li&gt; Équipements de santé,&lt;/li&gt;&lt;li&gt; Groupes scolaires, structures petite enfance,&lt;/li&gt;&lt;li&gt; Secours à la personne,&lt;/li&gt;&lt;li&gt; Patrimoine historique (classé, inscrit, non classé)&lt;/li&gt;&lt;li&gt; Aménagements touristiques&lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N27" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Santé
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O27" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R27" s="1" t="inlineStr">
+      <c r="R21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Montant minimum de dépenses éligibles HT
  &lt;/strong&gt;
  : 150 000 €
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
  : communes, EPCI&lt;/p&gt;&lt;ul&gt;
 &lt;/ul&gt;
 &lt;p&gt;Outre les conditions administratives d’éligibilité, l’examen des dossiers sera assuré par la commission organique compétente, en se basant sur des critères objectifs permettant d’évaluer la capacité, la faisabilité et l’opportunité du projet. Elle sera compétente pour apprécier si un soutien financier du Département est pertinent et souhaitable sur le projet..
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S27" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T27" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U27" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V27" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/guide-des-aides/</t>
         </is>
       </c>
-      <c r="W27" s="1" t="inlineStr">
+      <c r="W21" s="1" t="inlineStr">
         <is>
           <t>https://e-subventions.haute-marne.fr/</t>
         </is>
       </c>
-      <c r="X27" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt; &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;br /&gt;Tél : 03.25.32.86.16&lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
         </is>
       </c>
-      <c r="Y27" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>sarah.janda@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z27" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d57b-fonds-damenagement-local/</t>
         </is>
       </c>
-      <c r="AA27" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="28" spans="1:27" customHeight="0">
-      <c r="A28" s="1">
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
         <v>157092</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Renforcer l'attractivité par l'offre de services</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D28" s="1" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="G28" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Recherche</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H22" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="I28" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J28" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>Plancher = 5 000 €, plafond = 60 000 €</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
 &lt;/p&gt;
 &lt;p&gt;
  Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
 &lt;/p&gt;
 &lt;p&gt;
  Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;action permettra de viser les attendus suivants :
 &lt;/p&gt;
 &lt;p&gt;
  - Un patrimoine vernaculaire valorisé (clos masure notamment)
 &lt;/p&gt;
 &lt;p&gt;
  - Un allongement de la durée des séjours touristiques
 &lt;/p&gt;
 &lt;p&gt;
  - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
 &lt;/p&gt;
 &lt;p&gt;
  - Des parcours résidentiels facilités pour les habitants
 &lt;/p&gt;
 &lt;p&gt;
  - Des centres bourgs dynamiques, des services proches des habitants
 &lt;/p&gt;
 &lt;p&gt;
  - UN vieillissement de la population mieux anticipé et accompagné
 &lt;/p&gt;
 &lt;p&gt;
  - Une offre locale de formation renforcée et adaptée
 &lt;/p&gt;
 &lt;p&gt;
  - Un accès aux services de soins facilité par des initiatives innovantes
 &lt;/p&gt;
 &lt;p&gt;
  - Un maillage de solutions de mobilités adaptées au territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les types de projets suivants peuvent prétendre au dispositif LEADER :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
 &lt;/p&gt;
 &lt;p&gt;
  - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
 &lt;/p&gt;
 &lt;p&gt;
  - Création de nouveaux services numériques.
 &lt;/p&gt;
 &lt;p&gt;
  - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en place de services itinérants.
@@ -5286,71 +4360,71 @@
   Opérations liées aux études :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de nouveaux services à la population.
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de l&amp;#039;offre de santé sur le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Développement de services itinérants.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Opérations liées à l&amp;#039;ingénierie pour :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Animation et contribution à la mise en réseau des acteurs du territoire.
 &lt;/p&gt;
 &lt;p&gt;
  - Mise en place de partenariats avec des centres de formations locaux.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
 Santé
 Commerces et services
 Formation professionnelle
 Equipement public
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R28" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaire éligible :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses inéligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - Amortissement de biens neufs,
 &lt;/p&gt;
@@ -5384,285 +4458,285 @@
 &lt;p&gt;
  - Achat de terrain et de biens immeubles,
 &lt;/p&gt;
 &lt;p&gt;
  - Retenues de garanties et aléas (commande publique)
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Montant maximal de dépenses éligibles présentées à LEADER :
  &lt;/strong&gt;
  1 million d&amp;#039;euros HT
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les communes inéligibles sont :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
 &lt;/p&gt;
 &lt;p&gt;
  - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>GAL de la Pointe de Caux</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.lehavreseinemetropole.fr/</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Nicolas Bécue
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   nicolas.becue&amp;#64;lehavremetro.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02.76.40.52.62 / 07.86.73.14.49
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>nicolas.becue@lehavremetro.fr</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
         <v>162524</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Développer un territoire inclusif et cohésif</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
         </is>
       </c>
-      <c r="E29" s="1" t="inlineStr">
+      <c r="E23" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F29" s="1" t="inlineStr">
+      <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G23" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H23" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I29" s="1" t="inlineStr">
+      <c r="I23" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N23" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P29" s="1" t="inlineStr">
+      <c r="P23" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q29" s="1" t="inlineStr">
+      <c r="Q23" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T23" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V23" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X23" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y23" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z23" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA23" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-      <c r="A30" s="1">
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
         <v>117496</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Être accompagné dans le développement des villes</t>
         </is>
       </c>
-      <c r="C30" s="1" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>Action cœur de ville</t>
         </is>
       </c>
-      <c r="D30" s="1" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
         </is>
       </c>
-      <c r="E30" s="1" t="inlineStr">
+      <c r="E24" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G30" s="1" t="inlineStr">
+      <c r="G24" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H30" s="1" t="inlineStr">
+      <c r="H24" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="K30" s="1" t="inlineStr">
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L30" s="1" t="inlineStr">
+      <c r="L24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  _________________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;🚩&lt;/span&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  _______________________________________________________________
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les transports propres et de mobilité durable ;
  &lt;/li&gt;
  &lt;li&gt;
   Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
@@ -5686,167 +4760,167 @@
   Traiter les friches ;
  &lt;/li&gt;
  &lt;li&gt;
   Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Pour de tels projets, la Banque des Territoires peut :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancer les études visant à structurer le montage économique, financier et juridique ;
  &lt;/li&gt;
  &lt;li&gt;
   Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
  &lt;/li&gt;
  &lt;li&gt;
   Réaliser un accompagnement en ingénierie.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N30" s="1" t="inlineStr">
+      <c r="N24" s="1" t="inlineStr">
         <is>
           <t>Sports et loisirs
 Friche
 Economie d'énergie et rénovation énergétique
 Technologies numériques et numérisation
 Economie locale et circuits courts</t>
         </is>
       </c>
-      <c r="O30" s="1" t="inlineStr">
+      <c r="O24" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S30" s="1" t="inlineStr">
+      <c r="S24" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T30" s="1" t="inlineStr">
+      <c r="T24" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U30" s="1" t="inlineStr">
+      <c r="U24" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V30" s="1" t="inlineStr">
+      <c r="V24" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
         </is>
       </c>
-      <c r="X30" s="1" t="inlineStr">
+      <c r="X24" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y30" s="1" t="inlineStr">
+      <c r="Y24" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z30" s="1" t="inlineStr">
+      <c r="Z24" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
         </is>
       </c>
-      <c r="AA30" s="1" t="inlineStr">
+      <c r="AA24" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="31" spans="1:27" customHeight="0">
-      <c r="A31" s="1">
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
         <v>120897</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Innov'up Expérimentation Transition écologique des territoires</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E25" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G25" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H31" s="1" t="inlineStr">
+      <c r="H25" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
+      <c r="I25" s="1" t="inlineStr">
         <is>
           <t> Min : 25 Max : 45</t>
         </is>
       </c>
-      <c r="J31" s="1" t="inlineStr">
+      <c r="J25" s="1" t="inlineStr">
         <is>
           <t>La limite de 500.000€ de subvention et 500.000€ d’avance récupérable.</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L31" s="1" t="inlineStr">
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région, Bpifrance et leurs partenaires accompagnent les TPE, PME et ETI d&amp;#039;Île-de-France qui expérimentent des solutions innovantes en réponse aux enjeux de transition écologique des territoires franciliens.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bpifrance
  &lt;/strong&gt;
  accompagne les entreprises vers la transition écologique via son plan Climat, qui soutient les greentechs et offreurs de solution « verte » et les investissements dans la filière énergies renouvelables.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Cap Digital
  &lt;/strong&gt;
  est le 1er collectif européen d&amp;#039;innovateurs du numérique et de la transition écologique. Il regroupe plus de 1.000 structures dont des PME, grandes entreprises/ETI/EPIC, écoles/universités/labos et des fonds d&amp;#039;investissement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La Fondation Solar Impulse
  &lt;/strong&gt;
  vise à stimuler l&amp;#039;adoption de solutions innovantes rentables pour protéger l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Construire au Futur, Habiter le Futur
@@ -5878,62 +4952,62 @@
   &lt;li&gt;
    Adaptation et résilience,
   &lt;/li&gt;
   &lt;li&gt;
    Nature et biodiversité.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;span&gt;
   Les solutions doivent être expérimentées avec les acteurs directement impliqués dans la mise en œuvre de la transition du territoire francilien :
  &lt;/span&gt;
  &lt;br /&gt;
  &lt;ul&gt;
   &lt;li&gt;
    Acteurs publics locaux (communes, EPCI, syndicats...),
   &lt;/li&gt;
   &lt;li&gt;
    Acteurs privés en situation de délégation de service public,
   &lt;/li&gt;
   &lt;li&gt;
    Sociétés privées (dès lors qu&amp;#039;elles participent de la mise en œuvre de solutions au service des territoires).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N25" s="1" t="inlineStr">
         <is>
           <t>Biodiversité
 Attractivité économique</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O25" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les entreprises franciliennes, TPE, PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
 &lt;/p&gt;
 &lt;p&gt;
  Le candidat devra posséder au moins 1 établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
 &lt;/p&gt;
 &lt;p&gt;
  Les partenaires du programme, Cap Digital, la fondation Solar Impulse et l&amp;#039;association « Construire au Futur, Habiter le Futur », sont mobilisés pour  fournir aux territoires et aux entreprises un accompagnement opérationnel à l&amp;#039;identification de partenaires et à la qualification des projets  d&amp;#039;expérimentation.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les entreprises, l&amp;#039;aide peut prendre la forme d&amp;#039;
  &lt;strong&gt;
   une subvention et/ou une avance récupérable (AR), dans la limite de 500.000€ de subvention et 500.000€ d&amp;#039;avance récupérable.
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;br /&gt;
  Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise (de 25% à 45%).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les coûts admissibles dans le cadre du projet doivent rentrer dans les catégories de coûts éligibles au régime cadre exempté numéro SA. 58995 relatifs aux aides à la recherche, au développement et à l&amp;#039;innovation (RDI).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;span&gt;
@@ -5955,393 +5029,388 @@
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La demande d&amp;#039;aide doit être déposée
  &lt;strong&gt;
   avant le démarrage du projet.
  &lt;/strong&gt;
  Toute dépense antérieure ne pourra pas être prise en compte.
 &lt;/p&gt;
 &lt;p&gt;
  Les candidatures peuvent être déposées « au fil de l&amp;#039;eau » et sont relevées régulièrement tout au long de l&amp;#039;année.
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, n&amp;#039;hésitez pas à consulter le cahier des charges et le règlement d&amp;#039;intervention Innov&amp;#039;up dans les documents téléchargeables.
 &lt;/p&gt;
 &lt;p&gt;
  Avant tout dépôt de dossier, il est vivement recommandé de contacter les partenaires du programme pour vous accompagner dans la qualification de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  Nous vous proposons un webinaire afin de vous présenter le programme, vous expliquer les priorités régionales et répondre à vos questions pour bien candidater.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S25" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U25" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V25" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-experimentation-transition-ecologique-des-territoires</t>
         </is>
       </c>
-      <c r="W31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X25" s="1" t="inlineStr">
         <is>
           <t>&lt;a href="mailto:innovup-transition-ecologique&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
  innovup-transition-ecologique&amp;#64;iledefrance.fr
  &lt;span&gt;
   Ouvre une nouvelle fenêtre
  &lt;/span&gt;
 &lt;/a&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y25" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z25" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA25" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-      <c r="A32" s="1">
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
         <v>147706</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Innover dans les territoires ruraux</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
         </is>
       </c>
-      <c r="E32" s="1" t="inlineStr">
+      <c r="E26" s="1" t="inlineStr">
         <is>
           <t>Perche Ornais (PETR)</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G26" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Agriculteur</t>
         </is>
       </c>
-      <c r="H32" s="1" t="inlineStr">
+      <c r="H26" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
+      <c r="I26" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L32" s="1" t="inlineStr">
+      <c r="L26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
  &lt;/li&gt;
  &lt;li&gt;
   Développement des filières locales et économie circulaire
  &lt;/li&gt;
  &lt;li&gt;
   Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
  &lt;/li&gt;
  &lt;li&gt;
   Soutien aux initiatives locales créatrices de lien social
  &lt;/li&gt;
  &lt;li&gt;
   Mutualisation des expériences par la coopération inter-territoriale
  &lt;/li&gt;
  &lt;li&gt;
   Animation, communication, gestion et évaluation du GAL
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N26" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Cours d'eau / canaux / plans d'eau
 Culture et identité collective
 Musée
 Sports et loisirs
 Forêts
 Sols
 Transition énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Innovation, créativité et recherche
 Risques naturels
 Qualité de l'air
 Biodiversité
 Lutte contre la précarité
 Emploi
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Prévention des risques
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant
 Réduction de l'empreinte carbone
 Milieux humides
 Inclusion numérique
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O26" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P32" s="1" t="inlineStr">
+      <c r="P26" s="1" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="Q32" s="1" t="inlineStr">
+      <c r="Q26" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R26" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Personne morale publique ou privée
  &lt;/li&gt;
  &lt;li&gt;
   Montant maximal des dépenses éligibles présentées : 1 million € HT
  &lt;/li&gt;
  &lt;li&gt;
   Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
  &lt;/li&gt;
  &lt;li&gt;
   Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
  &lt;/li&gt;
  &lt;li&gt;
   Seuil de l&amp;#039;aide : 5 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de l&amp;#039;aide : 80 000 €
  &lt;/li&gt;
  &lt;li&gt;
   Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S26" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T26" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U26" s="1" t="inlineStr">
         <is>
           <t>PAYS PERCHE ORNAIS</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V26" s="1" t="inlineStr">
         <is>
           <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X26" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
         <is>
           <t>energie@payspercheornais.fr</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z26" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-      <c r="A33" s="1">
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
         <v>158480</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D33" s="1" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E33" s="1" t="inlineStr">
+      <c r="E27" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G33" s="1" t="inlineStr">
+      <c r="G27" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H33" s="1" t="inlineStr">
+      <c r="H27" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K33" s="1" t="inlineStr">
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L33" s="1" t="inlineStr">
+      <c r="L27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N33" s="1" t="inlineStr">
+      <c r="N27" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -6373,190 +5442,190 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O33" s="1" t="inlineStr">
+      <c r="O27" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P33" s="1" t="inlineStr">
+      <c r="P27" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R33" s="1" t="inlineStr">
+      <c r="R27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S33" s="1" t="inlineStr">
+      <c r="S27" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U33" s="1" t="inlineStr">
+      <c r="U27" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W33" s="1" t="inlineStr">
+      <c r="W27" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X33" s="1" t="inlineStr">
+      <c r="X27" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y33" s="1" t="inlineStr">
+      <c r="Y27" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z33" s="1" t="inlineStr">
+      <c r="Z27" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA33" s="1" t="inlineStr">
+      <c r="AA27" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="34" spans="1:27" customHeight="0">
-      <c r="A34" s="1">
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
         <v>152460</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Aider à la création des maisons de santé pluriprofessionnelles et centres de santé publics</t>
         </is>
       </c>
-      <c r="D34" s="1" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>MAISONS DE SANTE PLURIPROFESSIONNELLES ET CENTRES DE SANTE PUBLICS</t>
         </is>
       </c>
-      <c r="E34" s="1" t="inlineStr">
+      <c r="E28" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H34" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I34" s="1" t="inlineStr">
+      <c r="I28" s="1" t="inlineStr">
         <is>
           <t> Min : 20 Max : 52</t>
         </is>
       </c>
-      <c r="J34" s="1" t="inlineStr">
+      <c r="J28" s="1" t="inlineStr">
         <is>
           <t>Taux communal ou intercommunal bonifié (+ 10 %)</t>
         </is>
       </c>
-      <c r="K34" s="1" t="inlineStr">
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L34" s="1" t="inlineStr">
+      <c r="L28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la création des maisons de santé pluriprofessionnelles (MSP) telles que définies par le cahier des charges de l&amp;#039;Agence Régionale de Santé et centres de santé publics agréés par l&amp;#039;Agence Régionale de Santé.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M34" s="1" t="inlineStr">
+      <c r="M28" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Création d&amp;#039;une maison de santé pluridisciplinaire de 886 m2, Route de Paris : RD 84
  &lt;/li&gt;
  &lt;li&gt;
   Acquisition de la maison de santé pluriprofessionnelles du Serval (563,50 m2)
  &lt;/li&gt;
  &lt;li&gt;
   Restructuration de l&amp;#039;ancien château L&amp;#039;Oasis en vue de créer une maison de santé pluriprofessionnelle à Breteuil (1238 m2)
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N34" s="1" t="inlineStr">
+      <c r="N28" s="1" t="inlineStr">
         <is>
           <t>Santé
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O34" s="1" t="inlineStr">
+      <c r="O28" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R34" s="1" t="inlineStr">
+      <c r="R28" s="1" t="inlineStr">
         <is>
           <t>&lt;div&gt;
  &lt;table&gt;
   &lt;tbody&gt;
    &lt;tr&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Dépenses éligibles
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
       &lt;span&gt;
        &lt;strong&gt;
         Taux de financement
        &lt;/strong&gt;
       &lt;/span&gt;
      &lt;/p&gt;
     &lt;/td&gt;
     &lt;td&gt;
      &lt;p&gt;
@@ -6753,196 +5822,196 @@
   &lt;strong&gt;
    le solde de 40%
   &lt;/strong&gt;
   ne pourra être versé qu&amp;#039;après production de l&amp;#039;ensemble des pièces justificatives de dépenses (décompte général et définitif des travaux visé par le comptable public, procès-verbal de réception des travaux, factures acquittées...)
   &lt;strong&gt;
    ainsi qu&amp;#039;après l&amp;#039;entrée en activité effective des 2 nouveaux professionnels de santé, dont 1
   &lt;/strong&gt;
   &lt;strong&gt;
    médecin généraliste, n&amp;#039;ayant jamais exercé dans le Département de l&amp;#039;Oise en tant que libéral au cours des 2 dernières années.
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   DURÉE DE VALIDITÉ DES SUBVENTIONS :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les bénéficiaires disposent d&amp;#039;un délai maximum de 5 ans, à partir de la notification de la décision d&amp;#039;attribution de subvention pour mener à bien leur projet et solliciter le solde de la subvention.
 &lt;/p&gt;
 &lt;p&gt;
  A défaut, le reste à verser sera annulé en tout ou partie si les pièces justificatives exigibles pour le paiement des acomptes et du solde n&amp;#039;ont pas été fournies avant la fin du délai de validité de la décision d&amp;#039;attribution de subvention.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S34" s="1" t="inlineStr">
+      <c r="S28" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T34" s="1" t="inlineStr">
+      <c r="T28" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U34" s="1" t="inlineStr">
+      <c r="U28" s="1" t="inlineStr">
         <is>
           <t>Oise</t>
         </is>
       </c>
-      <c r="V34" s="1" t="inlineStr">
+      <c r="V28" s="1" t="inlineStr">
         <is>
           <t>https://www.oise.fr/actions/aide-aux-communes</t>
         </is>
       </c>
-      <c r="W34" s="1" t="inlineStr">
+      <c r="W28" s="1" t="inlineStr">
         <is>
           <t>https://www.aidesetsubventions.oise.fr</t>
         </is>
       </c>
-      <c r="X34" s="1" t="inlineStr">
+      <c r="X28" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Conseil départemental de l&amp;#039;Oise
  &lt;/strong&gt;
  &lt;br /&gt;
  DGA Réussites éducatives, citoyennes et territoriales
  &lt;br /&gt;
  Direction de l&amp;#039;attractivité et du soutien aux acteurs territoriaux
  &lt;br /&gt;
  Direction adjointe des territoires, des sports et de la vie associative
  &lt;br /&gt;
  Service de l&amp;#039;aide aux communes
  &lt;br /&gt;
  Courrier : 1 rue Cambry – CS 80941- 60024 BEAUVAIS Cedex
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y34" s="1" t="inlineStr">
+      <c r="Y28" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
-      <c r="Z34" s="1" t="inlineStr">
+      <c r="Z28" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/61a7-aider-a-la-creation-a-la-rehabilitation-ou-a-/</t>
         </is>
       </c>
-      <c r="AA34" s="1" t="inlineStr">
+      <c r="AA28" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="35" spans="1:27" customHeight="0">
-      <c r="A35" s="1">
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
         <v>126150</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Accompagner les collectivités pour favoriser l'amélioration des services de santé au public et un égal accès à tous sur leur territoire</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>AAP Labellisation "Maisons de santé pluri-professionnelle" (MSP) et "Communautés professionnelles territoriale de santé" (CPTS)</t>
         </is>
       </c>
-      <c r="E35" s="1" t="inlineStr">
+      <c r="E29" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G35" s="1" t="inlineStr">
+      <c r="G29" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H35" s="1" t="inlineStr">
+      <c r="H29" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K35" s="1" t="inlineStr">
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L35" s="1" t="inlineStr">
+      <c r="L29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Appel à partenariat annuel répond aux enjeux départementaux en matière de santé et se traduit par une labellisation départementale « MSP Loire » et « CPTS Loire », qui ouvre droit à un soutien méthodologique et à une aide financière.
 &lt;/p&gt;
 &lt;p&gt;
  Cette labellisation est assujettie à la signature d&amp;#039;une convention et au respect de critères propres au Département. Les critères départementaux sont en cohérence avec ceux fixés par l&amp;#039;Agence Régionale de Santé (ARS) pour les MSP et les CPTS afin de pouvoir obtenir d&amp;#039;autres financements.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les CPTS, le projet permettra la promotion de la télémédecine, par le biais de matériels connectés pour de la téléconsultation par exemple en EHPAD ou dans une salle de consultation d&amp;#039;une MSP.
 &lt;/p&gt;
 &lt;p&gt;
  Pour les MSP, la qualité du projet présenté sera susceptible de faire bénéficier la collectivité territoriale porteuse, d&amp;#039;un financement maximal de 200 000 € par projet selon la prise en compte des critères ci-dessous :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pertinence du choix d&amp;#039;implantation
  &lt;/li&gt;
  &lt;li&gt;
   qualité de l&amp;#039;équipe constituée
  &lt;/li&gt;
  &lt;li&gt;
   qualité du partenariat auquel l&amp;#039;équipe médicale est prête à s&amp;#039;engager
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N35" s="1" t="inlineStr">
+      <c r="N29" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O35" s="1" t="inlineStr">
+      <c r="O29" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="Q35" s="1" t="inlineStr">
+      <c r="Q29" s="1" t="inlineStr">
         <is>
           <t>31/12/2026</t>
         </is>
       </c>
-      <c r="R35" s="1" t="inlineStr">
+      <c r="R29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Les CPTS  visent à améliorer les conditions d&amp;#039;exercice des professionnelles de santé (faciliter la coordination des soins ambulatoires, l&amp;#039;accès à des médecins traitant et des soins non programmés)pour une prise en charge efficace sur les territoires souffrant de désertification médicale.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les critères du label MSP sont les suivants :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les MSP sont composées de plusieurs professionnels de santé libéraux, a minima deux médecins généralistes et un professionnel de santé dans un autre domaine (infirmier, pharmacien, dentiste, kinésithérapeute...). Elles se différencient des cabinets de groupe par un exercice pluriprofessionnel et coordonné, c&amp;#039;est-à-dire dont la collaboration entre les différents professionnels de l&amp;#039;équipe est formalisée par un projet de santé validé par l&amp;#039;ARS.
  &lt;/li&gt;
  &lt;li&gt;
   La collectivité (EPCI ou commune) porteuse du projet immobilier sera donc en mesure de présenter un engagement des professionnels de santé requis à venir s&amp;#039;installer dans la structure, et y porter un projet collectif et cohérent.
  &lt;/li&gt;
  &lt;li&gt;
   Les projets de création de MSP sont prioritairement concernés par l&amp;#039;AAP.
  &lt;/li&gt;
  &lt;li&gt;
   Conformément aux données de densité des médecins généralistes pour 100 000 habitants, seront retenus prioritairement les projets implantés sur les zones les plus concernées par la désertification médicale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;strong&gt;
@@ -6952,140 +6021,236 @@
 &lt;ul&gt;
  &lt;li&gt;
   Le projet devra être conforme à la réglementation en vigueur,
  &lt;/li&gt;
  &lt;li&gt;
   La contribution minimale du maître d&amp;#039;ouvrage devra être conforme aux textes en vigueur,
  &lt;/li&gt;
  &lt;li&gt;
   En l&amp;#039;absence de dérogation, tout commencement d&amp;#039;exécution des travaux préalablement à la décision d&amp;#039;attribution rend l&amp;#039;ensemble de l&amp;#039;opération inéligible,
  &lt;/li&gt;
  &lt;li&gt;
   Le maître d&amp;#039;ouvrage s&amp;#039;oblige à démarrer les travaux dans les 12 mois suivant la notification de la subvention,
  &lt;/li&gt;
  &lt;li&gt;
   Le maître d&amp;#039;ouvrage devra rester propriétaire du bien immobilier pendant 10 ans,
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;octroi de la subvention entraîne l&amp;#039;obligation de respecter la charte de visibilité du Département de la Loire (communication durant la période de travaux, inauguration etc.) à télécharger sur www.loire.fr/chartecollectivite.
  &lt;/li&gt;
  &lt;li&gt;
   Subvention en investissement, consacrée à la réalisation du projet immobilier mais également à la promotion et à l&amp;#039;installation de matériels de télémédecine.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S35" s="1" t="inlineStr">
+      <c r="S29" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T35" s="1" t="inlineStr">
+      <c r="T29" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U35" s="1" t="inlineStr">
+      <c r="U29" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V35" s="1" t="inlineStr">
+      <c r="V29" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1370729/fr/-appel-a-partenariat-creation-et-labellisation-de-maison-de-sante-pluriprofessionnelle-msp-2022-et-de-communaute-professionnelle-territoriale-de-sante-cpts</t>
         </is>
       </c>
-      <c r="W35" s="1" t="inlineStr">
+      <c r="W29" s="1" t="inlineStr">
         <is>
           <t>https://subventions.loire.fr/</t>
         </is>
       </c>
-      <c r="X35" s="1" t="inlineStr">
+      <c r="X29" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka : 04 77 12 52 24/13
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y35" s="1" t="inlineStr">
+      <c r="Y29" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z35" s="1" t="inlineStr">
+      <c r="Z29" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4db9-accompagner-les-collectivites-pour-favoriser-/</t>
         </is>
       </c>
-      <c r="AA35" s="1" t="inlineStr">
+      <c r="AA29" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="36" spans="1:27" customHeight="0">
-      <c r="A36" s="1">
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>162848</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine apporter des réponses concrètes aux problèmes de désertification médicale</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à la télémédecine</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>La Région souhaite faciliter le déploiement, dans les territoires, des nouvelles technologies appliquées à la médecine qui peuvent permettre, selon le contexte local, d’apporter des réponses concrètes aux problèmes de désertification médicale.&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Santé</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région peut prendre en charge 50% de la dépense subventionnable à hauteur de 20.000€ pour les équipements mobiles (chariot, mallette, objets portatifs...) et non mobiles (télécabines…).&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dépenses éligibles peuvent comprendre :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;L’acquisition du matériel nécessaire à la téléconsultation (chariot, ordinateur, matériel connecté, imprimante, terminal de carte Vitale…),&lt;/li&gt;&lt;li&gt;Les solutions informatiques permettant la prise en charge de la consultation.&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; La Région entend soutenir prioritairement les projets d&amp;#039;acquisition de matériels légers de téléconsultation mobiles ou non, inscrits dans un parcours de soins et ayant reçu l&amp;#039;aval des autorités de santé.&lt;br /&gt; &lt;p&gt;Dépôt du dossier sur la plateforme régionale &lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; (sélectionner le dispositif « Soutien à la télémédecine »).&lt;br /&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V30" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/soutien-la-telemedecine</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:sante&amp;#64;iledefrance.fr" target="_blank"&gt;sante&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-la-telemedecine-1/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
         <v>155106</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Équipements publics de santé (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E36" s="1" t="inlineStr">
+      <c r="E31" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G36" s="1" t="inlineStr">
+      <c r="G31" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H36" s="1" t="inlineStr">
+      <c r="H31" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K36" s="1" t="inlineStr">
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L36" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
 &lt;/p&gt;
 &lt;p&gt;
  Pour rappel :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
   &lt;/li&gt;
   &lt;li&gt;
    Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
   &lt;/li&gt;
   &lt;li&gt;
    Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
@@ -7097,64 +6262,64 @@
   Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
  &lt;/p&gt;
  &lt;p&gt;
   Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    PIÈCES À FOURNIR
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Projet de santé validé par le comité opérationnel départemental
    &lt;/li&gt;
    &lt;li&gt;
     Pour les rénovations, document de diagnostic énergétique
    &lt;/li&gt;
    &lt;li&gt;
     Pièces justifiant la bonification si sollicitation
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N36" s="1" t="inlineStr">
+      <c r="N31" s="1" t="inlineStr">
         <is>
           <t>Santé
 Revitalisation
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O36" s="1" t="inlineStr">
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R36" s="1" t="inlineStr">
+      <c r="R31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
  &lt;/li&gt;
  &lt;li&gt;
   A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
  &lt;/li&gt;
  &lt;li&gt;
   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -7229,361 +6394,243 @@
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrain
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S36" s="1" t="inlineStr">
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T36" s="1" t="inlineStr">
+      <c r="T31" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U36" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V36" s="1" t="inlineStr">
+      <c r="V31" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W36" s="1" t="inlineStr">
+      <c r="W31" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X36" s="1" t="inlineStr">
+      <c r="X31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02.33.05.96.17
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y36" s="1" t="inlineStr">
+      <c r="Y31" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z36" s="1" t="inlineStr">
+      <c r="Z31" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
         </is>
       </c>
-      <c r="AA36" s="1" t="inlineStr">
+      <c r="AA31" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="37" spans="1:27" customHeight="0">
-[...27 lines deleted...]
-      <c r="H37" s="1" t="inlineStr">
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>165455</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d'action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>EU4HEALTH - EU4H SANTE subventions d&amp;apos;action 2025 - 2026</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Commission européenne</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K37" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="S37" s="1" t="inlineStr">
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;div&gt;&lt;p&gt;&lt;br /&gt;EU4Health - Programme de L’UE pour la santé - 2021-2027&lt;/p&gt;&lt;p&gt;-----&lt;/p&gt;56 816 810 millions d&amp;#039;euros &lt;p&gt;-----&lt;/p&gt;&lt;ul&gt;    &lt;li&gt;Budget total de l’appel : 56 816 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;Budget par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 1,2 million d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 600 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Montant de la subvention par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : 3 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : 7 440 000 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : 20 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : 2 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : 750 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : 400 000 euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : 14 386 810 millions d&amp;#039;euros&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : 200 000 euros&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;    &lt;li&gt;Taux de co-financement : jusqu’à 60% du total des coûts éligibles, vous pouvez demander un taux de financement plus élevé (80 %) si votre projet présente une « utilité exceptionnelle ».&lt;/li&gt;  &lt;/ul&gt;&lt;p&gt;-----&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&lt;u&gt;Objectifs&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer gastrique et du cancer de la prostate, selon une approche progressive afin de garantir une planification, une mise à l&amp;#039;essai et un déploiement graduels et appropriés des programmes de dépistage&lt;/li&gt;    &lt;li&gt;Mettre en œuvre des programmes de dépistage du cancer du poumon, afin d&amp;#039;améliorer la détection précoce et l&amp;#039;efficacité des programmes&lt;/li&gt;    &lt;li&gt;Tirer parti de l&amp;#039;IA et des données de santé pour soutenir l&amp;#039;innovation dans le domaine des dispositifs médicaux&lt;/li&gt;    &lt;li&gt;Accélérer le développement et le déploiement de l&amp;#039;IA et des solutions numériques dans le secteur des biotechnologies&lt;/li&gt;    &lt;li&gt;Contribuer à réduire le fardeau des maladies non transmissibles et de leurs facteurs de risque tout au long de la vie&lt;/li&gt;    &lt;li&gt;Mesurer et mieux comprendre l&amp;#039;accès des patients aux médicaments&lt;/li&gt;    &lt;li&gt;Soutenir l&amp;#039;organisation de conférences scientifiques, politiques et sociales de haut niveau, à but non lucratif et à l&amp;#039;échelle de l&amp;#039;Union&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Parmi les actions financées&lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Recherche via de nouveaux projets pilotes et initiatives de déploiement de programmes&lt;/li&gt;    &lt;li&gt;Fédérer des ensembles de données de santé diversifiés et de haute qualité à travers l&amp;#039;UE&lt;/li&gt;    &lt;li&gt;Interventions ambitieuses et innovantes en matière de santé publique pour lutter contre les facteurs de risque&lt;/li&gt;    &lt;li&gt;Développement des activités via la base de données EURIPID&lt;/li&gt;    &lt;li&gt;Développement, conception, production et distribution de dispositifs orphelins&lt;/li&gt;    &lt;li&gt;Plateforme multipartite/communauté de pratique&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Eligibilité &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Être une personne morale&lt;/li&gt;    &lt;li&gt;Être une entité publique ou privée&lt;/li&gt;    &lt;li&gt;Être établi dans l&amp;#039;un des pays éligibles :  &lt;ul&gt;    &lt;li&gt;États membres de l&amp;#039;UE (y compris les pays et territoires d&amp;#039;outre-mer)&lt;/li&gt;    &lt;li&gt;Etat non-membre de l&amp;#039;UE : les pays de l&amp;#039;EEE et les pays associés au programme UE4Santé (&lt;a title="liste des pays participants" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/guidance/list-3rd-country-participation_eu4h_en.pdf" target="_blank" rel="nofollow noopener"&gt;liste des pays participants EN&lt;/a&gt;).&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Un consortium composé :  &lt;ul&gt;    &lt;li&gt;Au moins 3 entités, établies dans au moins 3 États membres de l&amp;#039;UE ou pays associés différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-01)&lt;/li&gt;    &lt;li&gt;Au moins 5 entités, établies dans au moins 5 États membres de l&amp;#039;UE ou pays associés au programme différents (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) doivent être constituées (EU4H-2026-SANTE-PJ-02, EU4H-2026-SANTE-PJ-03, EU4H-2026-SANTE-PJ-04, EU4H-2026-SANTE-PJ-05, EU4H-2026-SANTE-PJ-08)&lt;/li&gt;    &lt;li&gt;Les propositions peuvent être soumises soit par un candidat unique, soit par un consortium (sans exigence minimale) (voir les détails dans le &lt;a title="document d&amp;#039;appel" href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;document d&amp;#039;appel&lt;/a&gt;) (EU4H-2026-SANTE-PJ-07 et EU4H-2026-SANTE-PJ-09)&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Informations complémentaires &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Durée initiale de l’action par topic :  &lt;ul&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-01 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-02 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-03 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-04 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-05 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-06 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-07 : jusqu&amp;#039;à 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-08 : entre 24 et 36 mois&lt;/li&gt;    &lt;li&gt;EU4H-2026-SANTE-PJ-09 : jusqu&amp;#039;à 12 mois, la conférence peut durer jusqu&amp;#039;à 5 jours calendaires&lt;/li&gt;  &lt;/ul&gt;  &lt;/li&gt;  &lt;/ul&gt;  &lt;ul&gt;    &lt;li&gt;Contact : HADEA-HP-CALLS&amp;#64;ec.europa.eu&lt;/li&gt;  &lt;/ul&gt;  &lt;p&gt;&lt;strong&gt;&lt;u&gt;Utile &lt;/u&gt;&lt;/strong&gt;&lt;/p&gt;   &lt;ul&gt;    &lt;li&gt;Lignes directrices (EN) : &lt;a href="https://ec.europa.eu/info/funding-tenders/opportunities/docs/2021-2027/eu4h/wp-call/2026/call-fiche_eu4h-2026-sante-pj_en.pdf" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Autres documents de l’appel (EN) : &lt;a title="Cliquez ici" href="https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier&amp;#61;EU4H-2026-SANTE-PJ&amp;amp;isExactMatch&amp;#61;true&amp;amp;status&amp;#61;31094501,31094502,31094503&amp;amp;order&amp;#61;DESC&amp;amp;pageNumber&amp;#61;1&amp;amp;pageSize&amp;#61;50&amp;amp;sortBy&amp;#61;startDate" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici &lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Site web de l’Agence exécutive (EN) :&lt;a title="Cliquez ici" href="https://hadea.ec.europa.eu/index_en?prefLang&amp;#61;fr" target="_blank" rel="nofollow noopener"&gt; &lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;    &lt;li&gt;Plus d’informations (EN) : &lt;a title="Cliquez ici" href="https://health.ec.europa.eu/publications/2025-eu4health-work-programme_en" target="_blank" rel="nofollow noopener"&gt;&lt;u&gt;Cliquez ici&lt;/u&gt;&lt;/a&gt;&lt;/li&gt;  &lt;/ul&gt;&lt;/div&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Technologies numériques et numérisation
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P32" s="1" t="inlineStr">
+        <is>
+          <t>23/09/2025</t>
+        </is>
+      </c>
+      <c r="Q32" s="1" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U37" s="1" t="inlineStr">
-[...29 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Europe</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.welcomeurope.com/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>msilva@welcomeurope.com</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/eu4health-eu4h-sante-subventions-daction-2025-2026/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...113 lines deleted...]
-      <c r="A39" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>120110</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Répondre aux besoins des entreprises en matière de formation et de compétences nouvelles pour les métiers d’avenir</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>France 2030</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Compétences et Métiers d’Avenir (CMA) – Appel à manifestation d’intérêt – 2021-2025</t>
         </is>
       </c>
-      <c r="E39" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Caisse des dépôts
 Agence Nationale de la Recherche (ANR)</t>
         </is>
       </c>
-      <c r="G39" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée</t>
         </is>
       </c>
-      <c r="H39" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K39" s="1" t="inlineStr">
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L39" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;appel à manifestation d&amp;#039;intérêt « Compétences et métiers d&amp;#039;avenir » s&amp;#039;inscrit dans ce cadre et vise à répondre aux besoins des entreprises en matière de formation et de compétences nouvelles pour les métiers d&amp;#039;avenir de la santé numérique.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets soutenus pourront notamment porter sur :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   la réalisation de diagnostics des besoins en compétences et en formations ;
  &lt;/li&gt;
  &lt;li&gt;
   le financement des projets les plus adaptés qui auront été sélectionnés par une procédure exigeante.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Cet AAP correspond aux actions de la Stratégie d&amp;#039;accélération du numérique en santé correspondantes :
  &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/directeurs-de-structures-sanitaires-et-medico-sociales?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
   Directeurs de structures sanitaires et médico-sociales
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
@@ -7596,442 +6643,180 @@
  ,
  &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/juristes-et-numerique-en-sante?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
   Juristes et numérique en santé
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/modules-de-formation-en-sante-numerique?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
   Modules de formation en santé numérique
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ,
  &lt;a href="https://gnius.esante.gouv.fr/fr/strategie-dacceleration-sante-numerique/actions/specialistes-en-numerique-en-sante?position&amp;amp;keys&amp;amp;pageNumber&amp;#61;1" rel="noopener" target="_blank"&gt;
   Spécialistes en numérique en santé
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M39" s="1" t="inlineStr">
+      <c r="M33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Il existe plusieurs relèves à cet AMI :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dates importantes
 &lt;/p&gt;
 &lt;p&gt;
  Prochaine relève le 31 octobre 2022. Attention : la date limite pour la soumission de dossiers de la levée 3 a été reporté au 2 novembre 2022.
 &lt;/p&gt;
 &lt;p&gt;
  Relèves suivantes : 30 mars 2023 et 20 juin 2023
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N39" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Santé</t>
         </is>
       </c>
-      <c r="O39" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P39" s="1" t="inlineStr">
+      <c r="P33" s="1" t="inlineStr">
         <is>
           <t>16/12/2021</t>
         </is>
       </c>
-      <c r="Q39" s="1" t="inlineStr">
+      <c r="Q33" s="1" t="inlineStr">
         <is>
           <t>31/12/2025</t>
         </is>
       </c>
-      <c r="R39" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le volet santé numérique de l&amp;#039;AMI CMA a cinq objectifs :
 &lt;/p&gt;
 &lt;ol&gt;
  &lt;li&gt;
   Mettre en place des modules de santé numérique dans les formations initiales aux métiers du secteur sanitaire et médico-social par l&amp;#039;ensemble des opérateurs de formation
  &lt;/li&gt;
  &lt;li&gt;
   Accroître la proportion de spécialistes en numérique possédant une culture en santé
  &lt;/li&gt;
  &lt;li&gt;
   Accroître la proportion de directeurs de structures sanitaires et médico-sociales possédant une culture en santé numérique
  &lt;/li&gt;
  &lt;li&gt;
   Accroître la proportion de juristes possédant une culture en santé numérique
  &lt;/li&gt;
  &lt;li&gt;
   Accroître la proportion de profils en charge des affaires réglementaires et de l&amp;#039;évaluation de conformité en santé numérique
  &lt;/li&gt;
 &lt;/ol&gt;</t>
         </is>
       </c>
-      <c r="S39" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U39" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V39" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://anr.fr/fr/detail/call/competences-et-metiers-davenir-cma-appel-a-manifestation-dinteret-2021-2025/</t>
         </is>
       </c>
-      <c r="W39" s="1" t="inlineStr">
+      <c r="W33" s="1" t="inlineStr">
         <is>
           <t>https://france2030.agencerecherche.fr/CMA/accueil.php</t>
         </is>
       </c>
-      <c r="X39" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour  plus d&amp;#039;informations sur le volet santé numérique, cliquez
  &lt;a href="https://www.gouvernement.fr/sites/default/files/contenu/piece-jointe/2021/12/cma_fiche2_sante_numerique.pdf" rel="noopener" target="_blank"&gt;
   ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour plus d&amp;#039;informations, vous pouvez contacter :
  &lt;a rel="noopener" target="_blank"&gt;
   CMA&amp;#64;anr.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  ou
  &lt;a rel="noopener" target="_blank"&gt;
   PIA4CMA&amp;#64;caissedesdepots.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous avez besoin d&amp;#039;aide pour maximiser les chances que votre dossier soit retenu ? Des structures dans vos régions sont là pour vous accompagner. Retrouvez la liste
  &lt;a href="https://gnius.esante.gouv.fr/fr/acteurs/fiches-acteur?title&amp;#61;&amp;amp;field_zone_d_intervention_target_id%5B127%5D&amp;#61;127" rel="noopener" target="_blank"&gt;
   ici
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y39" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>anne.bertaud@esante.gouv.fr</t>
         </is>
       </c>
-      <c r="Z39" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/da45-epondre-aux-besoins-des-entreprises-en-matier/</t>
         </is>
       </c>
-      <c r="AA39" s="1" t="inlineStr">
-[...261 lines deleted...]
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>