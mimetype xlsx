--- v0 (2026-01-16)
+++ v1 (2026-03-19)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA49"/>
+  <dimension ref="A1:AH26"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,52 +225,87 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>111664</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Créer un point ou un bureau information jeunesse</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Jeunesse</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Essonne</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
@@ -352,646 +387,267 @@
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la citoyenneté, de la jeunesse et de la vie associative
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 60 91 32 44
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>mpiegut@cd-essonne.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/aa3a-creer-un-point-ou-un-bureau-information-jeune/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC2" s="0" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
-        <v>90919</v>
+        <v>161816</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les structures de jeunesse</t>
+          <t>Soutenir la Jeunesse en Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Nouvelle-Aquitaine</t>
+          <t>Loudéac Communauté Bretagne Centre</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Entreprise publique locale (Sem, Spl, SemOp)
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
 Association</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Min : 8000 Max : 75000</t>
+        </is>
+      </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Vous avez un projet innovant en lien avec la jeunesse sur le territoire de Loudéac Communauté ! Avez-vous pensé au programme LEADER ? Il s&amp;#039;agit d&amp;#039;un programme européen qui permet de financer des projets au caractère innovant dans les territoires ruraux. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche action 1 : Informer, éduquer et accompagner une jeunesse actrice de la transition&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Accompagner la jeunesse, lui donner les moyens de comprendre et de mieux connaître le territoire à travers des actions de sensibilisation à la citoyenneté, afin de s&amp;#039;y impliquer. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 2 : Grandir et vivre sur le territoire de la crèche à l&amp;#039;indépendance &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Accompagner le parcours résidentiel de nos jeunes, de la petite enfance au jeune travailleur, en proposant une offre attractive, innovante et alternative &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 3 : Contribuer à l&amp;#039;épanouissement de notre jeunesse à travers le sport et la culture&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Diffuser l&amp;#039;art et la culture auprès des jeunes, encourager la pratique sportive des jeunes. Favoriser l&amp;#039;émergence d&amp;#039;initiatives, d&amp;#039;événementiels. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 4 : Une Jeunesse connectée à son territoire &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Proposer des lieux qui puissent permettre à la jeunesse de tisser du lien entre eux mais aussi avec le territoire et ses habitants, à travers notamment le volet du numérique, afin de renforcer leur sentiment d&amp;#039;appartenance au territoire, tout en veillant à assurer leur mobilité. &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Fiche Action 5 : Coopération &lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Au niveau de la coopération nationale et/ou transnationale : le GAL Loudéac Communauté souhaiterait mettre en place des actions de coopération autour de la jeunesse &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Au niveau de la coopération interterritoriale : le GAL Loudéac Communauté souhaiterait renforcer les liens de coopération entre les GAL Bretons autour des thématiques suivantes (tiers-lieux, mobilité, culture, alimentation). &lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Action de sensibilisation sur la biodiversité&lt;/p&gt;&lt;p&gt;- Forum de découverte des métiers, destiné à la jeunesse du territoire&lt;/p&gt;&lt;p&gt;- Soutien à la mise en place d&amp;#039;un poste dédié à la citoyenneté des jeunes &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Création/réhabilitation d&amp;#039;une crèche ou résidence habitat jeune&lt;/p&gt;&lt;p&gt;- Études liées aux parcours résidentiels des jeunes&lt;/p&gt;&lt;p&gt;- Développement d&amp;#039;une plateforme accueil/logement à destination de la jeunesse et de la petite enfance &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Soutien à la mise en place d&amp;#039;un événementiel sportif innovant et marqueur du territoire&lt;/p&gt;&lt;p&gt;- Accompagnement d&amp;#039;une résidence d&amp;#039;artiste&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un équipement culturel&lt;/p&gt;&lt;p&gt;- Création d&amp;#039;un tiers-lieu numérique&lt;/p&gt;&lt;p&gt;- Offre de service adapté : TAD pour les jeunes&lt;/p&gt;&lt;p&gt;- Mise en place d&amp;#039;un atelier d&amp;#039;initiation aux nouvelles technologies pour les seniors, animés par des jeunes&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Jeunesse
+Citoyenneté
+Tiers-lieux
+Biodiversité
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- Le projet doit se situer sur l&amp;#039;une des 40 communes rurales éligibles du territoire de Loudéac Communauté.&lt;/p&gt;&lt;p&gt;- Le projet doit correspondre à la stratégie du GAL&lt;/p&gt;&lt;p&gt;- Cofinancement public national obligatoire pour les porteurs de projets de statut privé&lt;/p&gt;&lt;p&gt;- Taux maximum d&amp;#039;aide public (TMAP) : 100% &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Seuil Plancher : 8 000€ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;- Seuil plafond : 75 000€&lt;/p&gt;&lt;p&gt;- Taux de financement LEADER : 80% Max &lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>CC Loudéac Communauté - Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bretagnecentre.bzh/vivre/europe/programme-leader</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chargée de mission LEADER : Mathilde PEREZ &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;leader&amp;#64;loudeac-communaute.bzh&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;02 96 66 14 42  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>leader@loudeac-communaute.bzh</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-la-jeunesse-en-bretagne-centre-programme-leader/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AB3" s="1" t="inlineStr">
+        <is>
+          <t>Création d’une crèche
+Gestion d'une base nautique</t>
+        </is>
+      </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>Loudéac Communauté Bretagne Centre</t>
+        </is>
+      </c>
+      <c r="AD3" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2024</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:34" customHeight="0">
+      <c r="A4" s="1">
+        <v>120413</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la politique jeunesse des territoires</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>SOUTIEN A LA POLITIQUE JEUNESSE DES TERRITOIRES</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
-[...184 lines deleted...]
-      </c>
       <c r="L4" s="1" t="inlineStr">
-        <is>
-[...376 lines deleted...]
-      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Objectif : Soutien aux EPCI ayant choisi de prendre la compétence jeunesse pour le développement de la politique afférente en lien avec des professionnels du secteur et les structures associatives du territoire
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide et montant :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Subvention de fonctionnement
  &lt;/li&gt;
  &lt;li&gt;
   Aide calculée en fonction de critères territoriaux et répartie entre les territoires en fonction de l&amp;#039;enveloppe votée par l&amp;#039;Assemblée Départementale.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide est calculée en fonction de 4 critères territoriaux objectivables, pondérés différent pour prendre en compte la spécificité de chaque territoire et valoriser les territoires les plus ruraux :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le nombre de jeunes de moins de 20 ans sur le territoire : plus le nombre est élevé, plus l&amp;#039;EPCI est valorisé. ce critère représente 15% de l&amp;#039;enveloppe globale.
  &lt;/li&gt;
  &lt;li&gt;
@@ -1026,1238 +682,389 @@
   Dépôt des dossiers en ligne via la plateform
   &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
    Drôm »Démat
   &lt;/a&gt;
   :
   &lt;br /&gt;
   &lt;strong&gt;
    TELESERVICE
   &lt;/strong&gt;
   : Jeunesse
   &lt;br /&gt;
   &lt;strong&gt;
    DISPOSITIF
   &lt;/strong&gt;
   : Développement de la politique jeunesse
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  Versement
 &lt;/h4&gt;
 &lt;p&gt;
  Le versement est effectué en 1 ou 2 fois en fonction des demandes des territoires et est fonction des conditions prévues et inscrites dans la convention pluri-annuelle.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M7" s="1" t="inlineStr">
+      <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Mise en oeuvre de la politique jeunesse
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N7" s="1" t="inlineStr">
+      <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Jeunesse</t>
         </is>
       </c>
-      <c r="O7" s="1" t="inlineStr">
+      <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R7" s="1" t="inlineStr">
+      <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;span&gt;
    EPCI ayant pris la compétence jeunesse
   &lt;/span&gt;
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;span&gt;
    Sont exclus : les EPCI n&amp;#039;ayant pas la compétence / ne disposant de professionnels pour la mettre en œuvre sur les territoires
   &lt;/span&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S7" s="1" t="inlineStr">
+      <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U7" s="1" t="inlineStr">
+      <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V7" s="1" t="inlineStr">
+      <c r="V4" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/aidefinanciere/soutien-a-la-politique-jeunesse-des-territoires/</t>
         </is>
       </c>
-      <c r="X7" s="1" t="inlineStr">
+      <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   Direction Éducation Jeunesse Sport – Service gestion et restauration
  &lt;/span&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Personne chargée de l&amp;#039;instruction : Elise BRENON
   –
   04 75 79 81 84
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y7" s="1" t="inlineStr">
+      <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z7" s="1" t="inlineStr">
+      <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/32f3-soutien-a-la-politique-jeunesse-des-territoir/</t>
         </is>
       </c>
-      <c r="AA7" s="1" t="inlineStr">
+      <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
-[...331 lines deleted...]
-      <c r="A11" s="1">
+    <row r="5" spans="1:34" customHeight="0">
+      <c r="A5" s="1">
         <v>137978</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Construire une politique jeunesse et soutenir les centres de loisirs</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Aide aux centres de loisirs</t>
         </is>
       </c>
-      <c r="E11" s="1" t="inlineStr">
+      <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Loire</t>
         </is>
       </c>
-      <c r="G11" s="1" t="inlineStr">
+      <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H11" s="1" t="inlineStr">
+      <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="J11" s="1" t="inlineStr">
+      <c r="J5" s="1" t="inlineStr">
         <is>
           <t>5€ département &amp;#43; complément CAF</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L11" s="1" t="inlineStr">
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aide de 5 euros par enfant / jeune sur des temps de médiation avec un partenaire thématique.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Public concerné
  &lt;/strong&gt;
  :  enfants de 3 à 17 ans accueillis en Accueil Collectif de Mineurs (ACM)
 &lt;/p&gt;&lt;p&gt;
  &lt;strong&gt;
   Pièces à fournir : &lt;/strong&gt;En amont : projet pédagogique &amp;#43; devis &amp;#43; fichier prévisionnel &lt;/p&gt;&lt;p&gt;En aval : facture &amp;#43; fichier pour paiement &amp;#43; bilan des activités
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Récurrence de l&amp;#039;aide :
  &lt;/strong&gt;
  Appel à projets
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
   Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M11" s="1" t="inlineStr">
+      <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Temps de médiation entre un ACM (Accueil Collectif de Mineur) et les Pieds à terre sur l&amp;#039;activité cabanologie (activités)
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N11" s="1" t="inlineStr">
+      <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Jeunesse</t>
         </is>
       </c>
-      <c r="O11" s="1" t="inlineStr">
+      <c r="O5" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R11" s="1" t="inlineStr">
+      <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Être agréé CAF et SDJES
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S11" s="1" t="inlineStr">
+      <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Usage / valorisation</t>
         </is>
       </c>
-      <c r="T11" s="1" t="inlineStr">
+      <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U11" s="1" t="inlineStr">
+      <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Haute-Loire</t>
         </is>
       </c>
-      <c r="V11" s="1" t="inlineStr">
+      <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://www.hauteloire.fr/Centres-de-loisirs-et-formation.html</t>
         </is>
       </c>
-      <c r="X11" s="1" t="inlineStr">
+      <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   -    Elus du Département de la Haute-Loire :
  &lt;/strong&gt;
  &lt;br /&gt;
  &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
   Cliquer ici pour accéder aux coordonnées des élus du Département
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   -    Service gestionnaire :
  &lt;/strong&gt;
  &lt;br /&gt;
  Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
 &lt;/p&gt;
 &lt;p&gt;
  Direction Déléguée Education et Coopération
 &lt;/p&gt;
 &lt;p&gt;
  Thomas Lhoste
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:thomas.lhoste&amp;#64;hauteloire.fr" target="_self"&gt;
   thomas.lhoste&amp;#64;hauteloire.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 04.71.07.40.18
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y11" s="1" t="inlineStr">
+      <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>sea@hauteloire.fr</t>
         </is>
       </c>
-      <c r="Z11" s="1" t="inlineStr">
+      <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4f40-construire-une-politique-jeunesse-et-soutenir/</t>
         </is>
       </c>
-      <c r="AA11" s="1" t="inlineStr">
+      <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>DEPARTEMENT DE LA HAUTE-LOIRE</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
-[...568 lines deleted...]
-      <c r="A15" s="1">
+    <row r="6" spans="1:34" customHeight="0">
+      <c r="A6" s="1">
         <v>155122</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Créer, rénover, étendre des équipements liées à des structures d’accueil jeunesse</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Structures d’accueil jeunesse (politique territoriale 22-28)</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L15" s="1" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet visant à la création, rénovation, extension d&amp;#039;équipements.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Les accueils collectifs de mineurs sans hébergement
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Structure pouvant accueillir de 7 à 300 mineurs, en dehors de leur famille, pendant au moins 14 jours consécutifs ou non au cours d&amp;#039;une année sur le temps extrascolaire ou périscolaire pour une durée minimale de 2 heures par journée de fonctionnement. L&amp;#039;équipement se caractérise par une fréquentation régulière des mineurs inscrits auxquels est offerte une diversité d&amp;#039;animations et d&amp;#039;activités.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Accueil de jeunes
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Structure pouvant accueillir de 7 à 40 mineurs, âgés de 14 ans ou plus, en dehors d&amp;#039;une famille, pendant au moins 14 jours consécutifs ou non au cours d&amp;#039;une même année et répondant à un besoin social particulier explicité dans le projet éducatif de l&amp;#039;organisateur.
 &lt;/p&gt;
@@ -2277,65 +1084,65 @@
   MODALITÉS FINANCIÈRES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIÈCES À FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Avis obligatoire de la PMI (si accueil enfants -6ans)
 &lt;/p&gt;
 &lt;p&gt;
  Avis obligatoires du SDIS, de la direction de la cohésion sociale, de la DDPPARS
 &lt;/p&gt;
 &lt;p&gt;
  Pour les rénovations, document de diagnostic énergétique
 &lt;/p&gt;
 &lt;p&gt;
  Pièces justifiant la bonification si sollicitation
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N6" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Cohésion sociale et inclusion
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
+      <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
+      <c r="R6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Conditions spécifiques
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cas unique des accueils collectifs de mineurs sans hébergement, une école devra être présente sur la commune d&amp;#039;implantation de l&amp;#039;équipement et/ou que la commune soit membre d&amp;#039;un regroupement pédagogique intercommunale (RPI).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Bâtiment
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public ;
  &lt;/li&gt;
  &lt;li&gt;
   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
@@ -2405,775 +1212,541 @@
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrain
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/structures-daccueil-jeunesse-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W15" s="1" t="inlineStr">
+      <c r="W6" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02.33.05.99.61
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/87ab-structures-daccueil-jeunesse-politique-territ/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>26/11/2023</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...36 lines deleted...]
-      <c r="H16" s="1" t="inlineStr">
+    <row r="7" spans="1:34" customHeight="0">
+      <c r="A7" s="1">
+        <v>103433</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Engager les lycéens franciliens dans un parcours de réflexion et d'expérience autour des enjeux de la citoyenneté et des valeurs de la République</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Programme " Ensemble c'est tout ! " avec l'association Citoyenneté Jeunesse</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
-[...109 lines deleted...]
-      <c r="L17" s="1" t="inlineStr">
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
         <is>
           <t>&lt;br /&gt;
 &lt;p&gt;
  Le programme proposé par l&amp;#039;Association Citoyenneté Jeunesse vise à engager les lycéens franciliens dans un parcours de réflexion et d&amp;#039;expérience autour des enjeux de la citoyenneté et des valeurs de la République.
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;
    Lieu où se déroule l&amp;#039;action : dans les lycées (salle de classe) ou dans les différents lieux de visite
    &lt;br /&gt;
   &lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;br /&gt;
 &lt;p&gt;
  Il s&amp;#039;agit d&amp;#039;engager les jeunes dans un parcours de réflexion et d&amp;#039;expérience autour des enjeux de la citoyenneté et des valeurs de la République (transformer les colères, les sentiments d&amp;#039;injustice, en engagement politique et citoyen.
 &lt;/p&gt;
 &lt;p&gt;
  - Rencontres avec les lycées pour organiser les interventions auprès des jeunes, proposition personnalisée en fonction des objectifs et du calendrier scolaire.
 &lt;/p&gt;
 &lt;p&gt;
  - Ensuite au choix :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Format minimum : intervention de philosophe et/ou ethnologue (3 séances de 2h) ou pour aller plus loin : interventions pour déployer le thème choisi (4 séances),
   &lt;/li&gt;
   &lt;li&gt;
    sorties culturelles, témoignages d&amp;#039;acteurs de la société civile, rencontres avec des professionnels de l&amp;#039;axe abordé,
   &lt;/li&gt;
   &lt;li&gt;
    ateliers de pratique artistique pour travailler avec des artistes ou journalistes les matériaux collectés et les questionnements soulevés en classe (5 séances de 2h).
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  - Restitution et bilan du parcours
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N7" s="1" t="inlineStr">
         <is>
           <t>Citoyenneté
 Education et renforcement des compétences
 Innovation, créativité et recherche</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O7" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P17" s="1" t="inlineStr">
+      <c r="P7" s="1" t="inlineStr">
         <is>
           <t>01/09/2025</t>
         </is>
       </c>
-      <c r="Q17" s="1" t="inlineStr">
+      <c r="Q7" s="1" t="inlineStr">
         <is>
           <t>30/06/2026</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Lycées publics et privés (sous-contrat) franciliens
 &lt;/p&gt;
 &lt;p&gt;
  Gratuité de l&amp;#039;action pour les lycées franciliens
 &lt;/p&gt;
 &lt;p&gt;
  Subvention régionale : 50 000 €
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S7" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U7" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V7" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-et-appels-a-projets/programme-ensemble-cest-tout-avec-lassociation-citoyennete-jeunesse</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X7" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    &lt;span&gt;
     Madame Catherine TEIRO
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     Email :
     &lt;a href="mailto:contact&amp;#64;citoyennete-jeunesse.org"&gt;
      contact&amp;#64;citoyennete-jeunesse.org
     &lt;/a&gt;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     N° de téléphone : 01 48 31 53 40
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y17" s="1" t="inlineStr">
+      <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>guidedesaides@iledefrance.fr</t>
         </is>
       </c>
-      <c r="Z17" s="1" t="inlineStr">
+      <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1093-programme-ensemble-cest-tout-avec-lassociatio/</t>
         </is>
       </c>
-      <c r="AA17" s="1" t="inlineStr">
+      <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>09/07/2021</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="18" spans="1:27" customHeight="0">
-      <c r="A18" s="1">
+    <row r="8" spans="1:34" customHeight="0">
+      <c r="A8" s="1">
         <v>144498</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Aider à la construction, la restructuration ou la réhabilitation et à l'équipement des lieux dédiés à l'information de la jeunesse</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Réglement d'aide à la construction, la restructuration ou la réhabilitation et à l'équipement des lieux dédiés à l'information de la jeunesse</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental des Landes</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-[...3 lines deleted...]
-      <c r="H18" s="1" t="inlineStr">
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I18" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 60</t>
         </is>
       </c>
-      <c r="J18" s="1" t="inlineStr">
-[...22 lines deleted...]
-      <c r="N18" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une collectivité peut être support d&amp;#039;un Point Information Jeunesse 
+(PIJ). Ces lieux ont pour mission d&amp;#039;offrir aux jeunes un espace 
+d&amp;#039;accueil et d&amp;#039;information dans tous les domaines qui les concernent 
+dans leur vie quotidienne et l&amp;#039;exercice de leurs droits : enseignement, 
+formation, emploi, métiers, vie pratique, étranger, vacances, culture, 
+sports, loisirs, logement, droit, santé, insertion, orientation, 
+accompagnement des projets des jeunes…
+Les PIJ doivent s&amp;#039;intégrer dans une démarche globale éducative en faveur
+ des jeunes et développer un projet local d&amp;#039;information jeunesse qui 
+tient compte :
+- du territoire : ses atouts et ses faiblesses,
+- des partenaires et autres structures de jeunes : recherche de 
+cohérence et de complémentarité
+- du public : qui ? où ? quelle tranche d&amp;#039;âge ? quelles démarches ?
+- des thèmes prioritaires d&amp;#039;intervention.
+Considérant l&amp;#039;importance que revêt la qualité des équipements dédiés à 
+la Jeunesse pour la meilleure information et orientation des jeunes 
+landais et donc le développement du département, le Conseil 
+départemental des Landes soutient l&amp;#039;effort des communes et communautés 
+de communes pour la construction, la restructuration ou la 
+réhabilitation et l&amp;#039;équipement des lieux dédiés à la jeunesse.&lt;/p&gt;
+            &lt;p&gt;L&amp;#039;aide départementale est conditionnée par l&amp;#039;obtention 
+d&amp;#039;une labellisation Point Infos Jeunes. La demande de labellisation est 
+validée dans le cadre du Comité Régional du Développement de 
+l&amp;#039;Information Jeunesse. Le label implique le respect du cahier des 
+charges et de la charte nationale de l&amp;#039;information jeunesse.&lt;/p&gt;&lt;p&gt;Sont subventionnables : &lt;br /&gt;- les travaux de construction, de restructuration ou de réhabilitation des lieux d&amp;#039;accueil des PIJ et BIJ &lt;br /&gt;- les équipements mobiliers et notamment informatiques.&lt;/p&gt;
+      &lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Equipement public
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="S18" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;br /&gt;Par dérogation à la partie I du RU,&lt;/p&gt;&lt;ul&gt;&lt;li&gt;aucun plancher de dépenses éligibles n&amp;#039;est fixé,&lt;/li&gt;&lt;li&gt;le
+ plafond de dépenses éligibles est fixé à 80 000 € HT pour la 
+construction, restructuration ou réhabilitation des lieux d&amp;#039;accueil et à
+ 10 000 € HT pour les équipements mobiliers et informatiques des Points 
+Infos Jeunes.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Chaque dispositif ne peut être sollicité par les communes, groupements de communes qu&amp;#039;une fois tous les 3 ans.&lt;/p&gt;&lt;p&gt;L’aide du Département fait l’objet de 2 versements distincts, par dérogation à la partie I du règlement.&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Pour les aides à la construction, restructuration et réhabilitation des BIJ/PIJ&lt;/strong&gt; :&lt;/p&gt;&lt;p&gt;•
+ 1er acompte : 50% sur production de l’ordre de service d’exécuter les 
+travaux signés par le Maire (ou le Président de l’établissement public 
+compétent) ; &lt;br /&gt;• le solde : 50% sur production de la déclaration 
+attestant l’achèvement et la conformité des travaux et d’un décompte 
+justificatif des dépenses certifiées, acquitté par le comptable public 
+de la collectivité maître d’ouvrage et visé par le Maire (ou le 
+Président de l’établissement public compétent).&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Pour les aides à l’acquisition d’équipements mobiliers et notamment informatiques&lt;/strong&gt;,
+ l’aide du Département fera l’objet d’un seul versement sur production 
+des factures d’acquisition des équipements dûment acquittées. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T18" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Landes</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="X18" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/toutes-nos-aides/aide-la-construction-la-restructuration-ou-la-rehabilitation-et-lequipement-des-lieux-dedies-0</t>
+        </is>
+      </c>
+      <c r="W8" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.landes.fr/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Email :
  &lt;a href="mailto:education&amp;#64;landes.fr" target="_self"&gt;
   education&amp;#64;landes.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>marie-laure.andres@landes.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0e59-aider-a-la-construction-la-restructuration-ou/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC8" s="1" t="inlineStr">
+        <is>
+          <t>Conseil Départemental des Landes</t>
+        </is>
+      </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2023</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-[...209 lines deleted...]
-      <c r="A21" s="1">
+    <row r="9" spans="1:34" customHeight="0">
+      <c r="A9" s="1">
         <v>120623</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Mener des projets de développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Culture et Justice</t>
         </is>
       </c>
-      <c r="E21" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Ministère de la Culture
 Ministère de la Justice</t>
         </is>
       </c>
-      <c r="F21" s="1" t="inlineStr">
+      <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Direction régionale des Affaires culturelles (DRAC) — Grand Est</t>
         </is>
       </c>
-      <c r="G21" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Particulier
 Entreprise privée
-Particulier</t>
-[...2 lines deleted...]
-      <c r="H21" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K21" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L21" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le ministère de la Culture et le ministère de la Justice soutiennent le développement de la pratique artistique dans les établissements pénitentiaires et les services ou établissements de la protection judiciaire de la jeunesse, en allouant une subvention aux organisateurs de tels projets.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Qu&amp;#039;est-ce que l&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Depuis le premier protocole d&amp;#039;accord signé en 1986, la politique interministérielle Culture &amp;amp; Justice a pour objectif de mettre en œuvre, pour les personnes placées sous main de justice, une politique culturelle de qualité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans cette optique, le ministère de la Culture favorise l&amp;#039;accès de tous et de chacun, et notamment des personnes les plus éloignées voire exclues, à l&amp;#039;art et à la culture. L&amp;#039;appel à projets &amp;#34;Culture et Justice&amp;#34; soutient, dans les établissements pénitentiaires et les services de la protection judiciaire, un programme d&amp;#039;actions culturelles en liaison avec les collectivités territoriales et les organismes qui souhaiteraient s&amp;#039;associer au projet.
 &lt;/p&gt;
 &lt;p&gt;
  Ces actions culturelles prennent en compte la diversité des secteurs d&amp;#039;expression et des modes d&amp;#039;interventions tels que : le livre et la lecture, le théâtre, les arts du cirque, la musique et la danse, les arts plastiques, le cinéma, l&amp;#039;audiovisuel, le multimédia et le patrimoine.
 &lt;/p&gt;
 &lt;p&gt;
  Un plan de développement des bibliothèques et de la lecture est mis en œuvre ainsi que des actions culturelles et artistiques en direction des publics relevant du ministère de la Justice dans le cadre des politiques d&amp;#039;insertion et d&amp;#039;éducation. Ce plan favorise l&amp;#039;accès aux pratiques culturelles et artistiques et doit contribuer à la lutte contre l&amp;#039;illettrisme par l&amp;#039;appropriation et la réappropriation de la culture. L&amp;#039;évaluation des actions culturelles et des pratiques artistiques réalisées ces dernières années confirme leur capacité à susciter l&amp;#039;expression des personnes.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -3196,106 +1769,106 @@
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Ce partenariat vise à privilégier :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le développement d&amp;#039;activités culturelles spécifiques dans les établissements pénitentiaires co-construit avec les acteurs de la justice et en faveur du plus grand nombre de détenus (résidence, programme thématique...)
  &lt;/li&gt;
  &lt;li&gt;
   le développement de la lecture et la maîtrise de la langue au sein d&amp;#039;actions valorisant les bibliothèques/médiathèques des trois établissements pénitentiaires concernés
  &lt;/li&gt;
  &lt;li&gt;
   le renforcement des liens avec les réseaux artistiques  et culturels
  &lt;/li&gt;
  &lt;li&gt;
   l&amp;#039;inscription des établissements pénitentiaires dans les manifestations culturelles nationales et locales
  &lt;/li&gt;
  &lt;li&gt;
   la valorisation à l&amp;#039;extérieur des activités menées en milieu pénitentiaire.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M21" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → L&amp;#039;Académie Fratellini et la Maison d&amp;#039;arrêt de Villepinte (93) - 2021
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;Académie Fratellini a développé en 2021 à la Maison d&amp;#039;arrêt de Villepinte (93) des ateliers de découverte des arts du cirque, orchestrés de manière à ce que les personnes détenues puissent découvrir plusieurs agrès au fil des séances.
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs suivis :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   valorisation des capacités et qualités individuelles au sein du groupe ;
  &lt;/li&gt;
  &lt;li&gt;
   apprentissage de l&amp;#039;écoute de l&amp;#039;autre ;
  &lt;/li&gt;
  &lt;li&gt;
   retrouver la confiance en soi et dans les autres.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Passage / Parenthèse et l&amp;#039;Agence régionale du livre PACA - 2022
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Montant de la subvention versée : 30.000 euros
 &lt;/p&gt;
 &lt;p&gt;
  &amp;#34;Passage&amp;#34; et &amp;#34;Parenthèse&amp;#34; sont deux dispositifs portés par l&amp;#039;Agence Régionale du Livre Provence-Alpes-Côte d&amp;#039;Azur en direction des publics placés sous main de justice.
 &lt;/p&gt;
 &lt;p&gt;
  Depuis 2018, &amp;#34;Passage&amp;#34; s&amp;#039;attache à aménager et à animer des espaces de lecture dans les foyers de la Protection judiciaire de la jeunesse. &amp;#34;Parenthèse&amp;#34;, initié en 2015, contribue au développement des bibliothèques en milieu carcéral pour les populations majeures et mineures et à la mise en œuvre d&amp;#039;actions culturelles de sensibilisation à la lecture (ateliers d&amp;#039;écriture journalistique, résidences d&amp;#039;auteurs etc).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N21" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Arts plastiques et photographie
 Musée
 Spectacle vivant
 Médias et communication
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O21" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R21" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   → Qui peut déposer un dossier ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Associations
  &lt;/li&gt;
  &lt;li&gt;
   Établissements publics / services de l&amp;#039;État
  &lt;/li&gt;
  &lt;li&gt;
   Particuliers
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   → Critères d&amp;#039;éligibilité du demandeur
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles à l&amp;#039;appel à projets :
 &lt;/p&gt;
@@ -3369,73 +1942,73 @@
 &lt;p&gt;
  Un comité de sélection, associant des représentants de la DISP, de la DIRPJJ Grand Est et de la DRAC se réunira courant décembre 2023 pour sélectionner les projets et déterminer le montant des subventions accordées.
 &lt;/p&gt;
 &lt;p&gt;
  Une attention particulière sera portée aux éléments suivants :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Qualité du projet artistique et culturel
  &lt;/li&gt;
  &lt;li&gt;
   Adéquation avec les objectifs de l&amp;#039;accompagnement des personnes placées sous main de justice
  &lt;/li&gt;
  &lt;li&gt;
   Modalités de mise en œuvre du partenariat artiste / structure / bénéficiaires
  &lt;/li&gt;
  &lt;li&gt;
   Ouverture culturelle proposée aux bénéficiaires
  &lt;/li&gt;
  &lt;li&gt;
   Pertinence des objectifs et des modalités pratiques de l&amp;#039;évaluation
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>Grand Est</t>
         </is>
       </c>
-      <c r="V21" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/appels-a-projets-candidatures/culture-et-justice</t>
         </is>
       </c>
-      <c r="X21" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour toute question sur l&amp;#039;opération Culture et Justice en Grand Est, vous êtes invités à vous adresser à :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - À la DRAC Grand Est :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Département des Ardennes :
   &lt;a href="mailto:frederique.petit&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    frederique.petit&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   ; 06 60 44 22 84
  &lt;/li&gt;
  &lt;li&gt;
   Départements de l&amp;#039;Aube et de la Haute-Marne :
   &lt;a href="mailto:pascale.valentin-bemmert&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    pascale.valentin-bemmert&amp;#64;culture.gouv.fr
    &lt;span&gt;
@@ -3471,297 +2044,128 @@
  &lt;li&gt;
   Départements du Bas-Rhin et du Haut-Rhin :
   &lt;a href="mailto:pierre.vogler&amp;#64;culture.gouv.fr" rel="noopener" target="_blank"&gt;
    pierre.vogler&amp;#64;culture.gouv.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
   ; 06 27 26 12 82
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - À la DISP Grand Est-Strabourg :
  &lt;/strong&gt;
  &lt;a href="mailto:elodie.roche&amp;#64;justice.fr" rel="noopener" target="_blank"&gt;
   elodie.roche&amp;#64;justice.fr
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  ; 03 88 56 81 72
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
+      <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>webmaster@culture.gouv.fr</t>
         </is>
       </c>
-      <c r="Z21" s="1" t="inlineStr">
+      <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b040-culture-justice/</t>
         </is>
       </c>
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la culture</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>20/10/2022</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>06/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...194 lines deleted...]
-      <c r="A24" s="1">
+    <row r="10" spans="1:34" customHeight="0">
+      <c r="A10" s="1">
         <v>153867</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets des jeunes manchois</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Manche ambition jeunes</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Manche</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Association</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
+      <c r="H10" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L24" s="1" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le Département agit au quotidien pour la jeunesse.
 La collectivité souhaite accorder aux jeunes, les moyens de se former, d&amp;#039;intégrer leur vie d&amp;#039;adulte dans les meilleures conditions, de leur ouvrir le champ des possibles sur le territoire départemental afin qu&amp;#039;ils puissent devenir des citoyens responsables et pleinement armés pour affronter les défis de demain.
 Le dispositif MAJ, proposé dans le cadre de la politique jeunesse du Département, participe à l&amp;#039;émancipation et à l&amp;#039;épanouissement des jeunes Manchois de 11 à 25 ans, en répondant à des besoins identifiés localement et en soutenant des projets concrets et évaluables, menés pour et par les jeunes.
 &lt;/p&gt;
 &lt;p&gt;
  Le dispositif Manche Ambition Jeunes porte sur les thématiques suivantes :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Entreprendre et travailler : favoriser la découverte du patrimoine économique local (filière équine,
 agriculture, milieu maritime) ; s&amp;#039;appuyer sur les pôles d&amp;#039;excellence locaux ; stimuler et accompagner l&amp;#039;envie d&amp;#039;entreprendre; découvrir des métiers ; organiser un forum.
   &lt;/li&gt;
   &lt;li&gt;
    Usages numériques et éducation aux écrans : favoriser l&amp;#039;inter génération, faciliter l&amp;#039;appropriation des outils numériques ;  accès aux droits ;  prévenir les pratiques à risques pour les jeunes.
   &lt;/li&gt;
   &lt;li&gt;
    Mobilité et ouverture au monde : « casser la culture du rester chez soi », « casser la culture du rester chez soi » : mobilité locale : autonomiser et responsabiliser les jeunes.
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Comment bénéficier de l&amp;#039;aide ?
@@ -3815,193 +2219,320 @@
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     la diffusion, la valorisation et l&amp;#039;évaluation du projet ;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     la dimension inclusive sera appréciée dans chaque projet (accueil de jeunes en situation de handicap, actions de communication...) ;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     les dépenses éligibles (petit équipement, fournitures, prestation de service, location, intervenants, transport...) ;
    &lt;/span&gt;
   &lt;/li&gt;
   &lt;li&gt;
    &lt;span&gt;
     une réalisation effective sur la période du 1er septembre 2023 au 31 août 2024.
    &lt;/span&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Jeunesse</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le dispositif Manche Ambition Jeunes ne finance pas : les dépenses de personnel de la structure ; le fonctionnement habituel de la structure ; les projets de manière rétroactive ; les dépenses d&amp;#039;investissement.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T24" s="1" t="inlineStr">
+      <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/manche-ambition-jeunes/</t>
         </is>
       </c>
-      <c r="W24" s="1" t="inlineStr">
+      <c r="W10" s="1" t="inlineStr">
         <is>
           <t>https://www.spot50-manche.fr/Beneficiaires</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  02 33 05 99 61
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/bb92-manche-ambition-jeunes/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>10/11/2023</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E25" s="1" t="inlineStr">
+    <row r="11" spans="1:34" customHeight="0">
+      <c r="A11" s="1">
+        <v>165422</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Développer le volontariat et les échanges internationaux</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Volontariat et échanges internationaux</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="G25" s="1" t="inlineStr">
+      <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Etablissement public dont services de l'Etat
 Association</t>
         </is>
       </c>
-      <c r="H25" s="1" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région Nouvelle-Aquitaine souhaite accompagner les jeunes les plus éloignés de la mobilité et de l’engagement vers des projets ne nécessitant aucun prérequis académique dans la pratique des langues étrangères. Ces actions permettent de développer la Citoyenneté européenne et internationale. Ces projets sont un premier pas vers des mobilités plus longues. L’accompagnement éducatif permet aux jeunes de partir dans un cadre sécurisé et de développer leur appétence pour les langues et les actions relevant de l’intérêt général.&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;La Région souhaite cibler 3 priorités :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Favoriser l’accueil et l’envoi de volontaires européens pour des missions de court ou long terme.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager la participation de jeunes néo-aquitains à des échanges internationaux permettant de favoriser l’ouverture aux autres et l’apprentissage de la Citoyenneté internationale.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Encourager la participation d’acteurs de la jeunesse à des échanges internationaux permettant d’enrichir leurs pratiques professionnelles et d’assurer le développement d’un travail de jeunesse de qualité qui produira des échanges de jeunes de qualité.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;L’aide régionale est susceptible d’atteindre un montant annuel maximum de 15 000 € TTC par structure et par dispositif et tiendra compte des thématiques et du contenu des projets, des bilans finaux précédemment déposés, et du rayonnement des projets et des structures sur le territoire néo-aquitain. Elle sera composée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;d’un montant forfaitaire de 225 € par participant (soumis à la production d’une feuille d’émargement);&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;de frais non couverts par ailleurs, liés à la préparation au séjour (préparation pédagogique linguistique et culturelle), aux frais de transport aller-retour (pays d’envoi-pays d’accueil), d’hébergement et de transport local. Ils seront soumis à la production des pièces justificatives inhérentes aux frais réels engagés (factures). Ces frais « exceptionnels » seront plafonnés à 700€ par participant.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les montants des aides s’inscrivent dans le cadre de l’enveloppe budgétaire régionale annuelle dédiée aux dispositifs.&lt;/p&gt;&lt;p&gt;Le présent volet intègre la politique d’éco-socio-conditionnalités de la Région, suivant le montant de l’aide régionale attribuée :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Moins de 150 000 € d’aide sous la forme d’une charte d’engagement signée par le bénéficiaire;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Plus de 150 000 € d’aide sous la forme d’un plan de transition individualisé, annexé au contrat attributif d’aide régionale, à destination des bénéficiaires.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ce seuil permet de proportionnaliser les conditions d’octroi des aides avec un plan de transition s&amp;#039;attachant aux bénéficiaires qui, étant les plus structurés, sont en mesure de porter une réflexion et de mettre en œuvre des mesures écologiquement et sociologiquement responsables.&lt;/p&gt;&lt;p&gt;Conformément à la délibération cadre sur les éco-socio-conditionnalités des aides régionales, les éco-socio-responsabilités sont de 3 natures :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Respect des ressources naturelles : économie des ressources, gestion des déchets ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Transitions pour tous : égalité Femmes-Hommes, lutte contre les discriminations, qualité et santé au travail ;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ecoresponsabilité et décarbonation : création et maintien de l’emploi, ancrage territorial.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;&lt;strong&gt;Modalités de versement&lt;/strong&gt;&lt;/span&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Pour les aides inférieures ou égales à 5 000 €, le versement est effectué en une seule fois à hauteur de 100%;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Pour les aides supérieures à 5 000 €, le versement est effectué en deux fois conformément aux dispositions précisées dans l’acte administratif afférent à la décision.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;A réception de la notification des financements accordés, le bénéficiaire devra déposer une demande de paiement en ligne sur MDNA.&lt;/p&gt;&lt;p&gt;La Région se réserve le droit de procéder ou de faire procéder :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;à une évaluation du dispositif à laquelle le bénéficiaire pourra être associé;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;à un contrôle de l’utilisation effective des aides accordées&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Dans le cas où les modalités de mise en œuvre de l’action sont modifiées par rapport au projet initial, le porteur est tenu d’en informer immédiatement le service gestionnaire. L&amp;#039;aide régionale sera automatiquement révisée.&lt;/p&gt;&lt;p&gt;Lorsque la durée de l’action est supérieure à la durée initialement prévue, la modification ne donne pas lieu à correction du montant de l’aide régionale.&lt;/p&gt;&lt;p&gt;La Région émettra un titre de recette si le montant de la première avance versée est supérieur au montant définitif de l’aide.&lt;/p&gt;&lt;p&gt;De même en cas de non-réalisation de l’action, l’aide régionale sera annulée et un titre de recette sera émis pour le remboursement des sommes déjà versées, sauf circonstances exceptionnelles dûment attestées, et après décision de la Commission Permanente.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Dans le cas où la subvention de la Région est inférieure à 5 000 € et en cas de réalisation partielle, la Région se réserve le droit de procéder à la révision de l’aide au prorata.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Dans le cas où la subvention de la Région est supérieure à 5 000 € et en cas de non-réalisation des actions, ou de réalisation partielle, la Région se réserve le droit de procéder à la révision de l’aide au prorata.&lt;br /&gt;&lt;/p&gt;&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences
+International</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Sont éligibles les associations et établissements publics (EP) œuvrant en direction des jeunes et implantés en Nouvelle-Aquitaine par leur domiciliation ou leur action.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ce programme s’adresse au seul public hors parcours de formation. Les demandes des établissements de formation pour leur public en cours de formation ne sont pas éligibles.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les associations, lieu d’apprentissage de la citoyenneté, doivent présenter un fonctionnement institutionnel démocratique privilégiant la participation de leurs adhérents, particulièrement des jeunes et le renouvellement annuel de leurs instances dirigeantes.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;Dans le cadre de l’accueil et l’envoi de volontaires européens pour des missions de court terme ou de long terme, dans le cadre de mobilités individuelles ou de groupe, sont éligibles les projets qui :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;ciblent de manière prioritaire des jeunes de niveau bac ou infra bac;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;proposent un accompagnement linguistique adapté en amont de la mobilité;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;accompagnent l’accueil ou l’envoi des volontaires en lien avec les dynamiques de coopérations des territoires;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;sont cofinancés par d’autres programmes relatifs à l’éducation à la citoyenneté européenne et internationale tels que le programme Erasmus&amp;#43; Jeunesse et Sport (Corps Européen de Solidarité), le programme de l’Office Franco-Allemand pour la Jeunesse (OFAJ), le programme jeunesse du Ministère de l’Europe et des Affaires Etrangères (MEAE).&lt;/p&gt;&lt;p&gt;Dans le cadre de la participation de jeunes néo-aquitains et d’acteurs de la jeunesse à des échanges internationaux sont éligibles les projets qui :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;proposent une réflexion collective sur des questions citoyennes;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;mobilisent des jeunes de niveau bac ou infra bac dans une perspective de mixité sociale;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;mobilités des animateurs socio-éducatifs dans une perspective d’échanges de bonnes pratiques;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;sont cofinancés par d’autres programmes relatifs à l’éducation à la citoyenneté européenne et internationale tels que le programme Erasmus&amp;#43; Jeunesse et Sport, le programme de l’Office Franco-Allemand pour la Jeunesse (OFAJ), l’Office franco-québécois pour la Jeunesse (OFQJ), le programme jeunesse du Ministère de l’Europe et des Affaires Etrangères (MEAE).&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide régionale sera appréciée en fonction de l’ensemble des cofinancements obtenus (État, collectivités locales, associations, entreprises…) et de la capacité d’autofinancement du projet. Le montant global des recettes pourra intégrer notamment les contributions volontaires en nature, dans la mesure où celles-ci sont objectivement quantifiées selon les règles en vigueur au plan national.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’aide régionale à la mobilité à l’étranger n’est pas cumulable avec une aide régionale relevant d’un autre règlement d’intervention régional.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire d&amp;#039;une subvention est tenu de mentionner le cas échéant la participation financière de l’Europe et/ou de la Région. Il fera figurer les logotypes téléchargeables sur le site de la Région et d’Erasmus&amp;#43; sur tous les documents d&amp;#039;information relatifs à l&amp;#039;objet de l&amp;#039;aide, précédé de la mention « avec le concours financier de la Région Nouvelle-Aquitaine ».&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/volontariat-et-echanges-internationaux</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Correspondants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Service relation aux usagers&lt;/p&gt;&lt;p&gt;Direction de la jeunesse et de la citoyenneté&lt;/p&gt;&lt;p&gt;05 49 38 49 38&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Du lundi au vendredi de 9h à 18h sans interruption&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Comment faire ma demande ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les demandes de subvention doivent être soumises avant la réalisation de l’action.&lt;/p&gt;&lt;p&gt;Le dépôt des demandes de cofinancement régional se fait au fil de l’eau via un formulaire en ligne sur Téléprocédures pour les aides 2025 et sur MDNA à partir de 2026.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;L’instruction des dossiers se fait au minimum 2 fois par an après le dépôt du dossier par la structure. Ces dossiers sont ensuite proposés au vote lors de 2 Commissions Permanentes chaque année, à minima.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La demande de financement est instruite par le service instructeur de la Région Nouvelle-Aquitaine lorsque le dossier est complet.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les décisions d&amp;#039;attribution des financements sont prises par arrêté du Président du Conseil Régional. Une notification est adressée au bénéficiaire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Liste des documents à fournir lors de la demande :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt; un relevé d&amp;#039;identité bancaire avec logo de la banque et datant de moins de 3 mois, au nom du bénéficiaire;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; un justificatif de cofinancement Erasmus&amp;#43; / CES / OFAJ / OFQJ / MEAE (convention &amp;#43; annexe financière);&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt; la fiche INSEE;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le justificatif de création de la structure (parution au BO);&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le récépissé de déclaration en préfecture;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les statuts de la structure;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une attestation sur l’honneur de sincérité et de régularité au regard des déclarations sociales et fiscales;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;les budgets de la structure de l’année N et année N-1 et, le cas échéant, rapport signé par le commissaire aux comptes (si réalisé);&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le budget du projet;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;le nombre prévisionnel de participants;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;pour les frais exceptionnels (hébergement, transport, frais de formation/intervenants extérieurs) : tableau listant les frais exceptionnels avec la subvention obtenue, le prix prévisionnel et le delta;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;une fiche résumé du projet.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le bénéficiaire s’engage à présenter une demande de subvention, avec le cas échéants ses agréments, pour toutes les actions envisagées.&lt;/p&gt;&lt;p&gt;Le bénéficiaire s’engage à :&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Réaliser l’action telle que financée ou à en informer la Région Nouvelle-Aquitaine dans le cas contraire;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Présenter dans la demande de subvention les objectifs du ou des projets pour lesquels une demande de subvention est effectuée (budget prévisionnel, public visé et actions envisagées);&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Faire un bilan une fois les missions réalisées permettant une analyse du retour sur les objectifs fixés (bilan et budget consolidé);&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Les documents financiers devront faire apparaître la mention TTC;&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Le bilan du projet devra être retourné au service instructeur de la Région avant la fin de validité de l’arrêté émis.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/volontariat-et-echanges-internationaux/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>07/09/2025</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:34" customHeight="0">
+      <c r="A12" s="1">
+        <v>90845</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de volontariats et d'échanges internationaux</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Volontariats et échanges internationaux</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K25" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L25" s="1" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La Région souhaite accompagner les jeunes les plus éloignés de la mobilité et de l&amp;#039;engagement vers des projets ne nécessitant aucun prérequis académique dans la pratique des langues étrangères. Ces actions permettent de développer la Citoyenneté européenne et internationale.
 Ces projets sont un premier pas vers des mobilités plus longues. L&amp;#039;accompagnement éducatif permet aux jeunes de partir dans un cadre sécurisé et de développer leur appétence pour les langues et les actions relevant de l&amp;#039;intérêt général.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Objectifs
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Favoriser l&amp;#039;accueil et l&amp;#039;envoi de volontaires européens pour des missions de court ou long terme.
  &lt;/li&gt;
  &lt;li&gt;
   Encourager la participation de jeunes néo-aquitains à des échanges internationaux permettant de favoriser l&amp;#039;ouverture aux autres et l&amp;#039;apprentissage de la Citoyenneté internationale.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N25" s="1" t="inlineStr">
+      <c r="N12" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Education et renforcement des compétences
 International
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O25" s="1" t="inlineStr">
+      <c r="O12" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R25" s="1" t="inlineStr">
+      <c r="R12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Calendrier
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt en ligne aura lieu
   tout au long de l&amp;#039;année.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les associations et établissements publics (EP) œuvrant en direction des jeunes et implantés en Nouvelle-Aquitaine par leur domiciliation ou leur action.
 &lt;/p&gt;
 &lt;p&gt;
  Le dépôt des demandes s&amp;#039;effectue de manière dématérialisée par le biais du formulaire de demande de subvention accessible sur cette page : https://les-aides.nouvelle-aquitaine.fr/jeunesse/volontariats-et-echanges-internationaux
 &lt;/p&gt;
 &lt;p&gt;
  Dans le cadre de l&amp;#039;accueil et l&amp;#039;envoi de volontaires européens pour des missions de court terme ou de long terme, sont éligibles les projets qui :
 &lt;/p&gt;
 &lt;ul&gt;
@@ -4012,3608 +2543,2730 @@
   Proposent un accompagnement linguistique adapté en amont de la mobilité,
  &lt;/li&gt;
  &lt;li&gt;
   Accompagnent l&amp;#039;accueil ou l&amp;#039;envoi des volontaires en lien avec les dynamiques de coopérations des territoires.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Dans le cadre de la participation de jeunes néo-aquitains à des échanges internationaux, sont éligibles les projets qui :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Proposent une réflexion collective sur des questions citoyennes,
  &lt;/li&gt;
  &lt;li&gt;
   Mobilisent des jeunes de niveau bac ou infra bac dans une perspective de mixité sociale,
  &lt;/li&gt;
  &lt;li&gt;
   Sont cofinancés par d&amp;#039;autres programmes relatifs à l&amp;#039;éducation à la citoyenneté européenne et internationale tels que le programme Erasmus Jeunesse, le programme de l&amp;#039;Office Franco-Allemand pour la Jeunesse (OFAJ), le programme jeunesse du Ministère de l&amp;#039;Europe et des Affaires Etrangères (MEAE).
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;aide régionale sera appréciée en fonction de l&amp;#039;ensemble des cofinancements obtenus (État, collectivités locales, associations, entreprises...) et de la capacité d&amp;#039;autofinancement du projet. Le montant global des recettes pourra intégrer notamment les contributions volontaires en nature, dans la mesure où celles-ci sont objectivement quantifiées selon les règles en vigueur au plan national.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S25" s="1" t="inlineStr">
+      <c r="S12" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U25" s="1" t="inlineStr">
+      <c r="U12" s="1" t="inlineStr">
         <is>
           <t>Nouvelle-Aquitaine</t>
         </is>
       </c>
-      <c r="V25" s="1" t="inlineStr">
+      <c r="V12" s="1" t="inlineStr">
         <is>
           <t>https://les-aides.nouvelle-aquitaine.fr/jeunesse/volontariats-et-echanges-internationaux</t>
         </is>
       </c>
-      <c r="X25" s="1" t="inlineStr">
+      <c r="X12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de la jeunesse et de la citoyenneté : 05 49 60 28 28
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y25" s="1" t="inlineStr">
+      <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>newsroom@nouvelle-aquitaine.fr</t>
         </is>
       </c>
-      <c r="Z25" s="1" t="inlineStr">
+      <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2cdf-volontariats-et-echanges-internationaux/</t>
         </is>
       </c>
-      <c r="AA25" s="1" t="inlineStr">
+      <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Région Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>20/04/2021</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>09/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="26" spans="1:27" customHeight="0">
-[...30 lines deleted...]
-      <c r="H26" s="1" t="inlineStr">
+    <row r="13" spans="1:34" customHeight="0">
+      <c r="A13" s="1">
+        <v>105108</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de foyers jeunes travailleurs et résidences étudiantes / jeunes actifs</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Logement public - foyers jeunes travailleurs et résidences étudiantes / jeunes actifs</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K26" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L26" s="1" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
-  OBJECTIFS POURSUIVIS
-[...342 lines deleted...]
- Clubs répondant aux critères suivants :
+  BENEFICIAIRES
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  être agréé Jeunesse et Sports,
-[...2 lines deleted...]
-  avoir des jeunes licenciés (17 ans et moins).
+  Bailleurs publics
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Sont exclus les sportifs aux pratiques occasionnelles (licences découvertes, cartes temporaires).
-[...131 lines deleted...]
- &lt;/strong&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Afin de conforter sa politique menée en faveur de la jeunesse et de l&amp;#039;enseignement supérieur, le Département est susceptible d&amp;#039;accorder son soutien aux projets de foyers jeunes travailleurs et logements étudiants ou jeunes actifs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODE DE CALCUL
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aide forfaitaire :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Bailleurs publics
-[...19 lines deleted...]
- &lt;li&gt;
   6.000 € par logement pour les foyers jeunes travailleurs
  &lt;/li&gt;
  &lt;li&gt;
   6.000 € par logement pour l&amp;#039;acquisition / amélioration ou transformation de grands logements
  &lt;/li&gt;
  &lt;li&gt;
   5.500 € par logement pour les résidences étudiants / jeunes actifs
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N29" s="1" t="inlineStr">
+      <c r="N13" s="1" t="inlineStr">
         <is>
           <t>Formation professionnelle
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Emploi</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O13" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CRITERES D&amp;#039;INTERVENTION
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Sont éligibles les projets de création, d&amp;#039;extension et de réhabilitation ou division d&amp;#039;appartements préexistants. Les loyers doivent être compatibles avec les plafonds du logement social.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   PIECES A FOURNIR
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   courrier sollicitant le concours du Département
  &lt;/li&gt;
  &lt;li&gt;
   dossier de description de l&amp;#039;opération (plans, situation dans la commune, échéancier de réalisation, nombre de logement, descriptifs rapide, coûts des loyers et des charges envisagés, caractéristiques)
- &lt;/li&gt;
+ &lt;/li&gt;&lt;li&gt;justificatif de propriété ou l’attestation par le notaire que la démarche est en cours&lt;/li&gt;
  &lt;li&gt;
   plan de financement
  &lt;/li&gt;
  &lt;li&gt;
   calendrier prévisionnel des demandes de paiement&lt;/li&gt;
 &lt;/ul&gt;&lt;p&gt;Il est demandé à chaque partenaire qui sollicite l’accompagnement et/ou le soutien financier du Département de la Charente de promouvoir l’égalité femmes-hommes dans la préparation, le déroulement et le bilan des actions financées. Cela devra se traduire dans la transmission de données qualitatives et quantitatives sexuées sur le public visé, le public touché et/ou la mobilisation des équipes sur l’égalité femmes-hommes.&lt;br /&gt;&lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
  &lt;/strong&gt;
 &lt;/p&gt;
-&lt;p&gt;
-[...16 lines deleted...]
-      <c r="S29" s="1" t="inlineStr">
+&lt;p&gt;&lt;u&gt;Modalités
+particulières d’instruction&lt;/u&gt;&lt;/p&gt;&lt;p&gt;Le
+dépôt des demandes de subvention doit intervenir au plus tard au 1&lt;sup&gt;er&lt;/sup&gt;
+juin de l’année.&lt;/p&gt;&lt;p&gt;Pour
+les besoins de l’instruction, vous disposez d’un délai de 15 jours pour
+répondre aux demandes de pièces complémentaires.&lt;/p&gt;&lt;p&gt;Les
+demandes de subvention complètes sont ensuite instruites et examinées par une
+commission d’élus du Département dans laquelle les porteurs de projet pourront
+présenter leurs projets.&lt;/p&gt;&lt;p&gt;Au
+regard des crédits disponibles, des priorités départementales et de l’avis de
+la commission, l’individualisation des subventions sera soumise à l’adoption de
+la commission permanente.&lt;/p&gt;&lt;p&gt;&lt;u&gt;Modalités
+de versement&lt;/u&gt; : &lt;/p&gt;&lt;p&gt;Maximum
+de 2 acomptes proportionnels au montant de l’opération réalisée, et jusqu’à 80
+% du montant de la subvention ; solde à l’achèvement de l’opération&lt;/p&gt;&lt;p&gt;Le
+paiement de la subvention interviendra dans le cadre d’une Autorisation de
+programme/crédit de paiement, dans la limite des crédits de paiement inscrits
+par l’assemblée départementale.&lt;/p&gt;&lt;p&gt;Pièces
+à fournir pour les demandes de paiement :&lt;/p&gt;&lt;p&gt;·        
+Acomptes : &lt;/p&gt;&lt;p&gt;o   
+un état récapitulatif des factures, certifié
+par le comptable&lt;/p&gt;&lt;p&gt;·        
+Solde :&lt;/p&gt;&lt;p&gt;o   
+un état récapitulatif des factures, certifié
+par le comptable &lt;/p&gt;&lt;p&gt;o   
+le décompte général et définitif de
+l’opération&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;u&gt;Caducité&lt;/u&gt; :
+l’opération doit être achevée et la demande de versement du solde doit
+intervenir dans un délai maximal de quatre ans à compter de la date de
+notification de la décision attributive&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T13" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U13" s="1" t="inlineStr">
         <is>
           <t>Charente</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V13" s="1" t="inlineStr">
         <is>
           <t>https://www.lacharente.fr/fileadmin/user_upload/03-En_Charente/01-Les_actions_du_departement/08-Logement/fjt_et_residence_etudiants_jeunes_actifs.pdf</t>
         </is>
       </c>
-      <c r="W29" s="1" t="inlineStr">
+      <c r="W13" s="1" t="inlineStr">
         <is>
           <t>https://subventions16.lacharente.fr</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X13" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches» :
  &lt;a href="https://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/espace-demarches
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Subvention d&amp;#039;investissement
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   INFOS PRATIQUES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
- Date limite de dépôt des demandes : néant
-&lt;/p&gt;
+ Date limite de dépôt des demandes : 1er juin&lt;/p&gt;
 &lt;p&gt;
  Service cohésion territoriale ; Tél. 05 16 09 74 15
 &lt;/p&gt;
 &lt;p&gt;
  Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
  &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
   https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y29" s="1" t="inlineStr">
+      <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>subventions16@lacharente.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3b50-soutenir-les-projets-de-foyers-jeunes-travail/</t>
         </is>
       </c>
-      <c r="AA29" s="1" t="inlineStr">
+      <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Département de la Charente</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>25/11/2021</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>19/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="30" spans="1:27" customHeight="0">
-[...100 lines deleted...]
-      <c r="A31" s="1">
+    <row r="14" spans="1:34" customHeight="0">
+      <c r="A14" s="1">
         <v>162989</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Accompagner l’inclusion des jeunes vers le monde professionnel</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Fiche 11 - FEDER</t>
         </is>
       </c>
-      <c r="E31" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G31" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H31" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I31" s="1" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J31" s="1" t="inlineStr">
+      <c r="J14" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L31" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;La part des jeunes en formation (16 – 25 ans) est plus faible sur le
 territoire qu’en Gironde. Cela est dû à l’absence d’établissement
 d’enseignement supérieur ce qui amène les jeunes à poursuivre leur scolarité et
 formation à l’extérieur du territoire et notamment dans les espaces urbains
 (Bordeaux, Pau, La Rochelle). &lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;L’arrivée du lycée à Créon pourrait être une opportunité de développer
 des filières de formations locales ou de servir de plateforme de formations.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Enfin, le chômage des jeunes reste important et touche principalement sur
 le territoire les jeunes sans (ou avec peu) de formation et/ou de qualification
 scolaire et professionnelle.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficulté&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
 professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M31" s="1" t="inlineStr">
+      <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création et aménagements d’espaces relatifs à la
 formation et à l’apprentissage des métiers sur le territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagnement et
 animation territoriale pour impulser des dynamiques locales pour l’emploi, la
 formation et les compétences des habitants et notamment des jeunes&lt;/span&gt;&lt;em&gt;&lt;span&gt; &lt;/span&gt;&lt;/em&gt;&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou
 aménagements de logements spécifiques pour des publics de jeunes travailleurs
 ou en formation ou en insertion&lt;em&gt;&lt;/em&gt;&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N31" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Jeunesse
 Famille et enfance
 Formation professionnelle
 Emploi</t>
         </is>
       </c>
-      <c r="O31" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P31" s="1" t="inlineStr">
+      <c r="P14" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q31" s="1" t="inlineStr">
+      <c r="Q14" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R31" s="1" t="inlineStr">
+      <c r="R14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S31" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T31" s="1" t="inlineStr">
+      <c r="T14" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U31" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V31" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X31" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y31" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z31" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-linclusion-des-jeunes-vers-le-monde-professionnel/</t>
         </is>
       </c>
-      <c r="AA31" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="AD14" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>28/06/2024</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="32" spans="1:27" customHeight="0">
-[...8 lines deleted...]
-      <c r="C32" s="1" t="inlineStr">
+    <row r="15" spans="1:34" customHeight="0">
+      <c r="A15" s="1">
+        <v>162990</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Proposer une offre pour insérer les jeunes dans le monde économique</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E32" s="1" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 12 - FEADER</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
         <is>
           <t>GAL Coeur Entre-deux-Mers</t>
         </is>
       </c>
-      <c r="G32" s="1" t="inlineStr">
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H32" s="1" t="inlineStr">
+Agriculteur
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I32" s="1" t="inlineStr">
+      <c r="I15" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J32" s="1" t="inlineStr">
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>Planchers : aide 5 000€ / cout total 8 000€ - Plafond : aide 75 000€</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les jeunes actifs sont le public le plus durement touché sur le
+territoire du Cœur Entre-deux-Mers par le chômage et la précarité économique.
+Il convient donc d’agir ensemble en associant avant tout les jeunes mais aussi
+les acteurs et structures qui les accompagnent (collectivités, Missions
+Locales, …). &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Pour favoriser l’emploi et l’insertion des jeunes, les domaines d’actions
+seront nombreux et concerneront notamment le développement d’une approche
+globale dans l’accompagnement des jeunes dans leurs parcours personnels (suivi
+de formation locale, mobilité, logement, …).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Former les jeunes et notamment ceux en difficultés&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer l’envie d’entreprendre et de s’insérer dans la vie
+professionnelle&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Solutions et
+amélioration de la mobilité notamment des jeunes et jeunes actifs du territoire&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
+&lt;/span&gt;&lt;/span&gt;&lt;span&gt;Equipements,
+matériels et matériaux nécessaires à l’organisation de « chantiers
+formations », de « chantiers d’insertion » et de
+« chantiers de jeunes »&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;     &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Animations territoriales notamment auprès des jeunes
+et jeunes actifs pour découvrir les métiers, les formations et développer leur
+capacité à entreprendre &lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Formation professionnelle
+Economie sociale et solidaire
+Emploi
+Attractivité économique
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>europe@coeurentre2mers.com</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs-2/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC15" s="1" t="inlineStr">
+        <is>
+          <t>Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="AD15" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>28/06/2024</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
+        <v>162984</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Déployer une offre d’accueil, sportive, culturelle et artistique notamment à destination des jeunes du territoire</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Fiche 10 - FEDER</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>GAL Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
         <is>
           <t>Planchers : aide 15 000€ / cout total 25 000€ - Plafond : aide 75 000€</t>
         </is>
       </c>
-      <c r="K32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L32" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;Dans la population du Cœur Entre-deux-Mers, la part des jeunes jusqu’à 18
 ans est relativement importante du fait de la présence de nombreux ménages
 jeunes-primo accédants et ayant des enfants en bas âge. Agir sur les modes de
 garde (à cause des déplacements des parents actifs à l’extérieur) et sur la
 création de loisirs pour ce public participe donc à développer leur cadre de
 vie.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;De plus, Le Cœur Entre-deux-Mers possède une vie associative riche et
 notamment à destination des jeunes à travers les clubs de sport, d’arts et de
 pratiques culturelles.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt;L’accompagnement des jeunes aux découvertes artistiques et culturelles
 permettra de faciliter leur insertion dans la vie locale, les impliquer dans
 des démarches partenariales et citoyennes en ouvrant des possibilités en termes
 de développement personnel.&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;span&gt; &lt;/span&gt; &lt;/p&gt;
 &lt;p&gt;&lt;span&gt;Ce qui est en jeu est donc de :&lt;/span&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Offrir des services aux parents de jeunes enfants permettant de
 développer le cadre de vie et l’appartenance au territoire&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Développer une offre de loisirs pour jeunes&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Intégrer le rajeunissement de la population dans les politiques publiques&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner les jeunes vers la découverte de l’art et de la culture&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Densifier les réseaux de connaissance entre acteurs de la culture&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M32" s="1" t="inlineStr">
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Infrastructures d’accueil,
 de gardes d’enfants et des espaces de rencontres enfants-parents&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Création ou
 aménagements de « Tiers-Lieux » où l’on retrouve une offre (ludique,
 associative, médico-sociale, …) avec des services et animations variés
 notamment à destination des jeunes&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Bâtiments sportifs et
 équipements pour répondre aux pratiques et à l’émergence de nouvelles activités
 sportives notamment des jeunes&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Bâtiments et équipements
 destinés à accompagner notamment les jeunes à l’éveil artistique et culturel
 avec, ou en lien avec, une politique et programmation jeunesse&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner des
 parcours d’éducation artistique et culturelle&lt;/span&gt; &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Mutualiser les
 investissements matériels et immatériels pour les acteurs culturels et jeunesse
 notamment&lt;/span&gt; &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;&lt;span&gt;·&lt;span&gt;    
 &lt;/span&gt;&lt;/span&gt;&lt;span&gt;Accompagner la
 diversification et l’usage des bibliothèques vers de nouvelles activités
 digitales à destination des jeunes notamment&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N32" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Equipement public
 Spectacle vivant
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O32" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P32" s="1" t="inlineStr">
+      <c r="P16" s="1" t="inlineStr">
         <is>
           <t>01/01/2021</t>
         </is>
       </c>
-      <c r="Q32" s="1" t="inlineStr">
+      <c r="Q16" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R32" s="1" t="inlineStr">
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne pas avoir engagé financièrement son projet avant d&amp;#039;obtenir l&amp;#039;accusé de réception via le GAL.&lt;/li&gt;&lt;li&gt;Etre sélectionné par les membres du GAL en séance selon la grille de notation de l&amp;#039;Axe 4 - Jeunesse&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S32" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T32" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U32" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>PÔLE TERRITORIAL COEUR ENTRE DEUX MERS</t>
         </is>
       </c>
-      <c r="V32" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://www.coeurentre2mers.com/financer-mon-projet-avec-les-fonds-europeens-du-coeur-entre-deux-mers</t>
         </is>
       </c>
-      <c r="X32" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Richard REY - Animateur&lt;/p&gt;&lt;p&gt;05 56 23 95 17 - &lt;a target="_self"&gt;europe&amp;#64;coeurentre2mers.com&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y32" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>europe@coeurentre2mers.com</t>
         </is>
       </c>
-      <c r="Z32" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/diversifier-les-produits-touristiques-pour-accueillir-les-visiteurs/</t>
         </is>
       </c>
-      <c r="AA32" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>Coeur Entre-deux-Mers</t>
+        </is>
+      </c>
+      <c r="AD16" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>27/06/2024</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="33" spans="1:27" customHeight="0">
-[...169 lines deleted...]
-      <c r="E34" s="1" t="inlineStr">
+    <row r="17" spans="1:34" customHeight="0">
+      <c r="A17" s="1">
+        <v>166083</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aider les jeunes pour bien vivre en montagne</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Aide aux jeunes pour bien vivre en montagne</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
-      <c r="G34" s="1" t="inlineStr">
-[...404 lines deleted...]
-      <c r="G37" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
-Etablissement public dont services de l'Etat
-[...47 lines deleted...]
-Education et renforcement des compétences
+Particulier
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La CIMA s’inscrit dans une approche interrégionale qui détermine des orientations à l’échelle du massif des Alpes dans tous les secteurs d’activité à spécificité « montagne » (tourisme, services, agriculture, pastoralisme, forêt, transition énergétique). Elle se décline autour de deux dispositifs : Espaces valléens et hors Espaces valléens. L&amp;#039;aide &amp;#34;CIMA Aide aux jeunes pour bien vivre en montagne&amp;#34; s&amp;#039;inscrit dans le champs hors Espaces valléens.&lt;br /&gt; &lt;br /&gt; L&amp;#039;aide vise 4 orientations :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Orientation 1 : Instaurer le réflexe jeune au sein de la CIMA et mettre en place des éléments de suivi&lt;/li&gt; 	&lt;li&gt;Orientation 2 : Soutenir des initiatives, des démarches intégrant des formes de partenariat innovant et la participation des jeunes&lt;/li&gt; 	&lt;li&gt;Orientation 3 : Éducation, sensibilisation, découverte de la montagne&lt;/li&gt; 	&lt;li&gt;Orientation 4 : Emplois, création d’activités et formation des jeunes&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Associations ;&lt;/li&gt; 	&lt;li&gt;collectivités territoriales et leurs regroupements (communes, EPCI, départements) ;&lt;/li&gt; 	&lt;li&gt;établissements publics et privés ;&lt;/li&gt; 	&lt;li&gt;entreprises publiques et privées ;&lt;/li&gt; 	&lt;li&gt;syndicats mixtes (notamment les Parcs Naturels Régionaux) ;&lt;/li&gt; 	&lt;li&gt;groupements d’intérêt public (GIP) ;&lt;/li&gt; 	&lt;li&gt;structures de réseaux.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;span&gt;Types d&amp;#039;actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Démarches de mise en place d’espaces de création d’activités liée à la montagne par des jeunes à l’échelle d’un espace valléen, en cohérence avec la stratégie touristique identifiée ;&lt;/li&gt; 	&lt;li&gt;Actions visant à dynamiser la mise en réseau d’acteurs relais du « réflexe jeunes » à l’échelle interrégionale ainsi que le partage, la valorisation et la mise en commun des expériences et des bonnes pratiques ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des formes de partenariat entre jeunes et décideurs et la participation des jeunes dans les différentes instances autour des spécificités de la montagne et sur les enjeux de la jeunesse dans les Alpes ;&lt;/li&gt; 	&lt;li&gt;Actions de sensibilisation, d’éducation (projets à vocation éducative) et de formation pour découvrir la montagne (métiers et vie en montagne) par les jeunes portées par des groupements multi-acteurs (collectivités locales, professionnels, jeunes …) ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des programmes jeunesse &amp;#34;ville-montagne&amp;#34; de proximité des agglomérations et métropoles au pied des Alpes ;&lt;/li&gt; 	&lt;li&gt;Projets expérimentaux de développement des outils numériques et/ou des contenus de formation à distance pour les jeunes en milieu rural montagnard ;&lt;/li&gt; 	&lt;li&gt;Les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toute saisons mise en œuvre à l’échelle d’un espace valléen.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Forums et festivals des métiers de la montagne.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Forêts
+Montagne
+Sols
+Citoyenneté
 Formation professionnelle
-Innovation, créativité et recherche
-[...60 lines deleted...]
-      <c r="AA37" s="1" t="inlineStr">
+Risques naturels
+Qualité de l'air
+Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Types d&amp;#039;actions éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Démarches de mise en place d’espaces de création d’activités liée à la montagne par des jeunes à l’échelle d’un espace valléen, en cohérence avec la stratégie touristique identifiée ;&lt;/li&gt; 	&lt;li&gt;Actions visant à dynamiser la mise en réseau d’acteurs relais du « réflexe jeunes » à l’échelle interrégionale ainsi que le partage, la valorisation et la mise en commun des expériences et des bonnes pratiques ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des formes de partenariat entre jeunes et décideurs et la participation des jeunes dans les différentes instances autour des spécificités de la montagne et sur les enjeux de la jeunesse dans les Alpes ;&lt;/li&gt; 	&lt;li&gt;Actions de sensibilisation, d’éducation (projets à vocation éducative) et de formation pour découvrir la montagne (métiers et vie en montagne) par les jeunes portées par des groupements multi-acteurs (collectivités locales, professionnels, jeunes …) ;&lt;/li&gt; 	&lt;li&gt;Projets de soutien des programmes jeunesse &amp;#34;ville-montagne&amp;#34; de proximité des agglomérations et métropoles au pied des Alpes ;&lt;/li&gt; 	&lt;li&gt;Projets expérimentaux de développement des outils numériques et/ou des contenus de formation à distance pour les jeunes en milieu rural montagnard ;&lt;/li&gt; 	&lt;li&gt;Les actions devront impérativement s’intégrer dans la stratégie de diversification touristique toute saisons mise en œuvre à l’échelle d’un espace valléen.&lt;/li&gt; &lt;/ul&gt;
+&lt;p&gt;&lt;br /&gt; &lt;span&gt;Types d’actions non éligibles :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;Forums et festivals des métiers de la montagne.&lt;/li&gt; &lt;/ul&gt; &lt;ul&gt; 	&lt;li&gt;Les dossiers doivent être déposés sur la plateforme dématérialisée de la Région Provence-Alpes-Côte d’Azur ;&lt;/li&gt; 	&lt;li&gt;la demande doit être déposée au moins trois mois avant la date prévisionnelle du début de réalisation du projet concerné par la demande.&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/aide-jeunes-bien-vivre-en-montagne</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://aidesenligne.maregionsud.fr/aides/#/crsud/connecte/F_S_FS_CIMAJEUN/depot/simple</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Service Montagne et Massif Alpin&lt;/p&gt;
+&lt;p&gt;Tel : &lt;a href="tel:0492532624"&gt;04 92 53 26 24&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-aux-jeunes-pour-bien-vivre-en-montagne-1/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="38" spans="1:27" customHeight="0">
-[...235 lines deleted...]
-      <c r="A40" s="1">
+    <row r="18" spans="1:34" customHeight="0">
+      <c r="A18" s="1">
         <v>162524</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Développer un territoire inclusif et cohésif</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
         </is>
       </c>
-      <c r="E40" s="1" t="inlineStr">
+      <c r="E18" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F40" s="1" t="inlineStr">
+      <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G40" s="1" t="inlineStr">
+      <c r="G18" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
-[...3 lines deleted...]
-      <c r="H40" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I40" s="1" t="inlineStr">
+      <c r="I18" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K40" s="1" t="inlineStr">
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L40" s="1" t="inlineStr">
+      <c r="L18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N40" s="1" t="inlineStr">
+      <c r="N18" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O40" s="1" t="inlineStr">
+      <c r="O18" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P40" s="1" t="inlineStr">
+      <c r="P18" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q40" s="1" t="inlineStr">
+      <c r="Q18" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R40" s="1" t="inlineStr">
+      <c r="R18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S40" s="1" t="inlineStr">
+      <c r="S18" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T40" s="1" t="inlineStr">
+      <c r="T18" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U40" s="1" t="inlineStr">
+      <c r="U18" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V40" s="1" t="inlineStr">
+      <c r="V18" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X40" s="1" t="inlineStr">
+      <c r="X18" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y40" s="1" t="inlineStr">
+      <c r="Y18" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z40" s="1" t="inlineStr">
+      <c r="Z18" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
         </is>
       </c>
-      <c r="AA40" s="1" t="inlineStr">
+      <c r="AA18" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB18" s="1" t="inlineStr">
+        <is>
+          <t>Aménagement d’une aire de jeux
+Création de jardins partagés
+Création d’une crèche
+Déployer les équipements numériques
+Mise en place de la télémedecine
+Mise en place d’un café / bistrot
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC18" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="AE18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG18" s="1" t="inlineStr">
+        <is>
+          <t>23/04/2024</t>
+        </is>
+      </c>
+      <c r="AH18" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="41" spans="1:27" customHeight="0">
-[...114 lines deleted...]
-      <c r="G42" s="1" t="inlineStr">
+    <row r="19" spans="1:34" customHeight="0">
+      <c r="A19" s="1">
+        <v>162828</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Département
-[...311 lines deleted...]
-Association
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...3 lines deleted...]
-      <c r="H44" s="1" t="inlineStr">
+Association</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
-      <c r="I44" s="1" t="inlineStr">
+      <c r="I19" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J44" s="1" t="inlineStr">
+      <c r="J19" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K44" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L44" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M44" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N44" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Friche
 Biodiversité
 Architecture
 Paysage
 Attractivité économique
 Valorisation d'actions
 Milieux humides</t>
         </is>
       </c>
-      <c r="O44" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R44" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S44" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T44" s="1" t="inlineStr">
+      <c r="T19" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U44" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V44" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X44" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y44" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z44" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
         </is>
       </c>
-      <c r="AA44" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB19" s="1" t="inlineStr">
+        <is>
+          <t>Cour d’école : végétaliser, désimperméabiliser, jeux, voiles ombrages
+Entretien / restauration des haies
+Gestion d'une base nautique
+Restauration écologique / continuité écologique
+Végétalisation du cimetière</t>
+        </is>
+      </c>
+      <c r="AC19" s="1" t="inlineStr">
+        <is>
+          <t>PETR Pays de Remiremont et de ses Vallées</t>
+        </is>
+      </c>
+      <c r="AD19" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG19" s="1" t="inlineStr">
+        <is>
+          <t>14/06/2024</t>
+        </is>
+      </c>
+      <c r="AH19" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="45" spans="1:27" customHeight="0">
-[...38 lines deleted...]
-      <c r="L45" s="1" t="inlineStr">
+    <row r="20" spans="1:34" customHeight="0">
+      <c r="A20" s="1">
+        <v>93194</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Sensibiliser les jeunes à l'économie sociale et solidaire (ESS)</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Chambre régionale de l'Economie Sociale et Solidaire (CRESS) d'Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Réduction de 30€ de l&amp;#039;adhésion pour les enfants de 4 à 18 ans habitant CENON inscrit dans un club sportif local.
-[...26 lines deleted...]
-      <c r="O45" s="1" t="inlineStr">
+ &lt;strong&gt;
+  La Chambre Régionale de l&amp;#039;Économie Sociale et Solidaire – CRESS - Auvergne-Rhône-Alpes a pour objet :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La représentation du champ de l&amp;#039;Économie Sociale et Solidaire et de ses différentes composantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;appui à la création, à la consolidation et au développement des entreprises de l&amp;#039;ESS ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La promotion et la diffusion des principes de l&amp;#039;Économie Sociale et Solidaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;information et la coordination de ses membres
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dans ce cadre, elle peut coordonner différents outils de sensibilisation à l&amp;#039;ESS pour les jeunes pouvant être mise en œuvre sur les territoires du programme Petite Ville de Demain :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mon ESS à l&amp;#039;école : Mon Entreprise Sociale et Solidaire à l&amp;#039;École (Mon ESS à l&amp;#039;École) est un formidable outil au service de la connaissance, par les jeunes générations, de cette autre économie qu&amp;#039;est l&amp;#039;ESS.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les Coopératives d&amp;#039;Education à l&amp;#039;Entrepreneuriat Collectif (CEEC) regroupent 3 types de dispositifs :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives Jeunesse de Services
+ &lt;/strong&gt;
+ sont un projet d&amp;#039;éducation à l&amp;#039;entrepreneuriat coopératif destiné aux jeunes entre 16 et 18 ans. Durant l&amp;#039;été, un groupe de coopérants (entre 12 et 15 jeunes), accompagné par 2 animateurs, crée et pilote une entreprise coopérative de services. Ils réalisent tout de A à Z, de la création de la coopérative à la réalisation des prestations, en passant par le choix de leur offre de services, la définition des prix, la communication, les devis et la facturation. A la fin de l&amp;#039;été, les coopérants se répartissent le Chiffre d&amp;#039;affaires réalisé en fonction de la répartition qu&amp;#039;ils ont choisie. Ensemble, ils s&amp;#039;initient au fonctionnement d&amp;#039;une entreprise démocratique, développent leur esprit d&amp;#039;initiative, prennent conscience de leurs capacités et de leur pouvoir d&amp;#039;agir.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet est mis en place sur le territoire grâce à la constitution d&amp;#039;un comité local. Ce dernier est composé d&amp;#039;une diversité d&amp;#039;acteurs présents sur le territoire (collectivités, acteurs jeunesse, associations, entreprises locales, CAE, etc.) avec la volonté de mêler les acteurs économiques, les collectivités et les acteurs jeunesse / de l&amp;#039;éducation populaire. Il a pour rôle de réunir les conditions nécessaires à la mise en place du projet : demande de financement, communication, logistique, recrutement des animateurs, mise à disposition de matériels et de locaux, etc.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives Jeunes Majeurs
+ &lt;/strong&gt;
+ concernent des jeunes de 18 à 30 ans, plutôt éloignés de l&amp;#039;emploi ou en situation de précarité, sur une période de 3 à 6 mois. Le format est un peu différent des CJS et comprend un objectif d&amp;#039;insertion socioprofessionnelle plus fort. Développées en 2016, elles n&amp;#039;ont pas encore été initiées en AURA.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ . Les
+ &lt;strong&gt;
+  Coopératives de Territoire
+ &lt;/strong&gt;
+ , quant à elles, ne se limitent pas à une tranche d&amp;#039;âge, mais plutôt à un public d&amp;#039;habitant sur un territoire défini. Elles se déroulent sur une période de 3 à 6 mois. L&amp;#039;objectif est de répondre aux besoins sociaux d&amp;#039;un QPV ou d&amp;#039;un territoire rural en difficultés. Ils n&amp;#039;en existent pas encore en AURA.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mon ESS à l&amp;#039;école : exemples de projets:
+ &lt;a href="http://www.cress-aura.org/exemples-de-projets-mon-ess-lecole" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/exemples-de-projets-mon-ess-lecole
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Coopératives Jeunesses de Services (CJS) :
+ &lt;a href="http://www.cress-aura.org/actus/cooperatives-jeunesse-de-services-cjs-pour-des-jeunes-citoyens-entrepreneurs?fbclid&amp;#61;IwAR3V_55O__GMymr9nQGNSK_Qic6tXDA9w4F6BITnpWrBf45UV8G3LNw2Ij0" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/actus/cooperatives-jeunesse-de-services-cjs-pour-des-jeunes-citoyens-entrepreneurs?fbclid&amp;#61;IwAR3V_55O__GMymr9nQGNSK_Qic6tXDA9w4F6BITnpWrBf45UV8G3LNw2Ij0
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vidéos de présentation des CJS : CJS de Bourg-en-Bresse (01) :
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;yxh4Vfr4jqw&amp;amp;t&amp;#61;1s&amp;amp;ab_channel&amp;#61;AGLCAMaisondelaVieAssociative" rel="noopener" target="_blank"&gt;
+  https://www.youtube.com/watch?v&amp;#61;yxh4Vfr4jqw&amp;amp;t&amp;#61;1s&amp;amp;ab_channel&amp;#61;AGLCAMaisondelaVieAssociative
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ CJS de Lyon 8ème (69) :
+ &lt;a href="https://www.youtube.com/watch?v&amp;#61;R52xorVU0Ls" rel="noopener" target="_blank"&gt;
+  https://www.youtube.com/watch?v&amp;#61;R52xorVU0Ls
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Economie locale et circuits courts
+Economie sociale et solidaire</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R45" s="1" t="inlineStr">
+      <c r="R20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;/p&gt;&lt;ul&gt;
-[...38 lines deleted...]
-      <c r="X45" s="1" t="inlineStr">
+ L&amp;#039;intervention de la CRESS peut se faire dans le cadre d&amp;#039;une prestation, d&amp;#039;une convention de partenariat avec la commune ou l&amp;#039;EPCI, ou d&amp;#039;une convention plus globale déjà établie à l&amp;#039;échelle départementale ou régionale. En fonction de la modalité retenue, le coût de la mise en œuvre de l&amp;#039;action restant à la charge de la collectivité pourra être établi. Une proposition sur-mesure pourra être faite en réponse aux besoins exprimés par la collectivité lors d&amp;#039;un premier échange.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Auvergne-Rhône-Alpes</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>http://www.cress-aura.org/actus/mon-ess-lecole-quest-ce-que-cest</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://lafabriquecooperative.fr/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Email :
-[...1 lines deleted...]
-  direction.sports&amp;#64;cenon.fr
+ Site de Clermont-Ferrand - siège social : 3, rue Colbert 63000 Clermont-Ferrand
+ &lt;br /&gt;
+ Site de Lyon - siège administratif : 11, rue Auguste Lacroix 69003 Lyon
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="http://www.cress-aura.org/lequipe-de-la-cress" rel="noopener" target="_blank"&gt;
+  http://www.cress-aura.org/lequipe-de-la-cress
  &lt;/a&gt;
-&lt;/p&gt;
-[...1 lines deleted...]
- Téléphone : 05 57 77 35 70
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : 04 78 09 11 97 - info&amp;#64;cress-aura.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mathieu ROBERT : Chargé de mission CRESS AURA (RRD), 04 72 78 42 98 / 07 57 82 98 83, mrobert&amp;#64;cress-aura.org
+ &lt;br /&gt;
+ Elodie PERROTEAU : Coordinatrice nationale la Fabrique Coopérative, 07 69 27 81 45, elodie.perroteau&amp;#64;lafabriquecooperative.fr
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y45" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA45" s="1" t="inlineStr">
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>lgardarin@cress-aura.org</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7c1d-copie-13h48-appui-a-lemergence-de-cooperation/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG20" s="1" t="inlineStr">
+        <is>
+          <t>18/05/2021</t>
+        </is>
+      </c>
+      <c r="AH20" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="46" spans="1:27" customHeight="0">
-      <c r="A46" s="1">
+    <row r="21" spans="1:34" customHeight="0">
+      <c r="A21" s="1">
         <v>544</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Financer des projets immobiliers pour des populations spécifiques</t>
         </is>
       </c>
-      <c r="D46" s="1" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Prêt PHARE : financer des projets d’habitat en faveur des personnes fragilisées</t>
         </is>
       </c>
-      <c r="E46" s="1" t="inlineStr">
+      <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
-      <c r="G46" s="1" t="inlineStr">
+      <c r="G21" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Collectivité d’outre-mer à statut particulier
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
-[...3 lines deleted...]
-      <c r="H46" s="1" t="inlineStr">
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
         <is>
           <t>Prêt</t>
         </is>
       </c>
-      <c r="K46" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L46" s="1" t="inlineStr">
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   &lt;span&gt;🚩&lt;/span&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   ________________________________________________________________
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Vous souhaitez développer un projet immobilier pour des populations spécifiques (construction, acquisition, réhabilitation, ...) ?
 &lt;/p&gt;
 &lt;p&gt;
  La Banque des Territoires propose un financement en prêt sur fonds d&amp;#039;épargne de la Caisse des Dépôts avec son offre de prêts PHARE.
 &lt;/p&gt;
 &lt;p&gt;
  Les projets immobiliers peuvent être :
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des établissements et services médico-sociaux destinés aux personnes handicapées ou âgées,
  &lt;/li&gt;
  &lt;li&gt;
   des logements en structure collective pour jeunes,
  &lt;/li&gt;
  &lt;li&gt;
   des institutions pour l&amp;#039;aide sociale à l&amp;#039;enfance et la protection judiciaire de la jeunesse,
  &lt;/li&gt;
  &lt;li&gt;
   des aires permanentes d&amp;#039;accueil et des terrains familiaux locatifs pour les gens du voyage.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N46" s="1" t="inlineStr">
+      <c r="N21" s="1" t="inlineStr">
         <is>
           <t>Foncier
 Personnes âgées
 Jeunesse
 Famille et enfance
 Cohésion sociale et inclusion
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité</t>
         </is>
       </c>
-      <c r="O46" s="1" t="inlineStr">
+      <c r="O21" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S46" s="1" t="inlineStr">
+      <c r="S21" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T46" s="1" t="inlineStr">
+      <c r="T21" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U46" s="1" t="inlineStr">
+      <c r="U21" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V46" s="1" t="inlineStr">
+      <c r="V21" s="1" t="inlineStr">
         <is>
           <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-phare?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=phare_populations_specifiques_psat</t>
         </is>
       </c>
-      <c r="X46" s="1" t="inlineStr">
+      <c r="X21" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Retrouvez votre contact régional sur :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://www.banquedesterritoires.fr/directions-regionales"&gt;
    https://www.banquedesterritoires.fr/directions-regionales
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vous êtes intéressé(e) par cette offre ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
    Contactez-nous à travers notre formulaire de contact
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y46" s="1" t="inlineStr">
+      <c r="Y21" s="1" t="inlineStr">
         <is>
           <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
-      <c r="Z46" s="1" t="inlineStr">
+      <c r="Z21" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/f17f-pret-habitat-amelioration-restructuration-ext/</t>
         </is>
       </c>
-      <c r="AA46" s="1" t="inlineStr">
+      <c r="AA21" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB21" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition d'une parcelle</t>
+        </is>
+      </c>
+      <c r="AC21" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="AE21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG21" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2019</t>
+        </is>
+      </c>
+      <c r="AH21" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="47" spans="1:27" customHeight="0">
-[...193 lines deleted...]
-      <c r="A48" s="1">
+    <row r="22" spans="1:34" customHeight="0">
+      <c r="A22" s="1">
         <v>162824</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
         </is>
       </c>
-      <c r="C48" s="1" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="E48" s="1" t="inlineStr">
+      <c r="E22" s="1" t="inlineStr">
         <is>
           <t>Remiremont et ses Vallées (PETR)</t>
         </is>
       </c>
-      <c r="G48" s="1" t="inlineStr">
+      <c r="G22" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Association
+Agriculteur
+Particulier
 Entreprise privée
-Particulier
-[...6 lines deleted...]
-Ingénierie technique
+Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention
 Ingénierie financière</t>
         </is>
       </c>
-      <c r="I48" s="1" t="inlineStr">
+      <c r="I22" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J48" s="1" t="inlineStr">
+      <c r="J22" s="1" t="inlineStr">
         <is>
           <t>16% de cofinancement public à trouver pour les structures privées</t>
         </is>
       </c>
-      <c r="K48" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L48" s="1" t="inlineStr">
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M48" s="1" t="inlineStr">
+      <c r="M22" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N48" s="1" t="inlineStr">
+      <c r="N22" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Accès aux services
 Cohésion sociale et inclusion
 Alimentation
 Commerces et services
 Tiers-lieux
 Economie circulaire
 Economie locale et circuits courts
 Agriculture et agroalimentaire
 Economie sociale et solidaire
 Revitalisation
 Equipement public
 Attractivité économique
 Valorisation d'actions
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Spectacle vivant</t>
         </is>
       </c>
-      <c r="O48" s="1" t="inlineStr">
+      <c r="O22" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R48" s="1" t="inlineStr">
+      <c r="R22" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S48" s="1" t="inlineStr">
+      <c r="S22" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T48" s="1" t="inlineStr">
+      <c r="T22" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U48" s="1" t="inlineStr">
+      <c r="U22" s="1" t="inlineStr">
         <is>
           <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
         </is>
       </c>
-      <c r="V48" s="1" t="inlineStr">
+      <c r="V22" s="1" t="inlineStr">
         <is>
           <t>https://www.paysderemiremont.fr/leader/</t>
         </is>
       </c>
-      <c r="X48" s="1" t="inlineStr">
+      <c r="X22" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y48" s="1" t="inlineStr">
+      <c r="Y22" s="1" t="inlineStr">
         <is>
           <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
-      <c r="Z48" s="1" t="inlineStr">
+      <c r="Z22" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
         </is>
       </c>
-      <c r="AA48" s="1" t="inlineStr">
+      <c r="AA22" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB22" s="1" t="inlineStr">
+        <is>
+          <t>Création de jardins partagés
+Création d’une voie douce / piste cyclable
+Développer les infrastructures de covoiturage
+Mise en place d’un commerce de proximité</t>
+        </is>
+      </c>
+      <c r="AC22" s="1" t="inlineStr">
+        <is>
+          <t>PETR Pays de Remiremont et de ses Vallées</t>
+        </is>
+      </c>
+      <c r="AD22" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG22" s="1" t="inlineStr">
+        <is>
+          <t>12/06/2024</t>
+        </is>
+      </c>
+      <c r="AH22" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="49" spans="1:27" customHeight="0">
-[...60 lines deleted...]
-      <c r="O49" s="1" t="inlineStr">
+    <row r="23" spans="1:34" customHeight="0">
+      <c r="A23" s="1">
+        <v>162305</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Permettre aux  élèves et jeunes de l'enseignement Professionnel de découvrir de nouveaux domaines d’application aux savoir-faire</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Enseignement Professionnel : Lycées Professionnels  et CFA au Festival d’Aix</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Ce parcours professionnel invite à la découverte de l’opéra. Il est proposé à l’ensemble des lycées professionnels, des CFA de la Région SUD, rattachés aux Académies d‘Aix- Marseille et de Nice.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;S’adressant spécifiquement lycées professionnels, aux CFA de la Région SUD Provence-Alpes-Côte d&amp;#039;Azur, le Parcours professionnel  invite à la découverte de l’opéra en proposant un focus technique du spectacle vivant : les Professions et les savoirs-faire du spectacle vivant et de l’opéra, les étapes qui précédent la première représentation d’un opéra.&lt;br /&gt; &lt;br /&gt; L’objectif est de permettre à ces  élèves et jeunes  adultes au début de leur vie professionnelle et jeunes de découvrir de nouveaux domaines d’application aux savoir-faire et aux compétences qu’ils acquièrent dans leur formation, élargissant ainsi leur champ des possibles et la construction de leur projet professionnel.  &lt;/p&gt;
+&lt;p&gt;Fondé sur la réciprocité, ce parcours se construit avec l’équipe pédagogique : chaque étape du parcours, ainsi que  l’opéra auquel les élèves assisteront en fonction des filières  et spécialisation. &lt;/p&gt; &lt;p&gt;Les lycées professionnels, CFA  de la Région SUD, rattachés aux Académies d‘Aix- Marseille et de Nice&lt;strong&gt;. &lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S49" s="1" t="inlineStr">
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>27/11/2020</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les modalités d&amp;#039;inscription :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;ACADEMIE d’AIX MARSEILLE | INSCRIPTIONS VIA LA DAAC  &lt;/strong&gt;&lt;br /&gt; Les inscriptions au dispositif se font via un formulaire accessible  en ligne  sur le site de la DAAC.&lt;br /&gt; L’adresse vous sera communiquée par Mme Isabelle Tourtet - courriel : &lt;a href="mailto:isabelle.tourtet&amp;#64;ac-aix-marseille.fr"&gt;isabelle.tourtet&amp;#64;ac-aix-marseille.fr&lt;/a&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;ACADEMIE DE NICE | INSCRIPTIONS VIA LA DAAC  &lt;/strong&gt;&lt;br /&gt; &lt;br /&gt; &lt;strong&gt;Académie de Nice | DAAC chargé du domaine musique conseiller EAC&lt;/strong&gt;,&lt;br /&gt; Philippe Mopin - courriel : &lt;a href="mailto:philippe.mopin&amp;#64;ac-nice.fr"&gt;philippe.mopin&amp;#64;ac-nice.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Festival d’Aix | &lt;/strong&gt;&lt;strong&gt;Responsable du Service éducatif, &lt;/strong&gt;&lt;br /&gt; Frédérique Tessier - courriel : &lt;a href="mailto:frederique.tessier&amp;#64;festival-aix.com"&gt;frederique.tessier&amp;#64;festival-aix.com&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Modalité de remboursement des frais de transports &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;Remboursements des 2 transports pour 10 établissements professionnels sélectionnés (6 de l’Académie d’Aix-Marseille et 6 de l’Académie de Nice).&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Votre demande de remboursement&lt;/strong&gt; et &lt;strong&gt;votre facture&lt;/strong&gt; doivent être adressées &lt;strong&gt;par courriel&lt;/strong&gt; à la Direction de la Jeunesse, des Sports et de la Citoyenneté :&lt;br /&gt; &lt;strong&gt;Joëlle HANANIA&lt;/strong&gt;, chargée de mission Education artistique et culturelle : &lt;a href="mailto:jhanania&amp;#64;maregionsud.fr"&gt;jhanania&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Françoise Bouchetière, &lt;/strong&gt;gestionnaire au Service Jeunesse et Citoyenneté  : &lt;a href="mailto:fbouchetière&amp;#64;maregionsud.fr"&gt;fbouchetière&amp;#64;maregionsud.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T49" s="1" t="inlineStr">
-[...19 lines deleted...]
-      <c r="X49" s="1" t="inlineStr">
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/enseignement-professionnel-lycees-professionnels-et-cfa-au-festival-daix</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/enseignement-professionnel-lycees-professionnels-et-cfa-au-festival-daix/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG23" s="1" t="inlineStr">
+        <is>
+          <t>25/03/2024</t>
+        </is>
+      </c>
+      <c r="AH23" s="1" t="inlineStr">
+        <is>
+          <t>08/02/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:34" customHeight="0">
+      <c r="A24" s="1">
+        <v>163726</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la production d'offre de logements et d'hébergements pour les jeunes</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;apos;offre de logements et d&amp;apos;hébergements pour les jeunes</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le présent régime d&amp;#039;aide vise à soutenir la production d&amp;#039;une offre nouvelle, en neuf ou recyclage d&amp;#039;immeuble, pour les jeunes et la rénovation globale des résidences jeunes.
+&lt;/p&gt;&lt;p&gt;Objectifs&lt;/p&gt;&lt;p&gt;Poursuivre le développement  d’une offre inclusive d’hébergements et logements Jeunes optimisant les outils et les moyens et favoriser sa reconversion &lt;/p&gt;&lt;p&gt;Conforter le maillage de l’offre d’hébergement au plus près des besoins en formation, et d’emploi&lt;/p&gt;&lt;p&gt;Encourager  les projets de réhabilitation ambitieux, intégrant de l’innovation sociale ou environnementale (réemploi, ré-use, matériaux bio-sourcés, filières locales, etc….) et démontrant un impact positif sur le reste à charge des locataires&lt;/p&gt;&lt;p&gt;Développer des solutions favorisant la mobilité des jeunes néo-aquitains  &lt;/p&gt;&lt;p&gt;Veiller à la maitrise des restes à charges pour le public accueilli&lt;/p&gt;&lt;p&gt;Promouvoir les innovations foncières, l’optimisation du foncier déjà artificialisé : surélévation, acquis amélioré, reconversion de sites, opérations multi usages, « chronotopie » (penser l’espace en fonction du temps disponible et des usages possibles, tout en considérant les différents publics présents)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant&lt;/p&gt;&lt;p&gt;UNE AIDE SOCLE TERRITORIALISEE (investissement)&lt;/p&gt;&lt;p&gt;Pour la rénovation globale des résidences jeunes, concourant à l’objectif visé : 4 000€ par place (nombre de places après réhabilitation), dans la limite de :&lt;/p&gt;&lt;p&gt;20% du montant prévisionnel dans les territoires&lt;/p&gt;&lt;p&gt;15% du montant prévisionnel en communauté d’agglomération&lt;/p&gt;&lt;p&gt;10% du montant prévisionnel en métropole&lt;/p&gt;&lt;p&gt;et de 500 000€ de subvention par opération&lt;/p&gt;&lt;p&gt;Pour l’offre nouvelle concourant aux objectifs visés, y compris celle produite par recyclage immobilier :&lt;/p&gt;&lt;p&gt;• Pour les structures (Foyer de jeunes travailleurs, Résidence Habitat jeunes, etc….) :&lt;/p&gt;&lt;p&gt;5 000€ par place sur la métropole et les communautés d’agglomération &lt;/p&gt;&lt;p&gt;6 000€ par place sur le reste du territoire  &lt;/p&gt;&lt;p&gt;• Pour l’offre en diffus à caractère social (respect des loyers-plafonds, accueil de jeunes  sous plafond de ressources), notamment dans le cadre de l’article 109 de la loi ELAN&lt;/p&gt;&lt;p&gt;4000€ par place à caractère social (niveaux PLUS/PLAI) sur la métropole et les communautés d’agglomération &lt;/p&gt;&lt;p&gt;5000€ par place à caractère social (niveau PLUS/PLAI) sur le reste du territoire&lt;/p&gt;&lt;p&gt;• Dans la limite de :&lt;/p&gt;&lt;p&gt;20% du montant prévisionnel dans les territoires&lt;br /&gt;&lt;/p&gt;&lt;p&gt;15% du montant prévisionnel en communauté d’agglomération&lt;/p&gt;&lt;p&gt;10% du montant prévisionnel dans la métropole&lt;/p&gt;&lt;p&gt;et de de 500 000 € par opération&lt;/p&gt;&lt;p&gt; UNE BONIFICATION &amp;#34;OFFRE INNOVANTE&amp;#34; (sur analyse du dossier)&lt;/p&gt;&lt;p&gt;Pour impulser des usages et des modes de gestion innovants, coopératifs, réversibles…(captation de logement dans le parc privé, intermédiation locative dédiée, colocations, amorçage de services d’hébergement chez l’habitant dans le cadre du dispositif régional 1,2,Toit…..)&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Pour les innovations foncières, innovation sociales, économiques (lien avec les entreprises du secteur…), opérations multi-usages, ambition environnementale (niveau argent ou Or du label BDNA),&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En investissement : &amp;#43; 1000€/place dédiée à caractère social dans une opération innovante, dans la limite des plafonds&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En fonctionnement : 50% du coût de l’ingénierie d’amorçage, dans une limite de 15 000  € répartie sur les 3 premières années du dispositif (par exemple année 1 : 60%, année 2 : 25%, année 3 : 15%)&lt;/p&gt;&lt;p&gt;ASSIETTE ELIGIBLE&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Tous travaux liés à l’Habitat, y compris les frais de maitrise d’œuvre&lt;/p&gt;&lt;p&gt;Les coûts sont entendus HT.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Foncier
+Transition énergétique
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Formation professionnelle
+Logement et habitat
+Emploi</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires&lt;/p&gt;&lt;p&gt;Organismes de logements sociaux&lt;/p&gt;&lt;p&gt;SEM&lt;/p&gt;&lt;p&gt;Associations&lt;/p&gt;&lt;p&gt;Collectivités territoriales et EPCI&lt;/p&gt;&lt;p&gt;Tout organisme œuvrant dans le champ du logement social et de l’habitat jeunes (FJT, RHJ, Auberges de Jeunesse….)&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;PROJETS CIBLES :&lt;/p&gt;&lt;p&gt;L’offre de logement ou d’hébergement des jeunes peut être plurielle :&lt;/p&gt;&lt;p&gt;en structure : FJT, Résidence Sociale Jeunes actifs, auberge de jeunesse&lt;/p&gt;&lt;p&gt;en diffus : colocation, cohabitation, logement social diffus fléchés « jeunes » (art 109 loi ELAN)…  &lt;/p&gt;&lt;p&gt;Les opérations sont dédiées au public jeune, prennent en compte les besoins de mobilité et favorisent l’inclusion. &lt;/p&gt;&lt;p&gt;NB : l’attribution d’une subvention n’est pas de droit ; les dossiers présentés feront l’objet d’une instruction et d&amp;#039;une analyse prenant en compte les enjeux territoriaux. La décision d&amp;#039;octroi de l&amp;#039;aide relèvera du vote souverain de la commission permanente de la Région Nouvelle-Aquitaine, dans la limite du budget régional annuel consacré à ce dispositif.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/amenagement-du-territoire/loffre-de-logements-et-dhebergements-pour-les-jeunes</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Le porteur de projet dépose son dossier de demande de subvention (à télécharger dans le présent guide des aides) complété et accompagné des pièces requises auprès des services de la Région Nouvelle-Aquitaine à l&amp;#039;adresse suivante : logement-jeunes&amp;#64;nouvelle-aquitaine.fr. &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/loffre-de-logements-et-dhebergements-pour-les-jeunes/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF24" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG24" s="1" t="inlineStr">
+        <is>
+          <t>11/10/2024</t>
+        </is>
+      </c>
+      <c r="AH24" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:34" customHeight="0">
+      <c r="A25" s="1">
+        <v>44622</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Subventionner le développement territorial et monter des dossiers d'investissement</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- formulaire de contact :
-[...1 lines deleted...]
-  https://www.manche.fr/contacter-le-departement/
+ Renseignement et orientation vers toutes les aides financières figurant au guide des subventions aux collectivités. Elles concernent les domaines suivants : eau et assainissement, environnement, solidarité territoriale, voirie, projet culturel, sports et jeunesse
+&lt;/p&gt;
+&lt;p&gt;
+ Conseils à l&amp;#039;élaboration des projets d&amp;#039;investissement des communes et des EPCI en matières juridiques, techniques et financières.
+&lt;/p&gt;
+&lt;p&gt;
+ Conseils en matière de constitution de dossiers de demandes de subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ Information sur les procédures d&amp;#039;instruction de dossiers.
+&lt;/p&gt;
+&lt;p&gt;
+ Appui aux montages de plans de financement pour les projets des communes et des EPCI.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation de la passerelle de Mazamet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement d&amp;#039;une commune pour son projet d&amp;#039;aménagement d&amp;#039;un bâtiment communal à destination de multiples service
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation et mise en sécurité des façades de l&amp;#039;église
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et appui aux montages d&amp;#039;opérations / de projets d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui au montage de dossier de demande de subvention au titre des amendes de police et aide à la voirie communale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance pour le contrat de la revue de communication &amp;#34;Atout Tarn&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Revitalisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2019</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-des-subventions-aux-collectivites</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Direction de l&amp;#039;Accompagnement des Territoires et des Pratiques Sportives
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 65 91
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/ebbc-subventionner-le-developpement-territorial-et/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AC25" s="1" t="inlineStr">
+        <is>
+          <t>Département du Tarn</t>
+        </is>
+      </c>
+      <c r="AE25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG25" s="1" t="inlineStr">
+        <is>
+          <t>04/06/2020</t>
+        </is>
+      </c>
+      <c r="AH25" s="1" t="inlineStr">
+        <is>
+          <t>10/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:34" customHeight="0">
+      <c r="A26" s="1">
+        <v>98769</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Maintenir les jeunes sur le territoire</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Ploërmel - Cœur de Bretagne (PETR)</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J26" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les études démographiques montrent une tendance au vieillissement du territoire, une stagnation de l&amp;#039;arrivée de
+ nouveaux habitants et des naissances. Pour autant, notre territoire compte de nombreuses familles grâce à son
+ positionnement géographique, sa disponibilité foncière et son attractivité en terme d&amp;#039;accès aux services.
+&lt;/p&gt;
+&lt;p&gt;
+ Face à l&amp;#039;exode des jeunes, il s&amp;#039;agit de renforcer le cadre de vie des enfants et des jeunes, afin qu&amp;#039;ils restent ou
+ reviennent sur le territoire. Cette mobilisation autour des jeunes pourra impacter plusieurs secteurs de leur vie
+ sociale, avec une priorité marquée sur la formation et les conditions d&amp;#039;accès à l&amp;#039;emploi.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accès aux activités de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information et prévention en matière de santé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux services et information sur les politiques publiques en faveur de la jeunesse
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès à la formation et à l&amp;#039;information sur le monde de l&amp;#039;entreprise et l&amp;#039;emploi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de la mobilité des jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ouverture aux initiatives et créations d&amp;#039;opportunités (junior entreprise...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Création de lieux ou d&amp;#039;activités de loisirs pour les jeunes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organisation d&amp;#039;événements fédérateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Campagne d&amp;#039;information sur la santé, la nutrition, les conduites addictives...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation aux réalités économiques du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parrainage et accompagnement d&amp;#039;initiatives portées par des jeunes
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Jeunesse
+Accès aux services
+Formation professionnelle
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Dépenses conformes au décret fixant les règles nationales d&amp;#039;éligibilité des dépenses dans le cadre des programmes cofinancés par les FESI dont notamment :
+&lt;/p&gt;
+&lt;p&gt;
+ - Dépenses de personnel
+&lt;/p&gt;
+&lt;p&gt;
+ - Coûts indirects, correspondant aux frais de fonctionnement internes à la structure : calculés sur la base
+ d&amp;#039;un taux forfaitaire de 15 % appliqué aux frais de personnel directs éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ - Coûts directs en lien avec l&amp;#039;opération, dont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  travaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  acquisition ou location de matériel,
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de déplacement, d&amp;#039;hébergement et de restauration
+ &lt;/li&gt;
+ &lt;li&gt;
+  frais de communication,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations d&amp;#039;études, de conseils, de formation...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le financement européens intervient toujours en contrepartie de financements publics nationaux différent de l&amp;#039;Europe. Pour un porteur de projet privé cela implique qu&amp;#039;il devra solliciter un autre cofinanceur public.
+&lt;/p&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  Au niveau administratif :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ Les dépenses engagées avant la date de réception de la demande d&amp;#039;aide ne seront pas prises en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses présentées doivent faire l&amp;#039;objet de plusieurs devis afin de vérifier la mise en concurrence et le caractère raisonnable des coûts.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant de déposer un courrier de demande de subvention, le porteur doit présenter une délibération:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  approuvant le projet et son plan de financement
+ &lt;/li&gt;
+ &lt;li&gt;
+  sollicitant une subvention européenne dans le cadre de LEADER
+ &lt;/li&gt;
+ &lt;li&gt;
+  autorisant l&amp;#039;exécutif à signer tout document y afférent
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le porteur s&amp;#039;engage à respecter les règles en matière de communication européenne (logos fournis par la structure).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>SCOT DU PAYS DE PLOERMEL</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Marjolaine PONDARD, Chargée de mission contractualisation :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="mailto:m.pondard&amp;#64;pays-ploermel.fr" rel="noopener" target="_blank"&gt;
+  m.pondard&amp;#64;pays-ploermel.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ - 06 69 71 55 38 - 02 30 19 01 82
+&lt;/p&gt;
+&lt;p&gt;
+ PETR Pays de Ploërmel - Cœur de Bretagne : 7 rue du Val - Les Carmes, BP30555 - 56800 Ploërmel
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.pays-ploermel.fr/" rel="noopener" target="_blank"&gt;
+  https://www.pays-ploermel.fr/
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>m.pondard@pays-ploermel.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f7b9-copie-13h47-renforcer-lhabitabilite-du-territ/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AD26" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG26" s="1" t="inlineStr">
+        <is>
+          <t>26/07/2021</t>
+        </is>
+      </c>
+      <c r="AH26" s="1" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>