--- v0 (2025-11-20)
+++ v1 (2026-02-01)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA22"/>
+  <dimension ref="A1:AA54"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,78 +228,282 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
+        <v>143271</v>
+      </c>
+      <c r="B2" s="0" t="inlineStr">
+        <is>
+          <t>Construire votre politique de surveillance et d'entretien d'ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="E2" s="0" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Commune
+Département</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La gestion optimale de vos ouvrages répond aux enjeux environnementaux, économiques, juridiques et de sécurité des usagers. Gestionnaires, le Cerema vous accompagne pour évaluer votre patrimoine et définir les orientations de la politique de surveillance et d&amp;#039;entretien de vos ouvrages.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Quelles sont les principales caractéristiques de votre patrimoine d&amp;#039;ouvrages d&amp;#039;art ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Quels moyens allouer pour une gestion optimale ? Avec quels outils ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment vous prémunir des risques liés à la sécurité des usagers ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Comment garantir la continuité de service ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour construire votre politique de surveillance et d&amp;#039;entretien d&amp;#039;ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La conception des méthodes de surveillance et de gestion actuellement déployées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une connaissance fine et exhaustive des typologies d&amp;#039;ouvrages de génie civil en milieu terrestre, hydraulique, fluvial et maritime
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des collaborations réussies auprès de maîtres d&amp;#039;ouvrage tels que communes, grandes métropoles ou établissements publics, opérateurs de réseaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des équipes hautement qualifiées (directeurs de projets et ingénieurs expérimentés en matière d&amp;#039;ouvrages d&amp;#039;art, d&amp;#039;Assistance à Maîtrise d&amp;#039;Ouvrage et d&amp;#039;élaboration de documentations méthodologiques).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Evaluation de votre patrimoine
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recenser les ouvrages (réalisation ou assistance à l&amp;#039;externalisation de prestations)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Constituer une base de données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Effectuer un classement initial de l&amp;#039;état des ouvrages
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identifier les ouvrages posant des problèmes de sécurité
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Déploiement d&amp;#039;une méthode de gestion
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous accompagner dans le choix des outils
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adapter méthode et outils à votre patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous assister dans la mise en place opérationnelle
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Définition de votre politique de surveillance et d&amp;#039;entretien
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyser et ajuster les moyens mobilisables (financiers et humains)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définir les principes organisationnels et le process décisionnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ajuster le périmètre des interventions d&amp;#039;entretien courant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser la surveillance : planifier les inspections d&amp;#039;ouvrages, les visites spécialisées.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Grand Port Maritime de Dunkerque : Déploiement de la méthode VSC (Visites Simplifiées Comparées) sur le Grand Port Maritime de Dunkerque (GPMD)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des risques appliquée au patrimoine Ouvrages d&amp;#039;Art du Département de Meurthe-et-Moselle (54)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/construire-votre-politique-surveillance-entretien-ouvrages</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbbb-construire-votre-politique-de-surveillance-et/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
         <v>143392</v>
       </c>
-      <c r="B2" s="0" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Optimiser la gestion de votre patrimoine d’ouvrages d’art</t>
         </is>
       </c>
-      <c r="E2" s="0" t="inlineStr">
+      <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Cerema</t>
         </is>
       </c>
-      <c r="G2" s="0" t="inlineStr">
+      <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L3" s="1" t="inlineStr">
         <is>
           <t>&lt;h4&gt;
  Votre besoin
 &lt;/h4&gt;
 &lt;p&gt;
  La bonne gestion de votre patrimoine permet de répondre aux enjeux de libre circulation et de sécurité des usagers, tout en maîtrisant les dépenses publiques.
  &lt;br /&gt;
  &lt;br /&gt;
  &lt;strong&gt;
   Gestionnaire de patrimoine d&amp;#039;ouvrages d&amp;#039;art, le Cerema vous accompagne pour identifier votre patrimoine, définir et mettre en oeuvre une politique de surveillance et d&amp;#039;entretien efficace.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Comment définir votre politique de surveillance et d&amp;#039;entretien en fonction de vos moyens ?
  &lt;/li&gt;
  &lt;li&gt;
   Quelle organisation pour suivre votre patrimoine d&amp;#039;ouvrages d&amp;#039;art ? Avec quels outils ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment identifier les risques spécifiques ?
  &lt;/li&gt;
  &lt;li&gt;
   Comment gérer et réparer les ouvrages pathologiques ?
@@ -415,395 +619,257 @@
  Ils nous font confiance
 &lt;/h3&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Conseil département de Loire-Atlantique
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  Analyse des risques de la gestion du Pont de Saint-Nazaire, pour le compte du Conseil Départemental de Loire-Atlantique (44)
 &lt;/span&gt;
 &lt;br /&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;strong&gt;
    Métropole Nice Côte d&amp;#039;Azur
   &lt;/strong&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;span&gt;
  Évaluation de la tenue au séisme des ouvrages d&amp;#039;art essentiels à la gestion de crise pour la métropole Nice Côte d&amp;#039;Azur
 &lt;/span&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Tourisme
 Bâtiments et construction
 Réhabilitation
 Appui méthodologique
 Valorisation d'actions</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O3" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U3" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V3" s="1" t="inlineStr">
         <is>
           <t>https://www.cerema.fr/fr/activites/services/optimiser-gestion-votre-patrimoine-ouvrages-art</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>partenariats@cerema.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9c63-optimiser-la-gestion-de-votre-patrimoine-douv/</t>
-        </is>
-[...132 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructure-transport-durable/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27" customHeight="0">
       <c r="A4" s="1">
-        <v>102206</v>
+        <v>133064</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rénover les ponts</t>
-[...4 lines deleted...]
-          <t>France Relance</t>
+          <t>Cartographier les ouvrages d’art et estimer rapidement les besoins en rénovation</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Plan rénovation des ponts</t>
+          <t>PrioRéno Ponts : cartographie gratuite et estimation des besoins en travaux sur vos ponts</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays
-Département</t>
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Agriculteur</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Subvention
-[...1 lines deleted...]
-Ingénierie Juridique / administrative</t>
+          <t>Autre aide financière
+Ingénierie financière
+Ingénierie technique</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
-          <t>Oui</t>
+          <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...16 lines deleted...]
- &lt;br /&gt;
+ Vous êtes un élu local, responsable des infrastructures, de la voirie ou des finances, et vous souhaitez connaître rapidement et simplement l&amp;#039;état de vos ponts et ouvrages d&amp;#039;art ? La Banque des Territoires vous propose le dispositif Prioréno Ponts.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce dispositif numérique innovant est la première étape d&amp;#039;un accompagnement complet à la rénovation de vos ponts. Il permet de cartographier vos ouvrages d&amp;#039;art (nombre, caractéristiques techniques, sécurité, etc.) et de disposer d&amp;#039;une pré-qualification indicative des études à lancer en priorité. Il est basé sur la solution Infrasim, proposée par la société Oxand, dont l&amp;#039;expertise en la matière est reconnue.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes en capacité de générer un rapport détaillé de vos ouvrages d&amp;#039;art, permettant une vision globale de votre parc ainsi qu&amp;#039;une projection des coûts de maintenance sur le patrimoine. Vous pouvez ensuite bénéficier d&amp;#039;un accompagnement personnalisé de la Banque des Territoires pour élaborer votre programme de rénovation, avec du cofinancement d&amp;#039;études en ingénierie, puis des offres de financement adaptées. Découvrez le service Prioréno Ponts en vidéo à cette adresse : https://youtu.be/uWb_FDRX1Cc
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
-          <t>Voirie et réseaux</t>
+          <t>Espace public
+Bâtiments et construction
+Architecture</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
       <c r="S4" s="1" t="inlineStr">
         <is>
-          <t>Réflexion / conception</t>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
         </is>
       </c>
       <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U4" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
       <c r="V4" s="1" t="inlineStr">
         <is>
-          <t>https://www.banquedesterritoires.fr/plan-ponts-banque-des-territoires-dispositif-complet-innovant</t>
+          <t>https://www.banquedesterritoires.fr/produits-services/services-digitaux/prioreno-ponts?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Services_digitaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=prioreno_ponts_psat</t>
         </is>
       </c>
       <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Contactez la Banque des Territoires
-[...4 lines deleted...]
-&lt;/p&gt;</t>
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
-          <t>jean-louis.reynaud@nievre.gouv.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/5222-renover-plan-renovation-des-ponts/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c360-cartographier-vos-ouvrages-dart-avec-prioreno/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:27" customHeight="0">
       <c r="A5" s="1">
         <v>116361</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Financer la rénovation des ponts communaux</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>France Relance</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Financer la rénovation des ponts communaux</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>AFL, la banque des collectivités locales</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Prêt
-Ingénierie financière</t>
+          <t>Ingénierie financière
+Prêt</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;AFL est la seule banque française 100% détenue par les collectivités locales françaises, qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique. Pour bénéficier des crédits de l&amp;#039;AFL, la collectivité doit avant tout devenir actionnaire.
 &lt;/p&gt;
 &lt;p&gt;
  Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
 &lt;/p&gt;
 &lt;p&gt;
  Son agilité et son modèle lui permettent de répondre entièrement aux attentes des plus petites communes en recherche de partenaires financiers pour les projets d&amp;#039;investissements.
 &lt;/p&gt;
 &lt;p&gt;
  Partenaire du Cerema et de l&amp;#039;ANCT, l&amp;#039;AFL accompagne les collectivités bénéficiaires du programme national PONTS devant recourir à l&amp;#039;emprunt pour entretenir et rénover leurs ouvrages d&amp;#039;arts.
 &lt;/p&gt;
 &lt;p&gt;
  Les particularités de l&amp;#039;AFL :
 &lt;/p&gt;
 &lt;p&gt;
@@ -920,1453 +986,370 @@
  Téléphone : 04 81 11 29 37
 &lt;/p&gt;
 &lt;p&gt;
  NB : appel non surtaxé
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>lou.lamure-guigard@agence-france-locale.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6c39-financer-la-renovation-des-ponts-communaux/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:27" customHeight="0">
       <c r="A6" s="1">
-        <v>117172</v>
+        <v>102206</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Soutenir les investissements des communes rurales (FAL)</t>
+          <t>Rénover les ponts</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Fonds d’aménagement local (FAL)</t>
+          <t>Plan rénovation des ponts</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Haute-Marne</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Commune</t>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...9 lines deleted...]
-          <t>en fonction du nombre d'habitants</t>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Subvention</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Oui</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
-[...6 lines deleted...]
-&lt;/ul&gt;</t>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aide ‐ « Plan rénovation des ponts » mis en place par la banque des territoires, Plan de relance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Objectif :
+ &lt;br /&gt;
+ La France compte environ 300 000 ponts, dont 10 % présenteraient des risques de structure. Cela monterait jusqu&amp;#039;à 18 % pour les ponts relevant de l&amp;#039;échelon communal. La méconnaissance de l&amp;#039;état réel de ces ponts, et donc des risques et coûts associés, est un puissant frein à la prise de décision au sein des collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiaires : les collectivités.
+&lt;/p&gt;
+&lt;p&gt;
+ La Banque des Territoires a donc conçu une solution clés en mains - pré-diagnostic amont du parc simple et gratuit pour cibler là où concentrer les efforts, crédits d&amp;#039;ingénierie pour études avancées sur les ponts effectivement en risques et financements comprenant prêts à très long terme ou fonds propres - afin de remettre au centre et dans une vision de long terme la gestion des ouvrages d&amp;#039;art.
+&lt;/p&gt;
+&lt;p&gt;
+ Accompagnement : la Banque des Territoires peut débloquer des crédits d&amp;#039;ingénierie permettant de cofinancer avec la collectivité jusqu&amp;#039;à 50 %, des études d&amp;#039;ingénierie plus poussées pour les ouvrages les plus critiques ; une aide substantielle à la décision locale.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N6" s="1" t="inlineStr">
         <is>
-          <t>Eau potable
-[...21 lines deleted...]
-Bibliothèques et livres</t>
+          <t>Voirie et réseaux</t>
         </is>
       </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R6" s="1" t="inlineStr">
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/plan-ponts-banque-des-territoires-dispositif-complet-innovant</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- &lt;strong&gt;
-[...32 lines deleted...]
-          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+ Contactez la Banque des Territoires
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire" rel="noopener" target="_blank"&gt;
+  via leur formulaire de contact.
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
-          <t>sarah.janda@haute-marne.fr</t>
+          <t>jean-louis.reynaud@nievre.gouv.fr</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5222-renover-plan-renovation-des-ponts/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:27" customHeight="0">
       <c r="A7" s="1">
-        <v>120379</v>
+        <v>41744</v>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+          <t>Financer des projets d’infrastructure de transport durable</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Projets de Cohérence Territoriale</t>
+          <t>Financement d’infrastructures de transport durable</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Conseil départemental de la Drôme</t>
+          <t>Banque des Territoires</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Subvention</t>
-[...4 lines deleted...]
-          <t> Min : 20 Max : 70</t>
+          <t>Autre aide financière</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
-          <t>&lt;h3&gt;
-[...27 lines deleted...]
- Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, ou une société ou un acteur financier privé, et
+vous souhaitez trouver des financements pour un projet d’infrastructure de
+transport durable ? La Banque des Territoires peut vous accompagner dans votre
+projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Cette offre de financements vous permet de
+construire, régénérer, moderniser ou réaliser la maintenance d’infrastructures
+de transport durable, autour de trois grands types de projet : les marchés de
+partenariat pour les voiries, les routes et les ponts, les ports de commerce
+maritimes et fluviaux, et le stationnement en gestion déléguée. En fonction de
+critères identifiés, la Banque des Territoires peut proposer plusieurs modes de
+financement à même de vous aider à développer une mobilité durable, via des
+prises de participation, co-investissements, etc. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité fluviale</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transport_durable_psat</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
-[...453 lines deleted...]
-&lt;/p&gt;</t>
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-transport-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;infra_transport_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
-          <t>ingenieriepublique@ladrome.fr</t>
+          <t>baptiste.girod@caissedesdepots.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructure-transport-durable/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:27" customHeight="0">
       <c r="A8" s="1">
-        <v>128964</v>
+        <v>156157</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Obtenir un avis technique sur un ouvrage ou une construction</t>
+          <t>Soutenir les travaux sur la voirie communale et la réhabilitation d’ouvrages d’art</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>VOIRIE COMMUNALE ET RÉHABILITATION DES OUVRAGES D’ART</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Gironde Ressources (ATD)</t>
+          <t>Conseil départemental de la Seine-Maritime</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Ingénierie technique</t>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I8" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
-        <is>
-[...664 lines deleted...]
-      <c r="L12" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider les communes et EPCI dans leurs travaux de voirie ou pour la réhabilitation d&amp;#039;ouvrages d&amp;#039;art.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N12" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O12" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R12" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communes de moins de 2.000 habitants
  &lt;/li&gt;
  &lt;li&gt;
   EPCI dotés de la compétence en matière de voirie, quelle que soit leur population, pour les travaux qu&amp;#039;ils réalisent dans les communes dont la population est inférieure à 2 000 habitants
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NB: La Métropole ainsi que les communes qui la composent ne peuvent bénéficier de ce dispositif d&amp;#039;aide en raison du transfert de compétences
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dépenses éligibles:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Voirie communale :
@@ -2453,389 +1436,1746 @@
  &lt;li&gt;
   Les travaux de voirie ou sur des ouvrages liés à la création ou à la réhabilitation de lotissements ou de zones d&amp;#039;activités ainsi que plus généralement toutes opérations à caractère économique et commercial.
  &lt;/li&gt;
  &lt;li&gt;
   Les études d&amp;#039;investissement préalables liées à des opérations à caractère économique et commercial tels que les aménagements de lotissement à usage privé et les ZAC.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Plancher/plafond:
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Plancher de dépenses : 10.000€ HT pour les communes et EPCI
  &lt;/li&gt;
  &lt;li&gt;
   Plafond de dépenses : 200.000€ HT pour les communes (par an et par maître d&amp;#039;ouvrage) - 1.200.000€ HT pour les EPCI (par an et par maître d&amp;#039;ouvrage)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NB: L&amp;#039;aide n&amp;#039;est pas cumulable avec d&amp;#039;autres aides départementales ni avec le fonds d&amp;#039;action locale (FAL).
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S12" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T12" s="1" t="inlineStr">
+      <c r="T8" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U12" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Seine-Maritime</t>
         </is>
       </c>
-      <c r="V12" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.seinemaritime.fr/aides-et-demarches/voirie-communale-et-rehabilitation-des-ouvrages-dart/</t>
         </is>
       </c>
-      <c r="W12" s="1" t="inlineStr">
+      <c r="W8" s="1" t="inlineStr">
         <is>
           <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
         </is>
       </c>
-      <c r="X12" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Département de la Seine-Maritime
 &lt;/p&gt;
 &lt;p&gt;
  Direction de la Cohésion des Territoires
 &lt;/p&gt;
 &lt;p&gt;
  Tel : 02.76.51.61.54
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
   subventions76-communesepci&amp;#64;seinemaritime.fr
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y12" s="1" t="inlineStr">
+      <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>subventions76-communesepci@seinemaritime.fr</t>
         </is>
       </c>
-      <c r="Z12" s="1" t="inlineStr">
+      <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e001-aider-au-classement-et-a-la-preservation-des-/</t>
         </is>
       </c>
-      <c r="AA12" s="1" t="inlineStr">
+      <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
-      <c r="A13" s="1">
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
         <v>162531</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Valoriser et préserver le patrimoine culturel et naturel</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Programme LEADER 2023-2027</t>
         </is>
       </c>
-      <c r="E13" s="1" t="inlineStr">
+      <c r="E9" s="1" t="inlineStr">
         <is>
           <t>GAL du Pays de Coutances</t>
         </is>
       </c>
-      <c r="F13" s="1" t="inlineStr">
+      <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Normandie</t>
         </is>
       </c>
-      <c r="G13" s="1" t="inlineStr">
+      <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H13" s="1" t="inlineStr">
+      <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I13" s="1" t="inlineStr">
+      <c r="I9" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="J13" s="1" t="inlineStr">
+      <c r="J9" s="1" t="inlineStr">
         <is>
           <t>1 € de co-financement public appelle 4 € de LEADER</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L13" s="1" t="inlineStr">
+      <c r="L9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M13" s="1" t="inlineStr">
+      <c r="M9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Événements culturels ou
 actions permettant l’accès à la culture à des publics habituellement éloignés
 de l’offre culturelle existante. &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Actions visant à préserver,
 restaurer, aménager et/ou valoriser le petit patrimoine bâti dans le but d’y
 accueillir du public : protection, valorisation ; actions
 d’acquisition, de restauration et de réhabilitation ; mise en son et
 lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Actions visant à préserver,
 restaurer, aménager et/ou valoriser la biodiversité et les systèmes naturels :&lt;span&gt; &lt;/span&gt;renaturation,
 protection, valorisation ; actions d’acquisition, de restauration et de réhabilitation ; mise en son
 et lumière ; etc.&lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Actions de valorisation et de
 sensibilisation du public sur le patrimoine culturel et/ou naturel du
 territoire : expositions, circuits découverte, visites commentées, animations, ateliers
 et matériels pédagogiques ; éducation à l’histoire du territoire et à ses
 spécificités ; actions de connaissances (inventaires) et de partage de
 connaissances, … &lt;/p&gt;&lt;p&gt;-&lt;span&gt;         
 &lt;/span&gt;Accompagner les
 professionnels sur ces thématiques de valorisation et préservation du
 patrimoine (actions de formation).&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;On entend par petit patrimoine bâti les lavoirs,
 moulins, pressoirs, bornes historiques, canaux d&amp;#039;irrigation, chapelles, croix
 de chemin, fontaines, fours à pain, oratoires, ponts ruraux.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N13" s="1" t="inlineStr">
+      <c r="N9" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Tourisme</t>
         </is>
       </c>
-      <c r="O13" s="1" t="inlineStr">
+      <c r="O9" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P13" s="1" t="inlineStr">
+      <c r="P9" s="1" t="inlineStr">
         <is>
           <t>01/01/2023</t>
         </is>
       </c>
-      <c r="Q13" s="1" t="inlineStr">
+      <c r="Q9" s="1" t="inlineStr">
         <is>
           <t>12/12/2027</t>
         </is>
       </c>
-      <c r="R13" s="1" t="inlineStr">
+      <c r="R9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le territoire du Pays de Coutances a un patrimoine naturel et culturel
 unique mais trop souvent méconnu par les habitants et les visiteurs. La
 protection et la préservation du patrimoine naturel et culturel passe par un
 plus grand partage de la connaissance de ces richesses patrimoniales. &amp;#34;On
 protège mieux, en effet, ce qu’on connait&amp;#34;. &lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p&gt;Cette fiche-action vise donc à soutenir les initiatives qui permettront
 d’accroitre les connaissances des habitants et des visiteurs sur la
 biodiversité et les systèmes naturels, l’histoire du territoire et son
 patrimoine. Les actions permettant de toucher plus spécifiquement un public
 habituellement éloigné des offres culturelles ou de sensibilisation à
 l’environnement seront particulièrement appréciées.&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S13" s="1" t="inlineStr">
+      <c r="S9" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T13" s="1" t="inlineStr">
+      <c r="T9" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U13" s="1" t="inlineStr">
+      <c r="U9" s="1" t="inlineStr">
         <is>
           <t>GAL Pays de Coutances</t>
         </is>
       </c>
-      <c r="V13" s="1" t="inlineStr">
+      <c r="V9" s="1" t="inlineStr">
         <is>
           <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
         </is>
       </c>
-      <c r="X13" s="1" t="inlineStr">
+      <c r="X9" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le service LEADER du Pays de Coutances
 est présent à vos côtés pour vous aider à constituer le dossier et vous
 accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
 et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
 &lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
 &lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-le-bati-existant-fiche-action-4/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>128964</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir un avis technique sur un ouvrage ou une construction</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Descriptif
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Disposer d&amp;#039;une analyse technique d&amp;#039;un bâti existant
+dans la perspective de sa réutilisation ou de sa
+réhabilitation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Obtenir l&amp;#039;examen des désordres ou sinistres d&amp;#039;une
+construction ainsi que les pistes opérationnelles de
+réparation (préconisations, estimation prévisionnelle
+du coût,...)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet de Gironde
+Ressources
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconnaissance des lieux et inspections visuelles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour les projets et travaux en
+découlant
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;p&gt;
+ Fiche d&amp;#039;analyse et de faisabilité opérationnelle
+comprenant, le cas échéant :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   des éléments de diagnostic ou une analyse technique
+de la problématique avec des propositions
+  &lt;/li&gt;
+  &lt;li&gt;
+   des éléments de compréhension et/ou de
+programmation du projet, le cas échéant
+  &lt;/li&gt;
+  &lt;li&gt;
+   une synthèse du déroulement de l&amp;#039;opération avec
+indication des procédures de marché public
+  &lt;/li&gt;
+  &lt;li&gt;
+   une estimation prévisionnelle sommaire des coûts
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Architecture
+Accessibilité
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fourniture de documents techniques relatifs au projet
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/edea-obtenir-un-avis-technique-sur-un-ouvrage-ou-u/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>163014</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>140797</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de Conseils, d'Assistance Technique (AT) et d'Assistance à Maîtrise d’Ouvrage (AMO) pour les problématiques quotidiennes des collectivités adhérentes</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie et Territoires 04</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseils &amp;#34;amont&amp;#34; sur l&amp;#039;ensemble des domaines d&amp;#039;intervention couverts (eau, route, bâtiment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet dans le domaine de l&amp;#039;eau, des routes et du bâtiment
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie administrative et financière (recherche de financements)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise technique (eau, route et bâtiment)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie réglementaire (eau) : appui à la réalisation de documents à portée réglementaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à la gestion et à l&amp;#039;exploitation (eau, routes)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  AMO pour la construction d&amp;#039;ouvrages d&amp;#039;épuration ou d&amp;#039;adduction d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  AMO pour la réalisation de schémas directeurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de bilans et d&amp;#039;expertises sur le fonctionnement d&amp;#039;ouvrages d&amp;#039;épuration ou d&amp;#039;adduction d&amp;#039;eau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de faisabilité pour la mise en sécurité de traversées urbaines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Diagnostics et définition de programmes d&amp;#039;entretien du patrimoine &amp;#34;voirie&amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Voirie et réseaux
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ - Adhésion de la collectivité (délibération et cotisation annuelle) pour l&amp;#039;un des services (eau, voirie et aménagement) ou pour l&amp;#039;ensemble des services.
+&lt;/p&gt;
+&lt;p&gt;
+ - Formalisation de la demande d&amp;#039;intervention (à retrouver sur le site de l&amp;#039;Agence).
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement de la demande par les services :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Inclus dans l&amp;#039;adhésion : informations et conseils simples dans chacun des domaines de compétence cités ci-dessus.
+  &lt;/li&gt;
+  &lt;li&gt;
+   En supplément, sur la base de propositions d&amp;#039;intervention spécifiques : prestations techniques &amp;#34;complexes&amp;#34;, missions d&amp;#039;accompagnement de projets d&amp;#039;investissement et aide à la programmation pluriannuelle.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.it04.fr/</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Hôtel du département – 13 rue du docteur Romieu CS 70 216 – 04 995 Digne les Bains CEDEX
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 30 08 50
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;it04.fr" target="_self"&gt;
+  contact&amp;#64;it04.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a696-conseils-assistance-technique-at-et-assistanc/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
       <c r="Y13" s="1" t="inlineStr">
         <is>
-          <t>c.guerard@communaute-coutances.fr</t>
+          <t>sarah.janda@haute-marne.fr</t>
         </is>
       </c>
       <c r="Z13" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/adapter-le-bati-existant-fiche-action-4/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
         </is>
       </c>
       <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:27" customHeight="0">
       <c r="A14" s="1">
+        <v>162642</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité / opportunité</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>163011</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil et assistance au pilotage de l'opération</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Réduction de l'empreinte carbone
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>120379</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et à réaliser les projets ayant un caractère structurant et lisible à l’échelle du bassin de vie</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Projets de Cohérence Territoriale</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 70</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ Objectif
+&lt;/h3&gt;
+&lt;p&gt;
+ Aider les communes et leurs groupements à mettre en valeur leur patrimoine bâti et espaces publics, et à réaliser les projets ayant un caractère structurant et lisible à l&amp;#039;échelle du bassin de vie.
+&lt;/p&gt;
+&lt;p&gt;
+ Ceci dans le cadre d&amp;#039;une enveloppe annuelle affectée à l&amp;#039;échelle du périmètre de l&amp;#039;EPCI au terme d&amp;#039;une concertation organisée par le Département avec les Conseillers départementaux et les partenaires concernés (EPCI, communes), dans un esprit de vision d&amp;#039;ensemble des projets.
+&lt;/p&gt;
+&lt;h3&gt;
+ Type d&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Subvention d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Dépenses subventionnables
+&lt;/h3&gt;
+&lt;p&gt;
+ Dépenses HT sans déduction des autres financements, dans le respect de la limite de 80 % d&amp;#039;aides publiques
+&lt;/p&gt;
+&lt;p&gt;
+ En cas de sollicitation de cofinancements (DETR notamment), le Département attendra l&amp;#039;avis des cofinanceurs pour déterminer le montant de la subvention départementale, qui pourra être adaptée pour ne pas aller au delà de la règle précitée.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cas des travaux en régie, seule la part afférente aux matériaux et aux fournitures sera prise en compte dans les dépenses éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations retenues devront être d&amp;#039;un montant égal ou supérieur à       80 000 € HT.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plafond des montants des travaux réalisés en Maîtrise d&amp;#039;Ouvrage communale :
+ &lt;/li&gt;
+ &lt;li&gt;
+  aménagements de village..........................................................
+  &lt;strong&gt;
+   500 000 €
+  &lt;/strong&gt;
+  &lt;em&gt;
+   par tranche annuelle
+  &lt;/em&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  bâtiments communaux..........................................................
+  &lt;strong&gt;
+   1 000 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupes scolaires et/ou équipements petite enfance.. ..
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  maison de santé........................................................................
+  &lt;strong&gt;
+   1 500 000 €
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h3&gt;
+ Montant/Taux de l&amp;#039;aide
+&lt;/h3&gt;
+&lt;p&gt;
+ Les taux de subventions sont calculés en fonction de la richesse des bénéficiaires.
+ &lt;br /&gt;
+ Le critère retenu est le Potentiel Financier de l&amp;#039;année N-1 dont le  calcul est fixé par l&amp;#039;article L. 2334-4 du code général des  collectivités territoriales.
+ &lt;br /&gt;
+ Le taux nominal est fixé par référence aux strates de richesse présentées ci dessous :
+&lt;/p&gt;
+&lt;p&gt;
+ POTENTIEL FINANCIER de la commune
+TAUX
+0 € à 200 000 €
+70 %
+200 001 € à 450 000 €
+50 %
+450 001 € à 600 000 €
+40 %
+600 001 € à 1 000 000 €
+30 %
+1 000 001 € à 2 000 000 €
+25 %
+&amp;gt; 2 000 000 €
+20 %
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux nominal sera majoré de 10 % pour toute commune nouvelle résultant de la fusion de communes et ce, sur une période limitée à 3 ans après la date de fusion.
+&lt;/p&gt;
+&lt;p&gt;
+ Il sera minoré de 15 % du taux si l&amp;#039;Effort Fiscal de la commune est inférieur à 0,7.
+&lt;/p&gt;
+&lt;p&gt;
+ Le taux des Communautés de Communes et d&amp;#039;Agglomérations est fixé à       20 % sans minoration.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositions particulières pour les bénéficiaire d&amp;#039;une subvention d&amp;#039;un montant égal ou supérieur à 50 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le bénéficiaire s&amp;#039;engage à :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ – dans l&amp;#039;hypothèse où le bien, objet de la subvention allouée venait, dans un délai de 10 ans à compter du versement du solde de ladite subvention, à ne plus être utilisé par le seul Bénéficiaire notamment en cas de cession, ou de mise à disposition de tiers qui remettrait en cause le caractère d&amp;#039;intérêt général ayant motivé le financement obtenu, celui-ci devra rembourser les sommes concernées selon les conditions dégressives suivantes qui ont été formalisées dans le règlement des aides adopté par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Bénéficiaire devra s&amp;#039;acquitter du montant correspondant à 1/10ème de la somme allouée par année concernée.
+&lt;/p&gt;
+&lt;p&gt;
+ – signer la convention qui sera jointe à la notification de la subvention, relative aux obligations du bénéficiaires :
+&lt;/p&gt;
+&lt;p&gt;
+ – appliquer le logo du Département sur les panneaux de chantier, les documents de communication et le projet réalisé, en se référant à la charte graphique instaurée par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ – joindre à la demande de solde une photo du projet financé, faisant apparaître l&amp;#039;apposition d&amp;#039;une plaque comportant le texte suivant « le Département premier partenaire des communes »
+&lt;/p&gt;
+&lt;p&gt;
+ – informer le Département des autres financements publics obtenus pour le même objet.
+&lt;/p&gt;
+&lt;h3&gt;
+ Pièces constitutives du dossier
+&lt;/h3&gt;
+&lt;p&gt;
+ –  délibération de la collectivité maître d&amp;#039;ouvrage
+ &lt;br /&gt;
+ –  dossier APS/APD
+ &lt;br /&gt;
+ –  budget détaillé (plan de financement)
+ &lt;br /&gt;
+ –  note détaillée du projet
+&lt;/p&gt;
+&lt;h3&gt;
+ Instruction des dossiers_Demande dématérialisée
+&lt;/h3&gt;
+&lt;p&gt;
+ – dépôt des dossiers en ligne sur la plateforme
+ &lt;a href="https://mesdemarches.ladrome.fr/"&gt;
+  Drôme Démat&amp;#039;
+ &lt;/a&gt;
+ au 30 septembre N-1 pour financement éventuel en année N.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  TELESERVICE
+ &lt;/strong&gt;
+ : Aménagement du Territoire.
+ &lt;br /&gt;
+ &lt;strong&gt;
+  DISPOSITIF
+ &lt;/strong&gt;
+ : Bâtiments communaux et espaces publics_ Construction ou rénovation et bonus bois
+&lt;/p&gt;
+&lt;p&gt;
+ – instruction par le Service des Relations avec les Collectivités en lien avec les services concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – rencontre de concertation organisée à l&amp;#039;initiative du Département sous la présidence du vice-président en charge de l&amp;#039;Aménagement du Territoire avec les Conseillers Départementaux et les élus du Territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ – réunion de la Commission Organique Aménagement élargie aux Conseillers départementaux concernés.
+&lt;/p&gt;
+&lt;p&gt;
+ – décision de la Commission permanente qui attribue la subvention.
+&lt;/p&gt;
+&lt;h3&gt;
+ Versement
+&lt;/h3&gt;
+&lt;p&gt;
+ Un acompte peut-être versé à l&amp;#039;envoi des ordres de services. Les autre acomptes sont versés au prorata des justificatifs de paiements transmis au Département.
+&lt;/p&gt;
+&lt;h3&gt;
+ Bases règlementaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Délibération du 30 novembre 2015 : « Aides aux territoires drômois – dispositif 2016 » amendé par délibération des 13 février 2017 et 4 février 2019.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Equipement public
+Bâtiments et construction
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;
+ &lt;strong&gt;
+  Opérations éligibles
+ &lt;/strong&gt;
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments Communaux
+ &lt;/strong&gt;
+ : constructions, aménagements, rénovation globale et restructurations de : mairies, édifices cultuels non protégés, locaux d&amp;#039;animation et salles des fêtes, équipements ruraux d&amp;#039;animation, cimetières, locaux administratifs ou techniques, halles, monuments aux morts, salles d&amp;#039;exposition, salles de réunions, postes, perceptions, commerces multiples ruraux en l&amp;#039;absence de tout autre commerce dans la commune, maisons de santé (voir nouvelles modalités ci-après), etc...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accessibilité
+ &lt;/strong&gt;
+ des équipements publics
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bâtiments scolaires du 1
+  er
+  degré et/ou équipements petite enfance :
+ &lt;/strong&gt;
+ construction, extensions et restructurations d&amp;#039;écoles, de groupes scolaires ou de restaurants scolaires, équipement petite enfance.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Équipements sportifs :
+ &lt;/strong&gt;
+ créations ou restructurations.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements de village :
+ &lt;/strong&gt;
+ requalification de centres bourgs, aménagements d&amp;#039;espaces publics en lien avec les opérations en traverse d&amp;#039;agglomération, places, aires de loisirs.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aménagements urbains
+ &lt;/strong&gt;
+ , esthétiques et paysagers dans le cadre d&amp;#039;un projet global
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de création et aménagement de
+ &lt;strong&gt;
+  sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ouvrages d&amp;#039;art
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Autres
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  projets concourant à la valorisation du patrimoine communal
+ &lt;/strong&gt;
+ en investissement et non éligible au titre d&amp;#039;autres règlements départementaux en vigueur.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+  &lt;em&gt;
+   :
+  &lt;/em&gt;
+ &lt;/strong&gt;
+ le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition ait lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Études,
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les études concernées sont les suivantes
+ &lt;/strong&gt;
+ : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets structurants de requalification urbaine
+ &lt;/strong&gt;
+ (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les équipements sportifs, culturels, touristiques, petite enfance (Centre de loisirs sans hébergement, crèche...)
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets structurants de requalification urbaine (hors réseaux humides) et les aménagements d&amp;#039;espaces publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Les ouvrages d&amp;#039;art
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les projets de création et aménagement de sites de sports nature
+ &lt;/strong&gt;
+ en lien avec le Plan Départemental des Sites et Itinéraires de Sport Nature (PDESI) ou la démarche Spot Nature et les projets de « vélo routes voies vertes »
+&lt;/p&gt;
+&lt;p&gt;
+ Les mises en accessibilité des équipements publics (hors groupes scolaires)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Aménagement cyclable (voir modalités sur la fiche politique cyclable)
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Acquisitions foncières
+ &lt;/strong&gt;
+ : le coût de l&amp;#039;acquisition d&amp;#039;un bâtiment ou terrain (hors bâtiment vendu par le Département) peut être intégré au plan de financement du projet global, sous réserve que cette acquisition est lieu dans les 6 mois maximum avant le dépôt du dossier complet auprès des services du Département.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les maisons de santé
+ &lt;/strong&gt;
+ (voir nouvelles modalités ci-après)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Etudes :
+ &lt;/strong&gt;
+ prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations d&amp;#039;aménagement ou d&amp;#039;urbanisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Les études concernées sont les suivantes : étude préalable à la définition d&amp;#039;un projet de territoire, étude d&amp;#039;urbanisme de quartier, de village de zone d&amp;#039;habitation ou d&amp;#039;activité, d&amp;#039;aménagement de village, de faisabilité d&amp;#039;opérations concernant des bâtiments communaux ou intercommunaux, de projet économique ou de développement touristique.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide au déneigement,
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Préalable à l&amp;#039;intervention du Département
+ &lt;br /&gt;
+ – recensement à l&amp;#039;échelle et par l&amp;#039;EPCI des moyens existants,
+ &lt;br /&gt;
+ – évaluation avec l‘aide des services de la Direction des Déplacements du Département des besoins en équipements à acquérir et leur priorisation,
+ &lt;br /&gt;
+ – définition d&amp;#039;un planning d&amp;#039;acquisition des nouveaux équipements nécessaires sur le mandat
+ &lt;br /&gt;
+ – prioritairement celles ayant fait appel au CAUE pour le diagnostic et la coordination d&amp;#039;opérations
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature de l&amp;#039;aide au déneigement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide portera uniquement sur les dépenses d&amp;#039;investissement :
+ &lt;br /&gt;
+ – lames de déneigement,
+ &lt;br /&gt;
+ – saleuse et sableuse et leurs équipements de fixation,
+ &lt;br /&gt;
+ – équipements des pneumatiques (pneus normaux et chaînes ou pneus spéciaux),
+ &lt;br /&gt;
+ – éclairages spécifiques pour interventions de nuit,
+ &lt;br /&gt;
+ – engins spécifiques de déneigement.
+&lt;/p&gt;
+&lt;h3&gt;
+ Exclusions
+&lt;/h3&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de – 5 000 habitants :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ –  Acquisition foncière pour réserve foncière ou pour habitat.
+ &lt;br /&gt;
+ –  Logements communaux.
+ &lt;br /&gt;
+ –  Les travaux d&amp;#039;entretien.
+ &lt;br /&gt;
+ – Reprise de concession.
+ &lt;br /&gt;
+ – Gîtes communaux, camping et bornes de camping car.
+ &lt;br /&gt;
+ – Matériel de déneigement.
+ &lt;br /&gt;
+ – Mobilier et acquisition sauf faisant partie d&amp;#039;un programme d&amp;#039;ensemble (mobilier scolaire et de bibliothèque).
+ &lt;br /&gt;
+ –  Prestation d&amp;#039;ingénierie du Département.
+ &lt;br /&gt;
+ –  Gendarmerie.
+ &lt;br /&gt;
+ –  Bornes incendie.
+ &lt;br /&gt;
+ –  Les dépenses traitées au titre d&amp;#039;une politique thématique départementale.
+ &lt;br /&gt;
+ –  Les travaux de vidéo-protection (sauf ceux aux abords des collèges qui seront traités dans un autre dispositif complémentaire).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour les communes de &amp;#43; 5 000 habitants et les EPCI
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -Logement.
+ &lt;br /&gt;
+ – Acquisition foncière (pour réserve).
+ &lt;br /&gt;
+ – Sièges administratifs communautaires et locaux techniques communautaires.
+ &lt;br /&gt;
+ – Groupes scolaires.
+ &lt;br /&gt;
+ – Aménagement de zones d&amp;#039;activités économiques/pépinières d&amp;#039;entreprises.
+ &lt;br /&gt;
+ –  Projets de vidéo-protection (sauf ceux aux abords des collèges qui font l&amp;#039;objet d&amp;#039;un dispositif spécifique complémentaire) .
+&lt;/p&gt;
+&lt;h3&gt;
+ Bénéficiaires
+&lt;/h3&gt;
+&lt;p&gt;
+ Toutes les communes (à l&amp;#039;exclusion des villes de plus de 25 000 habitants), et les groupements de communes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/aides-financieres-drome/aides-departementales-aux-collectivites-et-aux-tiers/aides-a-linvestissement-des-collectivites/</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction des Politiques Territoriales – Service des Relations avec les Collectivités
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Quentin DUVILLIER, Coordonnateur zone nord –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 65
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Christel MORIN, Coordonnatrice zone sud –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 31
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Aurore MERMET, Coordonnatrice zone centre –
+ &lt;strong&gt;
+  Tél. : 04 75 79 82 29
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Laurence ROCHER, Chef de service, Coordonnatrice zone ouest –
+ &lt;strong&gt;
+  Tél. : 04 75 79 26 67
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3007-projets-de-coherence-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
         <v>162563</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E14" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G14" s="1" t="inlineStr">
+      <c r="G17" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H14" s="1" t="inlineStr">
+      <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I14" s="1" t="inlineStr">
+      <c r="I17" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J14" s="1" t="inlineStr">
+      <c r="J17" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L14" s="1" t="inlineStr">
+      <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N14" s="1" t="inlineStr">
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -2874,1191 +3214,6822 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O14" s="1" t="inlineStr">
+      <c r="O17" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R14" s="1" t="inlineStr">
+      <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S14" s="1" t="inlineStr">
+      <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T14" s="1" t="inlineStr">
+      <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U14" s="1" t="inlineStr">
+      <c r="U17" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V14" s="1" t="inlineStr">
+      <c r="V17" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X14" s="1" t="inlineStr">
+      <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y14" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z14" s="1" t="inlineStr">
+      <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
         </is>
       </c>
-      <c r="AA14" s="1" t="inlineStr">
+      <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G15" s="1" t="inlineStr">
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>101202</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser un plan de gestion de haie</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En cohérence avec les dispositifs d&amp;#039;aide aux haies bocagères et à la filière bois énergie, le Département s&amp;#039;engage dans la promotion de Plans de gestion de la haie (PGH). À l&amp;#039;échelle d&amp;#039;une exploitation agricole voire de territoires communaux ou intercommunaux, les PGH ont pour objectif d&amp;#039;établir un programme pluriannuel de valorisation des haies bocagères alliant les contraintes de rentabilité et de production à une gestion durable et raisonnée des haies.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs du plan de gestion de la haie :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  estimation de la capacité de production durable en bois énergie
+ &lt;/li&gt;
+ &lt;li&gt;
+  diagnostic des types de haies, de leur état de conservation et de leur intérêt en terme de bois énergie, lutte contre l&amp;#039;érosion, biodiversité ou paysage
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Importance des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  70 % du montant hors taxe de l&amp;#039;étude ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets individuels : plafond annuel de dépenses éligibles de 1 500 euros hors taxe par bénéficiaire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les projets des collectivités : plafond de dépenses éligibles de 6 000 euros hors taxe par an (aide cumulable avec l&amp;#039;aide à l&amp;#039;animation de filière bois-énergie si l&amp;#039;étude est réalisée par un prestataire).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour être instruit sur l&amp;#039;exercice budgétaire de l&amp;#039;année en cours, le dossier devra être complet avant le 31 octobre.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;une étude pour la mise en place d&amp;#039;un approvisionnement mobilisant les ressources bocagères locales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Porteurs de projets individuels :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  exploitants agricoles ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  associations ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  particuliers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  groupements pour un projet géographiquement continu.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ - Collectivités territoriales et leurs groupements.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-realisation-dun-plan.html</t>
+        </is>
+      </c>
+      <c r="W18" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service environnement du Département du Calvados
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:environnement&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+   environnement&amp;#64;calvados.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél : 02 31 57 15 68
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e01-realiser-un-plan-de-gestion-de-haie/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>137993</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Développer l’agroforesterie et la plantation de haies</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Développer l’agroforesterie et la plantation de haies</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif soutient l&amp;#039;élaboration d&amp;#039;un projet partenarial
+pluriannuel de développement de I&amp;#039;agroforesterie et/ou des haies et arbres
+champêtres sur un territoire délimité :&lt;/p&gt;
+&lt;p&gt;-      
+L&amp;#039;animation
+pour le développement de l&amp;#039;agroforesterie, des haies et arbres champêtres : &lt;/p&gt;
+&lt;p&gt;o   
+information, sensibilisation et communication
+sur I ‘intérêt des haies en vue d&amp;#039;initier des plantations sur les territoires,
+y compris acquisition de connaissances en vue d&amp;#039;améliorer les plantations et de
+convaincre sur l’intérêt local des plantations ;&lt;/p&gt;
+&lt;p&gt;-      
+L&amp;#039;animation
+concernant la gestion des haies existantes et leur valorisation : &lt;/p&gt;
+&lt;p&gt;o   
+mise en place de filières territoriales,&lt;/p&gt;
+&lt;p&gt;o   
+création de débouchés,&lt;/p&gt;
+&lt;p&gt;o   
+valorisation économique, paysagère et
+touristique des haies et des arbres ;&lt;/p&gt;
+&lt;p&gt;-      
+Les
+investissements de plantation d&amp;#039;arbres ou de haies découlant du projet de
+développement, et le conseil technique pour l&amp;#039;élaboration des projets
+individuels de plantation, la maîtrise du chantier et le suivi des plantations.&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;
+ &lt;strong&gt;
+  Pièces à fournir :
+ &lt;/strong&gt; &lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Agriculture et agroalimentaire</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dispositif mis en œuvre au travers de la mesure 208 du programme régional FEADER AURA par AAP permanent.&lt;/p&gt;&lt;p&gt;Les règles communes à toutes les
+aides FEADER consultables sur le site du Guide des aides de la Région Auvergne&lt;/p&gt;&lt;p&gt;Rhône-Alpes dans la rubrique &amp;lt;
+Déposer une demande &amp;gt; du dispositif concerné &lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V19" s="1" t="inlineStr">
+        <is>
+          <t>https://www.auvergnerhonealpes.fr/aides/developper-lagroforesterie-et-la-plantation-de-haies-feader-dispositif-208</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  -    Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Direction  de l&amp;#039;Attractivité et du Développement des Territoires (DADT)
+&lt;/p&gt;&lt;p&gt;Direction Déléguée Développement Durable et Sports (3DS)&lt;/p&gt;&lt;p&gt;Corentin Leurent&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Email : &lt;a href="mailto:alexandra.mignon&amp;#64;hauteloire.fr" target="_self"&gt;corentin.leurent&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04.71.07.40.33.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cd79-soutenir-la-cooperation-pour-le-developpement/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>165543</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de plantation d'arbres</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Chèque-arbre 71</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>500, 1000, 1500 ou 2000 €</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Chèque-arbre 71 est un dispositif spécifique au Département de Saône-et-Loire destiné aux collectivités et aux associations dont l&amp;#039;objet social est en lien avec l&amp;#039;environnement et la préservation des patrimoines, pour soutenir des projets de plantations à partir d&amp;#039;un minimum de 15 arbres, avec panachage, selon une liste d&amp;#039;essences définie.
+&lt;/p&gt;
+&lt;p&gt;
+ Le financement possible varie de 500 € à 2000 €, en fonction du montant de dépenses éligibles retenues et du nombre d&amp;#039;arbres plantés.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Forêts
+Espaces verts
+Biodiversité
+Paysage
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>30/09/2026</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Etre une collectivité située en Saône-et-Loire OU être une association à but non lucratif domiciliée en Saône-et-Loire dont l&amp;#039;objet social est en lien avec l&amp;#039;environnement et la préservation des patrimoines,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ET
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Etre propriétaire des terrains concernés par les plantations OU pouvoir justifier de la maîtrise foncière des terrains concernés par les plantations,
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  ET
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les plantations ne doivent pas concerner une parcelle soumise au régime forestier.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saoneetloire.fr/guide-des-aides/cheque-arbre-71/</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://mesdemarches71.fr/</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de Saône-et-Loire
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Accompagnement des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 03 85 39 56 72
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:dat&amp;#64;saoneetloire71.fr" rel="noopener" target="_blank"&gt;
+  dat&amp;#64;saoneetloire71.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>d.defillon@saoneetloire71.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-les-projets-de-plantation-d-arbres/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>163216</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la reconstruction du patrimoine naturel et de la biodiversité par la plantation de végétaux (haies, bosquets, plantes messicoles et mellifères)</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Transition écologique et mobilités douces</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental d'Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>Maximum de 60% de l'opération et plafond de 2€ à 2.50€/m pour la plantation de haies, bosquets / Maximum 30% de l'opération et plafond de 1 600 euros/ha pour les plantes messicoles et mellifères</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département d&amp;#039;Eure-et-Loir mène depuis le début des années 2000 une politique en faveur des Espaces Natures Sensibles. Propriétaire et gestionnaire de sites remarquables, il soutient techniquement et financièrement les collectivités dans leurs projets et également ses partenaires associatifs.&lt;/p&gt;&lt;p&gt;L&amp;#039;adaptation des territoires aux enjeux du changement climatique pousse le Département à mobiliser les acteurs du territoire  pour renforcer la résilience des espaces et des activités humaines. C&amp;#039;est pourquoi, le Département souhaite faciliter l&amp;#039;émergence de projets locaux pour la mobilisation de moyens techniques et financiers adaptés aux attentes des territoires sur les thématiques liées à la transition écologique (restauration et préservation des milieux naturels et aquatiques, plantations de végétaux, gestion des eaux pluviales) et aux mobilités douces (plan départemental des itinéraires de promenade et de randonnée, développement de la mobilité à vélo).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;em&gt;Dépenses éligibles : &lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plantation de haies et bosquets&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;acquisition de plants ou de semences,&lt;/li&gt;&lt;li&gt;préparation du sol&lt;/li&gt;&lt;li&gt;tuteurs et protections&lt;/li&gt;&lt;li&gt;installations de toiles de paillage biodégradables et compostables&lt;/li&gt;&lt;li&gt;travaux de réalisation&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Plantation de plantes messicoles et mellifères&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;acquisition de mélanges de semence&lt;/li&gt;&lt;li&gt;préparation du sol&lt;/li&gt;&lt;li&gt;le semis sur la base de 20kg/ha&lt;/li&gt;&lt;li&gt;la fauche tardive&lt;/li&gt;&lt;li&gt;la location des terres (150€/ha maximum)&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;span&gt;Collectivités territoriales (Communes, EPCI avec ou sans fiscalité propre) &lt;/span&gt;&lt;/li&gt;&lt;li&gt;Associations agréées de protection de l&amp;#039;environnement&lt;/li&gt;&lt;li&gt;Exploitations agricoles (tout statut juridique)&lt;/li&gt;&lt;li&gt;Associations portant des projets innovants intégrant les trois piliers du développement durable&lt;/li&gt;&lt;li&gt;Associations locales après avis de la Fédération de rattachement (pêche, chasse) pour les plantes messicoles et mellifères&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;Le montant minimum de subvention doit être égal ou supérieur à 1 000 €&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Eure-et-Loir</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://eurelien.fr/mon-quotidien/aides-aux-territoires/transition-ecologique-et-mobilites-douces/</t>
+        </is>
+      </c>
+      <c r="W21" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.eurelien.fr</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Conseil départemental d&amp;#039;Eure-et-Loir&lt;/p&gt;&lt;p&gt;Direction des partenariats territoriaux&lt;/p&gt;&lt;p&gt;Service d&amp;#039;appui aux territoires&lt;/p&gt;&lt;p&gt;Monsieur Aurélien SILLY&lt;/p&gt;&lt;p&gt;02.37.23.59.70&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.silly@eurelien.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-la-reconstruction-du-patrimoine-naturel-et-de-la-biodiversite-par-la-plantation-de-vegetaux-haies-bosquets-plantes-messicoles-et-melliferes-1/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>153942</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Financer des travaux de création de haies à plat ou sur talus</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Plantation de haies</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Travaux de création de haies à plat ou sur talus
+&lt;/p&gt;
+&lt;p&gt;
+ La politique d&amp;#039;aide du conseil départemental à la création de haies se décline de la façon suivante :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   création de haies à plat : subvention forfaitaire de 2,80 €/mètre linéaire (ml) soit 50% du coût moyen constaté pour ce type de travaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   création de haies sur talus : subvention forfaitaire de 10€/mètre linéaire soit 80% du coût moyen constaté pour ce type de travaux.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Seuil minimum des projets de 100 ml sauf pour les haies sur talus si opération réalisée dans le cadre d&amp;#039;un projet global de lutte contre l&amp;#039;érosion à l&amp;#039;échelle d&amp;#039;un bassin ou sous-bassin versant.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets de plantation situés à l&amp;#039;intérieur de zones urbanisées ne sont pas éligibles à l&amp;#039;aide départementale.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux sont réalisés par des entreprises agréées dans le cadre de la charte qualité plantation du bocage (liste disponible auprès de la Chambre d&amp;#039;agriculture de la Manche).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMENT BÉNÉFICIER DE L&amp;#039;AIDE
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   montage du dossier par la chambre d&amp;#039;agriculture - service boisement : 02.33.06.49.91 ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réalisation du dossier technique et financier auprès de chaque adhérent à une ASL planteur ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   regroupement des projets par secteur par les ASL de reboisement (qui assurent la maitrise d&amp;#039;ouvrage des travaux) puis par la Fédération des Associations de Boisement de la Manche (FABM) ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   réception des chantiers de plantation conjointe services du Conseil départemental /CDAM.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Agriculture et agroalimentaire
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/plantation-de-haies/</t>
+        </is>
+      </c>
+      <c r="W22" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 06 69 21
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c411-plantation-de-haies/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>132576</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets de plantation de haies et éléments de végétation arbustive et / arborée</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Haies et éléments de végétation arbustive et / arborée</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>variable selon la fiche action accessible en cliquant sur le bouton ci-dessous "Plus d'informations"</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Barrière au ruissellement des eaux, stabilisation des sols, protection des routes dans les zones à congères, élément de trame verte paysagère, contribution agronomique, ... l&amp;#039;apport positif des haies à la qualité de nos plaines agricoles sont multiples. Le Département soutient financièrement les acteurs ruraux qui programment la plantation de haies sur leurs territoires.&lt;/p&gt;
+&lt;p&gt;
+ Pour plus de détails (conditions d&amp;#039;accès au financement et autres modalités), voir la fiche action en cliquant sur le bouton ci-dessous &amp;#34;Plus d&amp;#039;informations&amp;#34;.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Agriculture et agroalimentaire
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2025/07/CD52_250620_06_fiche-action_haies.pdf</t>
+        </is>
+      </c>
+      <c r="W23" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/wp-content/uploads/2025/04/CD52_250319_formulaire-aide-programme-paysager.pdf</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Conseil départemental de la Haute-Marne
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Direction de l&amp;#039;environnement et de l&amp;#039;ingénierie du territoire - Service agriculture, aménagement foncier et sylvicole
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Centre administratif départemental, Cours Marcel Baron, 52000 CHAUMONT
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 03.25.32.85.71
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:service.agriculture&amp;#64;haute-marne.fr" target="_self"&gt;
+  service.agriculture&amp;#64;haute-marne.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Guide des aides :
+ &lt;a href="http://www.haute-marne.fr/guidedesaides/" target="_self"&gt;
+  http://www.haute-marne.fr/guidedesaides/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toute correspondance doit être adressée à :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Monsieur le Président du Conseil départemental
+&lt;/p&gt;
+&lt;p&gt;
+ 1 rue du Commandant Hugueny
+&lt;/p&gt;
+&lt;p&gt;
+ CS 62127
+&lt;/p&gt;
+&lt;p&gt;
+ 52905 CHAUMONT Cedex 9
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>jean-jules.joly@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/adbc-soutenir-les-projets-dimplantation-de-bandes-/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>121475</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Abonder les aides régionales à la plantation de vergers conservatoires et de haies bocagères</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Abondement départemental aux aides régionales "Vergers de sauvegarde" et "Bocages et Paysages"</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="F24" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 30</t>
+        </is>
+      </c>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>Complément à l'aide régionale dans la limite des subventions autorisées.</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Actif en permanence, ce dispositif d&amp;#039;abondement permet d&amp;#039;obtenir un financement supplémentaire du Département de Saône-et-Loire. Cette aide vient compléter les subventions accordées par la Région Bourgogne-Franche-Comté dans le cadre des
+ &lt;span&gt;
+  dispositifs « Bocages et Paysages » et « Vergers de sauvegarde ».&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Elle permet de
+ &lt;/span&gt;
+ couvrir jusqu&amp;#039;à 80 % des dépenses éligibles pour un projet de plantations situé en Saône et Loire ayant été retenu préalablement au titre des dispositifs régionaux.&lt;/p&gt;
+&lt;p&gt;
+ Ces aides sont ouvertes aux particuliers, collectivités, associations, ainsi que, uniquement pour Bocages et Paysages, aux agriculteurs.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Plantation d&amp;#039;un verger conservatoire, réalisation de haies bocagères...
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilité sont définis par la Région Bourgogne-Franche-Comté au titre des dispositifs &amp;#34;Vergers de sauvegarde&amp;#34; et &amp;#34;Bocages et Paysages&amp;#34;.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Saône-et-Loire</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://www.saoneetloire.fr/guide-des-aides/abondement-departemental-aux-aides-regionales-vergers-de-sauvegarde-et-bocages-et-paysages/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;span&gt;
+  &lt;strong&gt;
+   Le porteur de projet doit déposer sa demande directement auprès de la Région Bourgogne-Franche-Comté.
+  &lt;/strong&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;
+  Plateforme régionale de dépôt de demande pour
+  &lt;a href="https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle&amp;#61;ENV-VERGER" rel="noopener" target="_blank"&gt;
+   &amp;#34;Vergers de Sauvegarde&amp;#34;&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;
+  Plateforme régionale de dépôt de demande pour
+  &lt;a href="https://subventions.bourgognefranchecomte.fr/sub/extranet/dispositif-consulter.sub?sigle&amp;#61;ENV-BOCAGE" rel="noopener" target="_blank"&gt;
+   &amp;#34;Bocages et Paysages&amp;#34;&lt;/a&gt;&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;
+ &lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Selon un principe de guichet unique, le Département de Saône et Loire récupère automatiquement les données des dossiers retenus auprès de la Région Bourgogne-Franche-Comté.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le porteur de projet n&amp;#039;a aucune démarche à faire auprès du Département.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>d.defillon@saoneetloire71.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/feb6-abonder-les-aides-regionales-a-la-plantation-/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>164714</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner l’élaboration des actions et projets en faveur de la biodiversité, portées par des collectivités.</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Appel à manifestation d&amp;apos;intérêt Ingénierie territoriale</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional des Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Afin d’aider les EPCI et leurs communes à faire émerger et mettre en place des projets transversaux en faveur de la biodiversité, la région propose aux collectivités de bénéficier d’un accompagnement par des partenaires qu’elle soutient (Union Régionale des Centre Permanents d’Initiatives pour l’Environnement, Ligue pour la Protection des Oiseaux, Conservatoire Botanique National de Brest, Conservatoire des Espaces Naturels…).&lt;/p&gt;
+&lt;p&gt;L’AMI va permettre de recenser les projets des collectivités pouvant bénéficier de l’offre d’ingénierie.&lt;/p&gt;
+&lt;p&gt;Il vise à soutenir la phase de consolidation « pré-projet » dans la perspective d’une sollicitation d’outils financiers (Fonds vert, dispositifs de l’Agence de l’eau Loire Bretagne et des Départements, mécénat…) pour la mise en œuvre opérationnelle de ces projets.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt; &lt;p&gt;Les projets visés devront concerner :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;La préservation, conservation et restauration de la biodiversité locale,&lt;/li&gt;
+&lt;li&gt;La restauration et gestion durable des sites naturels,&lt;/li&gt;
+&lt;li&gt;L’expérimentation des pratiques et des itinéraires techniques favorables à la biodiversité,&lt;/li&gt;
+&lt;li&gt;L’émergence d&amp;#039;actions concrètes et opérationnelles de restauration écologique des milieux terrestres, en cohérence avec les stratégies et dispositifs nationaux et régionaux de biodiversité,&lt;/li&gt;
+&lt;li&gt;L’adaptation des territoires et de leurs activités économiques aux effets du changement climatique (notamment grâce aux Solutions fondées sur la nature).&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les projets devront principalement :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;contribuer à des objectifs de restauration et de gestion durable des écosystèmes, de leurs fonctionnalités et la conservation des espèces qui y sont inféodées.&lt;/li&gt;
+&lt;li&gt;participer à la résilience des territoires vis-à-vis du effets du changement climatique.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les besoins en termes d’accompagnement devront porter sur les compétences suivantes et devront être décrits dans la demande déposée :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;un accompagnement écologue ou naturaliste,&lt;/li&gt;
+&lt;li&gt;la conception ou la création d’aménagements visant la restauration et la préservation de la biodiversité,&lt;/li&gt;
+&lt;li&gt;un appui à la structuration de travaux de génie écologique et leur assistance à maitrise d’ouvrage.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les projets proposés devront obligatoirement être réalisé sur du foncier appartenant aux collectivités. &lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les actions relatives à la mise en œuvre d&amp;#039;obligations réglementaires (par exemple : mesures compensatoires) ou de prescriptions administratives de remise en état ne sont pas éligibles.&lt;/p&gt;&lt;br /&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>International</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P25" s="1" t="inlineStr">
+        <is>
+          <t>03/10/2025</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les porteurs de projets sont invités à renseigner leur dossier via la plateforme Démarches-simplifiées, accessible depuis l’onglet « Déposer un dossier ».&lt;br /&gt;Date de clôture de l’AMI : 31/05/2025&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;L’accompagnement par la ou les structure(s) dédiée(s) ne pourra pas excéder une période de 12 mois.&lt;br /&gt;Le temps d’accompagnement sera défini lors de la sélection du projet, mais il ne pourra pas dépasser 3 jours.&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les projets feront l’objet d’une analyse par un comité de sélection qui évaluera les projets selon les critères suivants :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Pertinence du projet vis-à-vis des actions éligibles&lt;/li&gt;
+&lt;li&gt;Pertinence du projet vis-à-vis des enjeux identifiés de la Stratégie Régionale Biodiversité 2024-2030&lt;/li&gt;
+&lt;li&gt;Impact prévisible en termes de préservation ou reconquête de la biodiversité&lt;/li&gt;
+&lt;li&gt;Complémentarité de l’expertise à mobiliser au regard des compétences disponibles au sein de la collectivité&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les porteurs de projets pourront être conviés à présenter leurs projets lors du comité de sélection.&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;Les projets retenus par le comité de sélection seront ensuite accompagnés par des structures identifiées à partir de septembre 2025.&lt;br /&gt;Chaque porteur de projet sélectionné sera amené à échanger avec la structure accompagnante proposée afin de préciser les modalités d’accompagnement. La mise en œuvre des projets sera suivie par la Région.&lt;br /&gt;La Région ne s’engage pas à apporter son soutien financier aux projets élaborés.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Pays de la Loire</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdelaloire.fr/les-aides/appel-manifestation-dinteret-ingenierie-territoriale</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/ami-edition-2025-soutien-a-l-elaboration-d-actions</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>Direction de la transition énergétique et de l&amp;#039;environnement&lt;br /&gt; Service Eau, biodiversité et déchets&lt;br /&gt; Pôle Biodiversité et littoral&lt;br /&gt;&lt;br /&gt;&lt;br /&gt;Amélie BARBARY-BOISTEUX&lt;br /&gt; amelie.boisteux&amp;#64;paysdelaloire.fr&lt;br /&gt; &amp;#43;33 2 28 20 54 25&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>olivier.guillon@paysdelaloire.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/appel-a-manifestation-dinteret-ingenierie-territoriale/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>163640</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Aide au développement de peupleraies de qualité en alignement dans le Marais Poitevin</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Aide au développement de peupleraies de qualité en alignement dans le Marais Poitevin</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Association
+Particulier</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La Région soutient le boisement et la qualité des peupliers en Nouvelle-Aquitaine dans le respect des réglementations environnementales en vigueur et des pratiques sylvicoles de gestion durable.
+&lt;/p&gt;&lt;p&gt;Objectifs :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Mettre en place de nouvelles peupleraies de qualité en alignement dans le Parc du Marais Poitevin : aider la plantation ou la replantation de peupliers en alignement,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Inciter à l’élagage précoce.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Montant
+&lt;/p&gt;&lt;p&gt;L’aide forfaitaire s’élève à 5 €/plant hors protection bovin plus 10 €/plant au titre de la protection bovine si elle est nécessaire. Elle est conditionnée à la réalisation de l&amp;#039;élagage à 3,50 m minimum dans un délai de 3 ans maximum après la plantation.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide est accordée pour 50 plants minimum et 1 200 plants maximum par an et par bénéficiaire.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Forêts</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bénéficiaires :&lt;/p&gt;&lt;p&gt;Propriétaires individuels privés et publics,&lt;/p&gt;&lt;p&gt;Propriétaires regroupés de parcelles privées ou communales,&lt;/p&gt;&lt;p&gt;Structures de regroupements (Associations Syndicales Autorisées, Associations Syndicales Libres, coopératives...) à condition qu&amp;#039;elles soient titulaires des engagements liés à la réalisation des opérations.&lt;/p&gt;&lt;p&gt;Critères de sélection&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Signer la charte populicole du Marais Poitevin en tant que document de Gestion Durable des forêts,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Planter pour des raisons sanitaires des cultivars différents pour tout dossier supérieur à 3 hectares. Les cultivars femelles sont proscrits près des habitations et des zones d&amp;#039;élevage,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Utiliser des cultivars figurant sur la liste « clones de peupliers éligibles aux aides de l’État pour la culture en futaie » en vigueur au moment de la plantation disponible sur le site « Peupliers de France »,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Prendre en compte notamment les sujétions environnementales : Natura 2000, arrêté de biotope, monuments historiques, cahiers des charges populicoles locaux,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Respecter notamment les ripisylves, bandes boisées le long des berges et installer les peupliers à 5 mètres au moins des berges et des fonds voisins non boisés,&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;S’engager à mener à son terme le peuplement aidé (sauf cas de force majeure tels tempêtes, problèmes sanitaires…),&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Réaliser les travaux de plantation et d’entretien sans avoir recours au glyphosate.&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;La demande d’aide doit être adressée à la Région avant le début des travaux.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-developpement-de-peupleraies-de-qualite-en-alignement-dans-le-marais-poitevin</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Comment faire ma demande ?
+&lt;/p&gt;&lt;p&gt;Télécharger le dossier ou se le procurer auprès des référents professionnels suivants :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Centre Régional de la Propriété Forestière 05 46 93 00 04 / 06 89 87 79 36&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Parc Naturel Régional du Marais Poitevin 05 49 35 15 20&lt;/span&gt;&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Compléter le dossier avec l’aide du référent professionnel (Centre Régional de la Propriété Forestière, Parc Naturel Régional du Marais Poitevin ou autres professionnels: voir dans le formulaire) et co-signer avec lui la demande.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Réunir les pièces complémentaires demandées.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Envoyer le dossier et les pièces complémentaires à la Région par courrier (voir l&amp;#039;adresse ci-dessous) ou par mail (voir l&amp;#039;adresse dans le formulaire).&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le dossier est instruit par le service Forêt Bois et Papier puis présenté en Commission Permanente pour décision.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;En cas d’avis favorable, un arrêté est adressé au demandeur pour lui signifier l’aide accordée et préciser les modalités de déblocage de l’aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-au-developpement-de-peupleraies-de-qualite-en-alignement-dans-le-marais-poitevin/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>163164</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Réaliser des études et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Etudes et travaux sur les bâtiments d’archives</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de la Culture</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J27" s="1" t="inlineStr">
+        <is>
+          <t>Entre 10 et 30% de la base subventionnable HT / 50% du total HT pour une étude de faisabilité ou pour un audit énergétique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Présentation du dispositif&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La construction, la rénovation et l’aménagement d’un bâtiment d’archives répondent aux Règles de base pour la construction et l’aménagement d’un bâtiment d’archives accessibles sur le site internet France Archives et font l’objet de publications actualisées.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le Service interministériel des archives de France (SIAF) accompagne les porteurs de projet de bâtiments d’archives municipales, départementales et régionales dans les différentes étapes en vue du visa technique permettant l’obtention d’une subvention.&lt;/li&gt;&lt;li&gt;La circulaire du 21 mars 2016 relative à l’aide de l’Etat sur les bâtiments d’archives fixe les principes et les procédures à suivre en vue de son obtention (des éléments du cadrage ont cependant évolué).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Montant de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention pour un projet de bâtiment d’archives s’élève en moyenne entre 15 et 20%.  &lt;/li&gt;&lt;li&gt;Cette base subventionnable est constituée du coût hors taxes des travaux de construction et du mobilier spécifique.&lt;/li&gt;&lt;li&gt;Ce taux de subvention est variable chaque année selon le budget alloué, le nombre de projets de bâtiment dont les travaux vont démarrer l’année n&amp;#43;1 et le coût de chaque projet.&lt;/li&gt;&lt;li&gt;Pour les études, seule l’étude de faisabilité est aidée avec un taux de 50% sur le montant hors taxes pour les projets départementaux ; les demandes des archives municipales sont traitées au cas par cas.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. ont un taux de subvention spécifique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;attribution de la subvention&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Le montant de la subvention est établi par le SIAF, en août, sur la base de la fiche financière de l’APS (voire du dossier d’APD s’il est disponible).&lt;/li&gt;&lt;li&gt;La DRAC concernée présente le projet dans son dossier de conférence budgétaire. Après validation de la programmation, la subvention est déléguée en DRAC en début d’année, pour engagement de celle-ci un à deux mois avant le début des travaux.&lt;/li&gt;&lt;li&gt;Le versement de la subvention est effectué par la DRAC selon les facturations produites du chantier.&lt;/li&gt;&lt;li&gt;Une avance sur travaux en crédits de paiement peut être prévue de 30% au maximum du montant de la subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Modalités d&amp;#039;évaluation des dossiers&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets éligibles sont ceux qui auront recueillis le visa technique favorable du SIAF sur l’APS et sur l’APD.&lt;/li&gt;&lt;li&gt;Pour les projets de bâtiment d’archives municipales, l’avis du directeur des archives départementales est requis sur le Programme, au titre du contrôle scientifique et technique.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Calendrier&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le dossier de demande de subvention doit être déposé, un à deux mois avant le début des travaux, comprenant notamment les courriers de visa favorables du SIAF sur l’APS et sur l’APD ainsi que la notification de dépôt du permis de construire. &lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Musée
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Qui peut déposer un dossier ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes et intercommunautés&lt;/li&gt;&lt;li&gt;Départements &lt;/li&gt;&lt;li&gt;Régions&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d’éligibilité du demandeur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les communes éligibles sont celles d’au moins 20.000 habitants, ayant un service d’archives constitué disposant d’un archiviste à plein temps.&lt;/li&gt;&lt;li&gt;Les études de faisabilité sont soutenues en priorité pour les services d’archives départementales ; les communes importantes ou ayant un projet de bâtiment mutualisé peuvent être soutenues au cas par cas.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité du projet&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les projets de bâtiments des collectivités éligibles doivent être ouverts au public avec une surface minimales de 200 m².&lt;/li&gt;&lt;li&gt;Toute attribution d’une subvention est subordonnée au visa technique du SIAF.&lt;/li&gt;&lt;li&gt;Au préalable pour les archives municipales, un Programme doit être élaboré avec le concours du directeur des archives départementales qui assure le contrôle scientifique et technique et qui donne son avis au SIAF.&lt;/li&gt;&lt;li&gt;Le SIAF transmet son avis à la collectivité ; les phases suivantes avec la transmission des dossiers d’Avant-Projet Sommaire (APS) et d’Avant-Projet Détaillé (APD) doivent recueillir le visa technique du SIAF en vue de l’attribution d’une subvention.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nature des dépenses éligibles&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Les études de faisabilité&lt;/li&gt;&lt;li&gt;Sont éligibles les projets de construction de bâtiments neufs, la réhabilitation de bâtiment, les réaménagements, les extensions.&lt;/li&gt;&lt;li&gt;Les gros travaux, de type renouvellement des systèmes de traitement d’air (CTA), acquisitions de rayonnages, etc. sont éligibles.&lt;/li&gt;&lt;li&gt;Les dépenses éligibles constituent la « base subventionnable », comprenant les coûts hors taxes des travaux de construction et du mobilier spécifique, le cas échéant.&lt;/li&gt;&lt;li&gt;Ne sont notamment pas éligibles les études de programmations, les honoraires, la VRD, les travaux de désamiantage, l’acquisition du foncier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.culture.gouv.fr/catalogue-des-demarches-et-subventions/subvention/etudes-et-travaux-sur-les-batiments-d-archives</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/aide-investissement-2024</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour toute question sur les études et travaux sur les bâtiments d’archives, vous êtes invités à vous adresser à :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/Bureau de l’expertise numérique et de la conservation durable :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Architecte : &lt;a target="_self"&gt;berengere.giaux&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 32 63&lt;/li&gt;&lt;li&gt;Cheffe du bureau : &lt;a href="mailto:dominique.naud&amp;#64;culture.gouv.fr" target="_self"&gt;dominique.naud&amp;#64;culture.gouv.fr&lt;/a&gt; ; 01 40 15 76 74&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;&amp;gt; DGPA/Service interministériel des Archives de France/ Bureau du pilotage et de la tutelle des services publics d’archives :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Subventions : &lt;a href="mailto:martine.leroy&amp;#64;culture.gouv.fr" target="_self"&gt;martine.leroy&amp;#64;culture.gouv.fr&lt;/a&gt; ; 07 64 37 09 52&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>webmaster@culture.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etudes-et-travaux-sur-les-batiments-darchives/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>123492</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la planification territoriale</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Territoires Engagés pour la Nature</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H15" s="1" t="inlineStr">
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Basé sur des orientations partagées nationalement, « Territoires 
+engagés pour la nature » se décline dans les régions volontaires avec un
+ accompagnement local assuré par les Agences Régionales de la 
+Biodiversité, ou d&amp;#039;un collectif régional.
+&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Forêts
+Montagne
+Sols
+Foncier
+Accès aux services
+Cohésion sociale et inclusion
+Revitalisation
+Biodiversité
+Equipement public
+Bâtiments et construction
+Logement et habitat
+Paysage
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;
+2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;
+3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;
+4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;
+5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;
+6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;
+7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;
+8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/doc/strategie-ecologique-territoriale-integrer-la-biodiversite-dans-amenagement-du-territoire#:~:text=Cette%20m%C3%A9thodologie%20est%20construite%20en%205%20%C3%A9tapes%20%3A,et%20assurer%20un%20suivi%20et%20un%20bilan%20r%C3%A9guliers.</t>
+        </is>
+      </c>
+      <c r="W28" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/69c0-encourager-et-accompagner-les-collectivites-p/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>101201</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la plantation de haies</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Calvados</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I29" s="1" t="inlineStr">
+        <is>
+          <t> Max : 70</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département du Calvados facilite la création ou la restauration de haies au travers d&amp;#039;aides aux collectivités, exploitants agricoles, associations et particuliers.
+&lt;/p&gt;
+&lt;p&gt;
+ Éléments incontournables de nos paysages normands, les haies assurent une protection des cultures contre le vent, diminuent l&amp;#039;érosion des terres et permettent la régulation du régime des eaux. Elles sont également d&amp;#039;une grande utilité pour préserver la faune et la flore de nos territoires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;
+ Nature des travaux aidés
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  création de haies bocagères nouvelles et les opérations de reconstitution ou d&amp;#039;enrichissement de haies bocagères existantes ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création ou réhabilitation de talus sur un linéaire de projet de plantation de haies ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  création de clôtures sur un linéaire de projet de plantation de haies (fourniture et mise en œuvre).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  1. Pour les collectivités :
+ &lt;/strong&gt;
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aide à hauteur de 70% du montant HT pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la fourniture et les travaux de mise en place des plants, paillages et protections gibiers ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux préparatoires du sol (création ou réhabilitation de talus) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de plantation ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  la fourniture et la mise en œuvre des clôtures.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Plafonds de dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Haie : 8€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec clôtures : 12€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec talus : 16€/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haie avec talus et clôtures : 20€/m
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ &lt;strong&gt;
+  2. Pour les porteurs de projets individuels
+ &lt;/strong&gt;
+ (exploitants agricoles, associations, particuliers ou groupement pour un projet géographiquement continu) :
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Importance des aides :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plantation de haies : 2.30 €/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Talus : 1.50 €/m
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clôture : 1.50€/m
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans le cas de restauration d&amp;#039;une haie, le montant de subvention sera calculé sur la base d&amp;#039;un équivalent de linéaire planté correspondant au pourcentage de regarnissage.
+&lt;/p&gt;
+&lt;p&gt;
+ Une majoration de 20% du barème ci-dessus sera appliquée aux projets de plantations issus d&amp;#039;un plan de gestion de la haie.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations pour les projets individuels, veuillez consulter les modalités d&amp;#039;aides en vigueur :
+ &lt;a href="https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haies-.html" rel="noopener" target="_blank"&gt;
+  https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haies-.html
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Agriculture et agroalimentaire
+Biodiversité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  projet de plantations sur une longueur cumulée supérieure ou égale à 300m ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  projet de plantations des parcelles non urbanisées et non urbanisables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;intégralité des végétaux doit figurer
+  &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/Bocage/Liste-varietes-bocageres-eligibles-aide-haie-bocagere.pdf" rel="noopener" target="_blank"&gt;
+   dans la liste fournie
+  &lt;/a&gt;
+  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  plantations de jeunes plants,
+  cépée et bourrage : hauteur limitée à 1,0 m, haut-jet : hauteur limitée à 1,5 m ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre d&amp;#039;un plant par mètre ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mise en œuvre d&amp;#039;un paillage naturel ou synthétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  les talus et clôtures ne sont pas éligibles seuls et doivent être sur un linéaire de plantation de haies.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour en savoir plus, consultez également les
+ &lt;a href="https://www.calvados.fr/files/live/sites/calvados/files/documents/Aides-services/Bocage/aides-plantation-haies-conditions-d-obtention.pdf" rel="noopener" target="_blank"&gt;
+  conditions d&amp;#039;obtention des aides.
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T29" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Calvados</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.calvados.fr/contents/fiche/fiches-aide--services/aides-a-la-plantation-de-haie-2.html</t>
+        </is>
+      </c>
+      <c r="W29" s="1" t="inlineStr">
+        <is>
+          <t>https://connexion.teleservices.calvados.fr</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service environnement du Département du Calvados
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Mail :
+  &lt;a href="mailto:environnement&amp;#64;calvados.fr" rel="noopener" target="_blank"&gt;
+   environnement&amp;#64;calvados.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tél : 02 31 57 15 68
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>beatrice.poullain@calvados.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7d69-favoriser-la-plantation-de-haies/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>97346</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les projets de plantation de haies bocagères et de bosquets</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Plantations de haies et de bosquets en zone rurale</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I30" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Plan Vendée Biodiversité Climat -
+  Plantation de haies et de bosquets en zone rurale
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le présent dispositif vise à accompagner l&amp;#039;élaboration de projets de plantation de haies bocagères et de bosquets pour valoriser le paysage rural et favoriser la biodiversité par le choix des végétaux adaptés aux sols et aux paysages ainsi qu&amp;#039;au contexte du réchauffement climatique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le coût de l&amp;#039;accompagnement technique est plafonné à 1 000€ HT. Le coût des travaux est plafonné à 
+5€ HT le ml pour les haies avec paillage biodégradable 8€ HT le ml pour les haies avec paillage biodégradable avec talus avec fossé.
+15€ HT par arbre pour les alignements d&amp;#039;arbres
+3000€ HT par hectare pour les bosquets.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Agriculture et agroalimentaire
+Biodiversité
+Paysage
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les dépenses éligibles concernant l&amp;#039;accompagnement technique, les travaux et le matériel nécessaire à la réalisation des projets de plantations sont :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accompagnement technique du projet,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat des végétaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;achat des matériaux relatifs à la plantation (paillage biodégradable, protection et tuteurage),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de préparation de terrain,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de plantation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préparation ou la fourniture du paillage biodégradable,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la pose du paillage biodégradable, des protections et du tuteurage.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Tout projet de plantations doit tenir compte de la liste des essences subventionnées par le Département
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les plantations à proximité des zones bâties, il convient de se référer aux fascicules « Planter dans ... » réalisée par le C.A.U.E. en concertation avec la Chambre d&amp;#039;Agriculture. Ces plaquettes sont téléchargeables sur le site du CAUE (
+ &lt;a href="https://www.caue85.com" rel="noopener" target="_blank"&gt;
+  https://www.caue85.com
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+ ).
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles doivent concerner les projets hors remembrement et sans finalité productive relatifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  hors zone bâtie, aux plantations de haies ou au regarnissage de haies existantes y compris autour des sièges d&amp;#039;exploitation et des bâtiments agricoles avec un minimum de 200 mètres linéaires en continu ou en discontinu pouvant aller jusqu&amp;#039;à une emprise de 10 mètres de large.
+Les haies peuvent être doubles ou triples dans la limite de distances de 1,5 ml maximum sur la ligne et espacées de 0,75 ml entre ligne (plantations à réaliser en quinconce).
+Au-delà de 1,5 ml de large entre le pied des arbres et/ou de 3 lignes espacées de plus de 0,75 ml, la plantation sera rattachée au boisement (subvention surfacique).
+ &lt;/li&gt;
+ &lt;li&gt;
+  aux constitutions de bosquets entre 1 500 m2 et 50 000 m2 (0,15 ha et 5 ha). Les bosquets seront constitués au minimum de 4 essences différentes.  Du point de vue de la biodiversité, les plantations réalisées au minimum sur 2 lignes ainsi que sur talus sont préconisées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ De même, lorsque cela est possible, la réalisation de haies sur talus et terrains en pente doit se faire perpendiculairement à la pente (lutte contre l&amp;#039;érosion des sols, réserve en eau en profondeur,...).
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention ne doit pas avoir pour objet de financer des plantations visant à se mettre en conformité avec la règlementation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de l&amp;#039;Environnement, de l&amp;#039;Agriculture et de la Pêche
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Service Agriculture et Pêche
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue du Maréchal Foch
+85923 LA ROCHE-SUR-YON CEDEX 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02.28.85.86.42    Fax : 02.51.44.20.25
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:agriculture&amp;#64;vendee.fr" rel="noopener" target="_blank"&gt;
+  agriculture&amp;#64;vendee.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>gaelle.daviaud@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a25a-accompagner-les-projets-de-plantation-de-haie/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>156131</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Favoriser la préservation du patrimoine naturel</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>PRÉSERVATION DU PATRIMOINE NATUREL</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I31" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J31" s="1" t="inlineStr">
+        <is>
+          <t>- ramené à 45% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale - 60 % pour les projets de clos masure en lien avec le classement UNESCO</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Inciter à la mise en œuvre d&amp;#039;opérations de restauration du patrimoine paysager et environnemental et à préserver la biodiversité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Cours d'eau / canaux / plans d'eau
+Sols
+Espaces verts
+Espace public
+Biodiversité
+Paysage
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les études préalables à la restauration ou l&amp;#039;aménagement écologique de milieux naturels
+  (coteaux calcaires, zones humides, mares...) notamment plans de gestion, inventaires scientifiques, etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels
+  (réalisation de clôtures, acquisition d&amp;#039;animaux, abris, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares :
+  Travaux de création ou de restauration de mares, y compris les travaux de reprofilage des berges, d&amp;#039;étanchéification, de plantation de végétaux aquatiques ou rivulaires locaux, de gestion des débits de fuite, clôture et système d&amp;#039;abreuvement pour le bétail etc...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements favorables à la biodiversité
+  en déclin notamment les insectes, les oiseaux et les micromammifères (nichoirs, perchoirs, hôtels à insectes...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements de valorisation du patrimoine naturel
+  comme les panneaux thématiques pour l&amp;#039;éducation à l&amp;#039;environnement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations :
+  Travaux de plantations de vergers, bosquets, d&amp;#039;alignements d&amp;#039;arbres et d&amp;#039;arbres isolés -
+   Opérations de restauration des arbres têtards
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies :
+  Diagnostic phytosanitaire - Les travaux de création ou de restauration de haies, y compris les travaux préalables nécessaires (dessouchage, travaux de terrassement, préparation du sol et paillage) et les plantations de végétaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB: Travaux réalisés par un prestataire externe compétent dans le domaine ou travaux réalisés en régie par les communes ou les groupements de communes (dans ce cas, seul le montant des factures relatives à l&amp;#039;acquisition des matériaux est pris en compte)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Intérêt des études et du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Éléments patrimoniaux justifiant de l&amp;#039;intérêt du site concerné par le projet, ou de sa fragilité (présence sur le territoire de milieux naturels fragiles et menacés), reconnus en tant que tel ou inscrits à des inventaires scientifiques (ZNIEFF, etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Garantie de la maîtrise du foncier par le maître d&amp;#039;ouvrage
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Protection du patrimoine naturel restauré par délibération spécifique ou dans le PLU ou la carte
+ &lt;/li&gt;
+ &lt;li&gt;
+  Engagement sur l&amp;#039;honneur à préserver les éléments restaurés pendant 20 ans minimum
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité et aménagements de valorisation du patrimoine naturel : les projets doivent s&amp;#039;intégrer dans un projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations: Pour les vergers : espèces d&amp;#039;arbres fruitiers locales et anciennes à hautes tiges - Pour les bosquets : taille inférieure ou égale à 50 ares et conformité à la liste des essences locales - Pour les alignements d&amp;#039;arbres et arbres isolés : se conformer à la liste des essences locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies: 100 mètres minimum - Conformité au cahier de plantations du Département (essences locales et structuration de la haie)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Planchers des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares, aménagements favorables à la biodiversité, aménagements de valorisation du patrimoine naturel et plantations : 1.500€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 100 minimum
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plafonds des dépenses subventionnables :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études paysagères, études préalables et  travaux de restauration, d&amp;#039;aménagement écologique de milieux naturels : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mares : 8.000€ HT par mare
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements favorables à la biodiversité : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagements de valorisation du patrimoine naturel : 25% du coût du projet global de restauration du milieu naturel
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plantations : 50.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Haies : 18€ HT par mètre linéaire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T31" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/preservation-du-patrimoine-naturel/</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3b6b-modele/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>128944</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser et soutenir les initiatives en faveur de la préservation de la biodiversité</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Programme d’aide à la renaturation et à la préservation des espaces naturels</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Vendée</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I32" s="1" t="inlineStr">
+        <is>
+          <t> Min : 40 Max : 80</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Au-delà de la sauvegarde et de la préservation des espaces naturels déjà identifiés, certains territoires souhaitent promouvoir de manière active :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   la renaturation de certains sites dégradés ou menacés
+  &lt;/li&gt;
+  &lt;li&gt;
+   la création ou la restauration d&amp;#039;infrastructures écologiques
+  &lt;/li&gt;
+  &lt;li&gt;
+   la valorisation de sites au potentiel biologique avéré,
+  &lt;/li&gt;
+  &lt;li&gt;
+   le changement des pratiques et des usages pour remettre l&amp;#039;environnement et la biodiversité au cœur des préoccupations.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Il s&amp;#039;agit aussi de garantir les mesures de gestion écologique pérennes (plans de gestion), afin de maintenir les intérêts biologiques et les fonctionnalités écologiques des habitats naturels restaurés ou créés.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre d&amp;#039;un programme sectoriel, le Département soutiendra les projets de renaturation, de restauration et de création d&amp;#039;un patrimoine environnemental mettant en valeur les pratiques et modes de gestion respectueux du site ainsi que les projets exemplaires de reconquête des paysages et des habitats naturels ; étant précisé ici que ce programme est complémentaire du dispositif de labellisation des espaces naturels sensibles, existant par ailleurs sur les secteurs identifiés à fort enjeu biodiversité dans le cadre du schéma départemental des espaces naturels sensibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles au présent programme, les projets situés hors zone urbaine au sens des documents d&amp;#039;urbanisme (et assimilés).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Montant de l&amp;#039;aide :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Pour les études :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   40% du montant des études mentionnées à l&amp;#039;article 3 et des dépenses de maîtrise d&amp;#039;oeuvre.
+  &lt;/li&gt;
+  &lt;li&gt;
+   L&amp;#039;aide sera plafonnée à 20 000 € pour les études cumulées, dépenses de maîtrise d&amp;#039;oeuvre comprises.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ - Pour les travaux et investissements :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   40% des dépenses éligibles ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   80% pour les plantations (fourniture des plants, préparation et mise en œuvre paillage et protection), conformément à la liste jointe en annexe au présent règlement ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   80% pour la création et curage de mares naturelles et la suppression d&amp;#039;obstacles s&amp;#039;opposant à l&amp;#039;écoulement naturel de l&amp;#039;eau.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide cumulée sera plafonnée à 400 000 € pour les travaux de reconquête en tant que tels.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  les travaux de restauration et de renaturation
+ &lt;/li&gt;
+ &lt;li&gt;
+  les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  → Conditions d&amp;#039;éligibilité des projets :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les projets présentés dans la cadre du présent programme devront cibler en premier lieu des opérations de reconquête écologique d&amp;#039;espaces dégradés et/ou menacés et les opérations d&amp;#039;amélioration quantitative et qualitative des habitats naturels et de leurs fonctionnalités. Ils comporteront un volet « restauration des fonctionnalités écologiques » à l&amp;#039;échelle d&amp;#039;un continuum écologique identifié dans le cadre d&amp;#039;un diagnostic préalable élargi.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets soutenus de manière prioritaire seront ceux qui présenteront un intérêt départemental, soit par l&amp;#039;envergure / l&amp;#039;ambition du projet, soit par le caractère innovant des opérations de création/renaturation, soit enfin par la rareté de l&amp;#039;habitat naturel et/ou de l&amp;#039;espèce ou des espèces cible(s) identifiée(s).
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets de réaménagement paysager seul, à des fins esthétiques et/ou d&amp;#039;usages de loisirs, sont exclus du présent programme, d&amp;#039;autres règlements d&amp;#039;aide ou dispositifs contractuels pouvant exister par ailleurs.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets d&amp;#039;équipements de mobiliers et clôtures ou de sentier d&amp;#039;interprétation seul sont exclus du présent programme s&amp;#039;ils ne sont pas intégrés dans un projet global de création, de renaturation ou de mise en défens des milieux naturels.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les projets retenus devront présenter une garantie de pérennité de l&amp;#039;action et de gestion environnementale dans la durée, c&amp;#039;est-à-dire, sur une durée minimum de 20 ans. A ce titre, les dossiers retenus, lorsqu&amp;#039;il s&amp;#039;agit notamment de travaux, devront obligatoirement prévoir un plan de gestion et un engagement du pétitionnaire à mettre en oeuvre, sur la durée considérée, les moyens nécessaires pour évaluer sur le plan scientifique les actions engagées (suivis écologiques) et maintenir la vocation environnementale des espaces restaurés. Ce plan de gestion devra préciser, année par année, les coûts prévisionnels des opérations à engager, qu&amp;#039;il s&amp;#039;agisse de travaux de gestion ou de suivis écologiques.
+  &lt;/li&gt;
+  &lt;li&gt;
+   A l&amp;#039;issue du programme de renaturation et après validation du plan de gestion par le Département, suivant la nature des travaux réalisés et l&amp;#039;envergure du projet au regard des enjeux départementaux en matière de biodiversité, l&amp;#039;espace naturel ainsi reconstitué, pourra être éligible au second dispositif départemental déployé pour garantir la pérennité des actions de gestion engagées, à savoir la labellisation Espaces Naturels Sensibles.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les terrains d&amp;#039;assiette des projets devront être ouverts au public au moins partiellement ou une partie de l&amp;#039;année.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Sont éligibles au présent programme d&amp;#039;aide, dans la limite des crédits votés annuellement par le Conseil Départemental :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Les inventaires écologiques préalables obligatoirement aux travaux et toutes autres démarches liées à l&amp;#039;amélioration de la connaissance en faveur de la biodiversité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les études d&amp;#039;aménagement, environnementales et paysagères, de génie écologique, les études de maîtrise d&amp;#039;oeuvre... préalables obligatoirement aux travaux ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de reconquête d&amp;#039;espaces naturels, en particulier les travaux de déconstruction (y compris désamiantage lié à la déconstruction), de résorption de points noirs, et de restauration d&amp;#039;habitats naturels,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de restauration et de renaturation en tant que tels y compris travaux d&amp;#039;élimination de plantes invasives (opérations en investissement uniquement) et les équipements nécessaires à la gestion écologique (clôture agricole et autres)...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les travaux de création d&amp;#039;infrastructures écologiques : mares, haies, bosquets, zones humides, frayères,...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plantations d&amp;#039;essences locales conformément à la liste jointe en annexe au présent règlement (hors § agroforesterie non concerné par le présent règlement d&amp;#039;aide), la restauration de trames biologiques et des fonctionnalités, uniquement si ces plantations s&amp;#039;inscrivent dans un projet global de renaturation et de reconquête paysagère.
+  &lt;/li&gt;
+  &lt;li&gt;
+   La signalétique d&amp;#039;interprétation/sensibilisation à la découverte de la biodiversité : panneaux sur la faune, la flore, les écosystèmes, les paysages, les habitats naturels, la gestion des milieux.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les équipements permettant de sensibiliser le public à la préservation des habitats naturels, de la faune et de la flore : clôtures, observatoires, pontons pédagogiques...
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plans de gestion des espaces naturels, visant à définir les mesures de gestion et d&amp;#039;accompagnement sur une durée de 5 ans minimum ; étant précisé que le bénéficiaire s&amp;#039;engage tacitement par le présent programme, à réviser le plan de gestion initial, pendant la durée minimale contractuelle, à savoir 20 ans.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Les plans de sauvegarde d&amp;#039;espèces rares et menacées.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les projets de travaux devront obtenir au préalable un avis technique favorable des services du Département. Le Département pourra associer, suivant la nature du projet, son réseau de partenaires scientifiques et associatifs.
+&lt;/p&gt;
+&lt;p&gt;
+ Les travaux devront obtenir l&amp;#039;ensemble des autorisations réglementaires afférentes aux secteurs concernés (autorisation Natura 2000, autorisation unique, permis d&amp;#039;aménager, dérogation CNPN, etc...).
+&lt;/p&gt;
+&lt;p&gt;
+ Le programme d&amp;#039;aide est limité à un projet par bénéficiaire et par an hors projet d&amp;#039;ensemble.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Département devra être associé au comité de pilotage et/ou aux réunions de suivi de l&amp;#039;ensemble des phases études, travaux et plan de gestion.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Vendée</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.vendee.fr/</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Vendée
+&lt;/p&gt;
+&lt;p&gt;
+ Service Nature et biodiversité
+&lt;/p&gt;
+&lt;p&gt;
+ 40, rue Foch, 85923 LA ROCHE SUR YON cedex 9
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02 28 85 86 48
+&lt;/p&gt;
+&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:nature&amp;#64;vendee.fr" target="_self"&gt;
+  nature&amp;#64;vendee.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>sophie.gouel@vendee.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/acff-valoriser-et-soutenir-les-initiatives-en-fave/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>105329</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner et soutenir la plantation de haies et d'arbres</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Schéma des espaces naturels - plantation de haies et d'arbres (hors forêts)</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Charente</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  BENEFICIAIRES&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Collectivités territoriales charentaises (communes, EPCI, syndicats, etc.)&lt;/li&gt;&lt;li&gt;Associations&lt;/li&gt;&lt;li&gt;Agriculteurs (propriétaires ou fermiers)&lt;/li&gt;&lt;li&gt;Particuliers (propriétaires de parcelles agricoles)&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt;&lt;ul&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DESCRIPTION DU DISPOSITIF
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;La subvention du Département a pour but de favoriser la reconstitution des trames bocagères cohérentes, de renforcer la biodiversité, de réguler le régime des eaux, de limiter les îlots de chaleur, de protéger les sols contre l’érosion, de contribuer à la valorisation collective des paysages, de préserver les habitations de la dérive des produits phytosanitaires à proximité de zones agricoles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;MODE DE CALCUL&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plantation de haies et d&amp;#039;arbres &lt;/strong&gt;&lt;strong&gt;(incluant fourniture des plants, des tuteurs et protections biosourcés et biodégradables et le paillage naturel)&lt;/strong&gt;&lt;strong&gt;  :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  haie simple : 2 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;
+  haie double : 5 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;
+  haie triple : 7 € le mètre linéaire (minimum 100 m incluant au maximum 20% de fruitiers greffés)&lt;/li&gt;
+ &lt;li&gt;arbre : 4 € par arbre (plantation maximum : 100 arbres)&lt;/li&gt;&lt;li&gt;arbre fruitier greffé isolé : 8 € par arbre (plantation maximum : 100 arbres)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Frais d’adhésion et/ou expertise : &lt;/strong&gt;montant HT de l’accompagnement plafonné à 300 €.&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Réalisation des travaux :&lt;/strong&gt; 80% de la dépense HT subventionnable, plafonnée à 3 000 €, hors coût de désartificialisation des sols&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Plafond de subvention :&lt;/strong&gt; 80 % des frais engagés par les planteurs
+&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;
+ Plancher de subvention :&lt;/strong&gt; 500 €, toute demande inférieure ne sera pas traitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;CRITERES D&amp;#039;INTERVENTION&lt;/strong&gt;&lt;br /&gt;
+ &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Critères généraux : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit s’intégrer dans le cadre des objectifs de la subvention cités ci-dessus. Il doit être situé sur le territoire du département de la Charente. En cas d’opération dépassant les limites administratives du département, seule la partie charentaise sera soutenue.&lt;/p&gt;&lt;p&gt;Afin de répondre aux objectifs du règlement d’intervention, le Département se réserve le droit, à titre dérogatoire, de soutenir un projet qui ne respecterait pas scrupuleusement tous les critères dès lors qu’il aura été présenté en Comité technique (cf. Modalités d’instruction et de versement) et que celui-ci aura émis avis favorable.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Localisation des plantations :&lt;/strong&gt;&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;en plein champ&lt;/li&gt;&lt;li&gt;en bordure de voirie&lt;/li&gt;&lt;li&gt;en limite de bâti agricole&lt;/li&gt;&lt;li&gt;tout autre secteur jugé pertinent pour répondre aux objectifs du Plan Arbres et Haies et du Schéma département des espaces naturels&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Attention, sont exclus du soutien du Département, les projets de plantations situées dans les espaces urbanisés à l’exception :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;des projets d’aménagements d’îlots de fraîcheur ou projets similaires ;&lt;/li&gt;&lt;li&gt;des projets concourant à protéger les habitations de la dérive des produits phytosanitaires issus de zones agricoles à proximité immédiate.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Le bénéficiaire veillera à s’informer de façon exhaustive sur les zonages relatifs au secteur de plantation concerné et à respecter scrupuleusement toute règlementation ou servitude s’y appliquant (plan local d’urbanisme, site classé, site inscrit, etc.)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Contraintes liées aux plantations en bordure de routes départementales&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;au-delà de la limite du domaine départemental, il est nécessaire d’obtenir l’alignement auprès des agences départementales de l’aménagement (ADA),&lt;/li&gt;&lt;li&gt;la plantation a lieu à une distance minimale de 4 mètres de la bordure de la chaussée,&lt;/li&gt;&lt;li&gt;lorsque la route présente une fréquentation de plus de 1 500 véhicules par jour, la distance minimale est de 7 m.&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Calendrier de plantations : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Novembre à mars, en s’assurant des bonnes conditions pédoclimatiques permettant d’obtenir rapidement une reprise des plants (hors période de gel ou inondation …),&lt;/li&gt;&lt;li&gt;Report exceptionnel en cas d’aléa (météo, manque de disponibilités de plants ou autre cas de force majeure).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Choix des essences :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;La liste des essences autorisées est celle publiée par le Conservatoire Botanique National Sud Atlantique. Pour les arbres fruitiers greffés, seront retenues les variétés fruitières anciennes du Sud-Ouest. Les arbres fruitiers non greffés sont considérés comme des essences classiques d’arbres et arbustes.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Diversité des essences :&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Haies et bosquets : 5 essences différentes au moins (veiller à mélanger les différentes strates et à inclure des essences fruitières et/ou favorables aux pollinisateurs&lt;/li&gt;&lt;li&gt;Vergers : 3 essences différentes au moins, en diversifiant parmi les variétés anciennes si possibles &lt;/li&gt;&lt;li&gt;Arbres d’alignement : possibilité de plantation monospécifique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Travail du sol :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Le coût du travail du sol est compris dans le coût d’implantation. Le coût de la désartificialisation des sols n’est pas éligible.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Protection des plants et tuteurs : &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les protections et tuteurs en plastique sont proscrits et doivent être biosourcés et biodégradables, à l’exception de ceux concernant les arbres de haut jet.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Paillage : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le bénéficiaire s’engage à utiliser un paillage biodégradable pour la plantation en quantité suffisante pour un bon développement de la haie. Le bénéficiaire s’engage à regarnir le paillage si nécessaire. Dans ce cadre, l’emploi de plastique est proscrit.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Entretien de la plantation de haie :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il consiste à :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;dégager la végétation herbacée pendant les trois premières années,&lt;/li&gt;&lt;li&gt;compléter le paillage si nécessaire,&lt;/li&gt;&lt;li&gt;défourcher et élaguer les arbres de hauts jets pour obtenir une qualité bois d’œuvre.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour éviter la destruction des espèces protégées, en particulier les oiseaux nicheurs, et pour répondre aux recommandations de l&amp;#039;Office Français de la Biodiversité, le bénéficiaire s’engage à éviter toute intervention sur les haies entre le 15 mars et le 15 août, à l&amp;#039;exception de celles relatives à la sécurité des biens et des personnes.&lt;/p&gt;&lt;p&gt;Il s’engage également à ne pas détruire la haie plantée grâce à l’aide du Département.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Distance de plantation :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Il est obligatoire de respecter la règlementation en vigueur relative à la distance de plantation vis-à-vis des fonds publics ou privés.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux haies&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;longueur minimale de haie : 100 mètres d’un seul tenant,&lt;/li&gt;&lt;li&gt;emprise de la haie : entre 70 cm et 1 m de large,&lt;/li&gt;&lt;li&gt;distance maximale entre deux plants : 2 m.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux arbres fruitiers&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les fruitiers y compris greffés peuvent être implantés dans le linéaire de la haie en respectant une densité maximale de 20% ; privilégier les essences locales et conservatoires : pommier, poirier, prunier, cerisier, pêcher, châtaignier, noyer, noisetier, abricotier, amandier, cognassier, figuier, néflier, ... &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;(Pour plus d’informations, se rapprocher du Domaine Agro écologique de Barolle à MONTESQUIEU 47130 - ex Conservatoire végétal régional de Nouvelle-Aquitaine)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux vergers de variétés anciennes&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;seules les collectivités sont éligibles. Un maximum de 100 arbres fruitiers greffés d’essences locales et conservatoires peut être subventionné (pommier, poirier, prunier, cerisier, pêcher, châtaignier, noyer, noisetier, abricotier, amandier, cognassier, figuier, néflier, etc.).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques à la dérive des produits phytosanitaires&lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;les caractéristiques des plantations proposées par les structures doivent être en adéquation avec l’objectif (argumentation à présenter en comité technique). &lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Critères spécifiques aux arbres&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;les projets visant à compléter les haies existantes (dents creuses) ou les arbres isolés seront privilégiés.&lt;/p&gt;&lt;p&gt;Attention : Les projets d’agroforesterie ne sont pas éligibles. &lt;/p&gt;&lt;p&gt;&lt;strong&gt;PIECES A FOURNIR&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour l&amp;#039;instruction de la demande :&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le courrier du maître d&amp;#039;ouvrage sollicitant le concours du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  le cas échéant, l&amp;#039;extrait de délibération de la collectivité maître d&amp;#039;ouvrage précisant : la nature de l&amp;#039;opération envisagée et le plan de financement prévu incluant la subvention sollicitée auprès du Département
+ &lt;/li&gt;
+ &lt;li&gt;
+  les éléments techniques du projet de plantation (formulaire spécifique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  tous les devis qui entrainent un coût pour le planeur (plants, paillage, implantation et protection)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le contrat d&amp;#039;engagement républicain signé (pour les associations)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour le paiement de la subvention : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;des factures acquittées,&lt;/li&gt;&lt;li&gt;l&amp;#039;attestation sur l&amp;#039;honneur du bénéficiaire,&lt;/li&gt;&lt;li&gt;des visuels certifiant que la réalisation de la plantation est conforme au dossier subventionné&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITES D&amp;#039;INSTRUCTION ET DE VERSEMENT
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; Modalités particulières d&amp;#039;instruction :
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandes de subventions doivent être établies par les structures en charge du dispositif :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la Chambre d&amp;#039;agriculture de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le Centre d&amp;#039;Etude Technique Environnemental et Forestier
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association Prom&amp;#039;haies
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association pour la Mise en Valeur des Forêts du Sud Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Fédération des Chasseurs de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  Syndicats de Bassin etc.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Celles-ci présentent les projets de plantation et transmettent le formulaire au Département dûment complété 15 jours avant la tenue des comités techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Examen des dossiers par le comité technique :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers recevables sont présentés lors de la réunion d&amp;#039;un comité technique, au cours de laquelle chaque structure dispose d&amp;#039;une voix. Ce comité émet un avis simple sur les projets présentés en fonction des conditions techniques de plantation et de leur intérêt environnemental et paysager. Il est composé des structures suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  le Département de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le Centre Régional de la Propriété Forestière
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Direction Départementale des Territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;association Charente Nature
+ &lt;/li&gt;
+ &lt;li&gt;
+  la Fédération des Chasseurs de la Charente
+ &lt;/li&gt;
+ &lt;li&gt;
+  le CAUE
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hennessy
+ &lt;/li&gt;
+ &lt;li&gt;
+  Grand Angoulême
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dates de réunion du comité technique sont fixées par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les besoins de l&amp;#039;instruction, vous disposez d&amp;#039;un délai de 15 jours pour répondre aux demandes de pièces complémentaires.
+&lt;/p&gt;
+&lt;p&gt;
+ → Modalités de versement :
+&lt;/p&gt;
+&lt;p&gt;Les paiements relatifs aux plantations
+sont effectués en un versement.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Le paiement du solde
+intervient après dépôt des pièces justificatives dans le portail
+« Subvention 16 » (cf. PIECES A FOURNIR) et traitement par les
+services du Département qui rédigent un procès-verbal. Celui-ci est cosigné par
+le bénéficiaire uniquement en cas de réception in situ.&lt;/p&gt;&lt;p&gt;
+ Les travaux des bénéficiaires ayant fait une demande de solde avant l&amp;#039;été sont réceptionnés dès l&amp;#039;automne par les services du Département ou par tout autre technicien habilité par le Département. La réception fait l&amp;#039;objet d&amp;#039;un procès-verbal, cosigné par le planteur.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour que la réception soit conforme, la plantation doit être réalisée et correspondre au descriptif de projet approuvé par le comité technique.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les plantations de haies, ces dernières doivent présenter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un taux de reprise d&amp;#039;au moins 80 % sans trouées de plus de 10 mètres
+ &lt;/li&gt;
+ &lt;li&gt;
+  un linéaire conforme au projet, avec une tolérance de 5 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un entretien suffisant pour permettre à la haie de se développer
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour les plantations d&amp;#039;arbres d&amp;#039;alignement ou de verger, ces dernières doivent présenter :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  un taux de reprise d&amp;#039;au moins 90 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  un linéaire ou dispositif conforme au projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La conformité des réceptions déclenche le versement des subventions des plantations.&lt;/p&gt;
+&lt;p&gt;
+ Si la réception s&amp;#039;avère non conforme, le bénéficiaire devra effectuer les restaurations et compléments nécessaires et tenir informé le Département de la fin des travaux. Le planteur pourra néanmoins solliciter le versement de la partie conforme de la haie, mais ne pourra bénéficier du reste de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ Si toutefois, la réfaction entraine un calcul de la subvention inférieur à 500 €, le projet ne pourra être financé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Caducité :
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra être achevé et la demande de versement devra intervenir dans un délai maximal de deux ans à compter de la date de notification de la décision attributive. Au-delà de ce délai de deux ans, le projet est considéré comme abandonné.
+&lt;/p&gt;
+&lt;p&gt;
+ Un projet peut s&amp;#039;échelonner sur deux années afin d&amp;#039;atteindre le plafond des 500 €. Il constitue alors une seule et même demande.
+&lt;/p&gt;&lt;p&gt;Contrôle :&lt;/p&gt;&lt;p&gt;Le Département se réserve le droit de
+procéder à des contrôles concernant la conformité des travaux réalisés (nombre
+de plants vivants, paillage, tuteurs et protections). Le bénéficiaire est
+informé qu’à l’issue des contrôles, si les plantations ne sont pas conformes au
+projet déposé et pour lequel la subvention a été octroyée, il est dans
+l’obligation d’effectuer à ses frais les travaux de mise en conformité
+(entretien, paillage, regarni, etc.)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lacharente.fr/fileadmin/user_upload/02-Au_quotidien/03-Dispositifs_de_subventions/plantation_haies_arbres.pdf</t>
+        </is>
+      </c>
+      <c r="W33" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions16.lacharente.fr</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  DEPOT D&amp;#039;UNE DEMANDE SUR LE PORTAIL Subventions16
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce portail est accessible depuis le site institutionnel www.lacharente.fr dans la rubrique « Vos démarches » :
+ &lt;a href="http://portail.citoyen.lacharente.fr/espace-demarches" rel="noopener" target="_blank"&gt;
+  http://portail.citoyen.lacharente.fr/espace-demarches
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour déposer une demande sur le portail subventions, vous devez utiliser le télé-service : Schéma des espaces naturels - plantation de haies et d&amp;#039;arbres (hors forêt)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  INFOS PRATIQUES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Date limite de dépôt des demandes : néant
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service environnement, agriculture et aménagement foncier ; Tél. : 05 16 09 60 94&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement complémentaire, n&amp;#039;hésitez pas à nous contacter à l&amp;#039;adresse suivante : www.lacharente.fr &amp;gt; mes démarches &amp;gt; contactez-nous :
+ &lt;a href="https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?" rel="noopener" target="_blank"&gt;
+  https://portail.citoyen.lacharente.fr/airform/formulaires/SAISINE?
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  COMMUNICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La communication sur le projet financé doit systématiquement se faire en prenant l&amp;#039;attache du Département et à minima en mentionnant son soutien au projet, sous peine de révision de l&amp;#039;octroi de l&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette aide est conditionnée au respect des points suivant :
+&lt;/p&gt;
+&lt;p&gt;
+ -	la communication presse possible uniquement après contact et validation du Département
+&lt;/p&gt;
+&lt;p&gt;
+ -	toute communication écrite ou orale doit mentionner l&amp;#039;aide du Département
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>subventions16@lacharente.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b68a-accompagner-et-soutenir-la-plantation-de-haie/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>97691</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les maisons et centres de santé pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agence régionale de santé (ARS) — Occitanie
+Conseil départemental de l'Aude</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I34" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>Limite d’un montant de subvention de 150 000 €</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département apporte un financement aux projets de maisons et centres de santé pluridisciplinaires afin d&amp;#039;accroître l&amp;#039;offre médicale et paramédicale sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention est attribuée dans une zone déficitaire en matière de soin aux collectivités (communes, intercommunalités).
+&lt;/p&gt;
+&lt;p&gt;
+ Les bénéficiaires sont les collectivités (communes, intercommunalités) souhaitant réaliser le bâtiment d&amp;#039;une Maison de Santé Pluriprofessionnelle dont le projet a été préalablement validé par le comité régional de sélection des MSP en zone sous dotée.
+&lt;/p&gt;
+&lt;p&gt;
+ Le soutien du Département aux projets de Maisons de Santé Pluriprofessionnelles s&amp;#039;inclut dans une démarche globale d&amp;#039;aménagement du territoire, visant à lutter contre la désertification médicale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+ communes, EPCI, établissements et organismes  de santé à but non lucratif (établissement de santé et mutuelle).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;ensemble des dépenses liées à la construction ou à la rénovation du bâti, en extérieur et en intérieur, ainsi qu&amp;#039;aux VRD,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les dépenses liées aux aménagements intérieurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses non éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  dépenses d&amp;#039;investissement réalisées pour l&amp;#039;achat de mobilier,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dépenses liées à l&amp;#039;intégration d&amp;#039;une pharmacie dans les locaux de la MSP ou d&amp;#039;un équipement de balnéothérapie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>Aude</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.aude.fr/ressources/maison-de-sante-pluridisciplinaires</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Instruction des dossiers de subvention : bâtiments publics, équipements scolaires, culturels et sportifs, crèches, maisons de santé, projets structurants – Richard Cané
+&lt;/p&gt;
+&lt;p&gt;
+ Mail: richard.cane&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel: 04.68.11.69.81
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Assistant de Direction / Comptable - Maeva Homs
+&lt;/p&gt;
+&lt;p&gt;
+ Mail : maeva.homs&amp;#64;aude.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 04.68.11.69.42
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>stephanie.quere@aude.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/888c-favoriser-linstallation-de-medecins-et-accroi/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>140803</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Asseoir un développement économique et social du territoire, tout en préservant et valorisant le patrimoine naturel, culturel et paysager</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Parc naturel régional du VERDON (PNR)</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil AMONT : participation à l&amp;#039;élaboration de projets de territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie ADMINISTRATIVE : appui à la formalisation de demandes de subventions, réponses aux appels à projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expertise TECHNIQUE et ingénierie de PROJET : aide au montage et à la gestion de projets, conseil architectural et paysager auprès des porteurs publics et privés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de la CONCERTATION : informer et sensibiliser habitants et visiteurs aux enjeux et patrimoines du territoire, médiation &amp;#43; Portage des enjeux et des projets collectifs du territoire auprès des instances de tutelle, contractualisation avec des partenaires financiers publics ou privés (lobbying territorial)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagement des sites naturels fréquentés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des travaux d&amp;#039;économie d&amp;#039;énergie dans les bâtiments publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Atlas communaux participatifs de la biodiversité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation de sites Natura 2000
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ecogardes, gestion de la fréquentation touristique, prévention incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour l&amp;#039;évolution des pratiques agricoles (expérimentation, formation) et de consommation (valorisation des produits locaux)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réouverture d&amp;#039;espaces enfrichés au pâturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Replantation de haies et restauration des trames écologiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions pédagogiques auprès des scolaires, des jeunes, actions de sensibilisation du grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui des communes pour leurs documents d&amp;#039;urbanisme
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Forêts
+Montagne
+Transition énergétique
+Education et renforcement des compétences
+Biodiversité
+Paysage</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le champ d&amp;#039;action du parc est limité au périmètre des communes classées.
+&lt;/p&gt;
+&lt;p&gt;
+ 3 niveaux d&amp;#039;intervention possibles pour les collectivités adhérentes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui et conseil technique ponctuel gratuit
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement approfondi de projets (valorisation forfaitaire du temps passé en quasi-régie pour une assistance à maîtrise d&amp;#039;ouvrage ou une maîtrise d&amp;#039;œuvre)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Portage de projets spécifiques (délégation de maîtrise d&amp;#039;ouvrage, co-maîtrise d&amp;#039;ouvrage...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>PNR du Verdon (Parc naturel régional)</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>http://parcduverdon.fr/</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Domaine de Valx – 04360 Moustier-Ste-Marie
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 92 74 68 00
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:info&amp;#64;parcduverdon.fr" target="_self"&gt;
+  info&amp;#64;parcduverdon.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1777-asseoir-un-developpement-economique-et-social/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>162711</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Financer l'ingénierie pour la rénovation des bâtiments publics tertiaire</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE83</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Var - Symielec (TE83)
+Agence des politiques énergétiques du Var - Agence Locale de l'Energie et du Climat (ALEC)
+Fédération nationale des collectivités concédantes et régies (FNCCR)</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Subvention
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="I36" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;-&lt;span&gt;    &lt;/span&gt;&lt;span&gt;Ce programme est porté par la Fédération
+Nationale des Collectivités Concédantes et Régies (FNCCR). Il a pour objectif
+de mettre à disposition et financer des outils d’aide à la décision pour les
+groupements de collectivités qui souhaitent développer des projets de
+rénovation énergétique des bâtiments publics. A l’échelle du Var ce
+programme est porté par Territoire d’énergie Var – Symielec et coordonné par la
+COFOR-ALEC 83. En effet, &lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:48"&gt;l’engageme&lt;/ins&gt;&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;nt du Syndicat dans ce&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; programme
+permet aux communes du territoire de pouvoir en être bénéficiaire&lt;/span&gt;&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt;s&lt;/ins&gt;&lt;/span&gt;&lt;span&gt; sans avoir à repasser des
+conventions en direct ou autre.&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;o&lt;span&gt;  
+&lt;/span&gt;&lt;/span&gt;Les appels à projets se déclinent sous
+différentes appellations&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:49"&gt; : &lt;/ins&gt;&lt;/span&gt;après avoir été lauréat des programmes
+ACTEE2 – Sequoia 2 et Sequoia 3, TE83 et COFOR-ALEC83 ont été lauréat de l’appel à projet&lt;span&gt;&lt;ins cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/ins&gt;&lt;/span&gt; ACTEE&amp;#43; CHENE1, CHENE2.&lt;/p&gt;&lt;p&gt; Les appels à projets suivants (CHENE3,CHENE4, etc.) permettent de candidater tous les 4 mois en ajoutant des actions d&amp;#039;ingénierie financées et de nouvelles collectivités simplement par avenant à la première candidature. &lt;/p&gt;&lt;p&gt;&lt;span&gt;Le programme permet de :&lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Continuer le développement du réseau d’économe
+de flux ACTEE83 avec le
+recrutement d&amp;#039;économes de flux financés de 40 à 60%&lt;/li&gt;&lt;li&gt;Equiper d’outils de mesures et de suivi les
+collectivités et économes de flux financés à 50%&lt;/li&gt;&lt;li&gt;Former des référents énergie au sein des
+collectivités membres du groupement ACTEE 83&lt;/li&gt;&lt;li&gt;Assurer la sensibilisation et la mobilisation
+des collectivités sur l’amélioration énergétique des bâtiments publics en
+communiquant sur les retours d’expérience&lt;span&gt;&lt;del cite="mailto:edmond.deslongchamps&amp;#64;te83.fr" datetime="2024-06-03T06:50"&gt;s&lt;/del&gt;&lt;/span&gt;
+du programme&lt;/li&gt;&lt;li&gt;Réaliser une campagne d’études techniques (audits énergétiques et thermiques, études de faisabilité, Schéma directeur Immobilier Energie, etc.) financés de 50% à 80%&lt;/li&gt;&lt;li&gt;Financer la maitrise d’œuvre sur les rénovations
+de bâtiments publics tertiaires de 30% à 60%&lt;/li&gt;&lt;li&gt;Financer l’accompagnement des travaux par des
+AMO les bâtiments publics à 50%&lt;/li&gt;&lt;/ul&gt;
+&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation énergétique et thermique d&amp;#039;un groupe scolaire à partir d&amp;#039;un audit financé à 80%, d&amp;#039;une maitrise d&amp;#039;oeuvre pour la conception et le suivi des travaux financé à 60%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Consommation et production
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P36" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2023</t>
+        </is>
+      </c>
+      <c r="Q36" s="1" t="inlineStr">
+        <is>
+          <t>01/09/2026</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les informations sur le Fonds CHENE du programme ACTEE&amp;#43; se trouvent &lt;a href="https://programme-cee-actee.fr/programmes/fonds-chene/" title="ACTEE&amp;#43;" target="_self"&gt;&lt;strong&gt;ici&lt;/strong&gt;&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T36" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
+        <is>
+          <t>Var</t>
+        </is>
+      </c>
+      <c r="V36" s="1" t="inlineStr">
+        <is>
+          <t>https://programme-cee-actee.fr/programmes/fonds-chene/</t>
+        </is>
+      </c>
+      <c r="X36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Christophe COSTA, Chargé de mission rénovation des batiments publics : &lt;a target="_self"&gt;christophe.costa&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Mehdi RASSOUL, Responsable du service Transition Energetique : &lt;a target="_self"&gt;mehdi.rassoul&amp;#64;te83.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
+        <is>
+          <t>mehdi.rassoul@symielecvar.fr</t>
+        </is>
+      </c>
+      <c r="Z36" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-lingenierie-pour-la-renovation-des-batiments-publics-tertiaire/</t>
+        </is>
+      </c>
+      <c r="AA36" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>155106</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour rappel :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
+  &lt;/li&gt;
+  &lt;li&gt;
+   Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   MODALITÉS FINANCIÈRES
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   PIÈCES À FOURNIR
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  &lt;/p&gt;&lt;ul&gt;
+   &lt;li&gt;
+    Projet de santé validé par le comité opérationnel départemental
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pour les rénovations, document de diagnostic énergétique
+   &lt;/li&gt;
+   &lt;li&gt;
+    Pièces justifiant la bonification si sollicitation
+   &lt;/li&gt;
+  &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Santé
+Revitalisation
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 1- Le projet de santé devra concerner au minimum deux médecins et un « autre corps professionnel » de santé et devra impliquer les collectivités locales afin de proposer une offre de soins cohérente avec les besoins et attentes de la population et répondre aux priorités de la charte régionale d&amp;#039;accès aux soins 2021-2025 ;
+&lt;/p&gt;
+&lt;p&gt;
+ 3 – Le projet de santé et le projet immobilier pluridisciplinaire devront être présentés et validés par le comité opérationnel départemental (COD) de la charte régionale partenariale d&amp;#039;accès aux soins (2021-2025) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4 – Le projet devra intégrer la problématique du logement soit dans le cadre du projet immobilier soit par la mise à disposition d&amp;#039;un logement à proximité afin d&amp;#039;accueillir des étudiants et/ou des remplaçants.
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, tout projet immobilier d&amp;#039;extension, de rénovation ou de restructuration devra s&amp;#039;inscrire dans le cadre d&amp;#039;un projet global de diversification et d&amp;#039;évolution de l&amp;#039;offre aux nouveaux métiers médicaux et paramédicaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable, installation d&amp;#039;un système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adaptée, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques... ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs : raccordement aux réseaux, clôtures, préau ou casquette, mise aux normes ou installation d&amp;#039;éclairage économe en énergie en lien avec l&amp;#039;usage de l&amp;#039;équipement, aménagements paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T37" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W37" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02.33.05.96.17
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>162652</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Diagnostiquer énergétiquement vos bâtiments publics avec le programme ACTEE</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Programme ACTEE - SDE35</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Départemental d'Energie 35</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I38" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50 Max : 80</t>
+        </is>
+      </c>
+      <c r="J38" s="1" t="inlineStr">
+        <is>
+          <t>Audits : 50 à 80 %, Capteurs : 50 %</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;em&gt;Vous souhaitez engager des travaux de rénovation énergétique sur un bâtiment public ? Vous vous interrogez sur les travaux à privilégier ? Sur les aides financières et les types d&amp;#039;accompagnement possibles ?&lt;/em&gt;&lt;/p&gt;&lt;p&gt;Le SDE35 a mis en place un service dédié à la rénovation énergétique des bâtiments des collectivités, SERENE, dont l’objectif est de massifier les travaux de rénovation énergétique en apportant aux collectivités un accompagnement global tant technique que financier.&lt;/p&gt;&lt;p&gt;ACTEE est un programme national CEE (certifi­cats d’économie d’énergie), porté au niveau départemental par le SDE35. &lt;span&gt;Depuis 2023, le SDE35 est lauréat du programme ACTEE&amp;#43;.&lt;/span&gt;&lt;span&gt; &lt;/span&gt;&lt;span&gt;Il coordonne ainsi un groupement mutualisé, comme pour ACTEE 2, avec les services CEP d’Ille-et-Vilaine.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les objectifs&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer l’efficacité énergétique de vos bâti­ments en hiérarchisant vos interventions&lt;/li&gt;&lt;li&gt;Proposer des solutions bas carbone en subs­tituant vos équipements à base d’énergie fossile par une énergie peu carbonée, voire locale et re­nouvelable&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;span&gt;&lt;strong&gt;Types d&amp;#039;accompagnement&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Soutien-ACTEE-6645ba6369efd.png" /&gt;&lt;span&gt;&lt;strong&gt;&lt;br /&gt;&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Qui est concerné ?&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les collectivités d&amp;#039;Ille-et-Vilaine. Si vous disposez d’un CEP (Conseiller en Energie Partagé) sur votre territoire, il reste la porte d’entrée pour déclencher un accompagnement. Le service SERENE travaille main dans la main avec le réseau des CEP sur l’ensemble du territoire d’Ille-et-Vilaine. Les territoires non couverts par un CEP sont invités à s’adresser directement au SDE35.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Focus sur le rôle des CEP&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;En Ille-et-Vilaine, les CEP sont portés par les ALEC, les EPCI ou les Pays.&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;C&amp;#039;est un service de proximité dédié à la maitrise des consommations et des dépenses énergétiques du patrimoine communal.&lt;/li&gt;&lt;li&gt;Les CEP assurent l&amp;#039;amont et l&amp;#039;aval des opérations.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L&amp;#039;équipe SERENE intervient sur les territoires ayant un CEP et en partenariat avec eux&lt;/p&gt;&lt;p&gt;Ils réalisent l&amp;#039;état des lieux du patrimoine communal à part de visite des bâtiments, d&amp;#039;analyse des consommation d&amp;#039;énergie qui permettent de mettre en place un plan d&amp;#039;actions d&amp;#039;économies d&amp;#039;énergie.&lt;/p&gt;&lt;p&gt;Ils proposent des pré-diagnostics de l&amp;#039;enveloppe et des systèmes.&lt;/p&gt;&lt;p&gt;Ils accompagnent les audits pour rendre plus claires les préconisations et aident à la prise de décisions&lt;/p&gt;&lt;p&gt;Ils accompagnent les collectivités sur les projets de réhabilitation ou de construction neuve.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;audit énergétique via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;img src="https://aides-territoires-prod-2.s3.fr-par.scw.cloud/aides-territoires-prod/upload/Interview-maire-maxent-audit-ACTEE-ecole-667eb9d00209c.png" alt="Interview du maire de Maxent qui a bénéficié d&amp;#039;un soutien ACTEE pour la réalisation d&amp;#039;un audit énergétique sur l&amp;#039;école Les Gallos Peints" /&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation de diagnostics Chauffage Ventilation Climatisation via l&amp;#039;accord-cadre proposé par le SDE35&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;- Installation de capteurs communicants&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Lire l&amp;#039;article Ouest-France sur la &lt;a href="https://www.ouest-france.fr/bretagne/andouille-neuville-35250/andouille-neuville-la-plus-petite-smart-city-de-france-41df319c-4334-11ed-9726-d8dc75b8b3e5" target="_self"&gt;mise en place de capteurs à Andouillé-Neuville&lt;/a&gt;&lt;/p&gt;&lt;p&gt;- &lt;strong&gt;Réalisation d&amp;#039;un Schéma Directeur Immobilier Energétique&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toutes les collectivités d&amp;#039;Ille-et-Vilaine sont éligibles.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T38" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Ille-et-Vilaine</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/renovez-vos-batiments-publics</t>
+        </is>
+      </c>
+      <c r="W38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sde35.fr/contactez-nous</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Isaac KILEMBE - économe de flux - &lt;a target="_self"&gt;i.kilembe&amp;#64;sde35.fr&lt;/a&gt;- 02 30 95 00 64&lt;/p&gt;&lt;p&gt;Accueil SERENE - &lt;a target="_self"&gt;serene&amp;#64;sde35.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>sde35@sde35.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/renover-energetiquement-vos-batiments-publics-avec-le-soutien-technique-et-financier-du-sde35-1/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>157090</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°1 : promouvoir un territoire sobre et résilient</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...2 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J39" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 7 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
-[...11 lines deleted...]
-          <t>Sols
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER  (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;promouvoir un territoire sobre et résilient&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe de LEADER entend affirmer l&amp;#039;enjeu énergétique sur le territoire et préserver les ressources naturelles. Il s&amp;#039;agit également d&amp;#039;anticiper les évolutions physiques, économiques et sociales qui seront générées par le changement climatique. À travers cette action, le GAL souhaite également valoriser ses atouts industriels en favorisant l&amp;#039;émergence et le développement d&amp;#039;activités économiques au sein de filières innovantes. L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Une sensibilisation des acteurs à la sobriété énergétique du territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - Un développement des projets de rénovation énergétique des bâtiments publics et privés
+&lt;/p&gt;
+&lt;p&gt;
+ - La production d&amp;#039;énergies renouvelables sur le territoire
+&lt;/p&gt;
+&lt;p&gt;
+ - La réduction des volumes et la valorisation des déchets
+&lt;/p&gt;
+&lt;p&gt;
+ - Un usage renforcé des mobilités actives et décarbonées
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;entretien et la valorisation des espaces naturels
+&lt;/p&gt;
+&lt;p&gt;
+ - La préservation des ressources naturelles
+&lt;/p&gt;
+&lt;p&gt;
+ - Le développement des filières à potentiel
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissements contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Productions d&amp;#039;énergies
+&lt;/p&gt;
+&lt;p&gt;
+ - Maîtrise des dépenses énergétiques des bâtiments
+&lt;/p&gt;
+&lt;p&gt;
+ - Traitement et/ou stockage de l&amp;#039;eau
+&lt;/p&gt;
+&lt;p&gt;
+ - Nouvelles modalités de gestion, de recyclage des déchets, biodéchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Valorisation des ressources locales
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Gestion et valorisation des déchets et des sous-produits
+&lt;/p&gt;
+&lt;p&gt;
+ - Suivi de la biodiversité, préservation et valorisation des milieux
+&lt;/p&gt;
+&lt;p&gt;
+ - Production d&amp;#039;énergies renouvelables
+&lt;/p&gt;
+&lt;p&gt;
+ - Besoins locaux en matière d&amp;#039;énergie (diagnostic sur la consommation énergétique, audit énergétique des bâtiments)
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement des mobilités décarbonées et/ou actives
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire, information / sensibilisation (but pédagogique, porter à connaissance) sur des thèmes relatifs à la biodiversité, aux déchets, aux économies d&amp;#039;énergie
+&lt;/p&gt;
+&lt;p&gt;
+ - Organisation d&amp;#039;événements à vocation éducative, de sensibilisation et de débat
+&lt;/p&gt;
+&lt;p&gt;
+ - Formation et information des professionnels et acteurs privés
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Innovation, créativité et recherche
+Biodiversité
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;a target="_self"&gt;
+ &lt;p&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/p&gt;
+&lt;/a&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9496-action-n1-promouvoir-un-territoire-sobre-et-r/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>162828</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Préserver et valoriser les ressources naturelles et patrimoniales</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I40" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J40" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Préserver la qualité des paysages du territoire ;&lt;br /&gt;- Faire de notre cadre de vie un facteur d&amp;#039;attractivité ;&lt;br /&gt;- Favoriser un développement respectueux des milieux naturels ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Améliorer la qualité paysagère du territoire ;&lt;br /&gt;- Développer le tourisme durable ;&lt;br /&gt;- Protéger la biodiversité ;&lt;br /&gt;- Valoriser et protéger la ressource bois locale.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations d&amp;#039;amélioration de la qualité paysagère du territoire ;&lt;br /&gt;- Opérations de développement du tourisme durable ;&lt;br /&gt;- Opérations de protection de la biodiversité ;&lt;br /&gt;- Opérations de valorisation et de protection de la ressource bois local.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Tourisme durable&lt;/strong&gt; : tourisme qui tient pleinement compte de ses impacts économiques, sociaux et environnementaux, actuels et futurs, répondant aux besoins des visiteurs, des professionnels de l&amp;#039;environnement et des communautés d&amp;#039;accueil (OMT).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bois local &lt;/strong&gt;: bois extrait du territoire ou d&amp;#039;un rayon de 100 km alentours.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Friche
+Biodiversité
+Architecture
+Paysage
+Attractivité économique
+Valorisation d'actions
+Milieux humides</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>leader@paysderemiremont.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/preservation-et-valorisation-des-ressources-naturelles-et-patrimoniales/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>163871</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Engager une transition écologique au sein de ma collectivité : la mobilité douce</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain
+Action cœur de ville
+ÉcoQuartier
+Renaturation des villes
+Fonds vert Ingénierie
+Fonds Biodiversité</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Territoires engagés pour la nature</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>Office Français de la Biodiversité (OFB)
+Agence Bretonne de la Biodiversité (ARBE)
+Agence Régionale de la Biodiversité (ARB) - Occitanie
+Agence Régionale de la Biodiversité (ARB) - Centre-Val de Loire
+Agence Régionale de la Biodiversité (ARB) - Nouvelle-Aquitaine
+Agence régionale de la biodiversité Hauts-de-France (ARB HdF)
+Agence Régionale pour la Biodiversité et l'Environnement (ARBE) - Provence-Alpes-Côte d'Azur
+Agence Normande de la Biodiversité et du Développement Durable (ANBDD)
+Agence Régionale de la Biodiversité (ARB) - La Réunion
+Agence nationale de la cohésion des territoires (ANCT)
+Agence Régionale de la Biodiversité (ARB) - Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le programme « Territoire engagé pour la Nature » vise à 
+faire émerger, reconnaître et accompagner des territoires engagés dans 
+une démarche de progrès en faveur de la biodiversité.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;
+ « TEN » reconnait l&amp;#039;importance de 
+l&amp;#039;implication des collectivités pour la reconquête de la biodiversité, 
+et souhaite apporter un soutien et une visibilité aux territoires 
+désirant s&amp;#039;engager ou développer leurs actions sur cette thématique. 
+Face au changement climatique, valoriser et conserver la biodiversité 
+permet aussi d&amp;#039;assurer santé, bien-être et sécurité aux citoyens 
+d&amp;#039;aujourd&amp;#039;hui et de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ Concrètement, l&amp;#039;engagement dans la démarche TEN permet aux collectivités de :
+&lt;/p&gt;
+&lt;ul&gt;&lt;li&gt;
+  Bénéficier d&amp;#039;un &lt;strong&gt;accompagnement&lt;/strong&gt; de la cellule d&amp;#039;animation et des 
+partenaires relais (CEN, Cerema, LPO...) pour faire émerger, formaliser son plan
+ d&amp;#039;action et mener ses projets. La reconnaissance TEN pourra aussi 
+permettre d&amp;#039;accéder à un accompagnement technique sur des sujets pointus
+ et des thématiques en émergence (trame noire, solutions fondées sur la 
+nature...).
+ &lt;/li&gt;&lt;li&gt;
+  Profiter de l&amp;#039;expérience des collectivités déjà engagées, à travers des &lt;strong&gt;journées d&amp;#039;échanges&lt;/strong&gt; et &lt;strong&gt;retours d&amp;#039;expériences&lt;/strong&gt;.
+ &lt;/li&gt;&lt;li&gt;
+  Obtenir une &lt;strong&gt;valorisation nationale et locale&lt;/strong&gt; (implication lors 
+d&amp;#039;événements phares, articles sur internet, journées partage 
+d&amp;#039;expérience, etc.), et augmenter ainsi l&amp;#039;attractivité de son 
+territoire.
+ &lt;/li&gt;&lt;li&gt;
+  La reconnaissance « Territoires engagés pour la nature » n&amp;#039;est pas un 
+critère obligatoire dans l&amp;#039;attribution de financements, mais pourra dans
+ certains cas favoriser l&amp;#039;obtention de ceux-ci auprès des membres du 
+collectif régional (dans la mesure où les projets présentés s&amp;#039;inscrivent
+ dans les modalités de leurs aides).
+  &lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Nouvelle piste cyclable, promenades et autres sentiers sont des incontournables pour le développement des mobilités douces. &lt;/p&gt;&lt;p&gt;Quelques précautions tout de même à ne pas entraver les continuités écologiques ( les trames verte, bleue, noire, brune...sont inscrites dans les orientations
+d’aménagement du territoire). Elles sont des réseaux à préserver
+et restaurer pour que les espèces animales et végétales puissent circuler,
+s’alimenter, se reproduire et se reposer, assurant ainsi leur cycle de vie.&lt;/p&gt;&lt;p&gt;La protection des &lt;a href="https://www.trameverteetbleue.fr/qui-sommes-nous/centre-ressources-trame-verte-bleue" target="_blank"&gt;&lt;strong&gt;trames écologiques&lt;/strong&gt;&lt;/a&gt; est l&amp;#039;un des enjeux indispensables à une transition écologique
+réussie. Dans le déploiement de modes de transport alternatifs, les &lt;strong&gt;pistes cyclables&lt;/strong&gt; méritent toute l&amp;#039;attention d&amp;#039;un écologue. Éviter la rupture de
+continuités écologiques par des aménagements qui assurent le passage de la
+faune sauvage, limiter la &lt;strong&gt;pollution
+lumineuse&lt;/strong&gt; en positionnant uniquement des
+points lumineux à des endroits stratégiques de croisement de voirie, penser et
+gérer un &lt;strong&gt;aménagement végétal adapté&lt;/strong&gt; aux contraintes de sécurité routière (bonne visibilité).. vaste
+sujet pour lequel vous pouvez être accompagnés !&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;N&amp;#039;hésitez pas à vous rapprocher des animateur(ice)s TEN en région et
+à prendre connaissance des initiatives déployées par des collectivités de votre
+région ! Le programme pourra en effet vous orienter vers les
+partenaires potentiels, qui sauront partager leurs compétences dans la
+restauration ou la préservation de trames écologiques. En outre, le Réseau
+Haies, la FNCCR, ou encore des marques comme Végétal Local ou le label Villes
+et Villages étoilés proposent un accompagnement dans la mise en place de
+trames. La reconnaissance TEN peut également vous aider dans la recherche de
+financement en ce sens :  des
+financements multi-structures, en région, des fonds de préventions des risques
+naturels, via l’agence de l’eau, ou encore des financements européens à travers
+le programme Life&amp;#43; notamment. Le programme fournit également des ressources essentielles,
+notamment à travers le centre de ressources trame verte et bleu, et des retours
+d’expériences riches d’inspiration et de partage de bonnes pratiques. Que ce soit pour le bon choix des végétaux à planter aux abords des voies cyclables et piétonnes, leur bon emplacement et une gestion adaptée et frugale, afin d&amp;#039;allier sécurité des usagers, fonctionnalités écologiques et aménagement paysager attractif, de nombreux retours d&amp;#039;expériences sont désormais accessibles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Sols
 Espaces verts
 Espace public
 Friche
 Foncier
-Voirie et réseaux
+Revitalisation
+Biodiversité
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Milieux humides
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;1.
+S’engager sur des actions portées ou soutenues par sa collectivité, qui soient cohérentes, proportionnelles,
+additionnelles*, avec un impact positif et respectant les politiques publiques
+locales, régionales et nationales,&lt;/p&gt;&lt;p&gt;2. Intégrer la biodiversité dans l&amp;#039;ensemble des actions relevant de ses
+compétences, de façon transversale, en vue de la protection, préservation et de
+la restauration de la biodiversité et des ressources naturelles,&lt;/p&gt;&lt;p&gt;3. S’inscrire dans une démarche de progrès, visant à améliorer ses pratiques
+existantes et porter des actions favorables à la biodiversité,&lt;/p&gt;&lt;p&gt;4. Contextualiser le plan d&amp;#039;actions à partir d’un état des lieux et de
+l’analyse des enjeux biodiversité (données naturalistes, scientifiques et
+techniques) au regard du changement climatique et du besoin d&amp;#039;adaptation aux
+conséquences de celui-ci et d&amp;#039;atténuation des émissions de gaz à effet de
+serre,&lt;/p&gt;&lt;p&gt;5. Porter politiquement sa candidature au programme “Territoires engagés pour
+la nature”,&lt;/p&gt;&lt;p&gt;6. Mobiliser les ressources et établir les partenariats locaux pour soutenir
+les actions et en assurer le suivi,&lt;/p&gt;&lt;p&gt;7. Participer au partage et à la valorisation des réalisations, profitant du
+réseau des collectivités engagées,&lt;/p&gt;&lt;p&gt;8. Chercher à associer les acteurs du territoire et la population.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>https://www.trameverteetbleue.fr/</t>
+        </is>
+      </c>
+      <c r="W41" s="1" t="inlineStr">
+        <is>
+          <t>https://ofb.gouv.fr/territoires-engages-nature</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Un(e)
+animateur(rice) TEN dans chaque région :&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Auvergne Rhône Alpes&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;NAVE Alice&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcen.fr&lt;/p&gt;&lt;p&gt;07 49 82 39
+13&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bourgogne Franche-Comté&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SERGENT Marie Laure &lt;/p&gt;&lt;p&gt;marie-laure.sergent&amp;#64;arb-bfc.fr&lt;/p&gt;&lt;p&gt;06 63 60 22
+58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bretagne&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LE DU
+Anne-Hélène&lt;/p&gt;&lt;p&gt;annehelene.ledu&amp;#64;biodiversite.bzh&lt;/p&gt;&lt;p&gt;06 02 19 65
+28&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Centre-Val de Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;VIRELY
+Benjamin&lt;/p&gt;&lt;p&gt;benjamin.virely&amp;#64;biodiversite-centrevaldeloire.fr&lt;/p&gt;&lt;p&gt;09 70 72 40
+12&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Guadeloupe&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;LAPILUS
+Elodie&lt;/p&gt;&lt;p&gt;elodie.lapilus&amp;#64;arb-ig.fr&lt;/p&gt;&lt;p&gt;&amp;#43;590 0690 05
+78 04&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Grand Est&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;DEROUECHE
+Nassera&lt;/p&gt;&lt;p&gt;nassera.deroueche&amp;#64;grandest.fr&lt;/p&gt;&lt;p&gt;03 87 61 66
+91&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Hauts-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEAUCHAMP
+Mélanie&lt;/p&gt;&lt;p&gt;animation-ten&amp;#64;cpie-hautsdefrance.fr&lt;/p&gt;&lt;p&gt;07 68 64 29
+68&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Ile-de-France&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;HOUEIX Klaire&lt;/p&gt;&lt;p&gt;klaire.houeix&amp;#64;institutparisregion.fr&lt;/p&gt;&lt;p&gt;01 77 49 77
+69&lt;/p&gt;&lt;p&gt;&lt;strong&gt;La Réunion&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SAM YIN YANG
+Maëlle&lt;/p&gt;&lt;p&gt;m.samyinyang&amp;#64;arb-reunion.re&lt;/p&gt;&lt;p&gt;&amp;#43;262 6 93 61
+85 58&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Normandie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;SALAGNAC
+Guillaume&lt;/p&gt;&lt;p&gt;guillaume.salagnac&amp;#64;anbdd.fr&lt;/p&gt;&lt;p&gt;06 40 73 96
+54&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Nouvelle Aquitaine&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;PINEAU
+MEUNIER Marie Amélie&lt;/p&gt;&lt;p&gt;marie-amelie.pineau-meunier&amp;#64;arb-na.fr&lt;/p&gt;&lt;p&gt;07 49 71 58
+31&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Occitanie&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;BEDEL Cécile &lt;/p&gt;&lt;p&gt;cecile.bedel&amp;#64;arb-occitanie.fr&lt;/p&gt;&lt;p&gt;06 33 66 39
+77&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pays de la Loire&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;MENARD
+Nathalie&lt;/p&gt;&lt;p&gt;ten&amp;#64;urcpie-paysdelaloire.org&lt;/p&gt;&lt;p&gt;06 98 90 55
+36&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Provence-Alpes-Côte d&amp;#039;Azur&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;GARRIDO
+Stéphanie&lt;/p&gt;&lt;p&gt;s.garrido&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+54&lt;/p&gt;&lt;p&gt;FOUREST
+Thomas&lt;/p&gt;&lt;p&gt;t.fourest&amp;#64;arbe-regionsud.org&lt;/p&gt;&lt;p&gt;04 42 90 90
+66&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>mathilde.maisano@ofb.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/engager-une-transition-ecologique-au-sein-de-ma-collectivite/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>159894</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F42" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire qu&amp;#039;est Adour Chalosse Tursan Marsan, que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets localisés sur une ou plusieurs communes parmi les 16 suivantes : Aire-sur-l&amp;#039;Adour, Amou, Geaune, Grenade-sur-l&amp;#039;Adour, Hagetmau, Hinx, Montfort-en-Chalosse, Mont-de-Marsan, Mugron, Pomarez, Pontonx-sur-l&amp;#039;Adour, Rion-des-Landes, Saint-Pierre-du-Mont, Saint-Sever, Samadet, Tartas.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des centres-bourgs, villes ou quartiers, sur le plan de l&amp;#039;image et du cadre de vie
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global d&amp;#039;aménagement de centre-bourg
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables, y compris la redynamisation de stations touristiques existantes et des offices de tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutiens aux événements culturels, et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie culturelle locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et du patrimoine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité associative et culturelle en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Tourisme
+Espaces verts
+Espace public
+Friche
+Cohésion sociale et inclusion
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P42" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q42" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle), les agriculteurs dans le cadre de leur seule activité agricole.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V42" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9c92-capter-et-retenir-des-competences-et-des-pepi/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>159895</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Valoriser les éléments identitaires et le patrimoine du territoire rural</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural
+EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="F43" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J43" s="1" t="inlineStr">
+        <is>
+          <t>Autofinancement maître d'ouvrage public minimum: 20% ; autofinancement maître d'ouvrage privé minimum: 10%</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Stimuler la vie culturelle et touristique du territoire dans ses espaces les plus ruraux, générer de nouveaux revenus, maintenir la qualité du cadre de vie.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Rendre le modèle de développement du territoire plus résilient passe par sa diversification, et notamment par le développement d&amp;#039;une offre culturelle et touristique capable de générer de nouveaux revenus. Il s&amp;#039;agit de favoriser l&amp;#039;appropriation par tous les publics des caractéristiques de ce large territoire que ce soit en termes de bâti, de culture, et de patrimoine au sens large.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Cette fiche-action vise des projets dont la délimitation géographique exclut le périmètre des 16 communes visées dans la fiche-action &amp;#34;Valoriser les éléments identitaires et le patrimoine dans les pôles de centralité&amp;#34;. Toutefois elle peut soutenir des projets intéressant un large périmètre qui déborde sur une ou plusieurs de ces 16 communes.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Types d&amp;#039;actions soutenues
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions d&amp;#039;ingénierie permettant une offre culturelle et touristique plus attractive
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie permettant l&amp;#039;amorçage de projets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie permettant la mise en réseau ou la coopération et d&amp;#039;asseoir une complémentarité territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie thématique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etude
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Actions concourant à la dynamisation des villages et des espaces les plus ruraux
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissements pour de petits équipements permettant l&amp;#039;embellissement de l&amp;#039;espace public (mobilier urbain, bacs accueillant de la végétation, poubelles, abri vélo...) dans un projet global de redynamisation de cœur de village
+ &lt;/li&gt;
+ &lt;li&gt;
+  Elaboration de charte paysagère ou tout autre document pédagogique permettant la prise en compte des caractéristiques du bâti ancien et l&amp;#039;intégration paysagère
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation de sites naturels, notamment de la rivière Adour, ou de chemin de randonnées et d&amp;#039;itinérances thématiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification, renaturation et aménagement paysager de sites déqualifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Raccordement, aménagement et valorisation de réseaux d&amp;#039;itinérance douce dans un objectif de mise en tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions d&amp;#039;aménagements, de modernisation d&amp;#039;équipements touristiques durables
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions de valorisation, et de restauration de sites emblématiques, patrimoniaux ou culturels ouverts au grand public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux événements culturels, sportifs et patrimoniaux à destination du grand public
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Soutien aux dynamiques d&amp;#039;innovation et reconversion territoriales
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Investissement pour le développement de projets culturels et patrimoniaux, notamment de projets de lieux « hybrides »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux projets culturels participant à l&amp;#039;animation de la vie locale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Investissements permettant le développement de l&amp;#039;inclusion sociale de tous les publics au bénéfice de la culture et des patrimoines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien à la vitalité de la vie associative et culturelle, en encourageant la mutualisation et la mise en réseau
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Espace public
+Friche
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Architecture
+Paysage
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P43" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q43" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le projet doit se situer sur le territoire du GAL Adour Chalosse Tursan Marsan et ne doit pas avoir démarré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les bénéficiaires dans le respect de la réglementation européenne, nationale et régionale, hormis: les SCI, les particuliers (personne physique sans SIRET et agissant à titre personnel et privé en dehors de toute activité professionnelle).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles tous les coûts dans le respect de la réglementation européenne, nationale et régionale, hormis les dépenses suivantes: les dépenses d&amp;#039;auto-construction, les contributions en nature, les dépenses d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage et de maîtrise d&amp;#039;œuvre pour les travaux de rénovation et de construction, et toutes dépenses relatives à de l&amp;#039;acquisition immobilière et foncière, les investissements matériels et les projets d&amp;#039;ingénierie des communes de plus de 25 000 habitants.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>GAL Adour Chalosse Tursan Marsan</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adourchalossetursan.fr/Nos-missions/Le-Programme-territorial-europeen-2021-2027</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bureau d&amp;#039;Hagetmau: Nathalie Baillet et Valérie Gelpe -
+ &lt;a target="_self"&gt;
+  leader&amp;#64;adourchalossetursan.fr
+ &lt;/a&gt;
+ - 05 58 79 74 80
+&lt;/p&gt;
+&lt;p&gt;
+ Bureau de Mont-de-Marsan: Eric Guagliardi -
+ &lt;a target="_self"&gt;
+  eric.guagliardi&amp;#64;montdemarsan-agglo.fr
+ &lt;/a&gt;
+ - 05 58 05 38 07
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>leader@adourchalossetursan.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aae0-faire-des-spheres-agricole-viticole-et-sylvic/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>131826</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le patrimoine bâti communal</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>ISERENOV'</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Isère (TE38)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention
+Certificat d'économie d'énergie (CEE)</t>
+        </is>
+      </c>
+      <c r="I44" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 50</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>Par poste de travaux : 50% des 20.000 premiers € HT ; puis 20% des 30.000 € HT suivants</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Aide à l&amp;#039;amélioration énergétique des bâtiments publics.
+&lt;/p&gt;
+&lt;p&gt;
+ Subvention calculée par poste de travaux : 50% des dépenses HT d&amp;#039;investissement sur les premiers 20.000 €, puis 20% jusqu&amp;#039;à 50.000 €.
+&lt;/p&gt;
+&lt;p&gt;
+ 16.000 € maximum par poste de travaux ; 48.000 € maximum par commune par an ; non cumulable avec les CEE (cédés à TE-38 en contre-partie de la subvention)
+&lt;/p&gt;
+&lt;p&gt;
+ Réservé aux communes ayant transféré la perception de leur TCCFE à TE-38, ou aux bâtiments intercommunaux situés sur le territoire d&amp;#039;une de ces communes.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Changement de menuiseries sur l&amp;#039;école d&amp;#039;une commune
+  &lt;/li&gt;
+  &lt;li&gt;
+   Rénovation multi-postes d&amp;#039;une mairie (isolation des murs, isolation de toiture, changement de chaudière...)
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement de chaudière d&amp;#039;un gymnase
+  &lt;/li&gt;
+  &lt;li&gt;
+   ...
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les critères d&amp;#039;éligibilités sont calés sur les fiches d&amp;#039;opérations standardisées relatives aux Certificats d&amp;#039;Economies d&amp;#039;Energies (CEE), mais seules un certain nombre de postes de travaux sont concernés par ces subventions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Postes de travaux :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Isolation toiture : BAT-EN-101 / BAR-EN-101
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation murs : BAT-EN-102 / BAR-EN-102
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation sous plancher : BAT-EN-103 / BAR-EN-103
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement menuiseries : BAT-EN-104 / BAR-EN-104
+  &lt;/li&gt;
+  &lt;li&gt;
+   Fenêtre/porte fenêtre avec vitrage pariétodynamique : BAT-EN-111 / BAR-EN-111
+  &lt;/li&gt;
+  &lt;li&gt;
+   Isolation toit terrasse : BAT-EN-107 / BAR-EN-107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Changement chaudière combustible : BAT-TH-102 / BAR-TH-106/107
+  &lt;/li&gt;
+  &lt;li&gt;
+   Système de régulation par prog d&amp;#039;intermittence : BAT-TH-108 / BAR-TH-118
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chauffe-eau solaire collectif : BAT-TH-111 / BAR-TH-124/135
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe à chaleur : BAT-TH-113 / BAR-TH-129
+  &lt;/li&gt;
+  &lt;li&gt;
+   Gestion Technique Centralisée (GTC) : BAT-TH-116
+  &lt;/li&gt;
+  &lt;li&gt;
+   Raccordement bâtiment tertiaire à un réseau chaleur : BAT-TH-127 / BAR-TH-137
+  &lt;/li&gt;
+  &lt;li&gt;
+   Pompe chaleur absorption type air/eau ou eau/eau : BAT-TH-140 / BAR-TH-150
+  &lt;/li&gt;
+  &lt;li&gt;
+   Chaudière biomasse collective : BAT-TH-157 / BAR-TH-113/165
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;
+ Lien vers le site gouvernemental des fiches CEE :
+ &lt;a href="https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie" target="_self"&gt;
+  https://www.ecologie.gouv.fr/operations-standardisees-deconomies-denergie
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S44" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T44" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>Isère</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te38.fr/iserenov/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Envoyez votre demande sur iserenov&amp;#64;te38.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Contact : Jérémie GIONO - Conseiller en Energie - 04.26.78.24.03.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>jgiono@te38.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4e54-renover-le-patrimoine-bati-communal/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>155117</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, étendre des bâtiments administratifs et techniques</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments administratifs et techniques (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  NATURE DES PROJETS ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tout projet visant à la création, rénovation, extension de bâtiments administratifs et techniques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les locaux éligibles sont des locaux accueillant des usagers, du personnel de la collectivité ou visant à créer un espace adapté à la sauvegarde et à la communication des archives de la collectivité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  MODALITÉS FINANCIÈRES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40 %. Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  PIÈCES À FOURNIR
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pièces justifiant la bonification si sollicitée
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Equipement public
+Bâtiments et construction
+Réhabilitation</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS D&amp;#039;ÉLIGIBILITÉ
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépenses éligibles) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  A minima, travail avec un maître d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes vigueur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions spécifiques aux archives :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les projets traitant de la sauvegarde des archives, les travaux auront pour objectif d&amp;#039;installer ces dernières dans des locaux où les normes de température et d&amp;#039;hygrométrie seront respectées. Les travaux devront donc être conformes aux prescriptions des archives départementales en termes d&amp;#039;aménagement de locaux d&amp;#039;archives, de sécurité accès et incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ La commune devra respecter les normes en vigueur relatives aux archives inscrites au code du patrimoine. Une visite des archives départementales est obligatoire avant et après travaux.
+&lt;/p&gt;
+&lt;p&gt;
+ NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du Département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  CONDITIONS DE BONIFICATION
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet devra s&amp;#039;inscrire dans une démarche d&amp;#039;innovation sociale et environnementale au-delà des exigences réglementaires en matière de transitions écologique et inclusive. Les démarches mentionnées ci-dessous ne sont que des exemples.
+&lt;/p&gt;
+&lt;p&gt;
+ Le caractère vertueux du projet sera étudié à la lumière de la prise en compte de ces deux transitions.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition écologique :
+  &lt;/strong&gt;
+  Réalisation d&amp;#039;un audit énergétique (préconisation base du cahier des charges ADEME) certifiant l&amp;#039;atteinte d&amp;#039;un gain énergétique égal ou supérieur à 50% pour les projets de rénovation ou supérieur à la RE2020 pour les projets de création, recours à des artisans RGE pour récupération des CEE, installation d&amp;#039;un système de production d&amp;#039;énergie renouvelable et/ou système de récupération des eaux de pluie pour la consommation du bâtiment, utilisation de matériaux biosourcés, réalisation d&amp;#039;une fiche d&amp;#039;information du fonctionnement du bâtiment, désimperméabilisation et végétalisation des espaces de stationnement ou création de stationnements perméables et végétalisés, insertion de clauses environnementales dans les marchés publics, acquisition de mobiliers de réemploi issu de ressourceries locales...
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Exemples de démarches en lien avec la transition inclusive :
+  &lt;/strong&gt;
+  Un environnement d&amp;#039;accueil adapté soumis à l&amp;#039;avis de la commission communale ou intercommunale d&amp;#039;accessibilité, un accompagnement par un prestataire externe pour l&amp;#039;accessibilité universelle de l&amp;#039;équipement, mobiliers de confort adaptés, desserte de l&amp;#039;équipement par transport en commun et/ou voies de mobilité douce, signalétique adapté, participation des usagers sur la phase co-construction du projet et/ou réalisation et/ou animation du projet (réalisation de chantier participatif, programmation d&amp;#039;animations régulières sur le site, ...), formation à l&amp;#039;accueil de public en situation de handicap ou de vulnérabilité, version complémentaire du registre d&amp;#039;accessibilité (Facile à Lire et à Comprendre, version audio, vidéo, ...), insertion de clauses sociales dans les marchés publics favorisant ainsi le retour à l&amp;#039;emploi des habitants.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  DÉPENSES ÉLIGIBLES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les études préalables en lien direct avec le projet : études de faisabilité, études de conception, études environnementales, études techniques, études paysagères, études énergétiques...
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de maitrise d&amp;#039;œuvre ainsi que les études et contrôles obligatoires (géomètre, étude de sol, contrôle technique, missions SPS, SSI, OPC...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de bâtiment (si acquisition de moins de 5 ans) plafonnés au montant des travaux éligibles HT ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de gros œuvre clos et couvert, redistribution des locaux, amélioration de la performance énergétique * ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;aménagements extérieurs (raccordement aux réseaux, clôtures, préau ou casquette ...) ou paysagers (parterres, plantations...) directement liés au projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et toutes autres dépenses inhérentes à l&amp;#039;obtention de la bonification.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ * il est précisé que pour l&amp;#039;amélioration des conditions de conservation des archives, les travaux portant sur les locaux d&amp;#039;archives peuvent également porter sur les installations suivantes : l&amp;#039; aménagement ou la mise aux normes électricité ou plomberie, l&amp;#039; installation ou la mise aux normes de ventilation et/ou de climatisation, l&amp;#039;installation ou la mise aux normes de circuits de chauffage, l&amp;#039;installation de rayonnages, l&amp;#039;installation ou la mise aux normes de systèmes de détection et de protection incendie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont exclus des dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;acquisition de terrain
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais de publicité, de reproduction des dossiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux réalisés en régie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les travaux d&amp;#039;assainissement non collectif
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T45" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Manche</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.manche.fr/guide-des-aides/batiments-administratifs-et-techniques-politique-territoriale-22-28/</t>
+        </is>
+      </c>
+      <c r="W45" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.manche.fr/</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Formulaire de contact :
+ &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
+  https://www.manche.fr/contacter-le-departement/
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 02 33 05 96 79
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>aides-territoires@incubateur.anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/46de-batiments-administratifs-et-techniques-politi/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>163291</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du dispositif Conseil en Energie Partagé (CEP)</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>ACTEE - Action des Collectivités Territoriales pour l’Efficacité Energétique</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Territoire d'Energie Somme</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service « Conseil en Energie Partagé » (CEP) proposé par TE80 consiste à partager les compétences en énergie de 4 techniciens 
+spécialisés. Cela permet aux collectivités n’ayant pas les ressources 
+internes suffisantes de mettre en place une politique énergétique 
+maîtrisée, et d’agir concrètement sur leur patrimoine pour réaliser des 
+économies.&lt;/p&gt;&lt;p&gt;Le Conseil en Energie Partagé en quelques mots :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;État des lieux énergétique du patrimoine (bâti et chaufferies)&lt;/li&gt;&lt;li&gt;Anlayse et suivi des consommations&lt;/li&gt;&lt;li&gt;Conseils
+ indépendants et personnalisés (optimisation tarifaire, rédaction de cahier des charges, recherche d’artisans qualifiés…)&lt;/li&gt;&lt;li&gt;Recherche de leviers financiers (CEE, subventions régionales, financement participatif…)&lt;/li&gt;&lt;li&gt;Mise en place d’opérations groupées de commandes&lt;/li&gt;&lt;li&gt;opérations sous mandat de maitrise d&amp;#039;ouvrage pour les collectivités souhaitant confier le pilotage des études et des travaux&lt;/li&gt;&lt;li&gt;recherche de leviers financiers &lt;/li&gt;&lt;li&gt;valorisation des CEE&lt;/li&gt;&lt;li&gt;octroi d&amp;#039;aides financières (Contrat chaleur renouvelable territorial, fond de concours à la rénovation de Territoire d&amp;#039;énergie selon les modalité e&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Pour
+ établir un bilan énergétique, le CEP réalise un inventaire du 
+patrimoine, s’appuie notamment sur l’analyse des dernières factures des 
+consommations eau/gaz et électricité des bâtiments communaux et apporte 
+une expertise sur les projets envisagés de la collectivité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Rénovation de bâtiments publics, changement de mode de chauffage, optimisation de contrats d&amp;#039;exploitation, installation d&amp;#039;énergies renouvelables...&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Economie d'énergie et rénovation énergétique</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion par transfert de la compétence maîtrise de la demande en énergie.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;80€/bâtiments/an sur 6 ans&lt;/p&gt;&lt;p&gt;atteinte de 40% d&amp;#039;économies d&amp;#039;énergie minimum&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T46" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.te80.fr/nos-actions/transition-energetique/efficacite-energetique</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;dt2e&amp;#64;fde-somme.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>dt2e@fde-somme.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/conseil-en-energie-partage/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>145009</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Financer la rénovation thermique des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d'investissement métropolitain (FIM) - Volet rénovation des bâtiments publics</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Plafond à 1 million d'euros</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Métropole du Grand Paris finance via son fonds d&amp;#039;investissement métropolitain (FIM) les
+ &lt;strong&gt;
+  rénovations thermiques de bâtiments publics des communes et établissements publics territoriaux
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les dossiers de candidature sont à envoyer par mail à
+ &lt;strong&gt;
+  fim&amp;#64;metropolegrandparis.fr
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Le FIM constitue notamment un outil de rééquilibrage et de correction des disparités constatées sur le périmètre métropolitain. A ce titre, l&amp;#039;examen des dossiers s&amp;#039;accompagne d&amp;#039;une analyse de la situation financière de la collectivité, qui peut mener à un financement différencié en fonction des capacités financières.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Rénovation énergétique performante d&amp;#039;un gymnase, d&amp;#039;une école, d&amp;#039;une mairie.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier d&amp;#039;une subvention au titre du Fonds d&amp;#039;Investissement Métropolitain (FIM) les communes, établissements publics territoriaux (EPT) et autres établissements publics pour les projets dont ils assurent la maîtrise d&amp;#039;ouvrage, ainsi que les personnes privées bénéficiant d&amp;#039;une délégation de maîtrise d&amp;#039;ouvrage par l&amp;#039;une des personnes publiques éligibles, pour le financement d&amp;#039;équipements en lien avec les compétences métropolitaines et sous réserve que la subvention ne finance pas le déficit d&amp;#039;une concession d&amp;#039;aménagement.
+&lt;/p&gt;
+&lt;p&gt;
+ La métropole du Grand Paris peut participer au financement d&amp;#039;études de maîtrise d&amp;#039;œuvre (APS, APD,PRO notamment) préalables. La métropole du Grand Paris ne participe pas au financement d&amp;#039;études d&amp;#039;opportunité. Les projets doivent débuter dans les 12 mois suivant l&amp;#039;attribution de la subvention. Une analyse de la performance environnementale du projet est requise. Les dossiers de rénovation thermique doivent contenir des pièces techniques complémentaires permettant d&amp;#039;évaluer l&amp;#039;amélioration de la performance énergétique des bâtiments après travaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Métropole du Grand Paris</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.metropolegrandparis.fr/fr/fonds-dinvestissement-metropolitain-fim-0</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ fim&amp;#64;metropolegrandparis.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>david.glotin@metropolegrandparis.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/0fee-financer-la-renovation-thermique-de-batiments/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>73939</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>ALEC Métropole Marseillaise - Agence Locale de l'Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;&lt;strong&gt;ALEC Métropole Marseillaise&lt;/strong&gt;, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Rénov&amp;#039;, le développement de l&amp;#039;outil numérique LOUTRE, les économes de flux ACTEE, etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ œuvre de leurs compétences (Habitat, Économie, Transport, Environnement). &lt;/p&gt;&lt;p&gt;Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Biodiversité
+Economie circulaire
+Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
-[...8 lines deleted...]
-      <c r="O15" s="1" t="inlineStr">
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R15" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T48" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>Métropole d'Aix-Marseille-Provence</t>
+        </is>
+      </c>
+      <c r="V48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alecmetropolemarseillaise.fr/</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Philippe Michaud, Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ p.michaud&amp;#64;alecmm.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>f.pidoux@alecmm.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f40e-se-faire-accompagner-par-lalec-18/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>162637</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Instruire les acte d'urbanisme</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Urbanisme</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...2 lines deleted...]
-      <c r="H16" s="1" t="inlineStr">
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets ou de leur apporter une assistance dans leurs champs de compétences. Ainsi en matière d&amp;#039;urbanisme l&amp;#039;ATD 88 accompagne les Collectivités en matière d&amp;#039;application du droit des sols.&lt;/p&gt;&lt;p&gt;Quelque soit les documents d&amp;#039;urbanisme qui régissent les règles de constructions sur la commune (PLU, PLUi...) la Collectivité est libre de réaliser l&amp;#039;instruction des actes d&amp;#039;urbanisme de son territoire par un service interne ou de passer par un prestataire de son choix.&lt;/p&gt;&lt;p&gt;L&amp;#039;Agence  peut instruire vos actes d&amp;#039;urbanisme en matière d&amp;#039;application du droit des sols. A l&amp;#039;issue de l&amp;#039;instruction et de la proposition de décision, le Maire reste le signataire pour la délivrance des autorisations d&amp;#039;urbanisme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Instruire les demandes d&amp;#039;urbanisme déposées auprès de la Collectivité (certificat d&amp;#039;urbanisme, déclaration préalable, permis d&amp;#039;aménager, de construire...)&lt;/p&gt;&lt;p&gt;Accompagner les Collectivités dans la mise en place des saisies par voie électronique&lt;/p&gt;&lt;p&gt;Former et accompagner les agents des Collectivités sur la prise en mains et l&amp;#039;évolution&lt;/p&gt;&lt;p&gt;Informer et conseiller les élus et les usagers&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Foncier
+Bâtiments et construction</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/urbanisme/</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt; - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-les-collectivites-sur-la-thematiques-de-leau-et-de-lassainissement/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>139916</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Se faire accompagner sur les thématiques énergie et climat</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>ALEC du Pays des Vallons de Vilaines – Agence Locale de l’Energie et du Climat</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Agriculteur
+Recherche</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="K16" s="1" t="inlineStr">
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
-[...17 lines deleted...]
-Transition énergétique
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ALEC, outil opérationnel d&amp;#039;expertise et de proximité présent dans la durée, mobilise, informe, conseille,
+ accompagne, et anticipe sur ces questions.
+&lt;/p&gt;
+&lt;p&gt;
+ Portée par les collectivités, locales, elle s&amp;#039;inscrit au cœur des territoires. Ainsi, loin d&amp;#039;être cantonnée à une fonction de laboratoire de recherche, l&amp;#039;ALEC intervient concrètement auprès des acteurs publics et privés et des citoyens, notamment via
+ l&amp;#039;espace Conseil France Renov&amp;#039;, le Conseil en Énergie Partagé (CEP), etc.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039; ALEC accompagne ainsi les collectivités et leurs groupements dans la mise en
+ oeuvre de leurs compétences (Habitat, Économie, Transport, Environnement).
+ En outre, l&amp;#039;ALEC contribue au développement et à la structuration de filières locales
+ d&amp;#039;énergies renouvelables, via différentes actions d&amp;#039;information et l&amp;#039;accompagnement de porteurs de projets, à l&amp;#039;image de la filière bois-énergie, par exemple.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour sécuriser les actions, l&amp;#039;ALEC se consacre également à une activité de veille
+ réglementaire, technique et de connaissance fine du territoire (observatoire).
+&lt;/p&gt;
+&lt;p&gt;
+ Votre ALEC aide à la décision éclairée dans la construction, la rénovation, l&amp;#039;aménagement, la production et la consommation.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic énergétique et climatique territorial
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et plan d&amp;#039;action énergie-climat local (PCAET)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prise en compte des enjeux climatiques dans les PLU/I
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schéma directeur énergie
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Observatoire local énergie-climat
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  État des lieux énergétique du patrimoine public
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plan pluriannuel d&amp;#039;investissement pour la réduction de la facture énergétique de la collectivité
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des copropriétés à la rénovation énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Information / conseil / accompagnement des particulier pour la rénovation énergétique de leur logement
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dynamique territoriale pour la rénovation énergétique des bâtiments (demande, offre)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sensibilisation du grand public à la maîtrise de l&amp;#039;énergie et à la lutte contre le changement climatique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Lutte contre la précarité énergétique
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement des acteurs pour le développement des énergies renouvelables locales
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Biodiversité
+Economie circulaire
+Qualité de l'air
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
-Architecture
-[...2 lines deleted...]
-Mobilité pour tous
+Lutte contre la précarité
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
 Modes actifs : vélo, marche et aménagements associés
-Réduction de l'empreinte carbone
-[...3 lines deleted...]
-      <c r="O16" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
-[...787 lines deleted...]
-      <c r="S21" s="1" t="inlineStr">
+      <c r="S50" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T21" s="1" t="inlineStr">
+      <c r="T50" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X21" s="1" t="inlineStr">
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Pays des Vallons de Vilaine</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysdesvallonsdevilaine.fr/lequipe/</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Mail :
-[...8 lines deleted...]
- Murielle COLLIGNON, Assistante administrative : 03 54 50 71 66
+ Pierrick Allard p.allard&amp;#64;alec-vallonsdevilaine.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>contact@federation-flame.org</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e1d9-se-faire-accompagner-sur-les-thematiques-ener/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-      <c r="A22" s="1">
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P51" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q51" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>151701</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier du soutien et de l'accompagnement en matière d'ingénierie publique en bâtiment / maîtrise de l'énergie</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique du Département du Rhône (ATDR)</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;ATDR 69 conseille, coordonne, accompagne.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Les niveaux d&amp;#039;intervention pour la thématique bâtiment / maîtrise de l&amp;#039;énergie sont les suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  CONSEIL : étude d&amp;#039;opportunité évaluant le bien-fondé d&amp;#039;un projet sur les volets technique, financier et organisationnel
+ &lt;/li&gt;
+ &lt;li&gt;
+  ASSISTANCE À MAITRE D&amp;#039;OUVRAGE ET CONDUITE D&amp;#039;OPÉRATION : préparation, choix et suivi des contrats des prestataires intellectuels puis coordination et pilotage de l&amp;#039;opération en phase travaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Opérations d&amp;#039; assistance à maîtrise d&amp;#039;ouvrage (AMO) :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un restaurant scolaire à Corcelles-en-Beaujolais
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;une bibliothèque et extension de la mairie à Saint-Clément-les-Places
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation du restaurant scolaire à Saint-Julien
+ &lt;/li&gt;
+ &lt;li&gt;
+  Extension et travaux de réaménagements intérieurs et extérieurs de la salle polyvalente de Cogny
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réhabilitation d&amp;#039;une ancienne caserne de pompiers en salle de réunions à Juliénas
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N52" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Réhabilitation
+Accessibilité</t>
+        </is>
+      </c>
+      <c r="O52" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou un établissement public de coopération intercommunal sur le département du Rhône hors métropole.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Modalités d&amp;#039;accès au service :
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les collectivités éligibles au Service d&amp;#039;Assistance Technique d&amp;#039;Aide à l&amp;#039;Equipement Rural (SATAER) et adhérentes (cotisation annuelle) à l&amp;#039;ATDR :
+ &lt;br /&gt;
+ - les missions de conseil sont gratuites,
+ &lt;br /&gt;
+ - les missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage  sont payantes avec remise sur les coûts journaliers des intervenants.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ • Pour les autres collectivités, l&amp;#039;ensemble des missions de conseil et d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage sont payantes
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S52" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T52" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U52" s="1" t="inlineStr">
+        <is>
+          <t>Rhône Département (hors métropole de Lyon)</t>
+        </is>
+      </c>
+      <c r="V52" s="1" t="inlineStr">
+        <is>
+          <t>http://rhône.fr</t>
+        </is>
+      </c>
+      <c r="W52" s="1" t="inlineStr">
+        <is>
+          <t>http://atdr@rhone.fr</t>
+        </is>
+      </c>
+      <c r="X52" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Courriel : atdr&amp;#64;rhone.fr
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Tél : 04 72 61 79 85
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y52" s="1" t="inlineStr">
+        <is>
+          <t>patricia.pompon@rhone.fr</t>
+        </is>
+      </c>
+      <c r="Z52" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/115e-beneficier-du-soutien-et-de-laccompagnement-e/</t>
+        </is>
+      </c>
+      <c r="AA52" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
         <v>101248</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
         </is>
       </c>
-      <c r="E22" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
         </is>
       </c>
-      <c r="G22" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département</t>
         </is>
       </c>
-      <c r="H22" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Ingénierie technique
+      <c r="H53" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
 Ingénierie financière
-Ingénierie Juridique / administrative</t>
-[...2 lines deleted...]
-      <c r="K22" s="1" t="inlineStr">
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L22" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
 &lt;/p&gt;
 &lt;p&gt;
  Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
 &lt;/p&gt;
 &lt;h3&gt;&lt;strong&gt;
   Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
 &lt;h4&gt;&lt;em&gt;
   Architecture, paysage, urbanisme, énergie
  &lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des schémas de principe,
  &lt;/li&gt;
  &lt;li&gt;
   des orientations d&amp;#039;aménagement,
  &lt;/li&gt;
  &lt;li&gt;
   des programmes et des chiffrages&lt;/li&gt;
 &lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
@@ -4069,163 +10040,289 @@
 &lt;ul&gt;
  &lt;li&gt;
   l&amp;#039;analyse des budgets des collectivités,
  &lt;/li&gt;
  &lt;li&gt;
   la réalisation de prospective et rétrospective financières
  &lt;/li&gt;
  &lt;li&gt;
   simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
 &lt;p&gt;
  Rédaction :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   des pièces des marchés publics (restauration, monuments historiques, assainissement...)
  &lt;/li&gt;
  &lt;li&gt;
   de concession de service,
  &lt;/li&gt;
  &lt;li&gt;
   de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M22" s="1" t="inlineStr">
+      <c r="M53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;
   Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
  &lt;/strong&gt;
  : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Domaine du paysage et de l&amp;#039;urbanisme
  &lt;/strong&gt;
  : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N22" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Commerces et services
 Tiers-lieux
 Revitalisation
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Attractivité économique
 Appui méthodologique
 Artisanat
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O22" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R22" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Peuvent solliciter l&amp;#039;ADAC 37 :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
  &lt;/li&gt;
  &lt;li&gt;
   les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
  &lt;/li&gt;
  &lt;li&gt;
   le conseil départemental d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
  &lt;li&gt;
   les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S22" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T22" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U22" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>Indre-et-Loire</t>
         </is>
       </c>
-      <c r="V22" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://www.adac37.fr</t>
         </is>
       </c>
-      <c r="X22" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y22" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>administration@adac37.fr</t>
         </is>
       </c>
-      <c r="Z22" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
         </is>
       </c>
-      <c r="AA22" s="1" t="inlineStr">
+      <c r="AA53" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" spans="1:27" customHeight="0">
+      <c r="A54" s="1">
+        <v>30523</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Entretenir la voirie, programmer les travaux d'entretien routier et limiter les risques du gestionnaire</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Tarn</t>
+        </is>
+      </c>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cette action consiste à donner les notions de base dans la gestion et la réalisation de l&amp;#039;entretien routier visant à préserver le patrimoine et limiter les risques pour les maitres d&amp;#039;ouvrages (Communes ou EPCI).
+&lt;/p&gt;
+&lt;p&gt;
+ Ces actions concernent l&amp;#039;entretien de tous les composants du domaine routier : chaussée, espaces verts, ouvrages, signalisation ...
+&lt;/p&gt;
+&lt;p&gt;
+ Sont aussi abordées des méthodes simples de programmation de travaux d&amp;#039;entretien périodique des chaussées avec une stratégie propre à chaque collectivité en fonction de la nature de son patrimoine (quantitatif et qualitatif) et du budget consacré.Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette action correspond à la fiche N° 42 du catalogue du guide de l&amp;#039;ingénierie départementale accessible sur le site du Département du Tarn
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  Dans un premier temps aucun financement n&amp;#039;est à mettre en place pour l&amp;#039;aide en ingénierie. Le Département fait bénéficier gracieusement la collectivité d&amp;#039;un temps de travail du personnel départemental.
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N54" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Transports collectifs et optimisation des trafics routiers</t>
+        </is>
+      </c>
+      <c r="O54" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes tarnaises sachant que celles de moins de 5000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les intercommunalités tarnaises sachant que celles de moins de 25 000 habitants sont prioritaires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S54" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T54" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U54" s="1" t="inlineStr">
+        <is>
+          <t>Tarn</t>
+        </is>
+      </c>
+      <c r="V54" s="1" t="inlineStr">
+        <is>
+          <t>https://www.tarn.fr/au-quotidien/collectivite-locale/le-guide-de-lingenierie</t>
+        </is>
+      </c>
+      <c r="X54" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nom / Prénom : Pierre Albinet
+&lt;/p&gt;
+&lt;p&gt;
+ E-mail : ingenierietarn&amp;#64;tarn.fr
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 63 45 64 75
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y54" s="1" t="inlineStr">
+        <is>
+          <t>pierre.albinet@tarn.fr</t>
+        </is>
+      </c>
+      <c r="Z54" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c654-entretenir-la-voirie-programmer-les-travaux-d/</t>
+        </is>
+      </c>
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>