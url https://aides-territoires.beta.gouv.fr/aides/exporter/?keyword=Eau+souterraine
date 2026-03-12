--- v0 (2026-01-15)
+++ v1 (2026-03-12)
@@ -84,56 +84,56 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA17"/>
+  <dimension ref="A1:AH17"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
-    <row r="1" spans="1:27" customHeight="0">
+    <row r="1" spans="1:34" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>Porteurs d'aides</t>
         </is>
       </c>
@@ -225,52 +225,87 @@
       <c r="W1" s="0" t="inlineStr">
         <is>
           <t>Lien vers la démarche en ligne</t>
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
+      <c r="AB1" s="0" t="inlineStr">
+        <is>
+          <t>Types de projet</t>
+        </is>
+      </c>
+      <c r="AC1" s="0" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="AD1" s="0" t="inlineStr">
+        <is>
+          <t>Aide européenne</t>
+        </is>
+      </c>
+      <c r="AE1" s="0" t="inlineStr">
+        <is>
+          <t>Aide payante</t>
+        </is>
+      </c>
+      <c r="AF1" s="0" t="inlineStr">
+        <is>
+          <t>Importé</t>
+        </is>
+      </c>
+      <c r="AG1" s="0" t="inlineStr">
+        <is>
+          <t>Date de création</t>
+        </is>
+      </c>
+      <c r="AH1" s="0" t="inlineStr">
+        <is>
+          <t>Date de mise à jour</t>
+        </is>
+      </c>
     </row>
-    <row r="2" spans="1:27" customHeight="0">
+    <row r="2" spans="1:34" customHeight="0">
       <c r="A2" s="0">
         <v>95040</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Connaître et protéger les eaux souterraines</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Acquisition de connaissances et développement d’outils de gestion pour la protection des ressources en eau et des milieux aquatiques</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>Conseil régional du Grand Est</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat
@@ -455,264 +490,297 @@
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Veronique BAUDET,
    Tél : 03 26 70 89 33, Mail : vbaudet&amp;#64;cr-champagne-ardenne.fr
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>olivier.claudel@grandest.fr</t>
         </is>
       </c>
       <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d52e-connaitre-et-proteger-les-eaux-souterraines/</t>
         </is>
       </c>
       <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF2" s="0" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG2" s="0" t="inlineStr">
+        <is>
+          <t>01/07/2021</t>
+        </is>
+      </c>
+      <c r="AH2" s="0" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
+    <row r="3" spans="1:34" customHeight="0">
       <c r="A3" s="1">
         <v>164159</v>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Financer des dispositifs permettant la mesure et le suivi des eaux prélevées, des eaux de process et des flux polluants  ainsi que la surveillance des eaux souterraines</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t> Min : 40 Max : 65</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>Taux de référence / Zone AFR</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux éligibles sont les dispositifs permettant la mesure et le suivi des eaux prélevées, des eaux de process 
 et des flux polluants et les dispositifs permettant la surveillance des eaux souterraines.
 &lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les dépenses d’analyses ne sont pas éligibles.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N3" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Innovation, créativité et recherche
 Biodiversité
 Artisanat
 Industrie</t>
         </is>
       </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...4 lines deleted...]
-          <t>31/12/2030</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les dispositifs permettant 
 la mesure et le suivi : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Des eaux prélevées, des eaux de 
-process et des flux polluants &lt;/li&gt;&lt;li&gt;La surveillance des eaux souterraines&lt;/li&gt;&lt;/ul&gt;</t>
+process et des flux polluants &lt;/li&gt;&lt;li&gt;La surveillance des eaux souterraines&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S3" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T3" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U3" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
       <c r="V3" s="1" t="inlineStr">
         <is>
-          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
       <c r="X3" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y3" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z3" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-prevention-des-risques-de-pollutions-accidentelles-ou-par-temps-de-pluie/</t>
         </is>
       </c>
       <c r="AA3" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC3" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE3" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG3" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2025</t>
+        </is>
+      </c>
+      <c r="AH3" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
+    <row r="4" spans="1:34" customHeight="0">
       <c r="A4" s="1">
         <v>164160</v>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Financer des travaux visant à limiter la migration de produits polluants vers et dans les eaux souterraines ou superficielles du fait de pollutions du sol, sous-sol ou sédiments</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
           <t>Selon encadrement européen en vigueur</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/li&gt;&lt;li&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/li&gt;&lt;li&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/li&gt;&lt;li&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/li&gt;&lt;li&gt;Développer des actions qui favorisent la biodiversité&lt;/li&gt;&lt;li&gt;Résorber les foyers résiduels de pollution classique&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux éligibles sont, dans un cadre général, ceux visant à limiter la migration de produits polluants vers et 
 dans les eaux souterraines ou superficielles du fait de pollutions du sol, sous-sol ou sédiments. L’éligibilité est 
 subordonnée à la démonstration que le risque de pollution ou l’impact sur la ressource en eau est bien établi. &lt;/p&gt;&lt;p&gt;Les projets de dépollution de friches industrielles dans le cadre spécifique de projets d’aménagements urbains 
 (rentrant dans le champ concurrentiel ou pas) sont soutenus uniquement s’ils sont portés par une maîtrise 
 d’ouvrage publique ou assimilée. &lt;/p&gt;&lt;p&gt;Les projets éligibles sont ceux présentant un enjeu vis-à-vis de la ressource en eau, notamment les projets inscrits 
 aux Programmes de Mesures du SDAGE et déclinés localement dans les Plans d’Action Opérationnels 
 Territorialisés, ou présentant un enjeu local spécifique vis-à-vis de la ressource en eau dûment démontré. 
 L’appréciation de la recevabilité de ce type de projet sera faite au cas par cas, dans des conditions limitatives, 
 ou par appel à projets. &lt;/p&gt;&lt;p&gt;Sans préjudice de la directive 2004/35/CE du Parlement européen et du Conseil (transposée dans le code de 
 l’environnement au Titre VI : Prévention et réparation de certains dommages causés à l&amp;#039;environnement aux 
 articles L.160-1 à L.165-2) ou des autres règles de l’Union applicables en matière de responsabilité pour les 
 dommages environnementaux, lorsque l’entité ou l’entreprise responsable des dommages environnementaux 
 en vertu du droit applicable dans chaque État membre est identifiée, cette entité ou entreprise finance les 
 travaux nécessaires à la prévention et à la réparation des dégradations et contaminations environnementales 
 en application du principe du pollueur-payeur, et aucune aide n’est octroyée pour les travaux que l’entité ou 
 l’entreprise serait légalement tenue de réaliser.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Innovation, créativité et recherche
 Biodiversité
 Artisanat
 Industrie</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...4 lines deleted...]
-          <t>31/12/2030</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux éligibles sont ceux visant à 
 limiter la migration de produits 
 polluants vers et dans les eaux 
 souterraines ou superficielles du fait de 
 pollutions du sol, sous-sol ou 
 sédiments. &lt;/p&gt;&lt;p&gt;L’éligibilité est subordonnée à la 
 démonstration que le risque de 
 pollution ou l’impact sur la ressource 
 en eau est bien établi. &lt;/p&gt;&lt;p&gt;Sans préjudice de la directive 
 2004/35/CE du Parlement européen et 
 du Conseil (transposée dans le code de 
 l’environnement au Titre VI :
 Prévention et réparation de certains 
 dommages causés à l&amp;#039;environnement 
 aux articles L.160-1 à L.165-2) ou des 
 autres règles de l’Union applicables en 
 matière de responsabilité pour les 
 dommages environnementaux, lorsque 
 l’entité ou l’entreprise responsable des 
 dommages environnementaux en vertu 
 du droit applicable dans chaque État 
@@ -722,211 +790,253 @@
 réparation des dégradations et 
 contaminations environnementales en 
 application du principe du pollueur-payeur, et aucune aide n’est octroyée 
 pour les travaux que l’entité ou 
 l’entreprise serait légalement tenue de 
 réaliser.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S4" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T4" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U4" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
       <c r="V4" s="1" t="inlineStr">
         <is>
-          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche_activites_eco_pdf</t>
         </is>
       </c>
       <c r="X4" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y4" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z4" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-moyens-de-mesure-et-de-controle/</t>
         </is>
       </c>
       <c r="AA4" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC4" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE4" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG4" s="1" t="inlineStr">
+        <is>
+          <t>23/01/2025</t>
+        </is>
+      </c>
+      <c r="AH4" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
+    <row r="5" spans="1:34" customHeight="0">
       <c r="A5" s="1">
         <v>164141</v>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Financer des études dans l'optique de limiter la dépendance à l’eau, restaurer les débits des cours d’eau et la recharge des nappes</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...2 lines deleted...]
-Agriculteur</t>
+Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles :
 &lt;br /&gt;• Toutes les études de programmation, les études diagnostiques, les études avant travaux et les études 
 en phase travaux permettant de répondre aux enjeux précités (limiter notre dépendance à l’eau dans 
 une optique de sobriété, restaurer les débits des cours d’eau et la recharge des nappes, partager les 
 ressources en eau) ;
 &lt;br /&gt;• Le niveau d’exigence des études de détermination des « volumes prélevables » est à réhausser dans les 
 secteurs à enjeu vis-à-vis de la ressource en eau en investiguant les interactions entre hydro(géo)logie, 
 fonctionnement des milieux, usages et prospective climatique&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N5" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...4 lines deleted...]
-          <t>31/12/2030</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont éligibles dès lors qu’elles : &lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Ne contreviennent pas aux principes 
 généraux à respecter ; &lt;/li&gt;&lt;li&gt;Interviennent à une échelle pertinente 
 (exemple : bassin versant de 
 surface, secteur significatif d’une eau 
 souterraine, …) si elles relèvent d’un enjeu 
-multi-usage.&lt;/li&gt;&lt;/ul&gt;</t>
+multi-usage.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S5" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T5" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U5" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
       <c r="V5" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
       <c r="X5" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y5" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z5" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete-partage-des-ressources-en-eau-reut/</t>
         </is>
       </c>
       <c r="AA5" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC5" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG5" s="1" t="inlineStr">
+        <is>
+          <t>22/01/2025</t>
+        </is>
+      </c>
+      <c r="AH5" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
+    <row r="6" spans="1:34" customHeight="0">
       <c r="A6" s="1">
         <v>163131</v>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Accompagner la mise en œuvre d'actions en faveur de la gestion durable et raisonnée des ressources en eau à l’échelle des bassins versants</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t>Gestion et préservation de la ressource en eau</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
@@ -983,55 +1093,75 @@
 Usage / valorisation</t>
         </is>
       </c>
       <c r="U6" s="1" t="inlineStr">
         <is>
           <t>Provence-Alpes-Côte d'Azur</t>
         </is>
       </c>
       <c r="V6" s="1" t="inlineStr">
         <is>
           <t>https://www.maregionsud.fr/vos-aides/detail/gestion-et-preservation-de-la-ressource-en-eau</t>
         </is>
       </c>
       <c r="Y6" s="1" t="inlineStr">
         <is>
           <t>webpresse@maregionsud.fr</t>
         </is>
       </c>
       <c r="Z6" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gestion-et-preservation-de-la-ressource-en-eau/</t>
         </is>
       </c>
       <c r="AA6" s="1" t="inlineStr">
         <is>
-          <t>published</t>
+          <t>merged</t>
+        </is>
+      </c>
+      <c r="AE6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF6" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG6" s="1" t="inlineStr">
+        <is>
+          <t>28/07/2024</t>
+        </is>
+      </c>
+      <c r="AH6" s="1" t="inlineStr">
+        <is>
+          <t>07/02/2026</t>
         </is>
       </c>
     </row>
-    <row r="7" spans="1:27" customHeight="0">
+    <row r="7" spans="1:34" customHeight="0">
       <c r="A7" s="1">
         <v>117388</v>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Mettre en place le contrôle et l'analyse de la qualité sanitaire de l’eau (prélèvements et analyses)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
@@ -1116,80 +1246,105 @@
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y7" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
       <c r="Z7" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/4b59-mettre-en-place-le-controle-et-analyse-de-la-/</t>
         </is>
       </c>
       <c r="AA7" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC7" s="1" t="inlineStr">
+        <is>
+          <t>G.I.P. ID77</t>
+        </is>
+      </c>
+      <c r="AE7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG7" s="1" t="inlineStr">
+        <is>
+          <t>07/04/2022</t>
+        </is>
+      </c>
+      <c r="AH7" s="1" t="inlineStr">
+        <is>
+          <t>07/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="8" spans="1:27" customHeight="0">
+    <row r="8" spans="1:34" customHeight="0">
       <c r="A8" s="1">
         <v>163918</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Faire émerger des projets de R&amp;D afin d’améliorer les connaissances et développer des techniques ou de nouveaux outils dans les domaines du traitement des sols</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Recherche pour la GEStion Intégrée des sites POLlués (GESIPOL)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>ADEME</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association
+Recherche
 Entreprise privée
-Recherche</t>
+Association</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention
 Ingénierie technique</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les enjeux techniques et scientifiques centraux de l&amp;#039;édition 2025 de l&amp;#039;appel à projets de recherche (APR) GESIPOL sont constitués de :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;L’amélioration des techniques de traitement des pollutions des sols et des eaux souterraines&lt;/strong&gt;, ainsi que des méthodes et outils de dimensionnement, de pilotage et de suivi de ces traitements.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’avancement des techniques de réhabilitation écologique&lt;/strong&gt; des friches polluées.&lt;/li&gt;&lt;li&gt;&lt;strong&gt;L’optimisation des conceptions des projets d’aménagement&lt;/strong&gt; (orientations et objectifs) dans des contextes de friches polluées.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les propositions de recherche devront autant que possible &lt;strong&gt;servir une dynamique d’innovation et être portées par les acteurs économiques&lt;/strong&gt; eux-mêmes.&lt;/p&gt;&lt;p&gt;Les projets devront s’inscrire dans une démarche scientifique bien circonscrite reposant sur un questionnement pertinent, basé sur la connaissance des contextes, enjeux et états de l’art scientifiques, et sur une méthodologie de réponse prédéfinis et comportant un volume substantiel de travail expérimental et/ou d’enquêtes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Forêts
 Sols
 Agriculture et agroalimentaire</t>
         </is>
       </c>
@@ -1213,52 +1368,72 @@
       <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/20241119/recherche-gestion-integree-sites-pollues-gesipol</t>
         </is>
       </c>
       <c r="X8" s="1" t="inlineStr">
         <is>
           <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
         </is>
       </c>
       <c r="Y8" s="1" t="inlineStr">
         <is>
           <t>assistance.agirpourlatransition@ademe.fr</t>
         </is>
       </c>
       <c r="Z8" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/recherche-pour-la-gestion-integree-des-sites-pollues-gesipol/</t>
         </is>
       </c>
       <c r="AA8" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AE8" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF8" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG8" s="1" t="inlineStr">
+        <is>
+          <t>01/12/2024</t>
+        </is>
+      </c>
+      <c r="AH8" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="9" spans="1:27" customHeight="0">
+    <row r="9" spans="1:34" customHeight="0">
       <c r="A9" s="1">
         <v>149549</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Investir sur mon exploitation dans les systèmes d'irrigation agricole - Dispositif 206 du Feader (aide aux infrastructures hydrauliques)</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>INVESTIR SUR MON EXPLOITATION DANS LES SYSTEMES D'IRRIGATION AGRICOLE - Dispositif 206 du Feader (aide aux infrastructures hydrauliques)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
@@ -1711,52 +1886,82 @@
   &lt;strong&gt;
    Direction Agriculture Forêt et Alimentation de la Région :
   &lt;/strong&gt;
   &lt;a href="mailto:Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr" target="_self"&gt;
    Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
       <c r="Y9" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z9" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/08f4-investir-sur-mon-exploitation-dans-les-system/</t>
         </is>
       </c>
       <c r="AA9" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC9" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AD9" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG9" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2023</t>
+        </is>
+      </c>
+      <c r="AH9" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="10" spans="1:27" customHeight="0">
+    <row r="10" spans="1:34" customHeight="0">
       <c r="A10" s="1">
         <v>164313</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Préserver la ressource en eau et sécuriser l'alimentation en eau potable - Études - Schéma directeurs, diagnostic, définition et programmation</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
@@ -1778,267 +1983,307 @@
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/p&gt;&lt;p&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/p&gt;&lt;p&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/p&gt;&lt;p&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
 investissements ou actions éligibles.
 Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
       <c r="O10" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...4 lines deleted...]
-          <t>31/12/2030</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études éligibles aux aides de l’Agence de l’eau sont notamment : &lt;br /&gt;o Études de gouvernance/structuration des compétences/ingénierie financière/tarification 
 sociale et progressive (en dehors des études portant sur le mode de gestion du service, régie, 
 délégation ou choix des délégataires) ; &lt;br /&gt;o Études sur les aires d’alimentation des captages sensibles, prioritaires, stratégiques, ou inscrits 
 dans les PAOT : délimitation des Aires d’Alimentation de Captage (AAC) et de leur Zone de 
 Protection (ZP-AAC), réalisation du diagnostic territorial des pressions, définition et suivi du
 plan d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
 production d’eau potable, … ;
 &lt;br /&gt;o Schémas directeurs et études-diagnostiques des systèmes d’alimentation en eau potable, 
 comprenant notamment un volet de connaissance patrimoniale (élaboration du descriptif 
 détaillé des réseaux et mise en place des outils associés : Système d’Information Géographique, 
 …) et, le cas échéant, un volet d’analyse globale de la vulnérabilité du système, ou un volet de 
 solutions pour rétablir la conformité de l’eau à la limite de qualité dans le cas de captages 
 faisant l’objet de dérogation préfectorale pour la distribution d’une eau ne répondant pas à 
 une limite de qualité règlementaire fixée pour les Eaux Destinées à la Consommation Humaine 
 (EDCH) ;
 &lt;br /&gt;o Études d’élaboration des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) ;
 &lt;br /&gt;o Études locales permettant d’améliorer la connaissance des ressources en eau souterraine et 
 superficielle. &lt;br /&gt;o Avant-travaux (études d’investigation, études préliminaires, études d’avant-projet et de 
 projet) ;
 &lt;br /&gt;o Définition/programmation de travaux jusqu’au programme d’opérations ;
 &lt;br /&gt;o Phase travaux/réception (maîtrise d’œuvre, …) ;
 &lt;br /&gt;o Assistance à maîtrise d’ouvrage associée.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T10" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
       <c r="V10" s="1" t="inlineStr">
         <is>
-          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche_eau_potable_pdf</t>
         </is>
       </c>
       <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/preserver-la-ressource-en-eau-et-securiser-lalimentation-en-eau-potable-etudes-gouvernance-ingenierie-financiere-tarification-progressive/</t>
         </is>
       </c>
       <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC10" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF10" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG10" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2025</t>
+        </is>
+      </c>
+      <c r="AH10" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="11" spans="1:27" customHeight="0">
+    <row r="11" spans="1:34" customHeight="0">
       <c r="A11" s="1">
         <v>164128</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Financer des études sur la gouvernance, l'ingénierie financière et la tarification progressive</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de préservation de la ressource en eau et de sécurisation de l'alimentation en eau potable, en quantité et qualité</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t> Max : 70</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;</t>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Préserver et reconquérir la qualité des ressources en eau destinées à l&amp;#039;alimentation en eau potable&lt;/li&gt;&lt;li&gt;Sécuriser l&amp;#039;approvisionnement en eau potable&lt;/li&gt;&lt;li&gt;Lutter contre le gaspillage de la ressource et améliorer les performances des services d&amp;#039;eau potable&lt;/li&gt;&lt;li&gt;Accompagner les collectivités dans l&amp;#039;adaptation au changement climatique et aux évolutions réglementaires&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études sont aidées si elles sont nécessaires à la définition, à l’analyse de la faisabilité ou à la préparation des 
 investissements ou actions éligibles.
 Les études éligibles aux aides de l’Agence de l’eau sont notamment les études de réflexion et de connaissance et, les études de conception.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Les études peuvent être aidées qu’elles soient réalisées par un prestataire extérieur ou par les moyens propres 
 du bénéficiaire de l’aide. &lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N11" s="1" t="inlineStr">
         <is>
           <t>Eau potable</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...4 lines deleted...]
-          <t>31/12/2030</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les études éligibles aux aides de l’Agence de l’eau sont notamment : &lt;br /&gt;o Études de gouvernance/structuration des compétences/ingénierie financière/tarification 
 sociale et progressive (en dehors des études portant sur le mode de gestion du service, régie, 
 délégation ou choix des délégataires) ; &lt;br /&gt;o Études sur les aires d’alimentation des captages sensibles, prioritaires, stratégiques, ou inscrits 
 dans les PAOT : délimitation des Aires d’Alimentation de Captage (AAC) et de leur Zone de 
 Protection (ZP-AAC), réalisation du diagnostic territorial des pressions, définition et suivi du
 plan d’actions de préservation et de reconquête de la qualité de l’eau brute destinée à la 
 production d’eau potable, … ;
 &lt;br /&gt;o Schémas directeurs et études-diagnostiques des systèmes d’alimentation en eau potable, 
 comprenant notamment un volet de connaissance patrimoniale (élaboration du descriptif 
 détaillé des réseaux et mise en place des outils associés : Système d’Information Géographique, 
 …) et, le cas échéant, un volet d’analyse globale de la vulnérabilité du système, ou un volet de 
 solutions pour rétablir la conformité de l’eau à la limite de qualité dans le cas de captages 
 faisant l’objet de dérogation préfectorale pour la distribution d’une eau ne répondant pas à 
 une limite de qualité règlementaire fixée pour les Eaux Destinées à la Consommation Humaine 
 (EDCH) ;
 &lt;br /&gt;o Études d’élaboration des Plans de Gestion de la Sécurité Sanitaire des Eaux (PGSSE) ;
 &lt;br /&gt;o Études locales permettant d’améliorer la connaissance des ressources en eau souterraine et 
 superficielle. &lt;br /&gt;o Avant-travaux (études d’investigation, études préliminaires, études d’avant-projet et de 
 projet) ;
 &lt;br /&gt;o Définition/programmation de travaux jusqu’au programme d’opérations ;
 &lt;br /&gt;o Phase travaux/réception (maîtrise d’œuvre, …) ;
 &lt;br /&gt;o Assistance à maîtrise d’ouvrage associée.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S11" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T11" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U11" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
       <c r="V11" s="1" t="inlineStr">
         <is>
-          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche%5Feau%5Fpotable%5Fpdf</t>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_eau_potable.pdf?Archive=263785708196&amp;File=fiche_eau_potable_pdf</t>
         </is>
       </c>
       <c r="X11" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_blank"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y11" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z11" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/developper-et-ameliorer-les-systemes-dassainissement-realisation-detudes-2/</t>
         </is>
       </c>
       <c r="AA11" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC11" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE11" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG11" s="1" t="inlineStr">
+        <is>
+          <t>21/01/2025</t>
+        </is>
+      </c>
+      <c r="AH11" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="12" spans="1:27" customHeight="0">
+    <row r="12" spans="1:34" customHeight="0">
       <c r="A12" s="1">
         <v>149548</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Investir sur mon exploitation dans les systèmes d'irrigation agricole - Dispositif 205 du Feader (aide équipement irrigation)</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>INVESTIR SUR MON EXPLOITATION DANS LES SYSTEMES D'IRRIGATION AGRICOLE - Dispositif 205 du Feader (aide équipement irrigation)</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Drôme
 Conseil régional d'Auvergne-Rhône-Alpes</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Agriculteur</t>
         </is>
@@ -2414,52 +2659,82 @@
     Direction Agriculture Forêt et Alimentation de la Région :
    &lt;/strong&gt;
    &lt;a href="mailto:Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr" target="_self"&gt;
     Productions.agricoles.dafa&amp;#64;auvergnerhonealpes.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
       <c r="Y12" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
       <c r="Z12" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/b18a-investir-sur-mon-exploitation-dans-les-system/</t>
         </is>
       </c>
       <c r="AA12" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC12" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="AD12" s="1" t="inlineStr">
+        <is>
+          <t>organizational</t>
+        </is>
+      </c>
+      <c r="AE12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF12" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG12" s="1" t="inlineStr">
+        <is>
+          <t>10/09/2023</t>
+        </is>
+      </c>
+      <c r="AH12" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="13" spans="1:27" customHeight="0">
+    <row r="13" spans="1:34" customHeight="0">
       <c r="A13" s="1">
         <v>152159</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Aider à l’amélioration de la qualité de l'eau potable et de sa distribution</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>ALIMENTATION EN EAU POTABLE</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de l'Oise</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
@@ -2936,79 +3211,109 @@
  &lt;br /&gt;
  Téléphone : 03.44.06.63.27
  &lt;br /&gt;
  Mél :
  &lt;a href="mailto:aideauxcommunes&amp;#64;oise.fr"&gt;
   aideauxcommunes&amp;#64;oise.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y13" s="1" t="inlineStr">
         <is>
           <t>contact-aidesetsubventions@oise.fr</t>
         </is>
       </c>
       <c r="Z13" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/db03-aider-a-la-realisation-daires-daccueil-des-ge/</t>
         </is>
       </c>
       <c r="AA13" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AB13" s="1" t="inlineStr">
+        <is>
+          <t>Rénover le réseau d’assainissement</t>
+        </is>
+      </c>
+      <c r="AC13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de l'Oise</t>
+        </is>
+      </c>
+      <c r="AE13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG13" s="1" t="inlineStr">
+        <is>
+          <t>16/10/2023</t>
+        </is>
+      </c>
+      <c r="AH13" s="1" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="14" spans="1:27" customHeight="0">
+    <row r="14" spans="1:34" customHeight="0">
       <c r="A14" s="1">
         <v>164765</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Améliorer la connaissance environnementale grâce aux réseaux de surveillance de la qualité des milieux</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Réseaux de surveillance</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau Adour-Garonne</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
-Association
+Recherche
 Entreprise privée
-Recherche</t>
+Association</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t> Min : 50 Max : 80</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Mieux comprendre les milieux naturels grâce à la surveillance et aux études environnementales est un des axes d’action de l’agence de l’eau Adour-Garonne. Les aides de l’Agence permettent d’anticiper les impacts du changement climatique, d’identifier des solutions adaptées et de répondre aux enjeux émergents. Les données collectées servent à mesurer les progrès réalisés et à orienter les maîtres d’ouvrage vers des résultats concrets. Une attention particulière est accordée à la réduction de l’empreinte carbone des activités de surveillance, notamment en matière d’énergie, de transport et de gestion des déchets.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://eau-grandsudouest.fr/politique-eau/programme-intervention/aides/reseaux-surveillance-milieux-etudes-connaissance-environnementale"&gt;Réseaux de surveillance des milieux et études de connaissance environnementale | Agence de l&amp;#039;eau Adour-Garonne (eau-grandsudouest.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;L’Agence soutient et renforce la surveillance des masses d’eau, qu’il s’agisse des rivières, lacs, estuaires, eaux souterraines ou du littoral. Elle finance des réseaux de mesures pour appliquer les cadres réglementaires nationaux et de bassin, notamment ceux liés à la Directive-Cadre sur l’Eau (DCE) et à la Directive-Cadre Stratégie pour le Milieu Marin (DCSMM).&lt;br /&gt;&lt;/p&gt;</t>
@@ -3066,474 +3371,384 @@
       <c r="W14" s="1" t="inlineStr">
         <is>
           <t>https://rivage.eau-adour-garonne.fr/appli/</t>
         </is>
       </c>
       <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Pour toute information complémentaire, n&amp;#039;hésitez pas à contacter la délégation qui gère le territoire concerné par la demande d&amp;#039;aide :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 16-17-33-47-79-86 Atlantique Dordogne – Bordeaux&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 56 11 19 99 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-bordeaux&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-bordeaux&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 15-19-23-24-63-87 Atlantique Dordogne – Brive&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 55 88 02 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-brive&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-brive&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 09-11-31-32-34-81-82 Garonne Amont – Toulouse&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 61 43 26 80 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-toulouse&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-toulouse&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 12-30-46-48 Garonne Amont – Rodez&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 65 75 56 00 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-rodez&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-rodez&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Départements : 40-64-65 Adour et Côtiers&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Tél. 05 59 80 77 90 ; &lt;a href="https://aides-territoires.beta.gouv.fr/comptes/aides/publications/deleg-pau&amp;#64;eau-adour-garonne.fr" target="_self"&gt;deleg-pau&amp;#64;eau-adour-garonne.fr&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>caroline.demange@eau-adour-garonne.fr</t>
         </is>
       </c>
       <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/favoriser-linnovation-1/</t>
         </is>
       </c>
       <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC14" s="1" t="inlineStr">
+        <is>
+          <t>Agence de l'eau Adour Garonne</t>
+        </is>
+      </c>
+      <c r="AE14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF14" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG14" s="1" t="inlineStr">
+        <is>
+          <t>26/03/2025</t>
+        </is>
+      </c>
+      <c r="AH14" s="1" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="15" spans="1:27" customHeight="0">
+    <row r="15" spans="1:34" customHeight="0">
       <c r="A15" s="1">
+        <v>165642</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les installations de production de chaleur et de froid à partir de boucle d’eau tempérée géothermique</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Installations de production de chaleur et de froid à partir de boucle d’eau tempérée géothermique</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>ADEME</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée
+Association</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’ADEME invite les porteurs de projet à s’inscrire une &lt;strong&gt;démarche de type « EnRChoix »&lt;/strong&gt;, en privilégiant la &lt;strong&gt;sobriété, la mutualisation des moyens de production et la mobilisation prioritaire de certaines EnR&amp;amp;R&lt;/strong&gt;.&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ainsi, avant la réalisation d’un investissement de chaleur renouvelable ou de récupération, le porteur devra démontrer que les points suivants ont été pris en compte :&lt;/p&gt;&lt;ol&gt;&lt;li&gt;&lt;strong&gt;réduction du besoin &lt;/strong&gt;: réflexion et mise en œuvre de mesures de sobriété et efficacité énergétique sur les bâtiments ou les process avant dimensionnement de la chaufferie biomasse ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;mutualisation des besoins &lt;/strong&gt;: raccordement à un réseau de chaleur vertueux existant quand cela est possible ou étude du potentiel de création d’un réseau de chaleur afin de mutualiser l’outil de production de chaleur renouvelable sur plusieurs bâtiments ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;récupération de chaleur fatale &lt;/strong&gt;: étude des sources de chaleur fatale disponibles localement et de leurs adéquations avec les besoins ;&lt;/li&gt;&lt;li&gt;&lt;strong&gt;considération des autres EnR disponibles localement &lt;/strong&gt;: étude du potentiel géothermique et solaire thermique et de leur adéquation avec les besoins (seul ou en complément de la biomasse) ;&lt;/li&gt;&lt;/ol&gt;&lt;p&gt;La biomasse est une source d’énergie renouvelable abondante, mais limitée, aussi il est important de l’utiliser de façon optimisée et là où elle est l’énergie la plus pertinente pour répondre aux besoins. Elle sera particulièrement pertinente pour des besoins haute température (&amp;gt; 90/100 °C), ou lorsque aucune énergie locale (géothermie, solaire thermique…) ne peut satisfaire le besoin.&lt;/p&gt;&lt;p&gt;Une boucle d’eau tempérée repose sur un &lt;strong&gt;réseau de distribution d’eau basse température (10 à 25 °C)&lt;/strong&gt; reliant plusieurs bâtiments que l’on souhaite chauffer, voire rafraîchir ensemble. Chacun de ces bâtiments est raccordé à la boucle au travers d’une sous-station, dans laquelle est installée une pompe à chaleur qui assure les besoins de chauffage, d’eau chaude sanitaire et/ou de froid nécessaires aux bâtiments. On parle alors de production « décentralisée ». La boucle d’eau tempérée peut être alimentée par de multiples sources d’énergies renouvelables et de récupération (géothermie, eaux usées, eau de mer, chaleur fatale…).&lt;/p&gt;&lt;p&gt;Il existe plusieurs bonnes raisons pour &lt;strong&gt;passer le cap du fossile au renouvelable grâce à la boucle d’eau tempérée géothermique (BETG)&lt;/strong&gt; :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;maîtriser sa facture énergétique en ayant de la visibilité sur les coûts de la chaleur et du froid ;&lt;/li&gt;&lt;li&gt;bénéficier d’une technologie performante sur le plan énergétique et environnemental ;&lt;/li&gt;&lt;li&gt;promouvoir des ressources énergétiques locales, disponibles 24h/24 et indépendantes des conditions climatiques ;&lt;/li&gt;&lt;li&gt;profiter d’une technologie adaptable aux différentes demandes selon les usages des bâtiments (chaud et/ou froid) ;&lt;/li&gt;&lt;li&gt;exploiter une technologie qui s’intègre harmonieusement à son environnement et évolutive par rapport à un programme d’aménagement ;&lt;/li&gt;&lt;li&gt;agir avec le soutien du Fonds Chaleur et de l’ADEME.&lt;br /&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’aide ADEME aux projets de boucle d’eau tempérée géothermique est calculée sur la base d’une analyse économique&lt;strong&gt;. &lt;/strong&gt;L’ADEME peut accompagner les opérations de boucles d’eau tempérée géothermiques ayant une &lt;strong&gt;production de chaleur renouvelable minimum de 25 MWh/an sur :&lt;/strong&gt;&lt;/p&gt;&lt;ul type="disc"&gt;&lt;li&gt;champ de sondes ;&lt;/li&gt;&lt;li&gt;nappe d’eau souterraine ;&lt;/li&gt;&lt;li&gt;eaux usées (ou effluents en sortie de      STEP) ;&lt;/li&gt;&lt;li&gt;eau de mer ou eaux de surface.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;L’investissement dans une boucle d’eau tempérée géothermique dépend de nombreux paramètres. Une &lt;strong&gt;étude de faisabilité est obligatoire&lt;/strong&gt;, d’autant que le versement de l’aide peut être conditionné à l’atteinte de critères minimums de performance des installations : COP des PAC (coefficient de performances des pompes à chaleur), production en MWh, taux d’EnR&amp;amp;R de la boucle, etc. D’autres critères peuvent également s’imposer au projet : réglementaires, performance énergétique des bâtiments raccordés, critères sociaux et de gouvernance de la boucle, etc.&lt;/p&gt;&lt;p&gt;Au-delà des aides à l’investissement, l’ADEME vous accompagne sur toutes les phases de votre projet : note d’opportunité, étude de faisabilité, assistance à maîtrise d’ouvrage, conseils.&lt;/p&gt;&lt;p&gt;Les aides sont octroyées majoritairement via les Directions régionales de l’ADEME. Un contact préalable auprès de celle concernée par le projet est fortement conseillé avant toute démarche, afin de vous guider, de préciser les critères d’éligibilité (notamment les critères sur les performances énergétiques des pompes à chaleur et sur le taux d’EnR&amp;amp;R de l’opération) et de vous apporter un éclairage technique.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2026</t>
+        </is>
+      </c>
+      <c r="Q15" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2026</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://agirpourlatransition.ademe.fr/entreprises/aides-financieres/catalogue/2026/installations-de-production-de-chaleur-et-de-froid-partir-de-boucle-deau-temperee-geothermique</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>Pour contacter l&amp;#039;Ademe ou candidater à l&amp;#039;offre, veuillez cliquer sur le lien vers le descriptif complet.</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>assistance.agirpourlatransition@ademe.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/installations-de-production-de-chaleur-et-de-froid-a-partir-de-boucle-d-eau-temperee-geothermique/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+      <c r="AE15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AG15" s="1" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="AH15" s="1" t="inlineStr">
+        <is>
+          <t>01/03/2026</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:34" customHeight="0">
+      <c r="A16" s="1">
         <v>164137</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Substituer les prélèvements vers des ressources moins fragiles</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière de gestion quantitative de la ressource en eau</t>
         </is>
       </c>
-      <c r="E15" s="1" t="inlineStr">
+      <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
-      <c r="G15" s="1" t="inlineStr">
+      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Etablissement public dont services de l'Etat
-Entreprise publique locale (Sem, Spl, SemOp)
-[...5 lines deleted...]
-      <c r="H15" s="1" t="inlineStr">
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
+      <c r="I16" s="1" t="inlineStr">
         <is>
           <t> Max : 30</t>
         </is>
       </c>
-      <c r="J15" s="1" t="inlineStr">
+      <c r="J16" s="1" t="inlineStr">
         <is>
           <t>Taux de référence</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="M15" s="1" t="inlineStr">
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Améliorer nos connaissances et développer l&amp;#039;expérimentation pour mieux anticiper et préparer l&amp;#039;avenir&lt;/li&gt;&lt;li&gt;Limiter notre dépendance à l&amp;#039;eau, préserver une alimentation en eau potable en quantité et en qualité et garantir le développement durable de nos activités économiques et de loisirs&lt;/li&gt;&lt;li&gt;Préserver et restaurer les milieux naturels, soutenir le débit des cours d&amp;#039;eau et la capacité de recharge des nappes&lt;/li&gt;&lt;li&gt;Mettre en place des gouvernances collectives locales pour assurer un juste partage de l&amp;#039;accès à l&amp;#039;eau, respectueux des capacités de renouvellement  de la ressource et des besoins écologiques&lt;/li&gt;&lt;li&gt;Contribuer aux politiques publiques&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les actions de substitution de prélèvement visant un impact substantiellement moindre du 
 prélèvement dans la nouvelle ressource que dans la ressource initiale : &lt;br /&gt;• Dans la plupart des cas, la substitution de prélèvements en rivière (ou en nappe alluviale avec une forte 
 incidence sur le débit de la rivière) vers une ressource en eau souterraine moins fragile mais d’autres cas 
 peuvent se présenter (exemple : le cas inverse de substitution entre deux nappes, entre deux cours 
 d’eau, …) ;
 &lt;br /&gt;• Substitution de prélèvements sur le réseau d’eau potable par une autre ressource locale (prélèvement 
 en milieu naturel, recyclage d’eau de process ou d’eaux usées traitées, stockage d’eaux de ruissellement et d’eaux de pluie ou plus largement d’eaux non conventionnelles, …) pour des usages ne nécessitant 
 pas une qualité d’eau potable.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N15" s="1" t="inlineStr">
+      <c r="N16" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau souterraine
 Cours d'eau / canaux / plans d'eau</t>
         </is>
       </c>
-      <c r="O15" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R15" s="1" t="inlineStr">
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Sont éligibles les projets mettant en 
 évidence un impact substantiellement 
 moindre du prélèvement dans la nouvelle 
 ressource que dans la ressource initiale. &lt;/p&gt;&lt;p&gt;Pour le cas particulier des ouvrages de 
 récupération des eaux de pluie en 
 contexte urbain, sont éligibles les 
 opérations entrant dans le cadre de 
 programmes globaux d’économie d’eau 
 favorisant le déraccordement de surfaces 
 actives du réseau pluvial ou 
 d’assainissement, ou dans le cadre de 
 projets urbains durables (se référer à la 
 fiche thématique « Eau et nature en ville 
 et village »).&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S15" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T15" s="1" t="inlineStr">
+      <c r="T16" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U15" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
-      <c r="V15" s="1" t="inlineStr">
+      <c r="V16" s="1" t="inlineStr">
         <is>
           <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/Fiche_thematique_gestion_quantitative..pdf?Archive=263810208109&amp;File=Fiche_thematique_gestion_quantitative__pdf</t>
         </is>
       </c>
-      <c r="X15" s="1" t="inlineStr">
+      <c r="X16" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;a target="_self"&gt;&lt;p&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;/a&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y15" s="1" t="inlineStr">
+      <c r="Y16" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
-      <c r="Z15" s="1" t="inlineStr">
+      <c r="Z16" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/gerer-quantitativement-la-ressource-en-eau-limiter-notre-dependance-a-leau-dans-une-optique-de-sobriete/</t>
         </is>
       </c>
-      <c r="AA15" s="1" t="inlineStr">
+      <c r="AA16" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
+      <c r="AC16" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE16" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="AF16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG16" s="1" t="inlineStr">
+        <is>
+          <t>21/01/2025</t>
+        </is>
+      </c>
+      <c r="AH16" s="1" t="inlineStr">
+        <is>
+          <t>05/03/2026</t>
+        </is>
+      </c>
     </row>
-    <row r="16" spans="1:27" customHeight="0">
-[...256 lines deleted...]
-    <row r="17" spans="1:27" customHeight="0">
+    <row r="17" spans="1:34" customHeight="0">
       <c r="A17" s="1">
         <v>164301</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Lutter contre les pressions générées par les activités économiques industrielles et artisanales - réhabilitation de sites pollués - Reconversion de friches</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Interventions en matière d'actions de lutte contre les pressions générées par les activités économiques industrielles et artisanales</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
           <t>Agence de l'eau  Rhin-Meuse</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>Entreprise publique locale (Sem, Spl, SemOp)
-Entreprise privée</t>
+          <t>Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Poursuivre les interventions de lutte contre les pollutions toxiques ponctuelles et dispersées&lt;/p&gt;&lt;p&gt;Eliminer 3 000 kg de substances toxiques pour la période 2025-2030&lt;/p&gt;&lt;p&gt;Intensifier les actions favorisant la résilience des activités économiques aux effets du changement climatique et renforcer les actions en matière de communication et sensibilisation des maitres d&amp;#039;ouvrages pour impulser et accompagner un changement de pratiques&lt;/p&gt;&lt;p&gt;Atteindre 6 millions de m3 d&amp;#039;eau prélevée économisée au cours du 12e programme d&amp;#039;intervention 2025-2030&lt;/p&gt;&lt;p&gt;Développer des actions qui favorisent la biodiversité&lt;/p&gt;&lt;p&gt;Résorber les foyers résiduels de pollution classique&lt;/p&gt;&lt;p&gt;Contribuer aux politiques publiques&lt;/p&gt;</t>
         </is>
       </c>
       <c r="M17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Les travaux éligibles sont, dans un cadre général, ceux visant à limiter la migration de produits polluants vers et 
@@ -3544,56 +3759,51 @@
 aux Programmes de Mesures du SDAGE et déclinés localement dans les Plans d’Action Opérationnels 
 Territorialisés, ou présentant un enjeu local spécifique vis-à-vis de la ressource en eau dûment démontré. 
 L’appréciation de la recevabilité de ce type de projet sera faite au cas par cas, dans des conditions limitatives, 
 ou par appel à projets. &lt;/p&gt;&lt;p&gt;Sans préjudice de la directive 2004/35/CE du Parlement européen et du Conseil (transposée dans le code de 
 l’environnement au Titre VI : Prévention et réparation de certains dommages causés à l&amp;#039;environnement aux 
 articles L.160-1 à L.165-2) ou des autres règles de l’Union applicables en matière de responsabilité pour les 
 dommages environnementaux, lorsque l’entité ou l’entreprise responsable des dommages environnementaux 
 en vertu du droit applicable dans chaque État membre est identifiée, cette entité ou entreprise finance les 
 travaux nécessaires à la prévention et à la réparation des dégradations et contaminations environnementales 
 en application du principe du pollueur-payeur, et aucune aide n’est octroyée pour les travaux que l’entité ou 
 l’entreprise serait légalement tenue de réaliser.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="N17" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Assainissement des eaux
 Innovation, créativité et recherche
 Biodiversité
 Artisanat
 Industrie</t>
         </is>
       </c>
       <c r="O17" s="1" t="inlineStr">
         <is>
-          <t>Ponctuelle</t>
-[...4 lines deleted...]
-          <t>31/12/2030</t>
+          <t>Permanente</t>
         </is>
       </c>
       <c r="R17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Dans le cadre de projets 
 d’aménagements urbains (rentrant ou 
 non dans le champ concurrentiel), 
 uniquement portés par une maîtrise 
 d’ouvrage publique ou assimilée, s’ils 
 présentent un enjeu vis-à-vis de la 
 ressource en eau (notamment les 
 projets inscrits aux Programmes de 
 Mesures du SDAGE et déclinés 
 localement dans les Plans d’Action 
 Opérationnels Territorialisés) ou un 
 enjeu local spécifique dûment 
 démontré. Au cas par cas, dans des 
 conditions limitatives ou par appel à 
 projet. &lt;/p&gt;&lt;p&gt;Sans préjudice de la directive 
 2004/35/CE du Parlement européen et 
 du Conseil (transposée dans le code de 
 l’environnement au Titre VI :
 Prévention et réparation de certains 
 dommages causés à l&amp;#039;environnement 
 aux articles L.160-1 à L165-2) ou des 
@@ -3609,68 +3819,93 @@
 réparation des dégradations et 
 contaminations environnementales en 
 application du principe du pollueur-payeur, et aucune aide n’est octroyée 
 pour les travaux que l’entité ou 
 l’entreprise serait légalement tenue de 
 réaliser.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="S17" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
       <c r="T17" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
       <c r="U17" s="1" t="inlineStr">
         <is>
           <t>Rhin-Meuse</t>
         </is>
       </c>
       <c r="V17" s="1" t="inlineStr">
         <is>
-          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche%5Factivites%5Feco%5Fpdf</t>
+          <t>https://cdi.eau-rhin-meuse.fr/GEIDEFile/fiche_activites_eco.pdf?Archive=263787908196&amp;File=fiche_activites_eco_pdf</t>
         </is>
       </c>
       <c r="X17" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Agence de l&amp;#039;eau Rhin-Meuse&lt;/p&gt;&lt;p&gt;03.87.34.47.00&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.eau-rhin-meuse.fr/"&gt;Page d&amp;#039;accueil | Agence de l&amp;#039;Eau Rhin-Meuse (eau-rhin-meuse.fr)&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;agence&amp;#64;eau-rhin-meuse.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="Y17" s="1" t="inlineStr">
         <is>
           <t>natalia.deoliveira@eau-rhin-meuse.fr</t>
         </is>
       </c>
       <c r="Z17" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/lutter-contre-les-pressions-generees-par-les-activites-economiques-industrielles-et-artisanales-rehabilitation-de-sites-pollues-cas-general-1/</t>
         </is>
       </c>
       <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
+        </is>
+      </c>
+      <c r="AC17" s="1" t="inlineStr">
+        <is>
+          <t>AGENCE DE L'EAU RHIN-MEUSE</t>
+        </is>
+      </c>
+      <c r="AE17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AF17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="AG17" s="1" t="inlineStr">
+        <is>
+          <t>04/02/2025</t>
+        </is>
+      </c>
+      <c r="AH17" s="1" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>