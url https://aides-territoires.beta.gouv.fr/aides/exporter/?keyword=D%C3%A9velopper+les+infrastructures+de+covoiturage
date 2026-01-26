--- v0 (2025-11-19)
+++ v1 (2026-01-26)
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA49"/>
+  <dimension ref="A1:AA39"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
@@ -228,2689 +228,1218 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>164236</v>
+        <v>92604</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Développer le covoiturage sur son territoire</t>
-[...10 lines deleted...]
-          <t>[AXE 3] Développement du covoiturage</t>
+          <t>Elaborer et réviser des Plans Locaux d’Urbanisme Intercommunaux</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
-[...4 lines deleted...]
-          <t>Préfectures de département</t>
+          <t>Conseil départemental du Vaucluse</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
-        <is>
-[...2383 lines deleted...]
-      <c r="G16" s="1" t="inlineStr">
         <is>
           <t>Intercommunalité / Pays
 Entreprise publique locale (Sem, Spl, SemOp)</t>
         </is>
       </c>
-      <c r="H16" s="1" t="inlineStr">
+      <c r="H2" s="0" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
+      <c r="I2" s="0" t="inlineStr">
         <is>
           <t> Min : 10 Max : 20</t>
         </is>
       </c>
-      <c r="K16" s="1" t="inlineStr">
+      <c r="K2" s="0" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L16" s="1" t="inlineStr">
+      <c r="L2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Ce dispositif vise à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Accompagner les démarches d&amp;#039;élaboration et de révision des PLUi
  &lt;/li&gt;
  &lt;li&gt;
   Favoriser la mise en cohérence départementale de ces démarches
  &lt;/li&gt;
  &lt;li&gt;
   Faciliter l&amp;#039;articulation entre les outils de planification des territoires (qu&amp;#039;ils soient globaux comme les SCOT ou sectoriels, comme les PLH et les PDU) et les préconisations et orientations formalisées par le Département de Vaucluse, notamment au travers de sa stratégie Vaucluse 2025-2040, de son Agenda 21 et des autres schémas sectoriels (PDH, schéma des ENS, schéma Vélo, schéma covoiturage, ...)
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Le taux d&amp;#039;intervention du Département de Vaucluse est fixé à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   10 % du coût TTC pour les territoires de PLUi porté par une Communauté d&amp;#039;agglomération ou un syndicat comprenant une Communauté d&amp;#039;agglomération
  &lt;/li&gt;
  &lt;li&gt;
   20 % du coût TTC pour les territoires de PLUi porté par une Communauté de communes ou par un syndicat comprenant uniquement des Communautés de communes et des Communes
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M16" s="1" t="inlineStr">
+      <c r="M2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Cette aide est ciblée sur les études :
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Elaboration
  &lt;/li&gt;
  &lt;li&gt;
   Révision des PLUi
  &lt;/li&gt;
 &lt;/ul&gt;
 Elle est réservée aux PLU intercommunaux et ne pourra être allouée aux plans de secteur.
 &lt;br /&gt;</t>
         </is>
       </c>
-      <c r="N16" s="1" t="inlineStr">
+      <c r="N2" s="0" t="inlineStr">
         <is>
           <t>Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O16" s="1" t="inlineStr">
+      <c r="O2" s="0" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R16" s="1" t="inlineStr">
+      <c r="R2" s="0" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les bénéficiaires sont les maîtres d&amp;#039;ouvrage des Plans Locaux d&amp;#039;Urbanisme Intercommunaux :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Communauté d&amp;#039;Agglomération
  &lt;/li&gt;
  &lt;li&gt;
   Communauté de Communes
  &lt;/li&gt;
  &lt;li&gt;
   Syndicat Intercommunal
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  L&amp;#039;assiette subventionnable est plafonnée à 150 000 € par PLUi (hors dépenses effectuées en régie).
 &lt;/p&gt;
 &lt;p&gt;
  Le montant de la subvention du Département de Vaucluse ne pourra avoir pour effet de porter le montant des aides publiques directes à plus de 80 % du montant prévisionnel de la dépense subventionnable.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide départementale est conditionnée à :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   La validation du projet de cahier des charges par les services compétents du Conseil départemental avant le lancement de la consultation
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;association des services compétents du Conseil départemental tout au long de la démarche en tant que personne qualifiée
  &lt;/li&gt;
  &lt;li&gt;
   La prise en compte des domaines ayant trait aux compétences obligatoires et facultatives du Conseil départemental (infrastructures, espaces naturels sensibles, circulations douces, habitat social, foncier agricole, tourisme...)
  &lt;/li&gt;
  &lt;li&gt;
   L&amp;#039;accès du Département à la base de données produite 
 Les études devront recevoir un commencement de l&amp;#039;exécution dans un délai de 6 mois à compter de la délibération accordant la subvention. A défaut de la transmission des ordres de service, bons de commande, mandats dans ce délai, la subvention sera annulée.
  &lt;/li&gt;
  &lt;li&gt;
   La subvention devra en outre être appelée dans son intégralité, après achèvement de l&amp;#039;étude dans un délai de 5 ans à compter de la date de la délibération accordant la subvention.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S16" s="1" t="inlineStr">
+      <c r="S2" s="0" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T16" s="1" t="inlineStr">
+      <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement</t>
         </is>
       </c>
-      <c r="U16" s="1" t="inlineStr">
+      <c r="U2" s="0" t="inlineStr">
         <is>
           <t>Vaucluse</t>
         </is>
       </c>
-      <c r="X16" s="1" t="inlineStr">
+      <c r="X2" s="0" t="inlineStr">
         <is>
           <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
         </is>
       </c>
-      <c r="Y16" s="1" t="inlineStr">
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>nathalie.maucotel@vaucluse.fr</t>
         </is>
       </c>
-      <c r="Z16" s="1" t="inlineStr">
+      <c r="Z2" s="0" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/39a4-elaborer-et-reviser-des-plans-locaux-durbanis/</t>
         </is>
       </c>
-      <c r="AA16" s="1" t="inlineStr">
+      <c r="AA2" s="0" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="17" spans="1:27" customHeight="0">
-      <c r="A17" s="1">
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>139943</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Financer les plans de mobilités et les nouveaux services de mobilités en milieu rural</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Dispositif mobilités rurales - Région Centre-Val de loire (pour les Territoires non AOM)</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G3" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I3" s="1" t="inlineStr">
+        <is>
+          <t> Min : 10 Max : 50</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>Il est porté à 80% pour les plans de mobilité ruraux des intercommunalités. Dans tous les cas, le montant de la subvention ne peut pas être inférieur à 2000€ ou supérieur à 50.000€.</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En complément de l&amp;#039;exercice direct de sa compétence transports et dans le cadre de son rôle d&amp;#039;autorité organisatrice des mobilités locales sur les territoires qui n&amp;#039;ont pas pris la compétence, la Région apporte son appui aux initiatives nouvelles sur les territoires ruraux qui permettent de mieux connaître les besoins de mobilité, de faire connaître les réponses existantes, d&amp;#039;expérimenter ou de déployer de nouvelles solutions adaptées aux enjeux locaux de mobilité, afin d&amp;#039;améliorer les conditions d&amp;#039;accès aux pôles de services et aux zones d&amp;#039;emplois des territoires relevant de sa compétence.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;initiative doit s&amp;#039;inscrire dans au moins un des enjeux thématiques mentionnés ci-dessous.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Développer le management de la mobilité sur le territoire
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Mettre à disposition de l&amp;#039;information sur des outils à distance ne suffit pas. Il s&amp;#039;agit à la fois de mieux connaître les besoins du territoire, les comportements, et de mieux associer besoins et offre de mobilité.
+ &lt;br /&gt;
+ Le management de la mobilité dispose d&amp;#039;un potentiel fort pour aider chacun à trouver de nouvelles solutions, mettre en relation des covoitureurs potentiels dans une entreprise, etc. et in fine modifier les comportements.
+&lt;/p&gt;
+&lt;p&gt;
+ La Région a décidé de renforcer son action dans ce domaine, auprès des acteurs qui la sollicitent : collectivités ou groupement de collectivités pour travailler à la bonne échelle des bassins de mobilité, acteurs économiques ou groupement d&amp;#039;acteurs économiques pour trouver des solutions à la mobilité des employés, ou directement public visé....
+&lt;/p&gt;
+&lt;p&gt;
+ Le conseil en mobilité, à destination des entreprises, des particuliers, des personnes en insertion, aide chacun à trouver une solution adaptée, à tester de nouveaux usages. La Région l&amp;#039;encourage et propose des financements pour le mettre en place.
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité des employés est une problématique spécifique, qui présente un enjeu fort de maintien de l&amp;#039;activité sur plusieurs territoires. Afin de soutenir l&amp;#039;emploi et ses entreprises, la Région proposera sa contribution, notamment en réponse aux demandes qui émaneront des territoires désignés « Territoires d&amp;#039;industrie. »
+&lt;/p&gt;
+&lt;p&gt;
+ La Région pourra donc notamment apporter une aide financière aux collectivités et aux entreprises qui souhaitent s&amp;#039;engager à plusieurs dans l&amp;#039;élaboration de leur plan de mobilité.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ La Région encourage et accompagne par ailleurs la réalisation d&amp;#039;études de mobilité (plan de mobilité simplifié ou équivalent) et de schémas cyclables sur les territoires, à l&amp;#039;échelle des EPCI ou des bassins de mobilité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil en mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Poste de conseiller en mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en mobilité solidaire&amp;#61;&amp;gt; Poste de conseiller en mobilité inclusive, mise à disposition ponctuelle de solution de mobilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de mobilité (ex-PDE) &amp;#61;&amp;gt; Prestation externalisée pour l&amp;#039;élaboration d&amp;#039;un plan
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plans de mobilité en milieu rural
+ &lt;/li&gt;
+ &lt;li&gt;
+  Schémas cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Aider à l&amp;#039;émergence de nouveaux services adaptés aux territoires
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Au-delà d&amp;#039;une meilleure connaissance des besoins, et d&amp;#039;actions sur les comportements de chacun, il apparaît nécessaire d&amp;#039;encourager plus avant les initiatives locales des acteurs locaux, privés ou publics, pour aider à l&amp;#039;émergence de nouvelles solutions répondant mieux aux besoins de mobilité identifiés.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif permet d&amp;#039;accompagner la mise en oeuvre des projets locaux.
+ &lt;br /&gt;
+ Concernant le covoiturage, parce que l&amp;#039;animation locale est indispensable à la réussite des projets de partage de la voiture en particulier en milieu rural, la Région aide les projets locaux de covoiturage spontané, d&amp;#039;aménagements signalétiques de points stop ou d&amp;#039;aires de covoiturage, l&amp;#039;animation et la communication locale. Elle aide également le développement du covoiturage sous l&amp;#039;angle solidaire.
+&lt;/p&gt;
+&lt;p&gt;
+ Parce que nombre de voitures stationnent sur tout le territoire et que leur partage revêt à la fois une utilité sociale et un complément de revenus pour leur propriétaire, les projets qui visent à faire connaître et animer l&amp;#039;autopartage entre particuliers pourront également bénéficier de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ En complément des transports à la demande Rémi &amp;#43; qui irriguent aujourd&amp;#039;hui le territoire, les acteurs locaux qui souhaitent développer des offres de services de mobilité à la demande complémentaires dans le cadre d&amp;#039;expérimentations pourront bénéficier de l&amp;#039;aide financière régionale, particulièrement lorsqu&amp;#039;ils proposent des solutions innovantes. A ce titre, les accords de communes avec des artisans taxis, les services de mobilité à la demande avec réservation dynamique ou par véhicules autonomes feront l&amp;#039;objet d&amp;#039;une attention particulière.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Covoiturage &amp;#61;&amp;gt; Covoiturage spontané, aménagements signalétiques de points stop ou d&amp;#039;aires de covoiturage, animation et communication locale / Aménagement d&amp;#039;aires de covoiturage
+ &lt;/li&gt;
+ &lt;li&gt;
+  Autopartage &amp;#61;&amp;gt;Communication et animation autour de l&amp;#039;autopartage entre particuliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service de mobilité à la demande &amp;#61;&amp;gt; Développement de services de mobilité à la demande complémentaires, en particulier comprenant une dimension innovante, non concurrents des transports à la demande organisés par la Région/ Véhicules autonomes/ Appui aux taxis locaux pour des mobilités collectives vers les services implantés sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vélo utilitaire &amp;#61;&amp;gt; Vélostations et maisons du vélo / Acquisition ou location de vélos pour mise à disposition d&amp;#039;une flotte à destination des habitants
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q3" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Uniquement à destination des 57 EPCI de la Région non compétentes en matière de mobilité (non AOM).
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour bénéficier de ce nouveau dispositif régional, l&amp;#039;initiative doit s&amp;#039;inscrire dans au moins un des enjeux thématiques listé précédemment (tableau management de la mobilité, tableau aide à l&amp;#039;émergence de nouveaux services) sur un sujet éligible au dispositif mobilité rural, et ne doit pas faire concurrence à un service privé ou public équivalent sur le secteur d&amp;#039;action.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;éligibilité est également appréciée au regard de critères complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Qualité de l&amp;#039;opération
+ &lt;/li&gt;
+ &lt;li&gt;
+  Impact environnemental positif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution à la baisse de l&amp;#039;usage de la voiture individuelle solo
+ &lt;/li&gt;
+ &lt;li&gt;
+  Caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Public cible privilégié : jeunes, personnes sans solution de mobilité ou sans solution alternative à la voiture individuelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Nombre de personnes concernées par l&amp;#039;action
+ &lt;/li&gt;
+ &lt;li&gt;
+  Intégration de la dimension communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pérennité du projet et de son impact sur le territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût du projet
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les candidats devront adresser un plan de financement prévisionnel. Lorsqu&amp;#039;une aide en fonctionnement est sollicitée, ils devront indiquer comment ils envisagent de poursuivre le service au-delà de la période de l&amp;#039;aide régionale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;aide est attribuée dans la limite de l&amp;#039;enveloppe annuelle disponible par section budgétaire (investissement, fonctionnement).
+&lt;/p&gt;
+&lt;p&gt;
+ La Région se réserve le droit d&amp;#039;opérer une sélection des projets les plus conformes aux critères d&amp;#039;éligibilité.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T3" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.centre-valdeloire.fr/vivre/simplifier-les-mobilites/mobilites-rurales-et-solidaires/accompagner-les-initiatives-locales</t>
+        </is>
+      </c>
+      <c r="W3" s="1" t="inlineStr">
+        <is>
+          <t>https://nosaidesenligneregion.centre-valdeloire.fr</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contacts :
+ &lt;br /&gt;
+ &lt;br /&gt;BASTIEN MOREL / Chargé de mission mobilité 41  / bastien.morel&amp;#64;centrevaldeloire.fr  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;THOMAS HILSMANN / Chargé de mission mobilité 37 / thomas.hilsmann&amp;#64;centrevaldeloire.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;VALENTIN BRIDEAU / Chargé
+  de mission mobilité 28 &amp;amp; 45 / valentin.brideau&amp;#64;centrevaldeloire.fr&lt;br /&gt;&lt;/p&gt;&lt;p&gt;EMMANUEL GERBER / Chargé de mission mobilité 18 &amp;amp; 36 / emmanuel.gerber&amp;#64;centrevaldeloire.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>erik.leconte@centrevaldeloire.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4db6-financer-les-plans-de-mobilites-et-les-nouvea/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>162493</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Développer des solutions de mobilité durable (fiche-action 2)</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="F4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>1 € de co-financement public appelle 4 € de LEADER</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Composé de deux communautés de communes, le Groupe d’Action Locale (GAL) du Pays de Coutances est un territoire rural qui se situe au centre du département de la Manche. Les communautés de communes Coutances mer et bocage et Côte Ouest Centre Manche renouvellent leur partenariat pour porter le prochain programme LEADER 2023-2027. &lt;/p&gt;&lt;p&gt;LEADER signifie Liaison Entre Actions de Développement de l’Economie Rurale. C’est un programme européen qui permet aux territoires ruraux concernés de bénéficier du Fonds Européen Agricole pour le Développement Rural (FEADER). Le GAL du Pays de Coutances a été retenu pour la programmation 2023-2027 avec un budget à hauteur de &lt;strong&gt;1 583 893 €&lt;/strong&gt; pour les 4 ans.&lt;/p&gt;&lt;p&gt;Les bénéficiaires peuvent être publics ou privés, porteur de projet individuel ou collectif. Ils sont précisés dans chaque fiche-action.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Quelles sont les actions concernées ?&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les actions doivent être innovantes et répondre à la stratégie du territoire : “ Agir ensemble pour une transition solidaire et durable “.&lt;/p&gt;&lt;p&gt;4 axes de développement ont été retenu pour l’élaboration des fiches actions, auxquelles les projets devront répondre.&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Attractivité du territoire&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Cadre de vie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Agriculture, alimentation et énergie locale&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Ø  &lt;strong&gt;&lt;em&gt;Economie&lt;/em&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt; &lt;u&gt;6 fiches actions élaborées :&lt;/u&gt;&lt;/p&gt;&lt;p&gt;•                     Fiche-action 1 : Développer les services et activités en zone rurale&lt;/p&gt;&lt;p&gt;•                     Fiche-action 2 : Développer des solutions de mobilité durables&lt;/p&gt;&lt;p&gt;•                     Fiche-action 3 : Dynamiser et accompagner l’agriculture et l’alimentation locales&lt;/p&gt;&lt;p&gt;•                     Fiche-action 4 : Adapter le bâti existant&lt;/p&gt;&lt;p&gt;•                     Fiche-action 5 : Valoriser et préserver le patrimoine culturel et naturel&lt;/p&gt;&lt;p&gt;•                     Fiche-action 6 : Soutenir l’économie sociale et solidaire et l’économie circulaire&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les actions éligibles sont celles visant à :&lt;/p&gt;&lt;p&gt;-          Créer et renforcer les structures et infrastructures favorisant les mobilités alternatives :  équipements pour les pôles d’échange multimodaux, transports collectifs, transport d’utilité sociale, transport à la demande, vélo-école, maison du vélo, ateliers ou bornes de réparation du vélo, stationnements de vélo, abris vélo avec ou sans point de recharge électrique, abribus, label vélo, …&lt;/p&gt;&lt;p&gt;-          Sensibiliser au sujet des mobilités alternatives : communication, formations, plateforme, …&lt;/p&gt;&lt;p&gt;-          Développer et soutenir les projets de mobilité partagée : auto-partage, vélo partage, location de moyenne, courte et longue durée, covoiturage, transport (scolaire ou autre) de proximité à traction animale, …&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2023</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>12/12/2027</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le projet doit être innovant, se situé sur le territoire du GAL et répondre à une des fiches-actions.&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Le projet doit obligatoirement être financé par un fond public. C’est ce co-financement public qui va permettre d’obtenir les fonds LEADER. Pour 1 € de cofinancement public, 4 € de LEADER pourront être apportés au projet sur les dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Les effets attendus sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Cette mesure vise à encourager la mise en oeuvre de nouvelles solutions de mobilité en tant qu&amp;#039;alternative à la voiture personnelle, pour suciter de nouvelles habitudes et de rendre la mobilité accessible à tous, dans le respect de l&amp;#039;environnement. Il s&amp;#039;agit notamment de développer les déplacements plus durables et de diminuer la dependance aux énergies fossiles dans nos déplacements.&lt;/p&gt;&lt;p&gt;Sont considérées comme mobilités alternatives : les transports en commun, le vélo à assistance électrique ou non, la marche à pied, le covoiturage, l’auto-stop, le transport à la demande, le prêt ou location de véhicules, l’auto-partage, le pédibus, la traction animale, l’inter-mobilité, et autres modes de transports ayant un impact zéro ou très faible sur l’environnement.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T4" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>GAL Pays de Coutances</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.coutancesmeretbocage.fr/le-programme-leader/</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le service LEADER du Pays de Coutances
+est présent à vos côtés pour vous aider à constituer le dossier et vous
+accompagner dans les différentes étapes de la demande d’aide.&lt;/p&gt;&lt;p align="center"&gt;Communauté de communes Coutances mer
+et bocage&lt;/p&gt;&lt;p align="center"&gt;Hôtel de Ville Place du Parvis&lt;/p&gt;&lt;p align="center"&gt;50200 COUTANCES&lt;/p&gt;&lt;p align="center"&gt;Céline GUERARD :&lt;a target="_self"&gt;c.guerard&amp;#64;communaute-coutances.fr&lt;/a&gt;– 07 84 95 53 40&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p align="center"&gt;Marie-Anne JOURDAN :
+&lt;a target="_self"&gt;ma.jourdan&amp;#64;communaute-coutances.fr&lt;/a&gt; – 02 72 88 08 49&lt;font face="Calibri, sans-serif"&gt;&lt;/font&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>c.guerard@communaute-coutances.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-services-et-les-activites-en-milieu-rural-fonds-europeens-leader-du-pays-de-coutances-fiche-action-1/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>156156</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir la réhabilitation des zones d’activités économiques (ZAE) existantes</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>RÉHABILITATION DES ZONES D’ACTIVITÉS ÉCONOMIQUES EXISTANTES</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I5" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>- Ramené à 25 % pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Soutenir la requalification durable des zones d&amp;#039;activités économiques (ZAE) industrielles, tertiaires, artisanales et touristiques existantes dans le but d&amp;#039;élever le niveau qualitatif et environnemental de celles-ci sans consommation d&amp;#039;espaces agricoles supplémentaires, conformément à la démarche « Éviter, Réduire, Compenser » (ERC).
+&lt;/p&gt;
+&lt;p&gt;
+ NB: Les zones d&amp;#039;activités commerciales et industrialo-portuaires ne sont pas éligibles au dispositif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Revitalisation
+Réhabilitation
+Attractivité économique
+Artisanat
+Industrie</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les dépenses d&amp;#039;investissement réalisées par les EPCI de nature à élever le niveau qualitatif et environnemental de la zone concernée:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La signalétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les aménagements paysagers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les zones tampons pour les poids lourds,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;aménagement d&amp;#039;aires de covoiturage et/ou de stationnement partagés,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les parkings ou garages à vélos,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les équipements mutualisés de récupération des eaux de pluie et de collecte des déchets,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;amélioration de la desserte haut débit (en lien avec Seine-Maritime Numérique),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les éclairages permettant de réaliser des économies d&amp;#039;énergie,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;assainissement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les démolitions et réhabilitation de bâtiments appartenant à l&amp;#039;EPCI,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les opérations de dépollution légère,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les frais d&amp;#039;ingénierie et de maîtrise d&amp;#039;œuvre directement liés au projet et/ou à l&amp;#039;accompagnement de la mise en œuvre de certifications et labels (Fredon, Emas, ISO 4001, ISO 14064, ISO 14069...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les locaux de conciergerie sous maîtrise d&amp;#039;ouvrage publique,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les voies de circulations douces si l&amp;#039;EPCI porteur du projet assure la continuité de ces voies en dehors de la ZAE (dans le cadre du dispositif départemental de droit commun dédié au développement des circulations cyclables).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions d&amp;#039;éligibilité :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une seule opération par an et par EPCI, étant précisé que l&amp;#039;opération subventionnable peut concerner plusieurs zones d&amp;#039;activités différentes.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dans le cas d&amp;#039;un projet de réhabilitation associé à une extension, la subvention départementale ne couvrira que les dépenses liées à la réhabilitation de la partie de la zone existante.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une attention particulière sera accordée à l&amp;#039;amélioration de la qualité écologique des ZAE (gestion de l&amp;#039;eau, désimperméabilisation, espaces naturels et paysagers...), mais aussi à la prise en compte des problématiques de mobilité et d&amp;#039;accès aux services des salariés des entreprises de la zone concernée.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Plancher/plafond :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Plancher de dépenses : 20.000€ HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de dépenses : 300.000€ HT
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/rehabilitation-des-zones-dactivites-economiques-existantes/</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Seine-Maritime
+&lt;/p&gt;
+&lt;p&gt;
+ Direction de la Cohésion des Territoires
+&lt;/p&gt;
+&lt;p&gt;
+ Tel : 02.76.51.61.54
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;
+  subventions76-communesepci&amp;#64;seinemaritime.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/55d0-aider-au-classement-et-a-la-preservation-des-/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>142828</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des voies réservées sur votre réseau structurant</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les voies réservées permettent d&amp;#039;améliorer la régularité des transports collectifs et d&amp;#039;optimiser l&amp;#039;offre de transport sur des axes où l&amp;#039;utilisation de la voiture reste prépondérante.
+&lt;/p&gt;
+&lt;p&gt;
+ Gestionnaire routier ou autorité organisatrice de la mobilité, le Cerema vous accompagne dans vos projets de voies réservées aux transports collectifs et au covoiturage, de l&amp;#039;étude de faisabilité à l&amp;#039;évaluation.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous vous interrogez sur l&amp;#039;opportunité de créer une voie réservée pour optimiser votre réseau ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau (voie réservée ou aire de transports en commun) ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous projetez d&amp;#039;évaluer un aménagement existant et envisagez de l&amp;#039;améliorer ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Établir l&amp;#039;opportunité et la faisabilité d&amp;#039;un projet d&amp;#039;aménagement
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Analyse des usages à favoriser
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposition et modélisation de scénarios d&amp;#039;aménagement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des premiers éléments de conception
+ &lt;/li&gt;
+ &lt;li&gt;
+  Estimation des gains (socio-économiques, environnementaux) et des coûts
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Définir un projet de voies réservées ou une aire de transports en commun
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Planification d&amp;#039;un programme d&amp;#039;investissement pluriannuel à l&amp;#039;échelle de votre réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition ou avis sur le parti d&amp;#039;aménagement, sur les aspects conception et équipements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux demandes d&amp;#039;expérimentation au titre de la signalisation routière
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des conditions d&amp;#039;exploitation
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Évaluer un aménagement du point de vue de la sécurité, l&amp;#039;efficience et l&amp;#039;acceptabilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration du protocole d&amp;#039;évaluation : définition des objectifs, méthodologie, échéances
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement au besoin lors de l&amp;#039;évaluation : expertise, adaptation du dispositif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Analyse des résultats et préconisations, à chaque période d&amp;#039;évaluation
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   ATMB
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Appui à l&amp;#039;expérimentation et à l&amp;#039;évaluation d&amp;#039;une voie réservée au covoiturage à la douane de Thonex-Vallard
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Aix-Marseille ProvencE
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Expérimentations d&amp;#039;aménagements en faveur des transports en commun de la Métropole Aix-Marseille ProvencE
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Métropole Rouen Normandie
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Évaluer la faisabilité d&amp;#039;une voie réservée sur une 2x2 voies : cas de l&amp;#039;A150
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/amenager-voies-reservees-votre-reseau-structurant</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2b10-amenager-des-voies-reservees-sur-votre-reseau/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>162837</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l'environnement</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Plan route de demain : PEMR, voies réservées et aires de covoiturage</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Pour les PEMR et aires de covoiturage : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Communes, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Syndicats mixtes,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Ville de Paris.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;Pour les v&lt;span&gt;oies réservées : &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;État, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Départements, &lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;EPCI.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;La Région participera à hauteur de 50% de la dépense supportée par le maître d’ouvrage.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conditions :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Sans plafond pour les PEMR et les voies réservées,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Dans la limite de 1.000€ par place pour les aires de covoiturage.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Financement des équipements collectifs suivants, à condition qu&amp;#039;ils soient situés sur ou à proximité immédiate du réseau routier d’intérêt régional :&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es pôles d’échanges multimodaux routiers (PEMR),&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;L&lt;/span&gt;&lt;span&gt;es aires de covoiturage d’au moins 5 places,&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;&lt;/span&gt;&lt;span&gt;Les voies réservées.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;&lt;br /&gt; &lt;p&gt;&lt;span&gt;Déposez sur &lt;/span&gt;&lt;a href="https://mesdemarches.iledefrance.fr/" target="_blank"&gt;mesdemarches.iledefrance.fr&lt;/a&gt; votre&lt;span&gt; dossier de demande de subvention&lt;/span&gt;&lt;span&gt; présentant le projet de manière précise et comportant toutes les pièces permettant l’instruction du dossier, réputé complet, par les services de la Région.&lt;/span&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Après examen du dossier, la demande de subvention sera soumise à la Commission permanente régionale pour délibération. &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Le versement de la subvention est subordonné à la signature préalable d’une convention.&lt;/span&gt;&lt;/p&gt;&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" target="_blank"&gt;directiondestransports&amp;#64;iledefrance.fr&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/plan-route-de-demain-pemr-voies-reservees-et-aires-de-covoiturage-1/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
         <v>103259</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Financer des équipements, des études et des plans relatifs au management de la mobilité</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Plan Route : Management de la mobilité</t>
         </is>
       </c>
-      <c r="E17" s="1" t="inlineStr">
+      <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Conseil régional d'Ile de France</t>
         </is>
       </c>
-      <c r="G17" s="1" t="inlineStr">
+      <c r="G8" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H17" s="1" t="inlineStr">
+      <c r="H8" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I17" s="1" t="inlineStr">
+      <c r="I8" s="1" t="inlineStr">
         <is>
           <t> Max : 50</t>
         </is>
       </c>
-      <c r="K17" s="1" t="inlineStr">
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L17" s="1" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour réduire la congestion routière et anticiper le développement de la route de demain, la Région soutient les projets visant à transformer les usages de la route pour les rendre plus modernes, performants et respectueux de l&amp;#039;environnement.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour quel type de projet ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Equipements collectifs : financement des équipements collectifs suivants, à condition qu&amp;#039;ils soient situés sur ou à proximité immédiate du réseau routier d&amp;#039;intérêt régional :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Les aires de covoiturage et leurs annexes
   &lt;/li&gt;
   &lt;li&gt;
    Les infrastructures de recharge rapide de véhicules électriques et les équipements de distribution d&amp;#039;autres énergies alternatives pour les véhicules propres
   &lt;/li&gt;
  &lt;/ul&gt;
 &lt;p&gt;
  Agences locales de mobilité (ALM) : financement des dépenses d&amp;#039;investissement relatives aux études de faisabilité, à l&amp;#039;investissement initial et au budget de fonctionnement, sur une période de 3 ans
 &lt;/p&gt;
 &lt;p&gt;
@@ -2925,1822 +1454,4504 @@
    Plans de mobilité visés par l&amp;#039;article L. 1214-8-2 du code des transports, à condition qu&amp;#039;il s&amp;#039;agisse de plans inter-entreprises.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Quelle est la nature de l&amp;#039;aide ?
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   La Région participera à hauteur de 50 % de la dépense supportée par le maître d&amp;#039;ouvrage (hors subventions provenant de tiers).
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    Quelles démarches ?
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   Afin de bénéficier des subventions, vous devrez tout d&amp;#039;abord déposer un dossier de demande de subvention présentant le projet de manière précise et comportant toutes les pièces permettant l&amp;#039;instruction du dossier, réputé complet, par les services de la Région.
  &lt;/p&gt;
  &lt;p&gt;
   Après examen du dossier, la demande de subvention sera soumise à la commission permanente régionale pour délibération. Le versement de la subvention est subordonné à la signature préalable d&amp;#039;une convention.
  &lt;/p&gt;
 </t>
         </is>
       </c>
-      <c r="N17" s="1" t="inlineStr">
+      <c r="N8" s="1" t="inlineStr">
         <is>
           <t>Voirie et réseaux
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Modes actifs : vélo, marche et aménagements associés</t>
         </is>
       </c>
-      <c r="O17" s="1" t="inlineStr">
+      <c r="O8" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R17" s="1" t="inlineStr">
+      <c r="R8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;span&gt;
   &lt;strong&gt;
    Qui peut en bénéficier ?
   &lt;/strong&gt;
  &lt;/span&gt;
  &lt;br /&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Gestionnaires de voirie
   &lt;/li&gt;
   &lt;li&gt;
    Maitres d&amp;#039;ouvrage
   &lt;/li&gt;
   &lt;li&gt;
    associations
   &lt;/li&gt;
   &lt;li&gt;
    entreprises
   &lt;/li&gt;
   &lt;li&gt;
    collectivités territoriales et leurs groupements
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="S17" s="1" t="inlineStr">
+      <c r="S8" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U17" s="1" t="inlineStr">
+      <c r="U8" s="1" t="inlineStr">
         <is>
           <t>Île-de-France</t>
         </is>
       </c>
-      <c r="V17" s="1" t="inlineStr">
+      <c r="V8" s="1" t="inlineStr">
         <is>
           <t>https://www.iledefrance.fr/aides-appels-a-projets/SJybs9-5V</t>
         </is>
       </c>
-      <c r="X17" s="1" t="inlineStr">
+      <c r="X8" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction des Transports / Service Pôles et voiries
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:directiondestransports&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
   directiondestransports&amp;#64;iledefrance.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2e8-plan-route-management-de-la-mobilite/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>142829</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Organiser les mobilités en territoires peu denses</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Région</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Votre territoire est en milieu rural ou péri-urbain ? Vous représentez une commune petite ou moyenne et avez besoin d&amp;#039;appui pour imaginer des solutions innovantes adaptées ?
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour diagnostiquer vos besoins, organiser, planifier et évaluer vos politiques publiques sur ces questions de mobilité.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vous devez connaître plus finement la mobilité sur votre territoire ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez anticiper les évolutions des mobilités ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous voulez élaborer une stratégie de mobilité et identifier les solutions les plus pertinentes ?
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vous souhaitez un retour objectif sur les projets mis en oeuvre ?
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nos atouts :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Des équipes pluridisciplinaires et expertes (ingénieurs, techniciens, architectes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des expertises et compétences au plus près de vos besoins, grâce à un réseau territorialisé
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des compétences multiples pour vos mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plusieurs dizaines d&amp;#039;années d&amp;#039;expérience au service des services publics de l&amp;#039;État et des collectivités locales
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des participations actives à l&amp;#039;édition de normes et règlement, aux côtés des pouvoirs publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Éclairer la décision
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Diagnostic : collecte et analyse des données de mobilité/méthodologie adaptée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pilotage : assistance pour la conduite de projet et aide à la mise en place de partenariats locaux à travers la concertation et la coconstruction
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prospective : mobilisation d&amp;#039;outils techniques pour prévoir et quantifier les besoins de mobilité à venir
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &amp;gt; Mettre en œuvre vos projets et services de mobilité
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Stratégie : accompagnement dans toutes les phases d&amp;#039;élaboration de votre stratégie pour définir objectifs et priorités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions : appui à la définition des services de mobilité en adéquation avec vos enjeux et à partir de retours d&amp;#039;expériences locales (covoiturage, autopartage, transport à la demande, vélo...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation : réalisation du bilan des politiques et services retenus et anticipation des conséquences des choix de mobilités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Parc naturel régional des Volcans d&amp;#039;Auvergne
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ TEAMM Volcans, co-construction de solutions de mobilité avec le Parc naturel régional (PNR) des Volcans d&amp;#039;Auvergne pour les trajets domicile-travail des habitants d&amp;#039;une trentaine de collectivités du parc.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Ardèche, le département
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Étude sur les besoins de mobilité du territoire de l&amp;#039;Ardèche
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Gaillac Graulhet Agglomération
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Appui à l&amp;#039;élaboration du plan de mobilité rurale de Gaillac Graulhet Agglomération
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Kintoa Mugi
+  &lt;/strong&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aide à la définition d&amp;#039;une solution de mobilité pour la Vallée des Aldudes
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Cohésion sociale et inclusion
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/organiser-mobilites-territoires-peu-denses</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/01ae-organiser-les-mobilites-en-territoires-peu-de/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>158948</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Définir un plan d'implantation de Pôles d'Echanges Multimodaux et leur faisabilité technique à destination des déplacements domicile-travail et touristiques</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme Ingénierie Développement
+France Mobilités</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Etude de faisabilité technique à l'installation de différents types de Pôles d'Echanges Multimodaux</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>France Mobilités</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Force d&amp;#039;une expertise et de retours d&amp;#039;expériences sur plusieurs de ses réseaux, PIM Mobility vous propose, en amont de tout déploiement, un accompagnement complet, reprenant vos études et réflexions en cours, en vue de créer des espaces de rétention de voyageur et instaurer une pratique multimodale durable :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Identification géographique et définition des typologies des sites étudiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Définition des profils voyageurs présents, leur consentement à changer de comportement et leurs besoins de services associés
+ &lt;/li&gt;
+ &lt;li&gt;
+  cartographie des offres de transport présentes, en cours de déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  de faisabilité technique  chiffré
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Hubs de mobilité sur des lignes de covoiturage et lignes BHNS/cars express ; aires de services vélo sur des grands itinéraires touristiques, espaces relais vélos en libre service et stationnement vélos en parc d&amp;#039;activités, aires de covoiturage et relais transport en commun, revitalisation et valorisation multimodale de parvis de gare TER.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous êtes une collectivités, une entreprise, un syndicat ou un office du tourisme.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U10" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V10" s="1" t="inlineStr">
+        <is>
+          <t>https://pim-mobility.com/contact/</t>
+        </is>
+      </c>
+      <c r="X10" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;pim-mobility.com&lt;br /&gt;06 22 45 03 36&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y10" s="1" t="inlineStr">
+        <is>
+          <t>p.renault@pim-mobility.com</t>
+        </is>
+      </c>
+      <c r="Z10" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5313-definir-un-plan-dimplantation-de-poles-dechan/</t>
+        </is>
+      </c>
+      <c r="AA10" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>142824</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Évaluer vos projets d'infrastructures de transports</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Votre besoin
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;évaluation des projets d&amp;#039;infrastructures de transport
+ &lt;/strong&gt;
+ est au cœur de vos préoccupations et vous souhaitez bénéficier d&amp;#039;une assistance pour vous accompagner.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela, vous cherchez un appui technique et une expertise notamment pour&lt;strong&gt; analyser les bénéfices et les impacts de ces projets tant sur le plan des transports
+ &lt;/strong&gt;
+ (effets sur les déplacements, effets socioéconomiques, effets environnementaux, effets sur la santé)
+ &lt;strong&gt;
+  que sur le plan environnemental
+ &lt;/strong&gt;
+ (études d&amp;#039;impacts).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La réponse du Cerema
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne sur l&amp;#039;évaluation des projets d&amp;#039;infrastructures de transport en vous apportant des réponses sur-mesure, souples et adaptées à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans ce cadre nous mettons en œuvre des approches complémentaires :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réalisation des études nécessaires à la production des évaluations et études d&amp;#039;impact requises ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance technique du service assurant la maîtrise d&amp;#039;ouvrage des infrastructures de transport (élaboration du cahier des charges, analyse technique des offres, suivi de l&amp;#039;exécution technique de la prestation) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contrôle ou expertise technique des dossiers d&amp;#039;évaluations et des études d&amp;#039;impact ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation sur les méthodes d&amp;#039;évaluation des projets de transport.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Appui méthodologique
+Mobilité partagée
+Connaissance de la mobilité</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/evaluation-projets-infrastructures-transport</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/7877-evaluer-vos-projets-dinfrastructures-de-trans/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>143362</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le développement d'une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Agir pour une mobilité décarbonée</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Cerema</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  VOTRE BESOIN
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;objectif de neutralité carbone à horizon 2050 implique d&amp;#039;importants changements sur l&amp;#039;organisation des systèmes de transports, les usages et comportements, ainsi que les choix technologiques associés. Tous les leviers (report modal, taux de remplissage, efficacité énergétique, sobriété des déplacements) doivent être mobilisés, à la fois pour les voyageurs et les marchandises.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Expert public des mobilités, le Cerema accompagne le passage à l&amp;#039;action des collectivités dans le déploiement de solutions structurantes pour la mobilité décarbonée de tous, dans une dynamique vertueuse de réduction des émissions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  LA REPONSE DU CEREMA
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Du diagnostic des besoins de déplacements à la mise en place des services de mobilité les plus adaptés, le Cerema s&amp;#039;engage à vos côtés !
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Développer les modes actifs : vélo, marche
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema sécurise et adapte la conception des espaces publics et voiries urbaines au développement de la marche et du vélo.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance à maîtrise d&amp;#039;ouvrage, expertise et conseil pour élaborer votre politique modes actifs et réaliser des aménagements cyclables et piétons
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations aux politiques de développement des modes actifs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Programmes et références
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Recommandations d&amp;#039;aménagement pour déployer les « coronapistes »
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil technique de proximité pour développer les politiques cyclables (programme CEE AVELO2 avec Ademe) ; faire évoluer la doctrine et la diffuser (programme CEE ADMA).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Favoriser le report modal vers les transports collectifs et services de mobilités partagés (covoiturage, autopartage)
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Cerema vous accompagne pour :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Organiser l&amp;#039;intermodalité : pôles d&amp;#039;échanges, coordination des services de transport
+ &lt;/li&gt;
+ &lt;li&gt;
+  Redynamiser les petites lignes ferroviaires, via des outils d&amp;#039;analyse du potentiel ferroviaire et de la redynamisation des capillaires fret
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser les mobilités et leur intermodalité en villes moyennes et territoires peu denses (programmes France Mobilités et Action Coeur de ville)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des solutions de covoiturage (services et voies réservées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer l&amp;#039;offre de services numériques (systèmes tout en un « MaaS »).
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Organiser des actions de logistique urbaine durable pour la décarbonation du dernier kilomètre
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Programme InTerLUD (d&amp;#039;Innovations Territoriales et Logistique Urbaine Durable) avec LLC, Rozo et Ademe, dans le cadre du dispositif des Certificats d&amp;#039;économies d&amp;#039;énergie :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  250 métropoles, communautés urbaines et d&amp;#039;agglomérations sensibilisées
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 chartes locales de logistique urbaine élaborées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des actions spécifiques déployées (espaces logistiques, optimisation des tournées, gestion des livraisons, logistique fluviale...).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Accompagner la transition énergétique des systèmes de transport
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Appui à la mise en oeuvre des SDIRVE (bornes de recharge électriques)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérimentation de systèmes pour les autoroutes électriques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil aux collectivités pour la transition des flottes de bus (potentiel d&amp;#039;usage des différentes motorisations, pertinence avec le réseau de transport).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  → Adapter les conditions d&amp;#039;usages des mobilités
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation des revêtements et voiries urbaines
+ &lt;/li&gt;
+ &lt;li&gt;
+  Management de la mobilité ; adaptation des horaires et politiques temporelles des activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Identification de la vulnérabilité des réseaux de transports.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Développer une offre de transports collectifs ou de covoiturage sur les axes structurants de votre réseau
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Être accompagné pour préparer un projet MaaS sur votre territoire
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des aménagements cyclables
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Organiser une logistique urbaine vertueuse
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluer l&amp;#039;efficacité d&amp;#039;un service de mobilité autonome
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V12" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cerema.fr/fr/activites/services/agir-mobilite-decarbonee</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Retrouvez vos contacts régionaux : https://cerema.app.box.com/v/nos-contacts-en-region
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>partenariats@cerema.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/38c4-agir-pour-une-mobilite-decarbonee/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>122826</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Innover et fédérer pour renforcer les services à la personne (LEADER /Fiche action 1)</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEADER - Fonds européen agricole pour le développement rural</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Innover et fédérer pour renforcer les services à la personne</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Nord Haute-Marne (Syndicat mixte)</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention maximale de 50 000 €</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les objectifs sont multiples et visent à renforcer l&amp;#039;équilibre territorial en matière de services à la personne, répondre aux enjeux sociétaux du territoire, renforcer l&amp;#039;économie de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ Les opérations financées doivent permettre la création d&amp;#039;une dynamique collective autour du renforcement du maillage territorial des services à la personne, le développement et la création de nouveaux services plus durables et pérennes et enfin le maintien et la création d&amp;#039;emplois
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Seront soutenues les actions suivantes :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études et diagnostics pour la création ou le développement de services et/ou d&amp;#039;itinérance de services répondant aux enjeux du territoire.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès ou l&amp;#039;amélioration des services à distance (boitiers électroniques, objets connectés, bornes interactives)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en réseau, coordination et promotion, communication des sites et des acteurs dans le domaine des services à la personne (développement d&amp;#039;applications, création de réseau d&amp;#039;acteurs, création d&amp;#039;outils de communication sur l&amp;#039;offre)
+ &lt;/li&gt;
+ &lt;li&gt;
+  sessions de sensibilisation et d&amp;#039;information à destination des acteurs en charge des services à la personne sur les thématiques des services à la personne et de l&amp;#039;équilibre territorial en matière de services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation (humaine et matériel) pour les activités expérimentales et nouvelles (n&amp;#039;existant pas encore sur le territoire) renvoyant aux services à la personne
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement de véhicules professionnels en vue du développement de nouveaux services (n&amp;#039;existant pas encore sur le territoire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accessibilité aux services pour les personnes qui ne sont pas autonomes dans leurs déplacements (seniors, jeunes, chômeurs) : équipement spécifique, itinérance des services, services de transport à la demande ou de covoiturage pour se rendre sur les lieux de prestation de services
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation territoriale permettant la création ou le développement de services répondant aux enjeux du territoire
+  &lt;br /&gt;
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les bénéficiaires seront prioritairement localisés dans le périmètre du GAL, mais pourront également être localisés en dehors du GAL, tout comme les opérations réalisées, à condition que l&amp;#039;impact sur le territoire du GAL puisse être démontré.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La subvention sera comprise entre 3 000 € minimum et 50 000 € maximum
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>SYNDICAT MIXTE DU NORD HAUTE MARNE</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;équipe technique du GAL Saint-Dizier, Der et Marne est à votre disposition et vous pouvez nous contacter par mail ou par téléphone :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  leader&amp;#64;syndicatnord52.fr - tel 03.25.06.65.15
+ &lt;/li&gt;
+ &lt;li&gt;
+  secretariat&amp;#64;syndicatnord52.fr - tel 03.25.55.28.23
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>leader@syndicatnord52.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/22da-innover-et-federer-pour-renforcer-les-service/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
+        <v>121446</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via les mobilités durables urbaines</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J14" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le caractère étendu du péri-urbain sur le territoire soulève des enjeux de mobilité auxquels les stratégies urbaines intégrées doivent répondre en poursuivant les objectifs suivants :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Développer la multimodalité en milieu urbain afin de réduire l&amp;#039;empreinte carbone et encourager le recours à des moyens de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les voiries douces en milieu urbain afin d&amp;#039;encourager le recours à des formes de mobilité durables, de sécuriser la pratique des modes doux, d&amp;#039;assurer une continuité sur l&amp;#039;ensemble du territoire urbain et une connexion avec les zones péri-urbaines et rurales, conformément aux stratégies régionales en la matière.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Déployer des stations de stockage et recharge de carburants alternatifs aux carburants fossiles, dans l&amp;#039;objectif de réduire l&amp;#039;impact environnemental des déplacements, selon un maillage rationnel et dans une logique d&amp;#039;interopérabilité entre les différents systèmes.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aménagements multimodaux (tels que des places de stationnement pour les moyens de transport durables, des pôles d&amp;#039;échanges...), en particulier sur les points d&amp;#039;interconnexion ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à favoriser une meilleure interopérabilité des services de transport (tels que les services de mobilité partagée), à l&amp;#039;installation de billettiques des réseaux urbains sur une aire de déplacement commune ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Actions visant à l&amp;#039;amélioration de la logistique urbaine durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;aires de covoiturage (en cohérence avec les orientations régionales) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement ou construction de passerelles favorisant les modes doux permettant de traiter des points noirs ou de résoudre des problématiques de franchissement (route, lignes ferroviaires, cours d&amp;#039;eau)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurisation de la pratique des modes doux, voies de liaisons cyclables, aménagement de voiries douces (tels que les cheminements piétons, les aménagements cyclables, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Renforcement de réseaux d&amp;#039;aménagements cyclables afin de constituer des continuités. L&amp;#039;objectif est de relier les infrastructures existantes ou de finaliser les continuités cyclables ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de stations de stockage et de recharge de carburants alternatifs aux carburants fossiles (bornes de recharge pour véhicules électriques, à hydrogène, etc.) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Etudes portant sur la mobilité urbaine.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie intégrée de développement urbain du territoire et avoir reçu un avis favorable en comité de sélection de l&amp;#039;organisme intermédiaire territorialement compétent.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets devront être compatibles avec les stratégies en termes de mobilité mise en place par la Région à savoir le schéma régional d&amp;#039;aménagement, de développement durable et d&amp;#039;égalité des territoires (SRADDET) dénommé « Ici 2050 ».
+&lt;/p&gt;
+&lt;p&gt;
+ Les aménagements des aires de covoiturage devront être réalisés en conformité avec le SRADDET et sa déclinaison : le schéma régional des aires de covoiturage.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets d&amp;#039;implantation de structures de recharge devront respecter le SRADDET et ses objectifs en termes de déploiement de bornes de charge. Ils devront respecter les contraintes de gestion et de pilotage des réseaux de distribution d&amp;#039;électricité. L&amp;#039;interopérabilité et l&amp;#039;adaptabilité des infrastructures de recharge devront permettre la recharge de tous types et gammes de véhicules, quel que soit l&amp;#039;usage des véhicules et leur constructeur (normalisation et standardisation des solutions technologiques retenues). Les bornes devront prévoir un système de supervision accessible à tout usager.
+&lt;/p&gt;
+&lt;p&gt;
+ Le porteur de projet fournira une note explicative justifiant de la prise en compte de la préservation de l&amp;#039;environnement et de la biodiversité au sein de son projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de prestations intellectuelles extérieures (réalisation d&amp;#039;études, de diagnostics...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels (maîtrise d&amp;#039;œuvre, infrastructures, signalétique, accès PMR, verdissement, éclairage public, ...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisitions foncières (dans la limite de 10 % maximum des dépenses éligibles) ;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Coûts indirects hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50 000 € pour les projets de travaux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  20 000 € pour les projets d&amp;#039;études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U14" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V14" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/jai-un-projet/les-financements-par-thematique/developpement-urbain-et-rural-mobilites-durables/</t>
+        </is>
+      </c>
+      <c r="X14" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: urbain.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y14" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z14" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c6b9-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA14" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>165080</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'aménagement d'aires de covoiturage</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l'aménagement d'aires de covoiturage</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h2&gt;Vous souhaitez mener à bien un projet d&amp;#039;aménagement d&amp;#039;aire de covoiturage ? &lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Bénéficiez de l’aide régionale pouvant aller jusqu’à 60% du coût de votre projet.&lt;br /&gt;
+&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Pouvez-vous bénéficier de l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Vous pouvez bénéficier de l’aide&lt;/strong&gt;, si vous êtes :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Une collectivité du Grand Est&lt;/li&gt;
+&lt;li&gt;Si le dossier de candidature est porté par votre Autorité Organisatrice de la Mobilité (AOM) de référence (si l’établissement public de coopération intercommunale n’a pas pris la compétence, la délégation peut être demandée à la Région)&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Et&lt;strong&gt; si votre projet &lt;/strong&gt;:&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;concerne la création ou l’extension d’une aire de covoiturage comprenant au minimum 10 places de stationnement&lt;/li&gt;
+&lt;li&gt;se situe sur le territoire d’une AOM ne prélevant pas le versement mobilité&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;Si vous répondez à ces critères, l’attribution de l’aide n’est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.&lt;/p&gt;
+&lt;h2&gt;Comment estimer votre montant d&amp;#039;aide ?&lt;/h2&gt;&lt;h4&gt;Montant de l’aide régionale&lt;/h4&gt;
+&lt;p&gt;&lt;strong&gt;Votre montant d’aide maximal &amp;#61; 60 % du montant des dépenses retenues en € HT. &lt;/strong&gt;L’aide est plafonnée, et &lt;strong&gt;son maximum est en fonction de la population du territoire.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Les &lt;strong&gt;principales dépenses retenues&lt;/strong&gt; dans le calcul de l’aide sont :&lt;/p&gt;
+&lt;ul&gt;
+&lt;li&gt;Les études préalables aux travaux (uniquement si associées à des travaux effectivement réalisés) ;&lt;/li&gt;
+&lt;li&gt;Les travaux liés à l’aménagement de l’aire de covoiturage ;&lt;/li&gt;
+&lt;li&gt;Les services de mobilité.&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;&lt;strong&gt;Le règlement d’intervention du dispositif détaille les dépenses éligibles.&lt;/strong&gt;&lt;/p&gt;
+&lt;h2&gt;Comment demander l&amp;#039;aide régionale ?&lt;/h2&gt;&lt;p&gt;&lt;strong&gt;Prenez contact dès maintenant avec les services régionaux&lt;/strong&gt;. Vous bénéficierez d’un &lt;strong&gt;entretien personnalisé&lt;/strong&gt; afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches :  &lt;a href="mailto:dispositifcovoiturage&amp;#64;grandest.fr"&gt;dispositifcovoiturage&amp;#64;grandest.fr&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;Le dépôt de candidature est exclusivement dématérialisé. &lt;strong&gt;Le lien vers l’espace de candidature est transmis par les services régionaux après l’entretien précité.&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Logistique urbaine</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P15" s="1" t="inlineStr">
+        <is>
+          <t>29/04/2025</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/amenagement-aires-covoiturage/</t>
+        </is>
+      </c>
+      <c r="W15" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0219/depot/simple</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prenez contact dès maintenant avec les services régionaux. Vous bénéficierez d’un entretien personnalisé afin de vous aider dans l’élaboration de votre projet et de vous guider dans vos démarches :  dispositifcovoiturage&amp;#64;grandest.fr - 03 87 15 86 65&lt;/p&gt;&lt;p&gt;Le dépôt de candidature est exclusivement dématérialisé. Le lien vers l’espace de candidature est transmis par les services régionaux après l’entretien précité.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lamenagement-daires-de-covoiturage/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>41742</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Financer des services de mobilité durable en ville et en périphérie</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Financement des services de mobilité durable</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, une société ou un acteur financier privé et vous
+souhaitez participer au développement de services de mobilité durable ? La
+Banque des Territoires met à disposition des solutions de financement pour vous
+accompagner dans votre projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Solutions d’autopartage, service de vélos
+partagés, covoiturage courte distance, ou encore corporate venture au profit de
+jeunes entreprises innovantes : l’accompagnement de la Banque des Territoires
+peut se faire sur différents types de projets, en fonction de leur éligibilité.
+L’objectif est ainsi de développer des alternatives à la possession d’un véhicule
+et à l’autosolisme, libérer de l’espace urbain utilisé pour le stationnement de
+véhicules et réduire l’empreinte carbone.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement de ces solutions de mobilité
+durable est toutefois conditionné à des prérequis et des objectifs spécifiques,
+comme la justification territoriale du projet ou encore la réduction du volume
+de véhicules en circulation en agglomération. La Banque des Territoires met à
+disposition de nombreuses compétences et expertises pour étudier votre projet
+et vous apporter les meilleures solutions possibles.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S16" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_mobilite_durable_psat</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;service_mobilite_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-mobilite-durable/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>162824</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Allier mobilités alternatives et développement des proximités afin de désenclaver les territoires</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Remiremont et ses Vallées (PETR)</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée
+Particulier
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>16% de cofinancement public à trouver pour les structures privées</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;&lt;strong&gt;Objectifs stratégiques :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Lutter contre l&amp;#039;isolement géographique et social des populations ;&lt;br /&gt;- Mettre en valeur les productions et savoir-faire locaux du territoire et les rendre accessibles au plus grand nombre ;&lt;br /&gt;- Développer les mobilités alternatives ;&lt;br /&gt;- Maintenir la jeunesse sur le territoire.&lt;/p&gt;&lt;h4&gt;&lt;strong&gt;Objectifs opérationnels :&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;- Encourager le développement des transports en commun et partagés ;&lt;br /&gt;- Soutenir les mobilités douces ;&lt;br /&gt;- Développer l&amp;#039;offre de services et de commerces de proximité ;&lt;br /&gt;- Renforcer le lien social dans les villages et bourgs-centres.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Operations éligibles&lt;/h4&gt;&lt;p&gt;- Opérations encourageant le développement des transports en commun et partagés ;&lt;br /&gt;- Opérations visant à soutenir les mobilités douces ;&lt;br /&gt;- Opérations visant à renforcer les services et commerces de proximité ;&lt;br /&gt;&amp;#61;&amp;gt; tourné vers les produits locaux.&lt;br /&gt;- Opérations visant à renforcer le lien social dans les villes, villages et hameaux.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Mobilités douces : &lt;/strong&gt;Mobilité dites &amp;#34;actives&amp;#34;, qui ne font appel qu&amp;#039;à la seule énergie humaine (marche, vélos, trottinettes, etc.), mais aussi tout moyen de mobilité, collectif ou individuel, contribuant à une baisse des émissions de CO2 (vie-publique.fr).&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Produits locaux :&lt;/strong&gt; produits élaborés et/ou transformés sur le territoire à partir de matière brute animale ou végétale, issue du territoire ou d&amp;#039;un rayon de 100 km alentours, ou de la Région Grand Est.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Sports et loisirs
+Accès aux services
+Cohésion sociale et inclusion
+Alimentation
+Commerces et services
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Revitalisation
+Equipement public
+Attractivité économique
+Valorisation d'actions
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h3&gt;&lt;strong&gt;Aide proposée sur la période 2023-2027&lt;/strong&gt;&lt;/h3&gt;&lt;h4&gt;&lt;strong&gt;Critères d&amp;#039;éligibilité&lt;/strong&gt;&lt;/h4&gt;&lt;p&gt;&lt;strong&gt;Eligibilité géographique : &lt;/strong&gt;Le porteur de projet est localisé dans le périmètre du GAL (adresse figurant sur l&amp;#039;avis de situation de la base SIRENE ou les statuts). Le porteur de projet pourra être localisé en dehors du périmètre du GAL à condition que l&amp;#039;opération ait un impact direct sur le territoire du GAL.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Capacité du porteur&lt;/strong&gt; : Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire au moment du dépôt de sa demande d&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Soutien aux équipements de proximité : Seuls les équipements de proximité dont le coût total est inférieur à 200 000 € pourront être présentés à la stratégie LEADER.&lt;/p&gt;&lt;h4&gt;Conditions financières&lt;/h4&gt;&lt;p&gt;Plancher de l&amp;#039;aide : 4 000 €&lt;br /&gt;Plafond de l&amp;#039;aide : 30 000 €&lt;/p&gt;&lt;p&gt;Autofinancement requis d&amp;#039;au moins 20 %.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>CC des Hautes Vosges, CC de la Porte des Vosges Méridionales, CC des Ballons des Hautes Vosges</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.paysderemiremont.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;h4&gt;Contacts techniques :&lt;/h4&gt;&lt;p&gt;Noémie MOREL - Animatrice du programme LEADER : &lt;a target="_self"&gt;leader&amp;#64;paysderemiremont.fr&lt;/a&gt; / 03.54.74.00.45&lt;/p&gt;&lt;p&gt;PETR Pays de Remiremont et de ses Vallées : 03.29.22.63.85&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="Y17" s="1" t="inlineStr">
         <is>
-          <t>guidedesaides@iledefrance.fr</t>
+          <t>leader@paysderemiremont.fr</t>
         </is>
       </c>
       <c r="Z17" s="1" t="inlineStr">
         <is>
-          <t>https://aides-territoires.beta.gouv.fr/aides/e2e8-plan-route-management-de-la-mobilite/</t>
+          <t>https://aides-territoires.beta.gouv.fr/aides/allier-mobilites-alternatives-et-developpement-des-proximites-afin-de-desenclaver-les-territoires/</t>
         </is>
       </c>
       <c r="AA17" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:27" customHeight="0">
       <c r="A18" s="1">
+        <v>154984</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Promouvoir les solutions de mobilité existantes, coordonner et réduire les besoins en déplacement</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Programme LEADER 2023-2027</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le territoire bénéficie d&amp;#039;une position de carrefour régional, interrégional et transfrontalier et profite d&amp;#039;un réseau d&amp;#039;infrastructures qui le traverse facilement du nord au sud et mais de manière plus contraignante d&amp;#039;est en ouest.
+&lt;/p&gt;
+&lt;p&gt;
+ Corrélativement à la montée en charge du cadencement du TER 200, le territoire qui profite d&amp;#039;une offre de transport en commun de type inter-urbaine et scolaire, a conforté ses atouts avec des offres complémentaires (le Transport Intercommunal de Sélestat ;
+&lt;/p&gt;
+&lt;p&gt;
+ la plateforme de covoiturage ;
+&lt;/p&gt;
+&lt;p&gt;
+ le développement de l&amp;#039;autopartage avec le réseau Citiz ;&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;incitation à la pratique du vélo ;&lt;/p&gt;
+&lt;p&gt;
+ Malgré toutes ces initiatives, des faiblesses persistent et la mobilité demeure contraignante pour l&amp;#039;ensemble du territoire, ses habitants et ses usagers - les publics jeunes, les séniors, mais également les professionnels,
+&lt;/p&gt;
+&lt;p&gt;
+ La mobilité est donc un besoin majeur du territoire. Les EPCI membres du PETR et la Communauté de communes du Canton d&amp;#039;Erstein se sont saisis du sujet en se constituant Autorité organisatrice de mobilité (AOM).
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre de la démarche LEADER, le besoin de mobilité fait émerger un enjeu sur l&amp;#039;amélioration du maillage et des services de mobilité partagées, actives et décarbonées et un enjeu sur la réduction de besoin de mobilité, soit la dé-mobilité, laquelle est liée aux besoins de services et d&amp;#039; équipements de proximité.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ 1.	Soutenir l&amp;#039;implantation et le développement des transports à la demande, du covoiturage, de l&amp;#039;autopartage des transports mutualisés et des mobilités sociales et solidaires ;
+&lt;/p&gt;
+&lt;p&gt;
+ 2.	Actions d&amp;#039;animation, de coordination, de mise en réseau, de promotion, de sensibilisation et de communication contribuant au développement des mobilités alternatives (mobilité partagée, mobilité actives, mobilité décarbonée)
+&lt;/p&gt;
+&lt;p&gt;
+ 3.	Soutien à la création et au développement des services et/ou équipements dédiés aux vélos ;
+&lt;/p&gt;
+&lt;p&gt;
+ 4.	Soutien au développement des plans de mobilité au sein des entreprises (études, actions de mise en réseau, outils de communication) ;
+&lt;/p&gt;
+&lt;p&gt;
+ 5. Soutenir l&amp;#039;implantation de commerces/services de proximité ou itinérants dans les communes ; Création et développement d&amp;#039;équipements mutualisés (santé, petite enfance, parentalité, intergénérationnel)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Commerces et services
+Equipement public
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les opérations doivent être réalisées sur le territoire du GAL d&amp;#039;Alsace Centrale
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;est pas en procédure de sauvegarde, de redressement ou de liquidation judiciaire
+&lt;/p&gt;
+&lt;p&gt;
+ Le demandeur n&amp;#039;a pas commencé son projet (pas de devis signés, bon de commande, notification d&amp;#039;un marché ...)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>GAL Alsace Centrale</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://selestat-alsace-centrale.fr/leader/</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Contact GAL d&amp;#039;Alsace Centrale : &lt;/p&gt;&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-selestat.fr&lt;/a&gt; ou 06 14 30 69 15&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>camille.pairault@petr-selestat.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e71e-promouvoir-les-solutions-de-mobilite-existant/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
         <v>117155</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Conseiller les collectivités en matière de sécurité routière, aménagements de voirie et modes actifs</t>
         </is>
       </c>
-      <c r="E18" s="1" t="inlineStr">
+      <c r="E19" s="1" t="inlineStr">
         <is>
           <t>ID77</t>
         </is>
       </c>
-      <c r="G18" s="1" t="inlineStr">
+      <c r="G19" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H18" s="1" t="inlineStr">
+      <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K18" s="1" t="inlineStr">
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L18" s="1" t="inlineStr">
+      <c r="L19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Aider à la définition des contraintes et de solutions techniques et financières  pour la sécurisation et l&amp;#039;aménagement de la voirie communale, de cheminements piétons, cycles et PMR et d&amp;#039;aires de covoiturage, de même que la sécurisation et la mise en accessibilité des points d&amp;#039;arrêt transports en commun.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M18" s="1" t="inlineStr">
+      <c r="M19" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Sensibilisation sur les règles de voirie et de la sécurité routière. Conseils pour l&amp;#039;établissement d&amp;#039;un diagnostic de sécurité routière, sur la définition des orientations d&amp;#039;aménagement, la méthodologie, les interlocuteurs et les types de solutions tant pour la voirie, que les cheminements modes actifs et points d&amp;#039;arrêts.
  &lt;/li&gt;
  &lt;li&gt;
   Conseil pour l&amp;#039;élaboration de schéma directeur de déplacements modes actifs.
  &lt;/li&gt;
  &lt;li&gt;
   Conseils sur la répartition des responsabilités sur le domaine public et prise en compte dans les projets d&amp;#039;aménagements.
  &lt;/li&gt;
  &lt;li&gt;
   Conseils sur l&amp;#039;établissement d&amp;#039;un plan de financement et recherche de financements extérieurs suivant les types d&amp;#039;aménagements
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N18" s="1" t="inlineStr">
+      <c r="N19" s="1" t="inlineStr">
         <is>
           <t>Espace public
 Voirie et réseaux
 Risques naturels
 Accessibilité
 Appui méthodologique
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O18" s="1" t="inlineStr">
+      <c r="O19" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R18" s="1" t="inlineStr">
+      <c r="R19" s="1" t="inlineStr">
         <is>
           <t>Collectivités de Seine-et-Marne</t>
         </is>
       </c>
-      <c r="S18" s="1" t="inlineStr">
+      <c r="S19" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U18" s="1" t="inlineStr">
+      <c r="U19" s="1" t="inlineStr">
         <is>
           <t>Seine-et-Marne</t>
         </is>
       </c>
-      <c r="V18" s="1" t="inlineStr">
+      <c r="V19" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr</t>
         </is>
       </c>
-      <c r="W18" s="1" t="inlineStr">
+      <c r="W19" s="1" t="inlineStr">
         <is>
           <t>https://www.id77.fr/fr/offres</t>
         </is>
       </c>
-      <c r="X18" s="1" t="inlineStr">
+      <c r="X19" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Sylvie ROGNON, Directrice du G.I.P. ID77
 &lt;/p&gt;
 &lt;p&gt;
  Mail :
  &lt;a href="mailto:id77&amp;#64;departement77.fr" rel="noopener" target="_blank"&gt;
   id77&amp;#64;departement77.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 01 64 14 73 56
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y18" s="1" t="inlineStr">
+      <c r="Y19" s="1" t="inlineStr">
         <is>
           <t>id77@departement77.fr</t>
         </is>
       </c>
-      <c r="Z18" s="1" t="inlineStr">
+      <c r="Z19" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/7b34-conseiller-les-collectivites-en-matiere-de-se/</t>
         </is>
       </c>
-      <c r="AA18" s="1" t="inlineStr">
+      <c r="AA19" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="19" spans="1:27" customHeight="0">
-      <c r="A19" s="1">
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>165396</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
+Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;
+&lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W20" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.cadiou@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>163014</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Etre accompagné dans la réalisation d'une opération d'aménagement ou de création de voiries, mobilités douces ou ouvrages d'art</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Maitrise d'oeuvre pour une opération d'un montant de travaux inférieur à 100 k€HT</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Agence départementale Aveyron Ingénierie</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L&amp;#039;agence vous propose un accompagnement pour de petites opérations en lien avec les infrastructures routières, les mobilités douces et les ouvrages d&amp;#039;art.&lt;/p&gt;&lt;p&gt;Pour les opérations d&amp;#039;investissement dont le coût des travaux est limité à 100 000 € HT, l&amp;#039;agence peut assurer la mission de maitrise d’œuvre :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Études de conception ou réparation,&lt;/li&gt;&lt;li&gt;Assistance à la passation des marchés de Travaux (élaboration du dossier de consultation des entreprises et analyse des offres),&lt;/li&gt;&lt;li&gt;Direction de l’exécution des travaux,&lt;/li&gt;&lt;li&gt;Assistance à la réception des travaux et à la garantie de parfait achèvement des travaux.&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Rectification de virages,&lt;/li&gt;&lt;li&gt;Création de voies vertes,&lt;/li&gt;&lt;li&gt;Aménagements de sécurité sur voirie,&lt;/li&gt;&lt;li&gt;Travaux sur Ouvrages d&amp;#039;art,&lt;/li&gt;&lt;li&gt;...&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Voirie et réseaux
+Equipement public
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie.&lt;/p&gt;&lt;p&gt;Missions facturées au temps passé.&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>Aveyron</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>contact@aveyron-ingenierie.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-realisation-dune-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>162635</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Aménager des traverses d'agglomération et entretenir le patrimoine routier</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Voirie</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) des Vosges</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD 88, Agence Technique Départementale des Vosges, offre une ingénierie de proximité aux élus vosgiens afin de mener à bien leurs projets. La voirie et les aménagements paysagers constituent des enjeux majeurs en termes de mobilités, d&amp;#039;attractivité économique, de préservation de l&amp;#039;environnement et de l&amp;#039;amélioration du cadre de vie. Le patrimoine routier et les espaces publics nécessitent un entretien régulier et des investissements qualitatifs pour en assurer la pérennité et la maîtrise des coûts de maintenance.&lt;/p&gt;
+&lt;p&gt;Dans le domaine de la voirie nos techniciens vous accompagnent en réalisant des études de faisabilité des mission de maîtrise d&amp;#039;œuvre (opération inférieure à 90 000€ HT) ou des missions d&amp;#039;assistance à maîtrise d&amp;#039;ouvrage (AMO).&lt;/p&gt;&lt;p&gt;Les études de faisabilités vous permettent de disposer d&amp;#039;un document dans lequel sera retranscrit vos besoins, la faisabilité de votre projet en fonction des contraintes (techniques, environnementales, architecturales...), l&amp;#039;enveloppe financière de l&amp;#039;opération et les aides mobilisable pour la réalisation du projet&lt;/p&gt;&lt;p&gt;Les missions de maîtrise d&amp;#039;œuvre consistent à l&amp;#039;issue de la validation du projet et de son enveloppe financière de  vous accompagner pour procéder à la consultation et à la passation d&amp;#039;un marché de travaux avec une ou des entreprises de travaux. A l&amp;#039;issue de cette phase de consultation l&amp;#039;ATD assure le suivi de chantier (organisation des réunions, point d&amp;#039;avancement des travaux, suivi des décomptes, assistance durant les opérations de réceptions et de levées des réserves...)&lt;/p&gt;&lt;p&gt; L&amp;#039;AMO intervient à l&amp;#039;issue de la réalisation d&amp;#039;une étude de faisabilité ou d&amp;#039;opportunité réalisées par l&amp;#039;ATD ou d&amp;#039;une structure publique tel que le CAUE... ou une structure privée. la mission d&amp;#039;AMO nous permet avec la collectivité et toute structure associée au projet de définir le programme de l&amp;#039;opération et l&amp;#039;enveloppe budgétaire associée. L&amp;#039;Agence vous accompagne ainsi  pour la consultation des Maîtres d&amp;#039;Ouevre (rédaction du dossier de consultation, rapport d&amp;#039;analyse des offres et assistance à la passation du marché) durant le suivi des études (assistance aux choix techniques, vérification des projets de décomptes, du planning, respect de l&amp;#039;enveloppe budgétaire, assistance durant la consultation des entreprises de travaux...) et durant la phase de chantier jusqu&amp;#039;à la levée des réserves.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aménager des traverses d&amp;#039;agglomérations&lt;/p&gt;&lt;p&gt;Aménager et réhabiliter des espaces publics (aires de jeux, lieux de rencontres...)&lt;/p&gt;&lt;p&gt;Réaliser des aménagement de sécurité (rétrécissement de chaussée, ralentisseurs, chicanes, écluses....)&lt;/p&gt;&lt;p&gt;Entretenir le patrimoine routier (réfection de couches de roulement, réparations ponctuelles...)&lt;/p&gt;&lt;p&gt;Mise à jour ou élaboration de tableaux de classements&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Espaces verts
+Espace public
+Voirie et réseaux
+Accessibilité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une collectivité ou un EPCI du Département des Vosges
+&lt;/p&gt;
+&lt;p&gt;
+ Etre adhérent à l&amp;#039;ATD 88
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Vosges</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd88.fr/competences/voirie/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD 88 -&lt;a target="_self"&gt;contact&amp;#64;atd88.fr&lt;/a&gt;  - 03 29 29 89 01
+&lt;/p&gt;
+&lt;p&gt;
+ Philippe Milliot - Directeur
+&lt;/p&gt;
+&lt;p&gt;
+ Adresse : Agence Technique Départementale des Vosges - 11 avenue du Général de Gaulle - 88 000 EPINAL
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>pmilliot@atd88.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/rehabiliter-et-construire-des-batiments-publics/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>162526</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les projets favorables à la transition écologique</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Un territoire résilient face au changement climatique</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>PETR Centre-Cher</t>
+        </is>
+      </c>
+      <c r="F23" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I23" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Le développement des projets favorables à la transition écologique&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir des projets novateurs et exemplaires en lien avec la préservation de la biodiversité, la gestion de l&amp;#039;eau, l&amp;#039;économie de la ressource en eau, la gestion raisonnée des déchets...&lt;/li&gt;&lt;li&gt;favoriser la création de filières en économie circulaire, de la production au réemploi (bâtiment, alimentation, industrie...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives de mobilités durables&lt;/li&gt;&lt;li&gt;soutenir les projets exemplaires et études préalables à la renaturation des espaces&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;La mobilisation des acteurs du territoire dans la transition écologique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner les projets de sensibilisation de la population à la gestion des ressources (eau, terre, énergie) : modules pédagogiques, expositions interactives, formation grand public, événements...&lt;/li&gt;&lt;li&gt;faciliter la mise en relation des porteurs de projets : associations, collectifs et entreprises&lt;/li&gt;&lt;li&gt;promouvoir des projets et dynamiques, locaux ou observés sur d&amp;#039;autres territoires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;L&amp;#039;anticipation et l&amp;#039;adaptation du territoire aux conséquences du dérèglement climatique &lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir la réalisation d&amp;#039;études de vulnérabilité du territoire&lt;/li&gt;&lt;li&gt;favoriser l&amp;#039;adaptation des équipements recevant du public (écoles, crèches, EHPAD publics...) aux effets du dérèglement climatique&lt;/li&gt;&lt;li&gt;soutenir les initiatives encourageant les acteurs privés dans la sobriété&lt;strong&gt;&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Sols
+Economie circulaire
+Qualité de l'air
+Biodiversité</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P23" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2024</t>
+        </is>
+      </c>
+      <c r="Q23" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T23" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>PETR CENTRE-CHER</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sirdab.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt; // &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>anthony.affouard@petr-centrecher.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/linnovation-la-durabilite-et-lattractivite-au-coeur-dune-dynamique-economique-de-territoire/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>147706</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Innover dans les territoires ruraux</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Programme européen LEADER 2023-2027 Le Perche ornais, Résilient par nature</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Perche Ornais (PETR)</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I24" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Programme européen LEADER &amp;#34;Le Perche ornais, Résilient par nature&amp;#34; accompagne les projets publics et privés sur les thématiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Adaptation aux changements climatiques, lutte contre l&amp;#039;érosion de la biodiversité, transition énergétique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement des filières locales et économie circulaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Adaptation des services aux nouveaux besoins et aux nouvelles mobilités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Soutien aux initiatives locales créatrices de lien social
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mutualisation des expériences par la coopération inter-territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animation, communication, gestion et évaluation du GAL
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Eau pluviale
+Cours d'eau / canaux / plans d'eau
+Culture et identité collective
+Musée
+Sports et loisirs
+Forêts
+Sols
+Transition énergétique
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Lutte contre la précarité
+Emploi
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Prévention des risques
+Mobilité partagée
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Réduction de l'empreinte carbone
+Milieux humides
+Inclusion numérique
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P24" s="1" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="Q24" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Personne morale publique ou privée
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant maximal des dépenses éligibles présentées : 1 million € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux d&amp;#039;intervention : jusqu&amp;#039;à 80 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux maximum d&amp;#039;aides publiques (TMAP) : 100 %
+ &lt;/li&gt;
+ &lt;li&gt;
+  Seuil de l&amp;#039;aide : 5 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plafond de l&amp;#039;aide : 80 000 €
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancement public obligatoire pour les porteurs de projet de droit privé (Etat et ses agences, Région, Département...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T24" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>PAYS PERCHE ORNAIS</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://pays-perche-ornais.jimdosite.com/leader/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cellule LEADER : 02 33 85 80 80 / leader&amp;#64;payspercheornais.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>energie@payspercheornais.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes de Saint-Pierre-et-Miquelon ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W25" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>141290</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Financer la transformation écologique et énergétique de votre territoire</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Prêt Transformation Ecologique : accompagner vos projets dans la transition environnementale</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Vous êtes un acteur du secteur public local (collectivité territoriale, établissement public local, etc.) et vous souhaitez financer un projet contribuant à la transformation écologique et énergétique de votre territoire, en le dotant d&amp;#039;infrastructures performantes sur le long terme ? La Banque des Territoires propose un prêt au Secteur Public Local (PSPL) pour la transformation énergétique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ce prêt permet de financer les projets de long terme nécessitant des prêts de 25 ans ou plus, dans le cadre de l&amp;#039;adaptation au changement climatique (renaturation des villes, sécurisation de terrains ou bâtiments menacés par le changement climatique, etc.), de la rénovation énergétique des bâtiments (pour un gain énergétique de 30% après travaux), de la construction de bâtiments performants, de la maîtrise de l&amp;#039;éclairage public urbain, de la réalisation de projets autour des énergies renouvelables, de l&amp;#039;eau, de la mobilité, de la biodiversité ou encore de la valorisation des déchets.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec le prêt PSPL Transformation énergétique de la Banque des Territoires, vous bénéficiez du meilleur taux pour votre projet, et d&amp;#039;une durée de prêt adaptée avec un amortissement jusqu&amp;#039;à 60 ans. Vous pouvez également emprunter 100% de votre besoin, quel que soit le montant.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T26" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/prets-long-terme/pret-transformation-ecologique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Prets_lt&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=transfo_eco_psat</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Contact_AT&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;formulaire_contact_gen_at"&gt;
+   Contactez-nous via notre formulaire
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/72ca-financer-la-transformation-ecologique-et-ener/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I27" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T27" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W27" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T28" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>128958</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d’un accompagnement pour une Assistance à Maîtrise d’Ouvrage (AMO)</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Ressources (ATD)</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être accompagné pour les projets d&amp;#039;aménagement urbain,
+paysager ou de construction publique, tout au long de leur
+réalisation :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  aide à la définition de la procédure nécessaire
+à mettre en oeuvre
+• identification des étapes et des différents
+prestataires à mobiliser
+ &lt;/li&gt;
+ &lt;li&gt;
+  interface entre les différents intervenants
+ &lt;/li&gt;
+ &lt;li&gt;
+  aide au pilotage et à l&amp;#039;animation du projet.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités d&amp;#039;accompagnement
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rencontre avec le conseiller en développement
+territorial et/ou un chef de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise au point de l&amp;#039;accompagnement nécessaire
+et proposition d&amp;#039;aide
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de la mission d&amp;#039;AMO : suivi administratif
+et juridique, marchés publics, coordination des
+intervenants (dont le maître d&amp;#039;oeuvre) ...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Livrables
+:
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Faisabilité opérationnelle (élément de compréhension
+et de la programmation du projet, déroulement
+de l&amp;#039;opération, estimation prévisionnelle,...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Documents nécessaires à la bonne conduite du projet :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ --&amp;gt; actes administratifs tels que conventions,
+délibérations...
+&lt;/p&gt;
+&lt;p&gt;
+ --&amp;gt; marchés publics et toutes pièces relevant
+de l&amp;#039;exécution d&amp;#039;un marché notamment le marché
+de maîtrise d&amp;#039;oeuvre (règlement de la consultation,
+cahier des charges, cahier des clauses
+administratives particulières, acte d&amp;#039;engagement...)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Bâtiments et construction
+Réhabilitation
+Architecture
+Appui méthodologique
+Industrie</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Saisine officielle de l&amp;#039;exécutif
+ &lt;/li&gt;
+ &lt;li&gt;
+  Fourniture de documents administratifs et études
+diverses relatives au projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gironde.fr/collectivites/gironde-ressources</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Gironde Ressources
+&lt;/p&gt;
+&lt;p&gt;
+ 05 56 99 57 70
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;gironderessources.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>contact@gironderessources.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b56-beneficier-dun-accompagnement-pour-une-assist/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
         <v>117172</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Soutenir les investissements des communes rurales (FAL)</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Fonds d’aménagement local (FAL)</t>
         </is>
       </c>
-      <c r="E19" s="1" t="inlineStr">
+      <c r="E30" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Haute-Marne</t>
         </is>
       </c>
-      <c r="G19" s="1" t="inlineStr">
+      <c r="G30" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H19" s="1" t="inlineStr">
+      <c r="H30" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I19" s="1" t="inlineStr">
+      <c r="I30" s="1" t="inlineStr">
         <is>
           <t> Min : 15 Max : 50</t>
         </is>
       </c>
-      <c r="J19" s="1" t="inlineStr">
+      <c r="J30" s="1" t="inlineStr">
         <is>
           <t>en fonction du nombre d'habitants</t>
         </is>
       </c>
-      <c r="K19" s="1" t="inlineStr">
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L19" s="1" t="inlineStr">
+      <c r="L30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M19" s="1" t="inlineStr">
+      <c r="M30" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N19" s="1" t="inlineStr">
+      <c r="N30" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Espaces verts
 Espace public
 Friche
 Voirie et réseaux
 Economie d'énergie et rénovation énergétique
 Jeunesse
 Famille et enfance
 Santé
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Accessibilité
 Attractivité économique
 Mobilité partagée
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres</t>
         </is>
       </c>
-      <c r="O19" s="1" t="inlineStr">
+      <c r="O30" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R19" s="1" t="inlineStr">
+      <c r="R30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
 &lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S19" s="1" t="inlineStr">
+      <c r="S30" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T19" s="1" t="inlineStr">
+      <c r="T30" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U19" s="1" t="inlineStr">
+      <c r="U30" s="1" t="inlineStr">
         <is>
           <t>Haute-Marne</t>
         </is>
       </c>
-      <c r="V19" s="1" t="inlineStr">
+      <c r="V30" s="1" t="inlineStr">
         <is>
           <t>https://haute-marne.fr/guide-des-aides/</t>
         </is>
       </c>
-      <c r="W19" s="1" t="inlineStr">
+      <c r="W30" s="1" t="inlineStr">
         <is>
           <t>https://e-subventions.haute-marne.fr/</t>
         </is>
       </c>
-      <c r="X19" s="1" t="inlineStr">
+      <c r="X30" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
         </is>
       </c>
-      <c r="Y19" s="1" t="inlineStr">
+      <c r="Y30" s="1" t="inlineStr">
         <is>
           <t>sarah.janda@haute-marne.fr</t>
         </is>
       </c>
-      <c r="Z19" s="1" t="inlineStr">
+      <c r="Z30" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
         </is>
       </c>
-      <c r="AA19" s="1" t="inlineStr">
+      <c r="AA30" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="20" spans="1:27" customHeight="0">
-[...44 lines deleted...]
-      <c r="K20" s="1" t="inlineStr">
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>158480</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Préfecture de l'Essonne
+Conseil départemental de l'Essonne</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L20" s="1" t="inlineStr">
+      <c r="L31" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Les objectifs sont multiples et visent à renforcer l&amp;#039;équilibre territorial en matière de services à la personne, répondre aux enjeux sociétaux du territoire, renforcer l&amp;#039;économie de proximité.
-[...2 lines deleted...]
- Les opérations financées doivent permettre la création d&amp;#039;une dynamique collective autour du renforcement du maillage territorial des services à la personne, le développement et la création de nouveaux services plus durables et pérennes et enfin le maintien et la création d&amp;#039;emplois
+ Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
+  Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Il se constitue :
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un groupe projet
+ &lt;/strong&gt;
+ : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;un accompagnement personnalisé et gratuit
+ &lt;/strong&gt;
+ nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  - d&amp;#039;une expertise technique :
+ &lt;/strong&gt;
+ le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
+&lt;/p&gt;
+&lt;p&gt;
+ -
+ &lt;strong&gt;
+  d&amp;#039;un accès facilité aux financements
+ &lt;/strong&gt;
+ : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M20" s="1" t="inlineStr">
-[...274 lines deleted...]
-          <t>Voirie et réseaux
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
 Cohésion sociale et inclusion
-Information voyageur, billettique multimodale
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Attractivité économique
+Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
+Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
-Modes actifs : vélo, marche et aménagements associés</t>
-[...2 lines deleted...]
-      <c r="O21" s="1" t="inlineStr">
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Protection animale
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
+      <c r="P31" s="1" t="inlineStr">
+        <is>
+          <t>12/01/2024</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Être une commune rurale de l&amp;#039;Essonne
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U21" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X21" s="1" t="inlineStr">
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Essonne</t>
+        </is>
+      </c>
+      <c r="W31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
+ &lt;/strong&gt;
+ &lt;strong&gt;
+  pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>thomas.perrono@essonne.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>101248</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Appuyer les collectivités dans la définition et la mise en œuvre de leur projet architecturaux, d'urbanisme, d'aménagement, d'espaces publics, d'ouvrage d'art et des finances</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Agence Départementale d'Aide aux Collectivités (ADAC 37)</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
- Retrouvez vos contacts régionaux :https://cerema.app.box.com/v/nos-contacts-en-region
+ L&amp;#039;équipe de l&amp;#039;ADAC 37 est constituée d&amp;#039;architectes, de paysagistes, d&amp;#039;urbanistes, de juristes, de chargés de mission énergie et d&amp;#039;une spécialiste en finances publiques.
+&lt;/p&gt;
+&lt;p&gt;
+ Elle est aussi amenée à coproduire avec d&amp;#039;autres partenaires publics (monuments historiques, assainissement, logement...)
+&lt;/p&gt;
+&lt;h3&gt;&lt;strong&gt;
+  Nos domaines d&amp;#039;intervention :&lt;/strong&gt;&lt;/h3&gt;
+&lt;h4&gt;&lt;em&gt;
+  Architecture, paysage, urbanisme, énergie
+ &lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Réalisation pour le compte des collectivités adhérentes dans le cadre de projets de bâtiment publics, d&amp;#039;aménagement d&amp;#039;espaces publics, de lotissements, de salles des fêtes, etc. :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des schémas de principe,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des orientations d&amp;#039;aménagement,
+ &lt;/li&gt;
+ &lt;li&gt;
+  des programmes et des chiffrages&lt;/li&gt;
+&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Finances publiques&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Intervention à travers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;analyse des budgets des collectivités,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la réalisation de prospective et rétrospective financières
+ &lt;/li&gt;
+ &lt;li&gt;
+  simulation d&amp;#039;emprunt&lt;/li&gt;&lt;/ul&gt;&lt;h4&gt;&lt;em&gt;Droit&lt;/em&gt;&lt;/h4&gt;
+&lt;p&gt;
+ Rédaction :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  des pièces des marchés publics (restauration, monuments historiques, assainissement...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  de concession de service,
+ &lt;/li&gt;
+ &lt;li&gt;
+  de notes de synthèse relatives à des questions en droit de l&amp;#039;urbanisme et des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;
+  Domaine de l&amp;#039;architecture et de l&amp;#039;énergie
+ &lt;/strong&gt;
+ : écoles et cantines, pôles sportifs, reconversion de friches, logements, espaces associatifs, églises et abbayes, commerces de proximité, maisons de santé pluridisciplinaires...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Domaine du paysage et de l&amp;#039;urbanisme
+ &lt;/strong&gt;
+ : aménagements d&amp;#039;espaces publics, ZAC, lotissements (écoquartiers), voiries, jardins, parkings...
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y21" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA21" s="1" t="inlineStr">
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Commerces et services
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Attractivité économique
+Appui méthodologique
+Artisanat
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent solliciter l&amp;#039;ADAC 37 :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  les communautés de communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37
+ &lt;/li&gt;
+ &lt;li&gt;
+  les communes d&amp;#039;Indre-et-Loire adhérentes à l&amp;#039;ADAC 37 (en nom propre ou par le biais de leur communauté de communes)
+ &lt;/li&gt;
+ &lt;li&gt;
+  le conseil départemental d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+ &lt;li&gt;
+  les services de l&amp;#039;Etat d&amp;#039;Indre-et-Loire
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Indre-et-Loire</t>
+        </is>
+      </c>
+      <c r="V32" s="1" t="inlineStr">
+        <is>
+          <t>https://www.adac37.fr</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ M. Jérôme VAUGOYEAU, Directeur : jvaugoyeau&amp;#64;adac37.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>administration@adac37.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1b94-appuyer-les-collectivites-dans-la-definition-/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="22" spans="1:27" customHeight="0">
-[...215 lines deleted...]
-      <c r="A23" s="1">
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
         <v>162642</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la prise de décision de réaliser une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Etude de faisabilité / opportunité</t>
         </is>
       </c>
-      <c r="E23" s="1" t="inlineStr">
+      <c r="E33" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G23" s="1" t="inlineStr">
+      <c r="G33" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H23" s="1" t="inlineStr">
+      <c r="H33" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
-Ingénierie financière
-[...3 lines deleted...]
-      <c r="K23" s="1" t="inlineStr">
+Ingénierie Juridique / administrative
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L23" s="1" t="inlineStr">
+      <c r="L33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour formaliser vos besoins et définir les conditions de faisabilité d’une opération (Projets neufs , rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance à la définition des besoins,&lt;/li&gt;&lt;li&gt;d&amp;#039;un accompagnement pour la consultation et le choix des prestataires intellectuels chargés de réaliser les études pré-opérationnelles (Levé topo, diagnostic structure, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une assistance au suivi de ces études,&lt;/li&gt;&lt;li&gt;d&amp;#039;un établissement relevés sur site (Relevé visuel de l’existant, …),&lt;/li&gt;&lt;li&gt;d&amp;#039;une étude d’opportunité et de faisabilité.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M23" s="1" t="inlineStr">
+      <c r="M33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N23" s="1" t="inlineStr">
+      <c r="N33" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O23" s="1" t="inlineStr">
+      <c r="O33" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R23" s="1" t="inlineStr">
+      <c r="R33" s="1" t="inlineStr">
         <is>
           <t>Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie&lt;br /&gt;</t>
         </is>
       </c>
-      <c r="S23" s="1" t="inlineStr">
+      <c r="S33" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="U23" s="1" t="inlineStr">
+      <c r="U33" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V23" s="1" t="inlineStr">
+      <c r="V33" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X23" s="1" t="inlineStr">
+      <c r="X33" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y23" s="1" t="inlineStr">
+      <c r="Y33" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z23" s="1" t="inlineStr">
+      <c r="Z33" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-dengager-ou-non-la-realisation-une-operation-de-batiments-1/</t>
         </is>
       </c>
-      <c r="AA23" s="1" t="inlineStr">
+      <c r="AA33" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="24" spans="1:27" customHeight="0">
-      <c r="A24" s="1">
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
         <v>163011</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Etre accompagné dans la réalisation d'une opération en lien avec le patrimoine bâti, les équipements publics, les espaces publics, les mobilités</t>
         </is>
       </c>
-      <c r="D24" s="1" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Conseil et assistance au pilotage de l'opération</t>
         </is>
       </c>
-      <c r="E24" s="1" t="inlineStr">
+      <c r="E34" s="1" t="inlineStr">
         <is>
           <t>Agence départementale Aveyron Ingénierie</t>
         </is>
       </c>
-      <c r="G24" s="1" t="inlineStr">
+      <c r="G34" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H24" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="K24" s="1" t="inlineStr">
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L24" s="1" t="inlineStr">
+      <c r="L34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Une assistance à maitrise d’ouvrage (AMO) pour vous accompagner dans la réalisation de votre opération  (Projets neufs, rénovation énergétique, réhabilitation, ...).&lt;/p&gt;&lt;p&gt;L&amp;#039;agence peut vous accompagner sur différentes typologies de projets :&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier et équipements publics (Bâtiments publics, équipements touristiques, équipements sportifs équipements culturels, ...) ;&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Voirie, Mobilités douces, Ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Cet accompagnement peut prendre la forme, dès la prise de décision d&amp;#039;engager l&amp;#039;opération jusqu&amp;#039;à l’expiration de la période de garantie de parfait achèvement des travaux :&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;d&amp;#039;une assistance administrative, technique et juridique à la consultation des équipes de maitrise d’œuvre et prestataires intellectuels ;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance au pilotage des missions confiées aux équipes de maitrise d’œuvre et différents prestataires intellectuels ;&lt;br /&gt;&lt;/li&gt;&lt;li&gt;d&amp;#039;une mission de conseil et assistance à la coordination des différents acteurs.&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="M24" s="1" t="inlineStr">
+      <c r="M34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Patrimoine immobilier (mairies, écoles, salles des fêtes, ALSH, crèches, logements séniors, églises, logements, ...) &lt;/li&gt;&lt;li&gt;Équipements touristiques (campings, aires de camping-cars, aires de loisirs, aires de jeux, ...)&lt;/li&gt;&lt;li&gt;Équipements sportifs (stades, city stades, gymnases, centres aquatiques, ...),&lt;/li&gt;&lt;li&gt;Espaces publics (Cœurs de bourgs, Aménagements urbains, cimetières, parcs, ...) ;&lt;/li&gt;&lt;li&gt;Urbanisme opérationnel (Extensions urbaines, zones d&amp;#039;activités, lotissements) ;&lt;/li&gt;&lt;li&gt;Mobilités (Aires de covoiturage,  infrastructures routières en agglomération et hors agglomération, aménagements de sécurité, développement des mobilités douces, ouvrages d &amp;#039;art).&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N24" s="1" t="inlineStr">
+      <c r="N34" s="1" t="inlineStr">
         <is>
           <t>Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Réduction de l'empreinte carbone
 Cimetières et funéraire</t>
         </is>
       </c>
-      <c r="O24" s="1" t="inlineStr">
+      <c r="O34" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R24" s="1" t="inlineStr">
+      <c r="R34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;Adhésion à l&amp;#039;Agence Départementale Aveyron Ingénierie (Démarrage de la mission jusqu&amp;#039;à validation des phases AVP ou APD).&lt;/p&gt;&lt;p&gt;Missions complémentaires facturées au temps passé pour la suite de l&amp;#039;opération.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S24" s="1" t="inlineStr">
+      <c r="S34" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U24" s="1" t="inlineStr">
+      <c r="U34" s="1" t="inlineStr">
         <is>
           <t>Aveyron</t>
         </is>
       </c>
-      <c r="V24" s="1" t="inlineStr">
+      <c r="V34" s="1" t="inlineStr">
         <is>
           <t>https://aveyron.fr/pages/accompagnement-des-territoires/agence-departementale-aveyron-ingenierie</t>
         </is>
       </c>
-      <c r="X24" s="1" t="inlineStr">
+      <c r="X34" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a href="mailto:contact&amp;#64;aveyron-ingenierie.fr" target="_self"&gt;contact&amp;#64;aveyron-ingenierie.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y24" s="1" t="inlineStr">
+      <c r="Y34" s="1" t="inlineStr">
         <is>
           <t>contact@aveyron-ingenierie.fr</t>
         </is>
       </c>
-      <c r="Z24" s="1" t="inlineStr">
+      <c r="Z34" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/etre-accompagne-dans-la-prise-de-decision-de-realiser-une-operation-en-lien-avec-le-patrimoine-bati-les-equipements-publics-les-espaces-publics-les-mobilites/</t>
         </is>
       </c>
-      <c r="AA24" s="1" t="inlineStr">
+      <c r="AA34" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="25" spans="1:27" customHeight="0">
-[...436 lines deleted...]
-      <c r="A28" s="1">
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
         <v>82915</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Être accompagné en amont de projets de construction, architecture, urbanisme, aménagement, énergie, paysage et environnement et culture</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C35" s="1" t="inlineStr">
         <is>
           <t>Petites villes de demain
 France Relance
 Action cœur de ville
 Territoires d'industrie
 4ème Programme d’investissements d’avenir - PIA 4
 Avenir Montagnes
 Cités éducatives
 Destination France
 Renaturation des villes
 Fonds vert Ingénierie</t>
         </is>
       </c>
-      <c r="E28" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>CAUE de l'Ardèche
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>CAUE de la Haute-Garonne
+CAUE du Gard
+CAUE de l'Oise
 CAUE de la Drôme
-CAUE de l'Oise
-[...2 lines deleted...]
-CAUE de la Gironde
+CAUE de l'Aude
+CAUE de Corrèze
+CAUE du Cher
+CAUE de la Charente
+CAUE du Cantal
+CAUE des Bouches-du-Rhône
+CAUE de l'Aveyron
+CAUE du Puy-de-Dôme
+CAUE des Landes
+CAUE de l'Ariège
+CAUE des Hautes-Alpes
+CAUE de l'Aisne
+CAUE de l'Ain
+CAUE du Gers
+CAUE de la Meuse
+CAUE du Tarn
+CAUE de la Dordogne
+CAUE du Calvados
+CAUE de l'Yonne
+CAUE d'Alsace
+CAUE du Morbihan
+CAUE du Loiret
+CAUE du Loir-et-Cher
+CAUE de la Creuse
+CAUE de Corse
+CAUE des Hauts-de-Seine
+CAUE de la Côte-d'Or
+CAUE du Tarn-et-Garonne
+CAUE du Var
+CAUE de l'Île-de-la-Réunion
+CAUE de la Guyane
+CAUE de la Martinique
+CAUE de Guadeloupe
+CAUE du Val d'Oise
+CAUE du Val-de-Marne
+CAUE de la Charente-Maritime
+CAUE de la Seine-Maritime
+CAUE de la Haute-Savoie
+Fédération Nationale des Conseils d'Architecture, d'Urbanisme et de l'Environnement
+CAUE de l'Essonne
+CAUE des Vosges
+CAUE de la Haute-Vienne
+CAUE de la Vendée
+CAUE des Deux-Sèvres
+CAUE du Pas-de-Calais
+CAUE de la Somme
+CAUE de l'Orne
+CAUE de la Savoie
+CAUE de la Sarthe
+CAUE de Rhône-Métropole
+CAUE des Pyrénées-Orientales
+CAUE des Hautes-Pyrénées
+CAUE des Pyrénées-Atlantiques
+CAUE de la Seine-et-Marne
+CAUE de Mayotte
+CAUE de la Moselle
+CAUE de Meurthe-et-Moselle
+CAUE de la Mayenne
+CAUE de la Manche
+CAUE du Maine-et-Loire
+CAUE Lot-et-Garonne
+CAUE du Lot
+CAUE de la Haute-Loire
+CAUE de l'Ardèche
+Conseils d'architecture, d'urbanisme et d'environnement (CAUE)
+CAUE de l'Isère
 CAUE de l'Hérault
-CAUE de l'Isère
-[...66 lines deleted...]
-      <c r="G28" s="1" t="inlineStr">
+CAUE de la Gironde</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
 Entreprise privée
 Particulier
 Agriculteur
 Recherche</t>
         </is>
       </c>
-      <c r="H28" s="1" t="inlineStr">
+      <c r="H35" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K28" s="1" t="inlineStr">
+      <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L28" s="1" t="inlineStr">
+      <c r="L35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les CAUE vous apportent une aide et un conseil gratuit, neutre et personnalisé
  &lt;/strong&gt;
  à partir de vos questions, de vos idées et de vos besoins. Leurs équipes sont pluridisciplinaires et œuvrent au quotidien, sur le terrain, dans presque la totalité du territoire national (92 CAUE).
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE contribuent à améliorer qualité de vie de chacun
  &lt;/strong&gt;
  . Ils ont pour objet la promotion de la qualité de l&amp;#039;architecture, de l&amp;#039;urbanisme et de l&amp;#039;environnement. Organismes départementaux issus de la loi sur l&amp;#039;architecture du 3 janvier 1977, ils assument des missions d&amp;#039;intérêt public.
  Ils oeuvrent en lien avec les politiques départementales, locales et déclinent les politiques publiques nationales.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Les CAUE sont à votre service.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Vous êtes un élu, un maire ou un agent de collectivité territoriale et vous souhaitez un appui pour définir vos projets et vos politiques publiques ?
@@ -4782,88 +5993,88 @@
   Information, fourniture de données
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;em&gt;
   NB : les CAUE ne font pas de maîtrise d&amp;#039;œuvre.
   &lt;br /&gt;
  &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Nature de l&amp;#039;aide :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Ingenierie territoriale / Aide à la décision / conseil / diagnostic / note d&amp;#039;enjeux / préparation à la programmation / guide / organisation de la concertation / animation du débat public / participation à des jury / médiation / publications / expérimentations, des programmes actions-recherche...
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Par leur posture neutre, leurs compétences, leur connaissance des territoires, dans un environnement de plus en plus complexe, les CAUE renforcent  la capacité de chacun à agir, à atteindre les changements durables voulus. Promoteurs d&amp;#039;une culture de l&amp;#039;Architecture, de l&amp;#039;Urbanisme, de l&amp;#039;Environnement et du conseil, ils sont la mémoire des territoires facilitateurs de liens entre acteurs locaux, départementaux, régionaux, nationaux et de ressources d&amp;#039;une grande richesse.
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M28" s="1" t="inlineStr">
+      <c r="M35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;ARCHITECTURE – LA CONSTRUCTION
  &lt;br /&gt;
  Bâtiment / EcoConstruction / Rénovation / Réhabilitation / Habitat / Logement / Savoir-faire locaux / Patrimoine /Accessibilité / Énergie / Accueil de la petite enfance / Ecoles / Collège / Lycée / Équipement public / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Autorisation d&amp;#039;urbanisme / Droit de la construction / Salle des fêtes / Médiathèque / Piscine / Espaces sportifs / Equipement public
  / Patrimoine religieux
  / Ecomatériaux
  / Polyvalence des usages du bâti
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;URBANISME – L&amp;#039;AMÉNAGEMENT
  &lt;br /&gt;
  Stratégie et planification territoriale /Urbanisme réglementaire / Urbanisme de projet / Urbanisme opérationnel / Climat / Foncier/ Aménagement d&amp;#039;espace public / Aménagement paysager / Revitalisation des centres-villes / Traversée de bourg / Zone d&amp;#039;activité / Commerce / Politique de la ville / Quartier / Urbain / Rural
  / Petite ville de demain
  (PVD) / Action Coeur de Ville
  / Sobriété foncière / Rural / Périurbain / Urbain
  / Densification / Requalification de friches
  / Fonds vert / Transition écologique et énergétique / Changement climatique / Villages d&amp;#039;avenir
  &lt;br /&gt;
  &lt;br /&gt;
  L&amp;#039;ENVIRONNEMENT – LE PAYSAGE
  &lt;br /&gt;
  Paysage / Espace naturel / Espace vert / Démarche paysagère / Plan de paysage / Fleurissement / Embellissement / Biodiversité / Eau /Trame verte et bleue / Trame brune et noire / Risques naturels / Ecologie / Jardins / Aires de jeux  / Renaturation / Végétalisation / Arbre / Jardin
  / Nature en ville / Désimperméabilisation / Eau / Aménagement paysager /Atlas de paysage / Observatoires photographiques / Sol
  &lt;br /&gt;
  &lt;br /&gt;
  TRANSVERSALEMENT
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Accessibilité / Mobilité / Voies de communication / Publicité / Tourisme / Transition énergétique / Aménagement du territoire / Vivre ensemble / Action Educative Artistique et Culturelle / Application numérique/ Culture
  / Médiation / Résidences
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N28" s="1" t="inlineStr">
+      <c r="N35" s="1" t="inlineStr">
         <is>
           <t>Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -4882,79 +6093,79 @@
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Mers et océans
 Milieux humides
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O28" s="1" t="inlineStr">
+      <c r="O35" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S28" s="1" t="inlineStr">
+      <c r="S35" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T28" s="1" t="inlineStr">
+      <c r="T35" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U28" s="1" t="inlineStr">
+      <c r="U35" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V28" s="1" t="inlineStr">
+      <c r="V35" s="1" t="inlineStr">
         <is>
           <t>https://www.fncaue.com/?page=home</t>
         </is>
       </c>
-      <c r="X28" s="1" t="inlineStr">
+      <c r="X35" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Contactez le CAUE de votre département pour plus d&amp;#039;informations.
  &lt;/strong&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AIN
  - 34 rue Delestraint  - 01000    BOURG-EN-BRESSE
  - contact&amp;#64;caue-ain.com - 04 74 21 11 31
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  CAUE DE L&amp;#039;AISNE - 34 rue Sérurier - 02000 LAON - info&amp;#64;caue02.com - 03 23 79 00 03&lt;br /&gt;
  &lt;br /&gt;
  CAUE DES HAUTES-ALPES
  - 1 avenue Alexandre Didier
  - BP 55  - 05200    EMBRUN
  - caue05&amp;#64;orange.fr
  - 04 92 43 60 31
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE L&amp;#039;ARDÈCHE
  - 2 bis avenue de l&amp;#039;Europe Unie
@@ -5426,164 +6637,162 @@
  &lt;br /&gt;
  &lt;br /&gt;
  CAUE DE MAYOTTE
  - Département de Mayotte
  - BP101
  - 97600    MAYOTTE
  - feda.soidri&amp;#64;cg976.fr
  - 02 69 66 06 84
  &lt;br /&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://www.fncaue.com/repertoire-caue-urcaue/" rel="noopener" target="_blank"&gt;
   Retrouvez l&amp;#039;annuaire des CAUE ici
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
    Ouvre une nouvelle fenêtre
  &lt;/a&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y28" s="1" t="inlineStr">
+      <c r="Y35" s="1" t="inlineStr">
         <is>
           <t>urcaue.aura@gmail.com</t>
         </is>
       </c>
-      <c r="Z28" s="1" t="inlineStr">
+      <c r="Z35" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/d6d7-copie-16h24-etre-accompagne-en-amont-de-proje/</t>
         </is>
       </c>
-      <c r="AA28" s="1" t="inlineStr">
+      <c r="AA35" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="29" spans="1:27" customHeight="0">
-      <c r="A29" s="1">
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
         <v>162563</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E29" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos projets d'investissement grâce au mécénat (dons d'entreprises et de particuliers)</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Mécénat pour le financement de vos projets d'investissement</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
         <is>
           <t>Villyz</t>
         </is>
       </c>
-      <c r="G29" s="1" t="inlineStr">
+      <c r="G36" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Recherche</t>
         </is>
       </c>
-      <c r="H29" s="1" t="inlineStr">
+      <c r="H36" s="1" t="inlineStr">
         <is>
           <t>Autre aide financière</t>
         </is>
       </c>
-      <c r="I29" s="1" t="inlineStr">
+      <c r="I36" s="1" t="inlineStr">
         <is>
           <t> Max : 100</t>
         </is>
       </c>
-      <c r="J29" s="1" t="inlineStr">
+      <c r="J36" s="1" t="inlineStr">
         <is>
           <t>Le mécénat d'entreprise consiste en une collecte participative en don et peut ainsi représenter jusqu'à 100% du projet.</t>
         </is>
       </c>
-      <c r="K29" s="1" t="inlineStr">
+      <c r="K36" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L29" s="1" t="inlineStr">
+      <c r="L36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;em&gt;
   L&amp;#039;objectif de l&amp;#039;aide : financer vos projets en engageant les entreprises de votre territoire via le don défiscalisé&lt;/em&gt;&lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Financer vos projets
  &lt;/strong&gt;
  grâce au mécénat entreprise (don défiscalisé à 60%) pour construire un
  &lt;strong&gt;
   lien nouveau entre les entreprises, les citoyens et les acteurs d&amp;#039;intérêt général
  &lt;/strong&gt;
  qui font vivre nos territoires.
- &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat d’entreprise : faire de son plan d’engagement un atout
+ &lt;/p&gt;&lt;p&gt;&lt;em&gt;Mécénat : faire de son plan d’engagement un atout
 financier&lt;/em&gt;&lt;em&gt; &lt;/em&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
-  Le mécénat d&amp;#039;entreprises citoyennes &lt;/strong&gt;permet d&amp;#039;engager les entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet et en publicisant leur engagement
-[...2 lines deleted...]
-investissements pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
+  Le mécénat citoyen &lt;/strong&gt;permet d&amp;#039;engager les citoyens et entreprises en faveur du développement de leur territoire grâce à des dons défiscalisés en faveur des porteurs de projet.&lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Intégrez le mécénat dans vos projets pour développer un modèle de financement vertueux &lt;/strong&gt;: développez de nouvelles
 ressources de financement pour faciliter l’ingénierie financière de vos projets et valoriser les entreprises de votre territoire dans le cadre d&amp;#039;emprunts citoyens.&lt;/p&gt;
 &lt;p&gt;&lt;strong&gt;Nos experts vous accompagnent
 &lt;/strong&gt;pour animer votre territoire, mettre en réseau ses acteurs et mobiliser les
 forces vives pour construire ensemble les moyens
 de &lt;strong&gt;réaliser vos projets au service de l’intérêt général&lt;/strong&gt;.&lt;/p&gt;
 &lt;p&gt;
  &lt;em&gt;
   &lt;br /&gt;
   Cadre réglementaire
  &lt;/em&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Villyz est la première plateforme française à avoir reçu l&amp;#039;agrément européen de &lt;strong&gt;Prestataire de services de financement participatif&lt;/strong&gt;
 (PSFP) sous le numéro FP-20221 et est enregistrée auprès de l&amp;#039;ORIAS en qualité d&amp;#039;&lt;strong&gt;Intermédiaire en financement participatif&lt;/strong&gt; (IFP) sous le numéro 20006621.&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N29" s="1" t="inlineStr">
+      <c r="M36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Depuis son lancement mi-2024, une demi-douzaines de projets ont été financés par du mécénat via la plateforme Villyz.&lt;/p&gt;&lt;p&gt;Exemples de projets financés via du mécénat : &lt;/p&gt;&lt;p&gt;- Rénovation énergétique d&amp;#039;une école élémentaire à Buzancy (08)&lt;/p&gt;&lt;p&gt;- Extension d&amp;#039;une école municipale de musique à Commentry (03)&lt;/p&gt;&lt;p&gt;- Construction d&amp;#039;un nouveau groupe scolaire à Sallaumines (62)&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -5622,2154 +6831,194 @@
 International
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Valorisation d'actions
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
 Médias et communication
 Industrie
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O29" s="1" t="inlineStr">
+      <c r="O36" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R29" s="1" t="inlineStr">
+      <c r="R36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une collectivité locale (commune, EPCI, département, région), un établissement de santé (centre hospitalier ou centre de santé), une entreprise publique locale (SPL, SEM, syndicat mixte ou à vocation unique, etc.) ou encore les &lt;span&gt;Service départementaux d&amp;#039;incendie et de secours (SDIS)&lt;/span&gt;.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les projets d&amp;#039;investissement liés aux 
 programmes Action Cœur de Ville, Villages d&amp;#039;Avenir et Petites Villes de 
 Demain de l&amp;#039;ANCT sont éligibles au mécénat d&amp;#039;entreprises citoyennes.
  &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S29" s="1" t="inlineStr">
+      <c r="S36" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T29" s="1" t="inlineStr">
+      <c r="T36" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U29" s="1" t="inlineStr">
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V29" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://villyz.fr/</t>
         </is>
       </c>
-      <c r="X29" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Email
  &lt;/strong&gt;
  : projets&amp;#64;villyz.fr
 &lt;/p&gt;
  &lt;p&gt;&lt;strong&gt;Téléphone
  &lt;/strong&gt;
- : Eric Gency-Piriou (Directeur du développement territorial) : 06 21 51 95 54 &lt;/p&gt;</t>
-[...2 lines deleted...]
-      <c r="Y29" s="1" t="inlineStr">
+ : Arthur Moraglia (Président) : 06 59 57 41 76&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>arthur.moraglia@villyz.fr</t>
         </is>
       </c>
-      <c r="Z29" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-projets-dinvestissement-grace-au-mecenat-dentreprise/</t>
-        </is>
-[...1388 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/35fe-innover-dans-les-territoires-ruraux/</t>
         </is>
       </c>
       <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:27" customHeight="0">
       <c r="A37" s="1">
-        <v>158480</v>
+        <v>74577</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
-[...4 lines deleted...]
-          <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
+          <t>Suivre les trajets de covoiturage sans risque de fraude et inciter la pratique du covoiturage sur votre territoire - Registre de preuve de covoiturage</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>Préfecture de l'Essonne
-Conseil départemental de l'Essonne</t>
+          <t>Registre de preuve de covoiturage</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
-        <is>
-[...562 lines deleted...]
-      <c r="G41" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Région
 Collectivité d’outre-mer à statut particulier</t>
         </is>
       </c>
-      <c r="H41" s="1" t="inlineStr">
-[...5 lines deleted...]
-      <c r="K41" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L41" s="1" t="inlineStr">
+      <c r="L37" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Vous souhaitez bénéficier de l&amp;#039;
   &lt;a href="https://www.youtube.com/watch?v&amp;#61;kRqDjg30TZY&amp;amp;feature&amp;#61;youtu.be"&gt;
    accès découverte
   &lt;/a&gt;
   ?
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Il est réservé aux territoires n&amp;#039;ayant pas mis en place de politique incitative du covoiturage ou ne l&amp;#039;ayant pas encore justifiée auprès du Registre.
  &lt;br /&gt;
  Il permet aux territoires d&amp;#039;accéder gratuitement, sans contrainte aux statistiques des trajets de covoiturage effectués sur votre territoire, et préfigurer une campagne d&amp;#039;incitation.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;h3&gt;
  &lt;strong&gt;
   Vous souhaitez bénéficier de l&amp;#039;accès complet ?
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Il est réservé aux autorités organisatrices ayant mis en place une politique d&amp;#039;incitations au covoiturage sur leur territoire.
  &lt;br /&gt;
  Il permet aux territoires d&amp;#039;accéder gratuitement, sans contrainte aux statistiques des trajets de covoiturage effectués sur votre territoire,  de réaliser des exportations des statistiques et de configurer une campagne d&amp;#039;incitation.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N41" s="1" t="inlineStr">
+      <c r="N37" s="1" t="inlineStr">
         <is>
           <t>Mobilité partagée
 Mobilité pour tous
 Connaissance de la mobilité</t>
         </is>
       </c>
-      <c r="O41" s="1" t="inlineStr">
+      <c r="O37" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R41" s="1" t="inlineStr">
+      <c r="R37" s="1" t="inlineStr">
         <is>
           <t>&lt;h3&gt;
  &lt;strong&gt;
   Accéder à la version découverte : vous n&amp;#039;avez pas (encore) voté de campagne d&amp;#039;incitation au covoiturage
  &lt;/strong&gt;
 &lt;/h3&gt;
 &lt;p&gt;
  Nous vous invitons à nous communiquer :
 &lt;/p&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Etape 1
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les pièces d&amp;#039;identification de la personne morale de droit public (Exemple :
   &lt;a href="https://avis-situation-sirene.insee.fr/jsp/avis-formulaire.jsp"&gt;
    avis de situation au répertoire SIRENE
   &lt;/a&gt;
   ) ;
  &lt;/li&gt;
  &lt;li&gt;
   Les renseignements suivants :
  &lt;/li&gt;
@@ -7875,243 +7124,139 @@
  &lt;/li&gt;
  &lt;li&gt;
   Un dossier décrivant la politique incitative sur le territoire ;
  &lt;/li&gt;
  &lt;li&gt;
   La sélection des opérateurs de covoiturage partenaires ou présents sur votre territoire afin de les encourager à rejoindre le registre si ce n&amp;#039;est pas déjà fait.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;h4&gt;
  &lt;strong&gt;
   Etape 3
  &lt;/strong&gt;
 &lt;/h4&gt;
 &lt;p&gt;
  Nous vous ouvrons un accès au Registre sur
  &lt;a href="https://app.covoiturage.beta.gouv.fr"&gt;
   https://app.covoiturage.beta.gouv.fr
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S41" s="1" t="inlineStr">
+      <c r="S37" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U41" s="1" t="inlineStr">
+      <c r="U37" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V41" s="1" t="inlineStr">
+      <c r="V37" s="1" t="inlineStr">
         <is>
           <t>https://doc.covoiturage.beta.gouv.fr/</t>
         </is>
       </c>
-      <c r="W41" s="1" t="inlineStr">
+      <c r="W37" s="1" t="inlineStr">
         <is>
           <t>https://doc.covoiturage.beta.gouv.fr/territoires/onboarding#en-tant-quautorite-organisatrice-de-la-mobilite</t>
         </is>
       </c>
-      <c r="X41" s="1" t="inlineStr">
+      <c r="X37" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous pouvez nous communiquer ces informations par mail à
  &lt;a&gt;
   territoire&amp;#64;covoiturage.beta.gouv.fr
  &lt;/a&gt;
  ou directement via le
  &lt;a href="https://startupdetat.typeform.com/to/zOoV4Mkz"&gt;
   formulaire suivant
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y41" s="1" t="inlineStr">
+      <c r="Y37" s="1" t="inlineStr">
         <is>
           <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z41" s="1" t="inlineStr">
+      <c r="Z37" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/6e81-suivre-les-trajets-de-covoiturage-sans-risque/</t>
         </is>
       </c>
-      <c r="AA41" s="1" t="inlineStr">
+      <c r="AA37" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="42" spans="1:27" customHeight="0">
-[...104 lines deleted...]
-      <c r="A43" s="1">
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
         <v>70211</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Soutenir le covoiturage entre particuliers (ATPS)</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Aide au Transport aux Particuliers - COVOITUREURS ATPS</t>
         </is>
       </c>
-      <c r="E43" s="1" t="inlineStr">
+      <c r="E38" s="1" t="inlineStr">
         <is>
           <t>Conseil régional des Hauts-de-France</t>
         </is>
       </c>
-      <c r="G43" s="1" t="inlineStr">
+      <c r="G38" s="1" t="inlineStr">
         <is>
           <t>Entreprise privée
 Particulier</t>
         </is>
       </c>
-      <c r="H43" s="1" t="inlineStr">
+      <c r="H38" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K43" s="1" t="inlineStr">
+      <c r="K38" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L43" s="1" t="inlineStr">
+      <c r="L38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Objectifs
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Aider les salariés pratiquant le covoiturage et qui utilisent leur véhicule pour aller travailler par la prise en charge d&amp;#039;une partie des frais liés au trajet domicile-travail,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Soutenir les personnes qui travaillent ou qui reprennent un travail et qui n&amp;#039;ont pas accès aux transports en commun.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Bénéficiaires
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les salariés en CDI ou CDD d&amp;#039;au moins un mois (y compris les contrats de professionnalisation), les apprentis, les intérimaires cumulant plusieurs contrats sans interruption sur un mois.
 &lt;/p&gt;
 &lt;p&gt;
@@ -8177,62 +7322,62 @@
   pour les salariés (dont apprentis et intérimaires), l&amp;#039;attestation-type à télécharger, validée par l&amp;#039;employeur, précisant le nom, le prénom, la qualité au sein de l&amp;#039;entreprise et la signature de la personne représentant ledit employeur. Le cachet de l&amp;#039;entreprise est obligatoire.
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   pour les covoitureurs, le mail de confirmation à son inscription aux plateformes de covoiturage précitées ainsi que le mail récapitulatif de confirmation de son covoiturage.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  En cas de contrôle, le covoitureur devra transmettre à la Région l&amp;#039;ensemble des mails de confirmation de ses covoiturages sur la boîte mail dédiée :
  &lt;a&gt;
   atp-infos&amp;#64;hautsdefrance.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Vérification de l&amp;#039;éligibilité de l&amp;#039;aide aux transports
  &lt;/strong&gt;
  :
  &lt;a href="http://www.hautsdefrance.fr/aide-transport/"&gt;
   http://www.hautsdefrance.fr/aide-transport/
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N43" s="1" t="inlineStr">
+      <c r="N38" s="1" t="inlineStr">
         <is>
           <t>Mobilité partagée
 Mobilité pour tous</t>
         </is>
       </c>
-      <c r="O43" s="1" t="inlineStr">
+      <c r="O38" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="R43" s="1" t="inlineStr">
+      <c r="R38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   L&amp;#039;aide n&amp;#039;est pas cumulable avec :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Le remboursement par l&amp;#039;employeur de dépenses de transports collectifs prévues par le Code du travail,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   La mise à disposition par l&amp;#039;employeur d&amp;#039;un véhicule de fonction ou de service.
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Pour être éligible à cette aide, le salarié doit remplir les conditions suivantes :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   être domicilié en région Hauts-de-France,
   &lt;br /&gt;
@@ -8256,788 +7401,222 @@
  &lt;li&gt;
   Attester, dans le cas où il serait domicilié et travaillerait dans des « ressorts territoriaux des autorités organisatrices de la mobilité » (ex-périmètres de transports urbains/PTU), d&amp;#039;horaires décalés concernant la majorité de son temps de travail (travail de nuit, travail posté avec un début de journée de travail avant 7 heures et/ou une fin de journée de travail après 22 heures).
   &lt;br /&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Cette obligation ne s&amp;#039;applique pas aux salariés :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   pouvant justifier d&amp;#039;une attestation de reconnaissance de travailleur handicapé,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   domiciliés et travaillant dans des ressorts territoriaux des autorités organisatrices de la mobilité dont la population est inférieure à 50 000 habitants,
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   dont le temps de déplacement en transports collectifs est supérieur ou égal à deux heures (aller/retour); ainsi le critère du ressort territorial des autorités organisatrices de la mobilité est levé ; le salarié doit néanmoins faire valider cette situation par son employeur.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="U43" s="1" t="inlineStr">
+      <c r="U38" s="1" t="inlineStr">
         <is>
           <t>Hauts-de-France</t>
         </is>
       </c>
-      <c r="V43" s="1" t="inlineStr">
+      <c r="V38" s="1" t="inlineStr">
         <is>
           <t>https://guide-aides.hautsdefrance.fr/spip.php?page=dispositif&amp;id_dispositif=787</t>
         </is>
       </c>
-      <c r="X43" s="1" t="inlineStr">
+      <c r="X38" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Le dépôt de la demande se fait sur le portail régional Hauts-de-France (portail &amp;#34;usagers&amp;#34;) et la demande doit être renouvelée chaque année.
  &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y43" s="1" t="inlineStr">
+      <c r="Y38" s="1" t="inlineStr">
         <is>
           <t>bettina.leblanc@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z43" s="1" t="inlineStr">
+      <c r="Z38" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/9ac1-soutenir-le-covoiturage-entre-particuliers-at/</t>
         </is>
       </c>
-      <c r="AA43" s="1" t="inlineStr">
+      <c r="AA38" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="44" spans="1:27" customHeight="0">
-[...566 lines deleted...]
-      <c r="A49" s="1">
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
         <v>76806</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Générer votre attestation sur l'honneur du covoiturage pour bénéficier du forfait mobilités durables</t>
         </is>
       </c>
-      <c r="E49" s="1" t="inlineStr">
+      <c r="E39" s="1" t="inlineStr">
         <is>
           <t>Registre de preuve de covoiturage</t>
         </is>
       </c>
-      <c r="G49" s="1" t="inlineStr">
+      <c r="G39" s="1" t="inlineStr">
         <is>
           <t>Particulier</t>
         </is>
       </c>
-      <c r="H49" s="1" t="inlineStr">
+      <c r="H39" s="1" t="inlineStr">
         <is>
           <t>Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K49" s="1" t="inlineStr">
+      <c r="K39" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L49" s="1" t="inlineStr">
+      <c r="L39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Générateur d&amp;#039;attestation sur l&amp;#039;honneur de covoiturage
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Le
  &lt;strong&gt;
   forfait mobilités durables
  &lt;/strong&gt;
  (Article 82, loi d&amp;#039;orientation des mobilités) permet aux employeurs la prise en charge des frais engagés par ses salariés pour se rendre sur leur lieu de travail, notamment en
  &lt;strong&gt;
   covoiturage
  &lt;/strong&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;employeur doit pouvoir se procurer, auprès de ses salariés et selon une périodicité au moins annuelle, une attestation sur l&amp;#039;honneur du salarié ou un justificatif de l&amp;#039;utilisation des modes de transport ouvrant droit à la prise en charge dans le cadre du « forfait mobilités durables ».
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N49" s="1" t="inlineStr">
+      <c r="N39" s="1" t="inlineStr">
         <is>
           <t>Mobilité partagée
 Mobilité pour tous
 Limiter les déplacements subis</t>
         </is>
       </c>
-      <c r="O49" s="1" t="inlineStr">
+      <c r="O39" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R49" s="1" t="inlineStr">
+      <c r="R39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Je suis salarié du
  &lt;strong&gt;
   secteur public
  &lt;/strong&gt;
  , je souhaite générer mon attestation sur l&amp;#039;honneur.
  &lt;a href="https://attestation.covoiturage.beta.gouv.fr/salarie-secteur-public"&gt;
   &lt;strong&gt;
    Je clique ici
   &lt;/strong&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Je suis salarié du
  &lt;strong&gt;
   secteur privé
  &lt;/strong&gt;
  , je souhaite générer mon attestation sur l&amp;#039;honneur.
  &lt;a href="https://attestation.covoiturage.beta.gouv.fr/salarie-secteur-prive"&gt;
   &lt;strong&gt;
    Je clique ici
   &lt;/strong&gt;
  &lt;/a&gt;
  .
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="U49" s="1" t="inlineStr">
+      <c r="U39" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V49" s="1" t="inlineStr">
+      <c r="V39" s="1" t="inlineStr">
         <is>
           <t>https://attestation.covoiturage.beta.gouv.fr</t>
         </is>
       </c>
-      <c r="X49" s="1" t="inlineStr">
+      <c r="X39" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Remplissez les formulaires ci-dessus pour bénéficier de votre attestation sur l&amp;#039;honneur du covoiturage.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Une question, un problème ?
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Contactez-nous :
  &lt;/strong&gt;
  &lt;a&gt;
   attestation&amp;#64;covoiturage.beta.gouv.fr
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y49" s="1" t="inlineStr">
+      <c r="Y39" s="1" t="inlineStr">
         <is>
           <t>jonathan.kurtz@beta.gouv.fr</t>
         </is>
       </c>
-      <c r="Z49" s="1" t="inlineStr">
+      <c r="Z39" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/629b-beneficier-dattestation-sur-lhonneur-du-covoi/</t>
         </is>
       </c>
-      <c r="AA49" s="1" t="inlineStr">
+      <c r="AA39" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>