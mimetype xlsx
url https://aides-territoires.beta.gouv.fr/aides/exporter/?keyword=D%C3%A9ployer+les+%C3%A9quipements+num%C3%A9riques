--- v0 (2025-10-08)
+++ v1 (2026-01-24)
@@ -84,109 +84,109 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AA99"/>
+  <dimension ref="A1:AA79"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeroes="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetData>
     <row r="1" spans="1:27" customHeight="0">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Nom de l'aide</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Programmes</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Nom initial</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
-          <t>Porteurs d’aides</t>
+          <t>Porteurs d'aides</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Instructeurs de l'aide</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Bénéficiaires</t>
         </is>
       </c>
       <c r="H1" s="0" t="inlineStr">
         <is>
           <t>Types d'aide</t>
         </is>
       </c>
       <c r="I1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention, min. et max. (en %, nombre entier)</t>
         </is>
       </c>
       <c r="J1" s="0" t="inlineStr">
         <is>
           <t>Taux de subvention (commentaire optionnel)</t>
         </is>
       </c>
       <c r="K1" s="0" t="inlineStr">
         <is>
-          <t>Appel à projet / Manifestation d’intérêt</t>
+          <t>Appel à projet / Manifestation d'intérêt</t>
         </is>
       </c>
       <c r="L1" s="0" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="M1" s="0" t="inlineStr">
         <is>
           <t>Exemples d'applications</t>
         </is>
       </c>
       <c r="N1" s="0" t="inlineStr">
         <is>
           <t>Sous thématiques</t>
         </is>
       </c>
       <c r="O1" s="0" t="inlineStr">
         <is>
           <t>Récurrence</t>
         </is>
       </c>
       <c r="P1" s="0" t="inlineStr">
         <is>
           <t>Date d'ouverture</t>
@@ -228,84 +228,1604 @@
         </is>
       </c>
       <c r="X1" s="0" t="inlineStr">
         <is>
           <t>Contact(s) pour candidater</t>
         </is>
       </c>
       <c r="Y1" s="0" t="inlineStr">
         <is>
           <t>Auteur de l'aide</t>
         </is>
       </c>
       <c r="Z1" s="0" t="inlineStr">
         <is>
           <t>url</t>
         </is>
       </c>
       <c r="AA1" s="0" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:27" customHeight="0">
       <c r="A2" s="0">
-        <v>120288</v>
+        <v>90733</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>Mettre en place des process de dématérialisation et des téléprocédures (e-administration)</t>
-[...4 lines deleted...]
-          <t>E-Administration</t>
+          <t>Financer des prestations d’études et de conseil (diagnostic, expertise, AMOA) permettant de définir une stratégie de transformation numérique et/ou de cybersécurité</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+          <t>Conseil régional de Nouvelle-Aquitaine
+Commission européenne</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H2" s="0" t="inlineStr">
+        <is>
+          <t>Subvention
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="I2" s="0" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J2" s="0" t="inlineStr">
+        <is>
+          <t>Plafonné à 30 000€</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif a pour but d&amp;#039;accompagner le financement des prestations d&amp;#039;études et de conseil (diagnostic, expertise, AMOA) permettant de définir votre stratégie de transformation numérique et/ou votre stratégie cybersécurité.
+&lt;/p&gt;
+&lt;strong&gt;
+ Objectif
+&lt;/strong&gt;
+: A
+ccélérer l&amp;#039;appropriation des usages avancés du numérique des entreprises en les accompagnant grâce à des prestations de conseil spécialisé en vue de la future mise en oeuvre de projets numériques.</t>
+        </is>
+      </c>
+      <c r="N2" s="0" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O2" s="0" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ PME, ETI et associations ayant des activités lucratives avec un impact économique implantées en région Nouvelle-Aquitaine..
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent à des prestations externes : frais d&amp;#039;études et de conseil (diagnostic en vue de définir votre projet de transformation numérique et/ou de cybersécurité, AMOA...)
+ &lt;br /&gt;
+ Taux d&amp;#039;intervention jusqu&amp;#039;à 50%, plafonné à 30 000€
+ &lt;br /&gt;
+ Base réglementaire SA 40453 PME
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La transformation numérique accompagne une transformation globale et continue qui nécessite d&amp;#039;agir sur 4 leviers :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le client : Mettre le client final au cœur de la stratégie de développement et de la valeur de l&amp;#039;offre de l&amp;#039;entreprise et le transformer en ressource active, personnalisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;organisation interne : Rendre son organisation plus agile, injecter de la transversalité et du mode projet, refondre ses dispositifs managériaux, mieux gérer ses stocks et ses flux
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;usage : passer du produit ou  du service à l&amp;#039;usage, proposer des offres globales incluant produit et services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les partenaires : mieux associer ses partenaires pour créer plus de valeur, savoir se coordonner et s&amp;#039;interfacer avec ses partenaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Dans cette perspective, une attention particulière sera portée aux engagements de l&amp;#039;entreprise en matière de RSE. Il est attendu que la transformation numérique de l&amp;#039;entreprise tienne compte des enjeux de sobriété et de sécurité numériques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S2" s="0" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T2" s="0" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U2" s="0" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V2" s="0" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/conseil-en-strategie-numerique</t>
+        </is>
+      </c>
+      <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Délégation numérique
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Si vous êtes une PME ou une ETI non-industrielle : transfonum&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les PME et les ETI industrielles sont invitées à prendre directement contact avec nos services à l&amp;#039;adresse suivante : aides.eco&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z2" s="0" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c102-conseil-en-strategie-numerique/</t>
+        </is>
+      </c>
+      <c r="AA2" s="0" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" spans="1:27" customHeight="0">
+      <c r="A3" s="1">
+        <v>162301</v>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Proposer aux lycéens des manuels scolaires gratuits en version numérique, consultables sur tablette tactile</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>Manuels scolaires numériques</t>
+        </is>
+      </c>
+      <c r="E3" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="H3" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;La Région Sud met tout en oeuvre pour que les élèves bénéficient des meilleures conditions d’apprentissage et poursuit la transition numérique des établissements et propose désormais aux lycéens des manuels scolaires gratuits en version numérique, consultables sur tablette tactile.&lt;/strong&gt;&lt;/p&gt;
+&lt;p&gt;Depuis la rentrée scolaire 2019, la Région met à la disposition des lycéens et des professeurs des manuels scolaires numériques sur une tablette tactile pour en permettre la lecture sans avoir besoin d’une connexion permanente.&lt;/p&gt; &lt;p&gt;Les élèves de seconde et première depuis septembre 2019 inscrits dans les 86% de lycées de la Région ayant opté pour les manuels scolaires numériques. Ceux de terminale en bénéficieront à la rentrée 2020.&lt;/p&gt; &lt;p&gt;Permettre toutes les nouvelles formes d&amp;#039;enseignement avec l&amp;#039;usage d&amp;#039;un équipement identique, intégrant tous les nouveaux programmes, pour tous les lycéens.&lt;/p&gt;
+&lt;h5&gt;Les avantages&lt;/h5&gt;
+&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Pour les élèves :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;Un poids du cartable allégé.&lt;/li&gt; 		&lt;li&gt;Un manuel enrichi : la version numérique du manuel scolaire propose de nombreuses ressources supplémentaires (vidéos, sons, animations) et des fonctionnalités interactives. &lt;/li&gt; 		&lt;li&gt;Une meilleure accessibilité pour les élèves à besoins éducatifs particuliers : Les textes peuvent être zoomés ou écoutés, les couleurs et polices changées, etc.&lt;/li&gt; 		&lt;li&gt;Un accès en ligne de tout point connecté à internet.&lt;/li&gt; 		&lt;li&gt;La facilité de récupérer un document oublié.&lt;/li&gt; 		&lt;li&gt;Plus de nécessité d&amp;#039;un accès en ligne une fois téléchargé, pour l&amp;#039;essentiel du manuel.&lt;/li&gt; 		&lt;li&gt;La possibilité de télécharger le manuel sur plusieurs supports personnels ou familiaux.&lt;/li&gt; 		&lt;li&gt;La possibilité d&amp;#039;annoter le manuel, d&amp;#039;exporter des extraits dans d&amp;#039;autres documents.&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+      <c r="S3" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U3" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V3" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/manuels-scolaires-numeriques</t>
+        </is>
+      </c>
+      <c r="X3" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt; 	&lt;li&gt;&lt;strong&gt;Région :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;l-ec&amp;#64;maregionsud.fr&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Délégations Académiques au Numérique Educatif :&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;Aix-Marseille : ce.dan&amp;#64;ac-aix-marseille.fr&lt;/li&gt; 		&lt;li&gt;Nice : dane&amp;#64;ac-nice.fr,&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; 	&lt;li&gt;&lt;strong&gt;Direction Régionale de l&amp;#039;Alimentation, de l&amp;#039;Agriculture et de la Forêt (DRAAF).&lt;/strong&gt; 	&lt;ul&gt; 		&lt;li&gt;drtic.paca&amp;#64;educagri.fr&lt;/li&gt; 	&lt;/ul&gt; 	&lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y3" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z3" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/manuels-scolaires-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA3" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="4" spans="1:27" customHeight="0">
+      <c r="A4" s="1">
+        <v>95031</v>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les festivals et aux manifestations dans les secteurs de l’économie culturelle et de la création numérique</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Soutien aux festivals et aux manifestations dans les secteurs des industries créatives</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Association
+Entreprise privée
+Particulier</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du cinéma et de l&amp;#039;audiovisuel :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, diffuseurs et publics, et participer à la cohérence du territoire en termes culturels,
+ &lt;/li&gt;
+ &lt;li&gt;
+  soutenir l&amp;#039;emploi culturel et la pérennité des équipes de création en leur permettant d&amp;#039;accéder à de nouveaux réseaux de diffusion,
+ &lt;/li&gt;
+ &lt;li&gt;
+  participer à la promotion des équipes artistiques en région, et au-delà du territoire régional,
+ &lt;/li&gt;
+ &lt;li&gt;
+  promouvoir la région comme terre de création artistique, d&amp;#039;expérimentation et d&amp;#039;innovation.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Pour le secteur du livre :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutenir et accompagner la création littéraire contemporaine,
+ &lt;/li&gt;
+ &lt;li&gt;
+  dynamiser le développement de la vie littéraire en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  favoriser la professionnalisation et la coopération des acteurs du livre en région,
+ &lt;/li&gt;
+ &lt;li&gt;
+  faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature et montant de l&amp;#039;aide
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le montant de la subvention est déterminé en fonction de la nature, de l&amp;#039;ampleur, de la qualité du projet ainsi que des partenariats financiers établis. Une subvention pluriannuelle peut être proposée.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie
+Médias et communication
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>03/08/2017</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les associations et structures culturelles de droit public ou privé ayant leur siège en région Grand Est, dont le projet est entièrement dédié à la promotion des oeuvres cinématographiques, audiovisuelles, nouveaux medias, du livre ou de la lecture et dont l&amp;#039;action se déroule en région Grand Est. Les collectivités territoriales. Les bénéficiaires doivent être implantés en région Grand Est ou y mener leur activité de façon effective.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Nature des projets :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du cinéma ou de l&amp;#039;audiovisuel , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   développer un projet culturel et artistique identifié et de qualité sur le territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   s&amp;#039;entourer d&amp;#039;une équipe compétente ou de professionnels pour l&amp;#039;organisation et la programmation du festival ou de la manifestation, respecter les conditions de rémunération des artistes,
+  &lt;/li&gt;
+  &lt;li&gt;
+   justifier l&amp;#039;engagement d&amp;#039;au moins une collectivité publique locale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   équilibrer son budget prévisionnel et prouver la viabilité du projet.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les festivals et manifestations relevant du secteur du livre , le projet respecte les critères suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   soutenir et accompagner la création littéraire contemporaine,
+  &lt;/li&gt;
+  &lt;li&gt;
+   dynamiser le développement de la vie littéraire en région,
+  &lt;/li&gt;
+  &lt;li&gt;
+   respecter la chaîne du livre et les conditions de rémunération des auteurs,
+  &lt;/li&gt;
+  &lt;li&gt;
+   favoriser la professionnalisation et la coopération des acteurs du livre en région, par exemple sous forme de rencontres professionnelles,
+  &lt;/li&gt;
+  &lt;li&gt;
+   faciliter la rencontre entre créateurs, médiateurs du livre et publics et participer à la cohérence culturelle du territoire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une manifestation avec une programmation cohérente et de qualité,
+  &lt;/li&gt;
+  &lt;li&gt;
+   participer au développement de l&amp;#039;économie du livre à l&amp;#039;échelle régionale,
+  &lt;/li&gt;
+  &lt;li&gt;
+   développer une stratégie de rayonnement régional voire national ou international,
+  &lt;/li&gt;
+  &lt;li&gt;
+   bénéficier d&amp;#039;une pluralité de financements et d&amp;#039;une part significative dédiée aux frais artistiques.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts liés à l&amp;#039;organisation des festivals et des manifestations sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U4" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V4" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/soutien-aux-festivals-aux-manifestations-secteurs-de-leconomie-culturelle-de-creation-numerique/</t>
+        </is>
+      </c>
+      <c r="W4" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/aides/#/crge/connecte/F_TEL0022/depot/simple</t>
+        </is>
+      </c>
+      <c r="X4" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:livre&amp;#64;grandest.fr"&gt;
+    livre&amp;#64;grandest.fr
+   &lt;/a&gt;
+   /
+   &lt;a href="mailto:cinema.audiovisuel&amp;#64;grandest.fr"&gt;
+    cinema.audiovisuel&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Pour les demandes de paiement :
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="mailto:versements-ecoculture&amp;#64;grandest.fr"&gt;
+    versements-ecoculture&amp;#64;grandest.fr
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;
+ Les demandes se font exclusivement en ligne.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Un guide et un mode d&amp;#039;emploi sont à votre disposition pour vous aider dans cette démarche :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/guide-arpege-usagers-aides-dematerialisees.pdf"&gt;
+    Guide utilisateurs du portail des aides dématérialisées
+   &lt;/a&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;a href="https://www.grandest.fr/wp-content/uploads/2016/11/mode-emploi-demande-aide-demat-arpege-simpl.pdf"&gt;
+    Mode d&amp;#039;emploi de l&amp;#039;outil de dépôt en ligne
+   &lt;/a&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;p&gt;
+  &lt;strong&gt;
+   Dépôt des dossiers :
+  &lt;/strong&gt;
+ &lt;/p&gt;
+ &lt;p&gt;
+  La date de réception par la Région du dossier complet doit être antérieure au démarrage de l&amp;#039;opération d&amp;#039;au moins 4 mois. L&amp;#039;ensemble de la procédure de dépôt des dossiers, dossier administratif et dossier de projet, ainsi que de sollicitation des versements de la subvention régionale octroyée, est dématérialisée Le dépôt de dossier s&amp;#039;effectue par voie électronique à l&amp;#039;une des adresses suivantes :
+  &lt;a rel="noopener" target="_blank"&gt;
+   cinema.audiovisuel&amp;#64;grandest.fr
+  &lt;/a&gt;
+  ou
+  &lt;a rel="noopener" target="_blank"&gt;
+   livre&amp;#64;grandest.fr
+  &lt;/a&gt;
+ &lt;/p&gt;
+</t>
+        </is>
+      </c>
+      <c r="Y4" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z4" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8aee-soutien-aux-festivals-et-aux-manifestations-d/</t>
+        </is>
+      </c>
+      <c r="AA4" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" spans="1:27" customHeight="0">
+      <c r="A5" s="1">
+        <v>111768</v>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Se former aux usages numériques avec les Conseillers numériques France services</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>Former aux usages numériques avec les Conseillers numériques France services</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="inlineStr">
+        <is>
+          <t>Ministères de l'Aménagement du territoire et de la Transition écologique</t>
+        </is>
+      </c>
+      <c r="F5" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G5" s="1" t="inlineStr">
+        <is>
+          <t>Particulier</t>
+        </is>
+      </c>
+      <c r="H5" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K5" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;État finance la formation et le déploiement de 4 000 conseillers numérique France service sur le territoire sur une durée de 2 ans pour les collectivités, établissements publics ou associations.
+&lt;/p&gt;
+&lt;p&gt;
+ Dispositif visant à
+ &lt;strong&gt;
+  faire monter en compétences sur le numérique des habitants d&amp;#039;un territoire
+ &lt;/strong&gt;
+ , avec un accompagnement humain, interactif et à l&amp;#039;écoute des attentes des citoyens. Sur une durée de deux ans,
+ &lt;strong&gt;
+  l&amp;#039;État finance ainsi la formation et le déploiement de 4 000 Conseillers numériques France Services sur le territoire
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Les Conseillers numériques France Services proposent et animent
+ &lt;strong&gt;
+  des ateliers ou activités de médiation numérique gratuits
+ &lt;/strong&gt;
+ pour les habitants et ainsi :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soutiennent les français dans les usages quotidiens du numérique (travailler à distance, consulter un médecin, gérer des courriels, suivre la scolarité de leurs enfants...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  sensibilisent aux enjeux du numérique en favorisant des usages citoyens et critiques (maitrise de l&amp;#039;information, protection des données personnelles, maitrise des réseaux sociaux...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  accompagnent les usagers vers l&amp;#039;autonomie, notamment dans la réalisation de démarches administratives.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O5" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toute personne désirant se former sur les usages du numérique au quotidien.
+&lt;/p&gt;
+&lt;h2&gt;
+ &lt;br /&gt;
+&lt;/h2&gt;</t>
+        </is>
+      </c>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U5" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cohesion-territoires.gouv.fr/france-services</t>
+        </is>
+      </c>
+      <c r="W5" s="1" t="inlineStr">
+        <is>
+          <t>https://www.economie.gouv.fr/plan-de-relance/profils/particuliers/former-usages-numeriques-conseillers-numeriques-france-services</t>
+        </is>
+      </c>
+      <c r="X5" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Conseiller numérique France Services est piloté par le programme Société Numérique de l&amp;#039;Agence Nationale de la Cohésion des Territoires (ANCT).
+&lt;/p&gt;
+&lt;p&gt;
+ Pour tout renseignement, vous pouvez envoyer un mail à l&amp;#039;adresse : conseiller-numerique&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y5" s="1" t="inlineStr">
+        <is>
+          <t>admin@test.com</t>
+        </is>
+      </c>
+      <c r="Z5" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9a6b-former-aux-usages-numeriques-avec-les-conseil/</t>
+        </is>
+      </c>
+      <c r="AA5" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" spans="1:27" customHeight="0">
+      <c r="A6" s="1">
+        <v>98465</v>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Mutualiser un responsable des services informatiques</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H2" s="0" t="inlineStr">
+      <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K2" s="0" t="inlineStr">
+      <c r="K6" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le GIP RECIA propose aux collectivités qui le désirent de
+ &lt;strong&gt;
+  mutualiser la direction des services informatiques (DSI)
+ &lt;/strong&gt;
+ afin d&amp;#039;optimiser les ressources numériques et de vous accompagner dans le pilotage de vos prestataires locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service permet aux collectivités territoriales et à leurs groupements de bénéficier des services d&amp;#039;un responsable des services informatiques mutualisé qui pourra
+ &lt;strong&gt;
+  assister les élus et les directions dans la définition d&amp;#039;une stratégie numérique
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une petite collectivité, le responsable des services informatiques mutualisé remplace le service informatique manquant, conseille la collectivité à la fois sur les choix stratégiques mais aussi sur l&amp;#039;accompagnement des services dans l&amp;#039;évolution des pratiques numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Dans une collectivité plus importante, sans se substituer à la DSI en place, le responsable des services informatiques mutualisé apporte sa connaissance et son expertise pour aider la DSI et les services à s&amp;#039;organiser pour réussir leur transition numérique.
+&lt;/p&gt;
+&lt;h4&gt;
+ Les avantages
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Un accompagnement personnalisé de vos besoins en numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une assistance pour piloter les différents prestataires qui interviennent sur votre parc informatique (éditeur, informaticien, prestataire de maintenance...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un assistant à la maitrise d&amp;#039;ouvrage pour les marchés publics dans le domaine du numérique
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Les prestations
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil et accompagnement du « Service achat » des collectivités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Téléphonie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès internet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Equipement matériel numérique (stations, serveurs, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction des marchés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en concurrence au premier €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil et accompagnement stratégique des collectivités
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et aide à la rédaction de plan pluriannuel d&amp;#039;investissement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la rédaction du schéma directeur et d&amp;#039;orientation des systèmes d&amp;#039;informations
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Urbanisation des systèmes d&amp;#039;information
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil et accompagnement des collectivités dans les choix des solutions numériques supports à ses activités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et accompagnement des collectivités dans la rationalisation et à l&amp;#039;évolution de son système d&amp;#039;information et de ses infrastructures
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit des systèmes d&amp;#039;informations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de PCA (Plan de continuité de l&amp;#039;activité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de PRA (Plan de reprise d&amp;#039;activité)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction de PSSI (Plan de sécurisation des systèmes d&amp;#039;information)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Ressources utiles
+&lt;/h4&gt;
+&lt;p&gt;
+ &lt;a href="https://www.solaere.recia.fr/" rel="noopener" target="_blank"&gt;
+  https://www.solaere.recia.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
+  https://www.snc.recia.fr/contactus
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S6" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U6" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V6" s="1" t="inlineStr">
+        <is>
+          <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
+        </is>
+      </c>
+      <c r="X6" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a href="mailto:info&amp;#64;recia.solutions" rel="noopener" target="_blank"&gt;
+  info&amp;#64;recia.solutions
+ &lt;/a&gt;
+ &lt;br /&gt;
+ Tél : 02 38 42 24 59
+ &lt;em&gt;
+  (choix 4)
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y6" s="1" t="inlineStr">
+        <is>
+          <t>olivier.jouin@recia.fr</t>
+        </is>
+      </c>
+      <c r="Z6" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/786b-copie-12h51-mutualiser-un-delegue-a-la-protec/</t>
+        </is>
+      </c>
+      <c r="AA6" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" spans="1:27" customHeight="0">
+      <c r="A7" s="1">
+        <v>98466</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>GIP Recia (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K7" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Avec sa plate-forme Solaere et son pôle E-administration, le GIP RECIA offre un
+ &lt;strong&gt;
+  ensemble de services cohérents et innovants
+ &lt;/strong&gt;
+ couvrant
+ &lt;strong&gt;
+  la chaine de dématérialisation des documents et des échanges
+ &lt;/strong&gt;
+ dans sa globalité, à travers un
+ &lt;strong&gt;
+  portail sécurisé et unifié
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Des outils et des services d&amp;#039;e-administration qui ont pour objectif de
+ &lt;strong&gt;
+  simplifier la communication entre les services, les élus, les administrations et les citoyens
+ &lt;/strong&gt;
+ et de
+ &lt;strong&gt;
+  faciliter les usages et les échanges entre collectivités et les services de l&amp;#039;État
+ &lt;/strong&gt;
+ .
+&lt;/p&gt;
+&lt;h4&gt;
+ Un accès à l&amp;#039;ensemble des services
+&lt;/h4&gt;
+&lt;p&gt;
+ Par l&amp;#039;intermédiaire de cette plate-forme, il est possible depuis un accès unique de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  viser ou signer électroniquement des documents numériques présentés dans un i-parapheur ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  télétransmettre des documents à la Préfecture (délibérations, arretés réglementaires et individuels, documents budgétaires) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  télétransmettre au comptable public dans un flux signé électroniquement les pièces comptables (bordereaux, titres, mandats) et les pièces justificatives (factures, payes, délibérations, pièces de passation et d&amp;#039;exécution de marchés publics) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  envoyer des convocations aux élus en mettant tous les documents de séance à leur disposition.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ D&amp;#039;une manière générale et au regard de certains services sensibles, le contexte d&amp;#039;hébergement qui sera choisi devra fournir des garanties en termes de performance, de disponibilité, de sécurité et de réversibilité du service et des données.
+&lt;/p&gt;
+&lt;h4&gt;
+ Nos outils et services dématérialisés
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gestion des flux actes
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des flux Helios
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des mails certifiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parapheur électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Saisine par voie électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Facturation Chorus PRO
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plateforme des marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocation électronique des élus
+ &lt;/li&gt;
+ &lt;li&gt;
+  PES Retour
+ &lt;/li&gt;
+ &lt;li&gt;
+  Archivage électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Gestion des flux bons de commandes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;h4&gt;
+ Ressources utiles :
+&lt;/h4&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.recia.fr/nos-services/e-administration/" rel="noopener" target="_blank"&gt;
+   https://www.recia.fr/nos-services/e-administration/
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.snc.recia.fr/contactus" rel="noopener" target="_blank"&gt;
+   https://www.snc.recia.fr/contactus
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La collectivité doit signer une convention afin d&amp;#039;être membre du GIP RECIA.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S7" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T7" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U7" s="1" t="inlineStr">
+        <is>
+          <t>Centre-Val de Loire</t>
+        </is>
+      </c>
+      <c r="V7" s="1" t="inlineStr">
+        <is>
+          <t>https://www.solaere.recia.fr/outils-et-services-mutualises</t>
+        </is>
+      </c>
+      <c r="X7" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Mail :
+ &lt;a rel="noopener" target="_blank"&gt;
+  info&amp;#64;recia.solutions
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 02 38 42 24 59
+ &lt;em&gt;
+  (choix 1)
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y7" s="1" t="inlineStr">
+        <is>
+          <t>olivier.jouin@recia.fr</t>
+        </is>
+      </c>
+      <c r="Z7" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/243a-copie-13h06-mutualiser-un-delegue-a-la-protec/</t>
+        </is>
+      </c>
+      <c r="AA7" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:27" customHeight="0">
+      <c r="A8" s="1">
+        <v>120286</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Installer et maintenir des systèmes informatiques et réseaux</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Systèmes Informatiques et réseaux</t>
+        </is>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G8" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H8" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K8" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L2" s="0" t="inlineStr">
+      <c r="L8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Installation et maintenance d&amp;#039;équipements, infrastructures associées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur les enjeux et les solutions techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit du parc informatique de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rédaction d&amp;#039;un compte-rendu sur l&amp;#039;existant et les orientations à prendre
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Vente de matériel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Vente et installation de serveurs et ordinateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Vente et installation de périphériques (imprimantes, bornes wifi, écrans, onduleurs, claviers/ souris, disques durs, cables et adaptateurs, ...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation et configuration de kits de visioconférence
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation de hotspots wifi publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Maintenance et assistance technique :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Service de maintenance du parc informatique, visites annuelles, dépannages sur site, supervision du serveur, antivirus
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hotline téléphonique technique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tests de performances du cablage réseau
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service de sauvegarde de données externalisée
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Hébergement dans un DataCenter 100% public :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Réservations et dépôts de noms de domaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de sites web
+ &lt;/li&gt;
+ &lt;li&gt;
+  Messagerie électronique et calendriers partagés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de serveurs dédiés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Virtualisation de serveurs métiers pour un travail à distance
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S8" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U8" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V8" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/systemes-informatiques-reseaux/</t>
+        </is>
+      </c>
+      <c r="X8" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Mixte Numérian
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 30 13 13
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.numerian.fr/"&gt;
+  www.numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
+  contact&amp;#64;numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y8" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z8" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/94f3-systemes-informatiques-et-reseaux/</t>
+        </is>
+      </c>
+      <c r="AA8" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="9" spans="1:27" customHeight="0">
+      <c r="A9" s="1">
+        <v>120287</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de logiciels et d'applications de gestion</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Logiciels et applications</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Mise à disposition de logiciels de gestion à l&amp;#039;échelle communale et intercommunale.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rendez-vous et visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur les enjeux et les solutions techniques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Audit des besoins de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des logiciels et démonstration sur place
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement dans la mise en place de nouveaux logiciels :
+  &lt;br /&gt;
+  – Logiciels de gestion (finances/payes/élections/état-civil/cimetière/...)
+  &lt;br /&gt;
+  – Gestion de fonds bibliothécaire
+  &lt;br /&gt;
+  – Gestion du périscolaire avec paiement en ligne
+  &lt;br /&gt;
+  – Calendriers partagés pour le personnel et les ressources
+  &lt;br /&gt;
+  – Gestion du courrier avec circuits de validation
+  &lt;br /&gt;
+  – Gestion des congés, absences, formations, et crédits ouverts pour les titres restaurant
+  &lt;br /&gt;
+  – Logiciel d&amp;#039;aide à la rédaction des marchés publics
+  &lt;br /&gt;
+  – Logiciel de gestion des Autorisations du Droit du Sol
+  &lt;br /&gt;
+  – Cloud, espace de stockage en ligne partagé pour un travail collaboratif
+  &lt;br /&gt;
+  – Liste de diffusion mails
+  &lt;br /&gt;
+  – Enquêtes en ligne
+  &lt;br /&gt;
+  – Applications en ligne de gestion du cadastre et autorisations du droit du sol
+ &lt;/li&gt;
+ &lt;li&gt;
+  Choix des outils, installation et déploiement au sein de la collectivité ou en mode hébergé pour un accès distant
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation des utilisateurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Service d&amp;#039;assistance par nos agents au quotidien
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U9" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V9" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/logiciels-applications/</t>
+        </is>
+      </c>
+      <c r="X9" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Syndicat Mixte Numérian
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 30 13 13
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="http://www.numerian.fr"&gt;
+  www.numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
+  contact&amp;#64;numerian.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y9" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z9" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a06-logiciels-et-applications/</t>
+        </is>
+      </c>
+      <c r="AA9" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" spans="1:27" customHeight="0">
+      <c r="A10" s="1">
+        <v>120288</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Mettre en place des process de dématérialisation et des téléprocédures (e-administration)</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>E-Administration</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Mixte Numérian (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   OPÉRATIONS CONCERNÉES
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Dématérialisation et téléprocédures.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Conseil (intervention gratuite) :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Contact téléphonique ou par mail
  &lt;/li&gt;
  &lt;li&gt;
@@ -338,417 +1858,6816 @@
   – Délivrance de certificat de signature électronique sur site
   &lt;br /&gt;
   – Plateforme de dématérialisation des marchés publics
   &lt;br /&gt;
   – Tiers de Télétransmission vers la préfecture et la trésorerie
   &lt;br /&gt;
   – Dématérialisation des actes réglementaires et budgétaires
   &lt;br /&gt;
   – Dématérialisation des bordereaux comptables
   &lt;br /&gt;
   – Parapheur électronique en ligne avec circuits de validation
   &lt;br /&gt;
   – Service de Correspondant Informatique et Libertés
   &lt;br /&gt;
   – Audits dans le cadre de la loi sur le RGPD
  &lt;/li&gt;
  &lt;li&gt;
   Formation des utilisateurs
  &lt;/li&gt;
  &lt;li&gt;
   Service d&amp;#039;assistance par nos agents au quotidien
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N2" s="0" t="inlineStr">
+      <c r="N10" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O2" s="0" t="inlineStr">
+      <c r="O10" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S2" s="0" t="inlineStr">
+      <c r="S10" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="U2" s="0" t="inlineStr">
+      <c r="U10" s="1" t="inlineStr">
         <is>
           <t>Drôme</t>
         </is>
       </c>
-      <c r="V2" s="0" t="inlineStr">
+      <c r="V10" s="1" t="inlineStr">
         <is>
           <t>https://collectivites.ladrome.fr/service/e-administration/</t>
         </is>
       </c>
-      <c r="X2" s="0" t="inlineStr">
+      <c r="X10" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Syndicat Mixte Numérian
   &lt;/li&gt;
   &lt;li&gt;
    Téléphone : 04 75 30 13 13
   &lt;/li&gt;
   &lt;li&gt;
    Site :
    &lt;a href="https://www.numerian.fr/"&gt;
     www.numerian.fr
    &lt;/a&gt;
   &lt;/li&gt;
   &lt;li&gt;
    Email :
    &lt;a href="mailto:contact&amp;#64;numerian.fr"&gt;
     contact&amp;#64;numerian.fr
    &lt;/a&gt;
   &lt;/li&gt;
  &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="Y2" s="0" t="inlineStr">
+      <c r="Y10" s="1" t="inlineStr">
         <is>
           <t>ingenieriepublique@ladrome.fr</t>
         </is>
       </c>
-      <c r="Z2" s="0" t="inlineStr">
+      <c r="Z10" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/3cad-e-administration/</t>
         </is>
       </c>
-      <c r="AA2" s="0" t="inlineStr">
+      <c r="AA10" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="3" spans="1:27" customHeight="0">
-      <c r="A3" s="1">
+    <row r="11" spans="1:27" customHeight="0">
+      <c r="A11" s="1">
+        <v>50278</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Visualiser le déploiement du numérique à l'école</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’éducation et la formation professionnelle</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires met à votre disposition eCarto, un outil développé de manière collaborative par :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La Caisse des Dépôts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Le Ministère de l&amp;#039;Éducation nationale.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ eCarto vous permet de prendre connaissance du déploiement du numérique éducatif au sein des 63 000 établissements scolaires français. Pour cela, il se base sur les données en open data relatives :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  À la connectivité des établissements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux équipements ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux ressources ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Et aux expérimentations.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>Education et renforcement des compétences</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S11" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U11" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V11" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-education-formation?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_ecole_psat</t>
+        </is>
+      </c>
+      <c r="X11" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;formulaire_de_contact&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire/produit/94690"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y11" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z11" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/27c6-obtenir-un-outil-permettant-de-visualiser-le-/</t>
+        </is>
+      </c>
+      <c r="AA11" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" spans="1:27" customHeight="0">
+      <c r="A12" s="1">
+        <v>101570</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Accueillir un tiers-lieu de formation numérique "Village Afpa"</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale pour la Formation Professionnelle des Adultes (AFPA)</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez développer sur votre territoire un espace de formation numérique à destination de vos habitants et entreprises.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ L&amp;#039;AFPA propose de travailler avec les collectivités à la création et l&amp;#039;animation d&amp;#039;un tiers-lieu d&amp;#039;insertion professionnelle et de formation numérique à distance (création d&amp;#039;espaces de CoLearning (Offre Territoire digital de l&amp;#039;Afpa) et d&amp;#039;espaces de coworking (Programme « Village Afpa »)).  Ces espaces permettent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à des équipements numériques pour suivre une formation ou bénéficier d&amp;#039;un accompagnement à distance;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La présence d&amp;#039;un facilitateur numérique de formation pour encadrer les apprentissages et les parcours, recruté localement par la structure d&amp;#039;exploitation de l&amp;#039;espace et formé par l&amp;#039;Afpa pour mener à bien cette mission (titre professionnel de « Responsable d&amp;#039;espace de médiation numérique » du ministère du travail);
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plateforme de e-Learning Métis regroupant plus de 250 parcours de formation et des dispositifs d&amp;#039;accompagnement vers l&amp;#039;emploi (Prépa compétences en ligne) et s&amp;#039;enrichissant en permanence de parcours proposés par ses partenaires;
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation à distance des formations et prestations d&amp;#039;accompagnement par un réseau de formateurs (Afpa et partenaires) répartis sur l&amp;#039;ensemble du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un accueil sur place pour informer sur les dispositifs d&amp;#039;insertion professionnelle (La promo 16.18 pour les décrocheurs scolaires, Prépa compétences pour les demandeurs d&amp;#039;emploi, Hope pour les réfugiés, Déclic pour l&amp;#039;action pour les 16-25 ans...) et pour conseiller sur les parcours de formation professionnelle et d&amp;#039;&amp;#039;apprentissage permettant d&amp;#039;évoluer professionnellement ou de retrouver un emploi.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>Formation professionnelle</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre une commune ou une intercommunalité du programme Petites villes de demain.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U12" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="X12" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez Chris Trouvat :
+ &lt;a href="mailto:chris.trouvat&amp;#64;afpa.fr" rel="noopener" target="_blank"&gt;
+  chris.trouvat&amp;#64;afpa.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y12" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z12" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d278-accueillir-un-tiers-lieu-de-formation-numeriq/</t>
+        </is>
+      </c>
+      <c r="AA12" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="13" spans="1:27" customHeight="0">
+      <c r="A13" s="1">
+        <v>162507</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Financer les achats d'outils pédagogiques numériques des établissements d'enseignements artistiques</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>ACHAT D'OUTILS PEDAGOGIQUES NUMERIQUES</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t> Max : 30</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>Ramené à 25% pour les communes et EPCI dont le potentiel financier par habitant est supérieur à 1,5 fois la moyenne départementale</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aider les établissements artistiques à investir dans des outils numériques permettant la
+pédagogie auprès des élèves : tableaux numériques, appareils photos,
+outils pour pratiquer la MAO, etc…&lt;strong&gt;&lt;span&gt;&lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Arts plastiques et photographie</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Bénéficiaires:&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Communes&lt;/li&gt;&lt;li&gt;Groupements de communes dont syndicats intercommunaux possédant un établissement d’enseignement artistique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles : &lt;/strong&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Outils
+numériques mis à disposition des élèves et/ou des enseignants: tableaux
+numériques, appareils photos, outils pour pratiquer la MAO, etc&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;&lt;strong&gt;Critères :&lt;/strong&gt;&lt;/span&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Viabilité financière du projet&lt;/li&gt;&lt;li&gt;Empreinte environnementale des outils (durabilité)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;La date limite de dépôt de la demande est fixée au 30 mars de l’année de l’investissement.&lt;/p&gt;&lt;p&gt;Cette aide est mobilisable chaque année, mais priorité sera donnée aux établissements ne l’ayant pas sollicité l’année n-1 ou n’ayant jamais bénéficié de cette aide.&lt;/p&gt;&lt;p&gt;Les dossiers seront étudiés en fonction de l’enveloppe globale disponible pour cette aide.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S13" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U13" s="1" t="inlineStr">
+        <is>
+          <t>Seine-Maritime</t>
+        </is>
+      </c>
+      <c r="V13" s="1" t="inlineStr">
+        <is>
+          <t>https://www.seinemaritime.fr/aides-et-demarches/achat-doutils-pedagogiques-numeriques/</t>
+        </is>
+      </c>
+      <c r="W13" s="1" t="inlineStr">
+        <is>
+          <t>https://teleservices76.seinemaritime.fr/GN.GuichetCG76/workflow_url</t>
+        </is>
+      </c>
+      <c r="X13" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;Département de la
+Seine-Maritime &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Direction de la Cohésion des
+Territoires &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Tel : 02.76.51.61.54 &lt;/span&gt;&lt;/p&gt;
+&lt;p&gt;&lt;span&gt;Email : &lt;a href="mailto:subventions76-communesepci&amp;#64;seinemaritime.fr" target="_self"&gt;subventions76-communesepci&amp;#64;seinemaritime.fr
+&lt;/a&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y13" s="1" t="inlineStr">
+        <is>
+          <t>subventions76-communesepci@seinemaritime.fr</t>
+        </is>
+      </c>
+      <c r="Z13" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-les-achats-doutils-pedagogiques-numeriques-des-etablissements-denseignements-artistiques/</t>
+        </is>
+      </c>
+      <c r="AA13" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="14" spans="1:27" customHeight="0">
+      <c r="A14" s="1">
         <v>72812</v>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Développer l'e-administration et accompagner la transformation numérique des collectivités territoriales</t>
         </is>
       </c>
-      <c r="C3" s="1" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>Actions pour la Relance (complémentaires à France Relance)</t>
         </is>
       </c>
-      <c r="E3" s="1" t="inlineStr">
+      <c r="E14" s="1" t="inlineStr">
         <is>
           <t>e-Collectivités (opérateur public de services numériques - OPSN)</t>
         </is>
       </c>
-      <c r="G3" s="1" t="inlineStr">
+      <c r="G14" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Etablissement public dont services de l'Etat</t>
         </is>
       </c>
-      <c r="H3" s="1" t="inlineStr">
+      <c r="H14" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K3" s="1" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L3" s="1" t="inlineStr">
+      <c r="L14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Le syndicat mixte régional e-Collectivités, opérateur public de services numériques, est une structure dédiée au développement de l&amp;#039;administration électronique et à la transformation numérique des collectivités territoriales de la région Pays de la Loire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N3" s="1" t="inlineStr">
+      <c r="N14" s="1" t="inlineStr">
         <is>
           <t>Technologies numériques et numérisation</t>
         </is>
       </c>
-      <c r="O3" s="1" t="inlineStr">
+      <c r="O14" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S3" s="1" t="inlineStr">
+      <c r="S14" s="1" t="inlineStr">
         <is>
           <t>Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U3" s="1" t="inlineStr">
+      <c r="U14" s="1" t="inlineStr">
         <is>
           <t>Pays de la Loire</t>
         </is>
       </c>
-      <c r="V3" s="1" t="inlineStr">
+      <c r="V14" s="1" t="inlineStr">
         <is>
           <t>http://www.ecollectivites.fr</t>
         </is>
       </c>
-      <c r="X3" s="1" t="inlineStr">
+      <c r="X14" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  contact&amp;#64;ecollectivites.fr
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y3" s="1" t="inlineStr">
+      <c r="Y14" s="1" t="inlineStr">
         <is>
           <t>cedric.macaud@ecollectivites.fr</t>
         </is>
       </c>
-      <c r="Z3" s="1" t="inlineStr">
+      <c r="Z14" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/e14f-developper-le-administration-et-accompagner-l/</t>
         </is>
       </c>
-      <c r="AA3" s="1" t="inlineStr">
+      <c r="AA14" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G4" s="1" t="inlineStr">
+    <row r="15" spans="1:27" customHeight="0">
+      <c r="A15" s="1">
+        <v>120311</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné à l'informatisation de sa bibliothèque</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Informatisation des bibliothèques</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H4" s="1" t="inlineStr">
+      <c r="H15" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique</t>
         </is>
       </c>
-      <c r="K4" s="1" t="inlineStr">
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Opérations d&amp;#039;informatisation ou de ré-informatisation de bibliothèque ou de réseau de bibliothèques.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Visite sur site
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales sur les logiciels de gestion et portails internet des bibliothèques
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visite sur place ou accompagnement à distance
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à l&amp;#039;expression du besoin et à la définition du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Présentation des offres des fournisseurs existantes
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;strong&gt;
+ Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention gratuite) :
+&lt;/strong&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Visite sur place ou accompagnement à distance Réalisation d&amp;#039;une étude de faisabilité financière et technique du projet Aide à la méthode de gestion projet (organisation du chantier, calendrier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la sélection du prestataire et au suivi du chantier
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O15" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S15" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U15" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V15" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/informatisation-des-bibliotheques/</t>
+        </is>
+      </c>
+      <c r="X15" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Département de la Drôme
+&lt;/p&gt;
+&lt;p&gt;
+ Services des médiathèques
+&lt;/p&gt;
+&lt;p&gt;
+ Pôle Informatique et Numérique
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 78 41 90
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:jrieu&amp;#64;ladrome.fr"&gt;
+  jrieu&amp;#64;ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://www.ladrome.fr/"&gt;
+  www.ladrome.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y15" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z15" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9000-informatisation-des-bibliotheques/</t>
+        </is>
+      </c>
+      <c r="AA15" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="16" spans="1:27" customHeight="0">
+      <c r="A16" s="1">
+        <v>74198</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une assistance numérique</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale de la Charente - ATD16 et opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L4" s="1" t="inlineStr">
-[...2 lines deleted...]
- Le CDG 47 s&amp;#039;est investi en faveur de l&amp;#039;informatisation des collectivités lot-et-garonnaises au travers d&amp;#039;étapes importantes.
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Créée en 2014, l&amp;#039;ATD16, Agence Technique de la Charente, apporte soutien et ingénierie auprès des élus charentais afin de mener à bien les projets de leur collectivité. En 2018, elle fusionne avec le syndicat informatique de la Charente pour élargir son champs d&amp;#039;action en matière de numérique et informatique.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ En termes de numérique et d&amp;#039;informatique, l&amp;#039;agence vous accompagne sur les
+ &lt;strong&gt;
+  logiciels métiers d&amp;#039;administration publique
+ &lt;/strong&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;Agence technique vous propose également l&amp;#039;assistance et paramétrage d&amp;#039;un
+ &lt;strong&gt;
+  profil acheteur marché publics.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Administration numérique
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  L&amp;#039;accompagnement dans l&amp;#039;usage de progiciels de gestion depuis 1984;
-[...2 lines deleted...]
-  La mise en oeuvre du projet élu rural numérique en 2010 composé de quatre axes (la dématérialisation, la sécurité du système d&amp;#039;information, les services internet, l&amp;#039;information géographique);
+  Assistance et paramétrage sur les logiciels métiers : État Civil, paie, déclaration sociale, comptabilité, élections, registre de délibération, facturation, emprunt, gestions des biens, populations, PayFip
+ &lt;/li&gt;
+ &lt;li&gt;
+  Transmission des flux en trésorerie et des actes en préfecture
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocation électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Certificats de signature électronique (Chambersign) et pour l&amp;#039;état civil (Comedec), parapheur électronique (Sésile)
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
-  La signature d&amp;#039;un partenariat avec la DDFIP depuis 2013 afin d&amp;#039;avoir un rôle moteur dans le processus de dématérialisation de la chaîne comptable et financière.
+  Internet : Gestion des domaines et création de compte client de messagerie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Outils collaboratifs : Gestion Electronique des Documents, Visioconférence, agendas partagés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Profil acheteur Marchés Publics [plateforme de dématérialisation]
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Assistance et paramétrage du profil acheteur
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance à mise en ligne et fin de procédure
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation des agents
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Equipement public
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O16" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Être une collectivité locale située dans le département de la Charente.
   &lt;br /&gt;
  &lt;/li&gt;
-&lt;/ul&gt;
-[...46 lines deleted...]
-  etc.
+ &lt;li&gt;
+  Être adhérent à l&amp;#039;ATD16, au volet numérique
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N4" s="1" t="inlineStr">
-[...17 lines deleted...]
-      <c r="S4" s="1" t="inlineStr">
+      <c r="S16" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U4" s="1" t="inlineStr">
+      <c r="U16" s="1" t="inlineStr">
+        <is>
+          <t>Charente</t>
+        </is>
+      </c>
+      <c r="V16" s="1" t="inlineStr">
+        <is>
+          <t>https://www.atd16.fr/</t>
+        </is>
+      </c>
+      <c r="W16" s="1" t="inlineStr">
+        <is>
+          <t>https://ticket.atd16.fr</t>
+        </is>
+      </c>
+      <c r="X16" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="mailto:contact&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   contact&amp;#64;atd16.fr
+  &lt;/a&gt;
+  - 05 45 20 07 60
+ &lt;/li&gt;
+ &lt;li&gt;
+  Yann Bogdanovic - Responsable du service Administration Numérique
+ -
+  &lt;a href="mailto:san&amp;#64;atd16.fr" rel="noopener" target="_blank"&gt;
+   san&amp;#64;atd16.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Adresse : Agence Technique de la Charente - Domaine de la Combe - 241 rue des Mesniers - 16710 Saint-Yrieix-sur-Charente
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y16" s="1" t="inlineStr">
+        <is>
+          <t>contact@atd16.fr</t>
+        </is>
+      </c>
+      <c r="Z16" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/09b8-beneficier-dune-maintenance-informatique-et-d/</t>
+        </is>
+      </c>
+      <c r="AA16" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" spans="1:27" customHeight="0">
+      <c r="A17" s="1">
+        <v>149151</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les collectivités aux usages numériques</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Soutien des collectivités aux usages numériques - Vidéoprotection - WiFi ou ADSL</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional du Grand Est</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous souhaitez mener à bien un projet de création ou d&amp;#039;extension d&amp;#039;un système de vidéoprotection sur l&amp;#039;espace public et vos caméras sont connectées par Wifi ?
+&lt;/p&gt;
+&lt;p&gt;
+ Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € par commune : Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>Espace public
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une Commune
+ &lt;/li&gt;
+ &lt;li&gt;
+  Un établissement public de coopération intercommunale ou un syndicat mixte dans le cadre de l&amp;#039;exercice de la compétence de la prévention de la délinquance
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Et si votre projet concerne :
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;installation (création et extension) de caméras sur la voie publique ou aux abords de lieux ouverts au public, au titre de l&amp;#039;exercice de la compétence de prévention de la délinquance, dans toutes les communes du Grand Est.
+&lt;/p&gt;
+&lt;p&gt;
+ Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S17" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U17" s="1" t="inlineStr">
+        <is>
+          <t>Grand Est</t>
+        </is>
+      </c>
+      <c r="V17" s="1" t="inlineStr">
+        <is>
+          <t>https://www.grandest.fr/vos-aides-regionales/plan-regional-de-soutien-des-collectivites-aux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="W17" s="1" t="inlineStr">
+        <is>
+          <t>https://messervices.grandest.fr/account-management/crge-demandeurs/ux/#/login?redirectTo=https:%2F%2Fmesservices.grandest.fr%2Faides%2F%23%2Fcrge%2Fconnecte%2FF_TEL0067%2Fdepot%2Fsimple&amp;jwtKey=jwt-crge-portail-depot-demande-aides&amp;footer=https:%2F%2Fwww.gr</t>
+        </is>
+      </c>
+      <c r="X17" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour toutes questions, prenez contact dès maintenant avec les services régionaux. Vous bénéficierez de conseil dans l&amp;#039;élaboration de votre projet en sollicitant un entretien à
+ &lt;a target="_self"&gt;
+  numerique&amp;#64;grandest.fr
+ &lt;/a&gt;
+ .
+&lt;/p&gt;
+&lt;p&gt;
+ Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir (cf règlement, ci dessous) disponible.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y17" s="1" t="inlineStr">
+        <is>
+          <t>olivier.claudel@grandest.fr</t>
+        </is>
+      </c>
+      <c r="Z17" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/4936-soutien-des-collectivites-aux-usages-numeriqu/</t>
+        </is>
+      </c>
+      <c r="AA17" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" spans="1:27" customHeight="0">
+      <c r="A18" s="1">
+        <v>103486</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Investissement culturel - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t> Max : 40</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>1 million € maximum</t>
+        </is>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;br /&gt;
+&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;h4&gt;
+ Nature de l&amp;#039;aide et montant
+&lt;/h4&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une subvention d&amp;#039;un taux maximum de 40% du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé à hauteur de 20% minimum par la structure porteuse.
+&lt;/p&gt;
+&lt;h4&gt;
+ Cofinancements possibles
+&lt;/h4&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+   &lt;/span&gt;
+   &lt;br /&gt;
+  &lt;/li&gt;
+  &lt;li&gt;
+   &lt;span&gt;
+    L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+   &lt;/span&gt;
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective
+Espace public
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires cibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S18" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U18" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V18" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X18" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les projets relevant du secteur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Cécile Chenot -
+  &lt;a href="mailto:cecile.chenot&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   cecile.chenot&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+  ou Véronique Cagnon -
+  &lt;a href="mailto:veronique.cagnon&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   veronique.cagnon&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  &lt;a href="mailto:cinema.audiovisuel&amp;#64;iledefrance.fr"&gt;
+   cinema.audiovisuel&amp;#64;iledefrance.fr
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y18" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z18" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/dae5-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA18" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" spans="1:27" customHeight="0">
+      <c r="A19" s="1">
+        <v>101580</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Intégrer le numérique dans le quotidien des artisans</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Chambres de métiers et de l'artisanat (CMA)</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>Vous souhaitez que les artisans s&amp;#039;engagent dans une démarche de développement numérique pour accroître leur compétitivité et adapter leurs services aux attentes des consommateurs dans un contexte économique et sanitaire en évolution.
+&lt;br /&gt;
+&lt;br /&gt;
+Les chambres de métiers et de l&amp;#039;artisanat vous propose d&amp;#039;opérer un dispositif d&amp;#039;accompagnement comprenant : ·une communication et une sensibilisation auprès des artisans sur les possibilités d&amp;#039;augmenter leur chiffre d&amp;#039;affaires et leur rentabilité par le numérique, et accroitre l&amp;#039;usage des technologies numériques dans l&amp;#039;entreprise ·la réalisation d&amp;#039;un diagnostic de maturité digitale et proposition de plan d&amp;#039;action par un conseiller CMA en présentiel (possible en distanciel) ·un accompagnement à la mise en oeuvre du projet par une aide à la concrétisation dans le cadre d&amp;#039;un investissement matériel ou immatériel ou l&amp;#039;orientation vers les expertises des activateurs France NUM.</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique
+Artisanat</t>
+        </is>
+      </c>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S19" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U19" s="1" t="inlineStr">
+        <is>
+          <t>Communes bénéficiaires du programme Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="X19" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre chambre des métiers et de l&amp;#039;artisanat : https://www.artisanat.fr/reseau-des-cma/un-reseau-de-proximite/annuaire-des-cma
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y19" s="1" t="inlineStr">
+        <is>
+          <t>petitesvillesdedemain@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z19" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e992-integrer-le-numerique-dans-le-quotidien-des-a/</t>
+        </is>
+      </c>
+      <c r="AA19" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="20" spans="1:27" customHeight="0">
+      <c r="A20" s="1">
+        <v>72809</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Syndicat Intercommunal d’Energies, d'Equipement et d'Environnement de la Nièvre (SIEEEN) - Opérateur public de services numériques (OPSN)</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Le SIEEEN, guichet unique informatique des collectivités nivernaises
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ &lt;strong&gt;
+  Contexte :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ En 1992, le SIEEEN reprend le programme d&amp;#039;informatisation des mairies initié quelques années plus tôt par l&amp;#039;Union Amicale des Maires de la Nièvre.
+&lt;/p&gt;
+&lt;p&gt;
+ En 2010, le Syndicat fonde le Service d&amp;#039;Informations TErritoriales des Collectivités (SITEC) afin d&amp;#039;optimiser son offre.
+&lt;/p&gt;
+&lt;p&gt;
+ Le SITEC s&amp;#039;affirme  comme guichet unique informatique pour les collectivités. Il s&amp;#039;appuie sur des partenariats avec les éditeurs nationaux de logiciels collectivités présents sur le territoire nivernais.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectif : proposer un service et un accompagnement optimisés en représentant plus de 90 % des collectivités nivernaises.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ Aujourd&amp;#039;hui, le SIEEEN met à disposition des collectivités de la Nièvre un véritable pôle de compétences numériques. Celui-ci intègre le conseil, les outils, l&amp;#039;expertise technique, la gestion des données complétées par les services habituels.
+&lt;/p&gt;
+&lt;p&gt;
+ Depuis 2018, le SITEC est structuré en 6 pôles de compétences :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  Administration.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Techniques d&amp;#039;Information et de Communication (TIC)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Infrastructure et Projets (IP)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système d&amp;#039;Information Géographique (SIG)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Investissements.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ Il accompagne 284 collectivités, 6 communautés de communes, 10 structures, ainsi que l&amp;#039;Agence Technique Départementale (ATD) dans la mise en œuvre de l&amp;#039;e-administration.
+&lt;/p&gt;
+&lt;p&gt;
+ Un Pack Services pour faciliter la transition numérique des collectivités
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le  SITEC regroupe au sein de son Pack Services une gamme enrichie de solutions matérielles et logicielles pour faciliter la transition numérique des collectivités. Celles-ci permettent la gestion, l&amp;#039;exploitation, l&amp;#039;optimisation et la sécurisation des systèmes d&amp;#039;information et du parc informatique. Le Pack Services est accessible aux collectivités adhérentes à la compétence statutaire numérique des services du SIEEEN.
+&lt;/p&gt;
+&lt;p&gt;
+ Il comprend notamment :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès libre à un programme annuel de formations.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition et l&amp;#039;installation de matériels, logiciels et certificats.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La location de matériels ; l&amp;#039;assistance sur site matérielle et logicielle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La veille et l&amp;#039;information en ligne.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accès à la plate-forme de dématérialisation des actes comptables et à Géo SIEEEN, le Système d&amp;#039;Information Géographique syndical.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mise à disposition d&amp;#039;un connecteur PASRAU (Prélèvement à la Source pour les Revenus Autres).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La sauvegarde externalisée des données sur Datacenter
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;adhésion au Pack Services est de 5 € par habitant pour les communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les communautés de communes, elle est calculée en fonction du pourcentage de la population, complétée par un forfait selon le nombre de postes à gérer.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les autres collectivités, elle est déterminée selon leur bilan comptable. Les non-adhérents peuvent également bénéficier de l&amp;#039;ingénierie numérique du SIEEEN grâce aux prestations de services.
+&lt;/p&gt;
+&lt;p&gt;
+ La compétence NTIC du SIEEEN ou l&amp;#039;infogérance adaptée aux collectivités
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Les collectivités adhérentes au Pack Services ou recourant aux prestations de services SIEEEN bénéficient :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;une assistance en hotline ou sur site : logiciels métiers, logiciels SIEEEN, matériels informatiques, Déclaration automatisée des données sociales unifiées (DADSU).
+&lt;/p&gt;
+&lt;p&gt;
+ De la maintenance matérielle.
+&lt;/p&gt;
+&lt;p&gt;
+ Des fournitures et des installations de matériels informatiques et de logiciels bureautiques et métiers.
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un accompagnement stratégique : dématérialisation, certificat électronique, audit du système d&amp;#039;information, conseil aux choix de matériels et logiciels, aide à la décision et journées thématiques destinés aux décideurs et agents...
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un enrichissement de données stratégiques : cartographie et Plan de Corps de Rue Simplifié (PCRS).
+&lt;/p&gt;
+&lt;p&gt;
+ D&amp;#039;un programme de formations annuelles...
+ &lt;br /&gt;
+ &lt;br /&gt;
+ À travers l&amp;#039;offre globale et la gamme complète de services du SITEC, les collectivités nivernaises peuvent disposer d&amp;#039;un service d&amp;#039;infogérance expert et se concentrer pleinement sur leurs missions.
+&lt;/p&gt;
+&lt;p&gt;
+ Quelques chiffres clés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  1 200 Postes informatiques en maintenance
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  50 Ecoles et 41 autres (SIAEP, coopératives, maison de l&amp;#039;emploi, ....)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  1 207 installations, dépannages et migrations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  8 000 appels en hotline /an
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Informatisation complètes d&amp;#039;écoles
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité au RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et accompagnement technique sur l&amp;#039;opendata
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise à disposition d&amp;#039;une plateforme de messagerie à destination des collectivités adhérentes
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>Voirie et réseaux
+Formation professionnelle
+Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent du Sieeen de manière statutaire ou en prestations
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U20" s="1" t="inlineStr">
+        <is>
+          <t>Nièvre</t>
+        </is>
+      </c>
+      <c r="V20" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sieeen.fr</t>
+        </is>
+      </c>
+      <c r="X20" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ franck.lanfranchi&amp;#64;sieeen.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y20" s="1" t="inlineStr">
+        <is>
+          <t>franck.lanfranchi@sieeen.fr</t>
+        </is>
+      </c>
+      <c r="Z20" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/833a-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA20" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="21" spans="1:27" customHeight="0">
+      <c r="A21" s="1">
+        <v>77361</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Faciliter l’accès aux services publics digitalisés avec le programme France Services</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires
+Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
+Association</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>subvention maximale de 30 000 euros par projet</t>
+        </is>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Dans le cadre de la digitalisation des services publics, la Banque des Territoires accompagne les collectivités territoriales et les associations dans la création d&amp;#039;une structure France Services sur leur territoire, et notamment dans l&amp;#039;animation, la formation des agents et l&amp;#039;outillage numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Avec l&amp;#039;offre France Services, vous accompagnez les usagers dans la réalisation de leurs démarches administratives en ligne et proposez un service public de proximité.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U21" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V21" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_public_digitalisation_psat</t>
+        </is>
+      </c>
+      <c r="X21" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez : busfranceservices&amp;#64;caissedesdepots.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y21" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z21" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9f8c-decouvrir-le-programme-france-services-et-bus/</t>
+        </is>
+      </c>
+      <c r="AA21" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" spans="1:27" customHeight="0">
+      <c r="A22" s="1">
+        <v>161669</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Développer les usages innovants du numérique</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Développer les usages  innovants du numérique</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t> Min : 50</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Pour favoriser leur duplicabilité et/ou leur extension par :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;• La mise en place ou le développement de projets expérimentaux, pilotes et/ou innovants&lt;/p&gt;&lt;p&gt;• Le soutien de poste d’animateur dédié au développement des usages et projets numériques répondant aux spécificités territoriales&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour favoriser l&amp;#039;innovation collective, le partage d’information et la transmission de &lt;/strong&gt;&lt;strong&gt;compétences grâce à la création des tiers-lieux numériques. &lt;/strong&gt;La Région finance les tiers-lieux d’idéation-expérimentation et de fabrication et médiation.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Pour accompagner le développement des Micro-Folies. &lt;/strong&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Pour la Région, la transformation numérique passe par le développement d’usages innovants dans de nombreux domaines : tourisme / patrimoine, éducation, e-santé, agriculture … La collectivité accompagne les expérimentations de nouveaux usages du numérique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N22" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Musée
+Tourisme
+Technologies numériques et numérisation
+Tiers-lieux
+Innovation, créativité et recherche</t>
+        </is>
+      </c>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>Ponctuelle</t>
+        </is>
+      </c>
+      <c r="Q22" s="1" t="inlineStr">
+        <is>
+          <t>02/01/2027</t>
+        </is>
+      </c>
+      <c r="R22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;&lt;span&gt;Les projets seront sélectionnés selon
+plusieurs critères techniques : &lt;/span&gt;&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;- &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’aspect
+innovant (expérimentation ou action novatrice territoriale) ou pilote
+(déploiement d’une expérimentation) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;span&gt;-  &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
+portée territoriale du projet (les projets de portée intercommunale et au-delà
+seront privilégiés) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;la
+proposition de contenus et de services numériques mis en œuvre ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;l’intégration
+de dispositif d’animation favorisant une bonne appropriation de l’action par le
+public cible ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;&lt;span&gt; &lt;/span&gt;&lt;/span&gt;&lt;span&gt;leur
+réplicabilité et interopérabilité ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;la
+participation aux réseaux (Ex : Association des tiers-lieux, Micro-Folies) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux de la donnée (ouverture,
+valorisation, protection, sécurisation…) ;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span&gt;- &lt;/span&gt;&lt;span&gt;Prise en compte des enjeux du numérique
+responsable sur la base des 4 piliers du numérique responsable : numérique
+sobre, numérique au service du bien commun, numérique éthique et l’inclusion
+numérique …)&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S22" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T22" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U22" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V22" s="1" t="inlineStr">
+        <is>
+          <t>https://www.bourgognefranchecomte.fr/</t>
+        </is>
+      </c>
+      <c r="X22" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Délégation à la Transformation Numérique  - contacts : &lt;br /&gt;&lt;/p&gt;&lt;p&gt;France Guillemin 06 74 97 43 20 - &lt;a target="_self"&gt;france.guillemin&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;       &lt;/p&gt;&lt;p&gt;Anne-Claire Sanz 06 59 42 51 65  &lt;a href="mailto:anneclaire.sanz&amp;#64;bourgognefranchecomte.fr"&gt;anneclaire.sanz&amp;#64;bourgognefranchecomte.fr&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y22" s="1" t="inlineStr">
+        <is>
+          <t>france.guillemin@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z22" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/developper-les-usages-innovants-du-numerique/</t>
+        </is>
+      </c>
+      <c r="AA22" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" spans="1:27" customHeight="0">
+      <c r="A23" s="1">
+        <v>72490</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leur transformation numérique</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t>Agence Landaise Pour l'Informatique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G23" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association</t>
+        </is>
+      </c>
+      <c r="H23" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis sa création en 1985, l&amp;#039;Agence Landaise Pour l&amp;#039;Informatique, syndicat mixte, répond  aux  besoins  numériques  dans  le  département  des  Landes.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Assurer la sécurité informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Création de sites web
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  DPO mutualisé, stratégie et accompagnement technique surOpen Data
+ &lt;/li&gt;
+ &lt;li&gt;
+  Animateur du réseau départemental d&amp;#039;inclusion numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Registre dématérialisé des enquêtes publiques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Applicatifs métiers des collectivités
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication (reportages, images en drone)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O23" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhérer à l&amp;#039;ALPI
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S23" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U23" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V23" s="1" t="inlineStr">
+        <is>
+          <t>https://www.alpi40.fr/</t>
+        </is>
+      </c>
+      <c r="X23" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ direction&amp;#64;alpi40.fr
+&lt;/p&gt;
+&lt;p&gt;
+ contact&amp;#64;alpi40.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y23" s="1" t="inlineStr">
+        <is>
+          <t>karene.courtesseyre@alpi40.fr</t>
+        </is>
+      </c>
+      <c r="Z23" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3760-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA23" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" spans="1:27" customHeight="0">
+      <c r="A24" s="1">
+        <v>77078</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="E24" s="1" t="inlineStr">
+        <is>
+          <t>Agence Alpine des Territoires (AGATE) - OPSN et CPIE</t>
+        </is>
+      </c>
+      <c r="G24" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H24" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nous accompagnons aujourd&amp;#039;hui les collectivités locales dans leur transformation numérique afin qu&amp;#039;elle profite à leurs services et à tous les acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous les aidons également au quotidien dans l&amp;#039;utilisation de leurs logiciels de gestion communale grâce à notre équipe de spécialistes des logiciels BERGER LEVRAULT (éditeur de logiciels). Notre équipe les forme (sur site ou en séminaire) et les dépanne via notre ligne dédiée à l&amp;#039;assistance téléphonique (hotline).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Notre équipe géomatique est quant à elle une ressource à la fois interne et à disposition des collectivités pour structurer et exploiter les données, les spatialiser dans des bases de données et les rendre compréhensibles via des représentations efficaces et innovantes : cartographique ou datavisualisation.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement en matière d&amp;#039;inclusion numérique : diagnostic territoriaux, formation, animation de réseau, support  au déploiement de dispositifs - lieu de médiation numérique etc.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement en matière de gestion de projet numérique : incubateur de projet, formations aux usages numériques, démarche d&amp;#039;openData
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil en gestion de données géographiques, production cartographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation, formation, assistance sur les logiciels de gestion de collectivité Berger-Levrault
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N24" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O24" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion à AGATE et/ou conventionnement en fonction du type d&amp;#039;aide ou d&amp;#039;accompagnement
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S24" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U24" s="1" t="inlineStr">
+        <is>
+          <t>Savoie</t>
+        </is>
+      </c>
+      <c r="V24" s="1" t="inlineStr">
+        <is>
+          <t>https://agate-territoires.fr/domaines-dintervention/transition-numerique-geomatique-informatique/</t>
+        </is>
+      </c>
+      <c r="X24" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ numerique&amp;#64;agate-territoires.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y24" s="1" t="inlineStr">
+        <is>
+          <t>edmond.wach@agate-territoires.fr</t>
+        </is>
+      </c>
+      <c r="Z24" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/df1f-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA24" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="25" spans="1:27" customHeight="0">
+      <c r="A25" s="1">
+        <v>73837</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t>Pôle Numérique du CDG46 (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G25" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H25" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Centre de Gestion de la Fonction Publique Territoriale du Lot conseille et accompagne, dans le domaine du numérique, autour de 5 services :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Protection des données (RGPD)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Informatique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Progiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation (Actes / Hélios / marchés publics / convocations aux assemblées / etc.)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Internet (création de sites web, messagerie, ...)
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Préparation et accompagnement du changement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de transformation numérique.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et création de sites web de services publics.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation continue des agents publics sur les outils numériques des services du CDG.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique
+Animation et mise en réseau</t>
+        </is>
+      </c>
+      <c r="O25" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le numérique étant une mission facultative, les collectivités et établissements publics du Lot qui veulent en bénéficier doivent conventionner.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S25" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T25" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U25" s="1" t="inlineStr">
+        <is>
+          <t>Lot</t>
+        </is>
+      </c>
+      <c r="V25" s="1" t="inlineStr">
+        <is>
+          <t>https://www.cdg46.fr/</t>
+        </is>
+      </c>
+      <c r="X25" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir le formulaire de contact sur https://www.cdg46.fr/
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y25" s="1" t="inlineStr">
+        <is>
+          <t>frederic.frances@cdg46.fr</t>
+        </is>
+      </c>
+      <c r="Z25" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/bbdc-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA25" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:27" customHeight="0">
+      <c r="A26" s="1">
+        <v>120289</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier de formations et d'actions de sensibilisation aux nouveaux usages numériques</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Nouveaux usages numériques</t>
+        </is>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Drôme</t>
+        </is>
+      </c>
+      <c r="G26" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H26" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  OPÉRATIONS CONCERNÉES
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Formations, actions de sensibilisation, ateliers spécifiques, conseil et accompagnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conseil (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Contact téléphonique ou par mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  Informations générales
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Accompagnement à la Maîtrise d&amp;#039;ouvrage de 1er niveau (intervention gratuite) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Une intervention collective par territoire ou auprès des adhérents / membres / partenaires (1/2 journée)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une intervention par structure auprès des équipes (1/2 journée)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement pour créer un espace de co-working
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accès aux ressources et équipements du Moulin Digital :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ – Deux journées de coworking pour une personne à ROVALTAIN
+ &lt;br /&gt;
+ – Une journée d&amp;#039;utilisation de la salle de réunion du moulin digital, équipée de visioconférence
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Assistance à la Maîtrise d&amp;#039;ouvrage (AMO) (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Conseil pour la mise en place de projets innovants, d&amp;#039;actions de sensibilisation au numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Prestations de conseil pour l&amp;#039;organisation d&amp;#039;événements
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la définition de la stratégie numérique des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Maîtrise d&amp;#039;œuvre (intervention payante) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Animation de formations numériques à destination des agents de la collectivité
+  &lt;/li&gt;
+  &lt;li&gt;
+   Organisation de Café-outils ou « 1h pour... » dans les territoires
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O26" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S26" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U26" s="1" t="inlineStr">
+        <is>
+          <t>Drôme</t>
+        </is>
+      </c>
+      <c r="V26" s="1" t="inlineStr">
+        <is>
+          <t>https://collectivites.ladrome.fr/service/nouveaux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="X26" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Moulin Digital
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 04 75 83 50 58
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:contact&amp;#64;lemoulindigital.fr"&gt;
+  contact&amp;#64;lemoulindigital.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Site :
+ &lt;a href="https://lemoulindigital.fr/"&gt;
+  www.lemoulindigital.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y26" s="1" t="inlineStr">
+        <is>
+          <t>ingenieriepublique@ladrome.fr</t>
+        </is>
+      </c>
+      <c r="Z26" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/177f-nouveaux-usages-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA26" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="27" spans="1:27" customHeight="0">
+      <c r="A27" s="1">
+        <v>116786</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Encourager les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales - Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Label Territoire Numérique Libre</t>
+        </is>
+      </c>
+      <c r="E27" s="1" t="inlineStr">
+        <is>
+          <t>ADULLACT (Association des Développeurs et Utilisateurs de Logiciels Libres pour les Administrations et les Collectivités Territoriales)</t>
+        </is>
+      </c>
+      <c r="G27" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Recherche</t>
+        </is>
+      </c>
+      <c r="H27" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 2016, le label Territoire Numérique Libre encourage les usages numériques libres, ouverts et collaboratifs au sein des collectivités territoriales, en valorisant les choix stratégiques et techniques mis en place sur le territoire : mise en place d&amp;#039;une stratégie en faveur du libre, utilisation de logiciels et systèmes libres, mise à disposition des données publiques (open data), etc.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Il récompense la mutualisation des ressources, le bon usage de l&amp;#039;argent public, et toutes les initiatives en faveur des biens communs numériques sur le territoire.
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le label Territoire Numérique Libre a été créé pour mettre en lumière les initiatives libres des collectivités, pour les promouvoir auprès des élus, des autres collectivités et des citoyens. C&amp;#039;est un marqueur fort pour toutes les collectivités engagées dans une démarche &amp;#34;Libre&amp;#34;.
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La candidature au label Territoire Numérique Libre est gratuite, et ne nécessite aucune adhésion préalable.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://territoire-numerique-libre.org/le-label/" rel="noopener" target="_blank"&gt;
+  Visitez notre site web pour plus d&amp;#039;informations.
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O27" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Si ...
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  votre collectivité utilise au moins un logiciel libre, dans ses services ou établissements scolaires,
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous avez entrepris d&amp;#039;ouvrir vos données publiques (open data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  vous favorisez l&amp;#039;utilisation de formats de fichiers ouverts,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les initiatives numériques libres sont encouragées sur votre territoire ...
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ ... alors, vous êtes déjà un Territoire Numérique Libre !
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les collectivités territoriales françaises de métropole ou d&amp;#039;outre-mer peuvent participer : villes, métropoles, communautés de communes, communautés d&amp;#039;agglomération, départements, régions.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+ Il suffit de désigner un·e élu·e référent et un·e personne responsable de la candidature, et de compléter le questionnaire de candidature en ligne. La participation au label est entièrement gratuite, seule la fabrication de la signalétique est à la charge des collectivités lauréates.
+&lt;/p&gt;
+&lt;p&gt;
+ Vous trouverez davantage d&amp;#039;informations sur notre page pour
+ &lt;a href="https://territoire-numerique-libre.org/candidat/" rel="noopener" target="_blank"&gt;
+  Être candidat
+ &lt;/a&gt;
+ .
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S27" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U27" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V27" s="1" t="inlineStr">
+        <is>
+          <t>https://territoire-numerique-libre.org/le-label/</t>
+        </is>
+      </c>
+      <c r="X27" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Camille TILLATTE
+ &lt;br /&gt;
+ Chargée de Marketing et Communication à l&amp;#039;ADULLACT
+ &lt;br /&gt;
+ label&amp;#64;territoire-numerique-libre.org
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y27" s="1" t="inlineStr">
+        <is>
+          <t>camille.tillatte@adullact.org</t>
+        </is>
+      </c>
+      <c r="Z27" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e457-encourager-les-usages-numeriques-libres-ouver/</t>
+        </is>
+      </c>
+      <c r="AA27" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" spans="1:27" customHeight="0">
+      <c r="A28" s="1">
+        <v>90901</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Aider au recrutement pour gérer la transformation numérique</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G28" s="1" t="inlineStr">
+        <is>
+          <t>Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H28" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Ce dispositif permettra aux PME, aux ETI et aux associations avec une activité économique de recruter un(e) chef(fe) de projets transformation numérique. Ce(tte) dernier(ère) vous permettra d&amp;#039;assurer la mise en œuvre et le suivi du projet de transformation numérique au sein de l&amp;#039;entreprise.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Piloter la stratégie de transformation numérique au sein de l&amp;#039;entreprise
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Emploi
+Industrie
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O28" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R28" s="1" t="inlineStr">
+        <is>
+          <t>&lt;strong&gt;
+ Calendrier
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ PME, ETI ou association avec activité économique disposant d&amp;#039;une stratégie de transformation numérique clairement définie.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Bénéficiaires
+&lt;/strong&gt;
+:
+&lt;p&gt;
+ Recrutement en CDI d&amp;#039;un cadre qualifié en charge du projet de transformation numérique
+ &lt;br /&gt;
+ Prise en charge des 12 premiers mois du salaire brut charges sociales et patronales incluses
+ &lt;br /&gt;
+ Condition : création d&amp;#039;une fonction nouvelle dans l&amp;#039;entreprise et recrutement en CDI sur un statut de cadre ayant en charge la mise en œuvre de la stratégie de transformation numérique de l&amp;#039;entreprise. Cette fonction est de celle différente d&amp;#039;un DSI.
+ &lt;br /&gt;
+ Base réglementaire De Minimis
+ &lt;br /&gt;
+ Taux d&amp;#039;intervention jusqu&amp;#039;à 50% plafonné à 40 000 euros.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;br /&gt;
+&lt;strong&gt;
+ Critères de sélection
+&lt;/strong&gt;
+:
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Si vous êtes une PME ou une ETI (hors industrie)
+  &lt;/strong&gt;
+  , vous pouvez télécharger le document de pré demande ci dessous et en le renvoyant dûment complété à l&amp;#039;adresse mail de contact indiquée dans la fiche.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Les entreprises industrielles
+  &lt;/strong&gt;
+  sont invités à prendre directement contact avec nos services à l&amp;#039;adresse suivante :
+  aides.eco&amp;#64;nouvelle-aquitaine.fr
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;br /&gt;
+&lt;br /&gt;</t>
+        </is>
+      </c>
+      <c r="S28" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U28" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V28" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/aide-au-recrutement-transformation-numerique</t>
+        </is>
+      </c>
+      <c r="X28" s="1" t="inlineStr">
+        <is>
+          <t>Délégation numérique
+14. rue francois de sourdis
+&lt;br /&gt;
+33000
+                                                    Bordeaux</t>
+        </is>
+      </c>
+      <c r="Y28" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z28" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/c11f-aide-au-recrutement-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA28" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" spans="1:27" customHeight="0">
+      <c r="A29" s="1">
+        <v>117490</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans l'inclusion numérique du territoire</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G29" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Etablissement public dont services de l'Etat
+Association</t>
+        </is>
+      </c>
+      <c r="H29" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Banque des Territoires propose un accompagnement visant à l&amp;#039;inclusion numérique par le biais de 15 Hubs territoriaux. Il s&amp;#039;adresse aux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Acteurs de l&amp;#039;inclusion numérique : identification comme acteur dédié, formation des médiateurs numériques, mise en place d&amp;#039;un projet d&amp;#039;inclusion numérique (montage financier, recherche de financement, conception de l&amp;#039;offre, etc.), organisation d&amp;#039;un événement consacré à l&amp;#039;inclusion numérique, information et actualités sur le sujet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aux collectivités territoriales : diagnostic de l&amp;#039;inclusion numérique territoriale (acteurs en présence, offres, etc.), création d&amp;#039;une politique publique d&amp;#039;inclusion numérique, formation des agents et organisation d&amp;#039;événements dédiés.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement de la Banque des Territoires vise plusieurs objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Créer des synergies entre les écosystèmes d&amp;#039;inclusion numérique : identification des lieux de médiation, évaluation des capacités territoriales, étude de l&amp;#039;accessibilité des services et analyse de leur adéquation avec les besoins des territoires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Favoriser la création ou le développement des projets d&amp;#039;inclusion numérique : formation, mise à disposition d&amp;#039;outils et recherche de financement.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>Economie sociale et solidaire
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O29" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S29" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="U29" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V29" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=numerique_inclusif_psat</t>
+        </is>
+      </c>
+      <c r="X29" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contactez le Hub de votre région
+  : AAP-Hubsinclusifs&amp;#64;caissedesdepots.fr
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y29" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z29" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/efd8-etre-accompagne-dans-linclusion-numerique-du-/</t>
+        </is>
+      </c>
+      <c r="AA29" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" spans="1:27" customHeight="0">
+      <c r="A30" s="1">
+        <v>92602</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’animation d’ateliers collectifs de médiation numérique sur le territoire du département de Vaucluse</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G30" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H30" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Animation d&amp;#039;ateliers collectifs de médiation numérique comportant :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La mise en place d&amp;#039;ateliers collectifs de médiation numérique par la structure subventionnée (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des ateliers qui s&amp;#039;inscrivent dans les grands enjeux des Schémas départementaux identifiés ci-dessus, et en particulier le Schéma Départemental d&amp;#039;Amélioration de l&amp;#039;Accessibilité des Services au Public de Vaucluse et ce, en pleine complémentarité avec les initiatives lancées autour de l&amp;#039;Appel à projet concernant le Réseau d&amp;#039;inclusion numérique de Vaucluse (fin 2019/début 2020) et le réseau des Espaces France Services
+ &lt;/li&gt;
+ &lt;li&gt;
+  Une présentation de la programmation du contenu et des thématiques qui seront traités dans les ateliers sur l&amp;#039;année ainsi que les modalités d&amp;#039;animation projetées (exemples non exhaustifs : «Découverte d&amp;#039;Internet, de la tablette et premiers apprentissages », « Rester connecté avec son territoire », « Rester connecté avec sa famille et ses amis », « Les démarches administratives en ligne »...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;animation des ateliers de médiation numérique avec dispositifs informatiques ad-hoc par un/des salarié(s) qualifié(s) sur les thématiques traitées
+ &lt;/li&gt;
+ &lt;li&gt;
+  Des ateliers mis en place physiquement dans la structure bénéficiaire de la subvention mais qui pourront également, après avis des services départementaux, être organisés, dans une entité publique du territoire (commune ou EPCI)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de la subvention :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 500 € de subvention par atelier collectif organisé par le demandeur (dans la limite de deux ateliers subventionnés par mois et avec un minimum d&amp;#039;un atelier organisé par mois et avec au minimum 8 personnes par atelier) soit 12 000 € au maximum par an dans la limite de 24 ateliers subventionnés
+&lt;/p&gt;
+&lt;p&gt;
+ Les subventions seront allouées après examen des projets déposés dans la limite des crédits disponibles et votés au budget départemental.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N30" s="1" t="inlineStr">
+        <is>
+          <t>Personnes âgées
+Jeunesse
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Education et renforcement des compétences
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Lutte contre la précarité
+Emploi
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O30" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R30" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Ne sont pas éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les frais de location de locaux et/ou de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets d&amp;#039;investissement et/ou d&amp;#039;achat de matériels
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les dépenses liées à l&amp;#039;Appel à Projets réseau départemental d&amp;#039;inclusion numérique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S30" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T30" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U30" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X30" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y30" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z30" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8463-soutenir-lanimation-dateliers-collectifs-de-m/</t>
+        </is>
+      </c>
+      <c r="AA30" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" spans="1:27" customHeight="0">
+      <c r="A31" s="1">
+        <v>164372</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités sur l'utilisation du logiciel Berger Levrault</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Accompagnement des collectivités sur le logiciel Berger Levrault</t>
+        </is>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t>Agence technique départementale (ATD) INGENIERIE70</t>
+        </is>
+      </c>
+      <c r="G31" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H31" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Département a
+décidé de créer, depuis le 1er janvier 2011, une agence départementale
+d’ingénierie aux collectivités (INGENIERIE70).&lt;/p&gt;&lt;p&gt;INGENIERIE70,
+établissement public administratif autonome, est financée par le Département et
+les collectivités adhérentes via les cotisations et les rémunérations des
+prestations fournies.&lt;/p&gt;&lt;p&gt;Cette structure est
+chargée d&amp;#039;apporter, &lt;strong&gt;aux collectivités territoriales et aux établissements publics
+intercommunaux&lt;/strong&gt; du Département de la Haute-Saône qui le
+demandent, une &lt;strong&gt;assistance d&amp;#039;ordre technique, juridique ou financière&lt;/strong&gt; dans
+les quatre compétences suivantes : Aménagement, Application du Droit des Sols,
+Assistance informatique, Eau (Service d&amp;#039;Assistance Technique de l&amp;#039;Eau et
+Gestion des Milieux Aquatiques et Prévention des Inondations).&lt;/p&gt;&lt;p&gt;Pour l’ensemble des
+quatre pôles, on dénombre plus de &lt;strong&gt;630 collectivités adhérentes&lt;/strong&gt; (communes,
+structures diverses, communautés de communes et le Département de la
+Haute-Saône).&lt;/p&gt;&lt;p&gt;Les prestations de
+ces quatre pôles sont facturées selon des tarifs votés en Conseil
+d’Administration.&lt;/p&gt;&lt;p&gt;L’évolution de la
+structure a permis de montrer toute son utilité et cet outil répond aux
+attentes des élus de disposer d&amp;#039;une &lt;strong&gt;ingénierie publique&lt;/strong&gt; à leur service.&lt;/p&gt;&lt;p&gt;Ainsi INGENIERIE70
+propose depuis le 1&lt;sup&gt;er&lt;/sup&gt; janvier 2017 ses compétences aux collectivités
+adhérentes (communes, syndicats, CC, autres structures) utilisant le logiciel
+E-Magnus un ensemble de prestations d’assistance et de maintenance permettant
+la mise en œuvre et l’exploitation du logiciel métier (installation, support,
+télémaintenance, sauvegarde etc.)&lt;/p&gt;&lt;p&gt;NIVEAU D&amp;#039;INTERVENTION OU DESCRIPTION DES INTERVENTIONS : &lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Assistance technique, fonctionnelle dans l’utilisation des logiciels
+de comptabilité, paye, élection, état civil et facturation du logiciel Magnus. &lt;/li&gt;&lt;li&gt;Assure des formations aux collectivités sur l’application métier et
+les accompagne pour la mise en œuvre des applications légales (prélèvement à la
+source, actes, budget etc.)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Installation, formation, assistance sur les
+logiciels de gestion de collectivité Berger Levrault&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N31" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O31" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt; Etre une
+collectivité adhérente à l’agence technique Ingénierie70 pour la compétence informatique.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S31" s="1" t="inlineStr">
+        <is>
+          <t>Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U31" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Saône</t>
+        </is>
+      </c>
+      <c r="V31" s="1" t="inlineStr">
+        <is>
+          <t>https://www.ingenierie70.fr/</t>
+        </is>
+      </c>
+      <c r="X31" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;5a Route de Saint-Loup&lt;/p&gt;&lt;p&gt;CS 60 202&lt;/p&gt;&lt;p&gt;70004 VESOUL Cedex&lt;/p&gt;&lt;p&gt;Téléphone : 03 84 68 24 70&lt;/p&gt;&lt;p&gt;Fax : 03 84 68 24 71&lt;/p&gt;&lt;p&gt;Email : &lt;a target="_blank"&gt;contact&amp;#64;ingenierie70.fr&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.linkedin.com/company/ing%C3%A9nierie-70/?viewAsMember&amp;#61;true" target="_blank"&gt;(1) Agence départementale Ingénierie70 : Présentation | LinkedIn&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;a href="https://www.ingenierie70.fr/contactez-nous.html" target="_blank"&gt;Ingénierie70 - Contact&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y31" s="1" t="inlineStr">
+        <is>
+          <t>julie.galland@ingenierie70.fr</t>
+        </is>
+      </c>
+      <c r="Z31" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagnement-des-collectivites-sur-le-logicel-berger-levrault/</t>
+        </is>
+      </c>
+      <c r="AA31" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" spans="1:27" customHeight="0">
+      <c r="A32" s="1">
+        <v>92609</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir le déploiement des outils et projets numériques au service du développement touristique</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G32" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H32" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J32" s="1" t="inlineStr">
+        <is>
+          <t>Aide maximale de 10 K€ par projet dans la limite de 50 K€ par an</t>
+        </is>
+      </c>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les acteurs du tourisme, afin de mieux répondre aux attentes des visiteurs et renouveler les expériences de découverte des sites et lieux qu&amp;#039;ils promeuvent ou gèrent, doivent s&amp;#039;adapter et proposer des solutions innovantes pour contribuer à bâtir le tourisme de demain.
+En matière d&amp;#039;attractivité touristique et d&amp;#039;outil de découverte, le numérique a un rôle fort à jouer et est indispensable pour le renforcement de l&amp;#039;attractivité des sites touristiques du Vaucluse.
+Le Département souhaite fournir des services innovants et de qualité aux touristes et accompagner financièrement les EPCI, OT et OTI dans leurs projets de développement numériques afin de stimuler l&amp;#039;innovation au sein de la filière du tourisme.
+L&amp;#039;usage du numérique devra par ailleurs aider les acteurs du secteur touristique à intégrer plus rapidement des innovations utiles à leur développement dans la période post-épidémie Covid 19.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Projets de mise en place d&amp;#039;outils de découverte et de valorisation numérique,  applications numériques ou parcours numériques individualisés ou collectifs (sites intérieurs ou extérieurs).
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O32" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R32" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  EPCI
+ &lt;/li&gt;
+ &lt;li&gt;
+  Offices de tourisme communaux ou intercommunaux
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Une attention particulière sera portée :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Aux dimensions et impacts positifs du projet en matière d&amp;#039;attractivité touristique, de rayonnement départemental ou intercommunal
+ &lt;/li&gt;
+ &lt;li&gt;
+  Au caractère innovant du projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  A l&amp;#039;articulation du projet avec les acteurs du tourisme
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la liaison entre le projet et la stratégie de communication portée par Vaucluse Provence Attractivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la bonne connexion du projet et le réseau de bornes wifi touristique du Département et en particulier à la web application de valorisation des sites touristiques du Vaucluse
+ &lt;/li&gt;
+ &lt;li&gt;
+  A la dimension durable du projet
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S32" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T32" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U32" s="1" t="inlineStr">
+        <is>
+          <t>Vaucluse</t>
+        </is>
+      </c>
+      <c r="X32" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y32" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z32" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d7b5-soutenir-le-deploiement-des-outils-et-projets/</t>
+        </is>
+      </c>
+      <c r="AA32" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:27" customHeight="0">
+      <c r="A33" s="1">
+        <v>90723</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les initiatives incluant le développement de technologies, services ou produits numériques innovants - Prototypes numériques</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G33" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H33" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I33" s="1" t="inlineStr">
+        <is>
+          <t> Max : 50</t>
+        </is>
+      </c>
+      <c r="J33" s="1" t="inlineStr">
+        <is>
+          <t>Dans la limite d’un plafond de 100 000 €</t>
+        </is>
+      </c>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Objectifs
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Démontrer et expérimenter avec des utilisateurs la pertinence des applications, technologies, contenus, services ou usages numériques novateurs avant leur phase de déploiement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Susciter des opportunités de marchés pour les entreprises de la filière numérique régionale ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer de nouveaux services et usages répondant aux évolutions sociétales.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Comment faire ma demande ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N33" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Innovation, créativité et recherche
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O33" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Entreprises
+ &lt;/li&gt;
+ &lt;li&gt;
+  Associations
+ &lt;/li&gt;
+ &lt;li&gt;
+  Collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  Établissements publics
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Les soumissionnaires doivent être localisés sur le territoire régional (ils doivent pouvoir justifier, à la date du dépôt du dossier, de l&amp;#039;existence d&amp;#039;un établissement en région).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Prototypes numériques soutient les initiatives incluant le développement de technologies, services ou produits numériques innovants. Sont visés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les projets nécessitant la production d&amp;#039;un prototype validé avant leur déploiement
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets permettant un gain significatif en compétitivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les projets devront démontrer une innovation (technique, d&amp;#039;usage, sociale, sociétale, etc.) et faire apparaître une création de valeur (emploi, montée en compétence, retombées économiques directes et indirectes, efficacité et efficience du service rendu, etc.) sur le territoire régional.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, seront particulièrement appréciés les projets intégrant une ou plusieurs des bonnes pratiques suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Confiance numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Contribution aux solutions produites sous licence libre
+ &lt;/li&gt;
+ &lt;li&gt;
+  Interopérabilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accessibilité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Expérience utilisateur
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;ensemble des coûts doivent être justifiés comme nécessaires à la phase de prototypage :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de conception
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts de marketing / communication
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts matériels pour la réalisation du prototype
+ &lt;/li&gt;
+ &lt;li&gt;
+  Frais de personnels mobilisés sur le projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  au coût réel chargé pour les salariés (sur justifications des bulletins de salaires),
+ &lt;/li&gt;
+ &lt;li&gt;
+  au coût valorisé pour les non-salariés (utilisation de la grille des salaires du Syntec numérique) et dans la limite de 30 % du coût total du projet.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coûts des services de consultants ou prestataires, utilisés exclusivement pour le projet (études d&amp;#039;ingénierie technique, études juridiques, test d&amp;#039;usages, coûts de maquettage, etc.).
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Avant tout dépôt de candidature, il est indispensable de prendre contact avec les services instructeurs. A cette condition seulement, le dossier de candidature pourra être renseigné par le porteur de projet et soumis à la Région.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S33" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T33" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U33" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V33" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/prototypes-numeriques</t>
+        </is>
+      </c>
+      <c r="X33" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Jean-Paul Chiron
+Délégation numérique : 05 57 57 83 49
+&lt;/p&gt;
+&lt;p&gt;
+ Myriam Drouet
+Délégation numérique : 05 57 57 74 08
+&lt;/p&gt;
+&lt;p&gt;
+ Cyrille Harnay
+Délégation numérique : 05 57 57 86 09
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y33" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z33" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/217d-prototypes-numeriques/</t>
+        </is>
+      </c>
+      <c r="AA33" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:27" customHeight="0">
+      <c r="A34" s="1">
+        <v>161864</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers l’autonomie numérique - Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Mission Société Numérique</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller numérique</t>
+        </is>
+      </c>
+      <c r="E34" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G34" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H34" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le dispositif Conseiller numérique a été lancé en 2021 dans le cadre du volet inclusion numérique du plan France Relance. Aujourd&amp;#039;hui,  4000 conseillers numériques sont déployés partout en France pour accompagner les citoyens dans leurs usages quotidiens du numérique. &lt;/p&gt;&lt;p&gt;Les Conseillers numériques accompagnent les Français sur trois thématiques considérées comme
+prioritaires : &lt;/p&gt;&lt;ul&gt;&lt;li&gt;Soutenir les Français dans leurs usages quotidiens du numérique : travailler à distance,
+consulter un médecin, vendre un objet, acheter en ligne, etc. ;&lt;/li&gt;&lt;li&gt;Sensibiliser aux enjeux du numérique et favoriser des usages citoyens et critiques : s’informer et
+apprendre à vérifier les sources, protéger ses données personnelles, maitriser les réseaux sociaux,
+suivre la scolarité de ses enfants, etc. ;&lt;/li&gt;&lt;li&gt;Accompagner les Français vers l’autonomie pour réaliser des démarches administratives en
+ligne seul.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Les structures d&amp;#039;accueil, publiques ou privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) doivent s&amp;#039;inscrire sur la plateforme conseiller-numérique.gouv.fr. Leur candidature sera alors étudiée par leur préfecture de rattachement, chargée de donner un avis motivé à l&amp;#039;Agence nationale de la Cohésion des Territoires, qui attribue les postes dans le cadre d&amp;#039;un Comité de sélection national.  &lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Le soutien financier de l&amp;#039;Etat s&amp;#039;organise selon les modalités suivantes : &lt;a href="https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/" target="_self"&gt;https://aide.conseiller-numerique.gouv.fr/fr/article/renouvellement-informations-generales-1ci8cxv/&lt;/a&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;A l’issue de sa formation initiale, le Conseiller numérique pourra engager des actions d’accompagnement auprès de tous types de publics au travers d’ateliers de groupes, de présentations et d’accompagnements individuels :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;&lt;span&gt;Prendre en main un équipement informatique (ordinateur, smartphone, tablette, etc.) ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Naviguer sur internet ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Envoyer, recevoir, gérer ses courriels ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Installer et utiliser des applications utiles sur son smartphone ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Créer et gérer (stocker, ranger, partager) ses contenus numériques ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Connaître l’environnement et le vocabulaire numérique ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Apprendre les bases du traitement de texte ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Échanger avec ses proches ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Trouver un emploi ou une formation ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Accompagner son enfant ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre ce que le numérique peut apporter à sa TPE/PME ;&lt;/span&gt;&lt;/li&gt;&lt;li&gt;&lt;span&gt;Comprendre la culture numérique.&lt;/span&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O34" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Les structures d’accueil, publiques et privées, qui souhaitent accueillir un ou plusieurs Conseiller(s) numérique(s) France Services doivent s’inscrire sur la plateforme conseiller-numerique.gouv.fr. Leur candidature sera alors étudiée par la préfecture de département, chargée de donner un avis motivé à l’Agence nationale de la cohésion des territoires, qui attribue les postes dans le cadre d’un Comité de sélection national.&lt;/span&gt;&lt;br /&gt;&lt;br /&gt;&lt;span&gt;Pour les structures publiques, ce dispositif est ouvert aux :&lt;/span&gt;&lt;br /&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;collectivités territoriales et leurs groupements au sens de l’article L. 5111-1 du Code général des collectivités territoriales, la Métropole du Grand Paris ainsi que les établissements publics territoriaux et la Métropole de Lyon, les territoires et collectivités d’outre-mer ;&lt;/li&gt;&lt;li&gt;établissements publics locaux qui leur sont rattachés : CCAS, CIAS, Offices publics de l’habitat… ;&lt;/li&gt;&lt;li&gt;GIP constitués de personnes morales de droit public ;&lt;/li&gt;&lt;li&gt;chambres consulaires, établissements publics administratifs sous tutelle de l’État ;&lt;/li&gt;&lt;li&gt;EPIC préalablement identifiés par l’État.&lt;/li&gt;&lt;li&gt;les services déconcentrés de l’État ne sont pas éligibles.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;span&gt;Les structures privées listées ci-dessous peuvent aussi accueillir des Conseillers numériques :&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;associations déclarées au sens de la loi du 1er juillet 1901 (loi 1908 en Alsace-Moselle) ;&lt;/li&gt;&lt;li&gt;entreprises relevant de l’économie sociale et solidaire au sens de la loi n°2014-856 du 31 juillet 2014 ;&lt;/li&gt;&lt;li&gt;entreprises sociales pour l’habitat ;&lt;/li&gt;&lt;li&gt;toute personne morale de droit privé poursuivant une mission d’intérêt général et n’ayant pas, à titre exclusif, un but lucratif.&lt;/li&gt;&lt;/ul&gt;&lt;span&gt;Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des Conseillers numériques France Services. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l’ensemble du territoire. Les initiatives coordonnées sur un même territoire sont donc à favoriser.&lt;/span&gt;&lt;p&gt;&lt;span&gt;Un projet peut être porté par plusieurs structures, qu’elles soient publiques ou privées, dans la mesure où le Conseiller numérique exerce bien les activités présentées dans l’offre de services. Dans ce cas, une seule structure d’accueil sera identifiée pour instruire la demande de subvention, signaler la convention et percevoir la subvention. Elle sera l’employeur du Conseiller numérique et signataire à ce titre du contrat de travail.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;Conformément à la &lt;/span&gt;&lt;a href="https://cdn.conseiller-numerique.gouv.fr/cir_45126.pdf" target="_blank" rel="noopener noreferrer" role="link"&gt;circulaire interministérielle du 26 janvier 2021 relative à la mise en œuvre du volet « inclusion numérique » du plan France Relance&lt;/a&gt;&lt;span&gt; : « un Conseiller numérique ne peut venir qu’en complément des deux agents (ou plus) animant la France Services, sur les missions de conseil numérique qui sont les siennes ». Un Conseiller numérique ne peut pas être un des deux ETP d’un espace France Services.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S34" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T34" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement</t>
+        </is>
+      </c>
+      <c r="U34" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="W34" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/aide-structure</t>
+        </is>
+      </c>
+      <c r="X34" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Email : &lt;a href="mailto:conseiller-numerique&amp;#64;anct.gouv.fr" target="_self"&gt;conseiller-numerique&amp;#64;anct.gouv.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y34" s="1" t="inlineStr">
+        <is>
+          <t>societe.numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z34" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/accompagner-vers-lautonomie-dans-lusage-du-numerique/</t>
+        </is>
+      </c>
+      <c r="AA34" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:27" customHeight="0">
+      <c r="A35" s="1">
+        <v>77364</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets autour de l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>L’investissement dans l’économie inclusive</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G35" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H35" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  ________________________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;🚩&lt;/span&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  _______________________________________________________________
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité territoriale, une
+structure d’insertion par l’activité économique ou adaptée aux personnes en
+situation de handicap, une entreprise engagée dans l’inclusion numérique
+relevant ou non de l’économie sociale et solidaire, un acteur de l’économie
+circulaire ou une structure portant un projet de tiers-lieu d&amp;#039;innovation
+sociale et vous portez un projet dans l’économie inclusive ? Vous souhaitez
+bénéficier de l&amp;#039;expertise d&amp;#039;un tiers de confiance et être accompagné sur le
+long terme via des dispositifs adaptés ? La Banque des Territoires vous
+accompagne en investissant dans vos projets.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous finançons ainsi différents projets autour
+de l’économie inclusive : insertion par l’activité économique, inclusion
+numérique, tiers-lieux d’innovation sociale et économie circulaire à impact
+social. Le financement peut se faire sous forme d’investissement direct en
+fonds propres ou quasi-fonds propres. Pour les projets d’inclusion numérique,
+la Banque des Territoires soutient également l’opérationnalisation de
+programmes d’État et accompagne, finance et outille les acteurs de l’inclusion
+numérique.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N35" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Economie sociale et solidaire
+Attractivité économique
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O35" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S35" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T35" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U35" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V35" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-economie-inclusive?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=inclusion_eco_psat</t>
+        </is>
+      </c>
+      <c r="X35" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://mon-compte.banquedesterritoires.fr/?pk_campaign&amp;#61;Aides_Territoires&amp;amp;pk_kwd&amp;#61;contact_formulaire&amp;amp;pk_source&amp;#61;Affiliation#/contact/formulaire"&gt;
+  Contactez-nous à travers notre formulaire de contact
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y35" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z35" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-economie-inclusive/</t>
+        </is>
+      </c>
+      <c r="AA35" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:27" customHeight="0">
+      <c r="A36" s="1">
+        <v>72405</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leur transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E36" s="1" t="inlineStr">
+        <is>
+          <t>Centre de Gestion de la Fonction Publique Territoriale de Lot et Garonne - CDG 47  (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G36" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H36" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le CDG 47 s&amp;#039;est investi en faveur de l&amp;#039;informatisation des collectivités lot-et-garonnaises au travers d&amp;#039;étapes importantes.
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;accompagnement dans l&amp;#039;usage de progiciels de gestion depuis 1984;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La mise en oeuvre du projet élu rural numérique en 2010 composé de quatre axes (la dématérialisation, la sécurité du système d&amp;#039;information, les services internet, l&amp;#039;information géographique);
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  La signature d&amp;#039;un partenariat avec la DDFIP depuis 2013 afin d&amp;#039;avoir un rôle moteur dans le processus de dématérialisation de la chaîne comptable et financière.
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Notre objectif constant est de jouer un rôle moteur dans l&amp;#039;optimisation de la gestion publique locale en développant en matière informatique et numérique une gamme d&amp;#039;outils et de services en lien avec les besoins du monde territorial.
+&lt;/p&gt;
+&lt;p&gt;
+ Les champs de compétences :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Logiciels métiers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sécurité du système d&amp;#039;information
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation de la chaine comptable et budgétaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dématérialisation des procédures de marchés publics
+ &lt;/li&gt;
+ &lt;li&gt;
+  Télétransmission des actes soumis au contrôle de légalité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Parapheur électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Convocations électroniques
+ &lt;/li&gt;
+ &lt;li&gt;
+  Communication électronique professionnelle
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délégué à la protection des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sites Internet
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Système d&amp;#039;Information Géographique
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et organisation
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N36" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O36" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R36" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous convention
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S36" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U36" s="1" t="inlineStr">
         <is>
           <t>Lot-et-Garonne</t>
         </is>
       </c>
-      <c r="V4" s="1" t="inlineStr">
+      <c r="V36" s="1" t="inlineStr">
         <is>
           <t>https://www.cdg47.fr/</t>
         </is>
       </c>
-      <c r="X4" s="1" t="inlineStr">
+      <c r="X36" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Tél : 05.53.48.00.70
  &lt;/li&gt;
  &lt;li&gt;
   Courriel :
    contact&amp;#64;cdg47.fr
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y4" s="1" t="inlineStr">
+      <c r="Y36" s="1" t="inlineStr">
         <is>
           <t>olivier.pommaret@cdg47.fr</t>
         </is>
       </c>
-      <c r="Z4" s="1" t="inlineStr">
+      <c r="Z36" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/8b4a-accompagner-les-collectivites-dans-leur-trans/</t>
         </is>
       </c>
-      <c r="AA4" s="1" t="inlineStr">
+      <c r="AA36" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="5" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G5" s="1" t="inlineStr">
+    <row r="37" spans="1:27" customHeight="0">
+      <c r="A37" s="1">
+        <v>63649</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E37" s="1" t="inlineStr">
+        <is>
+          <t>Agence Technique Départementale 24 - ATD (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G37" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H5" s="1" t="inlineStr">
+      <c r="H37" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis plus de 25 ans, l&amp;#039;ATD24 assiste les collectivités dans leur usage
+numérique quotidien et cherche les solutions innovantes pour faciliter la
+transformation et bénéficier au maximum des possibilités offertes par les outils numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Les 348 collectivités adhérentes au service ont accès aux
+logiciels : Paie, Gestion financière, Élection, Etat-civil.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Ceuxci sont en lien automatisé avec les différentes plateformes
+nationales, Chorus, Helios, Net-Entreprises, Insee.
+&lt;/p&gt;
+&lt;p&gt;
+ Nos missions :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Fourniture et maintenance des logiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement des logiciels et des données dans les infrastructures
+du Département
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paramétrage des comptes utilisateurs
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Paramétrage des logiciels
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations initiales et complémentaires
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réunions d&amp;#039;informations
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance quotidienne
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O37" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sous convention
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S37" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U37" s="1" t="inlineStr">
+        <is>
+          <t>Dordogne</t>
+        </is>
+      </c>
+      <c r="V37" s="1" t="inlineStr">
+        <is>
+          <t>http://atd24.fr</t>
+        </is>
+      </c>
+      <c r="X37" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ATD24
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction Gestion des territoires
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 05 53 06 65 65
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ atd24&amp;#64;atd24.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y37" s="1" t="inlineStr">
+        <is>
+          <t>d.papon@atd24.fr</t>
+        </is>
+      </c>
+      <c r="Z37" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/2152-accompagnement-a-la-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA37" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" spans="1:27" customHeight="0">
+      <c r="A38" s="1">
+        <v>65834</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités à la transformation numérique - Métiers support</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t>Gironde Numérique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G38" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H38" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Depuis 10 ans, le syndicat Mixte Gironde Numérique propose aux établissements de coopération intercommunale un projet de mutualisation de services numériques pour les collectivités de son territoire, avec pour objectif de :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Garantir leur autonomie de Gestion
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assurer la sécurisation de leur patrimoine numérique
+ &lt;/li&gt;
+ &lt;li&gt;
+  respecter leurs obligations réglementaires
+ &lt;/li&gt;
+&lt;/ul&gt;
+L&amp;#039;ingénierie proposée vise à accompagner la transformation numérique de toutes les communes autour d&amp;#039;un socle de base de services :
+&lt;br /&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  sécurisation externalisée des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Délégué à la protection des données
+ &lt;/li&gt;
+ &lt;li&gt;
+  site internet
+ &lt;/li&gt;
+ &lt;li&gt;
+  adresse mail
+ &lt;/li&gt;
+ &lt;li&gt;
+  télétransmission vers les services de l&amp;#039;état
+ &lt;/li&gt;
+ &lt;li&gt;
+  signature électronique
+ &lt;/li&gt;
+ &lt;li&gt;
+  open data
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Mais aussi des outils pour simplifier l&amp;#039;information des organisations :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  espace collaboratif
+ &lt;/li&gt;
+ &lt;li&gt;
+  cloud
+ &lt;/li&gt;
+ &lt;li&gt;
+  webconférence
+ &lt;/li&gt;
+ &lt;li&gt;
+  etc.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N38" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O38" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Adhésion au syndicat
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S38" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U38" s="1" t="inlineStr">
+        <is>
+          <t>Gironde</t>
+        </is>
+      </c>
+      <c r="V38" s="1" t="inlineStr">
+        <is>
+          <t>https://www.girondenumerique.fr/services-numeriques.html</t>
+        </is>
+      </c>
+      <c r="X38" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ services&amp;#64;girondenumerique.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y38" s="1" t="inlineStr">
+        <is>
+          <t>services@girondenumerique.fr</t>
+        </is>
+      </c>
+      <c r="Z38" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/92af-accompagner-les-collectivites-a-la-transforma/</t>
+        </is>
+      </c>
+      <c r="AA38" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="39" spans="1:27" customHeight="0">
+      <c r="A39" s="1">
+        <v>70231</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t>SOLURIS (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G39" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H39" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Projets locaux, intercommunaux et public-privé.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil aux élus et aux cadres territoriaux sur la transformation numériques des collectivités (mairies, intercommunalités, autres établissements publics locaux ).
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui technique, financier et organisationnel.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Axes prioritaires : cybersécurité/RGPD, inclusion numérique, numérique responsable, SIG, open data
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de dématérialisation, infrastructure locale et cloud.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Centrale d&amp;#039;achat, dispense de marchés publics. Tarifs mutualisés.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Préparation et accompagnement du changement.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Solutions de gestion locale et de transformation numérique.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Conseil et création de sites web de services publics.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance numérique : RGPD, RGS, conseil, accompagnement de l&amp;#039;homologation et de la mise en conformité. Assistance en cas de cybermalveillance.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formations à l&amp;#039;inclusion numérique, mise à disposition de médiateurs numériques
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Appui à la création de tiers-lieux et de Maisons France Services.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Stratégie et accompagnement technique sur l&amp;#039;opendata.
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Formation initiale et continue des agents publics.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Citoyenneté
+Technologies numériques et numérisation
+Tiers-lieux
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions</t>
+        </is>
+      </c>
+      <c r="O39" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Etre adhérent de Soluris.
+&lt;/p&gt;
+&lt;p&gt;
+ Exception : Assistance en cas de cybermalveillance pour toute collectivité même non adhérente.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S39" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T39" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U39" s="1" t="inlineStr">
+        <is>
+          <t>Charente-Maritime, Deux-Sèvres</t>
+        </is>
+      </c>
+      <c r="V39" s="1" t="inlineStr">
+        <is>
+          <t>https://www.soluris.fr/</t>
+        </is>
+      </c>
+      <c r="X39" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;soluris.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y39" s="1" t="inlineStr">
+        <is>
+          <t>b.lienard@soluris.fr</t>
+        </is>
+      </c>
+      <c r="Z39" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/d3c2-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA39" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" spans="1:27" customHeight="0">
+      <c r="A40" s="1">
+        <v>127289</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir des investissements numériques dans le champ culturel</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>INVESTISSEMENT CULTUREL - Aide aux investissements numériques</t>
+        </is>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G40" s="1" t="inlineStr">
+        <is>
+          <t>Intercommunalité / Pays
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H40" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K5" s="1" t="inlineStr">
+      <c r="K40" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L5" s="1" t="inlineStr">
+      <c r="L40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le dispositif de soutien à l&amp;#039;investissement culturel permet à la Région de soutenir des investissements numériques dans le champ culturel.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture avant le dépôt.
+&lt;/p&gt;
+&lt;p&gt;
+ Les autres aides à l&amp;#039;investissement culturel :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-travaux-et-lacquisition-dequipements"&gt;
+   Investissement culturel – Aide aux travaux et à l&amp;#039;acquisition d&amp;#039;équipements
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.iledefrance.fr/investissement-culturel-aide-aux-structures-itinerantes"&gt;
+   Investissement culturel – Aide aux structures itinérantes
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O40" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Collectivités territoriales (départements, communes et EPCI, hors structures de l&amp;#039;État),
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménageurs mandatés par les collectivités locales,
+ &lt;/li&gt;
+ &lt;li&gt;
+  Personnes morales de droit privé ou public ayant au moins un an d&amp;#039;existence.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ L&amp;#039;aide régionale est une
+ &lt;strong&gt;
+  subvention d&amp;#039;un taux maximum de 40%
+ &lt;/strong&gt;
+ du montant des dépenses éligibles, plafonnées à 1 M€.
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles correspondent aux montants des devis des prestations ou acquisitions envisagées.
+&lt;/p&gt;
+&lt;p&gt;
+ Sont concernés :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  La restauration ou la numérisation d&amp;#039;œuvres issues d&amp;#039;un fonds identifié,
+ &lt;/li&gt;
+ &lt;li&gt;
+  La création ou le développement de sites ou applications visant à favoriser la connaissance et la diffusion des œuvres vers le public,
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;acquisition de matériel numérique (tablettes, tables de montage/mash-up) pour des projets culturels innovants et/ou structurants, des projets mutualisés ou des projets d&amp;#039;Éducation artistique et culturelle.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Merci de contacter le service concerné au sein de la direction de la culture, afin d&amp;#039;obtenir le dossier de candidature et de connaître les dates de dépôt de dossier.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Le dépôt du dossier doit intervenir obligatoirement avant l&amp;#039;engagement des dépenses.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet objet de la demande d&amp;#039;aide doit être financé
+ &lt;strong&gt;
+  à hauteur de 20% minimum par la structure porteuse.
+ &lt;/strong&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S40" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T40" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U40" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V40" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/investissement-culturel-aide-aux-investissements-numeriques</t>
+        </is>
+      </c>
+      <c r="X40" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Pour les projets relevant du secteur :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du spectacle vivant
+  &lt;/strong&gt;
+  :
+  &lt;span&gt;
+   Christine Vacher :
+   &lt;a href="mailto:christine.vacher&amp;#64;iledefrance.fr"&gt;
+    christine.vacher&amp;#64;iledefrance.fr
+   &lt;/a&gt;
+  &lt;/span&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du patrimoine
+  &lt;/strong&gt;
+  : Héloise Maillé - heloise.maille-virole&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   des arts plastiques
+  &lt;/strong&gt;
+  : Delphine Barberolle -
+  &lt;a href="mailto:delphine.barberolle&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.barberolle&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du cinéma
+  &lt;/strong&gt;
+  &lt;strong&gt;
+   :
+  &lt;/strong&gt;
+  Julitte Michel - julitte.michel&amp;#64;iledefrance.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   du livre et de la lecture
+  &lt;/strong&gt;
+  : Delphine Martincourt -
+  &lt;a href="mailto:delphine.martincourt&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+   delphine.martincourt&amp;#64;iledefrance.fr
+   &lt;span&gt;
+    Ouvre une nouvelle fenêtre
+   &lt;/span&gt;
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y40" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z40" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8b09-investissement-culturel-aide-aux-investisseme/</t>
+        </is>
+      </c>
+      <c r="AA40" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" spans="1:27" customHeight="0">
+      <c r="A41" s="1">
+        <v>65565</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités dans leur transformation numérique</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="inlineStr">
+        <is>
+          <t>ADICO (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G41" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)</t>
+        </is>
+      </c>
+      <c r="H41" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;Adico accompagne depuis 30 ans ses adhérents dans le déploiement du numérique et participe à la transformation numérique des collectivités locales.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour cela l&amp;#039;Adico s&amp;#039;est organisée autour de 4 objectifs :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Accompagnement logiciels (aide à l&amp;#039;utilisation des logiciels métiers et formation des agents),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Conseil en communication et en graphisme
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Appuis technique des collectivités dans l&amp;#039;écriture d&amp;#039;un cahier des charges pour le développement d&amp;#039;un nouveau site internet (respect des obligations RGAA),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Audit d&amp;#039;accessibilité de sites publics,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation d&amp;#039;audit portant sur le référentiel général de sécurité,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité au RGPD,
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en oeuvre de projets portant sur l&amp;#039;IA (chatbot),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les Iot (qualité de l&amp;#039;air dans les établissements scolaires),
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réalisation de charte graphique, logo...
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O41" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Il est nécessaire d&amp;#039;être adhérent de l&amp;#039;Association
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S41" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U41" s="1" t="inlineStr">
+        <is>
+          <t>Départements 60-27-76-95-77</t>
+        </is>
+      </c>
+      <c r="V41" s="1" t="inlineStr">
+        <is>
+          <t>http://www.adico.fr</t>
+        </is>
+      </c>
+      <c r="X41" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ contact&amp;#64;adico.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y41" s="1" t="inlineStr">
+        <is>
+          <t>emmanuel.vive@adico.fr</t>
+        </is>
+      </c>
+      <c r="Z41" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3e24-accompagner-les-collectivites-dans-leur-trans/</t>
+        </is>
+      </c>
+      <c r="AA41" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" spans="1:27" customHeight="0">
+      <c r="A42" s="1">
+        <v>92584</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Aider le développement de pratiques numériques dans les bibliothèques/médiathèques</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Vaucluse</t>
+        </is>
+      </c>
+      <c r="G42" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H42" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J42" s="1" t="inlineStr">
+        <is>
+          <t>Aide plafonnée à 20 % du coût total d’investissement</t>
+        </is>
+      </c>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Doter les bibliothèques/médiathèques de matériel informatique et/ou de lecture à même de lutter contre la fracture numérique, et encourager en leur sein le développement de pratiques numériques.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Acquisitions de bornes Wifi, postes informatiques dédiés, tablettes, liseuses etc.
+&lt;/p&gt;
+&lt;p&gt;
+ Les frais de câblage, de maintenance et d&amp;#039;abonnement à Internet ne sont pas pris en charge.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Bibliothèques et livres
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O42" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R42" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Bénéficiaires :
+ Communes de moins de 15 000 habitants ou les intercommunalités (E.P.C.I.)
+&lt;/p&gt;
+&lt;p&gt;
+ Mise en place d&amp;#039;ateliers de découverte, de sensibilisation et de pratique numérique, conjointement avec les enjeux du Schéma Départemental d&amp;#039;Amélioration d&amp;#039;Accessibilité des Services au Public (S.D.A.A.S.P.) et du Schéma Directeur Territorial d&amp;#039;Aménagement Numérique (S.D.T.A.N.) au sein de la bibliothèque.
+&lt;/p&gt;
+&lt;p&gt;
+ Le projet présenté s&amp;#039;appliquera à détailler les modalités de mise en oeuvre, en lien avec les schémas précités, et le fonctionnement de la bibliothèque.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S42" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T42" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U42" s="1" t="inlineStr">
+        <is>
+          <t>Communes du Vaucluse inférieures à 15000 habitants</t>
+        </is>
+      </c>
+      <c r="X42" s="1" t="inlineStr">
+        <is>
+          <t>Pour en savoir plus, contactez le : 04.90.16.15.00</t>
+        </is>
+      </c>
+      <c r="Y42" s="1" t="inlineStr">
+        <is>
+          <t>nathalie.maucotel@vaucluse.fr</t>
+        </is>
+      </c>
+      <c r="Z42" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a6b6-aider-le-developpement-de-pratiques-numerique/</t>
+        </is>
+      </c>
+      <c r="AA42" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="43" spans="1:27" customHeight="0">
+      <c r="A43" s="1">
+        <v>72750</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités territoriales</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="inlineStr">
+        <is>
+          <t>SITIV (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G43" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H43" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la modernisation numérique des collectivités territoriales
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aide à la mise en conformité RGS, RGI, RGAA et à la sécurisation des Systèmes d&amp;#039;information
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Mise à disposition de plateformes numériques de services
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en conformité RGPD
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Assistance Infrastructure,  télécoms, sécurité, système d&amp;#039;information, support et formations
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O43" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ adhésion et/ou conventionnement
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S43" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T43" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U43" s="1" t="inlineStr">
+        <is>
+          <t>Rhône et Loire</t>
+        </is>
+      </c>
+      <c r="V43" s="1" t="inlineStr">
+        <is>
+          <t>http://www.sitiv.fr</t>
+        </is>
+      </c>
+      <c r="X43" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ svangheluwe&amp;#64;sitiv.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y43" s="1" t="inlineStr">
+        <is>
+          <t>svangheluwe@sitiv.fr</t>
+        </is>
+      </c>
+      <c r="Z43" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b35f-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA43" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="44" spans="1:27" customHeight="0">
+      <c r="A44" s="1">
+        <v>72205</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Recruter et accueillir des conseillers numériques</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>France Relance</t>
+        </is>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t>Agence nationale de la cohésion des territoires (ANCT)</t>
+        </is>
+      </c>
+      <c r="G44" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H44" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="J44" s="1" t="inlineStr">
+        <is>
+          <t>50 000 euros par poste</t>
+        </is>
+      </c>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Cet appel à manifestation d&amp;#039;intérêt est lancé pour la première vague de candidatures des collectivités territoriales et leurs groupements au recrutement et à l&amp;#039;accueil de conseillers numériques dans le cadre de France Relance. Il vise à recueillir les premières propositions des territoires prêts à porter les contrats de travail de ces conseillers en contrepartie du financement par l&amp;#039;État de leur formation et de leur activité.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le Gouvernement agit sur trois axes :
+ &lt;br /&gt;
+ 1- 4000 conseillers numériques formés proposant des ateliers d&amp;#039;initiation au numérique au plus proche des Français ;
+ &lt;br /&gt;
+ 2- Un soutien aux réseaux de proximité qui proposent des activités numériques, par la conception de dispositifs qui facilitent la formation des habitants ;
+ &lt;br /&gt;
+ 3- Des outils simples et sécurisés indispensables aux aidants (travailleurs sociaux, agents de collectivité territoriale, etc.) pour leur permettre de mieux accompagner les Français qui ne peuvent pas faire leurs démarches administratives seuls.
+&lt;/p&gt;
+&lt;p&gt;
+ Ces trois axes sont déclinés sous forme de nouvelle offre de services disponible pour les territoires.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;appel à manifestation d&amp;#039;intérêt permet de candidater pour devenir structure accueillante d&amp;#039;un ou de plusieurs conseillers
+ &lt;/strong&gt;
+ (donc en charge de porter le contrat de travail)
+ &lt;strong&gt;
+  et d&amp;#039;obtenir leur affectation avec une prise en charge financière modulée selon la durée du contrat souhaitée
+ &lt;/strong&gt;
+ . Allouée sous la forme d&amp;#039;une subvention d&amp;#039;un montant de 50 000 euros par poste (et majorée selon les dispositions réglementaires en vigueur en outre-mer le cas échéant), cette prise en charge par l&amp;#039;État sera versée en trois tranches auprès de la collectivité territoriale qui aura pour charge de rémunérer le conseiller à hauteur du SMIC au minimum.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N44" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Emploi
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O44" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="P44" s="1" t="inlineStr">
+        <is>
+          <t>17/11/2020</t>
+        </is>
+      </c>
+      <c r="R44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur un même territoire, plusieurs collectivités territoriales ou groupements peuvent accueillir des conseillers numériques. L&amp;#039;ANCT étudiera au fil de l&amp;#039;eau, tous les 15 du mois, les candidatures reçues et affectera le nombre de conseillers en fonction des conseillers déjà accueillis sur le même territoire. Il sera recherché, dans un dialogue avec les collectivités et leurs groupements, une intervention cohérente, à même de mailler l&amp;#039;ensemble du territoire. Les initiatives coordonnées sur un même territoire seront donc à favoriser.
+&lt;/p&gt;
+&lt;p&gt;
+ La mise à disposition de conseillers numériques à des structures associatives est autorisée.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U44" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V44" s="1" t="inlineStr">
+        <is>
+          <t>https://agence-cohesion-territoires.gouv.fr/250-meu-pour-faciliter-le-numerique-du-quotidien-310</t>
+        </is>
+      </c>
+      <c r="W44" s="1" t="inlineStr">
+        <is>
+          <t>https://www.conseiller-numerique.gouv.fr/</t>
+        </is>
+      </c>
+      <c r="X44" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une webconférence est organisée les 03 et 10 décembre 2020 pour répondre aux questions des collectivités. D&amp;#039;autres webconférences pourront être organisées autant que de besoin.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Pour toute question : conseiller-numerique&amp;#64;anct.gouv.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y44" s="1" t="inlineStr">
+        <is>
+          <t>numerique@anct.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z44" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/32ff-recruter-et-accueillir-des-conseillers-numeri/</t>
+        </is>
+      </c>
+      <c r="AA44" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" spans="1:27" customHeight="0">
+      <c r="A45" s="1">
+        <v>72749</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Conseiller et accompagner la transformation numérique des collectivités</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>Somme Numérique (opérateur public de services numériques - OPSN)</t>
+        </is>
+      </c>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H45" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Somme Numérique accompagne ses membres le déploiement du numérique et participe à la transformation numérique des collectivités locales.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Projets de dématérialisation (PES V2, Actes, signature électronique, plateforme de marchés publics...)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Numérique éducatif (Espace Numérique de Travail, TBI)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement physique dans Datacenter Tiers 3
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Marché télécom : fourniture de solutions de communication (tél. fixe et mobile, MtM, SMS...) à prix négociés
+ &lt;/li&gt;
+ &lt;li&gt;
+  Sauvegarde de données
+ &lt;/li&gt;
+ &lt;li&gt;
+  Hébergement de sites internet - gestion de domaine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Messagerie collaborative
+ &lt;/li&gt;
+ &lt;li&gt;
+  Bornes wifi
+ &lt;/li&gt;
+ &lt;li&gt;
+  Archivage électronique à valeur probante (SESAM)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Accompagnement matériel (maintenance du matériel informatique des collectivités locales et développement de solutions dédiées)
+ &lt;/li&gt;
+ &lt;li&gt;
+  Confiance Numérique (création de territoire de confiance numérique : RGPD, RGAA, RGS et Open-Data),
+ &lt;/li&gt;
+ &lt;li&gt;
+  et Conseil en communication et en graphisme.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Hébergement et formation de la messagerie collaborative de la collectivité
+   &lt;/strong&gt;
+   : sécurité et fluidité des échanges entre agents/élus.
+  &lt;/p&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Dématérialisation des marchés publics
+  &lt;/strong&gt;
+  : accompagnement des collectivités pour la dématérialisation des marchés publics sur notre plateforme régionale.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Mise à disposition d&amp;#039;outils de communication
+  &lt;/strong&gt;
+  : nom de domaine, site internet, application mobile
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N45" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation
+Appui méthodologique</t>
+        </is>
+      </c>
+      <c r="O45" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   Toutes les communautés de communes, communes, syndicats situés sur le département de la Somme
+   &lt;br /&gt;
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S45" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U45" s="1" t="inlineStr">
+        <is>
+          <t>Somme</t>
+        </is>
+      </c>
+      <c r="V45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.sommenumerique.fr</t>
+        </is>
+      </c>
+      <c r="X45" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ courrier&amp;#64;sommenumerique.fr
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y45" s="1" t="inlineStr">
+        <is>
+          <t>l.cartier@sommenumerique.fr</t>
+        </is>
+      </c>
+      <c r="Z45" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cfaf-conseiller-et-accompagner-la-transformation-n/</t>
+        </is>
+      </c>
+      <c r="AA45" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="46" spans="1:27" customHeight="0">
+      <c r="A46" s="1">
+        <v>90946</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les entreprises touristiques dans leurs démarches de transformation numérique et l'expérimentation d'outils métiers</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H46" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;p&gt;
+  &lt;/p&gt;&lt;p&gt;
+   &lt;/p&gt;&lt;p&gt;
+    &lt;/p&gt;&lt;p&gt;
+     Cette aide soutient les entreprises touristiques dans leurs démarches de transformation numérique et l&amp;#039;expérimentation d&amp;#039;outils métiers.
+    &lt;/p&gt;
+    &lt;p&gt;
+     &lt;/p&gt;&lt;ul&gt;
+      &lt;li&gt;
+       &lt;strong&gt;
+        Objectifs
+       &lt;/strong&gt;
+       :
+      &lt;/li&gt;
+      &lt;li&gt;
+       accompagner la transformation numérique de la filière touristique comme facteur de développement et d&amp;#039;attractivité des territoires
+      &lt;/li&gt;
+      &lt;li&gt;
+       favoriser l&amp;#039;émergence et l&amp;#039;expérimentation de nouveaux outils métiers permettant aux acteurs institutionnels et professionnels du tourisme de la Nouvelle-Aquitaine d&amp;#039;améliorer la lisibilité/visibilité de leur destination et de répondre efficacement aux changements de comportements et d&amp;#039;usages des clientèles touristiques.
+      &lt;/li&gt;
+     &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="N46" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O46" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaires:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Maîtres d&amp;#039;ouvrages publics et privés. Les SCI sont exclues du champ des aides.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant de l&amp;#039;aide:
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  50% maximum d&amp;#039;un montant de dépenses éligibles plafonné à 60 000 € HT
+ &lt;/li&gt;
+ &lt;li&gt;
+  Montant minimum des dépenses : 8 000 €.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;p&gt;
+   &lt;strong&gt;
+    Dépenses éligibles
+   &lt;/strong&gt;
+   : prestation de développement, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux outils, ...
+   Expérimentation, d&amp;#039;intérêt régional,  de nouveaux outils métiers et/ou nouvelles compétences partagées :
+   démarches collectives (acteurs institutionnels et professionnels du tourisme) ancrées sur le territoire de la Nouvelle-Aquitaine
+   initiatives individuelles, pour les professionnels du tourisme, en vue d&amp;#039;un déploiement potentiel à la filière.
+  &lt;/p&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles
+ &lt;/strong&gt;
+ : diagnostic, tests utilisateurs et expérimentation territoriale, frais d&amp;#039;acquisition de la solution, frais d&amp;#039;hébergement et de maintenance, frais de formation aux nouveaux outils.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Critères de sélection
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ Vous pouvez prendre contact afin de connaître les démarches à effectuer.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S46" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U46" s="1" t="inlineStr">
+        <is>
+          <t>Nouvelle-Aquitaine</t>
+        </is>
+      </c>
+      <c r="V46" s="1" t="inlineStr">
+        <is>
+          <t>https://les-aides.nouvelle-aquitaine.fr/economie-et-emploi/transformation-numerique</t>
+        </is>
+      </c>
+      <c r="X46" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Site de Limoges (départements 87-23-19)
+Direction du tourisme
+27, boulevard de la Corderie. CS 3116, 87031
+                                                    Limoges Cedex 1
+05 55 45 00 30
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Poitiers (départements 79-86-17-16)
+Direction du tourisme
+15, rue de l&amp;#039;Ancienne Comédie CS 70575, 86021
+                                                    Poitiers
+05 16 01 40 55
+ &lt;/li&gt;
+ &lt;li&gt;
+  Site de Bordeaux (départements 33-24-47-40-64)
+Direction du tourisme
+14, rue François de Sourdis CS 81383, 33077
+                                                    Bordeaux cedex
+05 57 57 83 09.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y46" s="1" t="inlineStr">
+        <is>
+          <t>newsroom@nouvelle-aquitaine.fr</t>
+        </is>
+      </c>
+      <c r="Z46" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/6727-transformation-numerique/</t>
+        </is>
+      </c>
+      <c r="AA46" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" spans="1:27" customHeight="0">
+      <c r="A47" s="1">
+        <v>159422</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Développer l'e-tourisme</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Landes</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H47" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I47" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>Montant maximum de subvention : 5.000€</t>
+        </is>
+      </c>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Une aide pourra être accordée pour le développement de l&amp;#039;e-tourisme.
+&lt;/p&gt;
+&lt;p&gt;
+ Nature des dépenses subventionnables : création d&amp;#039;outils, de contenus numériques (photos, vidéos, audio...) et de services touristiques numériques innovants (outils numériques liés à la mobilité, Wifi territorial, espaces publics connectés).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Technologies numériques et numérisation
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O47" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   L&amp;#039;association Landes Attractivité validera la compatibilité du projet avec les autres systèmes numériques et avec le système régional d&amp;#039;information touristique SIRTAQUI ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Programme s&amp;#039;inscrivant dans le cadre d&amp;#039;une stratégie numérique de territoire ;
+  &lt;/li&gt;
+  &lt;li&gt;
+   Convention avec l&amp;#039;association Landes Attractivité pour l&amp;#039;information des adhérents en matière de commercialisation (référence à la &amp;#34;place de marché départementale&amp;#34; organisée par Landes Attractivité).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+</t>
+        </is>
+      </c>
+      <c r="S47" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T47" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U47" s="1" t="inlineStr">
+        <is>
+          <t>Landes</t>
+        </is>
+      </c>
+      <c r="V47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.landes.fr/detail-aide?id_aide=115</t>
+        </is>
+      </c>
+      <c r="X47" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Email :
+ &lt;a href="mailto:tourisme&amp;#64;landes.fr" target="_self"&gt;
+  tourisme&amp;#64;landes.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y47" s="1" t="inlineStr">
+        <is>
+          <t>marie-laure.andres@landes.fr</t>
+        </is>
+      </c>
+      <c r="Z47" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/68b1-developpement-du-e-tourisme/</t>
+        </is>
+      </c>
+      <c r="AA47" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" spans="1:27" customHeight="0">
+      <c r="A48" s="1">
+        <v>101593</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Accélérer la transformation écologique et numérique des entreprises</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>Initiative France</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Entreprise privée
+Agriculteur</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Afin de contribuer à la transition écologique de votre territoire, les associations Initiative France proposent :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  de sensibiliser les porteurs de projets dans votre territoire ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  d&amp;#039;analyser la &amp;#34;responsabilité écologique&amp;#34; des projets entrepreneuriaux du territoire lors de leur passage en comités d&amp;#039;agrément ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de mobiliser des experts sur la thématique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de valoriser des projets à forte dimension sociale et environnementale via le label Initiative Remarquable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  de favoriser la transition écologique agricole en soutenant les projets d&amp;#039;agriculture biologique, les circuits-courts, la diversification, les technologies agricoles performantes au niveau environnemental...
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Par ailleurs, pour accélérer la transformation numérique des TPE du territoire, le réseau Initiative France pourra :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  mettre à disposition des élus son réseau de partenaires  ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  intégrer la dimension numérique dans la stratégie de développement des entreprises soutenues par le réseau Initiative France ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  mobiliser des experts sur les questions numériques pour accompagner les entrepreneurs.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ La capacité d&amp;#039;action du réseau sera conditionnée par les moyens mis à disposition des associations  France, qui pourront être co-construits avec les différents partenaires.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>Technologies numériques et numérisation</t>
+        </is>
+      </c>
+      <c r="O48" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S48" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="U48" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="X48" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Voir cartographie sur
+ &lt;a href="https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer" rel="noopener" target="_blank"&gt;
+  https://www.initiative-france.fr/je-me-lance/trouver-mon-interlocuteur.html?mtm_campaign&amp;#61;RIF&amp;amp;mtm_kwd&amp;#61;accelerer
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y48" s="1" t="inlineStr">
+        <is>
+          <t>julie.leveque@initiative-france.fr</t>
+        </is>
+      </c>
+      <c r="Z48" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/a303-accelerer-la-transformation-ecologique-et-num/</t>
+        </is>
+      </c>
+      <c r="AA48" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" spans="1:27" customHeight="0">
+      <c r="A49" s="1">
+        <v>121447</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner vers un village intelligent et durable (rural)</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H49" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I49" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J49" s="1" t="inlineStr">
+        <is>
+          <t>Taux maximal d’intervention FEDER : 60%</t>
+        </is>
+      </c>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+      <c r="L49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;objectif est de favoriser l&amp;#039;émergence de territoires ruraux intelligents et durables pour améliorer la qualité des services à destination des usagers, rendre plus efficients les services, et préserver les ressources naturelles, tout en s&amp;#039;appuyant sur les données.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est aussi de parvenir par les technologies numériques à une plus grande efficacité et simplicité de l&amp;#039;usage quotidien des territoires en matière de tourisme, mobilité, habitat, énergie, économie des ressources, services aux habitants, y compris par le développement de tiers-lieux numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ Enfin, il convient d&amp;#039;accompagner les territoires vers des stratégies de transformation numérique
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Elaboration de stratégies de transformation numérique du territoire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement et déploiement de services / usages / solutions numériques ou plates-formes de services numériques à destination des citoyens ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développement de tiers-lieux numériques y compris les espaces d&amp;#039;e-inclusion ; une des composantes suivantes doit, a minima, être présente :
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu d&amp;#039;Idéation – Expérimentation – Innovation – Fabrication (prototypage, fablabs, repair café, ateliers partagés, makerspaces, living lab...,) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de médiation numérique (bibliothèques, médiathèques, espaces publics numériques...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Tiers-lieu de télétravail et collaboration (centres de télétravail, espace de coworking...) ;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N49" s="1" t="inlineStr">
+        <is>
+          <t>Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O49" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les projets devront être compatibles avec la stratégie du territoire déposée dans le cadre de l&amp;#039;AMI rural et avoir reçu un avis favorable du représentant de celui-ci.
+&lt;/p&gt;
+&lt;p&gt;
+ Les services numériques devront être ouverts, partagés, interopérables (ne pas être liés à une technologie fermée ou propriétaire, l&amp;#039;open-source sera privilégie), dotés de standards ou connecteurs ouverts (facilement connectables à d&amp;#039;autres services ou plateformes numériques), et facilement personnalisables (réutilisation).
+&lt;/p&gt;
+&lt;p&gt;
+ Les porteurs de projet veilleront à l&amp;#039;e-inclusion, quel que soit le service développé et devront fournir une note détaillant la méthode prévue pour permettre l&amp;#039;accès du service à tous les usagers.
+&lt;/p&gt;
+&lt;p&gt;
+ Les tiers-lieux numériques devront offrir à leurs usagers un panel de services et un accompagnement à la pérennisation de leur utilisation.
+&lt;/p&gt;
+&lt;p&gt;
+ Les stratégies de transformation numérique devront s&amp;#039;inscrire en cohérence étroite avec la stratégie intégrée du territoire et en cohérence avec les objectifs de la priorité II du programme FEDER-FSE&amp;#43; 21-27 consacrée au développement d&amp;#039;une économie régionale tournée vers le numérique.
+&lt;/p&gt;
+&lt;p&gt;
+ Si le projet implique le développement d&amp;#039;équipements numériques, le porteur devra expliquer et préciser dans une note sa démarche pour un numérique responsable (bilan carbone, analyse de cycle de vie dans le processus d&amp;#039;écoconception, etc.).
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses éligibles :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;études préalables (AMO, études de faisabilité...) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;investissements matériels et immatériels ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;acquisition (dans la limite de 10% de l&amp;#039;assiette éligible), de construction et réhabilitation de bâtiments et études liées pour les tiers lieux ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de construction et déploiement de réseaux et études liées ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses liées au développement ou déploiement de nouvelles briques ou de nouveaux services numériques ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses d&amp;#039;achats d&amp;#039;équipements numériques.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ NB : Si l&amp;#039;assiette éligible est inférieure ou égale à 200 000 €, les coûts indirects seront couverts par un forfait de 7% appliqué aux dépenses directes éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Dépenses inéligibles (notamment) :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Dépenses de fonctionnement des structures, frais de gestion ainsi que toutes autres dépenses non directement rattachées au projet hors forfait de 7% ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dépenses de personnel.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Modalités de soutien financier
+&lt;/p&gt;
+&lt;p&gt;
+ Plancher minimal de subvention FEDER : 30 000 €
+&lt;/p&gt;
+&lt;p&gt;
+ Plafond maximal de subvention FEDER : 1 000 000 € de FEDER
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;intervention FEDER : 60%
+&lt;/p&gt;
+&lt;p&gt;
+ Taux maximal d&amp;#039;aide publique : 100% dans le respect de la règlementation européenne et nationale (dont autofinancement des collectivités territoriales et leurs groupements)
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S49" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T49" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U49" s="1" t="inlineStr">
+        <is>
+          <t>Bourgogne-Franche-Comté</t>
+        </is>
+      </c>
+      <c r="V49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/nos-aides/villages-intelligents-et-durables</t>
+        </is>
+      </c>
+      <c r="W49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.europe-bfc.eu/sites/bfceurope/files/2025-03/FA%20village%20intelligent_0.pdf</t>
+        </is>
+      </c>
+      <c r="X49" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Service FEDER Bourgogne-Franche-Comté et Massif du Jura, Direction Europe et rayonnement international, Conseil régional de Bourgogne-Franche-Comté: rural.feder&amp;#64;bourgognefranchecomte.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y49" s="1" t="inlineStr">
+        <is>
+          <t>florence.kohtz@bourgognefranchecomte.fr</t>
+        </is>
+      </c>
+      <c r="Z49" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/805f-accompagner-le-renouvellement-urbain/</t>
+        </is>
+      </c>
+      <c r="AA49" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="50" spans="1:27" customHeight="0">
+      <c r="A50" s="1">
+        <v>145007</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Déployer le réseau WIFI 43</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>KIT WIFI 43</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Loire</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H50" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Subvention</t>
+        </is>
+      </c>
+      <c r="J50" s="1" t="inlineStr">
+        <is>
+          <t>Financement des frais d'accès au service WIFI43 soit 250€ HT pour 2 bornes maxi par structure publique</t>
+        </is>
+      </c>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Le Département finance un kit Wifi 43 comprenant l&amp;#039;activation et le matériel nécessaires au fonctionnement des bornes, soit un coût de 250€ HT pour le kit de 2 bornes (ces frais sont à votre charge pour toute borne supplémentaire). Cette prise en charge ne comprend pas la pose des bornes.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;abonnement, à la charge de la collectivité ou de l&amp;#039;établissement bénéficiaire, sera de 288€ HT / an (il ne comprend pas l&amp;#039;abonnement ADSL/Fibre/...) pour les 2 bornes. Pour toute borne supplémentaire, le bénéficiaire devra s&amp;#039;acquitter d&amp;#039;un abonnement supplémentaire de 144€ HT/an auprès du fournisseur
+ (la société YZIACT - &lt;a href="https://www.google.com/maps/place//data&amp;#61;!4m2!3m1!1s0x47f557fa9db027ed:0xeae53dc45fead0ac?sa&amp;#61;X&amp;amp;ved&amp;#61;1t:8290&amp;amp;ictx&amp;#61;111" tabindex="0"&gt;&lt;span&gt;ZA de Clairac, 30 Rue Maryse Bastié, 26760 Beaumont-lès-Valence&lt;/span&gt;&lt;/a&gt;&lt;span&gt;- tel &lt;/span&gt;&lt;span&gt;&lt;span&gt;&lt;a href="https://www.google.com/search?client&amp;#61;firefox-b-e&amp;amp;q&amp;#61;YZIACT#"&gt;&lt;span&gt;04 75 78 28 35&lt;/span&gt;&lt;/a&gt;)&lt;/span&gt;&lt;/span&gt;.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Centre de soins&lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Le kit Wifi 43  comprend 2 portails :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - portail captif pour l&amp;#039;authentification des usagers
+ &lt;br /&gt;
+ - un portail d&amp;#039;administration à destination de la structure publique pour gérer les bornes (exemple : limiter les accès pendant les heures d&amp;#039;ouverture de la mairie,...)
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Public concerné :  tout public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pièces à fournir : Délibération de la structure publique selon modèle pouvant être fourni par le Département&lt;br /&gt;&lt;/li&gt;
+ &lt;li&gt;
+  Récurrence de l&amp;#039;aide : souscription possible  jusqu&amp;#039;à fin 2024 &lt;br /&gt;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a href="https://docs-aides.hauteloire.fr/catalogue_aides/catalogue_aides_CD43.pdf" target="_self"&gt;
+  Cliquer ici pour télécharger le catalogue des aides du Département de la Haute-Loire (format pdf)
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Plus de 95 structures publiques  équipées
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N50" s="1" t="inlineStr">
+        <is>
+          <t>Tourisme
+Espace public
+Accès aux services
+Cohésion sociale et inclusion
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Innovation, créativité et recherche
+Equipement public
+Animation et mise en réseau
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O50" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Les pré-requis pour bénéficier du kit Wifi 43 :
+  &lt;br /&gt;
+  - Etre une structure publique
+  &lt;br /&gt;
+  - Disposer d&amp;#039;une ligne et d&amp;#039;un abonnement internet ADSL ou autre (Fibre, Wifimax, Satellite, 4G fixe)
+  &lt;br /&gt;
+  - Emettre une délibération de votre assemblée délibérante (un modèle peut vous être fourni)
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Il est recommandé d&amp;#039;avoir un débit supérieur à 2mb/s pour pouvoir utiliser les bornes dans de bonnes conditions.
+  &lt;br /&gt;
+  &lt;br /&gt;
+  NB : Vous pouvez tester votre débit sur le site
+  suivant, par exemple : https://www.degrouptest.com/test-debit.php
+  &lt;br /&gt;
+  Vous pouvez également, si besoin, tester l&amp;#039;éligibilité de votre ligne pour passer sur du Très Haut Débit : https://www.auvergnetreshautdebit.fr/reseau-et-couverture/eligibilite-de-votre-ligne/
+  &lt;br /&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S50" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T50" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U50" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Loire</t>
+        </is>
+      </c>
+      <c r="V50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.hauteloire.fr/Recherche-d-aides-departementales.html</t>
+        </is>
+      </c>
+      <c r="X50" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  -    Elus du Département de la Haute-Loire :
+  &lt;br /&gt;
+ &lt;/strong&gt;
+ &lt;a href="https://www.hauteloire.fr/sites/cg43/IMG/pdf/listing-elus-dep43-mails.pdf" target="_self"&gt;
+  Cliquer ici pour accéder aux coordonnées des élus du Département
+ &lt;/a&gt;
+ &lt;strong&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Service gestionnaire :
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Direction du Numérique (DNUM)
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:dnum&amp;#64;hauteloire.fr" target="_self"&gt;
+  dnum&amp;#64;hauteloire.fr
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y50" s="1" t="inlineStr">
+        <is>
+          <t>sea@hauteloire.fr</t>
+        </is>
+      </c>
+      <c r="Z50" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b800-beneficier-du-reseau-wifi-43/</t>
+        </is>
+      </c>
+      <c r="AA50" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" spans="1:27" customHeight="0">
+      <c r="A51" s="1">
+        <v>157092</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Fiche action n°3 : Renforcer l'attractivité par l'offre de services</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Etablissement public dont services de l'Etat
+Entreprise publique locale (Sem, Spl, SemOp)
+Association
+Entreprise privée
+Particulier
+Recherche</t>
+        </is>
+      </c>
+      <c r="H51" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Ingénierie technique
+Subvention
+Ingénierie Juridique / administrative</t>
+        </is>
+      </c>
+      <c r="I51" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J51" s="1" t="inlineStr">
+        <is>
+          <t>Plancher = 5 000 €, plafond = 60 000 €</t>
+        </is>
+      </c>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ LEADER (Liaison Entre Action de Développement de l&amp;#039;Economie Rurale) est un programme européen en faveur du développement rural qui permet un accompagnement technique et financier aux projets répondant aux fondamentaux LEADER et à une stratégie de développement définie sur le territoire concerné.
+&lt;/p&gt;
+&lt;p&gt;
+ Le GAL de la Pointe de Caux, regroupant 5 collectivités territoriales (Communauté de communes Campagne de Caux, Communauté de communes Côte d&amp;#039;Albâtre, Communauté d&amp;#039;Agglomération Fécamp Caux Littoral, Communauté d&amp;#039;Agglomération Caux Seine Agglo, Communauté Urbaine Le Havre Seine Métropole) porte une Stratégie Locale de Développement. Cette stratégie se décline en 4 grands axes, notamment &amp;#34;Renforcer l&amp;#039;attractivité par l&amp;#039;offre de services&amp;#34;.
+&lt;/p&gt;
+&lt;p&gt;
+ Cet axe vise à renforcer l&amp;#039;attractivité par l&amp;#039;offre de services, à protéger et valoriser le patrimoine rural, à accueillir et fidéliser les habitants, et à dynamiser la vie locale.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;action permettra de viser les attendus suivants :
+&lt;/p&gt;
+&lt;p&gt;
+ - Un patrimoine vernaculaire valorisé (clos masure notamment)
+&lt;/p&gt;
+&lt;p&gt;
+ - Un allongement de la durée des séjours touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ - La mise en place d&amp;#039;une politique d&amp;#039;accueil des nouveaux habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des parcours résidentiels facilités pour les habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - Des centres bourgs dynamiques, des services proches des habitants
+&lt;/p&gt;
+&lt;p&gt;
+ - UN vieillissement de la population mieux anticipé et accompagné
+&lt;/p&gt;
+&lt;p&gt;
+ - Une offre locale de formation renforcée et adaptée
+&lt;/p&gt;
+&lt;p&gt;
+ - Un accès aux services de soins facilité par des initiatives innovantes
+&lt;/p&gt;
+&lt;p&gt;
+ - Un maillage de solutions de mobilités adaptées au territoire
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Les types de projets suivants peuvent prétendre au dispositif LEADER :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Investissement contribuant à la mise en place de réalisations ou d&amp;#039;installations pilotes en matière de :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Acquisition, rénovation, construction, aménagement d&amp;#039;équipements visant à la création ou le développement de services dédiés à l&amp;#039;enfance, à la petite enfance, la jeunesse, aux séniors, ainsi qu&amp;#039;à destination des personnes en situation de handicap.
+&lt;/p&gt;
+&lt;p&gt;
+ - Information et communication en lien avec la création et le développement de services à la population et l&amp;#039;offre existante.
+&lt;/p&gt;
+&lt;p&gt;
+ - Création de nouveaux services numériques.
+&lt;/p&gt;
+&lt;p&gt;
+ - Aménagement favorisant l&amp;#039;accès au numérique dans les lieux publics.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées aux études :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de nouveaux services à la population.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de l&amp;#039;offre de santé sur le territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Développement de services itinérants.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Opérations liées à l&amp;#039;ingénierie pour :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Animation et contribution à la mise en réseau des acteurs du territoire.
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise en place de partenariats avec des centres de formations locaux.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Commerces et services
+Formation professionnelle
+Equipement public
+Inclusion numérique</t>
+        </is>
+      </c>
+      <c r="O51" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Bénéficiaire éligible :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Sont éligibles les personnes physiques ou morales, publiques ou privées à l&amp;#039;exception des grandes entreprises au sens communautaire (cf. Recommandation CE 2003/361/CE du 6 mai 2003), les banques, et les compagnies d&amp;#039;assurance et de mutuelles.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les dépenses éligibles sont celles prévues par le décret n°2023-5 du 03 janvier 2023 fixant les règles relatives aux conditions d&amp;#039;éligibilités temporelle et géographique ainsi que les catégories de dépenses non éligibles des aides du fonds européens agricole pour le développement rural au titre de la programmation débutant en 2023 confiées aux régions et ses éventuelles modifications.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépenses inéligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - Amortissement de biens neufs,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contribution en nature,
+&lt;/p&gt;
+&lt;p&gt;
+ - Contrat de crédit-bail,
+&lt;/p&gt;
+&lt;p&gt;
+ - Bénévolat (dans le cadre de l&amp;#039;auto-construction)
+&lt;/p&gt;
+&lt;p&gt;
+ - TVA (si elle est récupérée par le bénéficiaire)
+&lt;/p&gt;
+&lt;p&gt;
+ - Construction/rénovation/extension de ponts, tunnels, voies de communication routière, ferroviaire et fluviale (sauf pour les ouvrages d&amp;#039;arts classés ou inscrits conformément à la règlementation nationale),
+&lt;/p&gt;
+&lt;p&gt;
+ - Infrastructures numériques fixes ou mobiles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Etudes rendues obligatoires par la loi,
+&lt;/p&gt;
+&lt;p&gt;
+ - Mise aux normes strictes,
+&lt;/p&gt;
+&lt;p&gt;
+ - Travaux effectués en régie,
+&lt;/p&gt;
+&lt;p&gt;
+ - Achat de terrain et de biens immeubles,
+&lt;/p&gt;
+&lt;p&gt;
+ - Retenues de garanties et aléas (commande publique)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Montant maximal de dépenses éligibles présentées à LEADER :
+ &lt;/strong&gt;
+ 1 million d&amp;#039;euros HT
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Les communes inéligibles sont :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ - L&amp;#039;ensemble des communes du Parc Naturel Régional des Boucles de la Seine Normande (éligible à un autre programme LEADER)
+&lt;/p&gt;
+&lt;p&gt;
+ - Les communes urbaines suivantes : Le Havre, Sainte-Adresse, Montivilliers, Harfleur, Gonfreville-l&amp;#039;Orcher, Octeville-sur-Mer, Epouville, Fontaine-la-Mallet, Gainneville.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S51" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T51" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U51" s="1" t="inlineStr">
+        <is>
+          <t>GAL de la Pointe de Caux</t>
+        </is>
+      </c>
+      <c r="V51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.lehavreseinemetropole.fr/</t>
+        </is>
+      </c>
+      <c r="X51" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Nicolas Bécue
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;a target="_self"&gt;
+  nicolas.becue&amp;#64;lehavremetro.fr
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ 02.76.40.52.62 / 07.86.73.14.49
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y51" s="1" t="inlineStr">
+        <is>
+          <t>nicolas.becue@lehavremetro.fr</t>
+        </is>
+      </c>
+      <c r="Z51" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cf36-leader-action-n3-renforcer-lattractivite-par-/</t>
+        </is>
+      </c>
+      <c r="AA51" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" spans="1:27" customHeight="0">
+      <c r="A52" s="1">
+        <v>155106</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Créer, rénover, restructurer, étendre un pôle de santé (PSLA), une maison de santé (MSP) ou un centre de santé (CDS)</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Équipements publics de santé (politique territoriale 22-28)</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Manche</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H52" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   NATURE DES PROJETS ÉLIGIBLES
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Tout projet immobilier portant sur la création, la rénovation, la restructuration, l&amp;#039;extension de pôle de santé (PSLA), de maison de santé (MSP) ou de centre de santé (CDS), permettant l&amp;#039;amélioration de l&amp;#039;accès aux soins par le regroupement de professionnels de santé, sur la base d&amp;#039;un projet de santé partagé par les acteurs du territoire et validé dans le cadre des instances de la charte partenariale régionale d&amp;#039;accès aux soins ambulatoires (2021-2025).
 &lt;/p&gt;
 &lt;p&gt;
  Pour rappel :
 &lt;/p&gt;
 &lt;p&gt;
  &lt;/p&gt;&lt;ul&gt;
   &lt;li&gt;
    Une MSP est une structure de soins de proximité composée d&amp;#039;au moins de 2 médecins généralistes et 1 professionnel paramédical. Elle regroupe des professionnels de santé médicaux libéraux qui bénéficient d&amp;#039;un cadre de travail collectif propice à la coordination des soins sur le territoire.
   &lt;/li&gt;
   &lt;li&gt;
    Un PSLA est une structure fonctionnelle composée de plus de 10 professionnels de santé dont au moins de 2 médecins généralistes et 1 professionnel paramédical, engagés dans travail d&amp;#039;équipe visant à une meilleure coordination des soins de proximité en faveur de la population.
   &lt;/li&gt;
   &lt;li&gt;
    Un CDS est une structure sanitaire de proximité dispensant des soins de premier recours en ambulatoire : ouverte à tout public et pratiquant le tiers payant sans dépassement d&amp;#039;honoraires. Un CDS regroupe des professionnels de santé salariés dont au moins 2 médecins généralistes.
   &lt;/li&gt;
  &lt;/ul&gt;
  &lt;p&gt;
@@ -760,64 +8679,64 @@
   Participation du conseil départemental sur la base des dépenses éligibles HT avec application d&amp;#039;un taux fixe de 10% à 40%.
  &lt;/p&gt;
  &lt;p&gt;
   Si le projet répond aux conditions de bonification, le montant de la subvention sera majoré de 20%.
  &lt;/p&gt;
  &lt;p&gt;
   &lt;strong&gt;
    PIÈCES À FOURNIR
   &lt;/strong&gt;
  &lt;/p&gt;
  &lt;p&gt;
   &lt;/p&gt;&lt;ul&gt;
    &lt;li&gt;
     Projet de santé validé par le comité opérationnel départemental
    &lt;/li&gt;
    &lt;li&gt;
     Pour les rénovations, document de diagnostic énergétique
    &lt;/li&gt;
    &lt;li&gt;
     Pièces justifiant la bonification si sollicitation
    &lt;/li&gt;
   &lt;/ul&gt;
 </t>
         </is>
       </c>
-      <c r="N5" s="1" t="inlineStr">
+      <c r="N52" s="1" t="inlineStr">
         <is>
           <t>Santé
 Revitalisation
 Bâtiments et construction
 Réhabilitation</t>
         </is>
       </c>
-      <c r="O5" s="1" t="inlineStr">
+      <c r="O52" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R5" s="1" t="inlineStr">
+      <c r="R52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   CONDITIONS D&amp;#039;ÉLIGIBILITÉ
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Respect de la réglementation en vigueur, notamment en matière de performance énergétique des bâtiments publics et d&amp;#039;accessibilité des établissements recevant du public
  &lt;/li&gt;
  &lt;li&gt;
   Document de diagnostic définissant un état des lieux énergétique du bâti et des préconisations de travaux si nécessaire (dépense éligible) ;
  &lt;/li&gt;
  &lt;li&gt;
   A minima travail avec un maitre d&amp;#039;œuvre pour s&amp;#039;assurer de la bonne réalisation du projet dans le respect des normes en vigueur ;
  &lt;/li&gt;
  &lt;li&gt;
   Bouquet de deux types de travaux énergétiques obligatoire si nécessité d&amp;#039;entreprendre ce type de travaux.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  NB : Un équipement ayant déjà fait l&amp;#039;objet d&amp;#039;un accompagnement financier du département dans un délai de 4 ans, ne pourra pas faire l&amp;#039;objet d&amp;#039;une nouvelle demande d&amp;#039;aide financière, sauf à justifier cette nouvelle demande par de nouveaux besoins (réglementaires, nouvelles activités...).
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
@@ -892,12315 +8811,306 @@
   Sont exclus des dépenses éligibles :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les frais d&amp;#039;acquisition de terrain
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux de desserte routière de l&amp;#039;équipement et de parking si non perméable
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux liés uniquement à l&amp;#039;accessibilité et à l&amp;#039;entretien courant des locaux
  &lt;/li&gt;
  &lt;li&gt;
   Les frais de publicité, de reproduction des dossiers
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux réalisés en régie
  &lt;/li&gt;
  &lt;li&gt;
   Les travaux d&amp;#039;assainissement non collectif
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S5" s="1" t="inlineStr">
+      <c r="S52" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T5" s="1" t="inlineStr">
+      <c r="T52" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U5" s="1" t="inlineStr">
+      <c r="U52" s="1" t="inlineStr">
         <is>
           <t>Manche</t>
         </is>
       </c>
-      <c r="V5" s="1" t="inlineStr">
+      <c r="V52" s="1" t="inlineStr">
         <is>
           <t>https://www.manche.fr/guide-des-aides/equipements-publics-de-sante-politique-territoriale-22-28/</t>
         </is>
       </c>
-      <c r="W5" s="1" t="inlineStr">
+      <c r="W52" s="1" t="inlineStr">
         <is>
           <t>https://subventions.manche.fr/</t>
         </is>
       </c>
-      <c r="X5" s="1" t="inlineStr">
+      <c r="X52" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Formulaire de contact :
  &lt;a href="https://www.manche.fr/contacter-le-departement/" target="_self"&gt;
   https://www.manche.fr/contacter-le-departement/
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Téléphone : 02.33.05.96.17
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y5" s="1" t="inlineStr">
+      <c r="Y52" s="1" t="inlineStr">
         <is>
           <t>aides-territoires@incubateur.anct.gouv.fr</t>
         </is>
       </c>
-      <c r="Z5" s="1" t="inlineStr">
+      <c r="Z52" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/2301-equipements-publics-de-sante-politique-territ/</t>
         </is>
       </c>
-      <c r="AA5" s="1" t="inlineStr">
+      <c r="AA52" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="6" spans="1:27" customHeight="0">
-[...8236 lines deleted...]
-      <c r="A51" s="1">
+    <row r="53" spans="1:27" customHeight="0">
+      <c r="A53" s="1">
         <v>162524</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Développer un territoire inclusif et cohésif</t>
         </is>
       </c>
-      <c r="C51" s="1" t="inlineStr">
+      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>EUROPE - LEADER - Liaison entre Actions de Développement de l’Économie Rurale</t>
         </is>
       </c>
-      <c r="D51" s="1" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Un territoire qui favorise la cohésion sociale et qui promeut la proximité</t>
         </is>
       </c>
-      <c r="E51" s="1" t="inlineStr">
+      <c r="E53" s="1" t="inlineStr">
         <is>
           <t>PETR Centre-Cher</t>
         </is>
       </c>
-      <c r="F51" s="1" t="inlineStr">
+      <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Conseil régional du Centre-Val de Loire</t>
         </is>
       </c>
-      <c r="G51" s="1" t="inlineStr">
+      <c r="G53" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Etablissement public dont services de l'Etat
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H51" s="1" t="inlineStr">
+      <c r="H53" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I51" s="1" t="inlineStr">
+      <c r="I53" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K51" s="1" t="inlineStr">
+      <c r="K53" s="1" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
-      <c r="L51" s="1" t="inlineStr">
+      <c r="L53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Maintenir une offre de services adaptée aux besoins de la population :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;accompagner la réalisation de diagnostic des besoins&lt;/li&gt;&lt;li&gt;faciliter l&amp;#039;installation et la pérennisation des commerces et services de proximité&lt;/li&gt;&lt;li&gt;faciliter la mise en place de services itinérants (de proximité, santé, commerces, culture…)&lt;/li&gt;&lt;li&gt;accompagner les initiatives innovantes contribuant à favoriser l’accès aux services, l’animation et le lien social des centres bourgs et villages&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Développer l&amp;#039;offre de services enfance-jeunesse sur le territoire :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à la petite enfance et accompagner l&amp;#039;élargissement des horaires des structures de garde, en particulier en horaires atypique (matins, soirs, week-end)&lt;/li&gt;&lt;li&gt;faciliter le développement et la création de structures dédiées à l’enfance et à la jeunesse (accueil périscolaire, ALSH, PIJ...)&lt;/li&gt;&lt;li&gt;accompagner les initiatives en faveur du soutien à la parentalité (lieux d’accueil parents/enfants…)&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Réduire la fracture numérique et retrouver de l&amp;#039;humain dans l&amp;#039;usage numérique :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les actions de formation pour les personnes souffrant d&amp;#039;illectronisme&lt;/li&gt;&lt;li&gt;soutenir les actions de lutte contre la surfacturation numérique&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Renforcer la capacité à accueillir et fidéliser les nouveaux arrivants :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;soutenir les démarches favorisant l’intégration des nouveaux arrivés dans le tissu social et à pérenniser leur installation sur le territoire&lt;/li&gt;&lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N51" s="1" t="inlineStr">
+      <c r="N53" s="1" t="inlineStr">
         <is>
           <t>Culture et identité collective
 Sports et loisirs
 Jeunesse
 Famille et enfance
 Accès aux services
 Cohésion sociale et inclusion
 Santé
 Commerces et services
 Economie locale et circuits courts
 Revitalisation
 Inclusion numérique</t>
         </is>
       </c>
-      <c r="O51" s="1" t="inlineStr">
+      <c r="O53" s="1" t="inlineStr">
         <is>
           <t>Ponctuelle</t>
         </is>
       </c>
-      <c r="P51" s="1" t="inlineStr">
+      <c r="P53" s="1" t="inlineStr">
         <is>
           <t>01/01/2024</t>
         </is>
       </c>
-      <c r="Q51" s="1" t="inlineStr">
+      <c r="Q53" s="1" t="inlineStr">
         <is>
           <t>31/12/2027</t>
         </is>
       </c>
-      <c r="R51" s="1" t="inlineStr">
+      <c r="R53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Les opérations doivent se dérouler sur le périmètre du GAL ou contribuer directement à la stratégie du GAL.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses éligibles du cadre d’intervention :&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Investissements / équipements matériels et immatériels ainsi que des achats de fournitures nécessaire à l’opération,&lt;/li&gt;&lt;li&gt;Dépenses de location, de sous-traitance,&lt;/li&gt;&lt;li&gt;Frais de personnels nécessaires à la réalisation de l’opération et comportant un lien démontré avec celle-ci (salaires, charges liées et traitements accessoires),&lt;/li&gt;&lt;li&gt;Dépenses de conseil, expertise juridique, notaire : dans la limite de 10 % des autres dépenses,&lt;/li&gt;&lt;li&gt;Achat de terrain bâti ou non bâti dans la limite de 10 % des dépenses totales éligibles de l’opération,&lt;/li&gt;&lt;li&gt;Achat de biens immeubles (dans la limite des règles d’éligibilité définies au niveau régional),&lt;/li&gt;&lt;li&gt;Notes de frais des personnels ou bénévoles,&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Coûts indirects selon un taux forfaitaire de 15 % des frais de personnels directs éligibles (option de coûts simplifiés (OCS) conformément à l’article 83 du règlement (UE) 2021/2115 relatif aux plans stratégiques nationaux et à l’article 54-b du règlement (UE) 2021/1060 relatif aux fonds européens de soutien et d’investissement)&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Dépenses inéligibles :&lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Les dépenses suivantes sont inéligibles et ne peuvent être financées :&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;ul&gt;&lt;li&gt;Projets éligibles à une autre intervention prévue dans le Programme Régional d’Interventions (PRI) Centre-Val de Loire 2023-2027 (que le projet soit financé ou non par le PRI),&lt;/li&gt;&lt;li&gt;Frais professionnels des personnels (frais de déplacement, de restauration, d’hébergement) : ils bénéficient d’une prise en compte dans le cadre des OCS de 15 % (options de couts simplifiés).&lt;/li&gt;&lt;li&gt;Le matériel d’occasion (ainsi que le matériel reconditionné en usine)&lt;/li&gt;&lt;li&gt;Les investissements de simple remplacement (ne sont pas considérés comme un simple remplacement et sont éligibles les dépenses d’acquisition d’un bien en remplacement d’un bien amorti au plan comptable)&lt;/li&gt;&lt;li&gt;Crédit-bail&lt;/li&gt;&lt;li&gt;Coûts d’amortissement&lt;/li&gt;&lt;li&gt;Contributions en nature, y compris les contributions en nature sous forme de travail non rémunéré. Les dépenses de construction réalisée par le bénéficiaire (auto-construction) sont inéligibles. En revanche, les matériaux utilisés dans ce cadre demeurent éligibles.&lt;/li&gt;&lt;li&gt;Ouverture et tenue des comptes bancaires&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;&lt;strong&gt;Eligibilité temporelle : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, une dépense doit avoir fait l’objet d’une demande d’aide avant son début d’exécution. Tout commencement d’exécution d’une dépense avant l’accusé de réception de la demande d’aide remet en cause l’éligibilité de cette dépense.&lt;/p&gt;&lt;p&gt;Par « commencement d’exécution de l’opération », il faut comprendre le premier acte juridique passé pour la réalisation du projet ou, à défaut, le paiement de la première dépense (par exemple : signature d’un devis, d’un bon de commande, notification d’un marché public, paiement d’un acompte, d’une facture…). &lt;/p&gt;&lt;p&gt;&lt;strong&gt;Montants et taux d&amp;#039;aide applicables : &lt;/strong&gt;&lt;/p&gt;&lt;p&gt;Pour être éligible, le projet doit respecter un seuil minimum de 6 250 € d&amp;#039;aide publique. Au moment du paiement, le montant d&amp;#039;aide publique devra avoir atteint au moins 90 % de ce seuil (5 625 €) pour que le projet demeure éligible.&lt;br /&gt;Plafond maximum de dépenses publiques pour les projets d&amp;#039;investissement matériel : 125 000 €&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p&gt;&lt;/p&gt;&lt;p id="_com_1" language="JavaScript"&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S51" s="1" t="inlineStr">
+      <c r="S53" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="T51" s="1" t="inlineStr">
+      <c r="T53" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U51" s="1" t="inlineStr">
+      <c r="U53" s="1" t="inlineStr">
         <is>
           <t>PETR CENTRE-CHER</t>
         </is>
       </c>
-      <c r="V51" s="1" t="inlineStr">
+      <c r="V53" s="1" t="inlineStr">
         <is>
           <t>https://www.sirdab.fr/</t>
         </is>
       </c>
-      <c r="X51" s="1" t="inlineStr">
+      <c r="X53" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;a target="_self"&gt;leader&amp;#64;petr-centrecher.fr&lt;/a&gt;// &lt;a target="_self"&gt;anthony.affouard&amp;#64;petr-centrecher.fr&lt;/a&gt;&lt;br /&gt;&lt;/p&gt;&lt;p&gt;Ligne directe : 02 46 59 15 45&lt;br /&gt;Standard : 02 46 59 15 40&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y51" s="1" t="inlineStr">
+      <c r="Y53" s="1" t="inlineStr">
         <is>
           <t>anthony.affouard@petr-centrecher.fr</t>
         </is>
       </c>
-      <c r="Z51" s="1" t="inlineStr">
+      <c r="Z53" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/un-territoire-inclusif-et-cohesif/</t>
-        </is>
-[...451 lines deleted...]
-          <t>https://aides-territoires.beta.gouv.fr/aides/9a6b-former-aux-usages-numeriques-avec-les-conseil/</t>
         </is>
       </c>
       <c r="AA53" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:27" customHeight="0">
       <c r="A54" s="1">
-        <v>121447</v>
+        <v>117550</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Accompagner vers un village intelligent et durable (rural)</t>
-[...4 lines deleted...]
-          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+          <t>Assister les élus du Jura de la conception à la réalisation des projets de leur collectivité</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>Accompagner le développement territorial vers un développement durable via un village intelligent et durable</t>
+          <t>Assistance de premier niveau, de la conception à la réalisation des projets des collectivités du Jura</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>Conseil régional de Bourgogne-Franche-Comté</t>
+          <t>Association des Maires du Jura et des Présidents d'intercommunalité (AMJ)</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
-        <is>
-[...1806 lines deleted...]
-      <c r="G64" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H64" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K64" s="1" t="inlineStr">
+      <c r="H54" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie financière
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K54" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L64" s="1" t="inlineStr">
-[...1503 lines deleted...]
-      <c r="L70" s="1" t="inlineStr">
+      <c r="L54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  L&amp;#039;Association des Maires et présidents d&amp;#039;intercommunalité du Jura vous accompagne dans vos démarches de montage de projet, répond à vos questions juridiques, administratives et financières, vous propose des réunions d&amp;#039;informations ou des
  &lt;a href="http://www.maires39.asso.fr/amj_formations.html" rel="noopener" target="_blank"&gt;
   formations thématiques
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
  , le tout dans un cadre de partage d&amp;#039;expériences enrichissant.
 &lt;/p&gt;
 &lt;p&gt;
  Il est fortement recommandé de solliciter l&amp;#039;AMJ dès l&amp;#039;idée du projet afin d&amp;#039;optimiser l&amp;#039;accompagnement personnalisé.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;AMJ ni AMO si Maitre d&amp;#039;Oeuvre, facilite l&amp;#039;appropriation du projet grâce aux prestations proposées.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M70" s="1" t="inlineStr">
+      <c r="M54" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Réponse aux questions juridiques, administratives, financières et techniques de la conception à la réalisation du projet
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : pollution de l&amp;#039;eau et interprétation technique des seuils dépassés
  &lt;br /&gt;
  Ex : classement ou déclassement voirie communale en vue travaux d&amp;#039;aménagement
  &lt;br /&gt;
  Ex : aide à la détermination de l&amp;#039;assiette des dépenses éligibles au FCTVA
  &lt;br /&gt;
  Ex : En amont du projet aide à au choix de la bonne procédure de passation. définition du besoin / montage contractuel / passation / execution. Clauses de prix. Intégration développement durable en exécution suite loi Climat.  Relecture du DCE
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   organisation de sessions d&amp;#039;information thématiques :
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : dispositif département Jura subventions DETR DSIL FNADT
  &lt;br /&gt;
  Ex : modes d&amp;#039;accompagnement de l&amp;#039;ANCT dans le Jura
  &lt;br /&gt;
@@ -13215,51 +9125,51 @@
  Ex : défense extérieure contre l&amp;#039;incendie (aspects juridiques),
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   organisation de formations thématiques
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  Ex : comment mobiliser les fonds européens sur son territoire
  &lt;br /&gt;
  Ex : mécénat et financement participatif
  &lt;br /&gt;
  Ex : marchés publics - comment acheter local
  &lt;br /&gt;
  Ex : analyse budgétaire - capacité d&amp;#039;investissement - détermination montant de l&amp;#039;emprunt
  &lt;br /&gt;
  Ex : réalisation des travaux
  &lt;br /&gt;
  Ex :
  comment associer les habitants à un projet communal ou intercommunal
  &lt;br /&gt;
  Ex le projet culturel du territoire
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N70" s="1" t="inlineStr">
+      <c r="N54" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Alimentation
@@ -13269,179 +9179,423 @@
 Economie circulaire
 Economie locale et circuits courts
 Economie sociale et solidaire
 Revitalisation
 Risques naturels
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Appui méthodologique
 Animation et mise en réseau
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Bibliothèques et livres
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes</t>
         </is>
       </c>
-      <c r="O70" s="1" t="inlineStr">
+      <c r="O54" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R70" s="1" t="inlineStr">
+      <c r="R54" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  *sous adhésion&amp;#039; dans les critères d&amp;#039;éligibilité.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S70" s="1" t="inlineStr">
+      <c r="S54" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T70" s="1" t="inlineStr">
+      <c r="T54" s="1" t="inlineStr">
         <is>
           <t>Dépenses de fonctionnement
 Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U70" s="1" t="inlineStr">
+      <c r="U54" s="1" t="inlineStr">
         <is>
           <t>Jura</t>
         </is>
       </c>
-      <c r="V70" s="1" t="inlineStr">
+      <c r="V54" s="1" t="inlineStr">
         <is>
           <t>http://www.amjura.fr</t>
         </is>
       </c>
-      <c r="X70" s="1" t="inlineStr">
+      <c r="X54" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Madame la Présidente
  &lt;/li&gt;
  &lt;li&gt;
   AMJ
  &lt;/li&gt;
  &lt;li&gt;
   2 rue de Pavigny 39000 Lons-le-Saunier
  &lt;/li&gt;
  &lt;li&gt;
   Tél 03-84-86-07-07
  &lt;/li&gt;
  &lt;li&gt;
   &lt;a href="mailto:contact&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    contact&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Service assistance juridique, administrative et financière :
   &lt;a href="mailto:juridique&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    juridique&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Service formation :
   &lt;a href="mailto:formation&amp;#64;amjura.fr" rel="noopener" target="_blank"&gt;
    formation&amp;#64;amjura.fr
    &lt;span&gt;
     Ouvre une nouvelle fenêtre
    &lt;/span&gt;
   &lt;/a&gt;
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="Y70" s="1" t="inlineStr">
+      <c r="Y54" s="1" t="inlineStr">
         <is>
           <t>fabrice.castro@amjura.fr</t>
         </is>
       </c>
-      <c r="Z70" s="1" t="inlineStr">
+      <c r="Z54" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/60b3-expertise-juridique-administrative-et-financi/</t>
         </is>
       </c>
-      <c r="AA70" s="1" t="inlineStr">
+      <c r="AA54" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="71" spans="1:27" customHeight="0">
-      <c r="A71" s="1">
+    <row r="55" spans="1:27" customHeight="0">
+      <c r="A55" s="1">
+        <v>120897</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Innov'up Expérimentation Transition écologique des territoires</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional d'Ile de France</t>
+        </is>
+      </c>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Association
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H55" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I55" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 45</t>
+        </is>
+      </c>
+      <c r="J55" s="1" t="inlineStr">
+        <is>
+          <t>La limite de 500.000€ de subvention et 500.000€ d’avance récupérable.</t>
+        </is>
+      </c>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La Région, Bpifrance et leurs partenaires accompagnent les TPE, PME et ETI d&amp;#039;Île-de-France qui expérimentent des solutions innovantes en réponse aux enjeux de transition écologique des territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Bpifrance
+ &lt;/strong&gt;
+ accompagne les entreprises vers la transition écologique via son plan Climat, qui soutient les greentechs et offreurs de solution « verte » et les investissements dans la filière énergies renouvelables.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Cap Digital
+ &lt;/strong&gt;
+ est le 1er collectif européen d&amp;#039;innovateurs du numérique et de la transition écologique. Il regroupe plus de 1.000 structures dont des PME, grandes entreprises/ETI/EPIC, écoles/universités/labos et des fonds d&amp;#039;investissement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La Fondation Solar Impulse
+ &lt;/strong&gt;
+ vise à stimuler l&amp;#039;adoption de solutions innovantes rentables pour protéger l&amp;#039;environnement.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Construire au Futur, Habiter le Futur
+ &lt;/strong&gt;
+ réunit 120 partenaires (collectivités territoriales, établissements publics, start-up, grands groupes industriels, fédérations pro, universités...) voulant construire l&amp;#039;industrie de la construction de demain, innovante, verte, modulaire, et plus proche des usages des clients/bénéficiaires.
+&lt;/p&gt;
+&lt;br /&gt;
+&lt;p&gt;
+ Ce programme vise à expérimenter; en conditions réelles, des solutions innovantes qui offrent des réponses concrètes aux enjeux de transition écologique rencontrés par les territoires franciliens.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  Les projets ciblés répondent aux priorités identifiées dans le cadre du SRDEII « Impact 2028 » :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;/p&gt;&lt;ul&gt;
+  &lt;li&gt;
+   Éco-construction,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Mobilité et logistique durables,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Déchets et économie circulaire,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sobriété et Énergie décarbonée,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Adaptation et résilience,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Nature et biodiversité.
+  &lt;/li&gt;
+ &lt;/ul&gt;
+ &lt;span&gt;
+  Les solutions doivent être expérimentées avec les acteurs directement impliqués dans la mise en œuvre de la transition du territoire francilien :
+ &lt;/span&gt;
+ &lt;br /&gt;
+ &lt;ul&gt;
+  &lt;li&gt;
+   Acteurs publics locaux (communes, EPCI, syndicats...),
+  &lt;/li&gt;
+  &lt;li&gt;
+   Acteurs privés en situation de délégation de service public,
+  &lt;/li&gt;
+  &lt;li&gt;
+   Sociétés privées (dès lors qu&amp;#039;elles participent de la mise en œuvre de solutions au service des territoires).
+  &lt;/li&gt;
+ &lt;/ul&gt;
+&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Biodiversité
+Attractivité économique</t>
+        </is>
+      </c>
+      <c r="O55" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="R55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les entreprises franciliennes, TPE, PME et ETI, quelle que soit leur forme juridique, y compris les associations ayant une activité économique.
+&lt;/p&gt;
+&lt;p&gt;
+ Le candidat devra posséder au moins 1 établissement sur le territoire francilien ou justifier la volonté de s&amp;#039;y implanter.
+&lt;/p&gt;
+&lt;p&gt;
+ Les partenaires du programme, Cap Digital, la fondation Solar Impulse et l&amp;#039;association « Construire au Futur, Habiter le Futur », sont mobilisés pour  fournir aux territoires et aux entreprises un accompagnement opérationnel à l&amp;#039;identification de partenaires et à la qualification des projets  d&amp;#039;expérimentation.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les entreprises, l&amp;#039;aide peut prendre la forme d&amp;#039;
+ &lt;strong&gt;
+  une subvention et/ou une avance récupérable (AR), dans la limite de 500.000€ de subvention et 500.000€ d&amp;#039;avance récupérable.
+ &lt;/strong&gt;
+ &lt;br /&gt;
+ &lt;br /&gt;
+ Le taux d&amp;#039;intervention s&amp;#039;applique en fonction de la taille de l&amp;#039;entreprise (de 25% à 45%).
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les coûts admissibles dans le cadre du projet doivent rentrer dans les catégories de coûts éligibles au régime cadre exempté numéro SA. 58995 relatifs aux aides à la recherche, au développement et à l&amp;#039;innovation (RDI).
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;
+  L&amp;#039;ensemble des critères sont précisés dans le cahier des charges.
+ &lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  La demande d&amp;#039;aide est à déposer sur la plateforme
+ &lt;/strong&gt;
+ &lt;a href="https://mesdemarches.iledefrance.fr/" rel="noopener" target="_blank"&gt;
+  &lt;strong&gt;
+   mesdemarches.iledefrance.fr
+  &lt;/strong&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ La demande d&amp;#039;aide doit être déposée
+ &lt;strong&gt;
+  avant le démarrage du projet.
+ &lt;/strong&gt;
+ Toute dépense antérieure ne pourra pas être prise en compte.
+&lt;/p&gt;
+&lt;p&gt;
+ Les candidatures peuvent être déposées « au fil de l&amp;#039;eau » et sont relevées régulièrement tout au long de l&amp;#039;année.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour plus d&amp;#039;informations, n&amp;#039;hésitez pas à consulter le cahier des charges et le règlement d&amp;#039;intervention Innov&amp;#039;up dans les documents téléchargeables.
+&lt;/p&gt;
+&lt;p&gt;
+ Avant tout dépôt de dossier, il est vivement recommandé de contacter les partenaires du programme pour vous accompagner dans la qualification de votre projet.
+&lt;/p&gt;
+&lt;p&gt;
+ Nous vous proposons un webinaire afin de vous présenter le programme, vous expliquer les priorités régionales et répondre à vos questions pour bien candidater.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S55" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U55" s="1" t="inlineStr">
+        <is>
+          <t>Île-de-France</t>
+        </is>
+      </c>
+      <c r="V55" s="1" t="inlineStr">
+        <is>
+          <t>https://www.iledefrance.fr/aides-et-appels-a-projets/innovup-experimentation-transition-ecologique-des-territoires</t>
+        </is>
+      </c>
+      <c r="X55" s="1" t="inlineStr">
+        <is>
+          <t>&lt;a href="mailto:innovup-transition-ecologique&amp;#64;iledefrance.fr" rel="noopener" target="_blank"&gt;
+ innovup-transition-ecologique&amp;#64;iledefrance.fr
+ &lt;span&gt;
+  Ouvre une nouvelle fenêtre
+ &lt;/span&gt;
+&lt;/a&gt;</t>
+        </is>
+      </c>
+      <c r="Y55" s="1" t="inlineStr">
+        <is>
+          <t>guidedesaides@iledefrance.fr</t>
+        </is>
+      </c>
+      <c r="Z55" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1c5b-innovup-experimentation-transition-ecologique/</t>
+        </is>
+      </c>
+      <c r="AA55" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="56" spans="1:27" customHeight="0">
+      <c r="A56" s="1">
         <v>119940</v>
       </c>
-      <c r="B71" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Soutenir les projets d'investissement des départements - Dotation de soutien à l'investissement des départements (DSID)</t>
         </is>
       </c>
-      <c r="E71" s="1" t="inlineStr">
+      <c r="E56" s="1" t="inlineStr">
         <is>
           <t>Préfectures de région</t>
         </is>
       </c>
-      <c r="G71" s="1" t="inlineStr">
+      <c r="G56" s="1" t="inlineStr">
         <is>
           <t>Département</t>
         </is>
       </c>
-      <c r="H71" s="1" t="inlineStr">
+      <c r="H56" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I71" s="1" t="inlineStr">
+      <c r="I56" s="1" t="inlineStr">
         <is>
           <t> Max : 80</t>
         </is>
       </c>
-      <c r="K71" s="1" t="inlineStr">
+      <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L71" s="1" t="inlineStr">
+      <c r="L56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La DSID est attribuée par le préfet de région sous forme de subventions d&amp;#039;investissement, dans le cadre d&amp;#039;une enveloppe régionale unique et dans les domaines jugés prioritaires au niveau local.
 &lt;/p&gt;
 &lt;p&gt;
  Le montant total de la DSID s&amp;#039;élève à 212 M€. Ce montant est divisé en enveloppes régionales dont les modalités de répartition sont fixées à l&amp;#039;article L. 3334-10 du CGCT.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Priorités thématiques d&amp;#039;affectation
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  La DSID est une dotation de soutien à l&amp;#039;investissement des départements, concourant à un objectif de cohésion des territoires.
  &lt;br /&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les préfets de région tiennent compte des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets. Ils veillent également à ce que la sélection des dossiers se fasse en cohérence avec les politiques portées par le Gouvernement et prêtent ainsi une attention particulière :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   &lt;p&gt;
    au financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
   &lt;/p&gt;
  &lt;/li&gt;
@@ -13458,1528 +9612,526 @@
  &lt;li&gt;
   &lt;p&gt;
    à la mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
   &lt;/p&gt;
  &lt;/li&gt;
  &lt;li&gt;
   &lt;p&gt;
    plus généralement, à l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
   &lt;/p&gt;
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Responsabilité de l&amp;#039;échelon déconcentré dans l&amp;#039;attribution de la DSID
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Les modalités de recueil et de sélection des dossiers au titre de la DSID sont organisées à l&amp;#039;échelon déconcentré et relèvent du préfet de région. Les préfets de départements peuvent cependant être utilement associés au recensement et à la pré-sélection des dossiers.
 &lt;/p&gt;
 &lt;p&gt;
  Il appartient donc aux conseils départementaux de se rapprocher de leur préfecture de département et/ou de région afin de prendre connaissance des modalités de recueil, d&amp;#039;instruction et de sélection des projets susceptibles d&amp;#039;être éligibles à la DSID.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M71" s="1" t="inlineStr">
+      <c r="M56" s="1" t="inlineStr">
         <is>
           <t>&lt;ul&gt;
  &lt;li&gt;
   Rénovation thermique et mise aux normes de bâtiments publics
  &lt;/li&gt;
  &lt;li&gt;
   Création d&amp;#039;une voie verte
  &lt;/li&gt;
  &lt;li&gt;
   Aménagement de nouveaux arrêts et terminus de bus
  &lt;/li&gt;
  &lt;li&gt;
   Réalisation d&amp;#039;une médiathèque
  &lt;/li&gt;
  &lt;li&gt;
   Réaménagement des locaux de l&amp;#039;office du tourisme
  &lt;/li&gt;
  &lt;li&gt;
   Extension et restructuration d&amp;#039;un collège, construction et rénovation d&amp;#039;équipements sportifs
   &lt;br /&gt;
  &lt;/li&gt;
  &lt;li&gt;
   Travaux de voirie et ouvrages d&amp;#039;art
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N71" s="1" t="inlineStr">
+      <c r="N56" s="1" t="inlineStr">
         <is>
           <t>Assainissement des eaux
 Tourisme
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
 Santé
 Education et renforcement des compétences
 Alimentation
 Technologies numériques et numérisation
 Tiers-lieux
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Mobilité fluviale
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O71" s="1" t="inlineStr">
+      <c r="O56" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R71" s="1" t="inlineStr">
+      <c r="R56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  &lt;strong&gt;
   Les collectivités éligibles à la DSID :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   L&amp;#039;ensemble des départements de métropole et d&amp;#039;outre-mer ainsi que la collectivité de Corse et les collectivités de Guyane, de Martinique, de Saint Pierre-et-Miquelon, de Saint-Barthélemy et Saint-Martin.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   La nature des projets éligibles :
   &lt;br /&gt;
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   Les préfets de régions ainsi que le préfet de Mayotte, le préfet de la région Guadeloupe (pour Saint-Barthélemy et Saint-Martin) et le préfet de Saint-Pierre-et-Miquelon sont chargés de la répartition des enveloppes régionales de la DSID entre les collectivités éligibles et de la détermination des modalités d&amp;#039;organisation retenues au niveau local.
  &lt;/li&gt;
  &lt;li&gt;
   La programmation des crédits doit s&amp;#039;inscrire, aux termes de la loi, dans un objectif de cohésion des territoires. Les projets retenus ou suscités doivent mettre en œuvre un objectif de solidarité entre les différents territoires d&amp;#039;un même département ou entre les différents départements d&amp;#039;une même région. Il convient aussi de tenir compte, dans les arbitrages, des capacités financières ainsi que de la situation économique et sociale des départements porteurs de projets.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  &lt;strong&gt;
   Dans ce cadre, la sélection des dossiers se fait en cohérence avec les politiques portées par le Gouvernement :
  &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   le financement du déploiement de la couverture très haut débit du territoire, pour lequel le Gouvernement mobilise des moyens importants ;
  &lt;/li&gt;
  &lt;li&gt;
   en matière sociale, les projets qui s&amp;#039;intègrent dans la stratégie nationale de prévention et de protection de l&amp;#039;enfance ;les projets concourant à l&amp;#039;amélioration de la qualité et de l&amp;#039;accès aux services publics, particulièrement ceux portés par les conseils départementaux en matière scolaire (mise en accessibilité pour les personnes handicapées, etc.) ;mise en œuvre des projets de territoires définis dans les contrats de relance et de transition écologique (CRTE) ;
  &lt;/li&gt;
  &lt;li&gt;
   plus généralement, l&amp;#039;ensemble des politiques contractuelles, quand le conseil départemental en est signataire et pour les opérations desquelles il est maître d&amp;#039;ouvrage, ainsi qu&amp;#039;aux plans spécifiques dont l&amp;#039;objet est de mobiliser l&amp;#039;ensemble des instruments financiers au profit d&amp;#039;un bassin de vie et d&amp;#039;emploi identifié : programmes Action Cœur de ville, Petites villes de demain, Agenda rural, France Services, Territoires d&amp;#039;industrie,  contrats de plan Etat-région (CPER) et interrégionaux (CPIER) 2021-2027 ainsi que dans les pactes de développement territorial.
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S71" s="1" t="inlineStr">
+      <c r="S56" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T71" s="1" t="inlineStr">
+      <c r="T56" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U71" s="1" t="inlineStr">
+      <c r="U56" s="1" t="inlineStr">
         <is>
           <t>France</t>
         </is>
       </c>
-      <c r="V71" s="1" t="inlineStr">
+      <c r="V56" s="1" t="inlineStr">
         <is>
           <t>https://www.legifrance.gouv.fr/download/pdf/circ?id=44919</t>
         </is>
       </c>
-      <c r="X71" s="1" t="inlineStr">
+      <c r="X56" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Se rapprocher de sa préfecture de département ou de région.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y71" s="1" t="inlineStr">
+      <c r="Y56" s="1" t="inlineStr">
         <is>
           <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
         </is>
       </c>
-      <c r="Z71" s="1" t="inlineStr">
+      <c r="Z56" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/0106-financer-les-projets-dinvestissement-des-depa/</t>
         </is>
       </c>
-      <c r="AA71" s="1" t="inlineStr">
+      <c r="AA56" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="72" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="E72" s="1" t="inlineStr">
+    <row r="57" spans="1:27" customHeight="0">
+      <c r="A57" s="1">
+        <v>119942</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'investissement dans les quartiers prioritaires de la politique de la ville - Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>QPV - Quartiers Prioritaires de la politique de la Ville</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Dotation politique de la ville (DPV)</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
         <is>
           <t>Préfectures de département</t>
         </is>
       </c>
-      <c r="G72" s="1" t="inlineStr">
+      <c r="G57" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays</t>
         </is>
       </c>
-      <c r="H72" s="1" t="inlineStr">
+      <c r="H57" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="I72" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K72" s="1" t="inlineStr">
+      <c r="I57" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="J57" s="1" t="inlineStr">
+        <is>
+          <t>Taux max de subvention : projets d'investissement à 80%, projets de fonctionnement à 100%</t>
+        </is>
+      </c>
+      <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L72" s="1" t="inlineStr">
-[...58 lines deleted...]
- Les données utilisées sont les données au 1er janvier N-1.
+      <c r="L57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La dotation politique de la ville (DPV) bénéficie chaque année aux communes urbaines de métropole et d&amp;#039;outre-mer particulièrement défavorisées et présentant d&amp;#039;importants dysfonctionnements urbains.
+&lt;/p&gt;
+&lt;p&gt;
+ Cette dotation vise à compléter la logique de péréquation prévalant dans le cadre de la dotation globale de fonctionnement (via la dotation de solidarité urbaine et de cohésion sociale - DSU), par un soutien renforcé aux actions des communes et de leurs établissements publics de coopération intercommunale (EPCI) à fiscalité propre, principalement dans le soutien à leurs investissements.
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M72" s="1" t="inlineStr">
-[...24 lines deleted...]
-  Travaux de voirie
+      <c r="M57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les subventions doivent être attribuées à des projets correspondants aux objectifs dans le contrat de ville.
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets peuvent par exemple concerner :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Le domaine social et la santé : par exemple, la réhabilitation de locaux associatifs, la création d&amp;#039;une maison de santé pluri-disciplinaire, ou encore des projets portants sur les équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;emploi et l&amp;#039;insertion ; par ex, chantiers-jeunes, prestations diverses liées à l&amp;#039;emploi et à la formation envers des publics ciblés
+ &lt;/li&gt;
+ &lt;li&gt;
+  La transition écologique : par exemple, la rénovation énergétique des bâtiments
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;éducation : rénovation des bâtiments scolaires, dédoublement des classes de grande section de maternelle, CP-CE1 en REP/REP&amp;#43;, équipement numérique des écoles...
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;action publique et les services publics : création d&amp;#039;espaces multimédia, création et aménagement de maisons France Services, de médiathèques, travaux d&amp;#039;amélioration de l&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  La sécurité : systèmes de vidéo-surveillance, sécurisation des abords des écoles, des centres de loisirs
+ &lt;/li&gt;
+ &lt;li&gt;
+  La construction, l&amp;#039;habitat, l&amp;#039;urbanisme et les transports : création et aménagement de parkings, coordination locale de l&amp;#039;offre de logement, rénovation de voirie, mobilités douces
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="N72" s="1" t="inlineStr">
+      <c r="N57" s="1" t="inlineStr">
         <is>
           <t>Patrimoine et monuments historiques
 Culture et identité collective
+Musée
 Sports et loisirs
 Tourisme
-Montagne
 Espaces verts
 Espace public
 Friche
-Foncier
-[...569 lines deleted...]
-Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
-Recyclage et valorisation des déchets
-[...1 lines deleted...]
-Jeunesse
 Famille et enfance
-Handicap
 Egalité des chances
 Accès aux services
 Cohésion sociale et inclusion
 Citoyenneté
-Santé
-[...3 lines deleted...]
-Formation professionnelle
 Technologies numériques et numérisation
 Tiers-lieux
-Economie circulaire
-[...2 lines deleted...]
-Consommation et production
 Economie sociale et solidaire
 Revitalisation
-Innovation, créativité et recherche
-[...2 lines deleted...]
-Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Emploi
-International
-[...421 lines deleted...]
-Lutte contre la précarité
+Animation et mise en réseau
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
 Spectacle vivant
-Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
-Milieux humides
-[...5 lines deleted...]
-      <c r="O77" s="1" t="inlineStr">
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O57" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="S77" s="1" t="inlineStr">
-[...42 lines deleted...]
- &lt;/a&gt;
+      <c r="R57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ En métropole, les critères d&amp;#039;éligibilité cumulatifs sont donc les suivants en 2022 :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  1.    Les communes doivent :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  soit disposer d&amp;#039;une convention telle que visée à l&amp;#039;article 10 de la loi n° 2003-710 du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine, passée avec l&amp;#039;ANRU au titre du premier programme national de rénovation urbaine, encore active sur le territoire de la commune au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  soit comprendre sur leur territoire un quartier prioritaire connaissant les dysfonctionnements urbains les plus importants. Conformément à l&amp;#039;arrêté du 29 avril 2015 relatif à la liste des quartiers prioritaires de la ville visés en priorité par le nouveau programme de renouvellement urbain (NPNRU) et à l&amp;#039;arrêté du 20 novembre 2018 relatif à la liste des quartiers visés à titre complémentaire par le NPNRU.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  2.    Le pourcentage de la population communale résidant en quartier prioritaire de la politique de la ville (QPV) doit être supérieur à 19 %.
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  3.    Les communes doivent avoir fait partie, au moins une fois au cours des trois derniers exercices précédant la répartition (pour la DPV 2022, les communes doivent donc avoir été éligibles à la DSU au titre des exercices 2019, 2020 ou 2021) :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ol&gt;
+ &lt;li&gt;
+  pour les communes de plus de 10 000 habitants, des 250 premières communes éligibles à la DSU, classées en fonction d&amp;#039;un indice synthétique de ressources et de charges ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  pour les communes de 5 000 à 9 999 habitants, de l&amp;#039;ensemble des communes éligibles à la DSU.
+ &lt;/li&gt;
+&lt;/ol&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sont éligibles à la DPV les communes des DOM réunissant l&amp;#039;une des deux conditions suivantes :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  être une commune de 5 000 habitants au moins (en population DGF) et faire l&amp;#039;objet, sur le territoire de la commune, d&amp;#039;au moins une convention telle que visée à l&amp;#039;article 10 de la loi du 1er août 2003 d&amp;#039;orientation et de programmation pour la ville et la rénovation urbaine passée avec l&amp;#039;agence nationale pour la rénovation urbaine (ANRU) , active au 1er janvier 2021 ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  être citée dans la liste des quartiers qui présentent les dysfonctionnements urbains les plus importants prise en application du II de l&amp;#039;article 9-1 de la loi du 1er août 2003 et visés en priorité par le nouveau programme national de renouvellement urbain (NPNRU), au 1er janvier 2021.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la compétence en matière de politique de la ville a été transférée par une commune bénéficiaire à un établissement public de coopération intercommunale à fiscalité propre, celui-ci peut bénéficier, sur décision du représentant de l&amp;#039;Etat dans le département, de la DPV pour le compte de cette commune. Seuls les communes et les EPCI compétents en matière de politique de la ville peuvent bénéficier d&amp;#039;une attribution au titre de la DPV.
+&lt;/p&gt;
+&lt;p&gt;
+ Les montants de DPV calculés ne sont pas directement attribués aux communes éligibles mais font l&amp;#039;objet d&amp;#039;une enveloppe départementale qui est répartie par le préfet de département. La DPV étant une dotation de projets d&amp;#039;investissement ou de fonctionnement, il revient au préfet de sélectionner les projets présentés par les communes en leur attribuant une subvention.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les projets envisagés doivent répondre aux exigences suivantes :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  entrer dans le cadre des actions prévues dans le contrat de ville et dans le périmètre d&amp;#039;intervention de la DPV.
+ &lt;/li&gt;
+ &lt;li&gt;
+  se situer dans les quartiers politique de la ville, mais potentiellement également dans des zones à la périphérie de ceux-ci, dès lors que, conformément à la logique de « quartier vécu », ces équipements et actions profitent aux habitants des quartiers « politique de la ville ».
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Aucune subvention ne peut être accordée si l&amp;#039;opération a connu un commencement d&amp;#039;exécution avant la date de réception de la demande de subvention au préfet.
+ &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y77" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA77" s="1" t="inlineStr">
+      <c r="S57" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T57" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses de fonctionnement
+Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U57" s="1" t="inlineStr">
+        <is>
+          <t>Communes éligibles à la Dotation Politique de la Ville (DPV) 2022</t>
+        </is>
+      </c>
+      <c r="X57" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contactez votre préfecture de votre département si votre commune est éligible à la DPV (liste actualisée chaque année).
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y57" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z57" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aa40-financer-des-projets-dinvestissement-ou-de-fo/</t>
+        </is>
+      </c>
+      <c r="AA57" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="78" spans="1:27" customHeight="0">
-      <c r="A78" s="1">
+    <row r="58" spans="1:27" customHeight="0">
+      <c r="A58" s="1">
         <v>126143</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Accompagner les communes urbaines dans leurs projets structurants</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Enveloppes communes urbaines</t>
         </is>
       </c>
-      <c r="E78" s="1" t="inlineStr">
+      <c r="E58" s="1" t="inlineStr">
         <is>
           <t>Conseil départemental de la Loire</t>
         </is>
       </c>
-      <c r="G78" s="1" t="inlineStr">
+      <c r="G58" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H78" s="1" t="inlineStr">
+      <c r="H58" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K78" s="1" t="inlineStr">
+      <c r="K58" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L78" s="1" t="inlineStr">
+      <c r="L58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Au-delà des territoires ruraux, la Loire est également urbaine et le Département a à coeur d&amp;#039;accompagner également ces territoires. A cet effet, une enveloppe spécifique est réservée aux 33 communes urbaines avec un fonctionnement adapté.
 &lt;/p&gt;
 &lt;p&gt;
  Le principe est de prévoir un appel à projet spécifique pour la durée du mandat avec l&amp;#039;accompagnement d&amp;#039;un seul dossier par commune. Les domaines et thématiques prioritaires identifiés sont, dans la continuité de la période écoulée et en cohérence avec les politiques publiques départementales, le patrimoine et la culture, les équipements sportifs ainsi que les bâtiments scolaires et périscolaires.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N78" s="1" t="inlineStr">
+      <c r="N58" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
 Famille et enfance
 Handicap
 Accès aux services
@@ -14991,403 +10143,184 @@
 Economie sociale et solidaire
 Risques naturels
 Qualité de l'air
 Biodiversité
 Equipement public
 Bâtiments et construction
 Réhabilitation
 Logement et habitat
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Mobilité pour tous
 Spectacle vivant
 Médias et communication
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Milieux humides
 Inclusion numérique
 Sécurité
 Protection animale</t>
         </is>
       </c>
-      <c r="O78" s="1" t="inlineStr">
+      <c r="O58" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R78" s="1" t="inlineStr">
+      <c r="R58" s="1" t="inlineStr">
         <is>
           <t>Communes urbaines</t>
         </is>
       </c>
-      <c r="S78" s="1" t="inlineStr">
+      <c r="S58" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception</t>
         </is>
       </c>
-      <c r="T78" s="1" t="inlineStr">
+      <c r="T58" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U78" s="1" t="inlineStr">
+      <c r="U58" s="1" t="inlineStr">
         <is>
           <t>Loire</t>
         </is>
       </c>
-      <c r="V78" s="1" t="inlineStr">
+      <c r="V58" s="1" t="inlineStr">
         <is>
           <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
         </is>
       </c>
-      <c r="X78" s="1" t="inlineStr">
+      <c r="X58" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Direction de l&amp;#039;ingénierie et des solidarités territoriales
 &lt;/p&gt;
 &lt;p&gt;
  Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
 &lt;/p&gt;
 &lt;p&gt;
  Frédéric Kostka: 04 77 12 52 24/13
 &lt;/p&gt;
 &lt;p&gt;
  Email :
  &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
   subventions&amp;#64;loire.fr
   &lt;span&gt;
    Ouvre une nouvelle fenêtre
   &lt;/span&gt;
  &lt;/a&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y78" s="1" t="inlineStr">
+      <c r="Y58" s="1" t="inlineStr">
         <is>
           <t>helene.goodsir@loire.fr</t>
         </is>
       </c>
-      <c r="Z78" s="1" t="inlineStr">
+      <c r="Z58" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/a4ce-accompagner-les-communes-urbaines-dans-leurs-/</t>
         </is>
       </c>
-      <c r="AA78" s="1" t="inlineStr">
+      <c r="AA58" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="79" spans="1:27" customHeight="0">
-[...33 lines deleted...]
-      <c r="K79" s="1" t="inlineStr">
+    <row r="59" spans="1:27" customHeight="0">
+      <c r="A59" s="1">
+        <v>139927</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets structurants majeurs pour le territoire</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Dotations Avenir Sancy - Développement territorial</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>Communauté de communes du massif du Sancy</t>
+        </is>
+      </c>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H59" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière
+Subvention</t>
+        </is>
+      </c>
+      <c r="K59" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L79" s="1" t="inlineStr">
-[...214 lines deleted...]
-      <c r="L80" s="1" t="inlineStr">
+      <c r="L59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  La dotation Développement territorial concerne le financement des projets structurants majeurs pour le territoire.
 &lt;/p&gt;
 &lt;p&gt;
  L&amp;#039;évaluation de l&amp;#039;éligibilité des projets à cette aide sera réalisée sur plusieurs critères : la plus-value en termes d&amp;#039;attractivité du territoire engendrée par le projet et le rayonnement géographique. La taille et l&amp;#039;implantation du projet sur des communes touristiques seront également valorisées.
 &lt;/p&gt;
 &lt;p&gt;
  La participation financière de la CCMS se fera comme suit :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   première tranche financière jusqu&amp;#039;à 1 000 000 € : 40% de la dépense subventionnable avec un plafond de subvention à 200 000 €
  &lt;/li&gt;
  &lt;li&gt;
   seconde tranche financière de 1 000 000 € : 20% de la dépense subventionnable avec un plafond de subvention à 150 000 €
  &lt;/li&gt;
  &lt;li&gt;
   troisième et dernière tranche financière soit à partir de 2 000 000 € : 5% sur le solde du projet avec un plafond de subvention fixé à 150 000 €
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
  La participation financière pourra ainsi aller jusqu&amp;#039;à 500 000 € pour un projet dont les dépenses subventionnables dépassent 2 000 000 €.
 &lt;/p&gt;
 &lt;p&gt;
  Cette aide est cumulable avec les autres aides financières de la CCMS.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N80" s="1" t="inlineStr">
+      <c r="N59" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Montagne
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
@@ -15433,356 +10366,2832 @@
 Information voyageur, billettique multimodale
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Spectacle vivant
 Médias et communication
 Industrie
 Fiscalité des entreprises
 Mers et océans
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O80" s="1" t="inlineStr">
+      <c r="O59" s="1" t="inlineStr">
         <is>
           <t>Récurrente</t>
         </is>
       </c>
-      <c r="P80" s="1" t="inlineStr">
+      <c r="P59" s="1" t="inlineStr">
         <is>
           <t>20/04/2023</t>
         </is>
       </c>
-      <c r="Q80" s="1" t="inlineStr">
+      <c r="Q59" s="1" t="inlineStr">
         <is>
           <t>20/02/2026</t>
         </is>
       </c>
-      <c r="R80" s="1" t="inlineStr">
+      <c r="R59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Pour candidater, il convient de faire parvenir à la CCMS :
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
   une délibération autorisant le maire à faire la demande de subvention
  &lt;/li&gt;
  &lt;li&gt;
   un plan de financement avec l&amp;#039;ensemble des co-financeurs
  &lt;/li&gt;
  &lt;li&gt;
   un courrier de demande de subvention à l&amp;#039;attention de Monsieur le Président de la CCMS
  &lt;/li&gt;
 &lt;/ul&gt;</t>
         </is>
       </c>
-      <c r="S80" s="1" t="inlineStr">
+      <c r="S59" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation</t>
         </is>
       </c>
-      <c r="T80" s="1" t="inlineStr">
+      <c r="T59" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U80" s="1" t="inlineStr">
+      <c r="U59" s="1" t="inlineStr">
         <is>
           <t>CC du Massif du Sancy</t>
         </is>
       </c>
-      <c r="V80" s="1" t="inlineStr">
+      <c r="V59" s="1" t="inlineStr">
         <is>
           <t>http://www.cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="X80" s="1" t="inlineStr">
+      <c r="X59" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Crystèle MAITRE
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a target="_self"&gt;
   c.maitre&amp;#64;cc-massifdusancy.fr
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  04 73 65 24 48
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y80" s="1" t="inlineStr">
+      <c r="Y59" s="1" t="inlineStr">
         <is>
           <t>m.fernandezmadrid@cc-massifdusancy.fr</t>
         </is>
       </c>
-      <c r="Z80" s="1" t="inlineStr">
+      <c r="Z59" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/05f6-dotations-avenir-sancy-developpement-territor/</t>
         </is>
       </c>
-      <c r="AA80" s="1" t="inlineStr">
+      <c r="AA59" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="81" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G81" s="1" t="inlineStr">
+    <row r="60" spans="1:27" customHeight="0">
+      <c r="A60" s="1">
+        <v>126141</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour leurs projets structurants</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Enveloppes territorialisées</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H60" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="K60" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Les enveloppes territorialisées doivent permettre d&amp;#039;accompagner des projets communaux d&amp;#039;envergure, même si tout projet est potentiellement éligible.
+&lt;/p&gt;
+&lt;p&gt;
+ Néanmoins, les projets relevant de certaines thématiques, en lien avec les politiques et compétences départementales, pourront être prioritairement accompagnés :
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  l&amp;#039;accessibilité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la maîtrise de l‘énergie et le développement des énergies renouvelables dans les bâtiments communaux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les modes doux,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la préservation du patrimoine ligérien (naturel et bâti protégé),
+ &lt;/li&gt;
+ &lt;li&gt;
+  le développement touristique local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  l&amp;#039;économie de proximité,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les équipements communaux favorisant l&amp;#039;attractivité et le développement de la commune,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les aménagements d&amp;#039;espaces publics (traversées de bourg...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les études.
+ &lt;/li&gt;
+&lt;/ul&gt;
+Enfin, les projets issus d&amp;#039;une approche mutualisée seront particulièrement appréciés et valorisés.</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Accès aux services
+Santé
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Economie sociale et solidaire
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Spectacle vivant
+Médias et communication
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Milieux humides
+Inclusion numérique
+Sécurité
+Protection animale</t>
+        </is>
+      </c>
+      <c r="O60" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S60" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T60" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U60" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W60" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X60" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Service de la Contractualisation et de l&amp;#039;Accompagnement des communes
+&lt;/p&gt;
+&lt;p&gt;
+ Frédéric Kostka: 04 77 12 52 24/13
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y60" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z60" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/cc99-etre-solidaire-des-communes-rurales-pour-leur/</t>
+        </is>
+      </c>
+      <c r="AA60" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="61" spans="1:27" customHeight="0">
+      <c r="A61" s="1">
+        <v>126137</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Etre solidaire des communes rurales pour des projets ponctuels ou des travaux de modeste envergure</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Fond de solidarité - Enveloppes de solidarité</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Loire</t>
+        </is>
+      </c>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H61" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I61" s="1" t="inlineStr">
+        <is>
+          <t> Min : 25 Max : 60</t>
+        </is>
+      </c>
+      <c r="J61" s="1" t="inlineStr">
+        <is>
+          <t>Plafond de 7 000 € et d’un plancher de 700 €.</t>
+        </is>
+      </c>
+      <c r="K61" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ L&amp;#039;enveloppe de solidarité permet de financer des projets ponctuels, des travaux d&amp;#039;envergure modeste, mais néanmoins tout à fait nécessaires voire indispensables pour la commune qui les réalise et ses habitants.
+&lt;/p&gt;
+&lt;p&gt;
+ Il est rappelé ici que, du fait de la Loi NOTRe, les acquisitions ne sont pas soutenues par l&amp;#039;action départementale.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N61" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Tiers-lieux
+Revitalisation
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O61" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sont éligibles les communes rurales (au sens des communes éligibles aux aides du Département de la Loire), soit au 1 er janvier 2023, 290 communes.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;
+&lt;p&gt;
+ Seuls les projets de l&amp;#039;année N-1 et année n sont éligibles sur factures et devis. La subvention devra être versée au plus tard en année N&amp;#43;2, en un seul versement.
+&lt;/p&gt;
+&lt;p&gt;
+ Pour les travaux en régie, seules les communes dont la population DGF 2022 année N-1 est inférieure ou égale à 700 habitants sont éligibles.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S61" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T61" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U61" s="1" t="inlineStr">
+        <is>
+          <t>Loire</t>
+        </is>
+      </c>
+      <c r="V61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.loire.fr/jcms/lw_1043156/fr/dispositif-d-accompagnement-des-collectivites#niveau_4</t>
+        </is>
+      </c>
+      <c r="W61" s="1" t="inlineStr">
+        <is>
+          <t>https://subventions.loire.fr/</t>
+        </is>
+      </c>
+      <c r="X61" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Direction de l&amp;#039;ingénierie et des solidarités territoriales
+&lt;/p&gt;
+&lt;p&gt;
+ Responsable de la Gestion Financière des Aides aux Collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ Olivier Bayle, Tél. 04 77 12 52 12
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:subventions&amp;#64;loire.fr" rel="noopener" target="_blank"&gt;
+  subventions&amp;#64;loire.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y61" s="1" t="inlineStr">
+        <is>
+          <t>helene.goodsir@loire.fr</t>
+        </is>
+      </c>
+      <c r="Z61" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/8877-etre-solidaire-des-communes-rurales-pour-des-/</t>
+        </is>
+      </c>
+      <c r="AA61" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="62" spans="1:27" customHeight="0">
+      <c r="A62" s="1">
+        <v>132278</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Financer les investissements des collectivités</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Emprunt institutionnel</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>Collecticity</t>
+        </is>
+      </c>
+      <c r="G62" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région</t>
-[...2 lines deleted...]
-      <c r="H81" s="1" t="inlineStr">
+Région
+Collectivité d’outre-mer à statut particulier
+Etablissement public dont services de l'Etat</t>
+        </is>
+      </c>
+      <c r="H62" s="1" t="inlineStr">
+        <is>
+          <t>Prêt</t>
+        </is>
+      </c>
+      <c r="K62" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Collecticity a noué des partenariats exclusifs avec des assureurs français, principalement issus du
+secteur mutualiste, qui
+  souhaitent prêter aux collectivités à des conditions financières compétitives.
+&lt;/p&gt;
+&lt;p&gt;
+ Les prêts Collecticity sont toujours classés 1A selon la Charte Glissler.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Conditions financières :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Durée :
+  3 à 50 ans
+  &lt;br /&gt;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Taux :
+   Fixe ou variable
+ &lt;/li&gt;
+ &lt;li&gt;
+  Remboursement :
+   Amortissable ou In Fine
+ &lt;/li&gt;
+ &lt;li&gt;
+  Clauses spécifiques :
+   Remboursement anticipé et différé de remboursement possible
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N62" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Industrie
+Mers et océans
+Réduction de l'empreinte carbone
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire
+Mobilité et véhicules autonomes
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O62" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Tous les projets ou budgets d&amp;#039;investissement sont éligibles à l&amp;#039;emprunt institutionnel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S62" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="T62" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U62" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V62" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/se-financer</t>
+        </is>
+      </c>
+      <c r="W62" s="1" t="inlineStr">
+        <is>
+          <t>https://collecticity.fr/contact</t>
+        </is>
+      </c>
+      <c r="X62" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ info&amp;#64;collecticity.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone :
+ &lt;/strong&gt;
+ 01.87.15.83.02
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y62" s="1" t="inlineStr">
+        <is>
+          <t>info@collecticity.fr</t>
+        </is>
+      </c>
+      <c r="Z62" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/9169-financer-ses-investissements-a-taux-fixe/</t>
+        </is>
+      </c>
+      <c r="AA62" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" spans="1:27" customHeight="0">
+      <c r="A63" s="1">
+        <v>120596</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets structurants des communes gersoises (DDR+)</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Dotation départementale Rurale Plus (DDR+)</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental du Gers</t>
+        </is>
+      </c>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H63" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K81" s="1" t="inlineStr">
+      <c r="I63" s="1" t="inlineStr">
+        <is>
+          <t> Max : 20</t>
+        </is>
+      </c>
+      <c r="J63" s="1" t="inlineStr">
+        <is>
+          <t>Pas de taux fixe</t>
+        </is>
+      </c>
+      <c r="K63" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L81" s="1" t="inlineStr">
-[...5 lines deleted...]
- Bénéficiez de l&amp;#039;aide régionale pouvant aller jusqu&amp;#039;à 20 000 € par commune : Une aide régionale jusqu&amp;#039;à 50% du montant en €/HT des dépenses éligibles de votre projet.
+      <c r="L63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Fonds à destination des projets structurants des communes et leurs groupements, hors EPCI à fiscalité propre, d&amp;#039;un montant supérieur à 100.000€.
+&lt;/p&gt;
+&lt;p&gt;
+ Des critères d&amp;#039;éligibilité ont été instaurés en cohérence avec les propres politiques du Département, en faveur de la cohésion et du développement durable du territoire.
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N81" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>Espace public
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
 Technologies numériques et numérisation
-Inclusion numérique</t>
-[...10 lines deleted...]
- Vous pouvez bénéficier de l&amp;#039;aide, si vous êtes :
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Mers et océans</t>
+        </is>
+      </c>
+      <c r="O63" s="1" t="inlineStr">
+        <is>
+          <t>Récurrente</t>
+        </is>
+      </c>
+      <c r="P63" s="1" t="inlineStr">
+        <is>
+          <t>01/01/2021</t>
+        </is>
+      </c>
+      <c r="Q63" s="1" t="inlineStr">
+        <is>
+          <t>31/12/2027</t>
+        </is>
+      </c>
+      <c r="R63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  &lt;span&gt;
+   Les projets relevant des typologies suivantes sont prioritaires :
+  &lt;/span&gt;
+  &lt;br /&gt;
+ &lt;/strong&gt;
 &lt;/p&gt;
 &lt;ul&gt;
  &lt;li&gt;
-  Une Commune
-[...2 lines deleted...]
-  Un établissement public de coopération intercommunale ou un syndicat mixte dans le cadre de l&amp;#039;exercice de la compétence de la prévention de la délinquance
+  les opérations favorisant le développement des mobilités douces ou partagées,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets d&amp;#039;énergies renouvelables en partie pour de l&amp;#039;autoconsommation,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation énergétique des logements communaux à vocation sociale,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets engagés dans la restauration scolaire favorisant l&amp;#039;approvisionnement bio et local,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets visant à améliorer l&amp;#039;accessibilité au public des services et commerces de proximité.
  &lt;/li&gt;
 &lt;/ul&gt;
 &lt;p&gt;
- Et si votre projet concerne :
-[...5 lines deleted...]
- Si vous répondez à ces critères, l&amp;#039;attribution de l&amp;#039;aide n&amp;#039;est pas pour autant automatique. Votre dossier sera étudié au regard des priorités régionales.
+ &lt;strong&gt;
+  Sont aussi éligibles :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  la rénovation énergétique et l&amp;#039;accessibilité des bâtiments publics,
+ &lt;/li&gt;
+ &lt;li&gt;
+  les constructions neuves / extensions de bâtiments publics qui démontrent leur nécessité en terme d&amp;#039;accès aux services
+ &lt;/li&gt;
+ &lt;li&gt;
+  les opérations d&amp;#039;aménagements paysagers et patrimoniaux (ilôts de fraicheur, parcs...),
+ &lt;/li&gt;
+ &lt;li&gt;
+  les projets relatifs aux opérations relatives à la culture, tourisme et sport s&amp;#039;inscrivant dans une réflexion globale de maillage territorial,
+ &lt;/li&gt;
+ &lt;li&gt;
+  la rénovation de structure des ouvrages d&amp;#039;art.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Dépôt des dossiers avant le 31 janvier de l&amp;#039;année n.
+ &lt;/strong&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S81" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T81" s="1" t="inlineStr">
+      <c r="S63" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T63" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U81" s="1" t="inlineStr">
-[...19 lines deleted...]
-  numerique&amp;#64;grandest.fr
+      <c r="U63" s="1" t="inlineStr">
+        <is>
+          <t>Gers</t>
+        </is>
+      </c>
+      <c r="V63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.gers.fr/aides-infos-pratiques/amenagement-du-territoire/ingenierie-des-territoires</t>
+        </is>
+      </c>
+      <c r="X63" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ E-mail :
+ &lt;a href="mailto:subventions.dmit&amp;#64;gers.fr" rel="noopener" target="_blank"&gt;
+  subventions.dmit&amp;#64;gers.fr
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
  &lt;/a&gt;
- .
-[...2 lines deleted...]
- Déposez votre demande en ligne dès que le dossier est complet et l&amp;#039;ensemble des pièces à fournir (cf règlement, ci dessous) disponible.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Téléphone : 05 62 67 31 50
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y63" s="1" t="inlineStr">
+        <is>
+          <t>ingenierie@gers.fr</t>
+        </is>
+      </c>
+      <c r="Z63" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/f5cd-copie-12h14-fonds-departemental-de-developpem/</t>
+        </is>
+      </c>
+      <c r="AA63" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="64" spans="1:27" customHeight="0">
+      <c r="A64" s="1">
+        <v>72810</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissements dans les Petites Villes</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>Petites villes de demain</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H64" s="1" t="inlineStr">
+        <is>
+          <t>Prêt
+Ingénierie financière</t>
+        </is>
+      </c>
+      <c r="K64" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ Son agilité et son modèle lui permettent de répondre entièrement aux attentes des collectivités bénéficiaires du Programme Petites Villes de demain.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	&amp;#34; Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant s &amp;#34;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Soutenir l&amp;#039;investissement public local en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence : collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL repose sur des principes de solidarité et d&amp;#039;équité entre les collectivités
+&lt;/p&gt;
+&lt;p&gt;
+ •	L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première obligation durable en juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ •	Seule banque en France détenue par les collectivités, l&amp;#039;AFL a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+&lt;/p&gt;
+&lt;p&gt;
+ •	Durée moyenne des crédits : 16.5 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Crédit jusque 40 ans
+&lt;/p&gt;
+&lt;p&gt;
+ •	Pas de seuil minimal concernant l&amp;#039;emprunt
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ •	Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+&lt;/p&gt;
+&lt;p&gt;
+ •	Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+&lt;/p&gt;
+&lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y81" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AA81" s="1" t="inlineStr">
+      <c r="M64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Entretien du patrimoine
+ &lt;/strong&gt;
+ (restauration d&amp;#039;une chapelle, Commune de Banon – Alpes de Haute-Provence)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Développement sportif
+ &lt;/strong&gt;
+ (centre aquatique des Grands prés, Commune de Vendome – Loir-et-Cher)
+&lt;/p&gt;
+&lt;p&gt;
+ •
+ &lt;strong&gt;
+  Aménagement urbain
+ &lt;/strong&gt;
+ (réhabilitation d&amp;#039;une place de centre-ville, Commune de Roquebrune-sur-Argens – Var)
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N64" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O64" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Etude de l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Éligibilité à l&amp;#039;adhésion
+ &lt;/strong&gt;
+ : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours. Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Vote de la délibération de la collectivité
+ &lt;/strong&gt;
+ : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Versement de l&amp;#039;Apport en capital initial :
+ &lt;/strong&gt;
+ La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  •	Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires :
+ &lt;/strong&gt;
+ La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+&lt;/p&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S64" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T64" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U64" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="X64" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;em&gt;
+  Contact :
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email
+ &lt;/strong&gt;
+ : adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y64" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z64" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/3a71-financer-vos-investissements/</t>
+        </is>
+      </c>
+      <c r="AA64" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="82" spans="1:27" customHeight="0">
-      <c r="A82" s="1">
+    <row r="65" spans="1:27" customHeight="0">
+      <c r="A65" s="1">
+        <v>94676</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Accompagner les collectivités ardennaises dans la concrétisation de leur projet</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental des Ardennes
+Ardennes Ingenierie</t>
+        </is>
+      </c>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H65" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K65" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Sur le territoire ardennais, les collectivités peuvent faire appel au dispositif ARDENNES INGENIERIE créé et animé par le Département.
+&lt;/p&gt;
+&lt;p&gt;
+ Le Conseil départemental a mis en service un dispositif simple, facile d&amp;#039;accès et gratuit, de conseil et d&amp;#039;accompagnement des communes et groupements de communes dans l&amp;#039;exercice de leurs compétences et la réalisation de leurs projets.
+&lt;/p&gt;
+&lt;p&gt;
+ Le dispositif Ardennes Ingénierie est opérationnel depuis le 1er juillet 2020.
+&lt;/p&gt;
+&lt;p&gt;
+ Les demandeurs peuvent consulter l&amp;#039;offre de services du Département et de ses partenaires et déposer une demande de conseil via la plateforme numérique d&amp;#039;Ardennes Ingénierie et son formulaire en ligne. Les domaines d&amp;#039;intervention sont actuellement les suivants : aménagement, voirie et infrastructures, logement et équipement public, eau et assainissement, analyse de l&amp;#039;eau, économies d&amp;#039;énergie, tourisme, aménagement foncier agricole, lecture publique/bibliothèque, projet culturel, archives, archéologie, informations juridiques et marchés publics, numérique et dématérialisation.
+&lt;/p&gt;
+&lt;p&gt;
+ L&amp;#039;accompagnement se décline en trois niveaux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  niveau 1 : un conseil de premier niveau aux bénéficiaires ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 2 : un accompagnement à la conduite de projet (accompagnement à la définition du projet et à sa mise en œuvre) ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  niveau 3 : un accompagnement spécifique pour des prestations identifiées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Ardennes Ingénierie apporte sur des sujets précis, des conseils ponctuels en réponse à des questions simples : conseils réglementaires, juridiques, identification des services compétents, recherche de financements...
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie propose un accompagnement de projet à la carte comprenant un appui méthodologique, depuis la pré-faisabilité jusqu&amp;#039;à la réception des travaux avec la mise à disposition d&amp;#039;un ensemble d&amp;#039;expertises au regard de la diversité des exigences attendues (techniques, administratives, règlementaires, financières...)
+&lt;/p&gt;
+&lt;p&gt;
+ Par ailleurs, le Département développe un réseau de partenaires publics délivrant de l&amp;#039;ingénierie aux collectivités, dans le cadre de ce dispositif, dont l&amp;#039;enjeu est d&amp;#039;apporter la meilleure réponse aux besoins des communes et donc de faire appel aux compétences les plus adaptées.
+&lt;/p&gt;
+&lt;p&gt;
+ Ardennes Ingénierie n&amp;#039;intervient pas dans le champ concurrentiel.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Aménagement et Equipement publics
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aide à la réflexion quant à la réutilisation et à la rénovation énergétique d&amp;#039;une ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Résorption de logements vacants dégradés
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement de la mairie dans l&amp;#039;ancienne école
+&lt;/p&gt;
+&lt;p&gt;
+ -	Revue de projets communaux : informations et conseils multi domaines
+&lt;/p&gt;
+&lt;p&gt;
+ -	Mise aux normes PMR de la Mairie.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Voirie et infrastructures
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Sécurisation de la traversée du village
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réfection d&amp;#039;une voie communale
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement des abords d&amp;#039;un lavoir
+&lt;/p&gt;
+&lt;p&gt;
+ -	Déplacement et sécurisation d&amp;#039;un arrêt bus
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Eau et assainissement
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi et amélioration d&amp;#039;un dispositif d&amp;#039;assainissement collectif
+&lt;/p&gt;
+&lt;p&gt;
+ -	Accompagnement d&amp;#039;un projet de sécurisation d&amp;#039;un forage d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil de gestion du service d&amp;#039;eau potable
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Economie d&amp;#039;énergie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Suivi énergétique, amélioration bâtiment, éclairage public
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique du parc de logements communaux
+&lt;/p&gt;
+&lt;p&gt;
+ -	Conseil chantier/géothermie de la mairie et de la salle des fêtes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Rénovation énergétique d&amp;#039;un gymnase
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Tourisme
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement pour les vélos le long de la Voie Verte Trans Ardennes
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un chemin de randonnée sur une ancienne voie ferrée
+&lt;/p&gt;
+&lt;p&gt;
+ -	Transformation d&amp;#039;anciens logements en gites touristiques
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Analyse de l&amp;#039;eau
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Information sur évolution du nombre d&amp;#039;ERP et des systèmes de production d&amp;#039;ECS, planification et réalisation des analyses, aide à l&amp;#039;élaboration des plans d&amp;#039;actions en cas de non-conformité et suivi jusqu&amp;#039;au retour à une situation satisfaisante.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Juridique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quels recours en cas de malfaçon suite à des travaux de voirie
+&lt;/p&gt;
+&lt;p&gt;
+ -	Comment lutter contre les points noirs paysagers ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archives départementales
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Aménagement d&amp;#039;un nouveau local archives suite à l&amp;#039;extension de la mairie
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Lecture publique
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;un espace lecture au sein du groupe scolaire
+&lt;/p&gt;
+&lt;p&gt;
+ -	Assistance à la gestion et à l&amp;#039;exploitation d&amp;#039;une bibliothèque
+&lt;/p&gt;
+&lt;p&gt;
+ -	Création d&amp;#039;une médiathèque
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Archéologie
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Réalisation d&amp;#039;un diagnostic archéologique préalable à un aménagement urbain
+&lt;/p&gt;
+&lt;p&gt;
+ Recherche de financements
+&lt;/p&gt;
+&lt;p&gt;
+ -	Thématique transversale ; pour chaque demande déposée sur la plateforme, est associée une aide à la recherche de financements.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Numérique et dématérialisation
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Quelle réglementation pour l&amp;#039;installation de poteau téléphonique 5G ? Une commune peut-elle s&amp;#039;y opposer ?
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Projet culturel
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ -	Projet de pôle culturel comprenant un Musée et une bibliothèque
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Culture et identité collective
+Tourisme
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Accessibilité
+Appui méthodologique
+Animation et mise en réseau
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O65" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Toutes les communes et intercommunalités du territoire départemental peuvent en bénéficier, quelle que soit leur taille.
+&lt;/p&gt;
+&lt;p&gt;
+ Ce service est gratuit pour les interventions hors dispositifs réglementés : Cellule Archéologique et Agence de Développement Touristique.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S65" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation
+Usage / valorisation</t>
+        </is>
+      </c>
+      <c r="U65" s="1" t="inlineStr">
+        <is>
+          <t>Ardennes</t>
+        </is>
+      </c>
+      <c r="W65" s="1" t="inlineStr">
+        <is>
+          <t>https://sig.cd08.fr/portal/apps/sites/#/indep</t>
+        </is>
+      </c>
+      <c r="X65" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ mail : ardennesingenierie&amp;#64;cd08.fr
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y65" s="1" t="inlineStr">
+        <is>
+          <t>anne.durand@cd08.fr</t>
+        </is>
+      </c>
+      <c r="Z65" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/e2ad-accompagner-les-collectivites-ardennaise-dans/</t>
+        </is>
+      </c>
+      <c r="AA65" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" spans="1:27" customHeight="0">
+      <c r="A66" s="1">
+        <v>52290</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Financer vos budgets d'investissement</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville
+Actions pour la Relance (complémentaires à France Relance)</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>AFL, la banque des collectivités locales</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H66" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie financière
+Prêt</t>
+        </is>
+      </c>
+      <c r="K66" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;AFL
+ &lt;/strong&gt;
+ est la seule banque française
+ &lt;strong&gt;
+  100% détenue par les collectivités locales françaises
+ &lt;/strong&gt;
+ qui leur soit 100% dédiée, quelle que soit leur taille ou leur situation géographique.
+&lt;/p&gt;
+&lt;p&gt;
+ Créée en 2013 à l&amp;#039;initiative d&amp;#039;associations d&amp;#039;élus et de collectivités pionnières sur le modèle des agences de financement scandinaves, elle est opérationnelle depuis 2015.
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa raison d&amp;#039;être
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &amp;#34;
+  &lt;em&gt;
+   Incarner une finance responsable, pour renforcer le pouvoir d&amp;#039;agir du monde local, afin de répondre aux besoins présents et futurs des habitant
+  &lt;/em&gt;
+  &lt;em&gt;
+   s
+  &lt;/em&gt;
+  &amp;#34;
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Sa mission
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Soutenir l&amp;#039;investissement public local
+  en offrant au monde local un accès à la ressource financière, dans les meilleures conditions et en toute transparence: collectivités, EPT, syndicats, et bientôt les autres Etablissements publics locaux.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses particularités :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL repose sur des principes de
+  &lt;strong&gt;
+   solidarité
+  &lt;/strong&gt;
+  et d&amp;#039;
+  &lt;strong&gt;
+   équité
+  &lt;/strong&gt;
+  entre les collectivités
+ &lt;/li&gt;
+ &lt;li&gt;
+  L&amp;#039;AFL s&amp;#039;est engagée dans une démarche de responsabilité sociétale des entreprises (RSE) et a lancé sa première
+  &lt;strong&gt;
+   obligation durable en juillet 2020
+  &lt;/strong&gt;
+  .
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Seule banque en France détenue par les collectivités, l&amp;#039;AFL  a une gouvernance particulière qui place les élus locaux au cœur du pilotage stratégique, vise à empêcher toute concentration des pouvoirs et tout risque de dérive
+ &lt;/li&gt;
+ &lt;li&gt;
+  Dispositif cumulable/compatible avec le fonds vert
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Ses crédits
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Gamme de financement complète : prêts long terme, lignes de trésorerie, prêts relais, crédits avec phase de mobilisation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Durée moyenne des crédits : 16.5 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus long crédit : 42 ans
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus petit crédit : 11 000€
+ &lt;/li&gt;
+ &lt;li&gt;
+  Plus gros crédit : 50 millions €
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Son accompagnement
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Ingénierie financière permettant d&amp;#039;assister les collectivités et leurs groupements, de toutes tailles
+ &lt;/li&gt;
+ &lt;li&gt;
+  Structure légère et digitale, permettant une réactivité face aux demandes des collectivités
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Social et Petite enfance
+  &lt;/strong&gt;
+  (Saint-Julien-en-Genevois, 74 : réalisation d&amp;#039;un groupe scolaire)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Revitalisation des centres villes
+  &lt;/strong&gt;
+  (Saint-Marcel-en-Marcillat, 03 : Création d&amp;#039;une maison de village)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Rayonnement culturel
+  &lt;/strong&gt;
+  (Territoire de la Côté Ouest, 974 : Projet de création d&amp;#039;une Ecole artistique)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Transition énergétique
+  &lt;/strong&gt;
+  (Grenoble Métropole, 38 : construction d&amp;#039;une centrale bois de cogénération)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement des mobilités douces
+  &lt;/strong&gt;
+  (Bordeaux Métropole, 33)
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Développement sportif
+  &lt;/strong&gt;
+  (La Roche-sur-Yon, 85 : création d&amp;#039;un Centre aquatique)
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Eau souterraine
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Culture et identité collective
+Arts plastiques et photographie
+Musée
+Sports et loisirs
+Tourisme
+Forêts
+Montagne
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Personnes âgées
+Jeunesse
+Famille et enfance
+Handicap
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Citoyenneté
+Santé
+Education et renforcement des compétences
+Alimentation
+Commerces et services
+Formation professionnelle
+Technologies numériques et numérisation
+Tiers-lieux
+Economie circulaire
+Economie locale et circuits courts
+Agriculture et agroalimentaire
+Consommation et production
+Economie sociale et solidaire
+Revitalisation
+Innovation, créativité et recherche
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Lutte contre la précarité
+Emploi
+International
+Attractivité économique
+Appui méthodologique
+Animation et mise en réseau
+Valorisation d'actions
+Artisanat
+Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Spectacle vivant
+Médias et communication
+Industrie
+Fiscalité des entreprises
+Mers et océans
+Réduction de l'empreinte carbone
+Bibliothèques et livres
+Mobilité fluviale
+Milieux humides
+Inclusion numérique
+Sécurité
+Cimetières et funéraire</t>
+        </is>
+      </c>
+      <c r="O66" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  L&amp;#039;adhésion
+ &lt;/strong&gt;
+ est le premier critère d&amp;#039;éligibilité permettant à une collectivité territoriale ou syndicat de bénéficier des prêts de l&amp;#039;AFL :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Etude de l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : La collectivité fait une demande d&amp;#039;adhésion auprès de l&amp;#039;AFL par téléphone, mail ou via le portail dédié : portail.agence-france-locale.fr
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Éligibilité à l&amp;#039;adhésion
+  &lt;/strong&gt;
+  : L&amp;#039;AFL calcule une note financière de la collectivité entre 1 et 7. De 1 à 5,99 : la collectivité peut adhérer. A partir de 6, la collectivité ne peut pas devenir membre pour l&amp;#039;exercice en cours.  Depuis le 11 mai 2020, les collectivités doivent également respecter les seuils fixés par le Décret 2020-556.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Vote de la délibération de la collectivité
+  &lt;/strong&gt;
+  : L&amp;#039;AFL communique à la collectivité le montant de son apport en capital initial (ACI). Il correspond au maximum entre 1,1 % de l&amp;#039;encours de dette et 0,30 % des recettes réelles de fonctionnement. La collectivité délibère ensuite pour valider l&amp;#039;adhésion.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Versement de l&amp;#039;Apport en capital initial
+  &lt;/strong&gt;
+  : La collectivité devient membre au moment du versement de l&amp;#039;ACI ou de la première tranche d&amp;#039;ACI dans le cas d&amp;#039;un paiement en plusieurs fois. Elle peut alors soumettre une demande de financement auprès de l&amp;#039;AFL.
+ &lt;/li&gt;
+ &lt;li&gt;
+  &lt;strong&gt;
+   Signature de l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires
+  &lt;/strong&gt;
+  : La collectivité signe ensuite l&amp;#039;acte d&amp;#039;adhésion au pacte d&amp;#039;actionnaires et devient actionnaire de la Société territoriale au moment de l&amp;#039;augmentation de capital.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Une fois actionnaire, la collectivité participe à la gouvernance du Groupe et bénéficie d&amp;#039;un accompagnement continu des équipes de l&amp;#039;AFL et de ses prêts à tarif compétitif.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S66" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T66" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U66" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.agence-france-locale.fr/home-page-collectivites/rejoindre-lafl/</t>
+        </is>
+      </c>
+      <c r="W66" s="1" t="inlineStr">
+        <is>
+          <t>https://portail.agence-france-locale.fr/</t>
+        </is>
+      </c>
+      <c r="X66" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Contact
+ &lt;/strong&gt;
+ :
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Email :
+ &lt;/strong&gt;
+ adhesion&amp;#64;agence-france-locale.fr
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;strong&gt;
+  Téléphone
+ &lt;/strong&gt;
+ : 04 81 11 29 37
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;em&gt;
+  NB : appel non surtaxé
+ &lt;/em&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y66" s="1" t="inlineStr">
+        <is>
+          <t>lou.lamure-guigard@agence-france-locale.fr</t>
+        </is>
+      </c>
+      <c r="Z66" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1f44-financer-vos-budgets-dinvestissement/</t>
+        </is>
+      </c>
+      <c r="AA66" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" spans="1:27" customHeight="0">
+      <c r="A67" s="1">
+        <v>117496</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Être accompagné dans le développement des villes</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>Action cœur de ville</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Action Cœur de Ville revitalise les centres-villes de demain</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H67" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique
+Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K67" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ _________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ Dans le cadre du programme Cœur de Ville (ACV), la Banque des Territoires propose un accompagnement et des solutions de financement aux projets visant à :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Rénover l&amp;#039;espace public ouvert ou et les zones de stationnement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les transports propres et de mobilité durable ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer les énergies renouvelables et la rénovation énergétique des bâtiments ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des foncières locales qui sont spécialisées pour le commerce ou l&amp;#039;activité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénover des hébergements, ainsi que des équipements touristiques et de loisirs ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Créer des infrastructures numériques et des services innovants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mettre en place des tiers-lieux d&amp;#039;immobilier d&amp;#039;activités ou de soutien aux commerces de proximité ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Développer des programmes alimentaires territoriaux et des circuits courts ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Traiter les friches ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Maintenir une offre médicale de proximité et des structures d&amp;#039;accueil à destination des personnes âgées.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Pour de tels projets, la Banque des Territoires peut :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Cofinancer les études en amont, dans le but d&amp;#039;évaluer le potentiel économique du projet ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Cofinancer les études visant à structurer le montage économique, financier et juridique ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Proposer une prise de participation dans les Sociétés d&amp;#039;Économie Mixte (SEM) aménageurs ou opératrices et dans les sociétés de projets par le biais de fonds propres et de quasi-fonds propres ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Réaliser un accompagnement en ingénierie.
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N67" s="1" t="inlineStr">
+        <is>
+          <t>Sports et loisirs
+Friche
+Economie d'énergie et rénovation énergétique
+Technologies numériques et numérisation
+Economie locale et circuits courts</t>
+        </is>
+      </c>
+      <c r="O67" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S67" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T67" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U67" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/action-coeur-de-ville-revitalisation-centres-villes?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Dispositifs_nationaux&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=acv_developpement_dnat</t>
+        </is>
+      </c>
+      <c r="X67" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://mon-compte.banquedesterritoires.fr/#/contact/formulaire"&gt;
+   Contactez-nous à travers notre formulaire de contact
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y67" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z67" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/178f-etre-accompagne-dans-le-developpement-des-vil/</t>
+        </is>
+      </c>
+      <c r="AA67" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" spans="1:27" customHeight="0">
+      <c r="A68" s="1">
+        <v>119980</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes dans le milieu rural - DETR</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Dotation d'équipement des territoires ruraux</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de département</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H68" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I68" s="1" t="inlineStr">
+        <is>
+          <t> Min : 20 Max : 80</t>
+        </is>
+      </c>
+      <c r="K68" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La &lt;strong&gt;dotation d&amp;#039;équipement des territoires ruraux &lt;/strong&gt;(DETR) soutient les projets d&amp;#039;investissement des communes et de leurs groupements. Les priorités de financement de cette dotation sont fixées chaque année au niveau départemental par une commission d&amp;#039;élus.&lt;br /&gt;&lt;/p&gt;
+&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Rénovation des équipements sportifs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Aménagement d&amp;#039;un chemin piéton ou d&amp;#039;une piste cyclable pour renforcer la mobilité douce
+ &lt;/li&gt;
+ &lt;li&gt;
+  Rénovation thermique d&amp;#039;une école
+ &lt;/li&gt;
+ &lt;li&gt;
+  Construction d&amp;#039;un bâtiment scolaire
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise aux normes défense incendie
+ &lt;/li&gt;
+ &lt;li&gt;
+  Installation d&amp;#039;un système de vidéoprotection
+ &lt;/li&gt;
+ &lt;li&gt;
+  Mise en accessibilité de bâtiments recevant du public
+ &lt;/li&gt;
+ &lt;li&gt;
+  Travaux de voirie
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>Patrimoine et monuments historiques
+Culture et identité collective
+Sports et loisirs
+Tourisme
+Montagne
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Recyclage et valorisation des déchets
+Egalité des chances
+Accès aux services
+Cohésion sociale et inclusion
+Commerces et services
+Technologies numériques et numérisation
+Tiers-lieux
+Agriculture et agroalimentaire
+Revitalisation
+Risques naturels
+Qualité de l'air
+Biodiversité
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Architecture
+Paysage
+Accessibilité
+Emploi
+International
+Attractivité économique
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Mobilité pour tous
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O68" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Peuvent bénéficier de la dotation d&amp;#039;équipement des territoires ruraux :
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements de métropole qui ne forment pas un ensemble de plus de 75 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centre de plus de 20 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale à fiscalité propre dans les départements d&amp;#039;outre-mer et le Département de Mayotte qui ne forment pas un ensemble de plus de 150 000 habitants d&amp;#039;un seul tenant et sans enclave autour d&amp;#039;une ou de plusieurs communes centres de plus de 85 000 habitants et dont la densité de population est supérieure ou égale à 150 habitants au kilomètre carré, en prenant en compte la population issue du dernier recensement.
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les établissements publics de coopération intercommunale éligibles en 2010 à la dotation globale d&amp;#039;équipement des communes ou à la dotation de développement rural ainsi que les syndicats mixtes créés en application de l&amp;#039;article L. 5711-1 et les syndicats de communes créés en application de l&amp;#039;article L. 5212-1 dont la population n&amp;#039;excède pas 60 000 habitants ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes :
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ a) Dont la population n&amp;#039;excède pas 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ b) Dont la population est supérieure à 2 000 habitants dans les départements de métropole et 3 500 habitants dans les départements d&amp;#039;outre-mer et n&amp;#039;excède pas 20 000 habitants dans les départements de métropole et 35 000 habitants dans les départements d&amp;#039;outre-mer et dont le potentiel financier par habitant est inférieur à 1,3 fois le potentiel financier moyen par habitant de l&amp;#039;ensemble des communes dont la population est supérieure à 2 000 habitants et n&amp;#039;excède pas 20 000 habitants ;
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  Les communes de Saint-Pierre-et-Miquelon ;
+ &lt;/li&gt;
+ &lt;li&gt;
+  Les communes nouvelles issues de la transformation d&amp;#039;établissements publics de coopération intercommunale éligibles à la dotation d&amp;#039;équipement des territoires ruraux l&amp;#039;année précédant leur transformation ou issues de la fusion de communes dont l&amp;#039;une d&amp;#039;entre elles était éligible à cette dotation l&amp;#039;année précédant leur fusion sont réputées remplir, pendant les trois premiers exercices à compter de leur création, les conditions de population mentionnées aux a et b.
+ &lt;/li&gt;
+&lt;/ul&gt;
+&lt;p&gt;
+ Lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre une commune ou un groupement éligible et le représentant de l&amp;#039;Etat, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;
+&lt;p&gt;
+ La liste des communes et EPCI éligibles à la DETR est transmise chaque année par la DGCL aux préfectures de département. Vous pouvez vous rapprocher de votre préfecture de département pour vous assurer de votre éligibilité à cette dotation.
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S68" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T68" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U68" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W68" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X68" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture" rel="noopener" target="_blank"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+  &lt;span&gt;
+   Ouvre une nouvelle fenêtre
+  &lt;/span&gt;
+ &lt;/a&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.
+ &lt;br /&gt;
+&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de département qui attribue les subventions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y68" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z68" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/b4d8-copie-16h46-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA68" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="69" spans="1:27" customHeight="0">
+      <c r="A69" s="1">
+        <v>119945</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Financer des projets d'investissement des communes et groupements de communes - DSIL</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Dotation de soutien à l'investissement local</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>Préfectures de région</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Intercommunalité / Pays</t>
+        </is>
+      </c>
+      <c r="H69" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t> Max : 80</t>
+        </is>
+      </c>
+      <c r="K69" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;La dotation de soutien à l&amp;#039;investissement local (DSIL) soutient également les projets d&amp;#039;investissement des communes et de leurs groupements qui répondent à l&amp;#039;une des six priorités instaurées par la loi :&lt;/p&gt;&lt;p&gt;1° Rénovation thermique, transition énergétique, développement des énergies renouvelables ;&lt;/p&gt;&lt;p&gt;2° Mise aux normes et de sécurisation des équipements publics ;&lt;/p&gt;&lt;p&gt;3° Développement d&amp;#039;infrastructures en faveur de la mobilité ou de la construction de logements ;&lt;/p&gt;&lt;p&gt;4° Développement du numérique et de la téléphonie mobile ;&lt;/p&gt;&lt;p&gt;5° Création, transformation et rénovation des bâtiments scolaires ;&lt;/p&gt;&lt;p&gt;6° Réalisation d&amp;#039;hébergements et d&amp;#039;équipements publics rendus nécessaires par l&amp;#039;accroissement du nombre d&amp;#039;habitants.&lt;/p&gt;&lt;p&gt;Les dossiers déposés par le biais de cette démarche seront transmis au préfet de région, responsable de l&amp;#039;attribution des subventions. L&amp;#039;instruction est centralisée en préfecture de département.&lt;/p&gt;&lt;p&gt;Les calendriers d&amp;#039;appel à projet sont également définis au niveau local.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N69" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Assainissement des eaux
+Cours d'eau / canaux / plans d'eau
+Patrimoine et monuments historiques
+Sports et loisirs
+Sols
+Espaces verts
+Espace public
+Friche
+Foncier
+Voirie et réseaux
+Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Accès aux services
+Education et renforcement des compétences
+Technologies numériques et numérisation
+Revitalisation
+Risques naturels
+Qualité de l'air
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Logistique urbaine
+Modes actifs : vélo, marche et aménagements associés
+Limiter les déplacements subis
+Réduction de l'empreinte carbone
+Sécurité
+Solutions d'adaptation fondées sur la nature (SafN)</t>
+        </is>
+      </c>
+      <c r="O69" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Qui peut en bénéficier ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Toutes les communes et tous les établissements publics de coopération intercommunale (EPCI) à fiscalité propre, de métropole et des régions d&amp;#039;outre-mer, y compris Mayotte, ainsi que les pôles d&amp;#039;équilibre territoriaux et ruraux (PETR) peuvent percevoir la DSIL.
+ &lt;br /&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ De manière dérogatoire, lorsque la subvention s&amp;#039;inscrit dans le cadre d&amp;#039;un contrat signé entre l&amp;#039;une des collectivités éligibles et le représentant de l&amp;#039;État, les maîtres d&amp;#039;ouvrage désignés par le contrat peuvent être bénéficiaires de la subvention.
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S69" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T69" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U69" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="W69" s="1" t="inlineStr">
+        <is>
+          <t>https://demarche.numerique.gouv.fr/commencer/dotations-etat-investissement-local</t>
+        </is>
+      </c>
+      <c r="X69" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ La procédure d&amp;#039;attribution est définie au niveau local par les préfectures. Il convient de prendre l&amp;#039;attache de la préfecture du département ou de la région pour déposer un dossier :
+ &lt;a href="https://lannuaire.service-public.fr/navigation/prefecture"&gt;
+  https://lannuaire.service-public.fr/navigation/prefecture&lt;/a&gt;&lt;/p&gt;&lt;p&gt;Au cours de l’instruction de votre dossier, vous serez invités à répondre dans les meilleurs délais aux demandes de pièces complémentaires ou de précisions en ajoutant ou en modifiant les informations dans l’onglet « demande » de votre dossier afin d’en établir la complétude.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y69" s="1" t="inlineStr">
+        <is>
+          <t>dgcl-gestion-dotations@dgcl.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z69" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/1182-copie-13h44-financer-des-projets-dinvestissem/</t>
+        </is>
+      </c>
+      <c r="AA69" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" spans="1:27" customHeight="0">
+      <c r="A70" s="1">
+        <v>117172</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir les investissements des communes rurales (FAL)</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Fonds d’aménagement local (FAL)</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>Conseil départemental de la Haute-Marne</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>Commune</t>
+        </is>
+      </c>
+      <c r="H70" s="1" t="inlineStr">
+        <is>
+          <t>Subvention</t>
+        </is>
+      </c>
+      <c r="I70" s="1" t="inlineStr">
+        <is>
+          <t> Min : 15 Max : 50</t>
+        </is>
+      </c>
+      <c r="J70" s="1" t="inlineStr">
+        <is>
+          <t>en fonction du nombre d'habitants</t>
+        </is>
+      </c>
+      <c r="K70" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Le Conseil départemental fixe chaque année au budget primitif le montant global de l’enveloppe dédiée au fonds d’aménagement local (FAL) et sa répartition par canton.&lt;/p&gt;&lt;p&gt;Le projet est étudié dans sa globalité, et devra respecter les exigences et les normes règlementaires et techniques (accessibilité des personnes à mobilité réduite aux espaces et équipements publics…).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;&lt;p&gt;Bâtiments communaux (construction, création, extension, réhabilitation ou mise aux normes) : bâtiments publics (à l’exclusion des bâtiments sans accueil du public), habitat, enfance-jeunesse, sport et loisirs, santé, économie- tourisme.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Espaces publics : Construction, création, extension, réhabilitation ou mise aux normes.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Patrimoine : Réhabilitation ou mise aux normes de monument classé, inscrit, non classé, et du patrimoine rural non protégé.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Voirie : Aménagement sur ou le long des routes départementales en agglomération.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eau potable : création, extension, renouvellement, réhabilitation de réseaux, traitement de potabilisation de l’eau, création et raccordement de points d’eau, remplacement des branchements, aménagement de captage, réhabilitation d’ouvrages de stockage d’eau potable, renouvellement d’installations courantes (pompe de surpresseurs, armoire électrique, filtre, vannes et vannettes...), études diagnostiques d’infrastructures, études de recherches en eau.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Assainissement : création, extension, renouvellement/réhabilitation de réseaux, mise en conformité des branchements eaux usées en domaine privé, création, réhabilitation, mise aux normes d’ouvrages de traitement des eaux usées, renouvellement d’installations courantes, études diagnostiques d’infrastructures, études de valorisation des sous-produits issus du traitement des eaux usées, mise aux normes des installations d’assainissement autonome, études parcellaires.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Eaux pluviales : optimisation des réseaux.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Défense incendie : installation, réhabilitation et mise aux normes de réserves incendies.&lt;/p&gt;&lt;/li&gt;&lt;li&gt;&lt;p&gt;Développement durable : bornes de rechargement pour VE, aire de covoiturage, mobilité douce, panneaux photovoltaïques.&lt;/p&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Eau potable
+Eau pluviale
+Assainissement des eaux
+Patrimoine et monuments historiques
+Sports et loisirs
+Tourisme
+Espaces verts
+Espace public
+Friche
+Voirie et réseaux
+Economie d'énergie et rénovation énergétique
+Jeunesse
+Famille et enfance
+Santé
+Equipement public
+Bâtiments et construction
+Réhabilitation
+Logement et habitat
+Accessibilité
+Attractivité économique
+Mobilité partagée
+Modes actifs : vélo, marche et aménagements associés
+Bibliothèques et livres</t>
+        </is>
+      </c>
+      <c r="O70" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Montant minimum de dépense éligible HT : &lt;/strong&gt;5 000 €.&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Bénéficiaires : &lt;/strong&gt;communes (hors Saint-Dizier, Chaumont et Langres) et syndicats intercommunaux dans le domaine de l&amp;#039;eau et/ou de l&amp;#039;assainissement&lt;/p&gt;
+&lt;p&gt;L’avis conjoint des deux conseillers départementaux du canton concerné par l’opération sera sollicité sur tous les projets préalablement à leur programmation en commission permanente.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S70" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception
+Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T70" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U70" s="1" t="inlineStr">
+        <is>
+          <t>Haute-Marne</t>
+        </is>
+      </c>
+      <c r="V70" s="1" t="inlineStr">
+        <is>
+          <t>https://haute-marne.fr/guide-des-aides/</t>
+        </is>
+      </c>
+      <c r="W70" s="1" t="inlineStr">
+        <is>
+          <t>https://e-subventions.haute-marne.fr/</t>
+        </is>
+      </c>
+      <c r="X70" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Guide des aides&lt;/strong&gt; : &lt;a href="https://haute-marne.fr/guide-des-aides/" target="_blank"&gt;https://haute-marne.fr/guide-des-aides/&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Plateforme eSubventions&lt;/strong&gt; : &lt;a href="https://e-subventions.haute-marne.fr/Extranet" target="_blank"&gt;https://e-subventions.haute-marne.fr/Extranet&lt;/a&gt;&lt;/p&gt;&lt;p&gt;&lt;strong&gt;Service « Aides et partenariats avec les collectivités »&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Centre administratif départemental&lt;br /&gt;Cours Marcel Baron&lt;br /&gt;52000 CHAUMONT&lt;br /&gt;Tél : 03.25.32.86.16&lt;br /&gt;Mail : dat.communes&amp;#64;haute-marne.fr &lt;/blockquote&gt;&lt;p&gt;&lt;strong&gt;Toute correspondance doit être adressée à :&lt;/strong&gt;&lt;/p&gt;&lt;blockquote&gt;Monsieur le Président du Conseil départemental&lt;br /&gt;1 rue du Commandant Hugueny&lt;br /&gt;CS 62127&lt;br /&gt;52905 CHAUMONT Cedex 9&lt;/blockquote&gt;</t>
+        </is>
+      </c>
+      <c r="Y70" s="1" t="inlineStr">
+        <is>
+          <t>sarah.janda@haute-marne.fr</t>
+        </is>
+      </c>
+      <c r="Z70" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/98d0-fonds-damenagement-local/</t>
+        </is>
+      </c>
+      <c r="AA70" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" spans="1:27" customHeight="0">
+      <c r="A71" s="1">
         <v>158480</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Obtenir de l'aide en ingénierie : le guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="D82" s="1" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Guichet unique d'ingénierie territoriale pour les communes rurales essoniennes</t>
         </is>
       </c>
-      <c r="E82" s="1" t="inlineStr">
+      <c r="E71" s="1" t="inlineStr">
         <is>
           <t>Préfecture de l'Essonne
 Conseil départemental de l'Essonne</t>
         </is>
       </c>
-      <c r="G82" s="1" t="inlineStr">
+      <c r="G71" s="1" t="inlineStr">
         <is>
           <t>Commune</t>
         </is>
       </c>
-      <c r="H82" s="1" t="inlineStr">
+      <c r="H71" s="1" t="inlineStr">
         <is>
           <t>Ingénierie technique
 Ingénierie financière
 Ingénierie Juridique / administrative</t>
         </is>
       </c>
-      <c r="K82" s="1" t="inlineStr">
+      <c r="K71" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L82" s="1" t="inlineStr">
+      <c r="L71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Vous êtes maire d&amp;#039;une commune rurale essonnienne et vous avez des projets, mais vous n&amp;#039;avez pas les ressources internes pour les mener à bien ?
 &lt;/p&gt;
 &lt;p&gt;
  &lt;a href="https://drive.google.com/file/d/1VMhbtuYRR8HutUq77W8qKwFsJ86t1Yz6/view?usp&amp;#61;drive_link" target="_self"&gt;
   Le guichet unique d&amp;#039;ingénierie territoriale est la solution pour vous accompagner dans la réalisation concrète de vos projets.
  &lt;/a&gt;
 &lt;/p&gt;
 &lt;p&gt;
  Il se constitue :
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un groupe projet
  &lt;/strong&gt;
  : au sein d&amp;#039;un réseau d&amp;#039;acteurs institutionnels, de financeurs et d&amp;#039;offreurs en ingénierie, une équipe pilotée par l&amp;#039;État et le conseil départemental se met à votre disposition pour vous accompagner tout au long de votre projet.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;un accompagnement personnalisé et gratuit
  &lt;/strong&gt;
  nous vous aidons à chaque phase de votre projet : définition de l&amp;#039;expression du besoin, identification des financements disponibles, levée des freins, mise en lien avec les opérateurs compétents
 &lt;/p&gt;
 &lt;p&gt;
  &lt;strong&gt;
   - d&amp;#039;une expertise technique :
  &lt;/strong&gt;
  le guichet unique met en réseau les principaux opérateurs de l&amp;#039;ingénierie territoriale : services de la préfecture, du conseil départemental, du conseil régional, des syndicats et organismes publics.
 &lt;/p&gt;
 &lt;p&gt;
  -
  &lt;strong&gt;
   d&amp;#039;un accès facilité aux financements
  &lt;/strong&gt;
  : bénéficiez du réseau de partenaires pour accéder à des financements adaptés à vos besoins.
 &lt;/p&gt;
 &lt;p&gt;
  &lt;br /&gt;
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="N82" s="1" t="inlineStr">
+      <c r="N71" s="1" t="inlineStr">
         <is>
           <t>Eau potable
 Eau pluviale
 Assainissement des eaux
 Eau souterraine
 Cours d'eau / canaux / plans d'eau
 Patrimoine et monuments historiques
 Culture et identité collective
 Arts plastiques et photographie
 Musée
 Sports et loisirs
 Tourisme
 Forêts
 Sols
 Espaces verts
 Espace public
 Friche
 Foncier
 Voirie et réseaux
 Transition énergétique
 Economie d'énergie et rénovation énergétique
 Réseaux de chaleur
 Recyclage et valorisation des déchets
 Personnes âgées
 Jeunesse
@@ -15814,3028 +13223,1213 @@
 Architecture
 Paysage
 Accessibilité
 Lutte contre la précarité
 Attractivité économique
 Artisanat
 Transports collectifs et optimisation des trafics routiers
 Mobilité partagée
 Logistique urbaine
 Mobilité pour tous
 Connaissance de la mobilité
 Modes actifs : vélo, marche et aménagements associés
 Limiter les déplacements subis
 Réduction de l'empreinte carbone
 Bibliothèques et livres
 Mobilité fluviale
 Milieux humides
 Inclusion numérique
 Sécurité
 Cimetières et funéraire
 Mobilité et véhicules autonomes
 Protection animale
 Solutions d'adaptation fondées sur la nature (SafN)</t>
         </is>
       </c>
-      <c r="O82" s="1" t="inlineStr">
+      <c r="O71" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P82" s="1" t="inlineStr">
+      <c r="P71" s="1" t="inlineStr">
         <is>
           <t>12/01/2024</t>
         </is>
       </c>
-      <c r="R82" s="1" t="inlineStr">
+      <c r="R71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;
  Être une commune rurale de l&amp;#039;Essonne
 &lt;/p&gt;</t>
         </is>
       </c>
-      <c r="S82" s="1" t="inlineStr">
+      <c r="S71" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U82" s="1" t="inlineStr">
+      <c r="U71" s="1" t="inlineStr">
         <is>
           <t>Essonne</t>
         </is>
       </c>
-      <c r="W82" s="1" t="inlineStr">
+      <c r="W71" s="1" t="inlineStr">
         <is>
           <t>https://www.demarches-simplifiees.fr/commencer/guichet-unique-ruralite</t>
         </is>
       </c>
-      <c r="X82" s="1" t="inlineStr">
+      <c r="X71" s="1" t="inlineStr">
         <is>
           <t>&lt;p&gt;&lt;strong&gt;Vos interlocuteurs du quotidien - Sous-préfets d&amp;#039;arrondissement, élus du conseil départemental
  &lt;/strong&gt;
  &lt;strong&gt;
   pourront également vous accompagner vers le guichet unique.&lt;/strong&gt;&lt;br /&gt;&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="Y82" s="1" t="inlineStr">
+      <c r="Y71" s="1" t="inlineStr">
         <is>
           <t>thomas.perrono@essonne.gouv.fr</t>
         </is>
       </c>
-      <c r="Z82" s="1" t="inlineStr">
+      <c r="Z71" s="1" t="inlineStr">
         <is>
           <t>https://aides-territoires.beta.gouv.fr/aides/5f43-obtenir-de-laide-en-ingenierie-le-guichet-uni/</t>
         </is>
       </c>
-      <c r="AA82" s="1" t="inlineStr">
+      <c r="AA71" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="83" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G83" s="1" t="inlineStr">
+    <row r="72" spans="1:27" customHeight="0">
+      <c r="A72" s="1">
+        <v>71805</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets d’infrastructures d’énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Financement des énergies renouvelables</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G72" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...17 lines deleted...]
-      <c r="K83" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H72" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K72" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L83" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O83" s="1" t="inlineStr">
+      <c r="L72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), un développeur
+indépendant, un énergéticien, une entreprise ou un acteur financier et vous
+portez un projet de production, stockage ou distribution d’énergies
+renouvelables (EnR) ? La Banque des Territoires vous accompagne via des
+partenariats nationaux sous forme de holdings de projets, ou via des sociétés
+d’économie mixte (SEM) dédiées au développement des EnR pour démultiplier les
+projets développés, dans une démarche de concertation ou d’association des
+territoires.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Nous adressons les
+secteurs suivants : photovoltaïque, agrivoltaïsme, éolien terrestre,
+hydro-électricité, éolien en mer posé et flottant, accompagnement de
+l’émergence des projets innovants, comme l’hydrogène décarboné ou le stockage.
+Les modalités de financement diffèrent selon les projets : prise de
+participation minoritaire en fonds propres et quasi-fonds propres dans les
+structures de portage, co-investissement dans les SEM, etc. Contactez-nous pour
+que nous puissions étudier ensemble l’accompagnement le plus approprié pour
+vous.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Economie d'énergie et rénovation énergétique
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O72" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R83" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="T83" s="1" t="inlineStr">
+      <c r="S72" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T72" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U83" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="AA83" s="1" t="inlineStr">
+      <c r="U72" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-energies-renouvelables?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=energies_renouvelables_psat</t>
+        </is>
+      </c>
+      <c r="X72" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y72" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z72" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-infrastructures-energies-renouvelables/</t>
+        </is>
+      </c>
+      <c r="AA72" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="84" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G84" s="1" t="inlineStr">
+    <row r="73" spans="1:27" customHeight="0">
+      <c r="A73" s="1">
+        <v>50263</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Financer les projets de valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Financement pour la valorisation énergétique des ressources</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G73" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H73" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K73" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ _______________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une
+collectivité locale, une entreprise publique locale (EPL), une entreprise ou un
+acteur financier et vous portez un projet de valorisation énergétique des
+ressources ? Vous souhaitez bénéficier du soutien d&amp;#039;un tiers de confiance en
+tant qu’investisseur dans les projets, faisant le lien entre industriels,
+collectivités et territoires ? Répartir au mieux les risques industriels et
+commerciaux ? Bénéficier d&amp;#039;une expertise éprouvée permettant d’élaborer des
+montages innovants, économiquement équilibrés ? Créer des emplois directs et
+indirects, réduire les émissions de CO&lt;sub&gt;2&lt;/sub&gt; ? Générer des revenus issus
+de ressources locales ? &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt; &lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;La Banque des
+Territoires finance les projets de valorisation énergétique des ressources au
+meilleur prix, en facilitant l’acceptabilité des projets et en soutenant
+l’innovation. Nous accompagnons par exemple les projets de réseaux de chaleur
+et de froid, de centrales biomasse et de chaufferies collectives, de
+géothermie, de valorisation des déchets et du biogaz.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement des
+projets de valorisation énergétique des ressources est principalement réalisé
+via une prise de participation minoritaire en fonds propres et quasi-fonds
+propres dans les sociétés de portage des projets, aux côtés d’un ou plusieurs
+partenaires disposant de compétences techniques et financières reconnues dans
+leur domaine, notamment dans le cadre de délégation du service public. Le
+financement peut également porter sur la capitalisation (fonds propres et
+quasi-fonds propres) d’un opérateur territorial dédié aux énergies (SEM par
+exemple), ayant des projets de valorisation énergétique de ressources. &lt;/span&gt;&lt;/p&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Réseaux de chaleur
+Recyclage et valorisation des déchets
+Consommation et production</t>
+        </is>
+      </c>
+      <c r="O73" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S73" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T73" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U73" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-valorisation-energetique?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=valorisation_ener_psat</t>
+        </is>
+      </c>
+      <c r="X73" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Retrouvez votre contact régional sur :
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/directions-regionales?pk_campaign&amp;#61;Aides-Territoires&amp;amp;pk_kwd&amp;#61;directions-regionales&amp;amp;pk_source&amp;#61;Affiliation"&gt;
+   https://www.banquedesterritoires.fr/directions-regionales&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;ul&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y73" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z73" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-valorisation-energetique-ressources/</t>
+        </is>
+      </c>
+      <c r="AA73" s="1" t="inlineStr">
+        <is>
+          <t>published</t>
+        </is>
+      </c>
+    </row>
+    <row r="74" spans="1:27" customHeight="0">
+      <c r="A74" s="1">
+        <v>87183</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Financer la construction de bornes IRVE et de stations GNV et hydrogène</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Financement d’infrastructures de recharge et avitaillement</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>Commune
+Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
-Association
+Entreprise publique locale (Sem, Spl, SemOp)
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H84" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K84" s="1" t="inlineStr">
+      <c r="H74" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K74" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L84" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="O84" s="1" t="inlineStr">
+      <c r="L74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ______________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes un acteur public (collectivité
+territoriale, etc.), privé (opérateur de flottes, de recharge, etc.) ou un maître
+d’ouvrage (SEM locale, énergéticien, etc.) et vous souhaitez financer la
+construction de bornes de recharge collectives pour véhicules électriques, de
+stations d’avitaillement d’hydrogène ou GNV ? La Banque des Territoires peut
+vous aider à financer ce type de projet, selon certains critères.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Par ses investissements, la Banque des
+Territoires vise à permettre à chacun, sur tout le territoire, de pouvoir se
+déplacer en limitant son impact sur l’environnement. Pour cela, l’offre
+Infrastructures de recharge et avitaillement se compose de 3 volets pour
+financer plusieurs types d’infrastructures : les bornes IRVE, les stations GNV
+et les stations hydrogène.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Si votre projet respecte les critères de la
+Banque des Territoires, l’établissement propose différentes modalités
+d’investissement : sous forme d’investissement en fonds propres et quasi-fonds
+propres, de co-investissement dans la société de projet (SPV) ou encore sous
+forme de prêt mezzanine.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N74" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Mobilité et véhicules autonomes</t>
+        </is>
+      </c>
+      <c r="O74" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R84" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="T84" s="1" t="inlineStr">
+      <c r="S74" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T74" s="1" t="inlineStr">
         <is>
           <t>Dépenses d’investissement</t>
         </is>
       </c>
-      <c r="U84" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="AA84" s="1" t="inlineStr">
+      <c r="U74" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V74" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=IRVE_GNV_psat</t>
+        </is>
+      </c>
+      <c r="X74" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-infrastructures-recharge-avitaillement?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;IRVE_GNV_psat" rel="noopener" target="_blank"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y74" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z74" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-bornes-irve/</t>
+        </is>
+      </c>
+      <c r="AA74" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="85" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G85" s="1" t="inlineStr">
+    <row r="75" spans="1:27" customHeight="0">
+      <c r="A75" s="1">
+        <v>140792</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Bénéficier d'une expertise sur les différents domaines de l'urbanisme et du développement territorial</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>Agence d'urbanisme du Pays d'Aix-Durance</t>
+        </is>
+      </c>
+      <c r="G75" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Région
-[...8 lines deleted...]
-      <c r="K85" s="1" t="inlineStr">
+Région</t>
+        </is>
+      </c>
+      <c r="H75" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie Juridique / administrative
+Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K75" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L85" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="O85" s="1" t="inlineStr">
+      <c r="L75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Conseil amont : prospective et observation des territoires
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de concertation
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie de projet
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie foncière : aide à l&amp;#039;élaboration de stratégies foncières
+ &lt;/li&gt;
+ &lt;li&gt;
+  Ingénierie réglementaire et juridique
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="M75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Aide à la réalisation du Plan Vélo de la ville de Manosque
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de mobilité pour la commune de Trets
+ &lt;/li&gt;
+ &lt;li&gt;
+  Reconquête des friches agricoles d&amp;#039;intérêt DFCI et développement du pastoralisme en forêt dans la planification
+ &lt;/li&gt;
+ &lt;li&gt;
+  Études de projets urbains communaux : Rognes, étude de faisabilité stationnement avenue de Lambesc D15 / Gréasque, restructuration de l&amp;#039;entrée de ville et construction d&amp;#039;une maison médicale / Saint-Antonin-sur-Bayon, réalisation d&amp;#039;un schéma directeur des espaces publics et requalification de trois secteurs
+ &lt;/li&gt;
+ &lt;li&gt;
+  Pertuis 2040 ; un exercice de prospective territoriale
+ &lt;/li&gt;
+ &lt;li&gt;
+  Finalisation de la démarche d&amp;#039;élaboration du PLH de PAA
+ &lt;/li&gt;
+ &lt;li&gt;
+  Évaluation des impacts de la crise sanitaire sur les marchés immobiliers
+ &lt;/li&gt;
+ &lt;li&gt;
+  Étude de qualification des friches industrielles à potentiel foncier pour l&amp;#039;économie productive
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N75" s="1" t="inlineStr">
+        <is>
+          <t>Bâtiments et construction
+Logement et habitat</t>
+        </is>
+      </c>
+      <c r="O75" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="P85" s="1" t="inlineStr">
-[...10 lines deleted...]
-      <c r="S85" s="1" t="inlineStr">
+      <c r="R75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;ul&gt;
+ &lt;li&gt;
+  Adhésion de la collectivité
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût de l&amp;#039;adhésion pour les communes : forfait de 1000 €/an et conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+ &lt;li&gt;
+  Coût pour les autres adhérents : conventionnement selon le programme d&amp;#039;études
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="S75" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U85" s="1" t="inlineStr">
-[...25 lines deleted...]
-      <c r="AA85" s="1" t="inlineStr">
+      <c r="U75" s="1" t="inlineStr">
+        <is>
+          <t>Alpes-de-Haute-Provence, Hautes-Alpes et Bouches-du-Rhône</t>
+        </is>
+      </c>
+      <c r="V75" s="1" t="inlineStr">
+        <is>
+          <t>http://www.aupa.fr</t>
+        </is>
+      </c>
+      <c r="X75" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ Contact : Le Mansard - Bât C- 4e Etage, 1 Place Martin Luther King, Avenue du 8 mai 1945, 13090 Aix-en-Provence
+&lt;/p&gt;
+&lt;p&gt;
+ Tél : 04 42 23 12 17
+&lt;/p&gt;
+&lt;p&gt;
+ Email :
+ &lt;a href="mailto:aupa&amp;#64;aupa.fr" target="_self"&gt;
+  aupa&amp;#64;aupa.fr
+ &lt;/a&gt;
+ &lt;br /&gt;
+&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y75" s="1" t="inlineStr">
+        <is>
+          <t>fabien.ceane@alpes-de-haute-provence.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z75" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/474e-expertise-au-service-des-territoires-sur-les-/</t>
+        </is>
+      </c>
+      <c r="AA75" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="86" spans="1:27" customHeight="0">
-[...377 lines deleted...]
-      <c r="G88" s="1" t="inlineStr">
+    <row r="76" spans="1:27" customHeight="0">
+      <c r="A76" s="1">
+        <v>165394</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l'implantation d'infrastructures de carburants alternatifs</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>EUROPE - FEDER - Fonds européen de développement régional</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>IDEE Action « mobilité décarbonée »</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Normandie</t>
+        </is>
+      </c>
+      <c r="G76" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
-Etablissement public dont services de l'Etat
-[...392 lines deleted...]
-Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
-Association</t>
-[...93 lines deleted...]
-Département
 Association
 Entreprise privée</t>
         </is>
       </c>
-      <c r="H91" s="1" t="inlineStr">
+      <c r="H76" s="1" t="inlineStr">
         <is>
           <t>Subvention</t>
         </is>
       </c>
-      <c r="K91" s="1" t="inlineStr">
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t> Max : 60</t>
+        </is>
+      </c>
+      <c r="J76" s="1" t="inlineStr">
+        <is>
+          <t>L’aide FEDER ne pourra excéder 60% de l’assiette éligible. Un taux d’aide particulier à chaque dossier  sera établi après instruction du dossier</t>
+        </is>
+      </c>
+      <c r="K76" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L91" s="1" t="inlineStr">
-[...51 lines deleted...]
-      <c r="AA91" s="1" t="inlineStr">
+      <c r="L76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Développer des stations de ravitaillement en BioGNV, en
+hydrogène bas-carbone ou renouvelable, ainsi que des infrastructures de
+recharge électrique pour véhicules lourds (PTAC &amp;gt; 3,5 t).&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Ce dispositif, cofinancé par le FEDER, vise à lever les
+freins à la conversion des flottes professionnelles.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>Transition énergétique
+Innovation, créativité et recherche
+Equipement public
+Logistique urbaine
+Connaissance de la mobilité
+Réduction de l'empreinte carbone</t>
+        </is>
+      </c>
+      <c r="O76" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="R76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Sont retenus les projets suivants :&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;la
+     création de nouvelles stations de distribution : BioGNV, hydrogène ou
+     recharge électrique (PL uniquement),&lt;/li&gt;
+ &lt;li&gt;l&amp;#039;optimisation
+     de stations existantes (augmentation capacité, ouverture au public, ajout
+     unité de production…).&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;Le projet doit être localisé en Normandie. Les grandes entreprises au sens communautaire ne peuvent pas prétendre à l&amp;#039;aide.&lt;/p&gt;&lt;p&gt;Exemples de dépenses éligibles :&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;ul type="disc"&gt;
+ &lt;li&gt;génie
+     civil, réseaux, connexions et tuyauteries,&lt;/li&gt;
+ &lt;li&gt;bâtiments,
+     auvents, équipements de sécurité et supervision,&lt;/li&gt;
+ &lt;li&gt;systèmes
+     de compression, distribution, refroidissement, séchage,&lt;/li&gt;
+ &lt;li&gt;stockage
+     (cuves, racks, tube trailers),&lt;/li&gt;
+ &lt;li&gt;bornes
+     de recharge électrique pour véhicules lourds uniquement,&lt;/li&gt;
+ &lt;li&gt;métrologie,
+     systèmes de paiement, signalétique,&lt;/li&gt;
+ &lt;li&gt;études
+     techniques, coordination de chantier.&lt;/li&gt;&lt;/ul&gt;&lt;p&gt;Ne sont pas financées les dépenses liées à l&amp;#039;achat de
+terrain, la dépollution, les dépenses antérieures au dépôt de la demande.&lt;/p&gt;&lt;p&gt;L&amp;#039;aide prend la forme d&amp;#039;une subvention FEDER.&lt;/p&gt;&lt;p&gt;Montant minimum : 100 000 € d’aide sollicitée.&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;Taux d’aide : Jusqu’à 60% des dépenses éligibles.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S76" s="1" t="inlineStr">
+        <is>
+          <t>Réflexion / conception</t>
+        </is>
+      </c>
+      <c r="T76" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U76" s="1" t="inlineStr">
+        <is>
+          <t>Normandie</t>
+        </is>
+      </c>
+      <c r="V76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.normandie.fr/idee-action-mobilite-decarbonee-soutien-aux-vehicules-et-aux-infrastructures-de-distribution-biognv</t>
+        </is>
+      </c>
+      <c r="W76" s="1" t="inlineStr">
+        <is>
+          <t>https://monespace-aides.normandie.fr/aides/#/crno/connecte/F_NTEL031ENV/depot/simple</t>
+        </is>
+      </c>
+      <c r="X76" s="1" t="inlineStr">
+        <is>
+          <t>&lt;table cellspacing="0" cellpadding="0" width="577"&gt;
+ &lt;tbody&gt;&lt;tr&gt;
+  &lt;td width="85" valign="top"&gt;
+  &lt;p&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="top"&gt;
+  &lt;p&gt;Carl Pique&lt;/p&gt;
+  &lt;p&gt;Chargé de projets Mobilité décarbonée&lt;/p&gt;
+  &lt;p&gt;Service Energies renouvelables et Economie circulaire&lt;/p&gt;
+  &lt;p&gt;Direction Energies, Environnement et Développement Durable
+  (DEEDD)&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="85" valign="bottom"&gt;
+  &lt;p&gt;&lt;a href="https://www.normandie.fr/"&gt;&lt;img width="71" height="54" src="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAEcAAAA2CAYAAACVzoR7AAAAAXNSR0IArs4c6QAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABl0RVh0U29mdHdhcmUATWljcm9zb2Z0IE9mZmljZX/tNXEAABT7SURBVGhD7VsJdJTluX7m/2efycxkQvawg4BIWcQVK1iXulWvV1vX9rj2oPdUqdft1rVaW6lW2uPKvYK74nJcbqXItYAbgiBFFi0FMSQsWSaZTCazzz//3Of9kokRCWiSe0LPue85P0n&amp;#43;5fu&amp;#43;93n39/uw5kn4f9onAtZ/SmwsFlgOINCB4OvgA4eMowfz&amp;#43;wNBVN7MZGB2xJBrj8EItSDb0AhbaRncx0zrtz1YNU3r9yD/JwMYBnLxJHKtbTDCbci1tJHxJhhNrTAaQ8g2NcNolvv8O9IOMxqHGU8gm23CyCeegHfG9H4vy9rvEb7jAPlcjpKOIycMt0XJZIgMy9XayXwzmZWrtZXPO8g0L4JkZjOcyUAeJn&amp;#43;KWYlQdSoZL13nr/w7l4ezfDz855z6HVe179cHFJxcewdylGKuNYJscwi5EKW9pwnZRjLdKEwTBGqCGY4i1xEl0ynkyXQeWV5iJJ1MW8g0Oe5m2mK1QrfZlLntj3LpBHzHToMeDBxc4ESXrED9FXOApAkzQUln0l2S7gyG3UxD5EHmReq6DZrdDpBv9U5GQz6nXkZez0OXn9ZO2BR14tcr5alZnllHDwgwMsiAaE4&amp;#43;a6DxV7&amp;#43;HQWeoI0AebNDt5LiL6e7V5gmRJ4ccGbQ6TeQylk7GozryaQ1GBbVoZAq2hBXesA0tFgPWHU7oedEmQCNgAp4pumWnedn5dQE5Mw/N6obnqKkHFziRl/4biU/XweIcgtykBFxBE8n1ZKqF6LjJRBcDZkKDfWYUY&amp;#43;YxopAZ02XB5uc8SNw&amp;#43;DGVnRFD8uz1UqDxSYR31f/ai9fliHHpIFp6T6HfGpZCzElACnK&amp;#43;3I/JMMbQGGyzezvHz2SxsFeVwjBt98IAjDjY0bwHdgROWrAV77FkMu74JgZQVDXOq4K11A16KWwk5D3cgj9ovNJSV8bsvqRF8ZlpMVN7QjF3rHWhcVAynO4dAdQ6j7m5FxJPBF5vtSC12w7LLDt3DMWbGULpwB0K/rIFzu4saZCJvZGAfNQx6wHfwgNOx9D0k/rYeutsHjUyWrPRj5xNpfP&amp;#43;xVnif3oXtFwyHYw&amp;#43;1iFIndjAmx1EzzsCW5U5Ujc2iZEYSq1wZbLymEu5L21DxfUYyLY&amp;#43;2XVbUzvND3&amp;#43;yBj9ZfJl5K69SSjjXFyHQ0oOiGRrRfORIeui3xN44xwwcMmAHxOeGFL3V6SkYSCbIeJ33DkhJsmWti4pw2fG/Fl9j1&amp;#43;1KklvgZuezIxBhyCVL978pQfWMY1plxTPtjI6yfudH6mQsZvwGdTqkyo2PUVPqnYXEkm6zIt1hhtOvMfSzwObOomZLFphY68C4fLSHePqL64AEnW78Hsb9&amp;#43;yIjj7V6UyejiyumI31&amp;#43;N1atdmPR4A8bOb0Lm8xbE17mgFRvwuvI447k9cIw08OlbDngr0xhzSQzlCfG6vKgJ6mdnwEM6ZMGuVS54GL40gzriz2PjDg3t91VgqDOPzgBngbVC9GvgqF/RKrp4GbLtLbB6gl&amp;#43;tiKI0aRZejwHtgwBW/siKsfeEMOH0JCUbY45DPSMIjtFZNG6xIhrSMWlWCmjjENS62B4LojupJVmgenwWOu/pRXm&amp;#43;a0PksTLljwxqnydhxzAHgbIVIpYOa9mQgUOmv6FcchuVsO2DRJouj4mhO7zYNtuG2M0hWMuzGDM9jaIAHWiSCsJQfNRZCSZtQAOd9Of/FYSDwFaf2wEbmd602o7JP8zAysFmzGnH7lJGqpVFsFTRSS91wainMxbxsrEg69C8noMDHKl5Ems3qtyiNxIf5HCZqOpwIjZ/CMY9tgdF5bxLrbA4gOCh5Jqfb/0fGzZfUYOKZh9G/6Ye5admENukYc3tlcisSWL07DYEywna9RHgl7xoauEFbjT/ew0qTfoh8TysETV7vwzhG2z0ebTkhs9ZFzVBd&amp;#43;1HWsQhlbQiOCOG6Q/vBhidEAMirRY0b7UjHdEQ/tSF2Gt&amp;#43;jAsRJWsWOxYUw3NmFM6KHII1BmIPV2LzawGA&amp;#43;ZNeYSA4KYUJP4vBNyqLXTonIDgqQ5TSQuqrAaQ&amp;#43;g5NYt4nazGLQ8pUzVuuSlJ/JnsVk9OJayy5tRc0fG5STrVtpxbZXi9D2gRvuL9xwZTX481YMsbHkoGnkDQ0BDuekVmWoDE07NYxl&amp;#43;Ha3OJGmGWVpQ&amp;#43;381zhtC&amp;#43;I7bfDT7&amp;#43;RpuipMMqlETn4ZOOozOKnNW7mKb0oqz5Kg6PgY8rM6UDIxDf95CWx53Y7tz/iRWuFFoN2BkZpFAaBxdgZrMOmF74II8hOTGHFVBKE9Gt7/URXKN3hhZ2TL0Iwc1VkEz6LzH56GbTR91kcSvLtSb9GcPAFOS&amp;#43;U&amp;#43;cNRncDJf1hGavYonrlW6B/XD42htymHCmBy&amp;#43;eMiNPTdXoirpJCCsimiFkimLjFUIZmaYKzHwmSsJa4OJ&amp;#43;GIXdjwawIhPgvAwMkm9rhkWxMYn8EUJM2OG7thKO3Yu8qGCoV2VpTQpCejS0xlI6hM4UnVnG1tgEdH3JEpQzMPxNBM8Sx4t81VcxyhqiZQQAkhewEh/FeGsrKUsTO5K/rOK7Fmwm3CUMPK4pJHBssDk&amp;#43;1JwGst8KFrmh&amp;#43;jGTo5USu2zsW4TaxIScIzmloHEpm9VeS7CXkx7lA70m2Fc8&amp;#43;fgc7DCjljhE&amp;#43;aYFCpPIDilNDiPjaOEJmRlOWFaNOxiuE4/XQo3zab4tkY4hpN9vhdZ68a2RR4MrfXBMyqNEjpivdSAEdcQ3&amp;#43;hAgtl03uDIHL/TughmQ/Pgg6P6NWmmrz2aT2L2BpkKndCGEZey2fWJB&amp;#43;1/KINHCipJ1IRYFth8NJXjoyhiYteesiATccPIaRjx4B60BTPY8VePAiC724rvzWRFfms92osyaKizItPEVkiFCf&amp;#43;/tMJT60D7XZXMxsXxS56jIVO3a/DBkf4NsvQYPRpPwr6dIGjLfag7PI7J14RhsmcTvasa7iwXz3zHIBO2qQlqlY4GdidMCr5sAotOmtLuj2l7U0z42MuxMoTnJ8cQ2q1j6/Me6GvZMI/Z4eCEMk&amp;#43;TnkP14/WwX9eI9Nwq2FipE3ZkvqwffHC&amp;#43;6jB9fS05&amp;#43;oYhSRvCNJMES4IJ/xFBXbGJNmoQ6hmO&amp;#43;XrSlcPQoQbeOr8Kx1zdDv&amp;#43;xCWoa26mLA4htIftDM8iuY9zf5oOrzomhMfo1OmRx3nIJ&amp;#43;XIOFK31IT0rjA7CJS4tbyU4tTtVm1YP&amp;#43;AcEpD455O6GtlFYbo&amp;#43;10EkGd7mw7ZTRaP1VIybf0Y6qMzrQ9mcfIh954aaUpUl4&amp;#43;Ikp1bKo&amp;#43;4cVRReFMfx3zcjTlGSLUXPzH2pdPm1Btk1His2t5E4C1q7BjOnQyw2kjujAjltLUWOVbgA1x2ZVPie9tRbuI6cMHjiai40tJxOwKCvIvXyy2j9lyK7M6mi&amp;#43;uxLLa6048s4wyma3o&amp;#43;zydrZEKWXWVaNuCCPJ4FK71IspP&amp;#43;QNWqplhKHcWJb3TfojB7XOzjoMI7NYN4&amp;#43;gULPs1RmkNupI/4mlQ7OLza&amp;#43;uiMXywcwlkPhk4yCD4/exUvbC5NYJKLF9UZZZ7xDmIaFnSrFiixNH/aEJOW6deL15FJWQYYLU8g8bRh&amp;#43;RRnAkE0Hmk9s/tCO82QFXVVaBFCRYVRMN2BnApp6dxBfLi6EvCcLNvCgVZSLJnIfurNv1iVOOf7AWQ6752eBpju7zqvaA2Djl2&amp;#43;tCpKNX5mG9vMaH1RfaMOyGEErPobaJNZKpodNYawVYbjECf3AT&amp;#43;8&amp;#43;vlGHijdyU&amp;#43;2UHUjstWHp7EFMu6cDwmRkE2NyavqwO5i4dBk13zW&amp;#43;DaFtYCj8L80LRoOkuJFavV5t7mqf3gvjbItcnnyODO9ivjX&amp;#43;8dv/zUPqZGDt3LAEOuzaKwMXMYMXsaEJJ/ppmAdrymRX/eLAYwbdLUUyo47V2ZKmQWTphF534lguDaDgvAu/RcXjoawLsAxUH8xjGXGnjywEUZ&amp;#43;ysPTtTBYvDgXRdHeKr/4aiE4/7thj0&amp;#43;l6fwXFOGo/8i/twyKIUzD3y9Bkm1dzJWmjk/F1w0q9kWX/uWGVH3V/dSK/yQKNzdXDrpYKdQyfTgDRzouybAaTntKDo6CxS7BBWfOyH45kytD9jIiT9vtI0Zqz6Egk6aV/UxsKzK4dS6EhrJ4Pom&amp;#43;8MLjiuIyaTdelsd9Y2BRJg7D4TjmOS0Jn1DrutGcmSHNYvcKLuJR/MlV4UJWyopAN1sATQCAqxUZmxc1gGVVeFYR&amp;#43;Xxfv3FMFc4VN&amp;#43;RWNropia5B7Bfa1qA7auLgW3BTtrqx6k6x5E31qGyvtuYdSjzfWD&amp;#43;qw57sMncZ&amp;#43;ogtu&amp;#43;rdBcXX5HwjBL7MxPQ2gaF8fEmWmEOMOq0yvhZF5SSTi9bHtK8SnhV12SQRfnEL6iARaCWXZKBmvu9SHzQA3GSX9YNvKSbKSfEEWI4waqckhW5tG0wcGu6jfBsbDcT9duR8fb78L/r6f1A5p&amp;#43;7HjqxX5uvR6J1kUvIh&amp;#43;XMrHTy8reZOOjTOVzfmwYSp9D1a8KeVDktMAgo3t3XCysjQyaYHhuuSrVVt9GrWuwo4a5jsHiVUhnr7htix2hX1Wig1pZS4ds3&amp;#43;qCl&amp;#43;/s27A53sKXBw8cWXT1w79Byb/9lMdA2IKSExKs1OUK7pFDBBFkGtvof/jME0cqlaAfYnRSTU1J98UUxTDY&amp;#43;&amp;#43;WhgeEWJoD8iVbGdGmcdwEj80jUC7Q6UMIGWq5JDcFyhMDw/r5Idxah4533IN1K1&amp;#43;RD&amp;#43;6w9fTYrmdFaUgzvcb1v3JupNKt3OXkRVQeLjFBYgZdtbOSRE/mdpy7kfE0rT2a0d52xSSZpRumujk9nQSlNNZMgGlrXyQub6Kfc7&amp;#43;VUAdulOQqj5U8LMXThA4MDzoFm1Wj/clnLh3APe1Svr&amp;#43;fZwVNHVyIdBCusDiblmvmTx1fU2R3&amp;#43;boTk&amp;#43;ErnO2aMV4IAmnJ8pdOcCyCq3RCCqFlcaHv&amp;#43;dZTeOBvOCWMOtNR9Pu&amp;#43;X5uxvxqxs7MuZmm9BFoedAJaq64Agso9khCM8/BTp1DyCl5WDTzwDlJNTX&amp;#43;rgU1gdg8s01qPh1rkY8crjnWd9viP1G5xUKoUkTaG4uFhNHY/HsWTJEhx66KHqEmrlKS2/388G19ena2trY6h2wuWiQ5e9p66UoOfvPflRIDIzP9Dmncn1yOkxI0SgaMpsGHX2b78j9QucaDSKRYsWKcblmj59Ol577TX4fKy9uJhYLIa//OUv7NuYrKm8OOmkk7Bq1SrMnDkT7777LpqbaT48pTFt2jQMGTIEr7zyCq655hps3LhRAXbIIYd8R3Y6X9f4rVwHAvFAg/cLHGG&amp;#43;qqoKZ555Jl588UXU19crpo455hjU1NRgxYoVisHx48ejiXtcojmiWZs3b4YAe8EFFyhwBNBJkyapex999BEcLANEGweb&amp;#43;gWOmMTnn3&amp;#43;uQCkrK8Pw4cPx8ccfo52Rp7q6WpmKvCPAvPXWWwo0t9v9NRMqmJKY5w9&amp;#43;8AMFoJjlueeeO9jY9K3BXli1SF1M6YgjjsCHH36opC1Sb2lpwd///nccddRRyqyKiooUeCUlJcrUDjvsMIQYfcSMMjxHPHXqVASDQQWymNj69eu7/c9gItQvzSktLVXSFjrttNOUiZxzzjkKJDE3ITEd0STRGIleol1C4n8ERDFDj6dzS7m8vFz9vOKKKwYTk&amp;#43;65ewWnoaEB4XAYEydO7H5ZnOnYsWOV8xSS56IZIn0Bp7KyUkUtYfbVV19VDlcOgR999NGYMmWK&amp;#43;kY0TDRF3imMI3Pt3LkTRx55ZPdca9asUaYpl5DMsWzZMjVPgT755BMeys4qc126dCk&amp;#43;/fRT5fxFkwV8IRHY66&amp;#43;/jlNPPVU9W7BgASKRSPeziy66qDuq7i2RXsFZt24dzj//fKxdu7b74&amp;#43;uvvx533303Tj75ZLz99tu47rrr1DOJTPfddx/uuusuyGTbtm1T0j/rrLPUgubOnYvbb78dl19&amp;#43;Oa699lrMmjULDz74YPdaLrvsMmVWL7zwgrpn8PT6iSeeiIsvvhiPP/64uif&amp;#43;67zzzsMvfvELNZfQyy&amp;#43;/rBgVcOSencd2xfnfdNNNShgLFy5U3912220KsI6ODvz617/GVVddpcxWgJP19Ua9giOOVCa78MIL8d577yEQCCjTkEvyk5///OeYP39&amp;#43;tyTFEYsTPfbYY5VTFe149tln1bzLly/HjTfeqMAR7Zo3b576Xhh55513lNTnzJnTvcbnn39ePduwYQMaWWpUsPoXknuPPPIIJk&amp;#43;erNYlJikaJSS/33LLLTj&amp;#43;&amp;#43;OOR5p6arEPAkTklzRAw5F0B8v777&amp;#43;8VkJ4PegVHUBYVlgWdffbZCiABS8ARZoT5niouzveUU07BG2&amp;#43;8gR//&amp;#43;MdKKgUSTRKnLCQLPf3005V0BQTRtjPOOENJuKAhwpSYpYD72GOPKWmL&amp;#43;RS06&amp;#43;qrr1bzi4MXQQkJ8&amp;#43;LbhCQoCNgyhoAjz2R8ybUkhxLNkfWNGjVKadV31hwZUAC64447IPYvkwkwQqJV&amp;#43;8pDEolEd8a7detWZRqSu0gof/PNN9W3YgYiYWFaABXTk&amp;#43;gl2iX0/vvvq/me4H/u2LJlC1auXIk777xTCUbGOuGEE/Doo48qkzvuuOMUEAXq&amp;#43;Z9cdu/e3S2QwvNCMnr44YcrsESL90f7jVYFlRXbFnXdtGmTQlo05Oabb1aLlIxWSDJlSeAeeugh5ajFFO69917IIkVLxCyFRAOEiXvuuUf5HgFfNKSgaeKLxNeJIMSRi9Y99dRTSgOEOXHyAqgAJ2sQXyYkz2S94q8k&amp;#43;RTTLQhE7slzyaUkIs6ePbsbE3m2d1lTeLhfcAqqLgsVFRV7lTxF/hbAxOkKYxKiRSOee&amp;#43;45SHiX6CMlhDAnJJrzk5/8RJmmaJ2ov0hdnL2MJT5CzK62thY7duxQpllIDiXvEQAlJShorowpgIuGCcNCMt&amp;#43;tt96KBx54QK1RhCTzC&amp;#43;gytghEBLR9&amp;#43;3bMmDFDjS&amp;#43;CuvLKK5WZ7Yt6BUfqnwkTJnR/M2LECEjoLOQk4hSFOdEWWYAsRFRfSEqGJ598svtb0S5xkEJiTuJ3hApqfckllyiJC8iLFy/&amp;#43;WgIoZvT000&amp;#43;riCglioBfoEK0kr8ffvhhlVgKjRkzpnst8p28J/5KSAKHuISCHxK/1Rv1Co7kK4VKu/BxIeco/C0TiBT2JtEOWWBPKuQ5PaVfeF5YuPy995xyTxynUCGxLHwn2lD4VkDrCVzPuXvel5rv21K/MuRvO8k/63v/CwWjiWgmTQGGAAAAAElFTkSuQmCC" alt="Une image contenant texte, logo, Police, Graphique
+Le contenu généré par l’IA peut être incorrect." /&gt;&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+  &lt;td width="492" valign="bottom"&gt;
+  &lt;p&gt;Région Normandie (site de Caen)&lt;/p&gt;
+  &lt;p&gt;Tél : 02 31 06 95 86&lt;/p&gt;
+  &lt;p&gt;carl.pique&amp;#64;normandie.fr&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+ &lt;tr&gt;
+  &lt;td width="577" colspan="2" valign="top"&gt;
+  &lt;p&gt;Retrouvez les infos et événements de la Région sur &lt;a href="http://www.normandie.fr/"&gt;www.normandie.fr&lt;/a&gt;&lt;/p&gt;
+  &lt;/td&gt;
+ &lt;/tr&gt;
+&lt;/tbody&gt;&lt;/table&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y76" s="1" t="inlineStr">
+        <is>
+          <t>carl.pique@normandie.fr</t>
+        </is>
+      </c>
+      <c r="Z76" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutenir-limplantation-dinfrastructures-de-carburants-alternatifs/</t>
+        </is>
+      </c>
+      <c r="AA76" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="92" spans="1:27" customHeight="0">
-[...18 lines deleted...]
-      <c r="G92" s="1" t="inlineStr">
+    <row r="77" spans="1:27" customHeight="0">
+      <c r="A77" s="1">
+        <v>41742</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Financer des services de mobilité durable en ville et en périphérie</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Financement des services de mobilité durable</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>Banque des Territoires</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
         <is>
           <t>Commune
-Intercommunalité / Pays</t>
-[...8 lines deleted...]
-      <c r="K92" s="1" t="inlineStr">
+Collectivité d’outre-mer à statut particulier
+Entreprise publique locale (Sem, Spl, SemOp)
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H77" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K77" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L92" s="1" t="inlineStr">
-[...45 lines deleted...]
-      <c r="O92" s="1" t="inlineStr">
+      <c r="L77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;
+ &lt;span&gt;🚩&lt;/span&gt;
+&lt;/p&gt;
+&lt;p&gt;
+ Les financements décrits dans cette section respectent la réglementation relative aux aides d&amp;#039;Etat et n&amp;#039;emportent donc pas d&amp;#039;éléments d&amp;#039;aide.
+&lt;/p&gt;
+&lt;p&gt;
+ ________________________________________________________________________
+&lt;/p&gt;
+&lt;p&gt;&lt;span lang="fr"&gt;Vous êtes une collectivité locale, une
+entreprise publique locale, une société ou un acteur financier privé et vous
+souhaitez participer au développement de services de mobilité durable ? La
+Banque des Territoires met à disposition des solutions de financement pour vous
+accompagner dans votre projet.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Solutions d’autopartage, service de vélos
+partagés, covoiturage courte distance, ou encore corporate venture au profit de
+jeunes entreprises innovantes : l’accompagnement de la Banque des Territoires
+peut se faire sur différents types de projets, en fonction de leur éligibilité.
+L’objectif est ainsi de développer des alternatives à la possession d’un véhicule
+et à l’autosolisme, libérer de l’espace urbain utilisé pour le stationnement de
+véhicules et réduire l’empreinte carbone.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;&lt;span lang="fr"&gt;Le financement de ces solutions de mobilité
+durable est toutefois conditionné à des prérequis et des objectifs spécifiques,
+comme la justification territoriale du projet ou encore la réduction du volume
+de véhicules en circulation en agglomération. La Banque des Territoires met à
+disposition de nombreuses compétences et expertises pour étudier votre projet
+et vous apporter les meilleures solutions possibles.&lt;/span&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N77" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Mobilité partagée
+Logistique urbaine
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O77" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R92" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="AA92" s="1" t="inlineStr">
+      <c r="S77" s="1" t="inlineStr">
+        <is>
+          <t>Mise en œuvre / réalisation</t>
+        </is>
+      </c>
+      <c r="T77" s="1" t="inlineStr">
+        <is>
+          <t>Dépenses d’investissement</t>
+        </is>
+      </c>
+      <c r="U77" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign=Aides_Territoires&amp;mtm_kwd=Investissement&amp;mtm_source=Affiliation&amp;mtm_medium=Aides_Territoires&amp;mtm_content=service_mobilite_durable_psat</t>
+        </is>
+      </c>
+      <c r="X77" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;
+ &lt;strong&gt;
+  Vous êtes intéressé(e) par cette offre ?
+ &lt;/strong&gt;
+&lt;/p&gt;
+&lt;ul&gt;
+ &lt;li&gt;
+  &lt;a href="https://www.banquedesterritoires.fr/produits-services/investissement/financement-services-mobilite-durable?mtm_campaign&amp;#61;Aides_Territoires&amp;amp;mtm_kwd&amp;#61;Investissement&amp;amp;mtm_source&amp;#61;Affiliation&amp;amp;mtm_medium&amp;#61;Aides_Territoires&amp;amp;mtm_content&amp;#61;service_mobilite_durable_psat"&gt;
+   Rendez-vous sur le site de la Banque des Territoires
+  &lt;/a&gt;
+ &lt;/li&gt;
+&lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="Y77" s="1" t="inlineStr">
+        <is>
+          <t>baptiste.girod@caissedesdepots.fr</t>
+        </is>
+      </c>
+      <c r="Z77" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/financer-services-mobilite-durable/</t>
+        </is>
+      </c>
+      <c r="AA77" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="93" spans="1:27" customHeight="0">
-[...23 lines deleted...]
-      <c r="G93" s="1" t="inlineStr">
+    <row r="78" spans="1:27" customHeight="0">
+      <c r="A78" s="1">
+        <v>165396</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Aider en ingénierie pour la publication de données de tranport en open-data</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>Ministère de l'Aménagement du Territoire et de la Décentralisation</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
 Département
 Région
 Collectivité d’outre-mer à statut particulier
 Etablissement public dont services de l'Etat
 Entreprise publique locale (Sem, Spl, SemOp)
 Association
-Entreprise privée
-[...143 lines deleted...]
-      <c r="S93" s="1" t="inlineStr">
+Entreprise privée</t>
+        </is>
+      </c>
+      <c r="H78" s="1" t="inlineStr">
+        <is>
+          <t>Ingénierie technique</t>
+        </is>
+      </c>
+      <c r="K78" s="1" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+      <c r="L78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;L’équipe de transport.data.gouv.fr propose un accompagnement personnalisé aux collectivités et acteurs de la mobilité pour les aider à publier et à valoriser leurs données de transport.&lt;/p&gt;&lt;p&gt;&lt;br /&gt;
+Cet accompagnement vise, notamment, à :&lt;/p&gt;&lt;ul&gt;
+&lt;li&gt;
+&lt;p&gt;faciliter la mise en conformité avec les obligations d’ouverture des données de mobilité (loi LOM, règlement européen),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;apporter une expertise technique et réglementaire (formats de données, bonnes pratiques de publication),&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;outiller les équipes dans la structuration, la mise à jour et la diffusion de leurs données,&lt;/p&gt;
+&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;favoriser la réutilisation des données par les usagers, les développeurs d’applications et les partenaires de la mobilité.&lt;/p&gt;
+&lt;/li&gt;
+&lt;/ul&gt;&lt;p&gt;
+&lt;/p&gt;&lt;p&gt;L’objectif est de renforcer la qualité, la visibilité et l’impact des données de transport produites par les territoires, pour améliorer l’information voyageur.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Accompagnement la création et la publication des données (ZFE, covoiturage, bornes de recharges, aménagement cyclables...) selon les schémas nationaux (standards).&lt;/span&gt;&lt;/p&gt;&lt;p&gt;Espace producteur et réutilisateurs de données pour mieux suivre et gérer la disponibilité et la qualité des données.&lt;/p&gt;&lt;p&gt;&lt;span&gt;Outils d&amp;#039;analyse de la conformité et qualité des données.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span&gt;&lt;br /&gt;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;br /&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="N78" s="1" t="inlineStr">
+        <is>
+          <t>Information voyageur, billettique multimodale
+Transports collectifs et optimisation des trafics routiers
+Mobilité partagée
+Connaissance de la mobilité
+Modes actifs : vélo, marche et aménagements associés</t>
+        </is>
+      </c>
+      <c r="O78" s="1" t="inlineStr">
+        <is>
+          <t>Permanente</t>
+        </is>
+      </c>
+      <c r="S78" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U93" s="1" t="inlineStr">
-[...71 lines deleted...]
-      <c r="AA93" s="1" t="inlineStr">
+      <c r="U78" s="1" t="inlineStr">
+        <is>
+          <t>France</t>
+        </is>
+      </c>
+      <c r="V78" s="1" t="inlineStr">
+        <is>
+          <t>https://transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="W78" s="1" t="inlineStr">
+        <is>
+          <t>https://doc.transport.data.gouv.fr</t>
+        </is>
+      </c>
+      <c r="X78" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Point de contact : contact&amp;#64;transport.data.gouv.fr&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y78" s="1" t="inlineStr">
+        <is>
+          <t>aurelien.cadiou@beta.gouv.fr</t>
+        </is>
+      </c>
+      <c r="Z78" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/aide-en-ingenierie-pour-la-publication-de-donnees-de-tranport-en-open-data/</t>
+        </is>
+      </c>
+      <c r="AA78" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
-    <row r="94" spans="1:27" customHeight="0">
-[...13 lines deleted...]
-      <c r="G94" s="1" t="inlineStr">
+    <row r="79" spans="1:27" customHeight="0">
+      <c r="A79" s="1">
+        <v>162749</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Soutenir l’équipement informatique et numérique du réseau régional de lecture publique</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Soutien à l’équipement informatique et numérique du réseau régional de lecture publique</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>Conseil régional de Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="G79" s="1" t="inlineStr">
         <is>
           <t>Commune
 Intercommunalité / Pays
-Etablissement public dont services de l'Etat
-[...8 lines deleted...]
-      <c r="K94" s="1" t="inlineStr">
+Département
+Région
+Collectivité d’outre-mer à statut particulier</t>
+        </is>
+      </c>
+      <c r="H79" s="1" t="inlineStr">
+        <is>
+          <t>Autre aide financière</t>
+        </is>
+      </c>
+      <c r="K79" s="1" t="inlineStr">
         <is>
           <t>Non</t>
         </is>
       </c>
-      <c r="L94" s="1" t="inlineStr">
-[...71 lines deleted...]
-      <c r="O94" s="1" t="inlineStr">
+      <c r="L79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Les objectifs de cette mesure sont :&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de participer à l’amélioration des conditions de gestion informatique des fonds de livres et documents conservés en région,&lt;/li&gt; 	&lt;li&gt;d’accompagner la transition numérique dans le réseau régional de lecture publique.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Les collectivités territoriales pour leur bibliothèque.&lt;/p&gt;
+ &lt;p&gt;&lt;span&gt;Sont éligibles dans ce cadre les projets d’acquisition :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de matériel informatique pour la gestion des collections des bibliothèques et médiathèques,&lt;/li&gt; 	&lt;li&gt;de matériel numérique pour la diffusion des œuvres sur les nouveaux supports.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt;</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>Culture et identité collective</t>
+        </is>
+      </c>
+      <c r="O79" s="1" t="inlineStr">
         <is>
           <t>Permanente</t>
         </is>
       </c>
-      <c r="R94" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="S94" s="1" t="inlineStr">
+      <c r="P79" s="1" t="inlineStr">
+        <is>
+          <t>23/05/2024</t>
+        </is>
+      </c>
+      <c r="R79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;span&gt;Sont éligibles dans ce cadre les projets d’acquisition :&lt;/span&gt;&lt;/p&gt;
+&lt;ul&gt; 	&lt;li&gt;de matériel informatique pour la gestion des collections des bibliothèques et médiathèques,&lt;/li&gt; 	&lt;li&gt;de matériel numérique pour la diffusion des œuvres sur les nouveaux supports.&lt;br /&gt; 	 &lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Déposer le dossier en cliquant sur bouton &amp;#34;Je fais ma demande&amp;#34;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="S79" s="1" t="inlineStr">
         <is>
           <t>Réflexion / conception
 Mise en œuvre / réalisation
 Usage / valorisation</t>
         </is>
       </c>
-      <c r="U94" s="1" t="inlineStr">
-[...1112 lines deleted...]
-      <c r="AA99" s="1" t="inlineStr">
+      <c r="U79" s="1" t="inlineStr">
+        <is>
+          <t>Provence-Alpes-Côte d'Azur</t>
+        </is>
+      </c>
+      <c r="V79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.maregionsud.fr/vos-aides/detail/soutien-a-lequipement-informatique-et-numerique-du-reseau-regional-de-lecture-publique</t>
+        </is>
+      </c>
+      <c r="X79" s="1" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;strong&gt;Chargée de mission pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Valérie Miletto: &lt;a href="mailto:vmiletto&amp;#64;maregionsud.fr"&gt;vmiletto&amp;#64;maregionsud.fr &lt;/a&gt; &lt;br /&gt; Tél:  04 88 73 67 06 / 06 86 53 56 77 &lt;/p&gt;
+&lt;p&gt;&lt;strong&gt;Gestionnaire pour le livre et la lecture :&lt;/strong&gt;&lt;br /&gt; Estelle Monier : &lt;a href="mailto:emonier&amp;#64;maregionsud.fr"&gt;emonier&amp;#64;maregionsud.fr&lt;/a&gt;&lt;br /&gt; Tél: 04 91 57 59 69&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="Y79" s="1" t="inlineStr">
+        <is>
+          <t>webpresse@maregionsud.fr</t>
+        </is>
+      </c>
+      <c r="Z79" s="1" t="inlineStr">
+        <is>
+          <t>https://aides-territoires.beta.gouv.fr/aides/soutien-a-lequipement-informatique-et-numerique-du-reseau-regional-de-lecture-publique/</t>
+        </is>
+      </c>
+      <c r="AA79" s="1" t="inlineStr">
         <is>
           <t>published</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>